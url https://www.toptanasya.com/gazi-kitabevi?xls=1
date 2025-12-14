--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,40960 +85,41785 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255816887</t>
+          <t>9786255740632</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>8 (Sekiz)</t>
+          <t>The Logic of Financial Decisions a Q and A Approach Grounded in First Principles</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255816351</t>
+          <t>9786255740595</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İstişarenin Türk Devlet Geleneğindeki Rolü: Siyasetnameler Üzerinden Bir İnceleme</t>
+          <t>Zeka ve Geleneksel Çocuk Oyunlarının Ortaokul Öğrencilerinde Dikkat ve Görsel Algıya Etkileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255816214</t>
+          <t>9786255740571</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yoğunluklu Egzersizlerden Sonra Gerçekleştirilen Toparlanma Sürecinde Kalp Atım Hızı Değişkenliği</t>
+          <t>Spor Bilimlerinde Pedagojik Formasyon Eğitimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255816382</t>
+          <t>9786255740663</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılın İkinci Yarısında Sivas Yenihan Kazasında Görev Yapan Kafkasya Göçmeni Bazı Müderrisler ve Eğitim Faaliyetleri</t>
+          <t>Fransız Edebiyatından Örneklerle Terimler ve Söz Sanatları Edebi Üslup/Stilistik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255816849</t>
+          <t>9786255740656</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Finansal Analiz</t>
+          <t>Sosyolojide İşbirliği: Toplumların Birlikte Hareket Etme Dinamikleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>900</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255816818</t>
+          <t>9786255740465</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Önceki Son Çıkış</t>
+          <t>İletişimde İş Birliği Medya ve Teknolojide Ortak Çalışma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255740045</t>
+          <t>9786255740670</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Danışmanlık İncileri Uygulamacı İçin Düşünceler</t>
+          <t>KGK Hesap Planı Kullanımlı Teori ve Uygulama Örnekleri İle Türkiye Finansal Raporlama Standartları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255816719</t>
+          <t>9786255740533</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Motor Gelişim</t>
+          <t>Türkiye’de Güvenlik Devletinin Gelişimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255816757</t>
+          <t>9786255740526</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Basketbol</t>
+          <t>İç Kontrol Sistemi , Örgüt Kültürü ve Örgüt Performansı İlişkisi Üzerine</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>264</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255816689</t>
+          <t>9786255740557</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Yöntemler 1</t>
+          <t>Gençlik Spor Kurslarında Dijital Oyun Bağımlılığı ile Sosyalleşme Süreci</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255816801</t>
+          <t>9786255740564</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vergi Revizyonu ve Muhasebesi</t>
+          <t>Tüketici Güveni ve Tüketim Harcamaları İlişkisi: Malatya İli Örneği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255816506</t>
+          <t>9786255740588</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi Konu Anlatımlı Soru Bankası</t>
+          <t>Köy Enstitülerini Kütüphaneleri Işığında Yeniden Keşfetmek Ladik Akpınar Köy Enstitüsü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255740038</t>
+          <t>9786255740540</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Küresel Siyasette Emperyalizm Ve Sınır Sorunları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255816542</t>
+          <t>9786255740250</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Girişimcilik</t>
+          <t>Yeşil Büyümeye Yönelik Kamu Politikaları: Teori, Değerlendirmeler Ve Öneriler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255816535</t>
+          <t>9786255816283</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kitabü’s-Selsebîl ‘Fi Evsafi’n-Nil İnceleme-Metin</t>
+          <t>Afet İnan - Tarihe Tanık ve Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255816665</t>
+          <t>9786255740304</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vergilerin Geleceği Küresel Değişim ve Yeni Yaklaşımlar</t>
+          <t>Kamu Politikası Yaklaşımı Çerçevesinde Türkiye’de Kamu Hizmeti Yayıncılığının Analizi (1960-2006)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255816672</t>
+          <t>9786255740106</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Sigortacılığı</t>
+          <t>Muallimlerin ve Komutanların Kaleminden Jandarma (1904-1923)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255816467</t>
+          <t>9786255816993</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Paranın Zaman Değeri ve Yatırım Projelerinin Değerlendirilmesi Yöntemleri</t>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinin Duyuşsal Alanda Sağlık ve Zindelik İlişkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255816504</t>
+          <t>9786255816498</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ekrandan Sandığa</t>
+          <t>An Analysis of the Relationship Between Health And Fitness Within The Affective Domain Among Physical Education Teachers</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255816764</t>
+          <t>9786255740342</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Temel Antrenman Bilimi</t>
+          <t>Aile ve Etik Yanlış Bilinenler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255816337</t>
+          <t>9786255740472</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sporda İnsan Kaynakları Yönetimi</t>
+          <t>Çeviride Yapay Zeka ve Etik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255816740</t>
+          <t>9786255740229</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ustalarla Konuşmak: Tarihçinin Sesi Söyleşilerle Türkiye’de Tarih Disiplininin Dönüşümü</t>
+          <t>Osmanlı'nın Kuruluşu, Babailik ve Mevlid Şairi Süleyman Çelebi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255740083</t>
+          <t>9786255740090</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Sözleşme Tipleri</t>
+          <t>Muhasebede Dijital Dönüşüm Muhasebe ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255816696</t>
+          <t>9786255740366</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi Ve Ekonomisi</t>
+          <t>Muhasebenin Geleceği ve Yapay Zeka: Yenilik İle Pratiği Birleştirmek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255816023</t>
+          <t>9786255740397</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babamı Asmera’da Bıraktım</t>
+          <t>Kamu Yönetimi ve Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255816511</t>
+          <t>9786255740267</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe - Finansal Raporlama Standartları Uygulama ve Yorumları (TMS - TFRS) 2026 (Ciltli)</t>
+          <t>Spor Yönetiminde Disiplinler Arası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255816658</t>
+          <t>9786255740489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tasarım Süreç Yönetimi - Yapı Tasarım Süreçlerinde Yeni Yaklaşımlar</t>
+          <t>Dijitalleşme Sürecinde Maliyet Ve Yönetim Muhasebesi: Kuramsal Ve Uygulamalı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253659943</t>
+          <t>9786255740076</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Diferensiyel Denklemler</t>
+          <t>Modern Lojistik Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255816344</t>
+          <t>9786255740298</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonometrik Yaklaşımlar: Zaman Serisi Analizleri Çerçevesinde Teori Ve Uygulamalar</t>
+          <t>Yeni Nesil İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255816399</t>
+          <t>9786255740410</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sepetteki Boşluğu Doldurmak Kompulsif Tüketimin Davranışsal Kodları</t>
+          <t>Modern Toplumda Serbest Zaman ve Rekreasyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255816412</t>
+          <t>9786255740274</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Araştırmaları: Bibliyografik ve Tematik İnceleme</t>
+          <t>Avrupa Ufku AB Adayı Balkan Ülkelerinin Makro İktisadi Yolculuğu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255816429</t>
+          <t>9786255740205</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hentbol Ögretim Metodolojisi</t>
+          <t>Kentsel Sorunların Çözümünde Yeni Bir Paradigma Kentsel Dirençlilik</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257045704</t>
+          <t>9786255740281</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetçi Raporundaki Dönüşüm Kilit Denetim Konuları</t>
+          <t>Beden Eğitimi ve Spor Dersinde Uygulama Modelleri, Türkiye Maarif Modeli ve Tasarım Yoluyla Anlama Modeli (UbD)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053445258</t>
+          <t>9786255740311</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Polimer Teknolojisi</t>
+          <t>Neyistan-ı Zülal - Senayi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253654320</t>
+          <t>9786253656355</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Folkloru Açısından Muhtarlık Karar Defterleri ve Oycalı Köyü (Araç/Kastamonu) Örneği</t>
+          <t>Kurumsal Sürdürülebilirlik Raporlama Uzmanlığı (KSRU) &amp; Sürdürülebilirlik Güvence Denetçiliği Çözümlü Soru Bankası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253652548</t>
+          <t>9786255816795</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>UFRS Kapsamında Hiperenflasyonist Ekonomilerde Finansal Raporlama</t>
+          <t>Güncel Muhasebe Yaklaşımları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253659370</t>
+          <t>9786255816788</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İşletme Eğitimi İş Dünyasındaki Dijital Dönüşüm İçin Hazır Mı?</t>
+          <t>Finans Biliminde Güncel Yaklaşımlar ve Sektörel Analizler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255816306</t>
+          <t>9786255816894</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Yatırım Hilelerinin Denetimi</t>
+          <t>Spor ve Rekreasyonel Çalışmalar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255816252</t>
+          <t>9786255816528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Enerji Vergileri ve Doğrudan Yabancı Yatırımların Çevresel Sürdürülebilirlik Üzerindeki Dinamik Etkileri: Avrupa Ülkelerinde Panel ARDL Yaklaşımıyla Ampirik Bir Analiz</t>
+          <t>Post-Uluslararası Güvenlik Dönemi: Tehditler, Aktörler, Çözümler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>145</v>
+        <v>415</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255816269</t>
+          <t>9786255816450</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi ve Türkmen Türkçesinde Duyu Eylemleri</t>
+          <t>Örgütsel Davranış: Modern Yaklaşımlar ve Zıt Kutuplar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255816320</t>
+          <t>9786255816443</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İşlenmiş Yöresel Gıda Ürünlerinin Yerel Kalkınmaya Katkısı</t>
+          <t>Rekreasyonel Yerel Parkların Sahip Olması Gereken Özelliklerin Uzman Görüşlerine Göre Belirlenmesi: Eskişehir İli Örneği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253653972</t>
+          <t>9786255816825</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilik ve Muhasebe Eğitiminde İşletme Ziyaretleri ve Vak’a Etüdleri 2022-2023</t>
+          <t>Uygulamalı Frekans, Zaman ve Kantil Yöntemleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258413328</t>
+          <t>9786255816627</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Sınır Ötesi Askeri Varlığı</t>
+          <t>Beden Eğitimi Derslerinde Dahil Etme: Müdahale Programı Tasarımı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053442868</t>
+          <t>9786255816481</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıklarında TMS/TFRS Uyumlu Muhasebe Uygulamaları</t>
+          <t>Akıllı Beta Stratejilerinin Portföy Performansına Etkisinin Ölçülmesi: Türkiye ve G7 Borsaları Üzerine Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257216210</t>
+          <t>9786255816832</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tarım Ekonomisi ve Finansmanı</t>
+          <t>Paranın Dijitalleşmesi ve Merkez Bankası Dijital Parası (CBDC)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257045957</t>
+          <t>9786255816979</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Pazarlama</t>
+          <t>Kamu Kurum ve Kuruluşlarında Kurumsal İletişim Çerçevesinde Liderlik Davranışlarının Çalışan Performansına Etkisi: Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255816238</t>
+          <t>9786255816566</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Taekwondo 2</t>
+          <t>Teoriden Sahaya: Sporda Halkla İlişkilerin Uygulama Alanları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255816153</t>
+          <t>9786255816771</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tercüme Bürosu Et La Revue Tercüme: De Lenjeu Textuel A Lobjet Culturel Et Intellectuel</t>
+          <t>Taşımacılıkta Yük Güvenliği İçin Ürün Sabitleme</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255816221</t>
+          <t>9786255816573</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Numerolojide, Senin Sırrın</t>
+          <t>Bankacılığın Metaverse Yolculuğu Finansın Blokzinciri Ve Geleceği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255816207</t>
+          <t>9786255816900</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Çevikliği Ve Performans İlişkisinin Meta-Analiz İle Değerlendirilmesi</t>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinin Mesleki Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253658403</t>
+          <t>9786255740175</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik Raporlarının Düzenlenmesi Ve Denetimi</t>
+          <t>Ruminasyon Düzeyleri ve Sportif Etkinliklere Tutum: Psikolojik Danışman/Rehber Öğretmenler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>900</v>
+        <v>135</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255816191</t>
+          <t>9786255740069</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sait Hikmet 'Mazi ve Ati'</t>
+          <t>Finansal Performans Ölçümünde Dupont Yaklaşımı: Bist Balıkesir Endeksi Örneği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255816047</t>
+          <t>9786255740052</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Trifazik Antrenman Yöntemleri</t>
+          <t>Dünyada ve Türkiye'de Konut Politikaları ve Toki</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255816030</t>
+          <t>9786255740137</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Sanatı</t>
+          <t>Dünden Bugüne Kırklareli (Tarih) - 2. Cilt</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255816016</t>
+          <t>9786255740120</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Selami İzzet Sedes'in Sanat Anlayışı ve Eleştiri Yazıları Üzerine Bir İnceleme</t>
+          <t>Dünden Bugüne Kırklareli (Edebiyat, Dil ve Kültür) - 1. Cilt</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255816092</t>
+          <t>9786255816887</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kobilerde Dijitalleşme ve Rekabet Avantajı: PLS-SEM İle Dijital Dönüşüm ve Dijital Olgunluk Algısının Analizi</t>
+          <t>8 (Sekiz)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253659998</t>
+          <t>9786255816351</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi Dersleri</t>
+          <t>İstişarenin Türk Devlet Geleneğindeki Rolü: Siyasetnameler Üzerinden Bir İnceleme</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255816160</t>
+          <t>9786255816214</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Vaka Analizleri - 2</t>
+          <t>Yüksek Yoğunluklu Egzersizlerden Sonra Gerçekleştirilen Toparlanma Sürecinde Kalp Atım Hızı Değişkenliği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255816078</t>
+          <t>9786255816382</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Karikatürlerle Bürokrasi Algısı: Akbaba Dergisi Örneği</t>
+          <t>19. Yüzyılın İkinci Yarısında Sivas Yenihan Kazasında Görev Yapan Kafkasya Göçmeni Bazı Müderrisler ve Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253655815</t>
+          <t>9786255816849</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Devletin Ekonomideki Rolü Kamu Ekonomisinin Analizi</t>
+          <t>Finansal Analiz</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>900</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253655501</t>
+          <t>9786255816818</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Emek Göçü ve Kadın Emeği Türkiye’de Geçici Koruma Altında Bulunan Suriyeli Kadınlar</t>
+          <t>Köprüden Önceki Son Çıkış</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053445746</t>
+          <t>9786255740045</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Girişim Sermayesi Şirketlerinin Uluslararası Bazda Finansal Performans Analizi</t>
+          <t>Danışmanlık İncileri Uygulamacı İçin Düşünceler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253653835</t>
+          <t>9786255816719</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Güncel Yaklaşımlar 2</t>
+          <t>Psiko-Motor Gelişim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253653859</t>
+          <t>9786255816757</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi ve İşletmelerin Finansal Tablolarına Etkisinin Analizi</t>
+          <t>Psikososyal Açıdan Basketbol</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253653668</t>
+          <t>9786255816689</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mkhargrdzeli Mimarisi Örneğinde Orta Çağ Hıristiyan ve Türk-İslam Mimarisi</t>
+          <t>İstatistik Yöntemler 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253653293</t>
+          <t>9786255816801</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe - Finansal Raporlama Standartları Uygulama ve Yorumları (TMS - TFRS) (Ciltli)</t>
+          <t>Vergi Revizyonu ve Muhasebesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253652234</t>
+          <t>9786255816506</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eligibility of Legal Translators in Turkey</t>
+          <t>Egzersiz Fizyolojisi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253651909</t>
+          <t>9786255740038</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme: Python Programlama Dili ile Uygulama</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>145</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253651374</t>
+          <t>9786255816542</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Stokastik Bütçeleme Markov Zincirleri Uygulaması</t>
+          <t>Metaverse Girişimcilik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253651411</t>
+          <t>9786255816535</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger ve Simone De Beauvoir Felsefesinde Kadının Varoluş İmkanı</t>
+          <t>Kitabü’s-Selsebîl ‘Fi Evsafi’n-Nil İnceleme-Metin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253650636</t>
+          <t>9786255816665</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bobi FRS ve Kümi FRS Uygulama Rehberi</t>
+          <t>Vergilerin Geleceği Küresel Değişim ve Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253650971</t>
+          <t>9786255816672</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Küresel İklim Değişikliği</t>
+          <t>Türkiye’de Sağlık Sigortacılığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799758895877</t>
+          <t>9786255816467</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Endüstri İşletmeleri</t>
+          <t>Paranın Zaman Değeri ve Yatırım Projelerinin Değerlendirilmesi Yöntemleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253650582</t>
+          <t>9786255816504</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlamasına Giren Yeni Ürün: Koçluk</t>
+          <t>Ekrandan Sandığa</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253650339</t>
+          <t>9786255816764</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz ve Sporda Beslenme</t>
+          <t>Temel Antrenman Bilimi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258275896</t>
+          <t>9786255816337</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>E - Ticaret</t>
+          <t>Sporda İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257045940</t>
+          <t>9786255816740</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beden Hareketleriyle Ritim Eğitimi (BHR) Yöntemi</t>
+          <t>Ustalarla Konuşmak: Tarihçinin Sesi Söyleşilerle Türkiye’de Tarih Disiplininin Dönüşümü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253650018</t>
+          <t>9786255740083</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve Hizmet Sektörlerinde Tematik Yaklaşımlar</t>
+          <t>Çeşitli Sözleşme Tipleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258275926</t>
+          <t>9786255816696</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Batı Anadolu' da Yörük Müziği ve Kadın İcraları</t>
+          <t>Afet Yönetimi Ve Ekonomisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258413984</t>
+          <t>9786255816023</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Risk Yönetimi: Teori ve Uygulamalar</t>
+          <t>Babamı Asmera’da Bıraktım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258275872</t>
+          <t>9786255816511</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Dijital Pazarlama Yönetimi</t>
+          <t>Türkiye Muhasebe - Finansal Raporlama Standartları Uygulama ve Yorumları (TMS - TFRS) 2026 (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258275797</t>
+          <t>9786255816658</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı' dan Cumhuriyet' e Ziraat Bankası</t>
+          <t>Sürdürülebilir Tasarım Süreç Yönetimi - Yapı Tasarım Süreçlerinde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258275629</t>
+          <t>9786253659943</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde İletişim</t>
+          <t>Diferensiyel Denklemler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258275384</t>
+          <t>9786255816344</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Basketbol</t>
+          <t>Güncel Ekonometrik Yaklaşımlar: Zaman Serisi Analizleri Çerçevesinde Teori Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258275483</t>
+          <t>9786255816399</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticilerinde Liderlik ve Yönetim</t>
+          <t>Sepetteki Boşluğu Doldurmak Kompulsif Tüketimin Davranışsal Kodları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258275117</t>
+          <t>9786255816412</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Finansal Varlık Fiyatlamada Faktör Modeller Teori ve Ekonometrik Uygulamalar</t>
+          <t>Halk Edebiyatı Araştırmaları: Bibliyografik ve Tematik İnceleme</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258374933</t>
+          <t>9786255816429</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Çevrecilik Ekseninde Yeşil Pazarlama</t>
+          <t>Hentbol Ögretim Metodolojisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258275094</t>
+          <t>9786257045704</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Finansta Makine Öğrenmesi</t>
+          <t>Bağımsız Denetçi Raporundaki Dönüşüm Kilit Denetim Konuları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258374827</t>
+          <t>9786053445258</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Diz Bölgesi İzokinetik Kas Kuvvetinin Farklı Vuruş Tekniklerinde Top Hızına Etkisinin Değerlendirilmesi</t>
+          <t>Polimer Teknolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257358798</t>
+          <t>9786253654320</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Uzman İstihdamı</t>
+          <t>Hukuk Folkloru Açısından Muhtarlık Karar Defterleri ve Oycalı Köyü (Araç/Kastamonu) Örneği</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258374476</t>
+          <t>9786253652548</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Liderlik</t>
+          <t>UFRS Kapsamında Hiperenflasyonist Ekonomilerde Finansal Raporlama</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258374360</t>
+          <t>9786253659370</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenler ve Besteciler İçin Film Müziği</t>
+          <t>İşletme Eğitimi İş Dünyasındaki Dijital Dönüşüm İçin Hazır Mı?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258374193</t>
+          <t>9786255816306</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Maliyet ve Yönetim Muhasebesinde Güncel Yaklaşımlar</t>
+          <t>Muhasebe ve Yatırım Hilelerinin Denetimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>365</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258413946</t>
+          <t>9786255816252</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Veri Madenciliğinde Kümeleme Algoritmaları ve Kümeleme Analizi</t>
+          <t>Enerji Vergileri ve Doğrudan Yabancı Yatırımların Çevresel Sürdürülebilirlik Üzerindeki Dinamik Etkileri: Avrupa Ülkelerinde Panel ARDL Yaklaşımıyla Ampirik Bir Analiz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258374155</t>
+          <t>9786255816269</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukuku - I - Ferdi İş İlişkileri Hukuku</t>
+          <t>Türkiye Türkçesi ve Türkmen Türkçesinde Duyu Eylemleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258413762</t>
+          <t>9786255816320</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Eskrim</t>
+          <t>İşlenmiş Yöresel Gıda Ürünlerinin Yerel Kalkınmaya Katkısı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258443851</t>
+          <t>9786253653972</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Finansal Risk Yönetimi İle Firma Performansı Arasındaki İlişki</t>
+          <t>İşletmecilik ve Muhasebe Eğitiminde İşletme Ziyaretleri ve Vak’a Etüdleri 2022-2023</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258413595</t>
+          <t>9786258413328</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Meselesinin İç Yüzü: İngiliz - Ermeni Cemiyeti</t>
+          <t>Türkiye’nin Sınır Ötesi Askeri Varlığı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258413625</t>
+          <t>9786053442868</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Fitness Kavramlar ve Uygulamalar</t>
+          <t>Gayrimenkul Yatırım Ortaklıklarında TMS/TFRS Uyumlu Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258413526</t>
+          <t>9786257216210</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukuku - II Toplu İş İlişkileri Hukuku</t>
+          <t>Tarım Ekonomisi ve Finansmanı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258413564</t>
+          <t>9786257045957</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Spor, E-Spor ve Dijital Oyun Bağımlılığı</t>
+          <t>İnovasyon ve Pazarlama</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258413496</t>
+          <t>9786255816238</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik ve İşletme Performansı</t>
+          <t>Her Yönüyle Taekwondo 2</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258413410</t>
+          <t>9786255816153</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe, Finansal Raporlama ve Denetim Kalitesi (Kavram, Yöntem ve Bulgular)</t>
+          <t>Tercüme Bürosu Et La Revue Tercüme: De Lenjeu Textuel A Lobjet Culturel Et Intellectuel</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258443967</t>
+          <t>9786255816221</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi ve Kentsel Atık</t>
+          <t>Numerolojide, Senin Sırrın</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258443943</t>
+          <t>9786255816207</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları ve Çözüm Önerileri</t>
+          <t>Öğrenme Çevikliği Ve Performans İlişkisinin Meta-Analiz İle Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258443813</t>
+          <t>9786253658403</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Liderlik</t>
+          <t>Kurumsal Sürdürülebilirlik Raporlarının Düzenlenmesi Ve Denetimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258443646</t>
+          <t>9786255816191</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mini Voleybol Öğretim Yöntemleri</t>
+          <t>Sait Hikmet 'Mazi ve Ati'</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258443516</t>
+          <t>9786255816047</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İç Denetimde Bilgi Teknolojileri ve Siber Güvenlik</t>
+          <t>Trifazik Antrenman Yöntemleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9799756009672</t>
+          <t>9786255816030</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>An Introduction To Fortran 95</t>
+          <t>Liderlik Sanatı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258443448</t>
+          <t>9786255816016</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Yönetim ve Organizasyon</t>
+          <t>Selami İzzet Sedes'in Sanat Anlayışı ve Eleştiri Yazıları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258443455</t>
+          <t>9786255816092</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Liderlik ve Takım Yönetimi</t>
+          <t>Kobilerde Dijitalleşme ve Rekabet Avantajı: PLS-SEM İle Dijital Dönüşüm ve Dijital Olgunluk Algısının Analizi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258494334</t>
+          <t>9786253659998</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yapay Zeka</t>
+          <t>İnsan Kaynakları Yönetimi Dersleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258443080</t>
+          <t>9786255816160</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Adli Muhasebe Bağlamında Hata ve Hileler</t>
+          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Vaka Analizleri - 2</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258443189</t>
+          <t>9786255816078</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkların Finansal Analizi</t>
+          <t>Tek Parti Döneminde Karikatürlerle Bürokrasi Algısı: Akbaba Dergisi Örneği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258443363</t>
+          <t>9786253655815</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kronik İşletme Hastalıkları Nedenleri Sonuçları ve Çareleri</t>
+          <t>Devletin Ekonomideki Rolü Kamu Ekonomisinin Analizi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053449560</t>
+          <t>9786253655501</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Sermaye Yatırımları İstihdam İlişkisi Kavramsal ve Teorik Çerçeve</t>
+          <t>Uluslararası Emek Göçü ve Kadın Emeği Türkiye’de Geçici Koruma Altında Bulunan Suriyeli Kadınlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257911443</t>
+          <t>9786053445746</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Somut Olmayan Kültürel Miras: Yöresel Yemeklerimiz Çanakkale - Ayvacık Yemekleri</t>
+          <t>Girişim Sermayesi Şirketlerinin Uluslararası Bazda Finansal Performans Analizi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053449201</t>
+          <t>9786253653835</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>17 Yaş Altı Futbolcularda Sezon Başı Hazırlık Dönemi Antrenmanın Bazı Biyomotorik, Fizyolojik, Biyokimyasal Parametreler ile Kas Hasarı Üzerine Etkisinin İncelenmesi</t>
+          <t>Pazarlamada Güncel Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053448624</t>
+          <t>9786253653859</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>8-10 Yaş Grubu Erkek Çocuklarda, Judo teknik ve Oyunlarının Bazı Eurofit Testlerine Göre Fiziksel Gelişimleri Üzerine Etkileri</t>
+          <t>Enflasyon Muhasebesi ve İşletmelerin Finansal Tablolarına Etkisinin Analizi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053445449</t>
+          <t>9786253653668</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Memur Suçları Soruşturma Usulleri</t>
+          <t>Mkhargrdzeli Mimarisi Örneğinde Orta Çağ Hıristiyan ve Türk-İslam Mimarisi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053447597</t>
+          <t>9786253653293</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Algısına Ekonomik ve Sosyolojik Bir Bakış</t>
+          <t>Türkiye Muhasebe - Finansal Raporlama Standartları Uygulama ve Yorumları (TMS - TFRS) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053447047</t>
+          <t>9786253652234</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kimyası - Problemler ve Çözümler</t>
+          <t>Eligibility of Legal Translators in Turkey</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053444343</t>
+          <t>9786253651909</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Çok Kriterli Karar Verme: Python Programlama Dili ile Uygulama</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053447351</t>
+          <t>9786253651374</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>UFRS 9 - Finansal Risk Yönetiminde ve Kredi Risk Ölçümünde Yeni Bir Araç</t>
+          <t>Stokastik Bütçeleme Markov Zincirleri Uygulaması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053444718</t>
+          <t>9786253651411</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Aşık Edebiyatı</t>
+          <t>Martin Heidegger ve Simone De Beauvoir Felsefesinde Kadının Varoluş İmkanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257315050</t>
+          <t>9786253650636</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Fayda ve Ruhsal Büyüme İçin Kolay Meditasyon Rehberi</t>
+          <t>Bobi FRS ve Kümi FRS Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053445593</t>
+          <t>9786253650971</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Parti İçi Demokrasi:Türkiye, Fransa,ABD Karşılaştırması</t>
+          <t>Küresel İklim Değişikliği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053443247</t>
+          <t>9799758895877</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Binyıl Kalkınma Hedefleri Ve Yoksul Odaklı Büyüme</t>
+          <t>Seyahat Endüstri İşletmeleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053441632</t>
+          <t>9786253650582</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genel Matematik - 1 Problemleri</t>
+          <t>Hizmet Pazarlamasına Giren Yeni Ürün: Koçluk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053441236</t>
+          <t>9786253650339</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Egzersiz ve Sporda Beslenme</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053440642</t>
+          <t>9786258275896</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>KPSS ve Meslek Sınavları İçin Kariyer Maliye</t>
+          <t>E - Ticaret</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758640935</t>
+          <t>9786257045940</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zemin Mekaniği Laboratuvar Deneyleri Cilt: 1</t>
+          <t>Beden Hareketleriyle Ritim Eğitimi (BHR) Yöntemi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>275</v>
+        <v>95</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>3990000005910</t>
+          <t>9786253650018</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Üretimde Maliyet</t>
+          <t>Üretim ve Hizmet Sektörlerinde Tematik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944165655</t>
+          <t>9786258275926</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Muhasebe Mesleğinin Gelişimi ve Meslek Mensuplarının İş Tatmini Üzerine Bir Araştırma</t>
+          <t>Batı Anadolu' da Yörük Müziği ve Kadın İcraları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9799758895839</t>
+          <t>9786258413984</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Avrupa Topluluğu Ortaklık Hukuku</t>
+          <t>Risk Yönetimi: Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053440451</t>
+          <t>9786258275872</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sistemi</t>
+          <t>Örnek Olaylarla Dijital Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9799756009344</t>
+          <t>9786258275797</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Trabzon ve Yöresi Ağızları Cilt: 1-2-3 (Ciltli)</t>
+          <t>Osmanlı' dan Cumhuriyet' e Ziraat Bankası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055543006</t>
+          <t>9786258275629</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ticari Matematik</t>
+          <t>Sağlık Hizmetlerinde İletişim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055543693</t>
+          <t>9786258275384</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Temel Kimyasal Tepkime Mühendisliği Problemleri ve Çözümleri</t>
+          <t>Psikososyal Açıdan Basketbol</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9799756009535</t>
+          <t>9786258275483</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Takım Tezgahları Teori ve Hesapları</t>
+          <t>Spor Yöneticilerinde Liderlik ve Yönetim</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053445043</t>
+          <t>9786258275117</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mali Müşavir Meslek Mevzuatı (Ciltli)</t>
+          <t>Finansal Varlık Fiyatlamada Faktör Modeller Teori ve Ekonometrik Uygulamalar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053443469</t>
+          <t>9786258374933</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şeref Taşlıova'nın Ezgi Repertuvarı</t>
+          <t>İklim Değişikliği ve Çevrecilik Ekseninde Yeşil Pazarlama</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053443162</t>
+          <t>9786258275094</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>SPK Temel Düzey 2 Lisanslama Sınavlarına Hazırlık</t>
+          <t>İktisat ve Finansta Makine Öğrenmesi</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053443605</t>
+          <t>9786258374827</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çalışma ve Refah</t>
+          <t>Futbolcularda Diz Bölgesi İzokinetik Kas Kuvvetinin Farklı Vuruş Tekniklerinde Top Hızına Etkisinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257216838</t>
+          <t>9786257358798</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Yabancı Uzman İstihdamı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257588638</t>
+          <t>9786258374476</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness: An Emerging Trend Towards Efficient Clinical Social Work Interventions</t>
+          <t>Sürdürülebilir Liderlik</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257530507</t>
+          <t>9786258374360</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ahrar Fırkası</t>
+          <t>Yönetmenler ve Besteciler İçin Film Müziği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257315111</t>
+          <t>9786258374193</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Inferences From The Covid-19 Pandemic</t>
+          <t>İşletmelerde Maliyet ve Yönetim Muhasebesinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258494013</t>
+          <t>9786258413946</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tüm Boyutlarıyla Tenis</t>
+          <t>Veri Madenciliğinde Kümeleme Algoritmaları ve Kümeleme Analizi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257315548</t>
+          <t>9786258374155</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Dış Borçlarımız</t>
+          <t>Türk İş Hukuku - I - Ferdi İş İlişkileri Hukuku</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257358521</t>
+          <t>9786258413762</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Faaliyet Denetimi ve Firma Performansı</t>
+          <t>Oyunlarla Eskrim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257530095</t>
+          <t>9786258443851</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Konularında Bilimsel Yaklaşım ve Araştırmalar</t>
+          <t>Finansal Risk Yönetimi İle Firma Performansı Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258494327</t>
+          <t>9786258413595</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kripto Varlıklar ile İlgili Uluslararası ve Ulusal Yaklaşımlar</t>
+          <t>Ermeni Meselesinin İç Yüzü: İngiliz - Ermeni Cemiyeti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257315005</t>
+          <t>9786258413625</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Finansal Disiplin Modern Köleliğin Panzehiri</t>
+          <t>Fiziksel Fitness Kavramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257727358</t>
+          <t>9786258413526</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dilbilim</t>
+          <t>Türk İş Hukuku - II Toplu İş İlişkileri Hukuku</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257727754</t>
+          <t>9786258413564</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Özbek Köroğlu Destanı'nın Şahdarhan Kolu Üzerine Bir İnceleme</t>
+          <t>Spor, E-Spor ve Dijital Oyun Bağımlılığı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257315623</t>
+          <t>9786258413496</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun'un İktisadi Düşünceye Katkıları</t>
+          <t>Kurumsal Sürdürülebilirlik ve İşletme Performansı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258494396</t>
+          <t>9786258413410</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetiminde Disiplinlerarası Çalışmalar</t>
+          <t>Muhasebe, Finansal Raporlama ve Denetim Kalitesi (Kavram, Yöntem ve Bulgular)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258494303</t>
+          <t>9786258443967</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcularda Aerobik Dayanıklılık ve Zihinsel Dayanıklılık</t>
+          <t>Döngüsel Ekonomi ve Kentsel Atık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257588706</t>
+          <t>9786258443943</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu Olan Çocuklara Yönelik Hazırlanan Bireyselleştirilmiş Koordinatif Eğitim Programının Çocukların Sosyal Davranışları Üzerine Etkisi</t>
+          <t>Çevre Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257358330</t>
+          <t>9786258443813</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Giresun Müzesi Geç Roma ve Bizans Dönemi Altın Sikkeleri</t>
+          <t>21. Yüzyılda Liderlik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257588621</t>
+          <t>9786258443646</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gelir Vergisinde Teşvik Uygulamaları</t>
+          <t>Mini Voleybol Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257588270</t>
+          <t>9786258443516</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Örgütsel Çatışma Yönetimi</t>
+          <t>İç Denetimde Bilgi Teknolojileri ve Siber Güvenlik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257315104</t>
+          <t>9799756009672</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hans Dernschwam'ın "İstanbul ve Anadolu'ya Seyahat Günlüğü" ile Evliya Çelebi'nin "Viyana Notları'nda İmgeler ve Önyargılar</t>
+          <t>An Introduction To Fortran 95</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257315203</t>
+          <t>9786258443448</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Folklor Kaynaklarına Göre Eski Türk ve Slav İnanç Sistemi</t>
+          <t>50 Soruda Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257315296</t>
+          <t>9786258443455</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0'ın Modern İşletmecilik Üzerine Etkileri</t>
+          <t>50 Soruda Liderlik ve Takım Yönetimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257216906</t>
+          <t>9786258494334</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İlk Halka Arzlarda Piyasa Anomalileri ve Piyasa Zamanlaması</t>
+          <t>İşletmelerde Yapay Zeka</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257358019</t>
+          <t>9786258443080</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Devlet ve Uluslararası İlişkiler</t>
+          <t>Adli Muhasebe Bağlamında Hata ve Hileler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257045858</t>
+          <t>9786258443189</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Aktivizmi: Kuramdan Uygulamaya</t>
+          <t>Gayrimenkul Yatırım Ortaklıkların Finansal Analizi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257911535</t>
+          <t>9786258443363</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Kadın Çalışanlara Etkileri</t>
+          <t>Kronik İşletme Hastalıkları Nedenleri Sonuçları ve Çareleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257045315</t>
+          <t>9786053449560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>6-13 Yaş Arası Çocuklarda Yüzme Egzersizi ve Bosu Çalışmalarının Dinamik ve Statik Dengeye Etkisinin İncelenmesi</t>
+          <t>Doğrudan Yabancı Sermaye Yatırımları İstihdam İlişkisi Kavramsal ve Teorik Çerçeve</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257588249</t>
+          <t>9786257911443</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Minnesota - Çok Yönlü Kişilik Envanteri</t>
+          <t>Somut Olmayan Kültürel Miras: Yöresel Yemeklerimiz Çanakkale - Ayvacık Yemekleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257045582</t>
+          <t>9786053449201</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru ve Dış Ticaret: Ankara'daki Firmalar Örneği</t>
+          <t>17 Yaş Altı Futbolcularda Sezon Başı Hazırlık Dönemi Antrenmanın Bazı Biyomotorik, Fizyolojik, Biyokimyasal Parametreler ile Kas Hasarı Üzerine Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257911351</t>
+          <t>9786053448624</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sigortacılık: Etkinlik, Rekabet ve Karlılığın Ampirik Analizi</t>
+          <t>8-10 Yaş Grubu Erkek Çocuklarda, Judo teknik ve Oyunlarının Bazı Eurofit Testlerine Göre Fiziksel Gelişimleri Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758396757</t>
+          <t>9786053445449</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Alanında Ampirik Çalışmalar</t>
+          <t>Memur Suçları Soruşturma Usulleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257216357</t>
+          <t>9786053447597</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve İçkin Siyaset Düşüncesi</t>
+          <t>Toplumsal Cinsiyet Algısına Ekonomik ve Sosyolojik Bir Bakış</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257358200</t>
+          <t>9786053447047</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Turizm</t>
+          <t>Kuantum Kimyası - Problemler ve Çözümler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257045162</t>
+          <t>9786053444343</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Güvenden Örgütsel Güvene Giden Yol (Bir Alan Araştırması)</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758396351</t>
+          <t>9786053447351</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketlerinde ve Kooperatiflerde Ek Tasfiye</t>
+          <t>UFRS 9 - Finansal Risk Yönetiminde ve Kredi Risk Ölçümünde Yeni Bir Araç</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257045605</t>
+          <t>9786053444718</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bankalarda Kurumsal Yönetim ve Türk Bankacılık Sisteminde Kurumsal Yönetim Uygulamaları İle Performans İlişkisinin İncelenmesi</t>
+          <t>Türk Dünyası Aşık Edebiyatı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257358125</t>
+          <t>9786257315050</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Liderlik ve Motivasyon</t>
+          <t>Kişisel Fayda ve Ruhsal Büyüme İçin Kolay Meditasyon Rehberi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257045872</t>
+          <t>9786053445593</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Obezite: Egzersiz, Stres, Bağırsak, Mikrobiyotası ve Duygusal Yeme</t>
+          <t>Parti İçi Demokrasi:Türkiye, Fransa,ABD Karşılaştırması</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758396696</t>
+          <t>9786053443247</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku</t>
+          <t>Binyıl Kalkınma Hedefleri Ve Yoksul Odaklı Büyüme</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055543648</t>
+          <t>9786053441632</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Proses Kontrol</t>
+          <t>Çözümlü Genel Matematik - 1 Problemleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055804138</t>
+          <t>9786053441236</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeleri Muhasebesi</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053440628</t>
+          <t>9786053440642</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Müdürü</t>
+          <t>KPSS ve Meslek Sınavları İçin Kariyer Maliye</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053440031</t>
+          <t>9789758640935</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Modern Mikro İktisat</t>
+          <t>Zemin Mekaniği Laboratuvar Deneyleri Cilt: 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944165679</t>
+          <t>3990000005910</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Melikşah ile Güllühan Hikayesi</t>
+          <t>Üretimde Maliyet</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9799756009351</t>
+          <t>9789944165655</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Yönetici Davranış Geliştirme</t>
+          <t>Türkiye’de Muhasebe Mesleğinin Gelişimi ve Meslek Mensuplarının İş Tatmini Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055804039</t>
+          <t>9799758895839</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Ekonomi-Politiği</t>
+          <t>Türkiye - Avrupa Topluluğu Ortaklık Hukuku</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054562695</t>
+          <t>9786053440451</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim Endeksi</t>
+          <t>Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053440079</t>
+          <t>9799756009344</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>KOBİ - TFRS Uygulama ve Yorumları (Ciltli)</t>
+          <t>Trabzon ve Yöresi Ağızları Cilt: 1-2-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053440208</t>
+          <t>9786055543006</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Katı Hale Giriş</t>
+          <t>Ticari Matematik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9799757313457</t>
+          <t>9786055543693</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kantitatif Analiz Laboratuvar Kitabı</t>
+          <t>Temel Kimyasal Tepkime Mühendisliği Problemleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258275315</t>
+          <t>9799756009535</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Yöntemler 1</t>
+          <t>Takım Tezgahları Teori ve Hesapları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789758640560</t>
+          <t>9786053445043</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İmal Usulleri</t>
+          <t>Mali Müşavir Meslek Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789758895083</t>
+          <t>9786053443469</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Modeller</t>
+          <t>Aşık Şeref Taşlıova'nın Ezgi Repertuvarı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053447825</t>
+          <t>9786053443162</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticarete Giriş</t>
+          <t>SPK Temel Düzey 2 Lisanslama Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3990000006075</t>
+          <t>9786053443605</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Terimleri Sözlüğü</t>
+          <t>Çalışma ve Refah</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756009222</t>
+          <t>9786257216838</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe Teori ve Uygulama</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054562213</t>
+          <t>9786257588638</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aile Finans Sistemi İlişkileri</t>
+          <t>Mindfulness: An Emerging Trend Towards Efficient Clinical Social Work Interventions</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053440796</t>
+          <t>9786257530507</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmeleri</t>
+          <t>Osmanlı Ahrar Fırkası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053441038</t>
+          <t>9786257315111</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Jeolojik Harita Alımına Giriş (Ciltli)</t>
+          <t>Inferences From The Covid-19 Pandemic</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053440840</t>
+          <t>9786258494013</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçılık Suçları ve Gümrük Kabahatleri ve Gümrük Uyuşmazlıklarının Çözüm Yolları</t>
+          <t>Tüm Boyutlarıyla Tenis</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257911924</t>
+          <t>9786257315548</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Borçlar Hukuku Özel Hükümler</t>
+          <t>Cumhuriyet Döneminde Dış Borçlarımız</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257911917</t>
+          <t>9786257358521</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ticaret Hukuku - 3</t>
+          <t>Faaliyet Denetimi ve Firma Performansı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257045339</t>
+          <t>9786257530095</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i Ebu'l-Leys Semerkandi Kastamonu Nüshası (En'am-Kehf) İnceleme Metin Dizin</t>
+          <t>Muhasebe Konularında Bilimsel Yaklaşım ve Araştırmalar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053449300</t>
+          <t>9786258494327</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Mirasın Yönetim Merkezi Olarak Müze</t>
+          <t>Kripto Varlıklar ile İlgili Uluslararası ve Ulusal Yaklaşımlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053447856</t>
+          <t>9786257315005</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebir</t>
+          <t>Finansal Disiplin Modern Köleliğin Panzehiri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758396702</t>
+          <t>9786257727358</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Odaklı Küresel Rekabetçilik Stratejisi: Girişimci Organizasyonlar, Takım Organizasyonları ve Yeni Yöneticilik Tarzları</t>
+          <t>Dilbilim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253659981</t>
+          <t>9786257727754</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılara Yönelik Zorbalık (Toplumsal Değişimde Yaşlılara Yönelik Zorbalık ve Çözüm Önerileri)</t>
+          <t>Özbek Köroğlu Destanı'nın Şahdarhan Kolu Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253659851</t>
+          <t>9786257315623</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunları Ekseninde Türkiye'de Çevre Politikalarının Gelişimi ve Dönüşümü</t>
+          <t>İbn-i Haldun'un İktisadi Düşünceye Katkıları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253659950</t>
+          <t>9786258494396</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Sorunlar Ve Suç: Enflasyon, İşsizlik ve Suç Oranı Bağlamında Türkiye İçin Bir İnceleme</t>
+          <t>Afet Yönetiminde Disiplinlerarası Çalışmalar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786255816061</t>
+          <t>9786258494303</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Laboratuvarı</t>
+          <t>Profesyonel Futbolcularda Aerobik Dayanıklılık ve Zihinsel Dayanıklılık</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786255816108</t>
+          <t>9786257588706</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde Sürdürülebilirlik ve Büyüme</t>
+          <t>Otizm Spektrum Bozukluğu Olan Çocuklara Yönelik Hazırlanan Bireyselleştirilmiş Koordinatif Eğitim Programının Çocukların Sosyal Davranışları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786255816009</t>
+          <t>9786257358330</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Üstün Yetenekli Ve Normal Gelişim Gösteren Öğrencilerin Beden Eğitimi ve Spor Dersine Yönelik Tutumları</t>
+          <t>Giresun Müzesi Geç Roma ve Bizans Dönemi Altın Sikkeleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786255816085</t>
+          <t>9786257588621</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fitness Ev Egzersizleri El Kitabı</t>
+          <t>Gelir Vergisinde Teşvik Uygulamaları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253659882</t>
+          <t>9786257588270</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>E-Sporcular ve Geleneksel Sporcularda Bilişsel Performans, Motor Beceriler ve Psiko-Sosyal Özellikler Arasındaki İlişkilerin Araştırılması</t>
+          <t>Duygusal Zeka ve Örgütsel Çatışma Yönetimi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253659936</t>
+          <t>9786257315104</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fitness Yapan Bireylerin Fiziksel Aktiviteye Katılım Motivasyonları ve Ergojenik Madde Kullanım Tutumları Arasındaki İlişki</t>
+          <t>Hans Dernschwam'ın "İstanbul ve Anadolu'ya Seyahat Günlüğü" ile Evliya Çelebi'nin "Viyana Notları'nda İmgeler ve Önyargılar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786255816115</t>
+          <t>9786257315203</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Emniyet Sivil Havacılıkta İnsan Faktörleri Ve Ekip Kaynak Yönetimi (CRM)</t>
+          <t>Folklor Kaynaklarına Göre Eski Türk ve Slav İnanç Sistemi</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253659905</t>
+          <t>9786257315296</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kümelenme ve Stratejik Avantaj: TR32 Bölgesinde Proje Döngüsü Yönetimi Yaklaşımı</t>
+          <t>Endüstri 4.0'ın Modern İşletmecilik Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257727365</t>
+          <t>9786257216906</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>CNC Torna ve Freze Tezgahlarının Programlanması</t>
+          <t>İlk Halka Arzlarda Piyasa Anomalileri ve Piyasa Zamanlaması</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253659875</t>
+          <t>9786257358019</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Başarmak: Organizasyonel Davranışta İş Birliği ve İletişim</t>
+          <t>Siyaset, Devlet ve Uluslararası İlişkiler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253659868</t>
+          <t>9786257045858</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Finansal Güvenlik Mekanizmaları Ve Parasal Birlik Arayışları</t>
+          <t>Toplumsal Cinsiyet Aktivizmi: Kuramdan Uygulamaya</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054598472</t>
+          <t>9786257911535</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Tarihi 5 Cilt Takım (Ciltli)</t>
+          <t>Anneliğin Kadın Çalışanlara Etkileri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253652968</t>
+          <t>9786257045315</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetiminde Değişim Ölçeği</t>
+          <t>6-13 Yaş Arası Çocuklarda Yüzme Egzersizi ve Bosu Çalışmalarının Dinamik ve Statik Dengeye Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258275988</t>
+          <t>9786257588249</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Performance And Self-Perceptions Of Pilot Candidates In Terms Of Safety Culture</t>
+          <t>Minnesota - Çok Yönlü Kişilik Envanteri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258275513</t>
+          <t>9786257045582</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Güncel Araştırmalar - 3</t>
+          <t>Döviz Kuru ve Dış Ticaret: Ankara'daki Firmalar Örneği</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253653828</t>
+          <t>9786257911351</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Doğa ve Macera Eğitimi</t>
+          <t>Türkiye'de Sigortacılık: Etkinlik, Rekabet ve Karlılığın Ampirik Analizi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253652470</t>
+          <t>9789758396757</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Takım Sporlarında Kuvvet Antrenmanlarının Anaerobik Güç ve Denge Üzerine Etkisi</t>
+          <t>Ekonomi ve Finans Alanında Ampirik Çalışmalar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253652883</t>
+          <t>9786257216357</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraflarla Anadoluda Okullaşma Faaliyetleri 1923-1928</t>
+          <t>Spinoza ve İçkin Siyaset Düşüncesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>115</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253655150</t>
+          <t>9786257358200</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Kadın Sivil Toplum Örgütlerinde Kimlik Olgusu</t>
+          <t>Covid-19 ve Turizm</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253653743</t>
+          <t>9786257045162</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Küresel Göç ve Unsurları (Tarihi, Kavramları, Teorileri)</t>
+          <t>Güvenden Örgütsel Güvene Giden Yol (Bir Alan Araştırması)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253652647</t>
+          <t>9789758396351</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Stadyumlarda Terörizm Odaklı Algılanan Risk Analizi</t>
+          <t>Sermaye Şirketlerinde ve Kooperatiflerde Ek Tasfiye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253654344</t>
+          <t>9786257045605</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçmen Üniversite Öğrencilerinin Öğrenmeye Yönelik Tutumları Ve Yılmazlık Düzeyleri İle Akademik Güdülenmeleri Arasındaki İlişki</t>
+          <t>Bankalarda Kurumsal Yönetim ve Türk Bankacılık Sisteminde Kurumsal Yönetim Uygulamaları İle Performans İlişkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253653132</t>
+          <t>9786257358125</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve İklim Değişikliği: Bağıntılar ve Örnekler</t>
+          <t>İşletmelerde Liderlik ve Motivasyon</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253652852</t>
+          <t>9786257045872</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Theoretical and Empirical Perspective of Macroeconomic, Money, Banking and Foreign Trade Issues</t>
+          <t>Obezite: Egzersiz, Stres, Bağırsak, Mikrobiyotası ve Duygusal Yeme</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253653163</t>
+          <t>9789758396696</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Zihinsel Dayanıklılık Umutsuzluk Ve Spora Özgü Başarı</t>
+          <t>Ticari İşletme Hukuku</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253653125</t>
+          <t>9786055543648</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness ve Örgüt</t>
+          <t>Proses Kontrol</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253653149</t>
+          <t>9786055804138</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Python Ve R Uygulamalı İş Dünyası İçin Pane Veri Analizi</t>
+          <t>Otel İşletmeleri Muhasebesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253652630</t>
+          <t>9786053440628</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Girişimlerde İnsan Kaynakları Yönetimi</t>
+          <t>Mutluluk Müdürü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253652173</t>
+          <t>9786053440031</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri: Çeşitlilik İçinde Yenilik Arayışı</t>
+          <t>Modern Mikro İktisat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253653071</t>
+          <t>9789944165679</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mat Pilates Egzersizlerinin Sedanter Kadınlarda Bazı Fizyolojik Ve Fiziksel Uygunluk Parametrelerine Etkisi</t>
+          <t>Melikşah ile Güllühan Hikayesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253653729</t>
+          <t>9799756009351</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi I Sesbilgisi</t>
+          <t>Liderlik ve Yönetici Davranış Geliştirme</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253652746</t>
+          <t>9786055804039</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yüzme Antrenörlerinin Sporcularına Karşı Davranış Tarzlarının İncelenmesi</t>
+          <t>Küreselleşmenin Ekonomi-Politiği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253652784</t>
+          <t>9786054562695</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Okçularda Ek Ağırlıklarla Yapılan Antrenmanların Bazı Fiziksel Ve Fizyolojik Parametreler İle Kronik Kas Hasarına Etkisi</t>
+          <t>Kurumsal Yönetim Endeksi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253653101</t>
+          <t>9786053440079</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Suçlar ve Yönetim İişkisi</t>
+          <t>KOBİ - TFRS Uygulama ve Yorumları (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253655013</t>
+          <t>9786053440208</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetimi Ekseninde Akademik Değerlendirmeler</t>
+          <t>Katı Hale Giriş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253652951</t>
+          <t>9799757313457</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kesimi Politikalarının Analizi</t>
+          <t>Kantitatif Analiz Laboratuvar Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253654689</t>
+          <t>9786258275315</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Mikro İşletmeler İçin Finansal Raporlama Standardı Kümi-FRS</t>
+          <t>İstatistik Yöntemler 1</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253654894</t>
+          <t>9789758640560</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Alanlarda Tarımsal Üretim ve Mülkiyet Yapılarının Dönüşümü</t>
+          <t>İmal Usulleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253653316</t>
+          <t>9789758895083</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karar Teorisi Bulanık ve Gri Sistemler</t>
+          <t>İktisadi Modeller</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253652937</t>
+          <t>9786053447825</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Refah Devleti ve Engellilik</t>
+          <t>Dış Ticarete Giriş</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253653347</t>
+          <t>3990000006075</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dijital Hastalıklar ve Yönetimi</t>
+          <t>Coğrafya Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253654443</t>
+          <t>9789756009222</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Endüstriyelleşme, Değişen Stadyumlar Ve Taraftarlık Sakaryaspor Taraftarları Üzerinden Bir Bakış</t>
+          <t>Genel Muhasebe Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253653385</t>
+          <t>9786054562213</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>E-Dönüşüm Süreci Boyutuyla Muhasebe Uygulamalarındaki Gelişmeler</t>
+          <t>Aile Finans Sistemi İlişkileri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253654375</t>
+          <t>9786053440796</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir Belediyesi Tarihi (1869-1922)</t>
+          <t>Aile İşletmeleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253652708</t>
+          <t>9786053441038</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama: İnsan Bilgisayar Etkileşiminde Göz İzleme</t>
+          <t>Jeolojik Harita Alımına Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>105</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253654993</t>
+          <t>9786053440840</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Yüzme Egzersizi Yapan Bireylerin Reaksiyon Zamanı, Zihinsel Dayanıklılık ve Bazı Zekâ Alanlarının Değerlendirilmesi</t>
+          <t>Kaçakçılık Suçları ve Gümrük Kabahatleri ve Gümrük Uyuşmazlıklarının Çözüm Yolları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253653095</t>
+          <t>9786257911924</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>6-12 Yaş Grassroots Futbolunun ve Rekreatif Katılımın Çocuk Koruma Perspektfinden Örgütsel Gelişim Modeli</t>
+          <t>Reform Serisi Borçlar Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253652814</t>
+          <t>9786257911917</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Teori ve Uygulama</t>
+          <t>Reform Serisi Ticaret Hukuku - 3</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253654177</t>
+          <t>9786257045339</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Politik Arena Olarak Spor Takımları Takım İçi Güç ve Politik Mücadeleler</t>
+          <t>Tefsir-i Ebu'l-Leys Semerkandi Kastamonu Nüshası (En'am-Kehf) İnceleme Metin Dizin</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253652869</t>
+          <t>9786053449300</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bartın Çayı Havzasının Toprak Coğrafyası</t>
+          <t>Bir Mirasın Yönetim Merkezi Olarak Müze</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253652722</t>
+          <t>9786053447856</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Babacan Liderliğin İşe Adanmışlık ve İş Tatmini Üzerindeki Etkisi</t>
+          <t>Soyut Cebir</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054598489</t>
+          <t>9789758396702</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Tarihi 5.Cilt (1571 - 2017) (Ciltli)</t>
+          <t>İnovasyon Odaklı Küresel Rekabetçilik Stratejisi: Girişimci Organizasyonlar, Takım Organizasyonları ve Yeni Yöneticilik Tarzları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054598496</t>
+          <t>9786253659981</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Tarihi 4.Cilt (1571 - 2017) (Ciltli)</t>
+          <t>Yaşlılara Yönelik Zorbalık (Toplumsal Değişimde Yaşlılara Yönelik Zorbalık ve Çözüm Önerileri)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054598502</t>
+          <t>9786253659851</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Tarihi 3.Cilt (1571 - 2017) (Ciltli)</t>
+          <t>Çevre Sorunları Ekseninde Türkiye'de Çevre Politikalarının Gelişimi ve Dönüşümü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054598519</t>
+          <t>9786253659950</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Tarihi 2.Cilt (1571 - 2017) (Ciltli)</t>
+          <t>Ekonomik Sorunlar Ve Suç: Enflasyon, İşsizlik ve Suç Oranı Bağlamında Türkiye İçin Bir İnceleme</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258275933</t>
+          <t>9786255816061</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sanal Deneyim Etkinliği ve Fijital Pazarlama Kapsamında Konsol Oyunlarının Tüketicilerin Satın Alma Niyeti Üzerine Etkisi</t>
+          <t>Genel Kimya Laboratuvarı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253659660</t>
+          <t>9786255816108</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>An Innovative Teaching Approach in Accounting Education</t>
+          <t>Turizm İşletmelerinde Sürdürülebilirlik ve Büyüme</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253658748</t>
+          <t>9786255816009</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Tükenmişlik Algısı: Havayolu Şirketi Çalışanları Üzerine Bir Araştırma</t>
+          <t>Üstün Yetenekli Ve Normal Gelişim Gösteren Öğrencilerin Beden Eğitimi ve Spor Dersine Yönelik Tutumları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253659790</t>
+          <t>9786255816085</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Kalbinde Bir Simge: Pera Palas Otelinin Hikâyesi</t>
+          <t>Fitness Ev Egzersizleri El Kitabı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253659837</t>
+          <t>9786253659882</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Yorgunluk Ve Toparlanma Stratejileri 1</t>
+          <t>E-Sporcular ve Geleneksel Sporcularda Bilişsel Performans, Motor Beceriler ve Psiko-Sosyal Özellikler Arasındaki İlişkilerin Araştırılması</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253659813</t>
+          <t>9786253659936</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları için Laboratuvar Teknikleri</t>
+          <t>Fitness Yapan Bireylerin Fiziksel Aktiviteye Katılım Motivasyonları ve Ergojenik Madde Kullanım Tutumları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253659776</t>
+          <t>9786255816115</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Spor Yapan Bireylerin Zihinsel Dayanıklılık İle Yaratıcılık Düzeylerinin İncelenmesi</t>
+          <t>Gökyüzünde Emniyet Sivil Havacılıkta İnsan Faktörleri Ve Ekip Kaynak Yönetimi (CRM)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253659820</t>
+          <t>9786253659905</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Modern Stratejik Maliyet Yönetimi Hedef Maliyetleme</t>
+          <t>Bölgesel Kümelenme ve Stratejik Avantaj: TR32 Bölgesinde Proje Döngüsü Yönetimi Yaklaşımı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253659714</t>
+          <t>9786257727365</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Zumbanın Bilimsel Yüzü: Hareket, Propriyosepsiyon ve Duyguların Kesişim Noktası</t>
+          <t>CNC Torna ve Freze Tezgahlarının Programlanması</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253659738</t>
+          <t>9786253659875</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Google Tabanlı Kişiselleştirilmiş Haritalama Uygulamaları</t>
+          <t>Birlikte Başarmak: Organizasyonel Davranışta İş Birliği ve İletişim</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253659745</t>
+          <t>9786253659868</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Adli Muhasebe</t>
+          <t>Asya’da Finansal Güvenlik Mekanizmaları Ve Parasal Birlik Arayışları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253659721</t>
+          <t>9786054598472</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Kuramları</t>
+          <t>Kıbrıs Türk Edebiyatı Tarihi 5 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253659677</t>
+          <t>9786253652968</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çöl İttifakı: Yüzbaşı Shakespear Ve İbn-İ Suud</t>
+          <t>Spor Yönetiminde Değişim Ölçeği</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258413809</t>
+          <t>9786258275988</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yönetimi</t>
+          <t>Performance And Self-Perceptions Of Pilot Candidates In Terms Of Safety Culture</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258374032</t>
+          <t>9786258275513</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Optik Uzaktan Algılama İle Doğal Kaynakların Keşfi</t>
+          <t>Spor Bilimleri Alanında Güncel Araştırmalar - 3</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257045964</t>
+          <t>9786253653828</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi</t>
+          <t>Teoriden Uygulamaya Doğa ve Macera Eğitimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057805959</t>
+          <t>9786253652470</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Düzenli Egzersiz Yapmaya Yönelik Davranış Değiştirme İstekleri İle Taraftarlık Seviyeleri Arasındaki İlişki</t>
+          <t>Takım Sporlarında Kuvvet Antrenmanlarının Anaerobik Güç ve Denge Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253658250</t>
+          <t>9786253652883</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sporda Kavramsal Bakış 2024</t>
+          <t>Fotoğraflarla Anadoluda Okullaşma Faaliyetleri 1923-1928</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253659646</t>
+          <t>9786253655150</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Marguerıte Yourcenar’ın Doğu Öyküleri Adlı Yapıtına Arketipsel Bir Yaklaşım</t>
+          <t>Türkiye’deki Kadın Sivil Toplum Örgütlerinde Kimlik Olgusu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253659622</t>
+          <t>9786253653743</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuluçka Firma Değerlemesi Firma Uygulama Örneği</t>
+          <t>Küresel Göç ve Unsurları (Tarihi, Kavramları, Teorileri)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253659585</t>
+          <t>9786253652647</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hentbol Antrenmanının Fiziksel Uygunluk Özelliklerine Etkisinin İncelenmesi</t>
+          <t>Stadyumlarda Terörizm Odaklı Algılanan Risk Analizi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253659653</t>
+          <t>9786253654344</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Siberkondri ve Alternatif Tıp</t>
+          <t>Suriyeli Göçmen Üniversite Öğrencilerinin Öğrenmeye Yönelik Tutumları Ve Yılmazlık Düzeyleri İle Akademik Güdülenmeleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253659561</t>
+          <t>9786253653132</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kentiçi Ulaşım Planlamasında Enerji Korunumu - Kent Formu İlişkisinin İrdelenmesi</t>
+          <t>Sürdürülebilir Kalkınma ve İklim Değişikliği: Bağıntılar ve Örnekler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253659455</t>
+          <t>9786253652852</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Dünyaya Yayılan İrfan Mirası Türk-İslam Tarihinde Ahilik</t>
+          <t>Theoretical and Empirical Perspective of Macroeconomic, Money, Banking and Foreign Trade Issues</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253659363</t>
+          <t>9786253653163</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Müteşebbislerin Kaleminden İki Dünya ve Dönemin Farklı Kalemleri (I) (1911-1916)</t>
+          <t>Sporcularda Zihinsel Dayanıklılık Umutsuzluk Ve Spora Özgü Başarı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053441328</t>
+          <t>9786253653125</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Eğitim Denetimi</t>
+          <t>Mindfulness ve Örgüt</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258413953</t>
+          <t>9786253653149</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hanedanında Evlenme</t>
+          <t>Python Ve R Uygulamalı İş Dünyası İçin Pane Veri Analizi</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258374209</t>
+          <t>9786253652630</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık, Örgütsel Vatandaşlık Davranışı ve İş Doyumu - Kavram, Kuram ve Uygulama</t>
+          <t>Sosyal Girişimlerde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258494976</t>
+          <t>9786253652173</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Finansmanı</t>
+          <t>Spor Bilimleri: Çeşitlilik İçinde Yenilik Arayışı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053445463</t>
+          <t>9786253653071</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisi Genel Uygulama Tebliği</t>
+          <t>Mat Pilates Egzersizlerinin Sedanter Kadınlarda Bazı Fizyolojik Ve Fiziksel Uygunluk Parametrelerine Etkisi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>126</v>
+        <v>100</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257358309</t>
+          <t>9786253653729</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İletişim (La Communication Organisationnelle)</t>
+          <t>Türkiye Türkçesi I Sesbilgisi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053447405</t>
+          <t>9786253652746</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Polimer Kimyası</t>
+          <t>Yüzme Antrenörlerinin Sporcularına Karşı Davranış Tarzlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257588614</t>
+          <t>9786253652784</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Dijital Muhasebe Uygulamaları</t>
+          <t>Okçularda Ek Ağırlıklarla Yapılan Antrenmanların Bazı Fiziksel Ve Fizyolojik Parametreler İle Kronik Kas Hasarına Etkisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789758396535</t>
+          <t>9786253653101</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Etik Anlayış ve Liderlik Yaklaşımlarının Mesleki Aidiyetlik Açısından Denetçi Davranışlarına Etkileri</t>
+          <t>Toplumsal Suçlar ve Yönetim İişkisi</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253659523</t>
+          <t>9786253655013</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Kuşak Ve Yol Girişimi Türkiye Ve Orta Doğu Stratejileri</t>
+          <t>Sağlık Yönetimi Ekseninde Akademik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253659516</t>
+          <t>9786253652951</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Veri Bilimi</t>
+          <t>Kamu Kesimi Politikalarının Analizi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253659530</t>
+          <t>9786253654689</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Özel Milli Sporcu Emirhan Akçakocanın Kaleminden; Özel Gereksinimli Çocuğu Olan Annelerin Temel Psikolojik İhtiyaçlarının Karşılanmasında Fiziksel Aktivitenin Rolü</t>
+          <t>Küçük ve Mikro İşletmeler İçin Finansal Raporlama Standardı Kümi-FRS</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253659547</t>
+          <t>9786253654894</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Kor Antrenmanın Denge, Sürat Ve Kor Kasları Kuvvetine Etkisi</t>
+          <t>Kırsal Alanlarda Tarımsal Üretim ve Mülkiyet Yapılarının Dönüşümü</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253658076</t>
+          <t>9786253653316</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Duygusal Zeka ve İş Tatmini: Spor Sektöründe Bir Analiz</t>
+          <t>Karar Teorisi Bulanık ve Gri Sistemler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253659578</t>
+          <t>9786253652937</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Patlayıcı Maddelerin Kimyası ve Adli Kimya Uygulamaları</t>
+          <t>Kapitalizm Refah Devleti ve Engellilik</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258443660</t>
+          <t>9786253653347</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Osmanlı Mutfağı</t>
+          <t>Dijital Hastalıklar ve Yönetimi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253659509</t>
+          <t>9786253654443</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yatırımcılar İçin Portföy Yönetimi Teorisi ve Uygulamaları</t>
+          <t>Futbolda Endüstriyelleşme, Değişen Stadyumlar Ve Taraftarlık Sakaryaspor Taraftarları Üzerinden Bir Bakış</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253659479</t>
+          <t>9786253653385</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Eskrim Turnuvalarına Katılan Sporcuların Zeka Tipleri İle Sportif Performansları Arasındaki İlişkinin İncelenmesi</t>
+          <t>E-Dönüşüm Süreci Boyutuyla Muhasebe Uygulamalarındaki Gelişmeler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253659486</t>
+          <t>9786253654375</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Sansür</t>
+          <t>Diyarbekir Belediyesi Tarihi (1869-1922)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253659424</t>
+          <t>9786253652708</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Kültür, Sanat, Turizm Kalesiyle Ankara</t>
+          <t>Dijital Pazarlama: İnsan Bilgisayar Etkileşiminde Göz İzleme</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253659493</t>
+          <t>9786253654993</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırmasının Temelleri</t>
+          <t>Düzenli Yüzme Egzersizi Yapan Bireylerin Reaksiyon Zamanı, Zihinsel Dayanıklılık ve Bazı Zekâ Alanlarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253659462</t>
+          <t>9786253653095</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilişim Sistemlerinde Araştırma Trendleri</t>
+          <t>6-12 Yaş Grassroots Futbolunun ve Rekreatif Katılımın Çocuk Koruma Perspektfinden Örgütsel Gelişim Modeli</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253659400</t>
+          <t>9786253652814</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim Drama ve Karakter Olgusu</t>
+          <t>Dış Ticaret Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253659417</t>
+          <t>9786253654177</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Vergi Bilinci</t>
+          <t>Bir Politik Arena Olarak Spor Takımları Takım İçi Güç ve Politik Mücadeleler</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253656065</t>
+          <t>9786253652869</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Vergi Bilinci</t>
+          <t>Bartın Çayı Havzasının Toprak Coğrafyası</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253659387</t>
+          <t>9786253652722</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Utilizing Word Juxtapoz Puzzles in Science and Mathematics Education</t>
+          <t>Babacan Liderliğin İşe Adanmışlık ve İş Tatmini Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253659332</t>
+          <t>9786054598489</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Fabrika Muhasebesi</t>
+          <t>Kıbrıs Türk Edebiyatı Tarihi 5.Cilt (1571 - 2017) (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253659356</t>
+          <t>9786054598496</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler ve Gelişmeler Işığında Ticari Diplomasi ve Türkiye’nin Durumu</t>
+          <t>Kıbrıs Türk Edebiyatı Tarihi 4.Cilt (1571 - 2017) (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253659288</t>
+          <t>9786054598502</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu ve Uyarıcı Maddeler: Analitik Yöntemlerle Tespiti</t>
+          <t>Kıbrıs Türk Edebiyatı Tarihi 3.Cilt (1571 - 2017) (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253659325</t>
+          <t>9786054598519</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ahval-İ Kıyamet</t>
+          <t>Kıbrıs Türk Edebiyatı Tarihi 2.Cilt (1571 - 2017) (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253659301</t>
+          <t>9786258275933</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri I</t>
+          <t>Sanal Deneyim Etkinliği ve Fijital Pazarlama Kapsamında Konsol Oyunlarının Tüketicilerin Satın Alma Niyeti Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253659134</t>
+          <t>9786253659660</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma Yöntemleri ve Veri Analizi İş Güvenliği Verileri İle İstatistik ve SPSS Uygulamaları</t>
+          <t>An Innovative Teaching Approach in Accounting Education</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253658847</t>
+          <t>9786253658748</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mito-Poetik ve Filolojik Düşüncede Mit Konseptleri</t>
+          <t>Mesleki Tükenmişlik Algısı: Havayolu Şirketi Çalışanları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253659318</t>
+          <t>9786253659790</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Temelinde Faizsiz Ekonomik Yapı ( Devlet Katkısı – Vergi Teşvikleri )</t>
+          <t>İstanbul’un Kalbinde Bir Simge: Pera Palas Otelinin Hikâyesi</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253659295</t>
+          <t>9786253659837</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kriz Sonrası Yükselen Ekonomilerde Kalkınma: MINT Ülkeleri İçin Çok Boyutlu Analiz</t>
+          <t>Futbolda Yorgunluk Ve Toparlanma Stratejileri 1</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253658106</t>
+          <t>9786253659813</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Valentin Rasputin’in Yaşa Ve Anımsa Adlı Eserinde Özgecilik</t>
+          <t>Meslek Yüksek Okulları için Laboratuvar Teknikleri</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253659257</t>
+          <t>9786253659776</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaynak Planlama (KKP) Sistemleri</t>
+          <t>Spor Yapan Bireylerin Zihinsel Dayanıklılık İle Yaratıcılık Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253659226</t>
+          <t>9786253659820</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Öz Yansımalar</t>
+          <t>Modern Stratejik Maliyet Yönetimi Hedef Maliyetleme</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253658830</t>
+          <t>9786253659714</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgisi</t>
+          <t>Zumbanın Bilimsel Yüzü: Hareket, Propriyosepsiyon ve Duyguların Kesişim Noktası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253659158</t>
+          <t>9786253659738</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Tenis</t>
+          <t>Google Tabanlı Kişiselleştirilmiş Haritalama Uygulamaları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253652791</t>
+          <t>9786253659745</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Gümüşhane İlinde Bir Araştırma Tespitler</t>
+          <t>Adli Muhasebe</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253658861</t>
+          <t>9786253659721</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>EFL Teacher Demotivation in Türkiye Key Factors</t>
+          <t>Modernleşme Kuramları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253659165</t>
+          <t>9786253659677</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi Normal ve Anormal</t>
+          <t>Çöl İttifakı: Yüzbaşı Shakespear Ve İbn-İ Suud</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253659196</t>
+          <t>9786258413809</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Özellikleri Satın Alma Davranışını Etkiler Mi ?</t>
+          <t>Kariyer Yönetimi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253659233</t>
+          <t>9786258374032</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Su Muhasebesi İstanbul’a Su Sağlayan Havzalarda Su Kullanımının Değerlendirilmesi</t>
+          <t>Optik Uzaktan Algılama İle Doğal Kaynakların Keşfi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253659172</t>
+          <t>9786257045964</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kısa Mesafe Koşucuları İçin Kan Akışı Kısıtlama (BFR) Antrenmanı (Teoriden Pratiğe)</t>
+          <t>İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253658267</t>
+          <t>9786057805959</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Ve Spor Eğitiminde Genel Ve Pedagojik Alan Bilgisi: Öğretim Kalitesinin Artırılması</t>
+          <t>Üniversite Öğrencilerinin Düzenli Egzersiz Yapmaya Yönelik Davranış Değiştirme İstekleri İle Taraftarlık Seviyeleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253658670</t>
+          <t>9786253658250</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticilerinin Kişilik Özelliklerinin Karar Verme Stilleri Üzerine Etkileri</t>
+          <t>Sporda Kavramsal Bakış 2024</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253659127</t>
+          <t>9786253659646</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri Arasında İmam Cafer-İ Sâdık</t>
+          <t>Marguerıte Yourcenar’ın Doğu Öyküleri Adlı Yapıtına Arketipsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253659219</t>
+          <t>9786253659622</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Muhalefet 1960-1980 Dönemi Türk Siyaseti Üzerine Bir Analiz</t>
+          <t>Kuluçka Firma Değerlemesi Firma Uygulama Örneği</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253656799</t>
+          <t>9786253659585</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>TRA-2 Bölgesi Özelinde Finansal İyi Olma Hali-Finansal Risk Eğilimi-Psikolojik Dayanıklılık İlişkisi</t>
+          <t>Hentbol Antrenmanının Fiziksel Uygunluk Özelliklerine Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253657697</t>
+          <t>9786253659653</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Aziz Konukman’a Armağan Türkiye Ekonomisinin Serencamı</t>
+          <t>Siberkondri ve Alternatif Tıp</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253659141</t>
+          <t>9786253659561</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanatçı Romanı Huzur</t>
+          <t>Kentiçi Ulaşım Planlamasında Enerji Korunumu - Kent Formu İlişkisinin İrdelenmesi</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253659110</t>
+          <t>9786253659455</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık, Serbest Zamanda Sıkılma Algısı ve Sosyal Medya Kullanım Bozukluğu Kavramlarının Spor İle İlişkisi</t>
+          <t>Anadolu’dan Dünyaya Yayılan İrfan Mirası Türk-İslam Tarihinde Ahilik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253659028</t>
+          <t>9786253659363</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınmada Örgütlenme ve Kooperatifçilik: Arıcılık Üzerine Türkiye İçin Bir Model Önerisi</t>
+          <t>Amerikalı Müteşebbislerin Kaleminden İki Dünya ve Dönemin Farklı Kalemleri (I) (1911-1916)</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253659103</t>
+          <t>9786053441328</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun ve Öğrenme</t>
+          <t>Çağdaş Eğitim Denetimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789757313014</t>
+          <t>9786258413953</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Temel Üniversite Kimyası (Soruların Çözümleri ve Yeni Sorular Ek Kitapçığı İle) - 2 Kitap Takım</t>
+          <t>Osmanlı Hanedanında Evlenme</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>875</v>
+        <v>100</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253659035</t>
+          <t>9786258374209</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Perspektifinden Döngüsel Ekonomi Ve Geri Dönüşüm: Geçmişten Geleceğe Sürdürülebilirlik</t>
+          <t>Örgütsel Bağlılık, Örgütsel Vatandaşlık Davranışı ve İş Doyumu - Kavram, Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253659011</t>
+          <t>9786258494976</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Power İn Chaos: Non-State Armed Groups And The Future Of Security</t>
+          <t>Girişimcilik Finansmanı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253659097</t>
+          <t>9786053445463</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kriz Geliyorum Der</t>
+          <t>Katma Değer Vergisi Genel Uygulama Tebliği</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>175</v>
+        <v>126</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253657666</t>
+          <t>9786257358309</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimlerinde Yenilikçi Araştırmalar I</t>
+          <t>Örgütsel İletişim (La Communication Organisationnelle)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253659066</t>
+          <t>9786053447405</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Araba</t>
+          <t>Polimer Kimyası</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253658892</t>
+          <t>9786257588614</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı, Psikolojik İyi Oluş Ve Dindarlık</t>
+          <t>Dijital Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253659080</t>
+          <t>9789758396535</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Monitörizasyon</t>
+          <t>Etik Anlayış ve Liderlik Yaklaşımlarının Mesleki Aidiyetlik Açısından Denetçi Davranışlarına Etkileri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253658038</t>
+          <t>9786253659523</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Kısıtlamaları Sürecinde Polis Memurlarının Diyet Davranışları İle Fiziksel Aktivite Düzeyinin Değerlendirilmesi</t>
+          <t>Çin’in Kuşak Ve Yol Girişimi Türkiye Ve Orta Doğu Stratejileri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253659042</t>
+          <t>9786253659516</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konulara Davranışsal Yaklaşım IV</t>
+          <t>50 Soruda Veri Bilimi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253658465</t>
+          <t>9786253659530</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Tartışmalar</t>
+          <t>Özel Milli Sporcu Emirhan Akçakocanın Kaleminden; Özel Gereksinimli Çocuğu Olan Annelerin Temel Psikolojik İhtiyaçlarının Karşılanmasında Fiziksel Aktivitenin Rolü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253658724</t>
+          <t>9786253659547</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam (Spa &amp; Wellness) Merkezlerinde Hizmet Kalitesinin Davranışsal Niyete Etkisi</t>
+          <t>Futbolcularda Kor Antrenmanın Denge, Sürat Ve Kor Kasları Kuvvetine Etkisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253659004</t>
+          <t>9786253658076</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devlet Sistemi Ve Cumhurbaşkanlığı Hükümet Sistemiyle İlgili Sorulara Yanıtlar</t>
+          <t>İş Yerinde Duygusal Zeka ve İş Tatmini: Spor Sektöründe Bir Analiz</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253658717</t>
+          <t>9786253659578</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Liderleri: Çocuk Girişimcilik</t>
+          <t>Patlayıcı Maddelerin Kimyası ve Adli Kimya Uygulamaları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253658755</t>
+          <t>9786258443660</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dijital Finansal Teknoloji Ve Hizmetler</t>
+          <t>Gelenekten Geleceğe Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253658878</t>
+          <t>9786253659509</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı &amp; Katılım Sigortacılığı (Tekâfül) Türkiye Uygulaması</t>
+          <t>Yatırımcılar İçin Portföy Yönetimi Teorisi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253659073</t>
+          <t>9786253659479</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Becerileri Ve Spor</t>
+          <t>Ulusal Eskrim Turnuvalarına Katılan Sporcuların Zeka Tipleri İle Sportif Performansları Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253658991</t>
+          <t>9786253659486</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağının Kariyer Beklentilerinde Belirsizliğe Tahammülsüzlüğü</t>
+          <t>Savaş ve Sansür</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253658939</t>
+          <t>9786253659424</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Ve Ekolojik Açıdan Değişen Yönleriyle Kalkınma Süreci</t>
+          <t>Tarih, Kültür, Sanat, Turizm Kalesiyle Ankara</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253657970</t>
+          <t>9786253659493</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Vaka Analizleri-1</t>
+          <t>Yöneylem Araştırmasının Temelleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253658335</t>
+          <t>9786253659462</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sporsal Derlemeler</t>
+          <t>Yönetim Bilişim Sistemlerinde Araştırma Trendleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253657741</t>
+          <t>9786253659400</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kalkınma</t>
+          <t>Anlatıbilim Drama ve Karakter Olgusu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789758396528</t>
+          <t>9786253659417</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kat Malikinin Hakları ve Yükümlülükleri</t>
+          <t>Çocuklarda Vergi Bilinci</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253658656</t>
+          <t>9786253656065</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Futbolda İzoinertial Antrenman Uygulamaları</t>
+          <t>Çocuklarda Vergi Bilinci</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253658625</t>
+          <t>9786253659387</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Atletik Triad'ın Olimpik Branşlardaki Kadın Sporcularda Görülme Sıklığı Sporcu ve Antrenörlerin Bilgi Düzeyleri</t>
+          <t>Utilizing Word Juxtapoz Puzzles in Science and Mathematics Education</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786253658489</t>
+          <t>9786253659332</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kalkınmada Spor Tesisleri (Hesarek Kayak Tesisi Örneği)</t>
+          <t>Akıllı Fabrika Muhasebesi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253658588</t>
+          <t>9786253659356</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Öğretmenlerinin Yalnızlık Düzeylerinin Sosyal Medya Kullanımı Açısından İncelenmesi</t>
+          <t>Yeni Perspektifler ve Gelişmeler Işığında Ticari Diplomasi ve Türkiye’nin Durumu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253658632</t>
+          <t>9786253659288</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Teoriler ve Kalkınma Teorilerinde Tarım</t>
+          <t>Uyuşturucu ve Uyarıcı Maddeler: Analitik Yöntemlerle Tespiti</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253658144</t>
+          <t>9786253659325</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Boksörlerde Kuvvet Antrenmanı İle Alınan Magnezyumun Vücut Kompozisyonu, Sportif Performans, Nörotransmitterler ve Stres Hormonuna Etkisi</t>
+          <t>Ahval-İ Kıyamet</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253657802</t>
+          <t>9786253659301</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Belirsizlik Ortamında Kobi’lerin Girişimsel Pazarlama Faaliyetlerinin İşletme Performansına Etkileri</t>
+          <t>Çağdaş Türk Lehçeleri I</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253658182</t>
+          <t>9786253659134</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Temel Finans ve Yatırım Okuryazarlığı</t>
+          <t>Bilimsel Araştırma Yöntemleri ve Veri Analizi İş Güvenliği Verileri İle İstatistik ve SPSS Uygulamaları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253658274</t>
+          <t>9786253658847</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Fakültesi Öğrencilerinin Dijital Oyun Oynama Tutumlarının İncelenmesi: Bir Karma Yöntem Araştırması</t>
+          <t>Mito-Poetik ve Filolojik Düşüncede Mit Konseptleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253658694</t>
+          <t>9786253659318</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>“Gel Türkiye’de Yaşa O Zaman!” Gurbetçiye Yönelik Irkçılık (GYI)</t>
+          <t>İslam İktisadı Temelinde Faizsiz Ekonomik Yapı ( Devlet Katkısı – Vergi Teşvikleri )</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253658977</t>
+          <t>9786253659295</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi II</t>
+          <t>Küresel Kriz Sonrası Yükselen Ekonomilerde Kalkınma: MINT Ülkeleri İçin Çok Boyutlu Analiz</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253658908</t>
+          <t>9786253658106</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Farklı Alanlarda Eğitim Gören Üniversite Öğrencilerinin Sağlık Okuryazarlığı Ve Fiziksel Aktivite Düzeylerinin İncelenmesi</t>
+          <t>Valentin Rasputin’in Yaşa Ve Anımsa Adlı Eserinde Özgecilik</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253658953</t>
+          <t>9786253659257</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bölgesel Bazda Ar-Ge Faaliyetlerinin Sektörel Büyümeye Etkisi</t>
+          <t>Kurumsal Kaynak Planlama (KKP) Sistemleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253658854</t>
+          <t>9786253659226</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Geliştirilmiş Jeotermal Sistemler Ve Türkiye Potansiyeli</t>
+          <t>Öz Yansımalar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253658960</t>
+          <t>9786253658830</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Açıklanabilir Yapay Zekâ Yaklaşımları: Alzheimer Hastalığının Tespitine Yönelik Uygulamalar</t>
+          <t>Yaşam Bilgisi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253658922</t>
+          <t>9786253659158</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Risk Yönetimi (Kamu Mali Yönetimi – Uygulamalı)</t>
+          <t>Psikososyal Açıdan Tenis</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253658946</t>
+          <t>9786253652791</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kütle Transferi Esasları Ve Uygulamalar Eki</t>
+          <t>Farklı Boyutlarıyla Gümüşhane İlinde Bir Araştırma Tespitler</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253658526</t>
+          <t>9786253658861</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Psikososyal Araştırmalar- II</t>
+          <t>EFL Teacher Demotivation in Türkiye Key Factors</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253657994</t>
+          <t>9786253659165</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Psikososyal Araştırmalar- I</t>
+          <t>Kadın Psikolojisi Normal ve Anormal</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253658533</t>
+          <t>9786253659196</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Muhasebe Ve Denetim II</t>
+          <t>Kişilik Özellikleri Satın Alma Davranışını Etkiler Mi ?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253658557</t>
+          <t>9786253659233</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Çalışmaları II</t>
+          <t>Su Muhasebesi İstanbul’a Su Sağlayan Havzalarda Su Kullanımının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253658540</t>
+          <t>9786253659172</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Güncel Spor Araştırmaları</t>
+          <t>Kısa Mesafe Koşucuları İçin Kan Akışı Kısıtlama (BFR) Antrenmanı (Teoriden Pratiğe)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253658731</t>
+          <t>9786253658267</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Tarım Politikalarının Tarımsal İstihdam Üzerindeki Etkilerinin Değerlendirilmesi: Çiftlik Beldesi Tarımköy Örneği</t>
+          <t>Beden Eğitimi Ve Spor Eğitiminde Genel Ve Pedagojik Alan Bilgisi: Öğretim Kalitesinin Artırılması</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253658472</t>
+          <t>9786253658670</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Kalite Standartları Çerçevesinde Ayaktan Tedavi Hizmeti Alan Hastaların Deneyimleri</t>
+          <t>Spor Yöneticilerinin Kişilik Özelliklerinin Karar Verme Stilleri Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253658175</t>
+          <t>9786253659127</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Nöromuhasebe</t>
+          <t>Uygur Türkleri Arasında İmam Cafer-İ Sâdık</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253658700</t>
+          <t>9786253659219</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kulüpleri Altyapılarında Kurumsallaşma</t>
+          <t>Demokratik Muhalefet 1960-1980 Dönemi Türk Siyaseti Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253658649</t>
+          <t>9786253656799</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Spor Kulüplerinin Marka Kişiliği</t>
+          <t>TRA-2 Bölgesi Özelinde Finansal İyi Olma Hali-Finansal Risk Eğilimi-Psikolojik Dayanıklılık İlişkisi</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253658342</t>
+          <t>9786253657697</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Proje Analitiği (Proje Yönetiminde Veri Analitiği)</t>
+          <t>Prof. Dr. Aziz Konukman’a Armağan Türkiye Ekonomisinin Serencamı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253658618</t>
+          <t>9786253659141</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Yetersizliği Olan Bireylerde Fiziksel Uygunluk Ve Motor Performans</t>
+          <t>Bir Sanatçı Romanı Huzur</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253658762</t>
+          <t>9786253659110</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Muhalefet Ve Dönüştürücü Liderlik Turizm İşletmelerinde Bir Araştırma</t>
+          <t>Psikolojik Sağlamlık, Serbest Zamanda Sıkılma Algısı ve Sosyal Medya Kullanım Bozukluğu Kavramlarının Spor İle İlişkisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253658779</t>
+          <t>9786253659028</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin 100 Yıllık Tarihinde Belediyelerde Kadın Temsili</t>
+          <t>Kırsal Kalkınmada Örgütlenme ve Kooperatifçilik: Arıcılık Üzerine Türkiye İçin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253658328</t>
+          <t>9786253659103</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kamu Tercihi Analizi</t>
+          <t>Dijital Oyun ve Öğrenme</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253658373</t>
+          <t>9789757313014</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pratik Biyokimya Laboratuarı</t>
+          <t>Temel Üniversite Kimyası (Soruların Çözümleri ve Yeni Sorular Ek Kitapçığı İle) - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>875</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253658502</t>
+          <t>9786253659035</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Elemanlarının Örgütsel Sosyalleşme Ve Örgütsel Sessizlik Düzeylerinin İncelenmesi</t>
+          <t>Yönetim Perspektifinden Döngüsel Ekonomi Ve Geri Dönüşüm: Geçmişten Geleceğe Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253658687</t>
+          <t>9786253659011</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sporda Rönesans: Olimpik Sanat Yarışmaları</t>
+          <t>Power İn Chaos: Non-State Armed Groups And The Future Of Security</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253658458</t>
+          <t>9786253659097</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık ve Spor: Kavramlar, Uygulamalar ve Teknikler</t>
+          <t>Kriz Geliyorum Der</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253658434</t>
+          <t>9786253657666</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sporkurgu</t>
+          <t>İletişim Bilimlerinde Yenilikçi Araştırmalar I</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253657901</t>
+          <t>9786253659066</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Disiplinlerarası Bir Bakış</t>
+          <t>Türk Romanında Araba</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253658212</t>
+          <t>9786253658892</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kombine Egzersizin Sarkopeniye Etkisi: Diyaliz Hastaları İçin Bir Kılavuz</t>
+          <t>Hayatın Anlamı, Psikolojik İyi Oluş Ve Dindarlık</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253657864</t>
+          <t>9786253659080</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şer'iyye Sicillerinin Değerlendirilmesi Ve Transkripsiyonu (Varna Örneği)</t>
+          <t>Futbolcularda Monitörizasyon</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253657895</t>
+          <t>9786253658038</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Devletlerinde Vergi Sistemleri ve Maliye Politikaları</t>
+          <t>Pandemi Kısıtlamaları Sürecinde Polis Memurlarının Diyet Davranışları İle Fiziksel Aktivite Düzeyinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253658014</t>
+          <t>9786253659042</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Temalı Filmlerin Üniversite Öğrencilerinin Toplumsal Cinsiyet Algıları Ve Spora Özgü Başarı Motivasyonları Üzerine Etkisi</t>
+          <t>İktisadi Konulara Davranışsal Yaklaşım IV</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253657574</t>
+          <t>9786253658465</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunun Tasarruf Tercihlerinin Multinominal Lojistik Regresyon Ve Multinominal Probit Regresyon Modelleri İle İncelenmesi</t>
+          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253658366</t>
+          <t>9786253658724</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Güvence Denetim Standartları: Teori Ve Uygulamalar</t>
+          <t>Sağlıklı Yaşam (Spa &amp; Wellness) Merkezlerinde Hizmet Kalitesinin Davranışsal Niyete Etkisi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253658120</t>
+          <t>9786253659004</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Devlet Maliyesi</t>
+          <t>Türkiye Cumhuriyeti Devlet Sistemi Ve Cumhurbaşkanlığı Hükümet Sistemiyle İlgili Sorulara Yanıtlar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253658045</t>
+          <t>9786253658717</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tesis Yönetimi (Sağlık Tesis Yönetimi Yaklaşımı)</t>
+          <t>Geleceğin Liderleri: Çocuk Girişimcilik</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253658151</t>
+          <t>9786253658755</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Boyutlarıyla Spor</t>
+          <t>Dijital Finansal Teknoloji Ve Hizmetler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253657840</t>
+          <t>9786253658878</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türk Sporunun Kültürel Ve Sosyal Dinamikleri</t>
+          <t>Katılım Bankacılığı &amp; Katılım Sigortacılığı (Tekâfül) Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253658052</t>
+          <t>9786253659073</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kadına Karşı Şiddet (Tarihsel Ve Toplumsal Köklerinden Covid 19 Dönemine)</t>
+          <t>Eleştirel Düşünme Becerileri Ve Spor</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253658137</t>
+          <t>9786253658991</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyonel Bir Aktivite Olarak Yoga Üzerine Genel Bir Bakış</t>
+          <t>Z Kuşağının Kariyer Beklentilerinde Belirsizliğe Tahammülsüzlüğü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253657932</t>
+          <t>9786253658939</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Şefik Hüsnü Değmer’den İşçi Partisi’ne Aydınlık Hareketi (1918 – 2000)</t>
+          <t>İktisadi Ve Ekolojik Açıdan Değişen Yönleriyle Kalkınma Süreci</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253657888</t>
+          <t>9786253657970</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm &amp; Akıllı Şehirler</t>
+          <t>Sosyal Bilimlerde Disiplinler Arası Güncel Vaka Analizleri-1</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253658281</t>
+          <t>9786253658335</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Arafta Kalmış Zamansız Göç Hikâyeleri (Akademik Yazılar)</t>
+          <t>Sporsal Derlemeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253657499</t>
+          <t>9786253657741</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hikâyelerini Anlatan Çağatayca Dinî Bir Metin</t>
+          <t>Dijital Kalkınma</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253658113</t>
+          <t>9789758396528</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yöneticilerin Prangaları</t>
+          <t>Kat Malikinin Hakları ve Yükümlülükleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253655983</t>
+          <t>9786253658656</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Ve Denetim Alanındaki Çalışmaların Bibliyometrik Analizi</t>
+          <t>Futbolda İzoinertial Antrenman Uygulamaları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253657857</t>
+          <t>9786253658625</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetimi El Kitabı</t>
+          <t>Atletik Triad'ın Olimpik Branşlardaki Kadın Sporcularda Görülme Sıklığı Sporcu ve Antrenörlerin Bilgi Düzeyleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253657673</t>
+          <t>9786253658489</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dijital Etki: Instagram'da Fenomen Pazarlamasının Gücü</t>
+          <t>Yerel Kalkınmada Spor Tesisleri (Hesarek Kayak Tesisi Örneği)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253657567</t>
+          <t>9786253658588</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Kamu Yönetişimi: Karşılaştırmalı Bir Bakış Renewable Energy Publıc Governance: A Comparatıve Vıew</t>
+          <t>Ortaöğretim Öğretmenlerinin Yalnızlık Düzeylerinin Sosyal Medya Kullanımı Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253657659</t>
+          <t>9786253658632</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yükseköğretim Mimarisi</t>
+          <t>Kalkınma Teoriler ve Kalkınma Teorilerinde Tarım</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253657529</t>
+          <t>9786253658144</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Taşınım Olayları</t>
+          <t>Boksörlerde Kuvvet Antrenmanı İle Alınan Magnezyumun Vücut Kompozisyonu, Sportif Performans, Nörotransmitterler ve Stres Hormonuna Etkisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>650</v>
+        <v>175</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253657406</t>
+          <t>9786253657802</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Digital Okuryazarlığın Teknoloji Kabul Modeliyle Değerlendirilmesi: Osmaniye İli Üniversite Öğrencileri Üzerine Bir Araştırma</t>
+          <t>Çevresel Belirsizlik Ortamında Kobi’lerin Girişimsel Pazarlama Faaliyetlerinin İşletme Performansına Etkileri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253657680</t>
+          <t>9786253658182</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Raporlaması Ve Denetimi Teoriden Pratiğe: 100'den Fazla Örnek Analiz Ile Zenginleştirilmiş Uygulamalı Rehber</t>
+          <t>Temel Finans ve Yatırım Okuryazarlığı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253657819</t>
+          <t>9786253658274</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sporda Psikososyal Alanlar</t>
+          <t>Spor Bilimleri Fakültesi Öğrencilerinin Dijital Oyun Oynama Tutumlarının İncelenmesi: Bir Karma Yöntem Araştırması</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253652753</t>
+          <t>9786253658694</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yüzme Antrenman Rehberi: Teknikler Setler ve Performans</t>
+          <t>“Gel Türkiye’de Yaşa O Zaman!” Gurbetçiye Yönelik Irkçılık (GYI)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253657475</t>
+          <t>9786253658977</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kara Avcılık Sporcularının Depresyon Anksiyete Ve Stres Düzeyleri</t>
+          <t>Sosyoloji Tarihi II</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253657536</t>
+          <t>9786253658908</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Açıdan Finansal Analiz ve Finansal Performans</t>
+          <t>Farklı Alanlarda Eğitim Gören Üniversite Öğrencilerinin Sağlık Okuryazarlığı Ve Fiziksel Aktivite Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>275</v>
+        <v>105</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253657604</t>
+          <t>9786253658953</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bedriye Tunçsiper Onuruna Akademide 40. Yıl Güncel Akademik Çalışmalar Essays In Honour Of Professor Bedriye Tunçsiper</t>
+          <t>Türkiye'de Bölgesel Bazda Ar-Ge Faaliyetlerinin Sektörel Büyümeye Etkisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253657628</t>
+          <t>9786253658854</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Ekseninde Sürdürülebilirlik Raporlaması</t>
+          <t>Geliştirilmiş Jeotermal Sistemler Ve Türkiye Potansiyeli</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253653460</t>
+          <t>9786253658960</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Açıklanabilir Yapay Zekâ Yaklaşımları: Alzheimer Hastalığının Tespitine Yönelik Uygulamalar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253657437</t>
+          <t>9786253658922</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Yükselen Sağ Popülizmin Politik Ekonomisi</t>
+          <t>Kurumsal Risk Yönetimi (Kamu Mali Yönetimi – Uygulamalı)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>540</v>
+        <v>245</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253655518</t>
+          <t>9786253658946</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Finansal Tablolar Analizi</t>
+          <t>Kütle Transferi Esasları Ve Uygulamalar Eki</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253651978</t>
+          <t>9786253658526</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sigorta ve Reasürans Şirketlerinde Banka ve Sigorta Muameleleri Vergisi</t>
+          <t>Spor Bilimlerinde Psikososyal Araştırmalar- II</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253651251</t>
+          <t>9786253657994</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Teorileri Üzerine Diyaloglar Sosyal Bilim Felsefesi Bağlamında Bir Değerlendirme</t>
+          <t>Spor Bilimlerinde Psikososyal Araştırmalar- I</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253651138</t>
+          <t>9786253658533</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Siber Dünyada İstihbarat Stratejileri/ Intelligence Strategies In The Cyber World</t>
+          <t>Teoriden Pratiğe Muhasebe Ve Denetim II</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258275148</t>
+          <t>9786253658557</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Yönetim ve Organizasyon Çalışmaları II</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>118.75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258275612</t>
+          <t>9786253658540</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğunda Oyun Öğretimi</t>
+          <t>Güncel Spor Araştırmaları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258275049</t>
+          <t>9786253658731</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Rusya'nın Güvenlik Algısı</t>
+          <t>Tarım Politikalarının Tarımsal İstihdam Üzerindeki Etkilerinin Değerlendirilmesi: Çiftlik Beldesi Tarımköy Örneği</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258413700</t>
+          <t>9786253658472</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Annie Ernaux'nun Yapıtlarında Karatsis, Travma ve Bağlanma</t>
+          <t>Sağlıkta Kalite Standartları Çerçevesinde Ayaktan Tedavi Hizmeti Alan Hastaların Deneyimleri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258413397</t>
+          <t>9786253658175</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Basketbolda Maç Analizi</t>
+          <t>Nöromuhasebe</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258443868</t>
+          <t>9786253658700</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Araştırmaları İçin Smartpls Uygulamalı PLS-SEM</t>
+          <t>Futbol Kulüpleri Altyapılarında Kurumsallaşma</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258443745</t>
+          <t>9786253658649</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Minyatürlerinde Gastronomi Ögeleri</t>
+          <t>Spor Kulüplerinin Marka Kişiliği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258443738</t>
+          <t>9786253658342</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tüm Branşlarıyla Cimnastik</t>
+          <t>Proje Analitiği (Proje Yönetiminde Veri Analitiği)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258494198</t>
+          <t>9786253658618</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İletişim Psikolojisi</t>
+          <t>Entelektüel Yetersizliği Olan Bireylerde Fiziksel Uygunluk Ve Motor Performans</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258494532</t>
+          <t>9786253658762</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir'in Demokrasi Serüveni (1946-1960)</t>
+          <t>İş Yerinde Muhalefet Ve Dönüştürücü Liderlik Turizm İşletmelerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258494747</t>
+          <t>9786253658779</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Mekan: Edebi Mekana Yolculuk</t>
+          <t>Türkiye'nin 100 Yıllık Tarihinde Belediyelerde Kadın Temsili</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258494945</t>
+          <t>9786253658328</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gıda Paradoksları Sürdürülebilirliğin Zorlukları ve Alternatif Perspektifler</t>
+          <t>Kamu Tercihi Analizi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053443698</t>
+          <t>9786253658373</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gider Mevzuatı ve Milli Emlak Soru Bankası</t>
+          <t>Pratik Biyokimya Laboratuarı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053447696</t>
+          <t>9786253658502</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisine Giriş</t>
+          <t>Öğretim Elemanlarının Örgütsel Sosyalleşme Ve Örgütsel Sessizlik Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053441458</t>
+          <t>9786253658687</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Rus ve Türk Gazete Haber Başlığı Dili</t>
+          <t>Sporda Rönesans: Olimpik Sanat Yarışmaları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053446620</t>
+          <t>9786253658458</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Muhasebe Hata ve Hilelerinin Önlenmesi Kurumsal Kaynak Planlaması Sisteminin Kullanımı</t>
+          <t>Bilinçli Farkındalık ve Spor: Kavramlar, Uygulamalar ve Teknikler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789758396047</t>
+          <t>9786253658434</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku (Ders Kitabı)</t>
+          <t>Sporkurgu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053440895</t>
+          <t>9786253657901</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Modern Perakendecilik ve Mağaza Yönetimi</t>
+          <t>Spor Bilimlerine Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053447443</t>
+          <t>9786253658212</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik - Hacking Atölyesi</t>
+          <t>Kombine Egzersizin Sarkopeniye Etkisi: Diyaliz Hastaları İçin Bir Kılavuz</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053441267</t>
+          <t>9786253657864</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Stopaj KPSS İdari Yargı Hakimliği ve Diğer Kurum Sınavlarına Yönelik</t>
+          <t>Şer'iyye Sicillerinin Değerlendirilmesi Ve Transkripsiyonu (Varna Örneği)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786050305111</t>
+          <t>9786253657895</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kavram Teori ve Politikalar - 2017 Kurumlar Yazılı Sınavı ve Mülakatları</t>
+          <t>Türk Devletlerinde Vergi Sistemleri ve Maliye Politikaları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053446347</t>
+          <t>9786253658014</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gümrük ve Ticaret Bakanlığı Görevde Yükselme ve Gümrük Müşavirliği ve Gümrük Müşavir Yardımcılığı Sınavlarına Hazırlık Kitabı</t>
+          <t>Toplumsal Cinsiyet Temalı Filmlerin Üniversite Öğrencilerinin Toplumsal Cinsiyet Algıları Ve Spora Özgü Başarı Motivasyonları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054562558</t>
+          <t>9786253657574</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>KPSS - A Muhasebe Soru Bankası</t>
+          <t>Türk Toplumunun Tasarruf Tercihlerinin Multinominal Lojistik Regresyon Ve Multinominal Probit Regresyon Modelleri İle İncelenmesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053441540</t>
+          <t>9786253658366</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi</t>
+          <t>Güvence Denetim Standartları: Teori Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257911030</t>
+          <t>9786253658120</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalarla Siber Güvenliğe Giriş (Ciltli)</t>
+          <t>Cumhuriyet Dönemi Devlet Maliyesi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053449911</t>
+          <t>9786253658045</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 1</t>
+          <t>Tesis Yönetimi (Sağlık Tesis Yönetimi Yaklaşımı)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053442257</t>
+          <t>9786253658151</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Muhasebe Klasik Çıkmış Sorular 2015</t>
+          <t>Sosyal Boyutlarıyla Spor</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053441465</t>
+          <t>9786253657840</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Finansmanı</t>
+          <t>Türk Sporunun Kültürel Ve Sosyal Dinamikleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944165815</t>
+          <t>9786253658052</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Birliğinin Türkiye'nin Dış Ticareti Üzerine Etkileri</t>
+          <t>Kadına Karşı Şiddet (Tarihsel Ve Toplumsal Köklerinden Covid 19 Dönemine)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053443186</t>
+          <t>9786253658137</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Maliye Bakanlığı Teşkilat Yapısı ve Teftiş Usulleri</t>
+          <t>Rekreasyonel Bir Aktivite Olarak Yoga Üzerine Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053443544</t>
+          <t>9786253657932</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kendini Gerçekleştirme Bilimi - Kriya Yoga Geleneğinde Ruhsal Uygulama Rehberi</t>
+          <t>Şefik Hüsnü Değmer’den İşçi Partisi’ne Aydınlık Hareketi (1918 – 2000)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257315586</t>
+          <t>9786253657888</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>ÖABT 2021 Beden Eğitimi Öğretmenliği Konu Anlatımlı Soru Bankası</t>
+          <t>Dijital Dönüşüm &amp; Akıllı Şehirler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257911887</t>
+          <t>9786253658281</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi İdari Yargılama Hukuku</t>
+          <t>Arafta Kalmış Zamansız Göç Hikâyeleri (Akademik Yazılar)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257588966</t>
+          <t>9786253657499</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Elektronik Vatandaş Katılımı</t>
+          <t>Kadın Hikâyelerini Anlatan Çağatayca Dinî Bir Metin</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257530248</t>
+          <t>9786253658113</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama ve Çevresel Sosyal Sorumluluk (Uygulamalı)</t>
+          <t>Yöneticilerin Prangaları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257315555</t>
+          <t>9786253655983</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Yatırımcılarda Risk ve Güvenin Yatırım Tercihine Etkisi</t>
+          <t>Muhasebe Ve Denetim Alanındaki Çalışmaların Bibliyometrik Analizi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257530682</t>
+          <t>9786253657857</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Bağlamında Kuşak ve Yol Girişimi Çin Eksenli Bir Analiz</t>
+          <t>Afet Yönetimi El Kitabı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258494105</t>
+          <t>9786253657673</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Kimyası ve Analizi</t>
+          <t>Dijital Etki: Instagram'da Fenomen Pazarlamasının Gücü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257530750</t>
+          <t>9786253657567</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Gelişmişlik ve İmalat İşletmelerinde Finansal Performans</t>
+          <t>Yenilenebilir Enerji Kamu Yönetişimi: Karşılaştırmalı Bir Bakış Renewable Energy Publıc Governance: A Comparatıve Vıew</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257588843</t>
+          <t>9786253657659</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Komşu Ülkelerle Göç ve Sınır Politikaları</t>
+          <t>Türkiye’nin Yükseköğretim Mimarisi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258494112</t>
+          <t>9786253657529</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeci Küreselleşme Çağında İran ve Hindistan: Aryanlar, Zerdüştiler ve İşbirlikçiler</t>
+          <t>Taşınım Olayları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257727433</t>
+          <t>9786253657406</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat Açıklamalı Soru Bankası</t>
+          <t>Digital Okuryazarlığın Teknoloji Kabul Modeliyle Değerlendirilmesi: Osmaniye İli Üniversite Öğrencileri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257588683</t>
+          <t>9786253657680</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim: Gelişimi, Teorileri ve Uygulamaları</t>
+          <t>Sürdürülebilirlik Raporlaması Ve Denetimi Teoriden Pratiğe: 100'den Fazla Örnek Analiz Ile Zenginleştirilmiş Uygulamalı Rehber</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257727099</t>
+          <t>9786253657819</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer Hastalarında Egzersizin Önemi</t>
+          <t>Sporda Psikososyal Alanlar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257530835</t>
+          <t>9786253652753</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çok Boyutlu Bilimsel Çeviri Eleştirisi Modeli</t>
+          <t>Yüzme Antrenman Rehberi: Teknikler Setler ve Performans</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257530934</t>
+          <t>9786253657475</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Finansal Olmayan Bilginin Raporlama Standartları ve Çerçeveleri</t>
+          <t>Kara Avcılık Sporcularının Depresyon Anksiyete Ve Stres Düzeyleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257588539</t>
+          <t>9786253657536</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Özbekçede Soru</t>
+          <t>Sektörel Açıdan Finansal Analiz ve Finansal Performans</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257588263</t>
+          <t>9786253657604</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisinde Teorik ve Uygulamalı Çalışmalar</t>
+          <t>Prof. Dr. Bedriye Tunçsiper Onuruna Akademide 40. Yıl Güncel Akademik Çalışmalar Essays In Honour Of Professor Bedriye Tunçsiper</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257358101</t>
+          <t>9786253657628</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesi (Ciltli)</t>
+          <t>Muhasebe Ekseninde Sürdürülebilirlik Raporlaması</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>1300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257727488</t>
+          <t>9786253653460</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Malzeme Akış Maliyet Muhasebesi</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257727143</t>
+          <t>9786253657437</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Badminton'da Teknik Taktik Kondisyon Eğitsel Oyunlar ve Kuralları</t>
+          <t>Avrupa’da Yükselen Sağ Popülizmin Politik Ekonomisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>90</v>
+        <v>540</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257358576</t>
+          <t>9786253655518</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çin İstihbarat Örgütünün Stratejik Analizi Strategic Analysis of the Chinese Intelligence Organization</t>
+          <t>Uygulamalı Finansal Tablolar Analizi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786057805218</t>
+          <t>9786253651978</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>SPK Sınavı Finans Matematiği Çözümlü Sorular</t>
+          <t>Sigorta ve Reasürans Şirketlerinde Banka ve Sigorta Muameleleri Vergisi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257588393</t>
+          <t>9786253651251</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme Yöntemleri ile Güncel Uygulamalar</t>
+          <t>Uluslararası İlişkiler Teorileri Üzerine Diyaloglar Sosyal Bilim Felsefesi Bağlamında Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257911795</t>
+          <t>9786253651138</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yargı Örgütü ve Tebligat Hukuku</t>
+          <t>Siber Dünyada İstihbarat Stratejileri/ Intelligence Strategies In The Cyber World</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786057805478</t>
+          <t>9786258275148</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Maliyet Muhasebesi ve Analizi</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>118.75</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257216302</t>
+          <t>9786258275612</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Geoteknik Mühendisliği ve Temel İnşaat 2</t>
+          <t>Otizm Spektrum Bozukluğunda Oyun Öğretimi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257315609</t>
+          <t>9786258275049</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri 1</t>
+          <t>Rusya'nın Güvenlik Algısı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257911146</t>
+          <t>9786258413700</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 3</t>
+          <t>Annie Ernaux'nun Yapıtlarında Karatsis, Travma ve Bağlanma</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053449584</t>
+          <t>9786258413397</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Elektrokimyasal Empedans Spektroskopisi</t>
+          <t>Basketbolda Maç Analizi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257315722</t>
+          <t>9786258443868</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde Ceza Koşulu</t>
+          <t>Yönetim ve Organizasyon Araştırmaları İçin Smartpls Uygulamalı PLS-SEM</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257315890</t>
+          <t>9786258443745</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>ASEAN - Güneydoğu Asya Ülkeleri Birliği Siyasi Yapısı ve Gelişimi</t>
+          <t>Osmanlı Minyatürlerinde Gastronomi Ögeleri</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789754837964</t>
+          <t>9786258443738</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Petrokimya Teknolojisi</t>
+          <t>Tüm Branşlarıyla Cimnastik</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789758640737</t>
+          <t>9786258494198</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Yenileşme Hareketleri</t>
+          <t>İletişim Psikolojisi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257216647</t>
+          <t>9786258494532</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Olasılık ve İstatistik</t>
+          <t>Eskişehir'in Demokrasi Serüveni (1946-1960)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055543594</t>
+          <t>9786258494747</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Olasılık ve İstatistiğe Giriş 1</t>
+          <t>Edebiyat ve Mekan: Edebi Mekana Yolculuk</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053441410</t>
+          <t>9786258494945</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Müziksel Yazma Eğitimi ve Ezgi Bankası (Üçüncü Kitap)</t>
+          <t>Gıda Paradoksları Sürdürülebilirliğin Zorlukları ve Alternatif Perspektifler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9799756009177</t>
+          <t>9786053443698</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Jeolojisinin Esasları (Ciltli)</t>
+          <t>Gider Mevzuatı ve Milli Emlak Soru Bankası</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789758640263</t>
+          <t>9786053447696</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Lif ve Elyaf Kimyası</t>
+          <t>Türk Mitolojisine Giriş</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257727020</t>
+          <t>9786053441458</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kısmi Türevli Denklemler</t>
+          <t>Rus ve Türk Gazete Haber Başlığı Dili</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9799758895471</t>
+          <t>9786053446620</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Divan Dünyası</t>
+          <t>İşletmelerde Muhasebe Hata ve Hilelerinin Önlenmesi Kurumsal Kaynak Planlaması Sisteminin Kullanımı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055543273</t>
+          <t>9789758396047</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Demografiye Giriş</t>
+          <t>Türk Anayasa Hukuku (Ders Kitabı)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055804909</t>
+          <t>9786053440895</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Artistik Cimnastik</t>
+          <t>Modern Perakendecilik ve Mağaza Yönetimi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055804862</t>
+          <t>9786053447443</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Soruları</t>
+          <t>Siber Güvenlik - Hacking Atölyesi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786054562022</t>
+          <t>9786053441267</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavlarına Hazırlık - Temel Düzey Müşteri Temsilciliği</t>
+          <t>Stopaj KPSS İdari Yargı Hakimliği ve Diğer Kurum Sınavlarına Yönelik</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257911429</t>
+          <t>9786050305111</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi İcra - İflas Hukuku</t>
+          <t>Kavram Teori ve Politikalar - 2017 Kurumlar Yazılı Sınavı ve Mülakatları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257045131</t>
+          <t>9786053446347</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>2020 Dönüşüm KPSS Hukuk Cilt 1</t>
+          <t>Gümrük ve Ticaret Bakanlığı Görevde Yükselme ve Gümrük Müşavirliği ve Gümrük Müşavir Yardımcılığı Sınavlarına Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257045148</t>
+          <t>9786054562558</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>2020 Dönüşüm KPSS Hukuk Cilt 2</t>
+          <t>KPSS - A Muhasebe Soru Bankası</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257045742</t>
+          <t>9786053441540</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Marka Değerleme'de Finansal Yaklaşım</t>
+          <t>Eğitim Yönetimi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789758396856</t>
+          <t>9786257911030</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Status 2020 Kpss Hukuk - 1 Çalışma Kitabı</t>
+          <t>Uygulamalarla Siber Güvenliğe Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789758396580</t>
+          <t>9786053449911</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Güven ve Liderlik</t>
+          <t>Genel Matematik 1</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053445234</t>
+          <t>9786053442257</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sürücülü Faaliyet Tabanlı Maliyetleme ve Bir Hastane Uygulaması</t>
+          <t>Kariyer Muhasebe Klasik Çıkmış Sorular 2015</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053447276</t>
+          <t>9786053441465</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yüzme El Kitabı</t>
+          <t>Uluslararası Ticaret ve Finansmanı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789758396085</t>
+          <t>9789944165815</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Rusçanın Ses Dizgesi Kuramsal Zemin</t>
+          <t>Gümrük Birliğinin Türkiye'nin Dış Ticareti Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053449782</t>
+          <t>9786053443186</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Isı Transferi</t>
+          <t>Maliye Bakanlığı Teşkilat Yapısı ve Teftiş Usulleri</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053447900</t>
+          <t>9786053443544</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İki Sesli Ezgi Yazma (İki Sesli Dikte)</t>
+          <t>Kendini Gerçekleştirme Bilimi - Kriya Yoga Geleneğinde Ruhsal Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786253657352</t>
+          <t>9786257315586</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kentiçi Kuralsız Araç Park Etme ve Dışsallık: Çanakkale İli Kordon Bölgesi</t>
+          <t>ÖABT 2021 Beden Eğitimi Öğretmenliği Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786253657420</t>
+          <t>9786257911887</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Analitik Kimyada Nicel Analiz Uygulamaları</t>
+          <t>Reform Serisi İdari Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786253657482</t>
+          <t>9786257588966</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Yozgat’ta Demografik Yapı (1878-1950)</t>
+          <t>Kamu Yönetiminde Elektronik Vatandaş Katılımı</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786253657468</t>
+          <t>9786257530248</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Gelişim Sürecinden Günümüze Rus Dilinde Stilistik</t>
+          <t>Yeşil Pazarlama ve Çevresel Sosyal Sorumluluk (Uygulamalı)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786253657383</t>
+          <t>9786257315555</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İşletme İktisadı Yönüyle İşletme Performans Analizi</t>
+          <t>Bireysel Yatırımcılarda Risk ve Güvenin Yatırım Tercihine Etkisi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786253657215</t>
+          <t>9786257530682</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yağ Gülü Yetiştiriciliğinde Etkinlik Analizi</t>
+          <t>Küreselleşme Bağlamında Kuşak ve Yol Girişimi Çin Eksenli Bir Analiz</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786253657154</t>
+          <t>9786258494105</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnternet Ve Mobil Bankacılık Kullanımının Belirleyicileri: Düzey 1</t>
+          <t>Kozmetik Kimyası ve Analizi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786253657512</t>
+          <t>9786257530750</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Kurumsal Gelişmişlik ve İmalat İşletmelerinde Finansal Performans</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786253652159</t>
+          <t>9786257588843</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Afet Yönetimi</t>
+          <t>Türkiye'nin Komşu Ülkelerle Göç ve Sınır Politikaları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786253651879</t>
+          <t>9786258494112</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de Şii Olmak - Etnografik Bir Araştırma</t>
+          <t>Sömürgeci Küreselleşme Çağında İran ve Hindistan: Aryanlar, Zerdüştiler ve İşbirlikçiler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786253650612</t>
+          <t>9786257727433</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Fragmanları: Günümüzde Gençlik ve Sosyolojik Çıkarımlar</t>
+          <t>Mikro İktisat Açıklamalı Soru Bankası</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257911559</t>
+          <t>9786257588683</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Güneyde Bir Tarih Sevdalısı Dr. Süleyman Hatipoğlu Armağanı</t>
+          <t>Kurumsal Yönetim: Gelişimi, Teorileri ve Uygulamaları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258443486</t>
+          <t>9786257727099</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Yeni Bir Kuram Altın Eşdeğerlik</t>
+          <t>Alzheimer Hastalarında Egzersizin Önemi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053445272</t>
+          <t>9786257530835</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesinde Anlam ve Fonksiyon Açısından Fiilde Çatı</t>
+          <t>Çok Boyutlu Bilimsel Çeviri Eleştirisi Modeli</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053441472</t>
+          <t>9786257530934</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kültürdilbilim Temel Kavramlar ve Sorunlar</t>
+          <t>Finansal Olmayan Bilginin Raporlama Standartları ve Çerçeveleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257530705</t>
+          <t>9786257588539</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Çalışmaları</t>
+          <t>Özbekçede Soru</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257530866</t>
+          <t>9786257588263</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Etik</t>
+          <t>Sağlık Ekonomisinde Teorik ve Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257530781</t>
+          <t>9786257358101</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Kavramları Sözlüğü</t>
+          <t>Maliyet ve Yönetim Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257530453</t>
+          <t>9786257727488</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Petrol Arama ve Üretim Sektöründe Finansal Konular</t>
+          <t>Malzeme Akış Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258494426</t>
+          <t>9786257727143</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Dönüşen Birey, Toplum ve Siyaset</t>
+          <t>Badminton'da Teknik Taktik Kondisyon Eğitsel Oyunlar ve Kuralları</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257530712</t>
+          <t>9786257358576</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve Dijital Tedarik Zinciri</t>
+          <t>Çin İstihbarat Örgütünün Stratejik Analizi Strategic Analysis of the Chinese Intelligence Organization</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257588027</t>
+          <t>9786057805218</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Göç</t>
+          <t>SPK Sınavı Finans Matematiği Çözümlü Sorular</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257315302</t>
+          <t>9786257588393</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı Şifa Tasları</t>
+          <t>Çok Kriterli Karar Verme Yöntemleri ile Güncel Uygulamalar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257530569</t>
+          <t>9786257911795</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Empati Dili (Söylem Çözümlemesi)</t>
+          <t>Yargı Örgütü ve Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258494402</t>
+          <t>9786057805478</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Afet Yönetiminde Yeni Yaklaşımlar</t>
+          <t>Sağlık İşletmelerinde Maliyet Muhasebesi ve Analizi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257530996</t>
+          <t>9786257216302</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Amin Maalouf'un Penceresinden Göç ve Kimlik</t>
+          <t>Geoteknik Mühendisliği ve Temel İnşaat 2</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257315937</t>
+          <t>9786257315609</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Folklorunun İzinde</t>
+          <t>Çağdaş Türk Lehçeleri 1</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786253657239</t>
+          <t>9786257911146</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Selanikli Hilmi Musavver Büyük Osmanlı Tarihi</t>
+          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 3</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786253657376</t>
+          <t>9786053449584</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Perspektiften “Sürdürülebilirlik”</t>
+          <t>Elektrokimyasal Empedans Spektroskopisi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786253657307</t>
+          <t>9786257315722</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Güncel Yaklaşımlar 3</t>
+          <t>Eser Sözleşmesinde Ceza Koşulu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786253656942</t>
+          <t>9786257315890</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Kurumsallaşma Çerçevesinde İş Tatmini, Örgütsel Bağlılık ve Örgütsel Performans</t>
+          <t>ASEAN - Güneydoğu Asya Ülkeleri Birliği Siyasi Yapısı ve Gelişimi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786253657185</t>
+          <t>9789754837964</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Diplomaside Sporun Yumuşak Gücü ve Stratejik Önemi</t>
+          <t>Petrokimya Teknolojisi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786253657253</t>
+          <t>9789758640737</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Examınıng The Antecedents Of Work-Famıly Interface</t>
+          <t>Osmanlı Devleti’nde Yenileşme Hareketleri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786253657260</t>
+          <t>9786257216647</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Öğrencilerinde Fiziksel Aktivite Ve Fiziksel Uygunluk Düzeyleri: Kırsal-Şehir Karşılaştırması</t>
+          <t>Olasılık ve İstatistik</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786253657147</t>
+          <t>9786055543594</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Hareket Eğitimi Ve Motor Gelişim</t>
+          <t>Olasılık ve İstatistiğe Giriş 1</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786253657130</t>
+          <t>9786053441410</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda İçsel Ve Dışsal Antrenman Yük Yönetimi Ve Maç Performans Takibi</t>
+          <t>Müziksel Yazma Eğitimi ve Ezgi Bankası (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786253657161</t>
+          <t>9799756009177</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ön Ergenlik Dönemi Tenis Oyuncularında Core Egzersiz Programının Sportif Performansa Etkisi</t>
+          <t>Mühendislik Jeolojisinin Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786253657277</t>
+          <t>9789758640263</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Bağlılık Mottosu Perspektifinden Trabzonspor Taraftarlığı</t>
+          <t>Lif ve Elyaf Kimyası</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786253657178</t>
+          <t>9786257727020</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İslâmi Finans Genel Bakış ve Güncel Gelişmeler</t>
+          <t>Kısmi Türevli Denklemler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786253657093</t>
+          <t>9799758895471</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Moda Endüstrisinde Ürün Tasarımındaki Değişikliklerin Tedarikçi Şirketler Üzerindeki Zincirleme Etkileri</t>
+          <t>Divan Dünyası</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786253657116</t>
+          <t>9786055543273</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sporda Psiko-Sosyal Araştırmalar II</t>
+          <t>Demografiye Giriş</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786253657055</t>
+          <t>9786055804909</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ağ Yönetişimi (İstanbul Toplu Ulaşım Politikası Örneğinde Teorik Ve Pratik Bir Perspektif)</t>
+          <t>Artistik Cimnastik</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786253656720</t>
+          <t>9786055804862</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İzinde Borsalar</t>
+          <t>Anayasa Hukuku Soruları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786253657123</t>
+          <t>9786054562022</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Göç Ekonomisi: Göçün Sosyo-Ekonomik Etkileri</t>
+          <t>SPK Lisanslama Sınavlarına Hazırlık - Temel Düzey Müşteri Temsilciliği</t>
         </is>
       </c>
       <c r="C578" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786253656966</t>
+          <t>9786257911429</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Uygunluk ve Sağlık</t>
+          <t>Reform Serisi İcra - İflas Hukuku</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786253656973</t>
+          <t>9786257045131</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Liyakat</t>
+          <t>2020 Dönüşüm KPSS Hukuk Cilt 1</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786253656904</t>
+          <t>9786257045148</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Tüketim Kültürü</t>
+          <t>2020 Dönüşüm KPSS Hukuk Cilt 2</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786253656935</t>
+          <t>9786257045742</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Afetler, Toplum Ve Sağlık Hizmetleri (Sosyolojik Yaklaşımlar Ve Uygulamalar)</t>
+          <t>Marka Değerleme'de Finansal Yaklaşım</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786253656874</t>
+          <t>9789758396856</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Şirket Değerleme Yaklaşımları Sektörel Bazlı Bir Uygulama</t>
+          <t>Status 2020 Kpss Hukuk - 1 Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786253656898</t>
+          <t>9789758396580</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Ve Aydınlık Kişiliğin Politik Davranıştaki Yansımaları</t>
+          <t>Örgütlerde Güven ve Liderlik</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786253656881</t>
+          <t>9786053445234</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji, Dijitalleşme Ve Sürdürülebilirlik Perspektifinden Sporun Yeni Yüzü</t>
+          <t>Zaman Sürücülü Faaliyet Tabanlı Maliyetleme ve Bir Hastane Uygulaması</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786253656959</t>
+          <t>9786053447276</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İdari Ve Bürokratik Protokol Kurallarının Halkla İlişkiler Perspektifinde Tarihsel Dönüşümü</t>
+          <t>Yüzme El Kitabı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786253656997</t>
+          <t>9789758396085</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Güncel Araştırmalar – 1</t>
+          <t>Rusçanın Ses Dizgesi Kuramsal Zemin</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786253657031</t>
+          <t>9786053449782</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kaçakçılığı Suçunda Etkin Pişmanlık</t>
+          <t>Isı Transferi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786253656669</t>
+          <t>9786053447900</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Beden Eğitimi Ve Oyun Dersi: Gelecekteki Beden Eğitiminin Yeni Yüzü</t>
+          <t>İki Sesli Ezgi Yazma (İki Sesli Dikte)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786253654597</t>
+          <t>9786253657352</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Yakıt: Sporcu Beslenmesi El Kitabı</t>
+          <t>Kentiçi Kuralsız Araç Park Etme ve Dışsallık: Çanakkale İli Kordon Bölgesi</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786253652593</t>
+          <t>9786253657420</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>J. A. Schumpeter'i Anlamak</t>
+          <t>Analitik Kimyada Nicel Analiz Uygulamaları</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257315883</t>
+          <t>9786253657482</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Çevre, Enerji ve Sürdürülebilirlik</t>
+          <t>Osmanlı’dan Cumhuriyet’e Yozgat’ta Demografik Yapı (1878-1950)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786258374896</t>
+          <t>9786253657468</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Spor Organizasyonları Bileşenleri ve Koordinasyonu</t>
+          <t>Tarihsel Gelişim Sürecinden Günümüze Rus Dilinde Stilistik</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257216364</t>
+          <t>9786253657383</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Almanca Tıbbi İletişim</t>
+          <t>İşletme İktisadı Yönüyle İşletme Performans Analizi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053442615</t>
+          <t>9786253657215</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kendini - Bilmek</t>
+          <t>Türkiye’de Yağ Gülü Yetiştiriciliğinde Etkinlik Analizi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257588584</t>
+          <t>9786253657154</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Odaklı Kurumsal Risk Yönetimi Sisteminin Oluşturulması: İşletmelere Yönelik Model Önerisi</t>
+          <t>İnternet Ve Mobil Bankacılık Kullanımının Belirleyicileri: Düzey 1</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257727006</t>
+          <t>9786253657512</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yenilik Yönetimi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257911801</t>
+          <t>9786253652159</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ticaret Hukuku - 1</t>
+          <t>Sürdürülebilir Kalkınma ve Afet Yönetimi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786054562381</t>
+          <t>9786253651879</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Nümerik Analiz (Ciltli)</t>
+          <t>Türkiye' de Şii Olmak - Etnografik Bir Araştırma</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>600</v>
+        <v>95</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055543785</t>
+          <t>9786253650612</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Müziksel İşitme Okuma Eğitimi ve Kuram (İkinci Kitap)</t>
+          <t>Gençlik Fragmanları: Günümüzde Gençlik ve Sosyolojik Çıkarımlar</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789758895229</t>
+          <t>9786257911559</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Genel Ekonomi</t>
+          <t>Güneyde Bir Tarih Sevdalısı Dr. Süleyman Hatipoğlu Armağanı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786253656850</t>
+          <t>9786258443486</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Antrenörlerde Problem Çözme Ve İletişim Becerileri</t>
+          <t>Çeviribilimde Yeni Bir Kuram Altın Eşdeğerlik</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786253656911</t>
+          <t>9786053445272</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kan Akışı Kısıtlama Yöntemi</t>
+          <t>Çağatay Türkçesinde Anlam ve Fonksiyon Açısından Fiilde Çatı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786253656713</t>
+          <t>9786053441472</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Ruh Hali Ve Motivasyon</t>
+          <t>Kültürdilbilim Temel Kavramlar ve Sorunlar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786253656843</t>
+          <t>9786257530705</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kiralama İşlemlerinin Muhasebeleştirilmesi Ve Türkiye Finansal Raporlama Standardı 16: Kiralamalar Standardının Borsa İstanbul Şirketlerinin Finansal Tablolarına Etkisi Üzerine Bir Araştırma</t>
+          <t>Toplumsal Cinsiyet Çalışmaları</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057805249</t>
+          <t>9786257530866</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetimin İlkeleri</t>
+          <t>Yönetim ve Etik</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786253656447</t>
+          <t>9786257530781</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında İktisat Bilimi</t>
+          <t>İletişim ve Medya Kavramları Sözlüğü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786253656751</t>
+          <t>9786257530453</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Public Relations On The Axis Of Communication</t>
+          <t>Petrol Arama ve Üretim Sektöründe Finansal Konular</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786253656775</t>
+          <t>9786258494426</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Sezon Öncesi Antrenmanların Önemi</t>
+          <t>Dijital Çağda Dönüşen Birey, Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786253656829</t>
+          <t>9786257530712</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Maneviyat: Bazı Kamu Örgütleri Üzerine Nitel Bir İnceleme</t>
+          <t>Endüstri 4.0 ve Dijital Tedarik Zinciri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786253656676</t>
+          <t>9786257588027</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Vücut Geliştirme ve Fitness Sporu ile İlgilenen Bireylerde Saldırganlık ve Öfke Düzeyleri</t>
+          <t>Sosyal Bilimlerde Göç</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786253656706</t>
+          <t>9786257315302</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hâfız Mustafâ Efendi Kitâbu Nüzheti’l-Uşşâk Ve Ravzatu Ehli’l-Vüddi Ve’l-Vifâk (İnceleme-Metin)</t>
+          <t>Geç Dönem Osmanlı Şifa Tasları</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786253656768</t>
+          <t>9786257530569</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hilmi Ziya Ülken Modern Kimliğin Türkiye’deki Serüvenine Eleştirel Bir Bakış</t>
+          <t>Türkiye Türkçesinde Empati Dili (Söylem Çözümlemesi)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786253656485</t>
+          <t>9786258494402</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Uyarlanmış Hareket Eğitimi Programının Ortaokul Öğrencilerinde Engellilere Karşı Empati, Tutum Ve Öz-Duyarlılıkları</t>
+          <t>Afet Yönetiminde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786253656744</t>
+          <t>9786257530996</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Niğde İli Yer Adları</t>
+          <t>Amin Maalouf'un Penceresinden Göç ve Kimlik</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786253656560</t>
+          <t>9786257315937</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Bireylerde Sapkın Boş Zaman Eğilimi, Benlik Saygısı ve Yaşam Tatmininin İncelenmesi</t>
+          <t>Anadolu Folklorunun İzinde</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786253656478</t>
+          <t>9786253657239</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesi (Ciltli)</t>
+          <t>Selanikli Hilmi Musavver Büyük Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>1300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786253655600</t>
+          <t>9786253657376</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Güreşte Bilimsel Antrenman Metotları Ve Öğretim Teknikleri</t>
+          <t>Disiplinlerarası Perspektiften “Sürdürülebilirlik”</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786253656652</t>
+          <t>9786253657307</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Dijital Dönüşüm</t>
+          <t>Pazarlamada Güncel Yaklaşımlar 3</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786253656539</t>
+          <t>9786253656942</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>In The Age Of Technology and Innovation: Global Companies and Digitalization</t>
+          <t>İşletmelerde Kurumsallaşma Çerçevesinde İş Tatmini, Örgütsel Bağlılık ve Örgütsel Performans</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786253656645</t>
+          <t>9786253657185</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Küresel Risk ve Belirsizliklerin Finansal Etkileri</t>
+          <t>Uluslararası Diplomaside Sporun Yumuşak Gücü ve Stratejik Önemi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786253656614</t>
+          <t>9786253657253</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Temel Hak ve Hürriyetlerin Sınırlandırılmasının Sınırı: Türk Anayasa Mahkemesi Kararları Üzerinden Bir Değerlendirme</t>
+          <t>Examınıng The Antecedents Of Work-Famıly Interface</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786253656515</t>
+          <t>9786253657260</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Econometric Analysis Of Cryptocurrency Volatility: A Heterogenous Autoregressive Approach</t>
+          <t>Ortaöğretim Öğrencilerinde Fiziksel Aktivite Ve Fiziksel Uygunluk Düzeyleri: Kırsal-Şehir Karşılaştırması</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786253656591</t>
+          <t>9786253657147</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tabloları Anlama ve Analiz</t>
+          <t>Çocuklarda Hareket Eğitimi Ve Motor Gelişim</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786253656546</t>
+          <t>9786253657130</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>VI Geleneksel Oyunlar ve Sporlar Panel Serisi Geleneksel Çocuk ve Yetişkin Oyunları</t>
+          <t>Futbolcularda İçsel Ve Dışsal Antrenman Yük Yönetimi Ve Maç Performans Takibi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786253656607</t>
+          <t>9786253657161</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekânın Deyim Çevirisi</t>
+          <t>Ön Ergenlik Dönemi Tenis Oyuncularında Core Egzersiz Programının Sportif Performansa Etkisi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786253656683</t>
+          <t>9786253657277</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Şirket Birleşmelerinin, Şirket Değerlemesi İle Finansal Açıdan Başarılarının İrdelenmesi Ve Bir Uygulama</t>
+          <t>Bağlılık Mottosu Perspektifinden Trabzonspor Taraftarlığı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786253656409</t>
+          <t>9786253657178</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirme Sürecinde Dijital Dönüşüm Ve Gelir Dağılımı ( Oecd Ülkelerine İlişkin Ampirik Bir İnceleme)</t>
+          <t>İslâmi Finans Genel Bakış ve Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786253656638</t>
+          <t>9786253657093</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Yetersizliğe Sahip Yetişkinlerde Çok Bileşenli Fiziksel Aktivitenin Fiziksel Uygunluk Ve Sosyal Beceriler Üzerindeki Etkinliği</t>
+          <t>Hızlı Moda Endüstrisinde Ürün Tasarımındaki Değişikliklerin Tedarikçi Şirketler Üzerindeki Zincirleme Etkileri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786253656577</t>
+          <t>9786253657116</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Analizi Kamusal Sorunların Teşhisi Ve Çözümü</t>
+          <t>Sporda Psiko-Sosyal Araştırmalar II</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786253656584</t>
+          <t>9786253657055</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi Yönetimi</t>
+          <t>Ağ Yönetişimi (İstanbul Toplu Ulaşım Politikası Örneğinde Teorik Ve Pratik Bir Perspektif)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786253652807</t>
+          <t>9786253656720</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sporun Evrensel Yolculuğu: Beden Eğitimi, Kültürel Değişim, Motor Gelişim, Dijital Pazarlama, Fiziksel Aktivite ve Mutluluk İlişkisi, Sanal Gerçeklik, Kadının Rolü ve Metaforik Algılar</t>
+          <t>Tarihin İzinde Borsalar</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786253655624</t>
+          <t>9786253657123</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ercüment Ekrem Talû Hayatı-Sanatı-Eserleri</t>
+          <t>Göç Ekonomisi: Göçün Sosyo-Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786253656454</t>
+          <t>9786253656966</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Important Dynamic In Organization Management: Time Management Attıtudes And Skılls</t>
+          <t>Fiziksel Uygunluk ve Sağlık</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257045469</t>
+          <t>9786253656973</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Muhteviyat Anayasa Hukuku Konu Anlatım Kitabı</t>
+          <t>Kamuda Liyakat</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786253655891</t>
+          <t>9786253656904</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İp Atlama vs Pliometrik Antrenman (İzokinetik Performans)</t>
+          <t>Dijital Çağda Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786253656508</t>
+          <t>9786253656935</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Bağımlılığı Ve Tutku Düzeyinin Performansla İlişkisi</t>
+          <t>Afetler, Toplum Ve Sağlık Hizmetleri (Sosyolojik Yaklaşımlar Ve Uygulamalar)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>115</v>
+        <v>275</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786253656492</t>
+          <t>9786253656874</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Tekrarlayan Bir Olgu Olarak Küreselleşmenin Uluslararası Ekonomi Politiği</t>
+          <t>Şirket Değerleme Yaklaşımları Sektörel Bazlı Bir Uygulama</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786253656522</t>
+          <t>9786253656898</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin İç Kontrol Sistemine Etkisi</t>
+          <t>Karanlık Ve Aydınlık Kişiliğin Politik Davranıştaki Yansımaları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257045797</t>
+          <t>9786253656881</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Ekonomi Öğrencileri İçin Uygulamalı Matematik</t>
+          <t>Teknoloji, Dijitalleşme Ve Sürdürülebilirlik Perspektifinden Sporun Yeni Yüzü</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786253656317</t>
+          <t>9786253656959</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Politik Riskler ve Başa Çıkma Stratejileri (Mena Bölgesi İçin Çıkarımlar)</t>
+          <t>İdari Ve Bürokratik Protokol Kurallarının Halkla İlişkiler Perspektifinde Tarihsel Dönüşümü</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786253656294</t>
+          <t>9786253656997</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İlaç Dünyasında Güncel Gelişmeler</t>
+          <t>Muhasebede Güncel Araştırmalar – 1</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786253656362</t>
+          <t>9786253657031</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Harcamalarının Ekonomik Büyümeye Etkisi: G-20 Ülkeleri ve Türkiye Örneği</t>
+          <t>Vergi Kaçakçılığı Suçunda Etkin Pişmanlık</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786253653514</t>
+          <t>9786253656669</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sporcuların İş Hukukundan Doğan Uyuşmazlıkları ve Çözüm Yolları</t>
+          <t>Hayalimdeki Beden Eğitimi Ve Oyun Dersi: Gelecekteki Beden Eğitiminin Yeni Yüzü</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786253656416</t>
+          <t>9786253654597</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Tarihi - I</t>
+          <t>Mükemmel Yakıt: Sporcu Beslenmesi El Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786253656232</t>
+          <t>9786253652593</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Sporda Psiko-Sosyal Araştırmalar</t>
+          <t>J. A. Schumpeter'i Anlamak</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786253656423</t>
+          <t>9786257315883</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Antrenmanın Fiziksel Uygunluk Unsurları, Psikolojik Beceri ve Psikofizyolojik Yanıtlara Etkisi</t>
+          <t>Çevre, Enerji ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786253655631</t>
+          <t>9786258374896</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Kitap Ercüment Ekrem Talû</t>
+          <t>Spor Organizasyonları Bileşenleri ve Koordinasyonu</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786253656430</t>
+          <t>9786257216364</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge Tasarım Merkezleri Teknoparklar Vergi ve Muhasebe Rehberi</t>
+          <t>Almanca Tıbbi İletişim</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786253654696</t>
+          <t>9786053442615</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Bütçesi Tahminlerinin Gerçekliği</t>
+          <t>Kendini - Bilmek</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786253656300</t>
+          <t>9786257588584</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Besteci ve Viyolonselist Necati Giray'ın Yaratıcı Portresi</t>
+          <t>Bağımsız Denetim Odaklı Kurumsal Risk Yönetimi Sisteminin Oluşturulması: İşletmelere Yönelik Model Önerisi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786253656461</t>
+          <t>9786257727006</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>1930’lu Yıllardaki Türkiye Sanayisine İlişkin Kısmi Bir Mikroiktisadi Araştırma Kalkınma Mikroiktisadının Tarihsel Bir Örneği - II</t>
+          <t>Stratejik Yenilik Yönetimi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786253656133</t>
+          <t>9786257911801</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Dijitalleşmenin Müşteri Davranışları Üzerine Etkisi</t>
+          <t>Reform Serisi Ticaret Hukuku - 1</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9799758640828</t>
+          <t>9786054562381</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Elektromagnetik Teori</t>
+          <t>Nümerik Analiz (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257911399</t>
+          <t>9786055543785</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi İdare Hukuku</t>
+          <t>Müziksel İşitme Okuma Eğitimi ve Kuram (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786253654979</t>
+          <t>9789758895229</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İran Petrolleri</t>
+          <t>Genel Ekonomi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786253656287</t>
+          <t>9786253656850</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Neo-Realist Ve Neo-Liberal Kurumsalcılık Açısından Almanya’daki Kırmızı-Yeşil Koalisyon Hükûmeti’nin Güvenlik Politikalarının Analizi</t>
+          <t>Antrenörlerde Problem Çözme Ve İletişim Becerileri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786253656263</t>
+          <t>9786253656911</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan I. Dünya Savaşı’na (1839-1918) Türk Muhasebe Sisteminde Batılılaşma Süreci</t>
+          <t>Kan Akışı Kısıtlama Yöntemi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786253656348</t>
+          <t>9786253656713</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilerin ve İslamcıların Hayalindeki Japonya Dergiler Üzerinden Bir İnceleme</t>
+          <t>Futbolda Ruh Hali Ve Motivasyon</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786253654863</t>
+          <t>9786253656843</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yeşil Mutabakat Yol Haritası</t>
+          <t>Kiralama İşlemlerinin Muhasebeleştirilmesi Ve Türkiye Finansal Raporlama Standardı 16: Kiralamalar Standardının Borsa İstanbul Şirketlerinin Finansal Tablolarına Etkisi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786253656256</t>
+          <t>9786057805249</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Finansal Zaman Serisi Analizleri</t>
+          <t>Finansal Yönetimin İlkeleri</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786253656379</t>
+          <t>9786253656447</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>Cumhuriyetin 100. Yılında İktisat Bilimi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>310</v>
+        <v>225</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786253656089</t>
+          <t>9786253656751</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma Amaçları Sürdürülebilirlik Raporlaması ve Denetimi</t>
+          <t>Public Relations On The Axis Of Communication</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>490</v>
+        <v>275</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786253656249</t>
+          <t>9786253656775</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Halkla İlişkiler Çalışmaları Güncel Örnek Ve Uygulamala</t>
+          <t>Futbolda Sezon Öncesi Antrenmanların Önemi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786253656195</t>
+          <t>9786253656829</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Ulus Devlete Türk Milliyetçiliği</t>
+          <t>Türk Kamu Yönetiminde Maneviyat: Bazı Kamu Örgütleri Üzerine Nitel Bir İnceleme</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786253656270</t>
+          <t>9786253656676</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Ve Spor Öğretmenlerinin Bireysel Yenilikçi Özellikleri Ile Teknopedagojik Eğitim Yeterlilikleri Arasındaki İlişki</t>
+          <t>Vücut Geliştirme ve Fitness Sporu ile İlgilenen Bireylerde Saldırganlık ve Öfke Düzeyleri</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786253656164</t>
+          <t>9786253656706</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Etik Karar Verme</t>
+          <t>Küçük Hâfız Mustafâ Efendi Kitâbu Nüzheti’l-Uşşâk Ve Ravzatu Ehli’l-Vüddi Ve’l-Vifâk (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786253656157</t>
+          <t>9786253656768</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Tersine Toplumsallaşma: Ebeveyn Satın Alma Davranışlarına Ergen Etkisi</t>
+          <t>Hilmi Ziya Ülken Modern Kimliğin Türkiye’deki Serüvenine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257216937</t>
+          <t>9786253656485</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimyada Spektroskopik Yöntemler</t>
+          <t>Uyarlanmış Hareket Eğitimi Programının Ortaokul Öğrencilerinde Engellilere Karşı Empati, Tutum Ve Öz-Duyarlılıkları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786253655303</t>
+          <t>9786253656744</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Düzeltmesi</t>
+          <t>Niğde İli Yer Adları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786253656225</t>
+          <t>9786253656560</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Benefıt Sharıng In Central Asıa Transboundary Water Issues</t>
+          <t>Yetişkin Bireylerde Sapkın Boş Zaman Eğilimi, Benlik Saygısı ve Yaşam Tatmininin İncelenmesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786253656188</t>
+          <t>9786253656478</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sporda Öz Şefkat, Ruh Sağlığı Ve Algılanan Performans</t>
+          <t>Maliyet ve Yönetim Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>85</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786253656126</t>
+          <t>9786253655600</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Afet Ve Kriz Durumlarında Sağlık Hizmetleri Yönetimi</t>
+          <t>Güreşte Bilimsel Antrenman Metotları Ve Öğretim Teknikleri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786253656119</t>
+          <t>9786253656652</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Odalar ve Borsalar Birliği Tarihi 1952-2001 Cilt 1</t>
+          <t>Muhasebede Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786253656058</t>
+          <t>9786253656539</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Dijital Muhasebe Dijital Dönüşüm Sürecinin Muhasebeye Etkisi</t>
+          <t>In The Age Of Technology and Innovation: Global Companies and Digitalization</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786253656140</t>
+          <t>9786253656645</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sedanter Bireylerde Yüksek Şiddetli İnterval Antrenman (Hııt)</t>
+          <t>Küresel Risk ve Belirsizliklerin Finansal Etkileri</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786253655877</t>
+          <t>9786253656614</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarımsal Teşviklerin Makroekonomik Etkileri</t>
+          <t>Temel Hak ve Hürriyetlerin Sınırlandırılmasının Sınırı: Türk Anayasa Mahkemesi Kararları Üzerinden Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786253656072</t>
+          <t>9786253656515</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Spor Kulüplerinin Kurumsal Sosyal Sorumluluk Projelerinde Yeni Medya Kullanımı</t>
+          <t>Econometric Analysis Of Cryptocurrency Volatility: A Heterogenous Autoregressive Approach</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786253655839</t>
+          <t>9786253656591</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmak Az Gelişmişlikten, Gelişmeye</t>
+          <t>Finansal Tabloları Anlama ve Analiz</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786253656041</t>
+          <t>9786253656546</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Halkoyunlarının Algılanan Ögretmen Öz Yeterliğine Etkileri</t>
+          <t>VI Geleneksel Oyunlar ve Sporlar Panel Serisi Geleneksel Çocuk ve Yetişkin Oyunları</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786253655914</t>
+          <t>9786253656607</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Finansal Performans İlişkisi: Borsa İstanbul Kurumsal Yönetim Endeksinde Yer Alan Şirketlerde Bir Uygulama</t>
+          <t>Yapay Zekânın Deyim Çevirisi</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786253655938</t>
+          <t>9786253656683</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sektöründe Pazarlama: Tüketicilerin Kars Destinasyon Yemek İmajını Değerlendirmelerine Yönelik Bir Araştırma</t>
+          <t>Şirket Birleşmelerinin, Şirket Değerlemesi İle Finansal Açıdan Başarılarının İrdelenmesi Ve Bir Uygulama</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786253655969</t>
+          <t>9786253656409</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Alternatif Ölçme ve Değerlendirme</t>
+          <t>Vergilendirme Sürecinde Dijital Dönüşüm Ve Gelir Dağılımı ( Oecd Ülkelerine İlişkin Ampirik Bir İnceleme)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786253655907</t>
+          <t>9786253656638</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Karanlık Yüzü Teknoloji, Siyaset ve Güvenlikte Dezenformasyon</t>
+          <t>Entelektüel Yetersizliğe Sahip Yetişkinlerde Çok Bileşenli Fiziksel Aktivitenin Fiziksel Uygunluk Ve Sosyal Beceriler Üzerindeki Etkinliği</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786253655952</t>
+          <t>9786253656577</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sporda Sağlık Okuryazarlığı</t>
+          <t>Kamu Politikası Analizi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786253656003</t>
+          <t>9786253656584</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanındaki Akademisyenlerin Kriz Yönetimi ve Örgütsel Destek Algıları</t>
+          <t>Sağlık Turizmi Yönetimi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786253655846</t>
+          <t>9786253652807</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sendikaların "Hükümetlerarası Uluslararası Kuruluşlar" Daki Rolleri</t>
+          <t>Sporun Evrensel Yolculuğu: Beden Eğitimi, Kültürel Değişim, Motor Gelişim, Dijital Pazarlama, Fiziksel Aktivite ve Mutluluk İlişkisi, Sanal Gerçeklik, Kadının Rolü ve Metaforik Algılar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786253655884</t>
+          <t>9786253655624</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Rekreasyonel Fayda Algısı Ve Mutluluk Düzeyleri</t>
+          <t>Ercüment Ekrem Talû Hayatı-Sanatı-Eserleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>74</v>
+        <v>175</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786253655822</t>
+          <t>9786253656454</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Osmanlı Mutfağı</t>
+          <t>Important Dynamic In Organization Management: Time Management Attıtudes And Skılls</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786253655808</t>
+          <t>9786257045469</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Gri Sistem Teorisi Tabanlı Çok Kriterli Karar Verme Teknikleri ve Uygulama Örnekleri Teori ve Uygulama</t>
+          <t>Muhteviyat Anayasa Hukuku Konu Anlatım Kitabı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786253655280</t>
+          <t>9786253655891</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncede Devlet ve Birey</t>
+          <t>İp Atlama vs Pliometrik Antrenman (İzokinetik Performans)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786253655792</t>
+          <t>9786253656508</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Genel Tebliğ</t>
+          <t>Egzersiz Bağımlılığı Ve Tutku Düzeyinin Performansla İlişkisi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786253655778</t>
+          <t>9786253656492</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Current Studies İn Finance</t>
+          <t>Tekrarlayan Bir Olgu Olarak Küreselleşmenin Uluslararası Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786253653583</t>
+          <t>9786253656522</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış V</t>
+          <t>Dijitalleşmenin İç Kontrol Sistemine Etkisi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786253655761</t>
+          <t>9786257045797</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sürdürülebilir Kalkınmanın Ve Yatırımların Finansmanı: Yeşil Finans</t>
+          <t>İşletme ve Ekonomi Öğrencileri İçin Uygulamalı Matematik</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786253655693</t>
+          <t>9786253656317</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Etkileşimci ve Karizmatik Liderliğin Çalışan Memnuniyeti Üzerine Etkilerinin İncelenmesi: Ankara İl Sınırları İçerisindeki Beş Yıldızlı Oteller Üzerinde Bir Araştırma</t>
+          <t>Politik Riskler ve Başa Çıkma Stratejileri (Mena Bölgesi İçin Çıkarımlar)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786253655662</t>
+          <t>9786253656294</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Akademisyenlerde Öğrenilmiş Anlamsızlık ve Tükenmişlik</t>
+          <t>İlaç Dünyasında Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786253655587</t>
+          <t>9786253656362</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>TMS-BOBİ FRS İlkelerine Göre Enflasyon Muhasebesi Gerçek Uygulama Örnekleriyle</t>
+          <t>Sağlık Harcamalarının Ekonomik Büyümeye Etkisi: G-20 Ülkeleri ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253655617</t>
+          <t>9786253653514</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Yanyalı Ali Riza’nın Söz Dizimi Kitabı</t>
+          <t>Sporcuların İş Hukukundan Doğan Uyuşmazlıkları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786253655754</t>
+          <t>9786253656416</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesinde Eylem Kipliği</t>
+          <t>Sosyoloji Tarihi - I</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786253655730</t>
+          <t>9786253656232</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Sürdürülebilirlik Kapsamında Performans Ölçümü (BIST 100 Endeksi İşletmelerinde Bir Uygulama)</t>
+          <t>Sporda Psiko-Sosyal Araştırmalar</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786253655716</t>
+          <t>9786253656423</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ulusal Amaçları Ve Uluslararası Yükümlülükleri Kapsamında Tarımsal Destekleme Politikalarının Etkinliği</t>
+          <t>Zihinsel Antrenmanın Fiziksel Uygunluk Unsurları, Psikolojik Beceri ve Psikofizyolojik Yanıtlara Etkisi</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786253655686</t>
+          <t>9786253655631</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi Bağlamında Sosyalleşme ve Antrenör Öz Yeterliği</t>
+          <t>Güldüren Kitap Ercüment Ekrem Talû</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786253655549</t>
+          <t>9786253656430</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>E-Sporcular İle Futbol Kalecilerinin Reaksiyon Zamanlarının İncelenmesi</t>
+          <t>Ar-Ge Tasarım Merkezleri Teknoparklar Vergi ve Muhasebe Rehberi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786253655747</t>
+          <t>9786253654696</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Özel Hukuku Kira, Ödünç ve Kefaret Sözleşmeleri</t>
+          <t>Türkiye'de Kamu Bütçesi Tahminlerinin Gerçekliği</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786253655648</t>
+          <t>9786253656300</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Nitel Araştırma Felsefesi, Tasarımı, Yürütülmesi ve Raporlaması</t>
+          <t>Besteci ve Viyolonselist Necati Giray'ın Yaratıcı Portresi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786253655709</t>
+          <t>9786253656461</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukuku Kapsamında Gümrük Birliği ve Vize</t>
+          <t>1930’lu Yıllardaki Türkiye Sanayisine İlişkin Kısmi Bir Mikroiktisadi Araştırma Kalkınma Mikroiktisadının Tarihsel Bir Örneği - II</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786253655532</t>
+          <t>9786253656133</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yabancılaşma ve İletişim Perspektifinden İş Yaşamında Yalnızlık</t>
+          <t>Bankacılıkta Dijitalleşmenin Müşteri Davranışları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786253655495</t>
+          <t>9799758640828</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kolluk Hizmetlerinin Etik Boyutu: Evrensel Etik Standartların Türk Jandarması Üzerinden Analizi ve Değerlendirmesi</t>
+          <t>Elektromagnetik Teori</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786253655556</t>
+          <t>9786257911399</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Tarih-İ Sultân Murad-I Hâmis, Ahmed Sâib</t>
+          <t>Reform Serisi İdare Hukuku</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786253655594</t>
+          <t>9786253654979</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Bilgi Yapısı ve Tümce Başı Yapılar</t>
+          <t>İran Petrolleri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786253655570</t>
+          <t>9786253656287</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Türk Denetim Sisteminde Bağımsız Denetim Teorik Yaklaşım ve Türkiye Uygulaması</t>
+          <t>Neo-Realist Ve Neo-Liberal Kurumsalcılık Açısından Almanya’daki Kırmızı-Yeşil Koalisyon Hükûmeti’nin Güvenlik Politikalarının Analizi</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786253655655</t>
+          <t>9786253656263</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politik Ekonomi: Realist Bir Bakış Açısı</t>
+          <t>Tanzimat’tan I. Dünya Savaşı’na (1839-1918) Türk Muhasebe Sisteminde Batılılaşma Süreci</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786253655402</t>
+          <t>9786253656348</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Birey-Örgüt Uyumu Ve Örgütsel Özdeşleşme Boyutlarıyla Zihinsel İş Yükü</t>
+          <t>Milliyetçilerin ve İslamcıların Hayalindeki Japonya Dergiler Üzerinden Bir İnceleme</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786253655389</t>
+          <t>9786253654863</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sivas Kayak Tarihi</t>
+          <t>Türkiye'nin Yeşil Mutabakat Yol Haritası</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786253652692</t>
+          <t>9786253656256</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Perceptions of Employees of Technology Emerging With Generative Pre-Trained Transformer-3 in Organization</t>
+          <t>Finansal Zaman Serisi Analizleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786253655525</t>
+          <t>9786253656379</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi 4 Sözdizimi</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786253655082</t>
+          <t>9786253656089</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sportif Rekreasyonel Etkinliklere Katılan Bireylerin Fiziksel Aktivite Ve Genel Öz Yeterlilik İnancı Arasındaki İlişki</t>
+          <t>Sürdürülebilir Kalkınma Amaçları Sürdürülebilirlik Raporlaması ve Denetimi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786253655488</t>
+          <t>9786253656249</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Diz Bölgesi İzokinetik Kas Kuvvetinin Farklı Vuruş Tekniklerinde Top Hızına Etkisinin Değerlendirilmesi</t>
+          <t>Disiplinler Arası Halkla İlişkiler Çalışmaları Güncel Örnek Ve Uygulamala</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786253655457</t>
+          <t>9786253656195</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Tarihinde Kadın Temsili: Samsun Örneği</t>
+          <t>İmparatorluktan Ulus Devlete Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786253655433</t>
+          <t>9786253656270</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Spor Hizmetlerinde Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Beden Eğitimi Ve Spor Öğretmenlerinin Bireysel Yenilikçi Özellikleri Ile Teknopedagojik Eğitim Yeterlilikleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786253655471</t>
+          <t>9786253656164</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Çankırı Askeri Tarihi (1837-1997)</t>
+          <t>Kamu Yönetiminde Etik Karar Verme</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786253655228</t>
+          <t>9786253656157</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Dayanıklılık Sporcuları Özelinde Sporcu Beslenmesi ve Glikojen Rezervleri</t>
+          <t>Tersine Toplumsallaşma: Ebeveyn Satın Alma Davranışlarına Ergen Etkisi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786253655464</t>
+          <t>9786257216937</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Modern (Yapı ve Süreçler)</t>
+          <t>Organik Kimyada Spektroskopik Yöntemler</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786253655334</t>
+          <t>9786253655303</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>The Lausanne Legacy: A Century Of Peace And Pathways To Tomorrow</t>
+          <t>Enflasyon Düzeltmesi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786253655419</t>
+          <t>9786253656225</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Finansal Ekonometrik Analiz Eviews Uygulamalı</t>
+          <t>Benefıt Sharıng In Central Asıa Transboundary Water Issues</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786253655426</t>
+          <t>9786253656188</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hafif Düzeyde Zihinsel Yetersizliğe Sahip Bireyler İçin Özel Sportif Eğitsel Oyunlar</t>
+          <t>Sporda Öz Şefkat, Ruh Sağlığı Ve Algılanan Performans</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786253655174</t>
+          <t>9786253656126</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Eviews Programı İle Temel Ekonometri Uygulamaları</t>
+          <t>Afet Ve Kriz Durumlarında Sağlık Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786253655051</t>
+          <t>9786253656119</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Spor Araştırmaları</t>
+          <t>Türkiye Odalar ve Borsalar Birliği Tarihi 1952-2001 Cilt 1</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786253654832</t>
+          <t>9786253656058</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Şairane Muammalara Şarihâne Çözümler Şerh-İ Muammeyat-I Emri</t>
+          <t>Dijital Muhasebe Dijital Dönüşüm Sürecinin Muhasebeye Etkisi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786253655358</t>
+          <t>9786253656140</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Etik İklim ve Narsisizmin Schadenfreude Eğilimi Üzerindeki Etkisinin İncelenmesi</t>
+          <t>Sedanter Bireylerde Yüksek Şiddetli İnterval Antrenman (Hııt)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786253655365</t>
+          <t>9786253655877</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Karanlık Kişilik Özellikleri ve Nepotizm</t>
+          <t>Türkiye’de Tarımsal Teşviklerin Makroekonomik Etkileri</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786253654825</t>
+          <t>9786253656072</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türkmenistan Türkçesinde Temalarına Göre Açıklamalı Alkışlar-Dilekler</t>
+          <t>Spor Kulüplerinin Kurumsal Sosyal Sorumluluk Projelerinde Yeni Medya Kullanımı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786253654887</t>
+          <t>9786253655839</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sezdirim ve Türkçede Sezdirim Bildiren Edimbilimsel Yapılar</t>
+          <t>Kalkınmak Az Gelişmişlikten, Gelişmeye</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786253654740</t>
+          <t>9786253656041</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Dünyada Göç ve Bütünleştirme Politikaları</t>
+          <t>Halkoyunlarının Algılanan Ögretmen Öz Yeterliğine Etkileri</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786253655372</t>
+          <t>9786253655914</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Tarihinde Yönetim Uygulamaları</t>
+          <t>Kurumsal Yönetim ve Finansal Performans İlişkisi: Borsa İstanbul Kurumsal Yönetim Endeksinde Yer Alan Şirketlerde Bir Uygulama</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786253655327</t>
+          <t>9786253655938</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Vücut Geliştirme Sporu Yapan Erkek Sporcuların Kaslı Olma Dürtüsü ve Ergojenik Destek Ürünleri Kullanımı</t>
+          <t>Hizmet Sektöründe Pazarlama: Tüketicilerin Kars Destinasyon Yemek İmajını Değerlendirmelerine Yönelik Bir Araştırma</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786253655235</t>
+          <t>9786253655969</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Pratik Çalışma Kitabı</t>
+          <t>Beden Eğitimi ve Sporda Alternatif Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786253655112</t>
+          <t>9786253655907</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kentte Çocuk Yetiştirmek (Çocuk Dostu Kent)</t>
+          <t>Dijital Çağın Karanlık Yüzü Teknoloji, Siyaset ve Güvenlikte Dezenformasyon</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786253654900</t>
+          <t>9786253655952</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>A Reconsıderatıon Of Ottoman Women’s Posıtıon In Pıous Endowments: Crıtıcal And Comparatıve Evaluatıon In The Lıght Of Waqfıyya</t>
+          <t>Sporda Sağlık Okuryazarlığı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786253654818</t>
+          <t>9786253656003</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Mevduat Bankalarının Finansal Performanslarının Değerlendirilmesi Camels Yöntemi İle Bir Araştırma</t>
+          <t>Spor Bilimleri Alanındaki Akademisyenlerin Kriz Yönetimi ve Örgütsel Destek Algıları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786253655310</t>
+          <t>9786253655846</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Farklı Basınç ve Isı Ortamlarında Egzersiz</t>
+          <t>Sendikaların "Hükümetlerarası Uluslararası Kuruluşlar" Daki Rolleri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786253655167</t>
+          <t>9786253655884</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Çeviri : Kültürlerarası Köprü</t>
+          <t>Üniversite Öğrencilerinin Rekreasyonel Fayda Algısı Ve Mutluluk Düzeyleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>300</v>
+        <v>74</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786253655396</t>
+          <t>9786253655822</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mizaç İle Obezite, Fiziksel Aktivite Düzeyi ve Yeme Davranışı İlişkisi</t>
+          <t>Gelenekten Geleceğe Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786253654658</t>
+          <t>9786253655808</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Ekonomi Bilimi</t>
+          <t>Gri Sistem Teorisi Tabanlı Çok Kriterli Karar Verme Teknikleri ve Uygulama Örnekleri Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786253654764</t>
+          <t>9786253655280</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Altyapı Erkek Voleybolcularda 8 Hafta Uygulanan Terabant Egzersizlerin Motorik Ve Fizyolojik Parametrelere Etkisinin İncelenmesi</t>
+          <t>Siyasal Düşüncede Devlet ve Birey</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786253655341</t>
+          <t>9786253655792</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Anlam Teorileri ve Hılary W. Putnam’ın Anlamsal Dışsalcılık Teorisi</t>
+          <t>Türk Vergi Hukukunda Genel Tebliğ</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786253655297</t>
+          <t>9786253655778</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Sivil Havacılıkta Uçuş Operasyonları Yönetimi</t>
+          <t>Current Studies İn Finance</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786253654238</t>
+          <t>9786253653583</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Öz-Düzenleme Stratejileri: Biyolojik Geri Bildirim İle İmgeleme Bağlamında Kaygı ve Özyeterlik Kavramları</t>
+          <t>Spor Bilimlerine Kuramsal Bakış V</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786253654733</t>
+          <t>9786253655761</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Ekonomik Sorunları ve Çözüm Önerileri</t>
+          <t>Çevresel Açıdan Sürdürülebilir Kalkınmanın Ve Yatırımların Finansmanı: Yeşil Finans</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786253654641</t>
+          <t>9786253655693</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Dijital Para ve Merkez Bankaları Dijital Para Uygulamaları</t>
+          <t>Etkileşimci ve Karizmatik Liderliğin Çalışan Memnuniyeti Üzerine Etkilerinin İncelenmesi: Ankara İl Sınırları İçerisindeki Beş Yıldızlı Oteller Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786253654580</t>
+          <t>9786253655662</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Stratejik Yönetiminde Misyon Farklılaşması ve Üni-Dokap Üyesi Üniversiteler Örneği</t>
+          <t>Akademisyenlerde Öğrenilmiş Anlamsızlık ve Tükenmişlik</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786253654566</t>
+          <t>9786253655587</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Seçmen Tercihlerini Belirleyen Dinamikler (Doğu ve Güneydoğu Anadolu Bölgeleri)</t>
+          <t>TMS-BOBİ FRS İlkelerine Göre Enflasyon Muhasebesi Gerçek Uygulama Örnekleriyle</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786253655242</t>
+          <t>9786253655617</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Status Kaymakamlık Çalışma Kitabı 7510 Açıklamalı Ve Çözümlü Soru</t>
+          <t>Yanyalı Ali Riza’nın Söz Dizimi Kitabı</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>1900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786253654603</t>
+          <t>9786253655754</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okullari İçin Genel Kimya Laboratuvarı</t>
+          <t>Harezm Türkçesinde Eylem Kipliği</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786253654498</t>
+          <t>9786253655730</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Etik İklim ve Örgütsel Kontrol Mekanizmalarının İşe Angaje Olmak Üzerine Etksi: Sivil Havacılık Sektöründe Bir Araştırma</t>
+          <t>Kurumsal Yönetim ve Sürdürülebilirlik Kapsamında Performans Ölçümü (BIST 100 Endeksi İşletmelerinde Bir Uygulama)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786253654665</t>
+          <t>9786253655716</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Siyasi Topluluğu'nu Anlamlandırmak: Avrupa Birliği'nin Rolü</t>
+          <t>Türkiye'nin Ulusal Amaçları Ve Uluslararası Yükümlülükleri Kapsamında Tarımsal Destekleme Politikalarının Etkinliği</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786253654610</t>
+          <t>9786253655686</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Bâbialinin Son Elli Senesi</t>
+          <t>Spor Yönetimi Bağlamında Sosyalleşme ve Antrenör Öz Yeterliği</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786253653552</t>
+          <t>9786253655549</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Fitnes Katılımcılarının Rekreasyonel Etkinliklere Yönelik İlgilenim Ve Mutluluk Düzeylerinin Belirlenmesi</t>
+          <t>E-Sporcular İle Futbol Kalecilerinin Reaksiyon Zamanlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786253654535</t>
+          <t>9786253655747</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Temel Benlik Değerlendirmesi İşe Adanmışlık ve İşte Gelişim</t>
+          <t>Borçlar Özel Hukuku Kira, Ödünç ve Kefaret Sözleşmeleri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786253653323</t>
+          <t>9786253655648</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Finans Sistemleri ve Sürdürülebilir Kalkınmaya Etkileri</t>
+          <t>Sosyal Bilimlerde Nitel Araştırma Felsefesi, Tasarımı, Yürütülmesi ve Raporlaması</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786253654511</t>
+          <t>9786253655709</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Dijital Oyunlarin Ekonomi Politik Yaklaşim Çerçevesinde İncelenmesi: Sanalika Örneği</t>
+          <t>Avrupa Birliği Hukuku Kapsamında Gümrük Birliği ve Vize</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786258374971</t>
+          <t>9786253655532</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sorunları Çalışma Ekonomisi ve Endüstri İlişkileri KPSS ve Kurum Sınavları Çözümlü Sorular</t>
+          <t>Örgütsel Yabancılaşma ve İletişim Perspektifinden İş Yaşamında Yalnızlık</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786258374988</t>
+          <t>9786253655495</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sorunları Çalışma Ekonomisi ve Endüstri İlişkileri Ayrıntılı Konu Anlatım</t>
+          <t>Kolluk Hizmetlerinin Etik Boyutu: Evrensel Etik Standartların Türk Jandarması Üzerinden Analizi ve Değerlendirmesi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786258374506</t>
+          <t>9786253655556</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Fizyolojisi Konu Anlatımlı Soru Bankası</t>
+          <t>Tarih-İ Sultân Murad-I Hâmis, Ahmed Sâib</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053448365</t>
+          <t>9786253655594</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yeminli Mali Müşavirlik Deneme Sınav Seti</t>
+          <t>Türkçede Bilgi Yapısı ve Tümce Başı Yapılar</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>444.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057805508</t>
+          <t>9786253655570</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Kelime Tahlilleri</t>
+          <t>Türk Denetim Sisteminde Bağımsız Denetim Teorik Yaklaşım ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786253654986</t>
+          <t>9786253655655</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Futbol ve Ekosistemi</t>
+          <t>Uluslararası Politik Ekonomi: Realist Bir Bakış Açısı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786253654856</t>
+          <t>9786253655402</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik, Kent ve Doğa</t>
+          <t>Birey-Örgüt Uyumu Ve Örgütsel Özdeşleşme Boyutlarıyla Zihinsel İş Yükü</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786253655044</t>
+          <t>9786253655389</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Çevre Vergileri ve Emisyon Permilerinin Karşılaştırmalı Analizi</t>
+          <t>Sivas Kayak Tarihi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786253654917</t>
+          <t>9786253652692</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın En Büyük Deprem Sınaması ve Türkiye’de Afet Yönetimi</t>
+          <t>Perceptions of Employees of Technology Emerging With Generative Pre-Trained Transformer-3 in Organization</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786253654955</t>
+          <t>9786253655525</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Para ve Maliye Politikaları Uygulamaları</t>
+          <t>Türkiye Türkçesi 4 Sözdizimi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786253655105</t>
+          <t>9786253655082</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranişta “Psikolojik” Başlıklı Konular</t>
+          <t>Sportif Rekreasyonel Etkinliklere Katılan Bireylerin Fiziksel Aktivite Ve Genel Öz Yeterlilik İnancı Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786253654771</t>
+          <t>9786253655488</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Spor ve İletişim Bilimlerinde Yenilikçi Yaklaşımlar</t>
+          <t>Futbolcularda Diz Bölgesi İzokinetik Kas Kuvvetinin Farklı Vuruş Tekniklerinde Top Hızına Etkisinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>165</v>
+        <v>75</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786253655211</t>
+          <t>9786253655457</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Genç Basketbolcularda Modifiye Edilmiş NBA Draft Testlerinin Türkiye Normatif Değerleri</t>
+          <t>Türk Parlamento Tarihinde Kadın Temsili: Samsun Örneği</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786253655068</t>
+          <t>9786253655433</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyecilerde Fiziksel Uygunluk İşe Alım Üzerine Karşılaştırmalı Perspektifler Ve Uluslararası Uygulamalar</t>
+          <t>Yerel Yönetimlerin Spor Hizmetlerinde Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>245</v>
+        <v>95</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786253654788</t>
+          <t>9786253655471</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Sportif Ve Rekreatif Hizmet Alan Bireylerin Hizmet Kalitesi Değerlendirme, Boş Zaman Tutum Ve Kişilik Özellikleri</t>
+          <t>Geçmişten Günümüze Çankırı Askeri Tarihi (1837-1997)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786253655006</t>
+          <t>9786253655228</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetlerle Mücadelede Kamu Politikaları Sosyal, Ekonomik Ve Mali Etkiler</t>
+          <t>Dayanıklılık Sporcuları Özelinde Sporcu Beslenmesi ve Glikojen Rezervleri</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786253655198</t>
+          <t>9786253655464</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Enflasyon Hedeflemesi Rejimi: Tüfe Ve Çekirdek Enflasyon Üzerine Karşılaştırmalı Bir İnceleme</t>
+          <t>Kamu Yönetimi Modern (Yapı ve Süreçler)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786253654795</t>
+          <t>9786253655334</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarından Vergi Uyumuna: Türkiye Üzerine Değerlendirmeler</t>
+          <t>The Lausanne Legacy: A Century Of Peace And Pathways To Tomorrow</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786253654801</t>
+          <t>9786253655419</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Bilgi Ve İletişim Teknolojilerine Yönelik Tutumları</t>
+          <t>Finansal Ekonometrik Analiz Eviews Uygulamalı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786253655143</t>
+          <t>9786253655426</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Yükseköğretimde Mesleki Eğitim: Geleceğe Yönelik Beklentiler Ve Çözüm Önerileri</t>
+          <t>Hafif Düzeyde Zihinsel Yetersizliğe Sahip Bireyler İçin Özel Sportif Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786253655020</t>
+          <t>9786253655174</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Bilimi 3</t>
+          <t>Eviews Programı İle Temel Ekonometri Uygulamaları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786253654962</t>
+          <t>9786253655051</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Şiddete Dayalı Toplumsal Hareketlerin Ortaya Çıkışında Siyasal Sistemin Rolü: Latin Amerika Örneği</t>
+          <t>Kavramsal Spor Araştırmaları</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786253654757</t>
+          <t>9786253654832</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Çalışmaları</t>
+          <t>Şairane Muammalara Şarihâne Çözümler Şerh-İ Muammeyat-I Emri</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786253655129</t>
+          <t>9786253655358</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Basınında 27 Mayıs 1960 Askeri Darbesi Ve Yassıada Yargılamaları</t>
+          <t>Örgütsel Etik İklim ve Narsisizmin Schadenfreude Eğilimi Üzerindeki Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786253654924</t>
+          <t>9786253655365</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı ve Büyük Doğu - Büyük Doğu Dergisi’nin İlk Döneminde II. Dünya Savaşı Hakkındakı Değerlendirmeler</t>
+          <t>Yöneticinin Karanlık Kişilik Özellikleri ve Nepotizm</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786253652999</t>
+          <t>9786253654825</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Badmintonda Bilgisayar Tabanlı Antrenman Sisteminin Performansa Etkisi</t>
+          <t>Türkiye ve Türkmenistan Türkçesinde Temalarına Göre Açıklamalı Alkışlar-Dilekler</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786253654160</t>
+          <t>9786253654887</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında İstihdam Politikaları (1923-2023)</t>
+          <t>Sezdirim ve Türkçede Sezdirim Bildiren Edimbilimsel Yapılar</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786253655181</t>
+          <t>9786253654740</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ekonomisi Teori ve Uygulama</t>
+          <t>Türkiye’de ve Dünyada Göç ve Bütünleştirme Politikaları</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786253654726</t>
+          <t>9786253655372</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Teorik Ve Tarihsel Perspektiften Parasal Entegrasyonlar -I Avrupa, Afrika, Latin Amerika Ve Karayipler</t>
+          <t>Türk-İslam Tarihinde Yönetim Uygulamaları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786253654481</t>
+          <t>9786253655327</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Voleybolcuların Spor Hukuku Bilgi Düzeylerinin İncelenmesi</t>
+          <t>Vücut Geliştirme Sporu Yapan Erkek Sporcuların Kaslı Olma Dürtüsü ve Ergojenik Destek Ürünleri Kullanımı</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786253654702</t>
+          <t>9786253655235</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Basketbol Kulüplerinin Yönetim Süreçlerine Etkisi</t>
+          <t>Şirketler Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786253654719</t>
+          <t>9786253655112</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya, Materyalizm ve Kompulsif Satın Alma Davranışı Etkileşimi</t>
+          <t>Kentte Çocuk Yetiştirmek (Çocuk Dostu Kent)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786253654627</t>
+          <t>9786253654900</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Politikaları ve Enflasyon (2000 - 2022)</t>
+          <t>A Reconsıderatıon Of Ottoman Women’s Posıtıon In Pıous Endowments: Crıtıcal And Comparatıve Evaluatıon In The Lıght Of Waqfıyya</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786253654429</t>
+          <t>9786253654818</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Spor Eğitimi Gören Dartçılarda Bazı Fiziksel Uygunluk Değişkenlerinin Dart Performansına Etkisi</t>
+          <t>Türkiye'deki Mevduat Bankalarının Finansal Performanslarının Değerlendirilmesi Camels Yöntemi İle Bir Araştırma</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786253655136</t>
+          <t>9786253655310</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Hareket ve Antrenmana Etki Eden Patolojik Ayak Deformiteleri</t>
+          <t>Farklı Basınç ve Isı Ortamlarında Egzersiz</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786253654573</t>
+          <t>9786253655167</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Borsa İstanbul İle Seçilmiş Ülke Borsalarında Rasyonel Balon Varlığının Karşılaştırmalı Analizi</t>
+          <t>Masal ve Çeviri : Kültürlerarası Köprü</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786253654634</t>
+          <t>9786253655396</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Dış Ticaret Politikaları (1923-2023)</t>
+          <t>Mizaç İle Obezite, Fiziksel Aktivite Düzeyi ve Yeme Davranışı İlişkisi</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786253654214</t>
+          <t>9786253654658</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz’in 100.Yılı’na Armağan Rus Filolojisi Çalışmaları</t>
+          <t>Gençler İçin Ekonomi Bilimi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786253653453</t>
+          <t>9786253654764</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Altyapı Erkek Voleybolcularda 8 Hafta Uygulanan Terabant Egzersizlerin Motorik Ve Fizyolojik Parametrelere Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786253652128</t>
+          <t>9786253655341</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Ab Ülkelerinde İşsizlik Histerisi Hipotezinin Analiz Edilmesi: Rals Fourier Kpss Durağanlık Testi</t>
+          <t>Anlam Teorileri ve Hılary W. Putnam’ın Anlamsal Dışsalcılık Teorisi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786253652227</t>
+          <t>9786253655297</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kırıkkale İlinin Sosyo-Ekonomik Yapısının Swot Analizi ile İncelenmesi</t>
+          <t>Sivil Havacılıkta Uçuş Operasyonları Yönetimi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786253651763</t>
+          <t>9786253654238</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilimsel Araştırmalar Serisi Disiplinlerarası Güncel Yaklaşımlar 2</t>
+          <t>Öz-Düzenleme Stratejileri: Biyolojik Geri Bildirim İle İmgeleme Bağlamında Kaygı ve Özyeterlik Kavramları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786253652180</t>
+          <t>9786253654733</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>ACE Gen Polimofizminin Atletik Performans Üzerindeki Etkileri</t>
+          <t>Türkiye'nin Ekonomik Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786253652197</t>
+          <t>9786253654641</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Sporcularda ACTN3 (rs1815736) Gen Polimorfizminin Atletik Performans Üzerindeki Etkilerinin İncelenmesi</t>
+          <t>Dijital Para ve Merkez Bankaları Dijital Para Uygulamaları</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786253652104</t>
+          <t>9786253654580</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolda Psikolojik Beceri Antrenmanı (Uygulamaya Yönelik Bir Örnek)</t>
+          <t>Üniversitelerin Stratejik Yönetiminde Misyon Farklılaşması ve Üni-Dokap Üyesi Üniversiteler Örneği</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786253651503</t>
+          <t>9786253654566</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de Gıda Güvenliği, Tarım Sektörü ve Finansal Öneriler</t>
+          <t>Seçmen Tercihlerini Belirleyen Dinamikler (Doğu ve Güneydoğu Anadolu Bölgeleri)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786253651558</t>
+          <t>9786253655242</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış -III-</t>
+          <t>Status Kaymakamlık Çalışma Kitabı 7510 Açıklamalı Ve Çözümlü Soru</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>110</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786253651725</t>
+          <t>9786253654603</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Yüksekokulu Öğrencilerinin Doping Kullanımına Yönelik Tutumlarının İncelenmesi</t>
+          <t>Meslek Yüksek Okullari İçin Genel Kimya Laboratuvarı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786253651985</t>
+          <t>9786253654498</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Erken Ergenlik Döneminde Spor Eğitimi ve Ayak Basınç Dağılımı</t>
+          <t>Etik İklim ve Örgütsel Kontrol Mekanizmalarının İşe Angaje Olmak Üzerine Etksi: Sivil Havacılık Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786253651855</t>
+          <t>9786253654665</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Perspektifinden İzmir' de Bir Muhalefet Öyküsü</t>
+          <t>Avrupa Siyasi Topluluğu'nu Anlamlandırmak: Avrupa Birliği'nin Rolü</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786253651671</t>
+          <t>9786253654610</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de Küçük Aile Çiftçiliği</t>
+          <t>Bâbialinin Son Elli Senesi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786253651992</t>
+          <t>9786253653552</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Bölgesi' nde Görev Yapan Akademisyenlerin Boş Zaman Aktivitelerine Katılımlarına Engel Olan Faktörler ile Mutluluk ve Yaşam Tatminlerinin İncelenmesi</t>
+          <t>Fitnes Katılımcılarının Rekreasyonel Etkinliklere Yönelik İlgilenim Ve Mutluluk Düzeylerinin Belirlenmesi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786253652012</t>
+          <t>9786253654535</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Farklı Enerji Sistemlerinde Yapılan Antrenmanların Kas Oksijen Satürasyonu ve Hypoxıa Inducıble Factor (HIF-1) Üzerine Etkilerinin Kararlaştırılması</t>
+          <t>Temel Benlik Değerlendirmesi İşe Adanmışlık ve İşte Gelişim</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786253652074</t>
+          <t>9786253653323</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Orta Öğretim Öğrencilerinin Beden Eğitimi ve Spor Dersine Karşı Tutumları ile Kinestetik Zekaları Arasındaki İlişki</t>
+          <t>Alternatif Finans Sistemleri ve Sürdürülebilir Kalkınmaya Etkileri</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786253652043</t>
+          <t>9786253654511</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kültür ve Hedonik Tüketim</t>
+          <t>Çevrimiçi Dijital Oyunlarin Ekonomi Politik Yaklaşim Çerçevesinde İncelenmesi: Sanalika Örneği</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786253651572</t>
+          <t>9786258374971</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>2000'lerden Sonraki Popüler Türk Romancılığının "Araçsal" Görüntüsü</t>
+          <t>Çalışma Sorunları Çalışma Ekonomisi ve Endüstri İlişkileri KPSS ve Kurum Sınavları Çözümlü Sorular</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>175</v>
+        <v>550</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786253654474</t>
+          <t>9786258374988</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Adli Muhasebe - Şirket Yolsuzlukları ve Finansal Suçların Tespiti</t>
+          <t>Çalışma Sorunları Çalışma Ekonomisi ve Endüstri İlişkileri Ayrıntılı Konu Anlatım</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786253654191</t>
+          <t>9786258374506</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Sosyal Bilimlerin Disiplinlerarası Analizi</t>
+          <t>Egzersiz Fizyolojisi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>435</v>
+        <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786253654504</t>
+          <t>9786053448365</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Stata Uygulamalı Panel Veri Analizi Kümeleme Yöntemine Dayalı Bir Uygulama</t>
+          <t>Yeminli Mali Müşavirlik Deneme Sınav Seti</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>110</v>
+        <v>444.5</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786253654559</t>
+          <t>9786057805508</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Masalları</t>
+          <t>Türkiye Türkçesinde Kelime Tahlilleri</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786253653996</t>
+          <t>9786253654986</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Finansmanı Teori, Araçlar ve Teknoloji Çözümleri</t>
+          <t>Futbol ve Ekosistemi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786253654030</t>
+          <t>9786253654856</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış VI</t>
+          <t>Sürdürülebilirlik, Kent ve Doğa</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786253654276</t>
+          <t>9786253655044</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Postmenopoz Döneminde Yaşam Kalitesi ve Egzersiz</t>
+          <t>Çevre Vergileri ve Emisyon Permilerinin Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>80</v>
+        <v>185</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786253654313</t>
+          <t>9786253654917</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretimde Aktif Spor Yapan ve Yapmayan Öğrencilerin Sosyalleşme Düzeylerinin İncelenmesi</t>
+          <t>Yüzyılın En Büyük Deprem Sınaması ve Türkiye’de Afet Yönetimi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786253653927</t>
+          <t>9786253654955</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Dönüşüm Sürecinde Eko-Sosyal Politikaların İnşası</t>
+          <t>Türkiye’de Para ve Maliye Politikaları Uygulamaları</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786253653507</t>
+          <t>9786253655105</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İnterval Antrenmani Öncesi Yapilan Kuvvet Uygulamalari İnterval Antrenmaninin Etkinliğini Artirabilir Mi?</t>
+          <t>Örgütsel Davranişta “Psikolojik” Başlıklı Konular</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786253653620</t>
+          <t>9786253654771</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İktisat, Finans ve Bankacılık Alanında Teoriler, Politikalar ve Uygulamalar</t>
+          <t>Spor ve İletişim Bilimlerinde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786253653675</t>
+          <t>9786253655211</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkla İlgili Fiziksel Aktivite Temalı Beden Eğitimi ve Spor Dersinin Öğrencilerin Sağlıklı Yaşam Biçimi Davranışlarına Ve Fiziksel Performanslarına Etkisi</t>
+          <t>Genç Basketbolcularda Modifiye Edilmiş NBA Draft Testlerinin Türkiye Normatif Değerleri</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786253654184</t>
+          <t>9786253655068</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kesimi Ve Güncel Yaklaşımlar</t>
+          <t>İtfaiyecilerde Fiziksel Uygunluk İşe Alım Üzerine Karşılaştırmalı Perspektifler Ve Uluslararası Uygulamalar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786253654405</t>
+          <t>9786253654788</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Üretim Perspektifinden Paylaşım Ekonomisi</t>
+          <t>Yerel Yönetimlerde Sportif Ve Rekreatif Hizmet Alan Bireylerin Hizmet Kalitesi Değerlendirme, Boş Zaman Tutum Ve Kişilik Özellikleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786253654207</t>
+          <t>9786253655006</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Göç-Oluş: Gilles Deleuze Düşüncesinde Göç, Siyaset Ve Felsefe İlişkisi</t>
+          <t>Doğal Afetlerle Mücadelede Kamu Politikaları Sosyal, Ekonomik Ve Mali Etkiler</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786253654047</t>
+          <t>9786253655198</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Solar Energy And Sustainable Tourism: Best Practices, Innovations, And Future Trends</t>
+          <t>Türkiye’de Enflasyon Hedeflemesi Rejimi: Tüfe Ve Çekirdek Enflasyon Üzerine Karşılaştırmalı Bir İnceleme</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786253654054</t>
+          <t>9786253654795</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Havacilik Yönetimi (Aviation Management)</t>
+          <t>Vergi Uyuşmazlıklarından Vergi Uyumuna: Türkiye Üzerine Değerlendirmeler</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786253654146</t>
+          <t>9786253654801</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Finansal Analiz</t>
+          <t>Üniversite Öğrencilerinin Bilgi Ve İletişim Teknolojilerine Yönelik Tutumları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786253654542</t>
+          <t>9786253655143</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Özel Borç İlişkileri Satış, Eser, Vekâalet ve Bağışlama Sözleşmeleri</t>
+          <t>Cumhuriyetin 100. Yılında Yükseköğretimde Mesleki Eğitim: Geleceğe Yönelik Beklentiler Ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786253654399</t>
+          <t>9786253655020</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekir Maarif Müdürü Muhyiddin Bey</t>
+          <t>Rekreasyon Bilimi 3</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786253654252</t>
+          <t>9786253654962</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlisine Uygulanan Psikolojik Şiddet (Mobbing)</t>
+          <t>Şiddete Dayalı Toplumsal Hareketlerin Ortaya Çıkışında Siyasal Sistemin Rolü: Latin Amerika Örneği</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786253653781</t>
+          <t>9786253654757</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Analitiği</t>
+          <t>Yönetim ve Organizasyon Çalışmaları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786253654412</t>
+          <t>9786253655129</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Marka Değeri ve Hiroshi Yöntemi</t>
+          <t>İngiliz Basınında 27 Mayıs 1960 Askeri Darbesi Ve Yassıada Yargılamaları</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>185</v>
+        <v>115</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786253653644</t>
+          <t>9786253654924</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Güncel İşletme Yönetimi Yaklaşımları: Teori ve Uygulamalar</t>
+          <t>II. Dünya Savaşı ve Büyük Doğu - Büyük Doğu Dergisi’nin İlk Döneminde II. Dünya Savaşı Hakkındakı Değerlendirmeler</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786253654115</t>
+          <t>9786253652999</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya Düzeninde Gelişen Endüstri İlişkileri Sistemi</t>
+          <t>Badmintonda Bilgisayar Tabanlı Antrenman Sisteminin Performansa Etkisi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786253653989</t>
+          <t>9786253654160</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimler Alanında Akademik Çalışmalar: Teori ve Uygulamalar</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında İstihdam Politikaları (1923-2023)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786253653224</t>
+          <t>9786253655181</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Bask, İrlanda, Katalonya ve İskoçya Milliyetçiliklerinin Tarihi: Geçmişten Bugüne Özerklik Ve Bağımsızlık Arayışları</t>
+          <t>Yönetim Ekonomisi Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786253654337</t>
+          <t>9786253654726</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Güncel Yaklaşımlar</t>
+          <t>Teorik Ve Tarihsel Perspektiften Parasal Entegrasyonlar -I Avrupa, Afrika, Latin Amerika Ve Karayipler</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786253654023</t>
+          <t>9786253654481</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politikası</t>
+          <t>Profesyonel Voleybolcuların Spor Hukuku Bilgi Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786253654061</t>
+          <t>9786253654702</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Effective Strategies For Managing And Sustaining Innovation</t>
+          <t>Pandeminin Basketbol Kulüplerinin Yönetim Süreçlerine Etkisi</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786253653866</t>
+          <t>9786253654719</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Perspektiften “İklim Değişikliği”</t>
+          <t>Sosyal Medya, Materyalizm ve Kompulsif Satın Alma Davranışı Etkileşimi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786253653576</t>
+          <t>9786253654627</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yapay Sinir Ağları ve Aşırı Öğrenme Makineleri İle Döviz Kurunun Tahmini</t>
+          <t>Türkiye'de İktisat Politikaları ve Enflasyon (2000 - 2022)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786253653804</t>
+          <t>9786253654429</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Devlet - Sorun ve Çözüm Temelinde Bir Suret</t>
+          <t>Spor Eğitimi Gören Dartçılarda Bazı Fiziksel Uygunluk Değişkenlerinin Dart Performansına Etkisi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786253654306</t>
+          <t>9786253655136</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Genç Erkek Grekoromen Güreşçilerde Müsabaka Tipi Antrenman Yönteminin Genel Kuvvet, Aerobik Kapasite Ve Teknik Kapasite Üzerine Etkileri</t>
+          <t>Hareket ve Antrenmana Etki Eden Patolojik Ayak Deformiteleri</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786253653811</t>
+          <t>9786253654573</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilimsel Araştırmalar Serisi Sosyal Bilimlerde Güncel Yaklaşımlar 2</t>
+          <t>Borsa İstanbul İle Seçilmiş Ülke Borsalarında Rasyonel Balon Varlığının Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786253653903</t>
+          <t>9786253654634</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yalan</t>
+          <t>Türkiye Cumhuriyeti’nin Yüzüncü Yılında Dış Ticaret Politikaları (1923-2023)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786253654351</t>
+          <t>9786253654214</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Somatotip ve Somatotip Hesaplama Programı (Somatotürk)</t>
+          <t>Cumhuriyetimiz’in 100.Yılı’na Armağan Rus Filolojisi Çalışmaları</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786253653910</t>
+          <t>9786253653453</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Üst Doktrin ABD Temel Güvenlik Stratejisi Olarak Müdahalecilik</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786253654245</t>
+          <t>9786253652128</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tartışmaları II</t>
+          <t>Ab Ülkelerinde İşsizlik Histerisi Hipotezinin Analiz Edilmesi: Rals Fourier Kpss Durağanlık Testi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786253653613</t>
+          <t>9786253652227</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Obezite Farkındalık Arasındaki İlişkinin İncelenmesi</t>
+          <t>Kırıkkale İlinin Sosyo-Ekonomik Yapısının Swot Analizi ile İncelenmesi</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786253654108</t>
+          <t>9786253651763</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Spora Katılımın 5-6 Yaş Çocuklarda Öz Düzenleme ve Oyun Becerilerine Etkisi</t>
+          <t>Uluslararası Bilimsel Araştırmalar Serisi Disiplinlerarası Güncel Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786253654092</t>
+          <t>9786253652180</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İşletmecilik</t>
+          <t>ACE Gen Polimofizminin Atletik Performans Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786253653538</t>
+          <t>9786253652197</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Tutum ve (Başarı Odaklı) Motivasyon</t>
+          <t>Profesyonel Sporcularda ACTN3 (rs1815736) Gen Polimorfizminin Atletik Performans Üzerindeki Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786253653200</t>
+          <t>9786253652104</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Reaksiyon Zamanı İle İzokinetik Denge Arasındaki İlişkinin İncelenmesi</t>
+          <t>Profesyonel Futbolda Psikolojik Beceri Antrenmanı (Uygulamaya Yönelik Bir Örnek)</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786253654436</t>
+          <t>9786253651503</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Perspektifinden “Kriz Yönetimi”</t>
+          <t>Türkiye' de Gıda Güvenliği, Tarım Sektörü ve Finansal Öneriler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786253653606</t>
+          <t>9786253651558</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Öğrencilerin İnternet Bağımlılığının Araştırılması</t>
+          <t>Spor Bilimlerine Kuramsal Bakış -III-</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786253653590</t>
+          <t>9786253651725</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Tekrar Katılım Niyetinin Yordayıcıları</t>
+          <t>Beden Eğitimi ve Spor Yüksekokulu Öğrencilerinin Doping Kullanımına Yönelik Tutumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786253654078</t>
+          <t>9786253651985</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Reklamcilik Sektörünün Performans Analizi ve Sektörün Geleceğine Yönelik Genel Bir Bakiş</t>
+          <t>Erken Ergenlik Döneminde Spor Eğitimi ve Ayak Basınç Dağılımı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786253653965</t>
+          <t>9786253651855</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Yaşam Boyu Değeri ve Veri Madenciliği</t>
+          <t>Siyasal İletişim Perspektifinden İzmir' de Bir Muhalefet Öyküsü</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786253653842</t>
+          <t>9786253651671</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>International Scientific Research Series New Approaches In Social Sciences 2</t>
+          <t>Türkiye' de Küçük Aile Çiftçiliği</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786253654139</t>
+          <t>9786253651992</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Girişim Finansmanı</t>
+          <t>Doğu Anadolu Bölgesi' nde Görev Yapan Akademisyenlerin Boş Zaman Aktivitelerine Katılımlarına Engel Olan Faktörler ile Mutluluk ve Yaşam Tatminlerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786253654368</t>
+          <t>9786253652012</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Basketbol Gençler Liginde Oynayan Basketbolcuların Beslenme Bilgi Düzeylerinin Çeşitli Değişkenler Bakımından Karşılaştırılması</t>
+          <t>Futbolcularda Farklı Enerji Sistemlerinde Yapılan Antrenmanların Kas Oksijen Satürasyonu ve Hypoxıa Inducıble Factor (HIF-1) Üzerine Etkilerinin Kararlaştırılması</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786253654382</t>
+          <t>9786253652074</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Sağın Kuruluşu: Demokrat Parti’nin Gözünden Cumhuriyet Halk Partisi</t>
+          <t>Orta Öğretim Öğrencilerinin Beden Eğitimi ve Spor Dersine Karşı Tutumları ile Kinestetik Zekaları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786253653682</t>
+          <t>9786253652043</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>From Compliance To Challenge: The Right To Conscientious Objection To Military Service And Hegemony In Türkiye</t>
+          <t>Toplumsal Kültür ve Hedonik Tüketim</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786253653286</t>
+          <t>9786253651572</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Perspektifinden Göç Yazıları</t>
+          <t>2000'lerden Sonraki Popüler Türk Romancılığının "Araçsal" Görüntüsü</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786253654283</t>
+          <t>9786253654474</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Bir Politikanın Serüveni Plastik Poşet Vergisi Dünya ve Türkiye Uygulamaları: Sorunlar ve Çözümler</t>
+          <t>Adli Muhasebe - Şirket Yolsuzlukları ve Finansal Suçların Tespiti</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786253654122</t>
+          <t>9786253654191</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Örgütler</t>
+          <t>Uygulamalı Sosyal Bilimlerin Disiplinlerarası Analizi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>200</v>
+        <v>435</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786253653521</t>
+          <t>9786253654504</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Portföy Çeşitlendirmesinde Alternatif Bir Yatırım Aracı: Sanat Eserleri</t>
+          <t>Stata Uygulamalı Panel Veri Analizi Kümeleme Yöntemine Dayalı Bir Uygulama</t>
         </is>
       </c>
       <c r="C876" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786253653774</t>
+          <t>9786253654559</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi ve Rekreasyon Uygulamaları</t>
+          <t>Başkurt Masalları</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786253653170</t>
+          <t>9786253653996</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kahve İçerek Statü Kazanmak</t>
+          <t>Tedarik Zinciri Finansmanı Teori, Araçlar ve Teknoloji Çözümleri</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786253653378</t>
+          <t>9786253654030</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Güncel Araştırmalar - V</t>
+          <t>Spor Bilimlerine Kuramsal Bakış VI</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786253654009</t>
+          <t>9786253654276</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Stratejiye Dair Seçki Yazilar III</t>
+          <t>Postmenopoz Döneminde Yaşam Kalitesi ve Egzersiz</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786253653750</t>
+          <t>9786253654313</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans İncelemeleri</t>
+          <t>Ortaöğretimde Aktif Spor Yapan ve Yapmayan Öğrencilerin Sosyalleşme Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786253653798</t>
+          <t>9786253653927</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Otizm Spektrum Bozukluğu Tanili Çocuklarda Motor Beceriler</t>
+          <t>Yeşil Dönüşüm Sürecinde Eko-Sosyal Politikaların İnşası</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>72</v>
+        <v>100</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786253654085</t>
+          <t>9786253653507</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Güncel Konular</t>
+          <t>İnterval Antrenmani Öncesi Yapilan Kuvvet Uygulamalari İnterval Antrenmaninin Etkinliğini Artirabilir Mi?</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786253654016</t>
+          <t>9786253653620</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Governance In Agricultural Markets, Organizations And Development</t>
+          <t>İktisat, Finans ve Bankacılık Alanında Teoriler, Politikalar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786253653736</t>
+          <t>9786253653675</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans Araştırmaları</t>
+          <t>Sağlıkla İlgili Fiziksel Aktivite Temalı Beden Eğitimi ve Spor Dersinin Öğrencilerin Sağlıklı Yaşam Biçimi Davranışlarına Ve Fiziksel Performanslarına Etkisi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786253654269</t>
+          <t>9786253654184</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>NATO’nun Geçmiş ve Geleceğinde Türkiye</t>
+          <t>Kamu Kesimi Ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786253653484</t>
+          <t>9786253654405</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Çalışan İdari Personelin Etik Değerler Algısı Üzerine Bir Çalışma - Atatürk Üniversitesi Örneği</t>
+          <t>Sürdürülebilir Üretim Perspektifinden Paylaşım Ekonomisi</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786253653491</t>
+          <t>9786253654207</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Değişim Çağında Sağlık Yönetimi</t>
+          <t>Göç-Oluş: Gilles Deleuze Düşüncesinde Göç, Siyaset Ve Felsefe İlişkisi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786253653415</t>
+          <t>9786253654047</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme Sürecine Kurumsal Yaklaşım: Macaristan Örneği 1990 – 2022</t>
+          <t>Solar Energy And Sustainable Tourism: Best Practices, Innovations, And Future Trends</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786253653699</t>
+          <t>9786253654054</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasına Ekonomik Bakış</t>
+          <t>Havacilik Yönetimi (Aviation Management)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786253653408</t>
+          <t>9786253654146</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Davranışlarına Yön Veren İş Tutumları</t>
+          <t>Sektörel Finansal Analiz</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786253653354</t>
+          <t>9786253654542</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>İnternet Reklamlarının Etki Düzeyinin Belirleyicileri</t>
+          <t>Özel Borç İlişkileri Satış, Eser, Vekâalet ve Bağışlama Sözleşmeleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>230</v>
+        <v>115</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786253653569</t>
+          <t>9786253654399</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Sosyal Destek Algıları İle Boş Zaman Katılımını Engelleyen Faktörlerin İncelenmesi</t>
+          <t>Diyarbekir Maarif Müdürü Muhyiddin Bey</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786253653439</t>
+          <t>9786253654252</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Sporda Seyirci Davranışında Güdüler</t>
+          <t>Kamu Görevlisine Uygulanan Psikolojik Şiddet (Mobbing)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>70</v>
+        <v>155</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786253653156</t>
+          <t>9786253653781</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Teori ve Uygulama</t>
+          <t>Pazarlama Analitiği</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786253653255</t>
+          <t>9786253654412</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Spor Eğitimi Veren Yükseköğretim Kurumlarindaki Öğretim Elemanlarinin Örgütsel Sinizm, İş Doyumu ve Tükenmişlik Düzeyleri Arasindaki İlişkinin Değerlendirilmesi</t>
+          <t>Marka Değeri ve Hiroshi Yöntemi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786253653217</t>
+          <t>9786253653644</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>12 Haftalik Batonlu Yürüyüş Egzersizinin 10-12 Yaş Grubundaki Çocuklarda Fiziksel, Fizyolojik, Motorik ve Bazi Sağlik Parametreleri Üzerine Etkisi</t>
+          <t>Güncel İşletme Yönetimi Yaklaşımları: Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786253653248</t>
+          <t>9786253654115</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri ve Egzersizde Bütünsel Yaklaşımlar</t>
+          <t>Değişen Dünya Düzeninde Gelişen Endüstri İlişkileri Sistemi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786253653187</t>
+          <t>9786253653989</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Kendinle Konuşma ve Öz Yeterlik</t>
+          <t>İktisadi ve İdari Bilimler Alanında Akademik Çalışmalar: Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786253653033</t>
+          <t>9786253653224</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Spor Bilimleri: Teori ve Uygulama</t>
+          <t>Bask, İrlanda, Katalonya ve İskoçya Milliyetçiliklerinin Tarihi: Geçmişten Bugüne Özerklik Ve Bağımsızlık Arayışları</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786253653194</t>
+          <t>9786253654337</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Elit Güreşçilerde Aerobik ve Anaerobik Kapasitenin Vücut Kompozisyonu ve Antropometrik Ölçümler Açisindan İncelenmesi</t>
+          <t>Pazarlamada Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786253652920</t>
+          <t>9786253654023</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Farkli Spor Dallarindaki Kadin Sporcularin Hormonal ve Biyokimyasal Düzeylerinin Karşilaştirilmasi</t>
+          <t>Ekonomi Politikası</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786253653705</t>
+          <t>9786253654061</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi</t>
+          <t>Effective Strategies For Managing And Sustaining Innovation</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786253653019</t>
+          <t>9786253653866</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinde Spora Yönelik Tutum, Yaşam Boyu Öğrenme Ve Psikolojik Sağlamlik İlişkisinin İncelenmesi</t>
+          <t>Disiplinlerarası Perspektiften “İklim Değişikliği”</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786253653361</t>
+          <t>9786253653576</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Kalkinma Sürecinde Türkiye’nin Diş Ticareti: 1923-1938</t>
+          <t>Yapay Sinir Ağları ve Aşırı Öğrenme Makineleri İle Döviz Kurunun Tahmini</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786253653040</t>
+          <t>9786253653804</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Çok Kistasli Karar Verme, İstatistiksel Analiz Ve Yöneylem Araştirmasi Uygulamalari</t>
+          <t>Kadın ve Devlet - Sorun ve Çözüm Temelinde Bir Suret</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786253653279</t>
+          <t>9786253654306</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Enflasyon Dönemlerinde Finansal Tabloların Enflasyona Göre Düzeltilmesi</t>
+          <t>Genç Erkek Grekoromen Güreşçilerde Müsabaka Tipi Antrenman Yönteminin Genel Kuvvet, Aerobik Kapasite Ve Teknik Kapasite Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786253653088</t>
+          <t>9786253653811</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Verginin Temelleri</t>
+          <t>Uluslararası Bilimsel Araştırmalar Serisi Sosyal Bilimlerde Güncel Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786253652739</t>
+          <t>9786253653903</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Dart Öğretiminde Farklı Geri Bildirim Türlerinin Öğrenmeye Etkisi ve Öğrenci Görüşlerinin İncelenmesi</t>
+          <t>Dijital Yalan</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786253652845</t>
+          <t>9786253654351</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyun Eğitiminde Dikkat ve Konsantrasyon Çalışmaları: El - Göz Koordinasyon Gelişimi</t>
+          <t>Somatotip ve Somatotip Hesaplama Programı (Somatotürk)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786253652760</t>
+          <t>9786253653910</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Sayıştay Denetimi</t>
+          <t>Üst Doktrin ABD Temel Güvenlik Stratejisi Olarak Müdahalecilik</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786253652975</t>
+          <t>9786253654245</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Bilişsel Esneklik, Sportif Öz Güven ve Başarı Motivasyonu</t>
+          <t>Medeniyet Tartışmaları II</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786253652678</t>
+          <t>9786253653613</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sportif Sorunlarla Başa Çıkma, Çatışma Çözme ve Adil Davranış Gösterme Becerilerinin Liderlik Özelliklerine Etkisi</t>
+          <t>Fiziksel Aktivite ve Obezite Farkındalık Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786253652777</t>
+          <t>9786253654108</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kaytarma</t>
+          <t>Spora Katılımın 5-6 Yaş Çocuklarda Öz Düzenleme ve Oyun Becerilerine Etkisi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786253652616</t>
+          <t>9786253654092</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konulara Davranışsal Yaklaşım III</t>
+          <t>Yeşil İşletmecilik</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786253652661</t>
+          <t>9786253653538</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Osmaniye Araştırmaları III</t>
+          <t>Muhasebede Tutum ve (Başarı Odaklı) Motivasyon</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257855075</t>
+          <t>9786253653200</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Normobarik Ortamlarda Hipoksik Koşullarda Uygulanan Tekrarlı Sprint Antrenmanlarının Kadın Futsal Oyuncularının Aerobik ve Anaerobik Kapasiteleri Üzerine Etkisi</t>
+          <t>Çoklu Reaksiyon Zamanı İle İzokinetik Denge Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786253652913</t>
+          <t>9786253654436</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Liderlik: Yeni Paradigmatik Yaklaşımlar</t>
+          <t>Halkla İlişkiler Perspektifinden “Kriz Yönetimi”</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786253652982</t>
+          <t>9786253653606</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Yeni Seçilmiş Konularla Güncel Ekonomik Sorunlar 2</t>
+          <t>Öğrencilerin İnternet Bağımlılığının Araştırılması</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>175</v>
+        <v>110</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786253653477</t>
+          <t>9786253653590</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Tekrar Katılım Niyetinin Yordayıcıları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786253653422</t>
+          <t>9786253654078</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Klasik (Yapı ve Süreçler)</t>
+          <t>Türkiye'de Reklamcilik Sektörünün Performans Analizi ve Sektörün Geleceğine Yönelik Genel Bir Bakiş</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786253653262</t>
+          <t>9786253653965</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kolay Muhasebe</t>
+          <t>Müşteri Yaşam Boyu Değeri ve Veri Madenciliği</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786253652944</t>
+          <t>9786253653842</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Anorganik Kimya</t>
+          <t>International Scientific Research Series New Approaches In Social Sciences 2</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>550</v>
+        <v>245</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786253652036</t>
+          <t>9786253654139</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Dönüşümü: Milliyetçi Hareket Partisi ve Büyük Birlik Partisi Ayrımı (1992-2018)</t>
+          <t>Girişim Finansmanı</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786253652494</t>
+          <t>9786253654368</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada Verimlilik</t>
+          <t>Basketbol Gençler Liginde Oynayan Basketbolcuların Beslenme Bilgi Düzeylerinin Çeşitli Değişkenler Bakımından Karşılaştırılması</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786253652654</t>
+          <t>9786253654382</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Sosyal İçerme Politikalarının Analizi</t>
+          <t>Türkiye’de Merkez Sağın Kuruluşu: Demokrat Parti’nin Gözünden Cumhuriyet Halk Partisi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786253652487</t>
+          <t>9786253653682</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Dijital Bağımlılık ve Sosyal Beceri Düzeylerinin Sportif Etkinliklere Katılım Durumlarına Göre İncelenmesi</t>
+          <t>From Compliance To Challenge: The Right To Conscientious Objection To Military Service And Hegemony In Türkiye</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786253652623</t>
+          <t>9786253653286</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sedanter Bayanlarda Zumba Egzersizlerinin Aort Elastikiyet Parametreleri ve Bazı Biomarkerlar Üzerine Etkisi</t>
+          <t>Sosyal Politika Perspektifinden Göç Yazıları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786253652876</t>
+          <t>9786253654283</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Diş Morfolojisi ve Anatomisi</t>
+          <t>Bir Politikanın Serüveni Plastik Poşet Vergisi Dünya ve Türkiye Uygulamaları: Sorunlar ve Çözümler</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786253652579</t>
+          <t>9786253654122</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış - 5</t>
+          <t>Kapsayıcı Örgütler</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786253652586</t>
+          <t>9786253653521</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>TMS/TFRS ve BOBİ-FRS Standardı Terimleri Sözlüğü</t>
+          <t>Portföy Çeşitlendirmesinde Alternatif Bir Yatırım Aracı: Sanat Eserleri</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786253651848</t>
+          <t>9786253653774</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Teknoloji Uygulamaları</t>
+          <t>Spor Yönetimi ve Rekreasyon Uygulamaları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786253652050</t>
+          <t>9786253653170</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Temaslı ve Temassız Sporcuların Denge, Reaksiyon Zamanı ve Çoklu Zeka Becerilerinin İncelenmesi</t>
+          <t>Kahve İçerek Statü Kazanmak</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786053440581</t>
+          <t>9786253653378</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>ÖYP Rehberi</t>
+          <t>Spor Bilimleri Alanında Güncel Araştırmalar - V</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053447948</t>
+          <t>9786253654009</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Uygun Değer Muhasebesi</t>
+          <t>Stratejiye Dair Seçki Yazilar III</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786053444466</t>
+          <t>9786253653750</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Mahtumkulu Eserlerinin Deyimler Sözlüğü</t>
+          <t>Muhasebe ve Finans İncelemeleri</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053447092</t>
+          <t>9786253653798</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz ve Solunum</t>
+          <t>Otizm Spektrum Bozukluğu Tanili Çocuklarda Motor Beceriler</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>500</v>
+        <v>72</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786053447269</t>
+          <t>9786253654085</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Diferensiyel Denklemler</t>
+          <t>Spor Bilimlerinde Güncel Konular</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>375</v>
+        <v>145</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786053444084</t>
+          <t>9786253654016</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Teori</t>
+          <t>Governance In Agricultural Markets, Organizations And Development</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786253651718</t>
+          <t>9786253653736</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İtibar Pazarlaması</t>
+          <t>Muhasebe ve Finans Araştırmaları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786253652524</t>
+          <t>9786253654269</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Ürünün Sembolik Değeri ve Kıtlık Algısı</t>
+          <t>NATO’nun Geçmiş ve Geleceğinde Türkiye</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786253652500</t>
+          <t>9786253653484</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğretmenlerinin Çevreci Sivil Toplum Kuruluşlarına İlişkin Algıları</t>
+          <t>Yükseköğretim Kurumlarında Çalışan İdari Personelin Etik Değerler Algısı Üzerine Bir Çalışma - Atatürk Üniversitesi Örneği</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786253652425</t>
+          <t>9786253653491</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Finans Kurumlarında Yönetişim</t>
+          <t>Değişim Çağında Sağlık Yönetimi</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786253652449</t>
+          <t>9786253653415</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Sağır Sporlarında Antrenör-Sporcu İlişkisi ve İşaret Dili Çevirmeninin Rolü</t>
+          <t>Demokratikleşme Sürecine Kurumsal Yaklaşım: Macaristan Örneği 1990 – 2022</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786253652395</t>
+          <t>9786253653699</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Ağı Optimizasyonu: Malatya Örneği</t>
+          <t>Türk Dünyasına Ekonomik Bakış</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786253652463</t>
+          <t>9786253653408</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Fiyatlandırmanın Gücü</t>
+          <t>Çalışan Davranışlarına Yön Veren İş Tutumları</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786253652326</t>
+          <t>9786253653354</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya' da Girişimcilik</t>
+          <t>İnternet Reklamlarının Etki Düzeyinin Belirleyicileri</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786253652319</t>
+          <t>9786253653569</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de Kamu-Özel Ortaklığı Deneyimi: Ulaştırma Sektörü Üzerine Bir Analiz</t>
+          <t>Üniversite Öğrencilerinin Sosyal Destek Algıları İle Boş Zaman Katılımını Engelleyen Faktörlerin İncelenmesi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786253652562</t>
+          <t>9786253653439</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Sanatı</t>
+          <t>Sporda Seyirci Davranışında Güdüler</t>
         </is>
       </c>
       <c r="C949" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786253652555</t>
+          <t>9786253653156</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Startuplar Pazarda</t>
+          <t>Lojistik Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786253652364</t>
+          <t>9786253653255</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Etnosentrizm</t>
+          <t>Spor Eğitimi Veren Yükseköğretim Kurumlarindaki Öğretim Elemanlarinin Örgütsel Sinizm, İş Doyumu ve Tükenmişlik Düzeyleri Arasindaki İlişkinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786253652357</t>
+          <t>9786253653217</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetler ve Lojistik Maliyetlerin Muhasebeleştirilmesi</t>
+          <t>12 Haftalik Batonlu Yürüyüş Egzersizinin 10-12 Yaş Grubundaki Çocuklarda Fiziksel, Fizyolojik, Motorik ve Bazi Sağlik Parametreleri Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786253652302</t>
+          <t>9786253653248</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Taekwondocularda 12 Haftalık Kor Egzersizlerinin Statik Denge Kor Kuvveti Anaerobik Güç Sürat ve Çevikliğe Etkisinin İncelenmesi</t>
+          <t>Spor Bilimleri ve Egzersizde Bütünsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786253652418</t>
+          <t>9786253653187</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>1930'lu Yıllardaki Türkiye Sanayisine İlişkin Kısmi Bir Mikroiktisadi Araştırma</t>
+          <t>Sporcularda Kendinle Konuşma ve Öz Yeterlik</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>185</v>
+        <v>60</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786253652265</t>
+          <t>9786253653033</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Etik Uygulamaları</t>
+          <t>Günümüz Spor Bilimleri: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786253652340</t>
+          <t>9786253653194</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'de Dini Hayatın Psikolojisi</t>
+          <t>Elit Güreşçilerde Aerobik ve Anaerobik Kapasitenin Vücut Kompozisyonu ve Antropometrik Ölçümler Açisindan İncelenmesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786253652388</t>
+          <t>9786253652920</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Şehri Çankırı'da Yaran Oyunları ve Gelenekleri</t>
+          <t>Farkli Spor Dallarindaki Kadin Sporcularin Hormonal ve Biyokimyasal Düzeylerinin Karşilaştirilmasi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>85</v>
+        <v>70</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786253652333</t>
+          <t>9786253653705</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Yatırım Kaynaklı Teknoloji ve Bilgi Yayılımları</t>
+          <t>Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786253652456</t>
+          <t>9786253653019</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bağlamda Problem Çözme Öğretimi</t>
+          <t>Üniversite Öğrencilerinde Spora Yönelik Tutum, Yaşam Boyu Öğrenme Ve Psikolojik Sağlamlik İlişkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786253652166</t>
+          <t>9786253653361</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Rejim Tartışmaları ve Siyasette Aday Belirleme Süreçleri</t>
+          <t>İktisadi Kalkinma Sürecinde Türkiye’nin Diş Ticareti: 1923-1938</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786253652371</t>
+          <t>9786253653040</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyil Fransa-Belçika Çizgi Romaninda Kadin İmgesi</t>
+          <t>Sosyal Bilimlerde Çok Kistasli Karar Verme, İstatistiksel Analiz Ve Yöneylem Araştirmasi Uygulamalari</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786253651404</t>
+          <t>9786253653279</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticilerinde Liderlik ve İletişim</t>
+          <t>Yüksek Enflasyon Dönemlerinde Finansal Tabloların Enflasyona Göre Düzeltilmesi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786253651046</t>
+          <t>9786253653088</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Yapay Zeka</t>
+          <t>Verginin Temelleri</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>195</v>
+        <v>70</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786253652067</t>
+          <t>9786253652739</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış IV</t>
+          <t>Dart Öğretiminde Farklı Geri Bildirim Türlerinin Öğrenmeye Etkisi ve Öğrenci Görüşlerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786253651442</t>
+          <t>9786253652845</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Taekwondo Sporcularının Zihinsel Dayanıklıklarının İncelenmesi</t>
+          <t>Çocuk Oyun Eğitiminde Dikkat ve Konsantrasyon Çalışmaları: El - Göz Koordinasyon Gelişimi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786253652135</t>
+          <t>9786253652760</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Suyunun Oksidatif Stres ve Eşleşme Bozucu Proteinler Üzerine Etkisi</t>
+          <t>Yerel Yönetimlerde Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786253652241</t>
+          <t>9786253652975</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Dijital Yaklaşımlar</t>
+          <t>Sporcularda Bilişsel Esneklik, Sportif Öz Güven ve Başarı Motivasyonu</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786253652258</t>
+          <t>9786253652678</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Current Research in Sports Science - I</t>
+          <t>Sportif Sorunlarla Başa Çıkma, Çatışma Çözme ve Adil Davranış Gösterme Becerilerinin Liderlik Özelliklerine Etkisi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>155</v>
+        <v>88</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786253652142</t>
+          <t>9786253652777</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Devlette Davranışsal Kamu Politikalarının Ortaya Çıkışı ve Gelişim Süreci</t>
+          <t>Sosyal Kaytarma</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786253652111</t>
+          <t>9786253652616</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Sosyal Medya: Türk Futbolunun Dönüşümü</t>
+          <t>İktisadi Konulara Davranışsal Yaklaşım III</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786253651824</t>
+          <t>9786253652661</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Boyutta Spor Araştırmaları</t>
+          <t>Osmaniye Araştırmaları III</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786253651800</t>
+          <t>9786257855075</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimlerde Araştırma ve Değerlendirmeler</t>
+          <t>Normobarik Ortamlarda Hipoksik Koşullarda Uygulanan Tekrarlı Sprint Antrenmanlarının Kadın Futsal Oyuncularının Aerobik ve Anaerobik Kapasiteleri Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786253651817</t>
+          <t>9786253652913</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimler Alanında Teori, Uygulama ve Güncel Tartışmalar</t>
+          <t>Sağlık Kurumlarında Liderlik: Yeni Paradigmatik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786253651961</t>
+          <t>9786253652982</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Çağdan Yansımalar</t>
+          <t>Yeni Seçilmiş Konularla Güncel Ekonomik Sorunlar 2</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786253652005</t>
+          <t>9786253653477</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Avrupa Yeşil Mutabakatı</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786253652203</t>
+          <t>9786253653422</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Orta Yaş Kadınlarda Kardiyo Tenis Antrenmanlarının Vücut Kitle Endeksi Üzerine Etkisi</t>
+          <t>Kamu Yönetimi Klasik (Yapı ve Süreçler)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786253651466</t>
+          <t>9786253653262</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bağlamda İktisadi Düşünce</t>
+          <t>Kolay Muhasebe</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786253651275</t>
+          <t>9786253652944</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartlarında Konsolide Finansal Raporlama</t>
+          <t>Anorganik Kimya</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786253651862</t>
+          <t>9786253652036</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Enerji</t>
+          <t>Türk Milliyetçiliğinin Dönüşümü: Milliyetçi Hareket Partisi ve Büyük Birlik Partisi Ayrımı (1992-2018)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786253651954</t>
+          <t>9786253652494</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bill Evans Trio' da (1959-61) Görev Dağılımı, Etkileşim ve Eşlik Anlayışı</t>
+          <t>Uzaktan Çalışmada Verimlilik</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786253651589</t>
+          <t>9786253652654</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Finans</t>
+          <t>Göç ve Sosyal İçerme Politikalarının Analizi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786253651930</t>
+          <t>9786253652487</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Uzun Süreli Güreş Hazırlık Antrenmanlarının Bazı Fiziksel ve Fizyolojik Parametrelere Etkisi</t>
+          <t>Üniversite Öğrencilerinin Dijital Bağımlılık ve Sosyal Beceri Düzeylerinin Sportif Etkinliklere Katılım Durumlarına Göre İncelenmesi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786253651312</t>
+          <t>9786253652623</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbol Kulüplerinin Altyapı Sorunları</t>
+          <t>Sedanter Bayanlarda Zumba Egzersizlerinin Aort Elastikiyet Parametreleri ve Bazı Biomarkerlar Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786253651947</t>
+          <t>9786253652876</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Mobbing - İş Yerinde Psikolojik Taciz</t>
+          <t>Diş Morfolojisi ve Anatomisi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786053444190</t>
+          <t>9786253652579</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yol Bilgisi Karayolu - Demiryolu</t>
+          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış - 5</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786253651886</t>
+          <t>9786253652586</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Taktiksel Oyun Modeli Futsal Öğretimi</t>
+          <t>TMS/TFRS ve BOBİ-FRS Standardı Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>115</v>
+        <v>100</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786253651732</t>
+          <t>9786253651848</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Finansal Anomaliler</t>
+          <t>İşletmelerde Teknoloji Uygulamaları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786253651794</t>
+          <t>9786253652050</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yaklaşımları ve Öne Çıkan Liderler</t>
+          <t>Temaslı ve Temassız Sporcuların Denge, Reaksiyon Zamanı ve Çoklu Zeka Becerilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786253651695</t>
+          <t>9786053440581</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İngiltere' nin Doğu Siyaseti ve Bağdat Başkonsolosluğu (1875 -1879)</t>
+          <t>ÖYP Rehberi</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786253651749</t>
+          <t>9786053447948</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Güncel Yaklaşımlar</t>
+          <t>Gerçeğe Uygun Değer Muhasebesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786253650100</t>
+          <t>9786053444466</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Örgüt İklimi</t>
+          <t>Mahtumkulu Eserlerinin Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786253650926</t>
+          <t>9786053447092</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretime Devam Etmekte Olan Öğrencilerin Sporda Fair Play ve Ahlaktan Uzaklaşma Davranışlarının Farklı Değişkenler Açısından İncelenmesi</t>
+          <t>Egzersiz ve Solunum</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786253650735</t>
+          <t>9786053447269</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşam Dengesinin Bağlamsal Performans ve İş Tatmini İle İlişkisinde Yönetici Desteğinin Rol</t>
+          <t>Diferensiyel Denklemler</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786253652029</t>
+          <t>9786053444084</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Damga Mı, Tamga Mı, Tümce Mi?</t>
+          <t>Ekonometrik Teori</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789758396955</t>
+          <t>9786253651718</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Suyolcu - Zade Necib ve Divanı</t>
+          <t>İtibar Pazarlaması</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786253651084</t>
+          <t>9786253652524</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İzmir İli Tekeli Yörükleri Ağzı</t>
+          <t>Ürünün Sembolik Değeri ve Kıtlık Algısı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786253650131</t>
+          <t>9786253652500</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Duygu Düzenleme Güçlüğü ile Spor İlişkisinin Araştırılması</t>
+          <t>Sosyal Bilgiler Öğretmenlerinin Çevreci Sivil Toplum Kuruluşlarına İlişkin Algıları</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786258275940</t>
+          <t>9786253652425</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Derslerinde Kullanılan Eşli Çalışma Uygulamalarının Koruma ve Bakım Altında Kalmakta Olan Kız Çocuklarının Saldırganlık Düzeylerine Etkisi</t>
+          <t>Faizsiz Finans Kurumlarında Yönetişim</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786258275452</t>
+          <t>9786253652449</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Geleceğim, Geleceğin Öğretmeninin Elinde Geleceğin Öğretmeni Nasıl Olmalıdır?</t>
+          <t>Sağır Sporlarında Antrenör-Sporcu İlişkisi ve İşaret Dili Çevirmeninin Rolü</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786258374889</t>
+          <t>9786253652395</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Genç Futbolcuların Resmi Maçlardaki İç ve Dış Yük Profilleri</t>
+          <t>Ulaşım Ağı Optimizasyonu: Malatya Örneği</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786258374797</t>
+          <t>9786253652463</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Dil Öğretimi ve Materyal Hazırlama Kılavuzu</t>
+          <t>Dijital Çağda Fiyatlandırmanın Gücü</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786258413823</t>
+          <t>9786253652326</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ermenek Yörük Ağzı</t>
+          <t>Yeni Dünya' da Girişimcilik</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786257315715</t>
+          <t>9786253652319</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Muhteviyat İnsan Hakları ve Demokratikleşme</t>
+          <t>Türkiye' de Kamu-Özel Ortaklığı Deneyimi: Ulaştırma Sektörü Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786258494860</t>
+          <t>9786253652562</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe Garantili Gramer</t>
+          <t>İstatistik Sanatı</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786053448945</t>
+          <t>9786253652555</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Görme Engellilerde Eğitim ve Spor</t>
+          <t>Startuplar Pazarda</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786053446583</t>
+          <t>9786253652364</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Toprak İşleri</t>
+          <t>Kültür ve Etnosentrizm</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053447702</t>
+          <t>9786253652357</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Okul İçi Fiziksel Aktivite Düzeylerinin Belirlenmesi</t>
+          <t>Lojistik Faaliyetler ve Lojistik Maliyetlerin Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786053447641</t>
+          <t>9786253652302</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikasına Giriş</t>
+          <t>Taekwondocularda 12 Haftalık Kor Egzersizlerinin Statik Denge Kor Kuvveti Anaerobik Güç Sürat ve Çevikliğe Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053446033</t>
+          <t>9786253652418</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Yüksek Lisans ve Doktora Eğitimi</t>
+          <t>1930'lu Yıllardaki Türkiye Sanayisine İlişkin Kısmi Bir Mikroiktisadi Araştırma</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053445395</t>
+          <t>9786253652265</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>ABD ve Türkiye’de Yaşayan Müslüman Ve Gayrimüslim Cemaatlerin Dini Müzik Algılarının Karşılaştırmalı Olarak İncelenmesi</t>
+          <t>Kamu Yönetiminde Etik Uygulamaları</t>
         </is>
       </c>
       <c r="C1010" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053444596</t>
+          <t>9786253652340</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Yazılı ve Sözlü Anlatım</t>
+          <t>Yunus Emre'de Dini Hayatın Psikolojisi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>260</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786053444831</t>
+          <t>9786253652388</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Heterosiklik Kimya (Ciltli)</t>
+          <t>Türkmen Şehri Çankırı'da Yaran Oyunları ve Gelenekleri</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053443841</t>
+          <t>9786253652333</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Örgütsel Davranış Çalışmaları 2</t>
+          <t>Yabancı Yatırım Kaynaklı Teknoloji ve Bilgi Yayılımları</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053444312</t>
+          <t>9786253652456</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Yazıları</t>
+          <t>Disiplinlerarası Bağlamda Problem Çözme Öğretimi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786253651541</t>
+          <t>9786253652166</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Multidisipliner Bir Bakış - 4</t>
+          <t>Türkiye'de Rejim Tartışmaları ve Siyasette Aday Belirleme Süreçleri</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786253651596</t>
+          <t>9786253652371</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Destinasyon Çekicilikleri, Çalışan ve Ziyaretçi Memnuniyeti, Geleceğe Yönelik Ziyaretçi Davranışları</t>
+          <t>Yirminci Yüzyil Fransa-Belçika Çizgi Romaninda Kadin İmgesi</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786253651497</t>
+          <t>9786253651404</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Halkoyuncularda Kaygı ve Fiziksel Benlik Algısı</t>
+          <t>Spor Yöneticilerinde Liderlik ve İletişim</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786253651770</t>
+          <t>9786253651046</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Blokzincir Merkezli Güncel İş Modelleri</t>
+          <t>İşletme Yönetiminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786253651480</t>
+          <t>9786253652067</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Becerileri: Gençlerin Algısı</t>
+          <t>Spor Bilimlerine Kuramsal Bakış IV</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786253651657</t>
+          <t>9786253651442</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi ve Sağlık Finansmanı</t>
+          <t>Taekwondo Sporcularının Zihinsel Dayanıklıklarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>165</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786253651565</t>
+          <t>9786253652135</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Çok Boyutlu Araştırmalar</t>
+          <t>Üzüm Suyunun Oksidatif Stres ve Eşleşme Bozucu Proteinler Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786253651626</t>
+          <t>9786253652241</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Yönetim Süreçleri ve Örnek Olaylar</t>
+          <t>Sağlıkta Dijital Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786253651688</t>
+          <t>9786253652258</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Aşık Sümmani'de Varlık Bilgisi (Ontoloji) ve Varoluşa İlişkin İzlekler</t>
+          <t>Current Research in Sports Science - I</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786253651664</t>
+          <t>9786253652142</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Politika Aracı Geçmişten Günümüze Evrensel Temel Gelir</t>
+          <t>Devlette Davranışsal Kamu Politikalarının Ortaya Çıkışı ve Gelişim Süreci</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786253651756</t>
+          <t>9786253652111</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Check - Up</t>
+          <t>Spor ve Sosyal Medya: Türk Futbolunun Dönüşümü</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786253651923</t>
+          <t>9786253651824</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Gri Ülke Türkiye' de Kara Para</t>
+          <t>Multidisipliner Boyutta Spor Araştırmaları</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789758396771</t>
+          <t>9786253651800</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Farklı Treadmill Koşu Protokollerinin Bazı Fiziksel ve Fizyolojik Parametreler Üzerine Etkisi</t>
+          <t>İktisadi ve İdari Bilimlerde Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786253651022</t>
+          <t>9786253651817</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kayseri Erkilet’te Türk Devri Mimari Eserleri</t>
+          <t>İktisadi ve İdari Bilimler Alanında Teori, Uygulama ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786253651893</t>
+          <t>9786253651961</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Görme Engellilerin İmzası</t>
+          <t>Dijitalleşen Çağdan Yansımalar</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786253651534</t>
+          <t>9786253652005</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Duygu Süreçleri: Bireysel ve Kültürel Faktörler</t>
+          <t>İşletmeler İçin Avrupa Yeşil Mutabakatı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786253651381</t>
+          <t>9786253652203</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>8 Haftalık Core Antrenmanın Elit Kızak Luge) Sporcularında Denge, Reaksiyon, Sürat, Çeviklik Ve Anaerobik Güç Üzerine Etkisinin İncelenmesi</t>
+          <t>Orta Yaş Kadınlarda Kardiyo Tenis Antrenmanlarının Vücut Kitle Endeksi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786253651459</t>
+          <t>9786253651466</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Toplum Ekonomi Vergi</t>
+          <t>Sosyal Bağlamda İktisadi Düşünce</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786253651633</t>
+          <t>9786253651275</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Farklı Refah Rejimlerinde Göç ve Sosyal Politika</t>
+          <t>Türkiye Finansal Raporlama Standartlarında Konsolide Finansal Raporlama</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786253651701</t>
+          <t>9786253651862</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbol Kulüp Yöneticilerinin Liderlik Yönelimleri, Kişilik Özellikleri ve Empati Düzeyleri</t>
+          <t>Duygusal Enerji</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786253651350</t>
+          <t>9786253651954</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Liderlik Teorileri</t>
+          <t>Bill Evans Trio' da (1959-61) Görev Dağılımı, Etkileşim ve Eşlik Anlayışı</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786253650605</t>
+          <t>9786253651589</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Finansal Muhasebe Uygulamaları</t>
+          <t>İklim Değişikliği ve Finans</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786253651398</t>
+          <t>9786253651930</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Volatilite Analizleri</t>
+          <t>Uzun Süreli Güreş Hazırlık Antrenmanlarının Bazı Fiziksel ve Fizyolojik Parametrelere Etkisi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786253651473</t>
+          <t>9786253651312</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Ölçme ve Değerlendirme</t>
+          <t>Profesyonel Futbol Kulüplerinin Altyapı Sorunları</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786253651640</t>
+          <t>9786253651947</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Bir Değer Yaratma Aracı</t>
+          <t>Mobbing - İş Yerinde Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C1039" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786253650711</t>
+          <t>9786053444190</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Yorumlarının İnternet Alışveriş Davranışı Üzerine Etkisinin Araştırılması</t>
+          <t>Yol Bilgisi Karayolu - Demiryolu</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786253651428</t>
+          <t>9786253651886</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Mülteci ve Göçmen Çocukların Motor Gelişimleri ve Temel Psikolojik İhtiyaçları</t>
+          <t>Taktiksel Oyun Modeli Futsal Öğretimi</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786253651510</t>
+          <t>9786253651732</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu İstihdam Kurumunun Dönüşüm Sürecinde</t>
+          <t>Finansal Anomaliler</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786253650438</t>
+          <t>9786253651794</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Functional Movement Screen (FMS) Fonksiyonel Hareket Analizi (FHA)</t>
+          <t>Liderlik Yaklaşımları ve Öne Çıkan Liderler</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786253651367</t>
+          <t>9786253651695</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Aile Aidiyet Düzeylerinin Spor ve Farklı Değişkenler Açısından İncelenmesi</t>
+          <t>İngiltere' nin Doğu Siyaseti ve Bağdat Başkonsolosluğu (1875 -1879)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786253651305</t>
+          <t>9786253651749</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Serbest Zaman ve İyi Oluş</t>
+          <t>Yönetimde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786253651268</t>
+          <t>9786253650100</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>360° Spor Pazarlaması ve Sponsorluk</t>
+          <t>Örgüt İklimi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786253651237</t>
+          <t>9786253650926</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sanayimiz ve Ekonomiye Etkileri</t>
+          <t>Ortaöğretime Devam Etmekte Olan Öğrencilerin Sporda Fair Play ve Ahlaktan Uzaklaşma Davranışlarının Farklı Değişkenler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786253651282</t>
+          <t>9786253650735</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Britain and the European Union Analysing the Pro-enlargement Policy of a Eurosceptic State from 1975 to 2014</t>
+          <t>İş Yaşam Dengesinin Bağlamsal Performans ve İş Tatmini İle İlişkisinde Yönetici Desteğinin Rol</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786253651299</t>
+          <t>9786253652029</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Pazarlama İletişiminde Mesaj Stratejileri</t>
+          <t>Damga Mı, Tamga Mı, Tümce Mi?</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786253651343</t>
+          <t>9789758396955</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisi Genel Uygulama Tebliği</t>
+          <t>Suyolcu - Zade Necib ve Divanı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>450</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786253651145</t>
+          <t>9786253651084</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Taci-zade Ca'fer Çelebi Tercüme-i Enisü'l- Arifin</t>
+          <t>İzmir İli Tekeli Yörükleri Ağzı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786253651336</t>
+          <t>9786253650131</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Markov Değişim Garch Modelleri İle Emtia Fiyatlarındaki Oynaklığın Modellenmesi ve Tahmini</t>
+          <t>Üniversite Öğrencilerinin Duygu Düzenleme Güçlüğü ile Spor İlişkisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786253651220</t>
+          <t>9786258275940</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Egzersiz ve Toparlanma Sürecinde Hormonal Değişimler</t>
+          <t>Beden Eğitimi Derslerinde Kullanılan Eşli Çalışma Uygulamalarının Koruma ve Bakım Altında Kalmakta Olan Kız Çocuklarının Saldırganlık Düzeylerine Etkisi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786253651121</t>
+          <t>9786258275452</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Vergiler ve Ekolojik Ayak İzi</t>
+          <t>Geleceğim, Geleceğin Öğretmeninin Elinde Geleceğin Öğretmeni Nasıl Olmalıdır?</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786253650896</t>
+          <t>9786258374889</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Spor Müzeleri ve Türk Spor Tarihi Müzesi Model Önerisi</t>
+          <t>Genç Futbolcuların Resmi Maçlardaki İç ve Dış Yük Profilleri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786253651091</t>
+          <t>9786258374797</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Sporda Uzmanlaşmanın Algısal ve Bilişsel Süreçlere Etkisi</t>
+          <t>Ana Hatlarıyla Dil Öğretimi ve Materyal Hazırlama Kılavuzu</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786253650698</t>
+          <t>9786258413823</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>TFRS 16 Kiralamalar Standardı’nın Borsa İstanbul’da İşlem Gören Şirketlerin Finansal Tablolarında ve Finansal Oranlarındaki Etkisinin İncelenmesi</t>
+          <t>Ermenek Yörük Ağzı</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786253651169</t>
+          <t>9786257315715</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İmalat İşletmelerinde Maliyet Yapışkanlığı Analizi</t>
+          <t>Muhteviyat İnsan Hakları ve Demokratikleşme</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786253650360</t>
+          <t>9786258494860</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kamu Spotlarında Gözler Nereye Bakar Eye-Tracking Çalışması</t>
+          <t>İngilizce - Türkçe Garantili Gramer</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786253651213</t>
+          <t>9786053448945</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Garibname’de Çok Anlamlılık ve Birleşik Fiiller</t>
+          <t>Görme Engellilerde Eğitim ve Spor</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786253651244</t>
+          <t>9786053446583</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Edirne İpekböcekçiliğinin Tarihsel Serüveni</t>
+          <t>Toprak İşleri</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786253651206</t>
+          <t>9786053447702</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>İşveren Markası ve Liderlik</t>
+          <t>Çocuklarda Okul İçi Fiziksel Aktivite Düzeylerinin Belirlenmesi</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786253650223</t>
+          <t>9786053447641</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış ve Büyük Veri</t>
+          <t>Kamu Politikasına Giriş</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786253651190</t>
+          <t>9786053446033</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Ticari Bilimlerde Güncel Araştırmalar</t>
+          <t>Almanya'da Yüksek Lisans ve Doktora Eğitimi</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053448914</t>
+          <t>9786053445395</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği</t>
+          <t>ABD ve Türkiye’de Yaşayan Müslüman Ve Gayrimüslim Cemaatlerin Dini Müzik Algılarının Karşılaştırmalı Olarak İncelenmesi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786253651152</t>
+          <t>9786053444596</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Konuşulmayan Dil Sözsüz İletişim</t>
+          <t>Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786258275810</t>
+          <t>9786053444831</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi ve Kadın Cilt II</t>
+          <t>Bir Bakışta Heterosiklik Kimya (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786253651176</t>
+          <t>9786053443841</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Dijital Muhasebe Uygulamaları</t>
+          <t>Türkiye’de Örgütsel Davranış Çalışmaları 2</t>
         </is>
       </c>
       <c r="C1068" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786253650988</t>
+          <t>9786053444312</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal'ın Türkiye'si</t>
+          <t>Eğitim Bilimleri Yazıları</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786253651077</t>
+          <t>9786253651541</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Çevre Vergileri</t>
+          <t>Beden Eğitimi ve Sporda Multidisipliner Bir Bakış - 4</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786253650919</t>
+          <t>9786253651596</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ağ Firmalarında Değer Tespiti</t>
+          <t>Destinasyon Çekicilikleri, Çalışan ve Ziyaretçi Memnuniyeti, Geleceğe Yönelik Ziyaretçi Davranışları</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786253650858</t>
+          <t>9786253651497</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ekonomisi</t>
+          <t>Halkoyuncularda Kaygı ve Fiziksel Benlik Algısı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786253650834</t>
+          <t>9786253651770</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizler</t>
+          <t>Blokzincir Merkezli Güncel İş Modelleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786253650827</t>
+          <t>9786253651480</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Açısından Veri Bilimi Ekibi Yönetim Bilişim Sistemleri Perspektifiyle</t>
+          <t>21. Yüzyıl Becerileri: Gençlerin Algısı</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786253650902</t>
+          <t>9786253651657</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Metodolojik Eğilimler ve Güncel Tartışmalar</t>
+          <t>Sağlık Ekonomisi ve Sağlık Finansmanı</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786253650841</t>
+          <t>9786253651565</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Yaşa Dayalı Ayrımcılık</t>
+          <t>Spor Bilimlerinde Çok Boyutlu Araştırmalar</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786253651060</t>
+          <t>9786253651626</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Fizyolojik Temelleri</t>
+          <t>Sağlık İşletmelerinde Yönetim Süreçleri ve Örnek Olaylar</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786253650940</t>
+          <t>9786253651688</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte Üçüncü Göz: Drone Gazeteciliği</t>
+          <t>Aşık Sümmani'de Varlık Bilgisi (Ontoloji) ve Varoluşa İlişkin İzlekler</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786253650889</t>
+          <t>9786253651664</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Yüzücüler ve Antrenörler İçin Yüzme Hijyeni</t>
+          <t>Bir Sosyal Politika Aracı Geçmişten Günümüze Evrensel Temel Gelir</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786253650551</t>
+          <t>9786253651756</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış 2</t>
+          <t>Örgütsel Check - Up</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786253651015</t>
+          <t>9786253651923</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Araştırmaları</t>
+          <t>Gri Ülke Türkiye' de Kara Para</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786253650773</t>
+          <t>9789758396771</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyada Üniversiteler</t>
+          <t>Farklı Treadmill Koşu Protokollerinin Bazı Fiziksel ve Fizyolojik Parametreler Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786253650766</t>
+          <t>9786253651022</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler ve İş Görenler Açısından Şırnak</t>
+          <t>Kayseri Erkilet’te Türk Devri Mimari Eserleri</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786253650803</t>
+          <t>9786253651893</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Applied And Theoretical Studies On Finance And Economics</t>
+          <t>Görme Engellilerin İmzası</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786253650469</t>
+          <t>9786253651534</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Step - Aerobik</t>
+          <t>Pozitif Duygu Süreçleri: Bireysel ve Kültürel Faktörler</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786253650964</t>
+          <t>9786253651381</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Güncel Turist Rehberliği Araştırmaları</t>
+          <t>8 Haftalık Core Antrenmanın Elit Kızak Luge) Sporcularında Denge, Reaksiyon, Sürat, Çeviklik Ve Anaerobik Güç Üzerine Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786253650681</t>
+          <t>9786253651459</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yüzüncü Yılında Siyaset ve İdareye Akademik Bakış</t>
+          <t>Toplum Ekonomi Vergi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786253650476</t>
+          <t>9786253651633</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Farklı Şiddetlerdeki Aerobik Egzersizin Bozucu Etkiye Direnç ve Çalışma Belleği Üzerine Etkileri</t>
+          <t>Farklı Refah Rejimlerinde Göç ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786253650865</t>
+          <t>9786253651701</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye'de Genç Olmak</t>
+          <t>Profesyonel Futbol Kulüp Yöneticilerinin Liderlik Yönelimleri, Kişilik Özellikleri ve Empati Düzeyleri</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786253650056</t>
+          <t>9786253651350</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ekonomide Yeni Arayışlar ve Maliye</t>
+          <t>Modern Dünyanın Liderlik Teorileri</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786253650315</t>
+          <t>9786253650605</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Akademiyanın Feminizme Bakışı</t>
+          <t>Çözümlü Finansal Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786253650810</t>
+          <t>9786253651398</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Fiyat Adaleti Algısı</t>
+          <t>Volatilite Analizleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786253650759</t>
+          <t>9786253651473</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tedarik Zinciri Yönetimi İçin Kavramsal Model Önerisi: Türkiye Doğal Gaz Sektöre Uygulaması</t>
+          <t>Spor Bilimlerinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786253650650</t>
+          <t>9786253651640</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Maliyesinde Süreklilik ve Değişim: Rüsumat Emaneti</t>
+          <t>Pazarlamada Yeni Bir Değer Yaratma Aracı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786253650704</t>
+          <t>9786253650711</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kobilerin Sürdürülebilirliğini ve Performansını Etkileyen Başlıca Stratejiler: Girişimcilik ve İnovasyon</t>
+          <t>Tüketici Yorumlarının İnternet Alışveriş Davranışı Üzerine Etkisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1095" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786253651114</t>
+          <t>9786253651428</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulama İle Mobil Sağlık</t>
+          <t>Mülteci ve Göçmen Çocukların Motor Gelişimleri ve Temel Psikolojik İhtiyaçları</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786253650797</t>
+          <t>9786253651510</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerin Karanlık Yüzü: Negatif Davranışlar</t>
+          <t>Türk Kamu İstihdam Kurumunun Dönüşüm Sürecinde</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786253650995</t>
+          <t>9786253650438</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartları</t>
+          <t>Functional Movement Screen (FMS) Fonksiyonel Hareket Analizi (FHA)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786253650957</t>
+          <t>9786253651367</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Futbol Milli Takım Seçmelerinde Bağıl Yaş Etkisive Fiziksel Performans</t>
+          <t>Üniversite Öğrencilerinin Aile Aidiyet Düzeylerinin Spor ve Farklı Değişkenler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257727051</t>
+          <t>9786253651305</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Temel Üniversitesi Kimyası</t>
+          <t>Kadın, Serbest Zaman ve İyi Oluş</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>1000</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786253650742</t>
+          <t>9786253651268</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Analizleri ve Ekonomiye Yansımalarıyla Para, Banka ve Dış Ticaret I</t>
+          <t>360° Spor Pazarlaması ve Sponsorluk</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786258275643</t>
+          <t>9786253651237</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları - 1</t>
+          <t>Savunma Sanayimiz ve Ekonomiye Etkileri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786253650629</t>
+          <t>9786253651282</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Sitelerinde Kullanılabilirlik</t>
+          <t>Britain and the European Union Analysing the Pro-enlargement Policy of a Eurosceptic State from 1975 to 2014</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786253650728</t>
+          <t>9786253651299</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Toplumda Sanal Para İlgisinin Araştırılması</t>
+          <t>Çevrimiçi Pazarlama İletişiminde Mesaj Stratejileri</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786253650384</t>
+          <t>9786253651343</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans Alanında Güncel Çalışmalar</t>
+          <t>Katma Değer Vergisi Genel Uygulama Tebliği</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786253650421</t>
+          <t>9786253651145</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Gelişmelerin Ekonometrik Analizi Paket Program Uygulamaları İle Birlikte</t>
+          <t>Taci-zade Ca'fer Çelebi Tercüme-i Enisü'l- Arifin</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786253650674</t>
+          <t>9786253651336</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Ekonomi Alanlarında Teorik ve Uygulamalı Çalışmalar</t>
+          <t>Markov Değişim Garch Modelleri İle Emtia Fiyatlarındaki Oynaklığın Modellenmesi ve Tahmini</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786253650353</t>
+          <t>9786253651220</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Alanında Güncel Akademik Çalışmalar</t>
+          <t>Fiziksel Egzersiz ve Toparlanma Sürecinde Hormonal Değişimler</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786253650445</t>
+          <t>9786253651121</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Spor ve İletişim Bilimlerinde Güncel Araştırmalar</t>
+          <t>Çevresel Vergiler ve Ekolojik Ayak İzi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786253650780</t>
+          <t>9786253650896</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Risk Toplumunda Sosyal Politika</t>
+          <t>Spor Müzeleri ve Türk Spor Tarihi Müzesi Model Önerisi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786253650643</t>
+          <t>9786253651091</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Dijital Vergileme</t>
+          <t>Sporda Uzmanlaşmanın Algısal ve Bilişsel Süreçlere Etkisi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786253650452</t>
+          <t>9786253650698</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Ticaretin Kolaylaştırılmasının Türkiye' nin Dış Ticaret Akımlarına Etkisi: Panel Veri Analizi</t>
+          <t>TFRS 16 Kiralamalar Standardı’nın Borsa İstanbul’da İşlem Gören Şirketlerin Finansal Tablolarında ve Finansal Oranlarındaki Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786253650513</t>
+          <t>9786253651169</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Yataklar</t>
+          <t>İmalat İşletmelerinde Maliyet Yapışkanlığı Analizi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786253650575</t>
+          <t>9786253650360</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Güncel Araştırmalar IV</t>
+          <t>Kamu Spotlarında Gözler Nereye Bakar Eye-Tracking Çalışması</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786253650322</t>
+          <t>9786253651213</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış - 3</t>
+          <t>Garibname’de Çok Anlamlılık ve Birleşik Fiiller</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786253650506</t>
+          <t>9786253651244</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kraliçesi Antakya</t>
+          <t>20. Yüzyılda Edirne İpekböcekçiliğinin Tarihsel Serüveni</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786253650308</t>
+          <t>9786253651206</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Management and Marketing Strategies for Successful Digitalization in Organizations</t>
+          <t>İşveren Markası ve Liderlik</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786253650568</t>
+          <t>9786253650223</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Boyutlarıyla Rekreasyon ve Spor</t>
+          <t>Örgütsel Davranış ve Büyük Veri</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786253650407</t>
+          <t>9786253651190</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Eşitliği Kalkınma ve Devlet</t>
+          <t>Ticari Bilimlerde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786253650155</t>
+          <t>9786053448914</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Onomastik Çerçevede Osmanlı Kuruluş Dönemi Tarihi (Ciltli)</t>
+          <t>Akışkanlar Mekaniği</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>1250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786258275674</t>
+          <t>9786253651152</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Kuramsal Bakış</t>
+          <t>Konuşulmayan Dil Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786253650537</t>
+          <t>9786258275810</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi Alanında Çok Kriterli Karar Verme Yöntemlerinin Uygulanması</t>
+          <t>Kamu Yönetimi ve Kadın Cilt II</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786253650667</t>
+          <t>9786253651176</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Güncel Yaklaşım ve Tartışmalar</t>
+          <t>Dijital Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786253650599</t>
+          <t>9786253650988</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Sporsal Perspektif</t>
+          <t>Turgut Özal'ın Türkiye'si</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786253650483</t>
+          <t>9786253651077</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Dijital Etkileşimler: Sektörel Yansımaları II</t>
+          <t>Sürdürülebilir Kalkınma ve Çevre Vergileri</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786253650216</t>
+          <t>9786253650919</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Spor İl Müdürlüğü'ne Ait Spor Tesislerinin, Fiziksel Özelliklerinin ve İşletmecilik Anlayışının, Sporcu ve Antrenörlerin İhtiyaç ve Beklentileri Açısından Değerlendirilmesi</t>
+          <t>Sosyal Ağ Firmalarında Değer Tespiti</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786253650209</t>
+          <t>9786253650858</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Boksörlerin Boks Sporuna Başlama Nedenleri ve Beklentileri</t>
+          <t>Kadın Ekonomisi</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786253650391</t>
+          <t>9786253650834</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finans Alanında Güncel Konular</t>
+          <t>Finansal Krizler</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>325</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786253650292</t>
+          <t>9786253650827</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Finansal Raporlamadan Entegre Raporlamaya Kurumsal Raporlamanın Gelişimi</t>
+          <t>İnsan Kaynakları Açısından Veri Bilimi Ekibi Yönetim Bilişim Sistemleri Perspektifiyle</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786253650377</t>
+          <t>9786253650902</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Güzellik Merkezlerinde İş Sağlığı ve Güvenliği Yükümlülükleri</t>
+          <t>Spor Bilimlerinde Metodolojik Eğilimler ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786253650148</t>
+          <t>9786253650841</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmenlerinin İnovasyon, Duygusal Zeka ve Yaşam Boyu Öğrenme Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Çalışma Yaşamında Yaşa Dayalı Ayrımcılık</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786253650414</t>
+          <t>9786253651060</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Sporda Güncel Yaklaşımlar</t>
+          <t>Futbolun Fizyolojik Temelleri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786253650520</t>
+          <t>9786253650940</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesinde Seçme Konular - 2</t>
+          <t>Gazetecilikte Üçüncü Göz: Drone Gazeteciliği</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786253650162</t>
+          <t>9786253650889</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kadın Futbolcularda Odaklanmış Dikkat</t>
+          <t>Yüzücüler ve Antrenörler İçin Yüzme Hijyeni</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786253650186</t>
+          <t>9786253650551</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Fourıer Dönüşümüyle Zaman Serisi Analizleri BIST Hisse Senedi Değer Tahminlemesi</t>
+          <t>Spor Bilimlerine Kuramsal Bakış 2</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786253650193</t>
+          <t>9786253651015</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Elit Düzey Kadın ve Erkek Voleybolcular ile Basketbolcuların İletişim Becerilerinin İncelenmesi</t>
+          <t>Spor Bilimleri Araştırmaları</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257855082</t>
+          <t>9786253650773</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>İklim Adaleti ve Adil Dönüşüm</t>
+          <t>Türkiye ve Dünyada Üniversiteler</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786253650230</t>
+          <t>9786253650766</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kadın Voleybolcularda Süspansiyon Temelli Kor Antrenman Programının Kuvvet, Üst Ekstremite</t>
+          <t>İşletmeler ve İş Görenler Açısından Şırnak</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786253650117</t>
+          <t>9786253650803</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve İdari Bilimlerde Güncel Gelişme ve Trendler</t>
+          <t>Applied And Theoretical Studies On Finance And Economics</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257727105</t>
+          <t>9786253650469</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Dünyada Yönetsel Yaklaşımlar</t>
+          <t>Step - Aerobik</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786253650285</t>
+          <t>9786253650964</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Amme Alacağının Cebren Takibi</t>
+          <t>Güncel Turist Rehberliği Araştırmaları</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786253650346</t>
+          <t>9786253650681</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Görme Engellilerde Yürüyüş</t>
+          <t>Cumhuriyetin Yüzüncü Yılında Siyaset ve İdareye Akademik Bakış</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257911542</t>
+          <t>9786253650476</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Hızlılık</t>
+          <t>Sporcularda Farklı Şiddetlerdeki Aerobik Egzersizin Bozucu Etkiye Direnç ve Çalışma Belleği Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C1143" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786253650001</t>
+          <t>9786253650865</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Turizm</t>
+          <t>21. Yüzyılda Türkiye'de Genç Olmak</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786253650087</t>
+          <t>9786253650056</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Applications of Traditional Equestrian Sports in the World</t>
+          <t>Ekonomide Yeni Arayışlar ve Maliye</t>
         </is>
       </c>
       <c r="C1145" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786258275841</t>
+          <t>9786253650315</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>VIX Korku Endeksinin Yatırımcıların Yatırım Kararları Üzerindeki Etkileri</t>
+          <t>Akademiyanın Feminizme Bakışı</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786258275858</t>
+          <t>9786253650810</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Muş Belediyesi Hizmet Analizi</t>
+          <t>Tüketici Fiyat Adaleti Algısı</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786253650124</t>
+          <t>9786253650759</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Voleybol Oyunu Teqvoly</t>
+          <t>Sürdürülebilir Tedarik Zinciri Yönetimi İçin Kavramsal Model Önerisi: Türkiye Doğal Gaz Sektöre Uygulaması</t>
         </is>
       </c>
       <c r="C1148" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786258275902</t>
+          <t>9786253650650</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0' dan Toplum 5.0' a: Yeni Üretim Tarzının Gelişimi ve Yansımaları</t>
+          <t>Osmanlı Maliyesinde Süreklilik ve Değişim: Rüsumat Emaneti</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786253650025</t>
+          <t>9786253650704</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Voleybolda Öz Yeterlik Psikolojik İyi Oluş Tükenmişlik ve Başarı İlişkisi</t>
+          <t>Kobilerin Sürdürülebilirliğini ve Performansını Etkileyen Başlıca Stratejiler: Girişimcilik ve İnovasyon</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786253650094</t>
+          <t>9786253651114</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Finansal Raporlama ve Diğer Kapsamlı Gelir</t>
+          <t>Örnek Uygulama İle Mobil Sağlık</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258275919</t>
+          <t>9786253650797</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi - Tarihi ve Kültürel Yönleriyle Atkaracalar</t>
+          <t>Örgütlerin Karanlık Yüzü: Negatif Davranışlar</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786253650063</t>
+          <t>9786253650995</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Özdeşleşme Sürecinde Reklamlarda Sembolik Tüketim Retoriği Kullanımı</t>
+          <t>Türkiye Finansal Raporlama Standartları</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257911634</t>
+          <t>9786253650957</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakı - Kavramsal, Sektörel ve Fonksiyonel Bir Bakış</t>
+          <t>Futbol Milli Takım Seçmelerinde Bağıl Yaş Etkisive Fiziksel Performans</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258275698</t>
+          <t>9786257727051</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilimsel Araştırmalar Serisi Disiplinlerarası Güncel Yaklaşımlar</t>
+          <t>Temel Üniversitesi Kimyası</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>165</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258275995</t>
+          <t>9786253650742</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Adına Yönetmek</t>
+          <t>Ekonomik Analizleri ve Ekonomiye Yansımalarıyla Para, Banka ve Dış Ticaret I</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786253650032</t>
+          <t>9786258275643</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kamu Denetçiliğinin Avrupa Birliği - Türkiye - İsveç Bağlamında Değerlendirilmesi ve Hukuk Devleti İlkesi Açısından Önemi</t>
+          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786253650179</t>
+          <t>9786253650629</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Spor, Kültür ve Turizm ile Milli Eğitim Müdürlerinin Spor Farkındalıklarının İncelenmesi</t>
+          <t>E-Ticaret Sitelerinde Kullanılabilirlik</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786253650049</t>
+          <t>9786253650728</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>George Orwell' in 1984 Romanındaki Metaforlar Üzerine Bilimsel Bir Çeviri Analizi</t>
+          <t>Toplumda Sanal Para İlgisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786258275650</t>
+          <t>9786253650384</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları III</t>
+          <t>Muhasebe ve Finans Alanında Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786258275834</t>
+          <t>9786253650421</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarla Uygulamalı Sosyal Bilimler</t>
+          <t>İktisadi Gelişmelerin Ekonometrik Analizi Paket Program Uygulamaları İle Birlikte</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786258275568</t>
+          <t>9786253650674</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Afet Direnci Kapsamında Çalışmalar - 2</t>
+          <t>Finans ve Ekonomi Alanlarında Teorik ve Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257911573</t>
+          <t>9786253650353</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Pekiştirme İşlevli Sözcükler</t>
+          <t>Ekonomi ve Finans Alanında Güncel Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258275971</t>
+          <t>9786253650445</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Lojistik İşletmelerinde Kurumsal Yönetim Etik İlkeler ve Kara Para Aklamayı Önleme</t>
+          <t>Spor ve İletişim Bilimlerinde Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258275759</t>
+          <t>9786253650780</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Coğrafyada Yeni Yaklaşımlar ve Güncel Araştırma ve İncelemeler</t>
+          <t>Risk Toplumunda Sosyal Politika</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258275827</t>
+          <t>9786253650643</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Elit Alp Disiplini Kayakçıların Bacak Gücü ile Göz, El ve Ayak Tercihlerinin Yarış Performanslarına Etkisi</t>
+          <t>Dijital Vergileme</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258275360</t>
+          <t>9786253650452</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>İş Analitiğinde Yöneylem Araştırması Uygulamaları</t>
+          <t>Ticaretin Kolaylaştırılmasının Türkiye' nin Dış Ticaret Akımlarına Etkisi: Panel Veri Analizi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258275704</t>
+          <t>9786253650513</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Sporda Psikolojik Duygu ve Davranışlar: Spor Karakteri, Sportmenlik, Rekabetçi Saldırganlık ve Öfke</t>
+          <t>Akışkan Yataklar</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258275490</t>
+          <t>9786253650575</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Hatay' da Geçiş Dönemlerinde Gerçekleştirilen Yöresel Mutfak Uygulamaları (Doğum-Evlilik-Ölüm)</t>
+          <t>Spor Bilimleri Alanında Güncel Araştırmalar IV</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258275056</t>
+          <t>9786253650322</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Entegrasyonu ve Ulusaşırı Bağların Korunması</t>
+          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış - 3</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786258275605</t>
+          <t>9786253650506</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Eğitim Yoluyla Gerçekleştirilen Yönetici Eğitimi Faaliyetlerinin Yayılım Süreçleri ve Kurumsallaşma Koşulları</t>
+          <t>Anadolu'nun Kraliçesi Antakya</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258275636</t>
+          <t>9786253650308</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları - 2</t>
+          <t>Management and Marketing Strategies for Successful Digitalization in Organizations</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258275742</t>
+          <t>9786253650568</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Yenilikçi Araştırmalar - 1</t>
+          <t>Toplumsal Boyutlarıyla Rekreasyon ve Spor</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786057805843</t>
+          <t>9786253650407</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Antrenör - Sporcu İlişkilerinin Kendine Güven Düzeyine Etkisi</t>
+          <t>Toplumsal Cinsiyet Eşitliği Kalkınma ve Devlet</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786258275766</t>
+          <t>9786253650155</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ile Avrupa'daki Fitness Merkezlerinin Yapısal ve Yönetimsel Özellikleri</t>
+          <t>Onomastik Çerçevede Osmanlı Kuruluş Dönemi Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>100</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786258275964</t>
+          <t>9786258275674</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İtibarın Örgütsel Vatandaşlık Davranışına Etkisi</t>
+          <t>Spor Bilimlerine Kuramsal Bakış</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786258275599</t>
+          <t>9786253650537</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Dünya'daki ve Türkiye'deki Uygulamaları ile İslami Finansal Sistem</t>
+          <t>Üretim Yönetimi Alanında Çok Kriterli Karar Verme Yöntemlerinin Uygulanması</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258275551</t>
+          <t>9786253650667</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Sporda E-Öğrenme, Akademik Erteleme ve Duygusal Zeka</t>
+          <t>İşletme Yönetiminde Güncel Yaklaşım ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786258275803</t>
+          <t>9786253650599</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Üzerine Güncel Araştırmalar - I</t>
+          <t>Sporsal Perspektif</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786258275179</t>
+          <t>9786253650483</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Boş Zaman Algısı, Optimum Performans Duygu Durumu ve Rekreasyonel Basketbol</t>
+          <t>Dijital Etkileşimler: Sektörel Yansımaları II</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258275667</t>
+          <t>9786253650216</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramları Perspektifinden Örgüt Stratejileri</t>
+          <t>Gençlik ve Spor İl Müdürlüğü'ne Ait Spor Tesislerinin, Fiziksel Özelliklerinin ve İşletmecilik Anlayışının, Sporcu ve Antrenörlerin İhtiyaç ve Beklentileri Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786257315579</t>
+          <t>9786253650209</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Farklı Disiplinlerde Kadın Gözüyle Kadın Çalışmaları</t>
+          <t>Boksörlerin Boks Sporuna Başlama Nedenleri ve Beklentileri</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786258275506</t>
+          <t>9786253650391</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Entrepreneurshıp A World Of Creation</t>
+          <t>Muhasebe ve Finans Alanında Güncel Konular</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786258275131</t>
+          <t>9786253650292</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Cimnastik Antrenörlerinin İş Yaşamında Mutluluk, İş Yaşam Dengesi ve İşe Adanma İlişkisi</t>
+          <t>Finansal Raporlamadan Entegre Raporlamaya Kurumsal Raporlamanın Gelişimi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786258275322</t>
+          <t>9786253650377</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilik Alanındaki Çalışmaların Bibliyometrik Analizi (Muhasebe ve Finansman, Yönetim ve Organizasyon, Üretim Yönetimi ve Pazarlama Boyutlarıyla)</t>
+          <t>Güzellik Merkezlerinde İş Sağlığı ve Güvenliği Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786257216241</t>
+          <t>9786253650148</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de İktisat Politikaları ve Ekonomik Büyüme (2000 - 2021)</t>
+          <t>Beden Eğitimi Öğretmenlerinin İnovasyon, Duygusal Zeka ve Yaşam Boyu Öğrenme Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786258275575</t>
+          <t>9786253650414</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama Literatür Taraması (2012-2022)</t>
+          <t>Sporda Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786258275407</t>
+          <t>9786253650520</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Enerji Ekonomisi ve Yenilenebilir Enerji' nin Rolü</t>
+          <t>Maliyet ve Yönetim Muhasebesinde Seçme Konular - 2</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786258275339</t>
+          <t>9786253650162</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakı</t>
+          <t>Kadın Futbolcularda Odaklanmış Dikkat</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786258275582</t>
+          <t>9786253650186</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Ekonomik Dönemlerde Bankaların Kredilendirme Davranışlarının Analizi</t>
+          <t>Fourıer Dönüşümüyle Zaman Serisi Analizleri BIST Hisse Senedi Değer Tahminlemesi</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786257911757</t>
+          <t>9786253650193</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Fransa ve Türkiye' nin Beden Eğitimi ve Spor Öğretmeni Yetiştirme Ders Programlarının Karşılaştırılması</t>
+          <t>Elit Düzey Kadın ve Erkek Voleybolcular ile Basketbolcuların İletişim Becerilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786258275391</t>
+          <t>9786257855082</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Perspektifinde Yönetim Muhasebesi Uygulamaları</t>
+          <t>İklim Adaleti ve Adil Dönüşüm</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786258275353</t>
+          <t>9786253650230</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik ve Sosyolojik Yönleriyle Vergilendirme</t>
+          <t>Kadın Voleybolcularda Süspansiyon Temelli Kor Antrenman Programının Kuvvet, Üst Ekstremite</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786258275308</t>
+          <t>9786253650117</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Tüm Spor Bilimleri Programları İçin Beden Eğitimi ve Sporun Temellerine Güncel Bakış</t>
+          <t>İktisadi ve İdari Bilimlerde Güncel Gelişme ve Trendler</t>
         </is>
       </c>
       <c r="C1194" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786258275537</t>
+          <t>9786257727105</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Gri Sistemler Teorisi</t>
+          <t>Dijitalleşen Dünyada Yönetsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786258275346</t>
+          <t>9786253650285</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ekosistemin Yükselen Değeri Blockchain Teknolojisi ve Kripto Varlıklar</t>
+          <t>Amme Alacağının Cebren Takibi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786258275292</t>
+          <t>9786253650346</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite Merkezlerine Gelen Bireylerin Hizmet Kalite Beklentisi ve Motivasyonlarının İncelenmesi</t>
+          <t>Görme Engellilerde Yürüyüş</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786258275124</t>
+          <t>9786257911542</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Entegre Raporlama ve Entegre Raporlamanın Türk Bankacılık Sektöründeki Uygulaması</t>
+          <t>Türkiye Türkçesinde Hızlılık</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786258374995</t>
+          <t>9786253650001</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Self Organizing Map: Öz - Düzenlenmeli Haritalar ve Matlab Uygulamaları</t>
+          <t>Sosyoloji ve Turizm</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786258275186</t>
+          <t>9786253650087</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Tekniklerle Güncel Analizler</t>
+          <t>Applications of Traditional Equestrian Sports in the World</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786258275193</t>
+          <t>9786258275841</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ürün</t>
+          <t>VIX Korku Endeksinin Yatırımcıların Yatırım Kararları Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786258275223</t>
+          <t>9786258275858</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Katılım Üzerine Güncel Tartışmalar</t>
+          <t>Muş Belediyesi Hizmet Analizi</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786258275414</t>
+          <t>9786253650124</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Role of R&amp;D and Innovation Policies In The Development of R&amp;D And Innovation Approaches And Skills Of Sme's</t>
+          <t>Yeni Voleybol Oyunu Teqvoly</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786258275285</t>
+          <t>9786258275902</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İktisadi ve Finansal Konular Üzerine Tartışmalar</t>
+          <t>Endüstri 4.0' dan Toplum 5.0' a: Yeni Üretim Tarzının Gelişimi ve Yansımaları</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786258275421</t>
+          <t>9786253650025</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Finansal Performans Uygulamalı Çalışmalar</t>
+          <t>Voleybolda Öz Yeterlik Psikolojik İyi Oluş Tükenmişlik ve Başarı İlişkisi</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786258275520</t>
+          <t>9786253650094</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Finansal Raporlama ve Diğer Kapsamlı Gelir</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786258275544</t>
+          <t>9786258275919</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Vergi Revizyonu ve Muhasebesi</t>
+          <t>Coğrafi - Tarihi ve Kültürel Yönleriyle Atkaracalar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786258275377</t>
+          <t>9786253650063</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi Vesiletü'n - Necat (Mevlid)</t>
+          <t>Duygusal Özdeşleşme Sürecinde Reklamlarda Sembolik Tüketim Retoriği Kullanımı</t>
         </is>
       </c>
       <c r="C1208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257911412</t>
+          <t>9786257911634</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Aksak Rekabet Piyasaları: Teori ve Uygulama</t>
+          <t>İş Ahlakı - Kavramsal, Sektörel ve Fonksiyonel Bir Bakış</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786258374742</t>
+          <t>9786258275698</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Suriyeliler - Türkiye'nin Yeni ve İstisnai Vatandaşları</t>
+          <t>Uluslararası Bilimsel Araştırmalar Serisi Disiplinlerarası Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786258374957</t>
+          <t>9786258275995</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Treaty Interpretation by the IACtHR and the ECtHR</t>
+          <t>Tanrı Adına Yönetmek</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786258374964</t>
+          <t>9786253650032</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Fitness Tesislerinde Risk Yönetimi</t>
+          <t>Kamu Denetçiliğinin Avrupa Birliği - Türkiye - İsveç Bağlamında Değerlendirilmesi ve Hukuk Devleti İlkesi Açısından Önemi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786258374926</t>
+          <t>9786253650179</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Exhibiting Architecture through Installations</t>
+          <t>Gençlik ve Spor, Kültür ve Turizm ile Milli Eğitim Müdürlerinin Spor Farkındalıklarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786258275001</t>
+          <t>9786253650049</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Mesleği ve Yeni Teknolojiler</t>
+          <t>George Orwell' in 1984 Romanındaki Metaforlar Üzerine Bilimsel Bir Çeviri Analizi</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786258374940</t>
+          <t>9786258275650</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Zihinsel Dayanıklılık ve Öz Yeterlilik</t>
+          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları III</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786258275254</t>
+          <t>9786258275834</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Antrenörlerde Algılanan Stres Özyeterlilik ve Yaşam Doyumu</t>
+          <t>Disiplinlerarası Yaklaşımlarla Uygulamalı Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786258275247</t>
+          <t>9786258275568</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Bireysel ve Takım Sporcularında Tepkisellik ve Sportmenlik Davranışları</t>
+          <t>Afet Direnci Kapsamında Çalışmalar - 2</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786258275476</t>
+          <t>9786257911573</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Pratik Eşya Hukuku</t>
+          <t>Türkçede Pekiştirme İşlevli Sözcükler</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786258275469</t>
+          <t>9786258275971</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Pratik Medeni Hukuk</t>
+          <t>Lojistik İşletmelerinde Kurumsal Yönetim Etik İlkeler ve Kara Para Aklamayı Önleme</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786258275032</t>
+          <t>9786258275759</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sabit Getirili Faizsiz Finansal Enstrümanlarla Konvansiyonel Enstrümanların Uzun Dönemli İlişkisi</t>
+          <t>Coğrafyada Yeni Yaklaşımlar ve Güncel Araştırma ve İncelemeler</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786258275087</t>
+          <t>9786258275827</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomik Krizler ve Toparlanma</t>
+          <t>Elit Alp Disiplini Kayakçıların Bacak Gücü ile Göz, El ve Ayak Tercihlerinin Yarış Performanslarına Etkisi</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786258275025</t>
+          <t>9786258275360</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Projelerinde Finansal Analiz Teknikleri</t>
+          <t>İş Analitiğinde Yöneylem Araştırması Uygulamaları</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786258275100</t>
+          <t>9786258275704</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Helal Sertifikalı Ürünler ve Tüketici Davranışları</t>
+          <t>Sporda Psikolojik Duygu ve Davranışlar: Spor Karakteri, Sportmenlik, Rekabetçi Saldırganlık ve Öfke</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786258275209</t>
+          <t>9786258275490</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Güvenlik Hukuku</t>
+          <t>Hatay' da Geçiş Dönemlerinde Gerçekleştirilen Yöresel Mutfak Uygulamaları (Doğum-Evlilik-Ölüm)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786258275070</t>
+          <t>9786258275056</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Misafirlikten Kent Sakinliğine</t>
+          <t>Mülteci Entegrasyonu ve Ulusaşırı Bağların Korunması</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786258275018</t>
+          <t>9786258275605</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu Yönetim</t>
+          <t>Uzaktan Eğitim Yoluyla Gerçekleştirilen Yönetici Eğitimi Faaliyetlerinin Yayılım Süreçleri ve Kurumsallaşma Koşulları</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786258275063</t>
+          <t>9786258275636</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Denetimde Yeni Gelişmeler - Seçme Konular</t>
+          <t>Multidisipliner Yaklaşımla Güncel Spor Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786258275162</t>
+          <t>9786258275742</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Zindelik Kulüplerinde Müşteri Sadakati ve Bileşenleri</t>
+          <t>Spor Bilimlerinde Yenilikçi Araştırmalar - 1</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786258374919</t>
+          <t>9786057805843</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Spor ve Fiziki Etkinlikler Dersi Akran Reddetme Ölçeği Geçerlik</t>
+          <t>Futbolcularda Antrenör - Sporcu İlişkilerinin Kendine Güven Düzeyine Etkisi</t>
         </is>
       </c>
       <c r="C1229" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786258374902</t>
+          <t>9786258275766</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan Türklerinin Direnişi</t>
+          <t>Türkiye ile Avrupa'daki Fitness Merkezlerinin Yapısal ve Yönetimsel Özellikleri</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786258374780</t>
+          <t>9786258275964</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konulara Davranışsal Yaklaşım II</t>
+          <t>Kurumsal İtibarın Örgütsel Vatandaşlık Davranışına Etkisi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786258374698</t>
+          <t>9786258275599</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>İş Analitiğinde Matematiksel Modelleme Uygulamaları</t>
+          <t>Dünya'daki ve Türkiye'deki Uygulamaları ile İslami Finansal Sistem</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786258374834</t>
+          <t>9786258275551</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi Dersleri</t>
+          <t>Sporda E-Öğrenme, Akademik Erteleme ve Duygusal Zeka</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786258374421</t>
+          <t>9786258275803</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Religious Music Perpection of the Congregations</t>
+          <t>Ekonomi Üzerine Güncel Araştırmalar - I</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786258443844</t>
+          <t>9786258275179</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Şans Oyunlarına İlgisinin Araştırılması</t>
+          <t>Ciddi Boş Zaman Algısı, Optimum Performans Duygu Durumu ve Rekreasyonel Basketbol</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786258374841</t>
+          <t>9786258275667</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Slc6a4 Geni ve Saldırganlık</t>
+          <t>Örgüt Kuramları Perspektifinden Örgüt Stratejileri</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786258374810</t>
+          <t>9786257315579</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kültür - Kurumsal Yönetim ve Muhasebe Bilgi Düzeyi</t>
+          <t>Farklı Disiplinlerde Kadın Gözüyle Kadın Çalışmaları</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786258374773</t>
+          <t>9786258275506</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>4734 Sayılı Kamu İhale Kanununa Göre Yapılan Hizmet Alım İhalelerinin 4735 Sayılı Kamu İhale Sözleşmeleri Kanununa Esas Hakediş Ödemelerinin Muhasebe, Vergi ve Sosyal Güvenlik Mevzuat Açısından İncelenmesi</t>
+          <t>Entrepreneurshıp A World Of Creation</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786258374681</t>
+          <t>9786258275131</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Doğa Sporcularının Ekorekreasyonel Tutumları</t>
+          <t>Cimnastik Antrenörlerinin İş Yaşamında Mutluluk, İş Yaşam Dengesi ve İşe Adanma İlişkisi</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786258374858</t>
+          <t>9786258275322</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İktisadı Anlamak : Güncel Ekonometrik Zaman Serileri Çalışmaları</t>
+          <t>İşletmecilik Alanındaki Çalışmaların Bibliyometrik Analizi (Muhasebe ve Finansman, Yönetim ve Organizasyon, Üretim Yönetimi ve Pazarlama Boyutlarıyla)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786258374872</t>
+          <t>9786257216241</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>İktisat ve Finans Yazınında Güncel Eğilimler</t>
+          <t>Türkiye' de İktisat Politikaları ve Ekonomik Büyüme (2000 - 2021)</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786258374766</t>
+          <t>9786258275575</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Spor Araştırmaları</t>
+          <t>Nöropazarlama Literatür Taraması (2012-2022)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786258374704</t>
+          <t>9786258275407</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Kaygısı Bağlamında Çocuk Eğitimi ve Güvenliği Ya Da Cahilliğe Yergi</t>
+          <t>Enerji Ekonomisi ve Yenilenebilir Enerji' nin Rolü</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786258374728</t>
+          <t>9786258275339</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Serbest Zaman Katılımına Serbest Zaman Motivasyonu, Engelleri ve Engellerle Baş Etme Stratejilerinin Etkisi</t>
+          <t>İş Ahlakı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786258374735</t>
+          <t>9786258275582</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası</t>
+          <t>Olumsuz Ekonomik Dönemlerde Bankaların Kredilendirme Davranışlarının Analizi</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786258374667</t>
+          <t>9786257911757</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Homo Erectus - Merak</t>
+          <t>Fransa ve Türkiye' nin Beden Eğitimi ve Spor Öğretmeni Yetiştirme Ders Programlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786258374674</t>
+          <t>9786258275391</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlikte Büyüyen Gri Alan: Özel Askeri Şirketler</t>
+          <t>Sürdürülebilirlik Perspektifinde Yönetim Muhasebesi Uygulamaları</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786258374643</t>
+          <t>9786258275353</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış</t>
+          <t>Psikolojik ve Sosyolojik Yönleriyle Vergilendirme</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786258374612</t>
+          <t>9786258275308</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Futbol Kulüplerinin Yönetimsel Olarak Karşılaştırılması</t>
+          <t>Tüm Spor Bilimleri Programları İçin Beden Eğitimi ve Sporun Temellerine Güncel Bakış</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786258374544</t>
+          <t>9786258275537</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Spor Merkezi Üyelerinde Egzersiz Bağımlılığı ve Ortoreksiya Nervoza</t>
+          <t>Gri Sistemler Teorisi</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786258374759</t>
+          <t>9786258275346</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Mali Anayasa</t>
+          <t>Dijital Ekosistemin Yükselen Değeri Blockchain Teknolojisi ve Kripto Varlıklar</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786258374490</t>
+          <t>9786258275292</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Güncel Araştırmalar - II</t>
+          <t>Fiziksel Aktivite Merkezlerine Gelen Bireylerin Hizmet Kalite Beklentisi ve Motivasyonlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786258374650</t>
+          <t>9786258275124</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>TMS - BOBİ - FRS İlkelerine Göre Enflasyon Muhasebesi Gerçek Uygulama Örnekleriyle</t>
+          <t>Entegre Raporlama ve Entegre Raporlamanın Türk Bankacılık Sektöründeki Uygulaması</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786258374551</t>
+          <t>9786258374995</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Ulusal Varlık Fonları</t>
+          <t>Self Organizing Map: Öz - Düzenlenmeli Haritalar ve Matlab Uygulamaları</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786258374537</t>
+          <t>9786258275186</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Kriz ve Stres Yönetimi</t>
+          <t>İstatistiksel Tekniklerle Güncel Analizler</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786258374636</t>
+          <t>9786258275193</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İhracatında Ürün ve Ülke Çeşitlemesinin Sosyo-Ekonomik Belirleyicileri</t>
+          <t>Dijital Çağda Ürün</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786258374520</t>
+          <t>9786258275223</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Akademide İş-Aile Çatışması</t>
+          <t>Kamu Yönetiminde Katılım Üzerine Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786258374629</t>
+          <t>9786258275414</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Dünya Taekwondo Şampiyonası Müsabaka Analizi</t>
+          <t>Role of R&amp;D and Innovation Policies In The Development of R&amp;D And Innovation Approaches And Skills Of Sme's</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786258374605</t>
+          <t>9786258275285</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Meslek Mensupları Etik Kodlar Ölçeği</t>
+          <t>Dünden Bugüne İktisadi ve Finansal Konular Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786258374513</t>
+          <t>9786258275421</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerde Stratejik Planlama ve Kaynak Yönetimi</t>
+          <t>Finansal Performans Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786258413472</t>
+          <t>9786258275520</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Sanayileşmede Stratejik Önceliklerimiz ve Yenilikçi Kalkınma</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786258374483</t>
+          <t>9786258275544</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Küreselleşme ve İnsan Hakları</t>
+          <t>Vergi Revizyonu ve Muhasebesi</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786258374377</t>
+          <t>9786258275377</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Fikir Ve Sanat Eserleri Kanunu ''Notlar''</t>
+          <t>Süleyman Çelebi Vesiletü'n - Necat (Mevlid)</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786258374445</t>
+          <t>9786257911412</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İşletme Yönetimi</t>
+          <t>Aksak Rekabet Piyasaları: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786258374438</t>
+          <t>9786258374742</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Politikası Aracı Olarak Sigaranın Vergilendirilmesi: Türkiye Uygulamasının Analizi ve Değerlendirilmesi</t>
+          <t>Suriyeliler - Türkiye'nin Yeni ve İstisnai Vatandaşları</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786258374391</t>
+          <t>9786258374957</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Major Socio-Economic Issues And Solutions</t>
+          <t>Treaty Interpretation by the IACtHR and the ECtHR</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786258374278</t>
+          <t>9786258374964</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Tedarik Zincirlerinde Karbon Ayak İzinin Değerlendirilmesi - Endüstriyel Firma Örneği</t>
+          <t>Sağlık ve Fitness Tesislerinde Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1267" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786258374414</t>
+          <t>9786258374926</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Türk Toplumunda Tüketici Değer ve Yaşam Tarzı</t>
+          <t>Exhibiting Architecture through Installations</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786258374469</t>
+          <t>9786258275001</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Finansal İstikrar</t>
+          <t>Muhasebe Mesleği ve Yeni Teknolojiler</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786258374247</t>
+          <t>9786258374940</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>TRX Antrenmanlarının Kadın Voleybolcularda Bazı Fiziksel ve Fizyolojik Özellikleri Üzerine Etkileri</t>
+          <t>Sporcularda Zihinsel Dayanıklılık ve Öz Yeterlilik</t>
         </is>
       </c>
       <c r="C1270" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786258374407</t>
+          <t>9786258275254</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda Güncel Araştırmalar</t>
+          <t>Antrenörlerde Algılanan Stres Özyeterlilik ve Yaşam Doyumu</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786258374384</t>
+          <t>9786258275247</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İşçiliği ve Psikolojik Yansımaları</t>
+          <t>Bireysel ve Takım Sporcularında Tepkisellik ve Sportmenlik Davranışları</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786258413144</t>
+          <t>9786258275476</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Yenilik ve Pazarlama Performansları</t>
+          <t>Pratik Eşya Hukuku</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786258413359</t>
+          <t>9786258275469</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Globale Tüm Boyutlarıyla Kamu Yönetimi</t>
+          <t>Pratik Medeni Hukuk</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786258374131</t>
+          <t>9786258275032</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Kültürü-İhracat Pazarlaması İlişkisi: Stratejik Bir Yaklaşım</t>
+          <t>Sabit Getirili Faizsiz Finansal Enstrümanlarla Konvansiyonel Enstrümanların Uzun Dönemli İlişkisi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786258374261</t>
+          <t>9786258275087</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Eyyubiye'nin Çevre Sorunları ve Çözüm Önerilerinin Araştırılması Projesi</t>
+          <t>Küresel Ekonomik Krizler ve Toparlanma</t>
         </is>
       </c>
       <c r="C1276" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786258374254</t>
+          <t>9786258275025</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Spora Yönelim Tercihlerinin Pandemi Korkusu Üzerine Etkisinin Araştırılması</t>
+          <t>Yatırım Projelerinde Finansal Analiz Teknikleri</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786258374353</t>
+          <t>9786258275100</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla Ekonomi</t>
+          <t>Helal Sertifikalı Ürünler ve Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786258374346</t>
+          <t>9786258275209</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal İktisat Teori ve Uygulama</t>
+          <t>Türk Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786258374292</t>
+          <t>9786258275070</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Kamu Gözetimi Muhasebe ve Denetim Standartları Kurumu'nun Rolü</t>
+          <t>Misafirlikten Kent Sakinliğine</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786258374223</t>
+          <t>9786258275018</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama Temalı Turizm Tanıtım Filmleri Analizi</t>
+          <t>Üç Boyutlu Yönetim</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786258374339</t>
+          <t>9786258275063</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Dönüşümü Sürecinde Eğitim Reformları</t>
+          <t>Muhasebe ve Denetimde Yeni Gelişmeler - Seçme Konular</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786258374216</t>
+          <t>9786258275162</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Teknokentlere Bağlı Firmalar Özelinde Yeni Ürün Başarı Faktörlerinin Belirlenmesi</t>
+          <t>Sağlık ve Zindelik Kulüplerinde Müşteri Sadakati ve Bileşenleri</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786258374179</t>
+          <t>9786258374919</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Suya Değer (Mi?)</t>
+          <t>Oyun, Spor ve Fiziki Etkinlikler Dersi Akran Reddetme Ölçeği Geçerlik</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786258374285</t>
+          <t>9786258374902</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Antalya'nın Sosyal ve İktisadi Tarihi (Osmanlı Dönemi</t>
+          <t>Bulgaristan Türklerinin Direnişi</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786258374230</t>
+          <t>9786258374780</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Tartışmalar</t>
+          <t>İktisadi Konulara Davranışsal Yaklaşım II</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786258374094</t>
+          <t>9786258374698</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu</t>
+          <t>İş Analitiğinde Matematiksel Modelleme Uygulamaları</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786258374186</t>
+          <t>9786258374834</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Covid-19' un Finansal, Ekonomik ve Sosyal Etkileri Üzerine Araştırmalar</t>
+          <t>Bürokrasi Dersleri</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786258374148</t>
+          <t>9786258374421</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Halk Ozanı Turani Baba</t>
+          <t>Religious Music Perpection of the Congregations</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786258374056</t>
+          <t>9786258443844</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Değeri ve Marka</t>
+          <t>Üniversite Gençliğinin Şans Oyunlarına İlgisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786258413908</t>
+          <t>9786258374841</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Bankaların Sahiplik Yapısı İle Finansal Performans Arasındaki İlişki: Türkiye İçin Ampirik Bir Araştırma</t>
+          <t>Sporcularda Slc6a4 Geni ve Saldırganlık</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786258443400</t>
+          <t>9786258374810</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Yığın Kişiselleştirme Yaklaşımı İle Maliyet Minimizasyonu ve Örnek Uygulama</t>
+          <t>Kültür - Kurumsal Yönetim ve Muhasebe Bilgi Düzeyi</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786258413977</t>
+          <t>9786258374773</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Aday Sosyolojisi</t>
+          <t>4734 Sayılı Kamu İhale Kanununa Göre Yapılan Hizmet Alım İhalelerinin 4735 Sayılı Kamu İhale Sözleşmeleri Kanununa Esas Hakediş Ödemelerinin Muhasebe, Vergi ve Sosyal Güvenlik Mevzuat Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>275</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786258374124</t>
+          <t>9786258374681</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Spor Yapma Durumlarına İlişkin Psikolojik Sağlamlık Düzeylerinin ve Stresle Başa Çıkma Tarzlarının İncelenmesi</t>
+          <t>Doğa Sporcularının Ekorekreasyonel Tutumları</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786258374100</t>
+          <t>9786258374858</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Genetik ve Atletik Performans</t>
+          <t>21. Yüzyılda İktisadı Anlamak : Güncel Ekonometrik Zaman Serileri Çalışmaları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786258374117</t>
+          <t>9786258374872</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sürdürülebilir Kalkınma</t>
+          <t>İktisat ve Finans Yazınında Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786258374049</t>
+          <t>9786258374766</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Modern Yönetim Teknikleri</t>
+          <t>Multidisipliner Spor Araştırmaları</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786258413847</t>
+          <t>9786258374704</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Afet Direnci Kapsamında Çalışmalar</t>
+          <t>Gelecek Kaygısı Bağlamında Çocuk Eğitimi ve Güvenliği Ya Da Cahilliğe Yergi</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786258374063</t>
+          <t>9786258374728</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimi Anlamaya Doğru</t>
+          <t>Üniversite Öğrencilerinin Serbest Zaman Katılımına Serbest Zaman Motivasyonu, Engelleri ve Engellerle Baş Etme Stratejilerinin Etkisi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786258374087</t>
+          <t>9786258374735</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Bütçeleme</t>
+          <t>Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786258413816</t>
+          <t>9786258374667</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Dönemde Gruplar Arası İlişkiler</t>
+          <t>Homo Erectus - Merak</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>180</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786258443929</t>
+          <t>9786258374674</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Liderlik</t>
+          <t>Uluslararası Güvenlikte Büyüyen Gri Alan: Özel Askeri Şirketler</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786258413915</t>
+          <t>9786258374643</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Örgütlerden Besleyici Örgütlere - Besleyici Örgütler</t>
+          <t>Beden Eğitimi ve Spora Multidisipliner Bir Bakış</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786258413465</t>
+          <t>9786258374612</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Mega Spor Etkinliklerinin Ekonomik Etkilerinin Ekonometrik Simülasyon Yöntemi ile İncelenmesi</t>
+          <t>Futbol Kulüplerinin Yönetimsel Olarak Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786258413830</t>
+          <t>9786258374544</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Birinci Mecliste İktidar Muhalefet İlişkisi: Muhalefet ve Muhaliflerin Tasfiyesi</t>
+          <t>Spor Merkezi Üyelerinde Egzersiz Bağımlılığı ve Ortoreksiya Nervoza</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786258413786</t>
+          <t>9786258374759</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Afer Risk Yönetimi Çalışmaları II</t>
+          <t>Mali Anayasa</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786258413991</t>
+          <t>9786258374490</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Maliye Yazıları Mali Hukuk</t>
+          <t>Spor Bilimleri Alanında Güncel Araştırmalar - II</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786258413922</t>
+          <t>9786258374650</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Yönetim Güncesi</t>
+          <t>TMS - BOBİ - FRS İlkelerine Göre Enflasyon Muhasebesi Gerçek Uygulama Örnekleriyle</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786258413885</t>
+          <t>9786258374551</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>COVID-19' un Finansal Raporlamaya Etkileri ve Uygulamadan Örnekler</t>
+          <t>Dünyada ve Türkiye'de Ulusal Varlık Fonları</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786258374001</t>
+          <t>9786258374537</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Maliye Yazıları</t>
+          <t>Sağlık Kurumlarında Kriz ve Stres Yönetimi</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786258413892</t>
+          <t>9786258374636</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Mobil Oyun Dünyasında Marka Hatırlanırlığı ve Görsel Dikkatin Önemi</t>
+          <t>Türkiye İhracatında Ürün ve Ülke Çeşitlemesinin Sosyo-Ekonomik Belirleyicileri</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786258413779</t>
+          <t>9786258374520</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Yer Tutucular</t>
+          <t>Akademide İş-Aile Çatışması</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786258413731</t>
+          <t>9786258374629</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Basın ve Basın Özgürlüğü</t>
+          <t>Dünya Taekwondo Şampiyonası Müsabaka Analizi</t>
         </is>
       </c>
       <c r="C1313" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786258413588</t>
+          <t>9786258374605</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Enformel Gönüllü Kimliği Sosyal Yardım Tetikleyicileri</t>
+          <t>Muhasebe Meslek Mensupları Etik Kodlar Ölçeği</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786258413649</t>
+          <t>9786258374513</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Güncel Araştırmalar</t>
+          <t>Belediyelerde Stratejik Planlama ve Kaynak Yönetimi</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786258413939</t>
+          <t>9786258413472</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Pandemi Halleri: Pandemide Toplumsal Dönüşüm</t>
+          <t>Sanayileşmede Stratejik Önceliklerimiz ve Yenilikçi Kalkınma</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786258374025</t>
+          <t>9786258374483</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Perspektifle Sürdürülebilir İşletme Yönetimi</t>
+          <t>Güncel Gelişmeler Işığında Küreselleşme ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786258413861</t>
+          <t>9786258374377</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Elastik Direnç Bantları</t>
+          <t>Fikir Ve Sanat Eserleri Kanunu ''Notlar''</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786258413854</t>
+          <t>9786258374445</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Performansta Optimal Duygu Durumu: Izof Modeli</t>
+          <t>Dijital Çağda İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786258413878</t>
+          <t>9786258374438</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Ekonomisi ve Mutluluğun Makroekonomik Belirleyicileri</t>
+          <t>Sağlık Politikası Aracı Olarak Sigaranın Vergilendirilmesi: Türkiye Uygulamasının Analizi ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786258413960</t>
+          <t>9786258374391</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İşletmelerinde Sosyal Medya Pazarlaması Yönetici Uygulamaları</t>
+          <t>Major Socio-Economic Issues And Solutions</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786258413533</t>
+          <t>9786258374278</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Döneminde Beden Eğitimi ve Spora Yatkınlık ile Sportmenlik</t>
+          <t>Tarımsal Tedarik Zincirlerinde Karbon Ayak İzinin Değerlendirilmesi - Endüstriyel Firma Örneği</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786258413748</t>
+          <t>9786258374414</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Taekwondoda Eğitsel Oyun Temelli Eğitim</t>
+          <t>Türk Toplumunda Tüketici Değer ve Yaşam Tarzı</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786258413724</t>
+          <t>9786258374469</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Ekosistem Yaklaşımına Dayalı Teknoloji Geliştirme Bölgeleri</t>
+          <t>İşletmelerde Finansal İstikrar</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786258413670</t>
+          <t>9786258374247</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler Üzerine Siyasi, Mali ve Sosyal Tartışmalar</t>
+          <t>TRX Antrenmanlarının Kadın Voleybolcularda Bazı Fiziksel ve Fizyolojik Özellikleri Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786258413717</t>
+          <t>9786258374407</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Schumpeter' in Vergi Devleti Teorisi</t>
+          <t>Beden Eğitimi ve Sporda Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258413571</t>
+          <t>9786258374384</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Sektörler Bağlamında Davranışsal Finans Uygulamaları</t>
+          <t>Çocuk İşçiliği ve Psikolojik Yansımaları</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258413793</t>
+          <t>9786258413144</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Spor Organizasyonlarında Gönüllülük</t>
+          <t>İşletmelerin Yenilik ve Pazarlama Performansları</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258413755</t>
+          <t>9786258413359</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>International Scientific Research Series New Approaches in Social Sciences</t>
+          <t>Yerelden Globale Tüm Boyutlarıyla Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258413694</t>
+          <t>9786258374131</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bilimsel Araştırmalar Serisi Sosyal Bilimlerde Güncel Yaklaşımlar</t>
+          <t>Pazarlama Kültürü-İhracat Pazarlaması İlişkisi: Stratejik Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258413687</t>
+          <t>9786258374261</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Hisse Senedi Piyasasını Etkileyen Makroekonomik Faktörlere Bakış</t>
+          <t>Eyyubiye'nin Çevre Sorunları ve Çözüm Önerilerinin Araştırılması Projesi</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258413656</t>
+          <t>9786258374254</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Sporda Kinantropometri</t>
+          <t>Spora Yönelim Tercihlerinin Pandemi Korkusu Üzerine Etkisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786258413618</t>
+          <t>9786258374353</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değerler ve Çevre Muhasebesi</t>
+          <t>Multidisipliner Yaklaşımla Ekonomi</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786258413519</t>
+          <t>9786258374346</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Türkiye' de Vergi Harcamalarının Sosyo-Ekonomik Açıdan İncelenmesi ve Seçilmiş OECD Ülkeleri İle Karşılaştırılması</t>
+          <t>Neoliberal İktisat Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786258413663</t>
+          <t>9786258374292</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Eşlerin Birbirinden Memnuniyetini Etkileyen Faktörlerin İncelenmesi</t>
+          <t>Kamu Gözetimi Muhasebe ve Denetim Standartları Kurumu'nun Rolü</t>
         </is>
       </c>
       <c r="C1335" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786258413441</t>
+          <t>9786258374223</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimleri Alanında Güncel Araştırmalar - I</t>
+          <t>Nöropazarlama Temalı Turizm Tanıtım Filmleri Analizi</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786258413199</t>
+          <t>9786258374339</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Elit Kuramları Bağlamında Siyasal Elitlerin Dönüşümü</t>
+          <t>Kamu Yönetimi Dönüşümü Sürecinde Eğitim Reformları</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786258413458</t>
+          <t>9786258374216</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde ve Spor Kavramı</t>
+          <t>Teknokentlere Bağlı Firmalar Özelinde Yeni Ürün Başarı Faktörlerinin Belirlenmesi</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786258413168</t>
+          <t>9786258374179</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum ve Afet Yönetiminde Multidisipliner Yaklaşımlar 1</t>
+          <t>Suya Değer (Mi?)</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786258413601</t>
+          <t>9786258374285</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Okul Sporlarına Katılan Öğrencilerin Sosyal Duygusal Öğrenmeleri ile Temel Demokratik Değer Düzeylerinin İncelenmesi</t>
+          <t>Antalya'nın Sosyal ve İktisadi Tarihi (Osmanlı Dönemi</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786258413489</t>
+          <t>9786258374230</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Yeni Normalde Tüketici</t>
+          <t>Güncel Ekonomik Tartışmalar</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786258413557</t>
+          <t>9786258374094</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Acil Durum ve Afet Yönetiminde Multidisipliner Yaklaşımlar 2</t>
+          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786258413137</t>
+          <t>9786258374186</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Bilgi Sisteminde Başarının Ölçümü : Tarihsel Süreç ve Ölçüm Modelleri</t>
+          <t>Covid-19' un Finansal, Ekonomik ve Sosyal Etkileri Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>110</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786258413076</t>
+          <t>9786258374148</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Faaliyet Giderleri ve Finansal Performans Teori ve Uygulama</t>
+          <t>Halk Ozanı Turani Baba</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789758396566</t>
+          <t>9786258374056</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi 1 - Ses Bilgisi</t>
+          <t>Müşteri Değeri ve Marka</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786258494884</t>
+          <t>9786258413908</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadelede Özdemir Bey ve Güney Akıncı Kolları</t>
+          <t>Bankaların Sahiplik Yapısı İle Finansal Performans Arasındaki İlişki: Türkiye İçin Ampirik Bir Araştırma</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257315517</t>
+          <t>9786258443400</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans Araştırmaları</t>
+          <t>Yığın Kişiselleştirme Yaklaşımı İle Maliyet Minimizasyonu ve Örnek Uygulama</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786258494600</t>
+          <t>9786258413977</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Kişisel Gelişim Algısının Araştırılması</t>
+          <t>Aday Sosyolojisi</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9799756009085</t>
+          <t>9786258374124</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Coğrafi Bilgi Sistemleri</t>
+          <t>Üniversite Gençliğinin Spor Yapma Durumlarına İlişkin Psikolojik Sağlamlık Düzeylerinin ve Stresle Başa Çıkma Tarzlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786258494181</t>
+          <t>9786258374100</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Sponsorluk Yönetimi</t>
+          <t>Genetik ve Atletik Performans</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786258494617</t>
+          <t>9786258374117</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Kadın Voleybolcularda Sezon Öncesi Zihinsel Hazır Oluş Düzeylerinin İncelenmesi</t>
+          <t>Çevresel Açıdan Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786258494631</t>
+          <t>9786258374049</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Endüstri 4.0 ve Yenilikçi Yaklaşımlar</t>
+          <t>Modern Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257727181</t>
+          <t>9786258413847</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kent Çalışmaları ve Kente Yeni Yaklaşımlar</t>
+          <t>Afet Direnci Kapsamında Çalışmalar</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786258494938</t>
+          <t>9786258374063</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Kamu Çalışanlarının Tasarruf Eğilimleri: TRA1 Bölgesi Örneği</t>
+          <t>Çeviribilimi Anlamaya Doğru</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786053443582</t>
+          <t>9786258374087</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kadın Girişimcinin Yol Haritası</t>
+          <t>Katılımcı Bütçeleme</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786258494570</t>
+          <t>9786258413816</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Antrenör Davranışlarının Sporcuların Değer Gelişimine Etkisi</t>
+          <t>Postmodern Dönemde Gruplar Arası İlişkiler</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786053445029</t>
+          <t>9786258443929</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Sporda Stres Yönetimi ve Teknikleri</t>
+          <t>Bilgi Çağında Liderlik</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786053446187</t>
+          <t>9786258413915</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Tamamı Açıklamalı 2018 Test Sınavına Yönelik Hazırlanmış Uzlaştırmacı Sınavına Hazırlık Test Kitabı</t>
+          <t>Zehirli Örgütlerden Besleyici Örgütlere - Besleyici Örgütler</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257216821</t>
+          <t>9786258413465</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk</t>
+          <t>Mega Spor Etkinliklerinin Ekonomik Etkilerinin Ekonometrik Simülasyon Yöntemi ile İncelenmesi</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257911436</t>
+          <t>9786258413830</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Medeni Usul Hukuku</t>
+          <t>Birinci Mecliste İktidar Muhalefet İlişkisi: Muhalefet ve Muhaliflerin Tasfiyesi</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257216517</t>
+          <t>9786258413786</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi 2 - Kavram Atlası</t>
+          <t>Disiplinlerarası Afer Risk Yönetimi Çalışmaları II</t>
         </is>
       </c>
       <c r="C1361" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257216128</t>
+          <t>9786258413991</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ceza Hukuku - 3</t>
+          <t>Maliye Yazıları Mali Hukuk</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257216432</t>
+          <t>9786258413922</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi 2 - Kavram Atlası</t>
+          <t>Sağlık Hizmetlerinde Yönetim Güncesi</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257588881</t>
+          <t>9786258413885</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Muhasebe Eğitimi</t>
+          <t>COVID-19' un Finansal Raporlamaya Etkileri ve Uygulamadan Örnekler</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786258494099</t>
+          <t>9786258374001</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Canlı Dersler ve Etkileşim</t>
+          <t>Maliye Yazıları</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257588768</t>
+          <t>9786258413892</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Yöntemleri</t>
+          <t>Mobil Oyun Dünyasında Marka Hatırlanırlığı ve Görsel Dikkatin Önemi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257315531</t>
+          <t>9786258413779</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Dönüşümü Özelinde Beden Eğitimi Öğretmenliği: Nereden? Nereye?</t>
+          <t>Türkiye Türkçesinde Yer Tutucular</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257315876</t>
+          <t>9786258413731</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Derslerinde Özel Öğretim Yöntemleri Kullanılmasının Etkililiğinin İncelenmesi: Bir Meta Analiz Çalışması</t>
+          <t>Tek Parti Döneminde Basın ve Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257315821</t>
+          <t>9786258413588</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Spora Katılım Sürecinde Okul Sporlarının Önemini Keşfetmek</t>
+          <t>Türkiye'de Enformel Gönüllü Kimliği Sosyal Yardım Tetikleyicileri</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257727228</t>
+          <t>9786258413649</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Akademisyen Anne-Babaların Gözünden Çocukların Dünyası</t>
+          <t>Sürdürülebilirlik Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786057805355</t>
+          <t>9786258413939</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi ve Kadın</t>
+          <t>Toplumun Pandemi Halleri: Pandemide Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257045209</t>
+          <t>9786258374025</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Yüzücü Çocuklarda Stabil ve Stabil Olmayan Zeminlerde Yapılan Kalistenik Egzersizlerin Dengeye Etkisi</t>
+          <t>Fonksiyonel Perspektifle Sürdürülebilir İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257045216</t>
+          <t>9786258413861</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Öğretmenlerinin Örgütsel Kimlik, Örgütsel İmaj Algılarının, Örgütsel Bağlılıklarına Etkisi (Kayseri İli Örneği)</t>
+          <t>Elastik Direnç Bantları</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257530293</t>
+          <t>9786258413854</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla İngilizce</t>
+          <t>Performansta Optimal Duygu Durumu: Izof Modeli</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789758396276</t>
+          <t>9786258413878</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Temel Yüzme Eğitimi</t>
+          <t>Mutluluk Ekonomisi ve Mutluluğun Makroekonomik Belirleyicileri</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257911832</t>
+          <t>9786258413960</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov'un Birinçi Mugalim Adlı Eserinin Bağlam-Eşdizim-Sıklık Sözlükleri</t>
+          <t>Hizmet İşletmelerinde Sosyal Medya Pazarlaması Yönetici Uygulamaları</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257911856</t>
+          <t>9786258413533</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Turizm</t>
+          <t>Ergenlik Döneminde Beden Eğitimi ve Spora Yatkınlık ile Sportmenlik</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786258275780</t>
+          <t>9786258413748</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi 3</t>
+          <t>Taekwondoda Eğitsel Oyun Temelli Eğitim</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257045575</t>
+          <t>9786258413724</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Öğrencilerinin Kış Sporlarına Yönelik Farkındalık Düzeylerinin Değerlendirilmesi</t>
+          <t>Yenilik Ekosistem Yaklaşımına Dayalı Teknoloji Geliştirme Bölgeleri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786053449515</t>
+          <t>9786258413670</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Türkmence Konuşalım</t>
+          <t>Yerel Yönetimler Üzerine Siyasi, Mali ve Sosyal Tartışmalar</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257855372</t>
+          <t>9786258413717</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Hadis 1 - Kavram Atlası</t>
+          <t>Schumpeter' in Vergi Devleti Teorisi</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257216319</t>
+          <t>9786258413571</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Hadis 2 - Kavram Atlası</t>
+          <t>Çeşitli Sektörler Bağlamında Davranışsal Finans Uygulamaları</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257216227</t>
+          <t>9786258413793</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 1 - Kavram Atlası</t>
+          <t>Uluslararası Spor Organizasyonlarında Gönüllülük</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257855969</t>
+          <t>9786258413755</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 2 - Kavram Atlası</t>
+          <t>International Scientific Research Series New Approaches in Social Sciences</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257855754</t>
+          <t>9786258413694</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Kelam 1 - Kavram Atlası</t>
+          <t>Uluslararası Bilimsel Araştırmalar Serisi Sosyal Bilimlerde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257855952</t>
+          <t>9786258413687</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Kelam 2 - Kavram Atlası</t>
+          <t>Türkiye Hisse Senedi Piyasasını Etkileyen Makroekonomik Faktörlere Bakış</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257216425</t>
+          <t>9786258413656</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Arapça 1 - Kavram Atlası</t>
+          <t>Sporda Kinantropometri</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257216548</t>
+          <t>9786258413618</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Arapça 2 - Kavram Atlası</t>
+          <t>Kişisel Değerler ve Çevre Muhasebesi</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257855532</t>
+          <t>9786258413519</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri 1 - Kavram Atlası</t>
+          <t>Türkiye' de Vergi Harcamalarının Sosyo-Ekonomik Açıdan İncelenmesi ve Seçilmiş OECD Ülkeleri İle Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257216098</t>
+          <t>9786258413663</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>İslam Mezhepleri 2 - Kavram Atlası</t>
+          <t>Eşlerin Birbirinden Memnuniyetini Etkileyen Faktörlerin İncelenmesi</t>
         </is>
       </c>
       <c r="C1390" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257216418</t>
+          <t>9786258413441</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Felsefe 1 - Kavram Atlası</t>
+          <t>Spor Bilimleri Alanında Güncel Araştırmalar - I</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786053447412</t>
+          <t>9786258413199</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Tek Düzen Muhasebe Sisteminde Maliyet Muhasebesi Uygulamaları</t>
+          <t>Elit Kuramları Bağlamında Siyasal Elitlerin Dönüşümü</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9750600012552</t>
+          <t>9786258413458</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde Kat Hizmetleri Yönetimi</t>
+          <t>Yerel Yönetimlerde ve Spor Kavramı</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789758396986</t>
+          <t>9786258413168</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Derviş Sözlük</t>
+          <t>Acil Durum ve Afet Yönetiminde Multidisipliner Yaklaşımlar 1</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257911191</t>
+          <t>9786258413601</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Borçlar Hukuku</t>
+          <t>Okul Sporlarına Katılan Öğrencilerin Sosyal Duygusal Öğrenmeleri ile Temel Demokratik Değer Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257911276</t>
+          <t>9786258413489</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Medeni Hukuk - 1</t>
+          <t>Yeni Normalde Tüketici</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786057805362</t>
+          <t>9786258413557</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Status Kaymakamlık Çalışma Kitabı</t>
+          <t>Acil Durum ve Afet Yönetiminde Multidisipliner Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>86.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257727037</t>
+          <t>9786258413137</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Siyer 1 - Kavram Atlası</t>
+          <t>Muhasebe Bilgi Sisteminde Başarının Ölçümü : Tarihsel Süreç ve Ölçüm Modelleri</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257855549</t>
+          <t>9786258413076</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Felsefe 2 - Kavram Atlası</t>
+          <t>Faaliyet Giderleri ve Finansal Performans Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1399" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257855396</t>
+          <t>9789758396566</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Din Eğitimi 1 - Kavram Atlası</t>
+          <t>Türkiye Türkçesi 1 - Ses Bilgisi</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257911566</t>
+          <t>9786258494884</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Din Eğitimi 2 - Kavram Atlası</t>
+          <t>Milli Mücadelede Özdemir Bey ve Güney Akıncı Kolları</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257216401</t>
+          <t>9786257315517</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi 1 - Kavram Atlası</t>
+          <t>Uluslararası Finans Araştırmaları</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257216173</t>
+          <t>9786258494600</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 1 - Kavram Atlası</t>
+          <t>Üniversite Öğrencilerinin Kişisel Gelişim Algısının Araştırılması</t>
         </is>
       </c>
       <c r="C1403" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257216074</t>
+          <t>9799756009085</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi 2 - Kavram Atlası</t>
+          <t>Turizm ve Coğrafi Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257216142</t>
+          <t>9786258494181</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 2 - Kavram Atlası</t>
+          <t>Sponsorluk Yönetimi</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257216531</t>
+          <t>9786258494617</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatı 1 - Kavram Atlası</t>
+          <t>Profesyonel Kadın Voleybolcularda Sezon Öncesi Zihinsel Hazır Oluş Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257855389</t>
+          <t>9786258494631</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Edebiyatı 2 - Kavram Atlası</t>
+          <t>Sağlık Hizmetlerinde Endüstri 4.0 ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786258374162</t>
+          <t>9786257727181</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi 1 - Kavram Atlası</t>
+          <t>Kent Çalışmaları ve Kente Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257216449</t>
+          <t>9786258494938</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Sanatları 2 - Kavram Atlası</t>
+          <t>Kamu Çalışanlarının Tasarruf Eğilimleri: TRA1 Bölgesi Örneği</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257216326</t>
+          <t>9786053443582</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi 1 - Kavram Atlası</t>
+          <t>Kadın Girişimcinin Yol Haritası</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257216159</t>
+          <t>9786258494570</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi 2 - Kavram Atlası</t>
+          <t>Antrenör Davranışlarının Sporcuların Değer Gelişimine Etkisi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257216050</t>
+          <t>9786053445029</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf 1 - Kavram Atlası</t>
+          <t>Sporda Stres Yönetimi ve Teknikleri</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257216081</t>
+          <t>9786053446187</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf 2 - Kavram Atlası</t>
+          <t>Tamamı Açıklamalı 2018 Test Sınavına Yönelik Hazırlanmış Uzlaştırmacı Sınavına Hazırlık Test Kitabı</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257855945</t>
+          <t>9786257216821</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Tefsir 1 - Kavram Atlası</t>
+          <t>Milletlerarası Özel Hukuk</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257855716</t>
+          <t>9786257911436</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Tefsir 2 - Kavram Atlası</t>
+          <t>Reform Serisi Medeni Usul Hukuku</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257911900</t>
+          <t>9786257216517</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ticaret Hukuku - 2</t>
+          <t>Din Sosyolojisi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257855136</t>
+          <t>9786257216128</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Muhteviyat İdare Hukuku Konu Anlatım Seti</t>
+          <t>Reform Serisi Ceza Hukuku - 3</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9789758396559</t>
+          <t>9786257216432</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>The Direct and Indirect Effects Of Perfectionism And Body Related Perceptions On Dispositional Flow in Exercise Setting</t>
+          <t>Din Psikolojisi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786053448839</t>
+          <t>9786257588881</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Spor Eğitiminde Kullanılan Öğretim Yöntemleri ve İyi Uygulama Örneği</t>
+          <t>Teoriden Pratiğe Muhasebe Eğitimi</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786053446026</t>
+          <t>9786258494099</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>İnceleme ve Soruşturma Rehberi</t>
+          <t>Canlı Dersler ve Etkileşim</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786258374865</t>
+          <t>9786257588768</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dr. Cezmi Karasu Armağanı Ustaya Saygı II</t>
+          <t>Öğretmenin Yöntemleri</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786258374711</t>
+          <t>9786257315531</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Üzerine Politik İktisat Yazıları</t>
+          <t>Öğretmen Dönüşümü Özelinde Beden Eğitimi Öğretmenliği: Nereden? Nereye?</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786258413632</t>
+          <t>9786257315876</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Bir Anadolu Kentinin Folklorik Hikayesi Safranbolu</t>
+          <t>Beden Eğitimi Derslerinde Özel Öğretim Yöntemleri Kullanılmasının Etkililiğinin İncelenmesi: Bir Meta Analiz Çalışması</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786258413540</t>
+          <t>9786257315821</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Açıdan Yönetim - Strateji - Organizasyon Konuları</t>
+          <t>Spora Katılım Sürecinde Okul Sporlarının Önemini Keşfetmek</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786258413434</t>
+          <t>9786257727228</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Farklı Liglerde Mücadele Eden Elit Futbolcuların Ego Durumları Belirlenerek Yılmazlık ve Kindarlık Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Akademisyen Anne-Babaların Gözünden Çocukların Dünyası</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786258413373</t>
+          <t>9786057805355</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Güncel Gelişmeler : Panel Veri Uygulamaları</t>
+          <t>Kamu Yönetimi ve Kadın</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786258413236</t>
+          <t>9786257045209</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Süreçleri ve Gelişmeleri</t>
+          <t>Yüzücü Çocuklarda Stabil ve Stabil Olmayan Zeminlerde Yapılan Kalistenik Egzersizlerin Dengeye Etkisi</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786258413243</t>
+          <t>9786257045216</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Research Topics in The Turkish Republic of Northern Cyprus II</t>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinin Örgütsel Kimlik, Örgütsel İmaj Algılarının, Örgütsel Bağlılıklarına Etkisi (Kayseri İli Örneği)</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786258413298</t>
+          <t>9786257530293</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Güreşçilerde Müsabaka Devre Arasında Uygulanan Farklı Toparlama Yöntemlerinin Etkinliği</t>
+          <t>Oyunlarla İngilizce</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786258413229</t>
+          <t>9789758396276</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Developments In Financial And Economic Fields At The National And Global Scale</t>
+          <t>Temel Yüzme Eğitimi</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786258413304</t>
+          <t>9786257911832</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Buz Hokeyinde Yetenek Seçimi</t>
+          <t>Cengiz Aytmatov'un Birinçi Mugalim Adlı Eserinin Bağlam-Eşdizim-Sıklık Sözlükleri</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786258413151</t>
+          <t>9786257911856</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de 2002-2019 Dönemi Sosyal Hizmetler Politikası Üzerine Bir İnceleme ve Avrupa Birliği Ülkeleri ile Karşılaştırmalı Bir Analiz</t>
+          <t>Alternatif Turizm</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786258413182</t>
+          <t>9786258275780</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Mali Olan ve Güvenlik</t>
+          <t>Türkiye Türkçesi 3</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786258413335</t>
+          <t>9786257045575</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Ampirik Yöntemlerle İktisadi ve Finansal Çözümlemeler</t>
+          <t>Ortaöğretim Öğrencilerinin Kış Sporlarına Yönelik Farkındalık Düzeylerinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786258413175</t>
+          <t>9786053449515</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Küresel Ölçekte Tüm Yönleriyle Pazarlama</t>
+          <t>Türkmence Konuşalım</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786258413342</t>
+          <t>9786257855372</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Finansal Gelişmelerin Teorik Yaklaşımlarla Değerlendirilmesi</t>
+          <t>Hadis 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786258413205</t>
+          <t>9786257216319</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Adliye Çalışanlarında Fiziksel Aktivite ile İş Stresi İlişkisinin İncelenmesi: Erzurum Adalet Sarayı Örneği</t>
+          <t>Hadis 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786258443882</t>
+          <t>9786257216227</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Göze Hoş Gelene Değer Biçilmez: Ebu İnan'ın Gözdesi Fes Ebu İnaniye Medresesi</t>
+          <t>İslam Hukuku 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786258413366</t>
+          <t>9786257855969</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Sağlık Kurumlarında İnsan Kaynakları Yönetimi</t>
+          <t>İslam Hukuku 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786258413212</t>
+          <t>9786257855754</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Askeri Yönetimlerden Demokrasiye Geçiş</t>
+          <t>Kelam 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786258413427</t>
+          <t>9786257855952</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Baytar’dan Yararlanılarak Yazılmış Bir Tıp Kitabı</t>
+          <t>Kelam 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786258413380</t>
+          <t>9786257216425</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Fiyat</t>
+          <t>Arapça 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786258413403</t>
+          <t>9786257216548</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Satış Süreci Yönetimi Sorular ve Cevaplar</t>
+          <t>Arapça 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786258413502</t>
+          <t>9786257855532</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Huzursuz Bir Kesim ve Faaliyetleri</t>
+          <t>İslam Mezhepleri 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786258413311</t>
+          <t>9786257216098</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>İşsizlik, Gelir Eşitsizliği ve Yoksulluk Kıskacında Dünya</t>
+          <t>İslam Mezhepleri 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1445" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786258413014</t>
+          <t>9786257216418</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Metin Madenciliği Kelime Muhasebesi ve Denetimi</t>
+          <t>Felsefe 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786258413069</t>
+          <t>9786053447412</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Yeni Yönelimler</t>
+          <t>Tek Düzen Muhasebe Sisteminde Maliyet Muhasebesi Uygulamaları</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786258413052</t>
+          <t>9750600012552</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Ekseninde Yoksulluk Güncel Sorunlar ve Tartışmalar</t>
+          <t>Konaklama İşletmelerinde Kat Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786258443752</t>
+          <t>9789758396986</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme - Küreselden Yerele Sosyal, Ekonomik ve Kültürel Yaklaşımlar</t>
+          <t>Derviş Sözlük</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786258413038</t>
+          <t>9786257911191</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Tüketim Araştırmaları</t>
+          <t>Reform Serisi Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786258413007</t>
+          <t>9786257911276</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Pazarlama Stratejileri</t>
+          <t>Reform Serisi Medeni Hukuk - 1</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786258413045</t>
+          <t>9786057805362</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Baştan Sona Yönetişim</t>
+          <t>Status Kaymakamlık Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>500</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786258413113</t>
+          <t>9786257727037</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Avrupa Birliği Ekseninde Türkiye'deki Spor Politikalarının Değişimi</t>
+          <t>Siyer 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786258443912</t>
+          <t>9786257855549</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Sanat</t>
+          <t>Felsefe 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1454" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786258413120</t>
+          <t>9786257855396</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Entegrasyonu ve Yeni Ürün Geliştirme</t>
+          <t>Eğitim ve Din Eğitimi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786258413106</t>
+          <t>9786257911566</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sistemde Yeşil Yönetim</t>
+          <t>Eğitim ve Din Eğitimi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786258443837</t>
+          <t>9786257216401</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar III</t>
+          <t>Din Sosyolojisi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1457" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786258443806</t>
+          <t>9786257216173</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Üniversitesi Coğrafya Araştırmaları Serisi 2021 - Turizm Coğrafya</t>
+          <t>Dinler Tarihi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786258443691</t>
+          <t>9786257216074</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Üniversitesi Coğrafya Araştırmaları Serisi 2021 - Beşeri Coğrafya</t>
+          <t>Dinler Tarihi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786258443998</t>
+          <t>9786257216142</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Dersleri</t>
+          <t>İslam Tarihi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786258443769</t>
+          <t>9786257216531</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Kadın</t>
+          <t>Türk İslam Edebiyatı 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786258443950</t>
+          <t>9786257855389</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Standartlarına Göre Şerefiye Değer Değişimi Üzerinde Etki Gücüne Sahip Faktörlerin İncelenmesi</t>
+          <t>Türk İslam Edebiyatı 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786258443684</t>
+          <t>9786258374162</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Afet Risk Yönetimi Çalışmaları</t>
+          <t>Din Psikolojisi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786258413021</t>
+          <t>9786257216449</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetimde Uzman Çalışmaları</t>
+          <t>Türk İslam Sanatları 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1464" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786258443974</t>
+          <t>9786257216326</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim ve Örgüt Kültürü Boyutlarıyla Örgütsel İnovasyon</t>
+          <t>Türk Musikisi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786258443721</t>
+          <t>9786257216159</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada Yönetsel Konular</t>
+          <t>Türk Musikisi 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786258443981</t>
+          <t>9786257216050</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Doğal Tarihsel ve Kültürel Değerleriyle Kaybolan Ankara</t>
+          <t>Tasavvuf 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786258443783</t>
+          <t>9786257216081</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Davranış Değişim Basamakları Modeli Çerçevesinde Egzersiz Bağlılığın Satın Alma Niyetine Etkisi</t>
+          <t>Tasavvuf 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786258443165</t>
+          <t>9786257855945</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Camilerinde Kültürel Etkileşim</t>
+          <t>Tefsir 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1469" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786258443561</t>
+          <t>9786257855716</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Hentbolda Analiz Programı</t>
+          <t>Tefsir 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786258443875</t>
+          <t>9786257911900</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Reform Serisi Ticaret Hukuku - 2</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786258443523</t>
+          <t>9786257855136</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetim Bilimlerinde Güncel Konular</t>
+          <t>Muhteviyat İdare Hukuku Konu Anlatım Seti</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786258443639</t>
+          <t>9789758396559</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Satın Almada İmajın Etkisi: Lider mi Ülke mi?</t>
+          <t>The Direct and Indirect Effects Of Perfectionism And Body Related Perceptions On Dispositional Flow in Exercise Setting</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786258443899</t>
+          <t>9786053448839</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Uzman Görüşleriyle Sera Gazı Beyanlarının Raporlanması ve Güvence Denetimi</t>
+          <t>Spor Eğitiminde Kullanılan Öğretim Yöntemleri ve İyi Uygulama Örneği</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786258443820</t>
+          <t>9786053446026</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Dijital Serüveni</t>
+          <t>İnceleme ve Soruşturma Rehberi</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786258443585</t>
+          <t>9786258374865</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinin Etkilerine Dair Akademik Değerlendirmeler</t>
+          <t>Dr. Cezmi Karasu Armağanı Ustaya Saygı II</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786258443936</t>
+          <t>9786258374711</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme Sorunları ve Çözüm Önerileri</t>
+          <t>Türkiye Üzerine Politik İktisat Yazıları</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786258443776</t>
+          <t>9786258413632</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Gelirin Yeniden Dağılımda Maliye Politikası</t>
+          <t>Bir Anadolu Kentinin Folklorik Hikayesi Safranbolu</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786258443714</t>
+          <t>9786258413540</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Açısından Covid-19 Pandemisinin Türkiye' ye Etkileri</t>
+          <t>Bilimsel Açıdan Yönetim - Strateji - Organizasyon Konuları</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786258443493</t>
+          <t>9786258413434</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kafkasya Devletlerinin Oluşumu: Türkiye ve Azerbeycan' ın Yardımından Rusya'nın İşgaline Kadar (1918 - 1920)</t>
+          <t>Farklı Liglerde Mücadele Eden Elit Futbolcuların Ego Durumları Belirlenerek Yılmazlık ve Kindarlık Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786258443592</t>
+          <t>9786258413373</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Antropolojik Çalışmalarda Element Analiziyle Paleodiyetin Belirlenmesi Eski Anadolu Örnekleri</t>
+          <t>İktisatta Güncel Gelişmeler : Panel Veri Uygulamaları</t>
         </is>
       </c>
       <c r="C1481" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786258443707</t>
+          <t>9786258413236</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tartışmalar Işığında Maliye, Ekonomi ve İşletme Yazıları</t>
+          <t>Muhasebe Süreçleri ve Gelişmeleri</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786258443387</t>
+          <t>9786258413243</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Blokzinciri, Kripto Paralar ve Akıllı Sözleşmelerde Güncel Gelişmeler</t>
+          <t>Contemporary Research Topics in The Turkish Republic of Northern Cyprus II</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786258494471</t>
+          <t>9786258413298</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı ve Notlu Çözümlü Genel Muhasebe Problemleri</t>
+          <t>Güreşçilerde Müsabaka Devre Arasında Uygulanan Farklı Toparlama Yöntemlerinin Etkinliği</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786258443554</t>
+          <t>9786258413229</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Tercihi ve Ekmek İsrafı</t>
+          <t>Developments In Financial And Economic Fields At The National And Global Scale</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786258443578</t>
+          <t>9786258413304</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonominin Bağışıklığı</t>
+          <t>Buz Hokeyinde Yetenek Seçimi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786258443677</t>
+          <t>9786258413151</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Ekonomilerde Emek Piyasası Kurumları ve Politikaları - Türkiye Meksika Karşılaştırması</t>
+          <t>Türkiye'de 2002-2019 Dönemi Sosyal Hizmetler Politikası Üzerine Bir İnceleme ve Avrupa Birliği Ülkeleri ile Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786258443424</t>
+          <t>9786258413182</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Kraliçe Arı Sendromu ve Kraliçe Arılarla Başa Çıkma Yolları</t>
+          <t>Mali Olan ve Güvenlik</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786258443615</t>
+          <t>9786258413335</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Genetiği Değiştirilmiş Organizmalara Yönelik Tutumları</t>
+          <t>Ampirik Yöntemlerle İktisadi ve Finansal Çözümlemeler</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786258494464</t>
+          <t>9786258413175</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Judo Antrenörlerinin Öz Yeterlilik Algıları ve Rekreasyon Katılımını Etkileyen Faktörler</t>
+          <t>Ulusal ve Küresel Ölçekte Tüm Yönleriyle Pazarlama</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786258443608</t>
+          <t>9786258413342</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama Muhasebesi ve Bir Örnek Uygulama</t>
+          <t>İktisadi ve Finansal Gelişmelerin Teorik Yaklaşımlarla Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786258443530</t>
+          <t>9786258413205</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Göçmenlerin Uyumuna Yönelik İstihdam Politikaları: OECD Ülkeleri Karşılaştırması</t>
+          <t>Adliye Çalışanlarında Fiziksel Aktivite ile İş Stresi İlişkisinin İncelenmesi: Erzurum Adalet Sarayı Örneği</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786258443547</t>
+          <t>9786258443882</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Politikaları</t>
+          <t>Göze Hoş Gelene Değer Biçilmez: Ebu İnan'ın Gözdesi Fes Ebu İnaniye Medresesi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786258443653</t>
+          <t>9786258413366</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Kırklareli Kent Çalışmaları Ekonomi Toplum Kültür</t>
+          <t>Güncel Gelişmeler Işığında Sağlık Kurumlarında İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786258443509</t>
+          <t>9786258413212</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kültür Turizmi Motivasyonları</t>
+          <t>Türkiye’de Askeri Yönetimlerden Demokrasiye Geçiş</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786258443356</t>
+          <t>9786258413427</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Scientific Evaluation Of Economic And Financial Issues: Theory And Practice</t>
+          <t>İbn-i Baytar’dan Yararlanılarak Yazılmış Bir Tıp Kitabı</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>400</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786258443462</t>
+          <t>9786258413380</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Strateji Ve Organizasyon Alanında Bilimsel Tartışmalar</t>
+          <t>Pazarlamada Fiyat</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786258443103</t>
+          <t>9786258413403</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yapılandırma Boyutuyla: Pozitif Örgütsel Davranış</t>
+          <t>Satış Süreci Yönetimi Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786258443417</t>
+          <t>9786258413502</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yapay Sinir Ağları Metodu İle Türkiye Tavukçuluk Sektörü İhracat Tahmini Uygulaması</t>
+          <t>Osmanlı Devleti’nde Huzursuz Bir Kesim ve Faaliyetleri</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786258443479</t>
+          <t>9786258413311</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kamu Yönetimi ve Siyaset Alanında Yaşanan Bilimsel Gelişmeler</t>
+          <t>İşsizlik, Gelir Eşitsizliği ve Yoksulluk Kıskacında Dünya</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786258443097</t>
+          <t>9786258413014</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Kuramsal ve Pratik Pazarlama Konuları</t>
+          <t>Metin Madenciliği Kelime Muhasebesi ve Denetimi</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786258443370</t>
+          <t>9786258413069</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politika ve Uygulamalarının Ampirik Tahlili: İktisat Finans Maliye</t>
+          <t>İnsan Kaynakları Yönetiminde Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786258443141</t>
+          <t>9786258413052</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Alanında Yaşanan Gelişmelere Bilimsel Yaklaşımlar</t>
+          <t>Sosyal Politika Ekseninde Yoksulluk Güncel Sorunlar ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786258443073</t>
+          <t>9786258443752</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hizmetlerinde Yerelleşme</t>
+          <t>Küreselleşme - Küreselden Yerele Sosyal, Ekonomik ve Kültürel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786258443158</t>
+          <t>9786258413038</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Çalışma Hayatı İstihdam ve İşsizlik</t>
+          <t>Pandemi Sonrası Tüketim Araştırmaları</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786258443301</t>
+          <t>9786258413007</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Crypto Assets</t>
+          <t>Pandemi Sonrası Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786258443240</t>
+          <t>9786258413045</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Covid-19’un Ekonomi Politiği</t>
+          <t>Baştan Sona Yönetişim</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786258443325</t>
+          <t>9786258413113</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Covid 19 Sürecinin Sağlıklı Yaşam Boyutuna İlişkin Psikososyal Araştırmalar</t>
+          <t>Küreselleşme ve Avrupa Birliği Ekseninde Türkiye'deki Spor Politikalarının Değişimi</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786258443431</t>
+          <t>9786258443912</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Standardı 500: Bağımsız Denetim Kanıtlarının Uygulanması Hakkında Bir Alan Araştırması</t>
+          <t>Hayat ve Sanat</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786258443394</t>
+          <t>9786258413120</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Örgüt Yapısı Kişi - İş ve Kişi - Örgüt Uyumunun İş Tatmini ve İşe Kenetlenme Üzerine Olan Etkisi</t>
+          <t>Tedarik Zinciri Entegrasyonu ve Yeni Ürün Geliştirme</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786258443332</t>
+          <t>9786258413106</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Mali Yapı</t>
+          <t>Küresel Sistemde Yeşil Yönetim</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786258443349</t>
+          <t>9786258443837</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Teorik Perspektiften İktisadi ve Finansal Olguların Değerlendirilmesi</t>
+          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar III</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786258443295</t>
+          <t>9786258443806</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika Açısından Özel İstihdam Büroları: Meslek Edinilmiş Geçici İş İlişkisi</t>
+          <t>Atatürk Üniversitesi Coğrafya Araştırmaları Serisi 2021 - Turizm Coğrafya</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786258443288</t>
+          <t>9786258443691</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>İşletme Fonksiyonları ile Dönüşümün Yeni Adı: Endüstri 4.0</t>
+          <t>Atatürk Üniversitesi Coğrafya Araştırmaları Serisi 2021 - Beşeri Coğrafya</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786258443233</t>
+          <t>9786258443998</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Vergi İncelemelerinde Mükelleflerin Hak ve Ödevleri</t>
+          <t>Stratejik Yönetim Dersleri</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786258443011</t>
+          <t>9786258443769</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Sporda Hizmet Kalitesi İle Ağızdan Ağıza ve Viral Pazarlama Etkileşimi</t>
+          <t>İş Yaşamında Kadın</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786258443202</t>
+          <t>9786258443950</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Elektrikli Otomobiller ve Devlet Teşvikleri</t>
+          <t>Muhasebe Standartlarına Göre Şerefiye Değer Değişimi Üzerinde Etki Gücüne Sahip Faktörlerin İncelenmesi</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786258443172</t>
+          <t>9786258443684</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Güvenliğin Değişen Yüzü: Temel Yaklaşımlardan Güncel Uygulamalara</t>
+          <t>Disiplinlerarası Afet Risk Yönetimi Çalışmaları</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786258494990</t>
+          <t>9786258413021</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Turkish Economy: Contemporary Challenges and Opportunities 2</t>
+          <t>Bağımsız Denetimde Uzman Çalışmaları</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786258443219</t>
+          <t>9786258443974</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Finans Alanında Güncel Yaklaşımlar</t>
+          <t>Yönetişim ve Örgüt Kültürü Boyutlarıyla Örgütsel İnovasyon</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786258443134</t>
+          <t>9786258443721</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesinde Seçme Konular</t>
+          <t>Uzaktan Çalışmada Yönetsel Konular</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786258443271</t>
+          <t>9786258443981</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Muhasebe ve Finans</t>
+          <t>Doğal Tarihsel ve Kültürel Değerleriyle Kaybolan Ankara</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786258443196</t>
+          <t>9786258443783</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Din Profesyonel Futbolcularda Dinin Moral ve Motivasyonel Etkisi</t>
+          <t>Egzersiz Davranış Değişim Basamakları Modeli Çerçevesinde Egzersiz Bağlılığın Satın Alma Niyetine Etkisi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786258443226</t>
+          <t>9786258443165</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Alanında Güncel Yaklaşımlar</t>
+          <t>Gaziantep Camilerinde Kültürel Etkileşim</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786258443257</t>
+          <t>9786258443561</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler İçin Stratejik Yönetim Eksenli Rekabet Gücü Analizi</t>
+          <t>Hentbolda Analiz Programı</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786258443004</t>
+          <t>9786258443875</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Sportif Zihinsel Dayanıklılık ve Kondisyonel Özellikler</t>
+          <t>Genel İşletme</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786258494846</t>
+          <t>9786258443523</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik ve Yeşil Örgüt</t>
+          <t>Spor Yönetim Bilimlerinde Güncel Konular</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786258494822</t>
+          <t>9786258443639</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgınının İşletmeler Üzerindeki Etkileri: Fırsatlar ve Tehditler</t>
+          <t>Satın Almada İmajın Etkisi: Lider mi Ülke mi?</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786258443035</t>
+          <t>9786258443899</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Yoksullaştıran Büyüme</t>
+          <t>Uzman Görüşleriyle Sera Gazı Beyanlarının Raporlanması ve Güvence Denetimi</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786258443028</t>
+          <t>9786258443820</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Fizik ve Mühendislikte Python</t>
+          <t>Siyasetin Dijital Serüveni</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786258494723</t>
+          <t>9786258443585</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi ve İdare Hukuku Çerçevesinde Sağlık Hizmetleri ve Sağlık Personelinin Disiplin Sorumluluğu</t>
+          <t>Pandemi Sürecinin Etkilerine Dair Akademik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786258494761</t>
+          <t>9786258443936</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Osmaniye Araştırmaları 2</t>
+          <t>Kentleşme Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786258443066</t>
+          <t>9786258443776</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Spor Sosyolojisi</t>
+          <t>Gelirin Yeniden Dağılımda Maliye Politikası</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786258443059</t>
+          <t>9786258443714</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Dostu Vergileme</t>
+          <t>Sosyal Bilimler Açısından Covid-19 Pandemisinin Türkiye' ye Etkileri</t>
         </is>
       </c>
       <c r="C1534" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786258443042</t>
+          <t>9786258443493</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Disraeli'nin 'Genç İngiltere Trilojisi'nde Toplumsal Politik ve Dinsel Sorunlar</t>
+          <t>Kuzey Kafkasya Devletlerinin Oluşumu: Türkiye ve Azerbeycan' ın Yardımından Rusya'nın İşgaline Kadar (1918 - 1920)</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786258494556</t>
+          <t>9786258443592</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar ve Spor Lisesi Öğrencilerinin Boş Zaman Tutumlarının İncelenmesi</t>
+          <t>Antropolojik Çalışmalarda Element Analiziyle Paleodiyetin Belirlenmesi Eski Anadolu Örnekleri</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786258494969</t>
+          <t>9786258443707</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Bireylerin Serbest Zamanlarında Katıldıkları Aktivitelere Yönelik Doyum Düzeyleri İle Algıladıkları Sağlık Çıktıları Arasındaki İlişki : Kilis İli Örneği</t>
+          <t>Yeni Tartışmalar Işığında Maliye, Ekonomi ve İşletme Yazıları</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>115</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786258494983</t>
+          <t>9786258443387</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Dilsel Boşluk</t>
+          <t>Blokzinciri, Kripto Paralar ve Akıllı Sözleşmelerde Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786258494952</t>
+          <t>9786258494471</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası İletişim Kuram ve Yaklaşımları</t>
+          <t>Açıklamalı ve Notlu Çözümlü Genel Muhasebe Problemleri</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786258494808</t>
+          <t>9786258443554</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Sağlık 4.0 Dijital Sağlık Hizmetleri ve Müşteri Memnuniyeti Yönetici Bakış Açısı</t>
+          <t>Tüketici Tercihi ve Ekmek İsrafı</t>
         </is>
       </c>
       <c r="C1540" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786258494686</t>
+          <t>9786258443578</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrenciler ve Sosyal Dışlanma Durumlar Yaklaşımlar ve Boyutlar</t>
+          <t>Küresel Ekonominin Bağışıklığı</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786258494815</t>
+          <t>9786258443677</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Lise Öğrencilerinin Atık Yönetimi ve Geri Dönüşüm Davranışlarını Etkileyen Faktörlerin İncelenmesi</t>
+          <t>Yükselen Ekonomilerde Emek Piyasası Kurumları ve Politikaları - Türkiye Meksika Karşılaştırması</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786258494877</t>
+          <t>9786258443424</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Spor Lisesi Öğrencilerinin Temel Kişilik Özellikleri İle Psikolojik Sağlamlık Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Örgütlerde Kraliçe Arı Sendromu ve Kraliçe Arılarla Başa Çıkma Yolları</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786258494921</t>
+          <t>9786258443615</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sonrası Ekonomik ve Politik Dönüşüm</t>
+          <t>Üniversite Öğrencilerinin Genetiği Değiştirilmiş Organizmalara Yönelik Tutumları</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786258494907</t>
+          <t>9786258494464</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Sporda Irkçılık</t>
+          <t>Judo Antrenörlerinin Öz Yeterlilik Algıları ve Rekreasyon Katılımını Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786258494891</t>
+          <t>9786258443608</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret ve Büyüme Teoriler ve Ampirik Alanyazından Kanıtlar</t>
+          <t>Stratejik Pazarlama Muhasebesi ve Bir Örnek Uygulama</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786258494655</t>
+          <t>9786258443530</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Farklı Perspektiflerden Endüstri 4.0 Yazıları 2</t>
+          <t>Dezavantajlı Göçmenlerin Uyumuna Yönelik İstihdam Politikaları: OECD Ülkeleri Karşılaştırması</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786258494693</t>
+          <t>9786258443547</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Düşünsel ve Görsel Boyutlarıyla Kültür</t>
+          <t>Bilim ve Teknoloji Politikaları</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>235</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786258494785</t>
+          <t>9786258443653</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Çok Çalışmak Kötü mü?</t>
+          <t>Kırklareli Kent Çalışmaları Ekonomi Toplum Kültür</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786258494778</t>
+          <t>9786258443509</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Risk Yönetim Çalışmaları 1</t>
+          <t>Kültür Turizmi Motivasyonları</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786258494624</t>
+          <t>9786258443356</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Tarihi Bir Şehir Akka</t>
+          <t>Scientific Evaluation Of Economic And Financial Issues: Theory And Practice</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786258494754</t>
+          <t>9786258443462</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Çok Partili Hayata Geçiş Sürecinde Türkiye'de Müzik Algısı ve Müzik Dergileri (1946 - 1950)</t>
+          <t>Yönetim Strateji Ve Organizasyon Alanında Bilimsel Tartışmalar</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786258494662</t>
+          <t>9786258443103</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Rohingya Refugee Crisis</t>
+          <t>Yeniden Yapılandırma Boyutuyla: Pozitif Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1553" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786258494716</t>
+          <t>9786258443417</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Kilit Denetim Konuları</t>
+          <t>Yapay Sinir Ağları Metodu İle Türkiye Tavukçuluk Sektörü İhracat Tahmini Uygulaması</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786258494051</t>
+          <t>9786258443479</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Multi Sportif Araştırmalar 3: Spor Bilimleri Alanında Farklı Yaklaşımlar</t>
+          <t>Teori ve Uygulamada Kamu Yönetimi ve Siyaset Alanında Yaşanan Bilimsel Gelişmeler</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786258494419</t>
+          <t>9786258443097</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Üzerine Seçme Yazılar</t>
+          <t>İşletme Biliminde Kuramsal ve Pratik Pazarlama Konuları</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786258494679</t>
+          <t>9786258443370</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmelerine Dayalı Tarımsal Faaliyetlerin Muhasebeleştirilmesi (Sektöre Özgü Örnek Uygulamalarla)</t>
+          <t>Ekonomi Politika ve Uygulamalarının Ampirik Tahlili: İktisat Finans Maliye</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786258494587</t>
+          <t>9786258443141</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi</t>
+          <t>Muhasebe Alanında Yaşanan Gelişmelere Bilimsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786258494648</t>
+          <t>9786258443073</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Milli Spor ve Oyunları</t>
+          <t>Eğitim Hizmetlerinde Yerelleşme</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786258494525</t>
+          <t>9786258443158</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İstatistiğe Giriş</t>
+          <t>Dünyada ve Türkiye’de Çalışma Hayatı İstihdam ve İşsizlik</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786258494440</t>
+          <t>9786258443301</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Cemil Oktay'a Armağan</t>
+          <t>Crypto Assets</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786258494495</t>
+          <t>9786258443240</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Karşılaştırmalı Spor Yönetim Sistemleri</t>
+          <t>Covid-19’un Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786258494549</t>
+          <t>9786258443325</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Dijital Devlet</t>
+          <t>Covid 19 Sürecinin Sağlıklı Yaşam Boyutuna İlişkin Psikososyal Araştırmalar</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786258494563</t>
+          <t>9786258443431</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli Toplumlarda Değinim Kaynaklı Dil Aşınması: İran'da Türkçe-Farsça İki Dilliliği Üzerine</t>
+          <t>Bağımsız Denetim Standardı 500: Bağımsız Denetim Kanıtlarının Uygulanması Hakkında Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786258494174</t>
+          <t>9786258443394</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağında Çevrimiçi Öğrenme ve Dijitalleşme</t>
+          <t>Algılanan Örgüt Yapısı Kişi - İş ve Kişi - Örgüt Uyumunun İş Tatmini ve İşe Kenetlenme Üzerine Olan Etkisi</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786258494068</t>
+          <t>9786258443332</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Islamic Finance And Recent Developments</t>
+          <t>Afetlerde Mali Yapı</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786258494204</t>
+          <t>9786258443349</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Güncel Konuları</t>
+          <t>Teorik Perspektiften İktisadi ve Finansal Olguların Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786258494150</t>
+          <t>9786258443295</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konulara Davranışsal Yaklaşım</t>
+          <t>Sosyal Politika Açısından Özel İstihdam Büroları: Meslek Edinilmiş Geçici İş İlişkisi</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786258494075</t>
+          <t>9786258443288</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Atletizmin Stres, Atılganlık ve Sportmenlik İle İlişkisi</t>
+          <t>İşletme Fonksiyonları ile Dönüşümün Yeni Adı: Endüstri 4.0</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786258494280</t>
+          <t>9786258443233</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin Öteki Yüzü</t>
+          <t>Vergi İncelemelerinde Mükelleflerin Hak ve Ödevleri</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257530897</t>
+          <t>9786258443011</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Trabzon'un Yaşam Şekli ve Mutfak Kültürü</t>
+          <t>Sporda Hizmet Kalitesi İle Ağızdan Ağıza ve Viral Pazarlama Etkileşimi</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786258494266</t>
+          <t>9786258443202</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Politikaları ve İstihdam (1990-2020)</t>
+          <t>Elektrikli Otomobiller ve Devlet Teşvikleri</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786258494228</t>
+          <t>9786258443172</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Çağlar Boyu Göç</t>
+          <t>Güvenliğin Değişen Yüzü: Temel Yaklaşımlardan Güncel Uygulamalara</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786258494211</t>
+          <t>9786258494990</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zekanın İş Performansı Üzerindeki Etkisi</t>
+          <t>Turkish Economy: Contemporary Challenges and Opportunities 2</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786258494273</t>
+          <t>9786258443219</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisatta Güncel Sorunlara Yeni Yaklaşımlar</t>
+          <t>Finans Alanında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786258494143</t>
+          <t>9786258443134</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığın Evrimi</t>
+          <t>Maliyet ve Yönetim Muhasebesinde Seçme Konular</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786258494358</t>
+          <t>9786258443271</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Güncel İktisadi Tartışmalar</t>
+          <t>Pandemi Sürecinde Muhasebe ve Finans</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786258494235</t>
+          <t>9786258443196</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınma Politikalarındaki Dönüşüm: Yerel Ekonomik Kalkınma</t>
+          <t>Spor ve Din Profesyonel Futbolcularda Dinin Moral ve Motivasyonel Etkisi</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257530910</t>
+          <t>9786258443226</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizlik, Psikolojik Güvenlik İlişkisi : Sağlık Çalışanları Üzerine Bir İnceleme</t>
+          <t>Muhasebe Alanında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>110</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786258494372</t>
+          <t>9786258443257</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Issues in Economics, Public and Business Research</t>
+          <t>İşletmeler İçin Stratejik Yönetim Eksenli Rekabet Gücü Analizi</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786258494433</t>
+          <t>9786258443004</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonel Etik</t>
+          <t>Futbolcularda Sportif Zihinsel Dayanıklılık ve Kondisyonel Özellikler</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786258494389</t>
+          <t>9786258494846</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Para Politikasında Güncel Tartışmalar</t>
+          <t>Sürdürülebilirlik ve Yeşil Örgüt</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257530903</t>
+          <t>9786258494822</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Spor Pazarlaması ve İletişim</t>
+          <t>Covid-19 Salgınının İşletmeler Üzerindeki Etkileri: Fırsatlar ve Tehditler</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257530927</t>
+          <t>9786258443035</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Fare</t>
+          <t>Yoksullaştıran Büyüme</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786258494044</t>
+          <t>9786258443028</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Ekonomi ve Sosyal Bilimlerde Yeni Eğilimler</t>
+          <t>Fizik ve Mühendislikte Python</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257530965</t>
+          <t>9786258494723</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Süreci ve Toplumsal Yapı</t>
+          <t>Kamu Yönetimi ve İdare Hukuku Çerçevesinde Sağlık Hizmetleri ve Sağlık Personelinin Disiplin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786258494082</t>
+          <t>9786258494761</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Değişimde Kamu Maliyesinin Rolü</t>
+          <t>Osmaniye Araştırmaları 2</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257530958</t>
+          <t>9786258443066</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Humanitarian Diplomacy</t>
+          <t>Spor Sosyolojisi</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786258494020</t>
+          <t>9786258443059</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Sportif Organizasyonlar Sponsorluğu</t>
+          <t>Büyüme Dostu Vergileme</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786258494037</t>
+          <t>9786258443042</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Spor Federasyonları İl Temsilcilerinin Yönetsel ve Mali Sorunlarına İlişkin Görüşleri</t>
+          <t>Benjamin Disraeli'nin 'Genç İngiltere Trilojisi'nde Toplumsal Politik ve Dinsel Sorunlar</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257530972</t>
+          <t>9786258494556</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Yeni Milat: Covid-19</t>
+          <t>Güzel Sanatlar ve Spor Lisesi Öğrencilerinin Boş Zaman Tutumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257530767</t>
+          <t>9786258494969</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Entegre Kurumsal Performans Değerlemesi</t>
+          <t>Bireylerin Serbest Zamanlarında Katıldıkları Aktivitelere Yönelik Doyum Düzeyleri İle Algıladıkları Sağlık Çıktıları Arasındaki İlişki : Kilis İli Örneği</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257530941</t>
+          <t>9786258494983</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Maç İçerisindeki Bir Takım Performans Parametreleri İle Yüklenme Göstergelerinin Karşılaştırılması</t>
+          <t>Türkiye Türkçesinde Dilsel Boşluk</t>
         </is>
       </c>
       <c r="C1593" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257530743</t>
+          <t>9786258494952</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Scientific Brain Drain - Return</t>
+          <t>Disiplinlerarası İletişim Kuram ve Yaklaşımları</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786257530798</t>
+          <t>9786258494808</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık Etnisite Çalışma Hayatı</t>
+          <t>Sağlık 4.0 Dijital Sağlık Hizmetleri ve Müşteri Memnuniyeti Yönetici Bakış Açısı</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257530859</t>
+          <t>9786258494686</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Enerji Sistemindeki Küresel Dönüşüm Yenilenebilir Enerji ve Kamu Politikaları</t>
+          <t>Uluslararası Öğrenciler ve Sosyal Dışlanma Durumlar Yaklaşımlar ve Boyutlar</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257530699</t>
+          <t>9786258494815</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Karşıtlık İşlevli Söz Dizimsel Yapılar</t>
+          <t>Lise Öğrencilerinin Atık Yönetimi ve Geri Dönüşüm Davranışlarını Etkileyen Faktörlerin İncelenmesi</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>165</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257530842</t>
+          <t>9786258494877</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Pazarlama Paradigmaları</t>
+          <t>Spor Lisesi Öğrencilerinin Temel Kişilik Özellikleri İle Psikolojik Sağlamlık Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786257530873</t>
+          <t>9786258494921</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisinde İşletme Yönetiminin Dönüşümü</t>
+          <t>Pandemi Sonrası Ekonomik ve Politik Dönüşüm</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257530804</t>
+          <t>9786258494907</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Özel Politika Gerektiren (Dezavantajlı) Gruplar İçin Hayat Boyu Rehberlik Politikaları: Meslek ve Kariyer Rehberliği</t>
+          <t>Sporda Irkçılık</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786257530880</t>
+          <t>9786258494891</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Issues In Strategic Human Resource Management</t>
+          <t>Dış Ticaret ve Büyüme Teoriler ve Ampirik Alanyazından Kanıtlar</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257530606</t>
+          <t>9786258494655</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans ve Ekonomik Büyüme</t>
+          <t>Farklı Perspektiflerden Endüstri 4.0 Yazıları 2</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257530613</t>
+          <t>9786258494693</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Pazarlamanın Gücü</t>
+          <t>Düşünsel ve Görsel Boyutlarıyla Kültür</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257530637</t>
+          <t>9786258494785</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Küresel Gelişmeler</t>
+          <t>Çok Çalışmak Kötü mü?</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786257530675</t>
+          <t>9786258494778</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>İyi Yönetişimde Sivil Toplum</t>
+          <t>Afetlerde Risk Yönetim Çalışmaları 1</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257530651</t>
+          <t>9786258494624</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sisteminde Vergi Karmaşıklığının Analizi</t>
+          <t>Doğu Akdeniz'de Tarihi Bir Şehir Akka</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786257530729</t>
+          <t>9786258494754</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Sporlarda Yaralanma</t>
+          <t>Çok Partili Hayata Geçiş Sürecinde Türkiye'de Müzik Algısı ve Müzik Dergileri (1946 - 1950)</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786257530644</t>
+          <t>9786258494662</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisini Anlamak</t>
+          <t>Rohingya Refugee Crisis</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257530033</t>
+          <t>9786258494716</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetimde Beş Boyutlu Kalite Algısı Ölçeği</t>
+          <t>Kilit Denetim Konuları</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257530668</t>
+          <t>9786258494051</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Demokrasi Örgütsel Demokrasi Algısı Üzerine Bir Araştırma</t>
+          <t>Multi Sportif Araştırmalar 3: Spor Bilimleri Alanında Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257530576</t>
+          <t>9786258494419</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomide Çevresel Mali Düzenlemeler ve Sürdürülebilir Vergilendirme</t>
+          <t>Dijital Dönüşüm Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257530583</t>
+          <t>9786258494679</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Covid 19 Pandemi Sürecinde Çalışma Yaşamındaki Değişime Örgütsel Davranış Konuları Perspektifinden Bakış</t>
+          <t>Kira Sözleşmelerine Dayalı Tarımsal Faaliyetlerin Muhasebeleştirilmesi (Sektöre Özgü Örnek Uygulamalarla)</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257530552</t>
+          <t>9786258494587</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Blok Zinciri Teknolojisinin Muhasebe ve Denetim Alanındaki Uygulamaları</t>
+          <t>Spor Yönetimi</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257530477</t>
+          <t>9786258494648</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Basketbol Liginde Oynayan Sporcuların Bedeni Beğenme ve Algılanan Esenlik Durumlarının İncelenmesi</t>
+          <t>Kırgız Milli Spor ve Oyunları</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257530538</t>
+          <t>9786258494525</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla Hile Riski: Farklı Teoriler, Farkındalık ve Önlem Analizleri</t>
+          <t>Matematiksel İstatistiğe Giriş</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786257530484</t>
+          <t>9786258494440</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgınının İşletmelerin Finansal Tabloları Üzerine Etkisine İlişkin Araştırma Sonuçlarının Değerlendirilmesi (Ciltli)</t>
+          <t>Prof. Dr. Cemil Oktay'a Armağan</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786257530590</t>
+          <t>9786258494495</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği, Türkiye ve Dünya'da Çevre Dostu Yenilenebilir Enerji Politikalarının Uygulanmasında Devletin Rolü</t>
+          <t>Uluslararası Karşılaştırmalı Spor Yönetim Sistemleri</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257530514</t>
+          <t>9786258494549</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik, Sosyal ve Ekonomik Çevre Boyutlarıyla Entegre Raporlama Türkiye Ağı - ERTA</t>
+          <t>Dijital Devlet</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786257530545</t>
+          <t>9786258494563</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Güncel Sosyal Politika Tartışmaları</t>
+          <t>İki Dilli Toplumlarda Değinim Kaynaklı Dil Aşınması: İran'da Türkçe-Farsça İki Dilliliği Üzerine</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786257530521</t>
+          <t>9786258494174</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Marka İlişkisi</t>
+          <t>Z Kuşağında Çevrimiçi Öğrenme ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257530415</t>
+          <t>9786258494068</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>İmalat Sektöründe Finansal Performans ve Etkinlik Değerlemesi: BIST 50 Endeksi Uygulaması</t>
+          <t>Islamic Finance And Recent Developments</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786257530460</t>
+          <t>9786258494204</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Firmalarının Mali Başarı Durumları Açısından Tüketicilerin Pazarlama Faaliyetlerine İlişkin Algıları</t>
+          <t>Ekonominin Güncel Konuları</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786257530439</t>
+          <t>9786258494150</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Türk Dizileri</t>
+          <t>İktisadi Konulara Davranışsal Yaklaşım</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786257530286</t>
+          <t>9786258494075</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Faktör Analizi Modellerinin Belirlenebilirliği</t>
+          <t>Atletizmin Stres, Atılganlık ve Sportmenlik İle İlişkisi</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257530255</t>
+          <t>9786258494280</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama ve Organizasyon Perspektifinden Kuramlar ve Tartışmalar</t>
+          <t>Tüketimin Öteki Yüzü</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786257530262</t>
+          <t>9786257530897</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>İktisadi, Mali ve Finansal Konulara Teorik Bakış Açıları</t>
+          <t>Trabzon'un Yaşam Şekli ve Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786257530125</t>
+          <t>9786258494266</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Yönetim-Strateji-Organizasyon: Teoride ve Uygulamada Cilt 2</t>
+          <t>Türkiye'de İktisat Politikaları ve İstihdam (1990-2020)</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786257530088</t>
+          <t>9786258494228</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Maliye Alanında Ulusal ve Küresel Değerlendirmeler: Teori, Politika ve Hukuk</t>
+          <t>Çağlar Boyu Göç</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257530118</t>
+          <t>9786258494211</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Yönetim-Strateji-Organizasyon: Teoride ve Uygulamada Cilt 1</t>
+          <t>Duygusal Zekanın İş Performansı Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786257530071</t>
+          <t>9786258494273</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Politik Yönleriyle İktisat Biliminde Yaşanan Gelişmeler</t>
+          <t>Uluslararası İktisatta Güncel Sorunlara Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786257530019</t>
+          <t>9786258494143</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyasete Katılımda Toplumsal Cinsiyetin Rolü: Eskişehir Büyükşehir Belediyesi Örneği</t>
+          <t>Reklamcılığın Evrimi</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786257530064</t>
+          <t>9786258494358</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Ampirik Yöntemlerle İktisadi, Mali ve Finansal Uygulamalar</t>
+          <t>Güncel İktisadi Tartışmalar</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786257530040</t>
+          <t>9786258494235</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlamasında Dijital Dönüşüm</t>
+          <t>Bölgesel Kalkınma Politikalarındaki Dönüşüm: Yerel Ekonomik Kalkınma</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786257530002</t>
+          <t>9786257530910</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>1. Lig Ampute Futbol Takımlarında Bacak ve El Kavrama Kuvvetinin Sportif Performansa Etkisi</t>
+          <t>Öğrenilmiş Çaresizlik, Psikolojik Güvenlik İlişkisi : Sağlık Çalışanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1634" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786257530057</t>
+          <t>9786258494372</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Theoretical and Empirical Perspectives on Economic and Financial Issues</t>
+          <t>Contemporary Issues in Economics, Public and Business Research</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786257588942</t>
+          <t>9786258494433</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Vampir Etkisi</t>
+          <t>Organizasyonel Etik</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786257588850</t>
+          <t>9786258494389</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Muhasebesi ve Raporlaması</t>
+          <t>Para Politikasında Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257588867</t>
+          <t>9786257530903</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Firmaların Fiyatlama Davranışları</t>
+          <t>Spor Pazarlaması ve İletişim</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786257588980</t>
+          <t>9786257530927</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların Çevreci Davranışları: Merinos A.Ş. Uygulaması (Kavram-Teori-Uygulama)</t>
+          <t>Fare</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786257588959</t>
+          <t>9786258494044</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tüketiciyi Anlamak</t>
+          <t>Pandemi Sürecinde Ekonomi ve Sosyal Bilimlerde Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786257588973</t>
+          <t>9786257530965</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de E-Spor: Dijital Bağımlılık ve Saldırganlık</t>
+          <t>Pandemi Süreci ve Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786257588898</t>
+          <t>9786258494082</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlamaya Nörobilim Perspektifi EEG ve Eye-Tracking Örnekleri</t>
+          <t>Kurumsal Değişimde Kamu Maliyesinin Rolü</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786257588874</t>
+          <t>9786257530958</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Nöroiktisat</t>
+          <t>Humanitarian Diplomacy</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786257588911</t>
+          <t>9786258494020</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Kronik İşgören Hastalıkları Nedenleri, Sonuçları ve Çareleri</t>
+          <t>Sportif Organizasyonlar Sponsorluğu</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786257588829</t>
+          <t>9786258494037</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'da Uluslararası Barış ve Güvenlik: Tarihsel Kurumsalcı Bir Analiz</t>
+          <t>Spor Federasyonları İl Temsilcilerinin Yönetsel ve Mali Sorunlarına İlişkin Görüşleri</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786257588836</t>
+          <t>9786257530972</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Sonrası Dönemde Orta Asya'da İslamcılık</t>
+          <t>Yeni Milat: Covid-19</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786257727853</t>
+          <t>9786257530767</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Arabuluculuğa Yeni Yaklaşımlar</t>
+          <t>Entegre Kurumsal Performans Değerlemesi</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786257588676</t>
+          <t>9786257530941</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Örgütsel Yaşamında İslami Sosyal Sermayenin Değişimi: 1980 - 2015</t>
+          <t>Futbolda Maç İçerisindeki Bir Takım Performans Parametreleri İle Yüklenme Göstergelerinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786257588645</t>
+          <t>9786257530743</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Takımlar, Takımlarda Adalet ve Takım Düzeyinde Araştırma Yöntemleri</t>
+          <t>Scientific Brain Drain - Return</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786257588812</t>
+          <t>9786257530798</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Metropol Yönetimlerinde Türkiye Modeli Arayışı: İstanbul, Londra, Paris Metropolitan Yönetimlerinin Karşılaştırmalı Analizi</t>
+          <t>Ayrımcılık Etnisite Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786257588744</t>
+          <t>9786257530859</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şehir İlkeleri</t>
+          <t>Enerji Sistemindeki Küresel Dönüşüm Yenilenebilir Enerji ve Kamu Politikaları</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786257588782</t>
+          <t>9786257530699</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Veriye Dayalı İşletme Yönetimi</t>
+          <t>Türkiye Türkçesinde Karşıtlık İşlevli Söz Dizimsel Yapılar</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786257588775</t>
+          <t>9786257530842</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>To Securitize Or Not To Securitize: The Use Of Security Language By Transnational Advocacy Networks</t>
+          <t>Turizm Sektöründe Pazarlama Paradigmaları</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786257588577</t>
+          <t>9786257530873</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Planlanmış Bir Yüzme Programının 15-18 Yaş Öğrencilerinin Motivasyon, Atılganlık ve Dikkat Düzeylerine Etkileri</t>
+          <t>Covid-19 Pandemisinde İşletme Yönetiminin Dönüşümü</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786257588751</t>
+          <t>9786257530804</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Çok Ürünlü Sezonluk Hazır Giyim Perakendeciliğinde Dinamik Fiyatlandırmayla Gelir Optimizasyonu</t>
+          <t>Özel Politika Gerektiren (Dezavantajlı) Gruplar İçin Hayat Boyu Rehberlik Politikaları: Meslek ve Kariyer Rehberliği</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786257588737</t>
+          <t>9786257530880</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Teknolojilerinin Ahlaki Değerler Üzerindeki Etkisinin Araştırılması</t>
+          <t>Contemporary Issues In Strategic Human Resource Management</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786257588690</t>
+          <t>9786257530606</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Spor İşletmelerinde Hedef Belirleme Süreci</t>
+          <t>İslami Finans ve Ekonomik Büyüme</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786257588713</t>
+          <t>9786257530613</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Farklı Spor Branşlarındaki Hakemlerin Değer Yargılarının İnsani Değerler Açısından İncelenmesi</t>
+          <t>Sosyal Medyada Pazarlamanın Gücü</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786257588652</t>
+          <t>9786257530637</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Kadın Voleybolunda Sosyal Medyaya Seyahat</t>
+          <t>Uluslararası Ticaret ve Küresel Gelişmeler</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786257588720</t>
+          <t>9786257530675</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Multinominal Logit Model Analiziyle Konutlarda Isınma Sistemi Seçimi Osmaniye İli Hanehalkı Uygulaması</t>
+          <t>İyi Yönetişimde Sivil Toplum</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786257588669</t>
+          <t>9786257530651</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Kent Markalama Bolu İli Örneği</t>
+          <t>Türk Vergi Sisteminde Vergi Karmaşıklığının Analizi</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786257588126</t>
+          <t>9786257530729</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Beslenmesinde Güncel Yaklaşımlar</t>
+          <t>Bireysel Sporlarda Yaralanma</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786257588461</t>
+          <t>9786257530644</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Risk İştahı Finansal Piyasalara Etkisi</t>
+          <t>Türkiye Ekonomisini Anlamak</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786257588317</t>
+          <t>9786257530033</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular 7</t>
+          <t>Bağımsız Denetimde Beş Boyutlu Kalite Algısı Ölçeği</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786257588447</t>
+          <t>9786257530668</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Değişimden Dönüşüme Sosyal Bilimlerde Yeni Normlar</t>
+          <t>Örgütsel Demokrasi Örgütsel Demokrasi Algısı Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1665" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786257588607</t>
+          <t>9786257530576</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Hint-Rus İlişkileri: Sömürgecilikten Soğuk Savaş Sonrasına</t>
+          <t>Döngüsel Ekonomide Çevresel Mali Düzenlemeler ve Sürdürülebilir Vergilendirme</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786257588553</t>
+          <t>9786257530583</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Zaman Serileri Analizi ile Türkiye Tavuk Yumurtası Sektörü Üretim ve İhracat Tahmini</t>
+          <t>Covid 19 Pandemi Sürecinde Çalışma Yaşamındaki Değişime Örgütsel Davranış Konuları Perspektifinden Bakış</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786257588546</t>
+          <t>9786257530552</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinin Temelleri ve Gösterge Paneli</t>
+          <t>Blok Zinciri Teknolojisinin Muhasebe ve Denetim Alanındaki Uygulamaları</t>
         </is>
       </c>
       <c r="C1668" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786257588478</t>
+          <t>9786257530477</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Mali İktisat Açısından Muş'ta Gelişmişlik Düzeyi</t>
+          <t>Kadınlar Basketbol Liginde Oynayan Sporcuların Bedeni Beğenme ve Algılanan Esenlik Durumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786257588522</t>
+          <t>9786257530538</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Spor Kulüplerinde Kalite Yönetimine Sistemsel Yaklaşım</t>
+          <t>Multidisipliner Yaklaşımla Hile Riski: Farklı Teoriler, Farkındalık ve Önlem Analizleri</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786257588416</t>
+          <t>9786257530484</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Multi Sportif Araştırmalar-2: 7 Farklı Yaklaşım</t>
+          <t>Covid-19 Salgınının İşletmelerin Finansal Tabloları Üzerine Etkisine İlişkin Araştırma Sonuçlarının Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>165</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786257588492</t>
+          <t>9786257530590</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Çevre Çalışmaları</t>
+          <t>Avrupa Birliği, Türkiye ve Dünya'da Çevre Dostu Yenilenebilir Enerji Politikalarının Uygulanmasında Devletin Rolü</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786257588430</t>
+          <t>9786257530514</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Dinamikleri ve Finansal İstikrar</t>
+          <t>Ekolojik, Sosyal ve Ekonomik Çevre Boyutlarıyla Entegre Raporlama Türkiye Ağı - ERTA</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786257588485</t>
+          <t>9786257530545</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyumunun ve Uyum Maliyetlerinin Bölgesel Analizi</t>
+          <t>Güncel Sosyal Politika Tartışmaları</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786257588508</t>
+          <t>9786257530521</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs'ta Güncel Araştırma Konuları</t>
+          <t>Duygusal Zeka ve Marka İlişkisi</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786257588515</t>
+          <t>9786257530415</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri İşbirliği ve İnovasyon</t>
+          <t>İmalat Sektöründe Finansal Performans ve Etkinlik Değerlemesi: BIST 50 Endeksi Uygulaması</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786257588409</t>
+          <t>9786257530460</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İslam Dünyası</t>
+          <t>Tekstil Firmalarının Mali Başarı Durumları Açısından Tüketicilerin Pazarlama Faaliyetlerine İlişkin Algıları</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786257588096</t>
+          <t>9786257530439</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Pandeminin Mali Analizi</t>
+          <t>Dünyada Türk Dizileri</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786257588454</t>
+          <t>9786257530286</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Sentez Siyasetin Sosyopolitik İnşaası: Ak Parti</t>
+          <t>Faktör Analizi Modellerinin Belirlenebilirliği</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786257588188</t>
+          <t>9786257530255</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Motivasyonu</t>
+          <t>Pazarlama ve Organizasyon Perspektifinden Kuramlar ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786257588331</t>
+          <t>9786257530262</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Boyutuyla Muhasebe ve Finansman Araştırmaları</t>
+          <t>İktisadi, Mali ve Finansal Konulara Teorik Bakış Açıları</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786257588355</t>
+          <t>9786257530125</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetlerinde Motivasyon Akademik Personele Yönelik Fenomenolojik Bir Araştırma</t>
+          <t>Yönetim-Strateji-Organizasyon: Teoride ve Uygulamada Cilt 2</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786257588324</t>
+          <t>9786257530088</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Modern Pazarlama Yöntemleri ve Turizme Yansımaları</t>
+          <t>Maliye Alanında Ulusal ve Küresel Değerlendirmeler: Teori, Politika ve Hukuk</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786257588287</t>
+          <t>9786257530118</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Kadın Dünyası Üzerine Araştırmalar</t>
+          <t>Yönetim-Strateji-Organizasyon: Teoride ve Uygulamada Cilt 1</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786257588386</t>
+          <t>9786257530071</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Dijital Yönetim</t>
+          <t>Teorik ve Politik Yönleriyle İktisat Biliminde Yaşanan Gelişmeler</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786257588294</t>
+          <t>9786257530019</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'te Tekrarlı Atasözleri</t>
+          <t>Yerel Siyasete Katılımda Toplumsal Cinsiyetin Rolü: Eskişehir Büyükşehir Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786257588256</t>
+          <t>9786257530064</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Antik Komedya'da Erotizm ve Plautus'un Oyunlarına Yansıması</t>
+          <t>Ampirik Yöntemlerle İktisadi, Mali ve Finansal Uygulamalar</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786257588195</t>
+          <t>9786257530040</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Agriculture and Women's Employment in Turkey</t>
+          <t>Turizm Pazarlamasında Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786257588201</t>
+          <t>9786257530002</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Covid-19'un Muhasebe ve Finans Yansımaları</t>
+          <t>1. Lig Ampute Futbol Takımlarında Bacak ve El Kavrama Kuvvetinin Sportif Performansa Etkisi</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>265</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786257588218</t>
+          <t>9786257530057</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Taekwondocuların Antropometrik ve Biyomotor Yetilerinin Normlandırılması</t>
+          <t>Theoretical and Empirical Perspectives on Economic and Financial Issues</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786257588171</t>
+          <t>9786257588942</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Lise Öğrencilerinin Dijital Oyun Oynama Motivasyonları ile Fiziksel Aktiviteye Katılım Motivasyonlarının İncelenmesi</t>
+          <t>Pazarlamada Vampir Etkisi</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786257588140</t>
+          <t>9786257588850</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Sürdürülebilirlik Muhasebesi ve Raporlaması</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786257588300</t>
+          <t>9786257588867</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Pratik Miras Hukuku</t>
+          <t>Turizm Sektöründe Firmaların Fiyatlama Davranışları</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786257588089</t>
+          <t>9786257588980</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağda Kadın ve Siyaset</t>
+          <t>Çalışanların Çevreci Davranışları: Merinos A.Ş. Uygulaması (Kavram-Teori-Uygulama)</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786257588058</t>
+          <t>9786257588959</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Polifonik Düzenlemeler</t>
+          <t>Değişen Tüketiciyi Anlamak</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786257588072</t>
+          <t>9786257588973</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Spor Profesyonellerinde İş Sağlığı ve Güvenliği</t>
+          <t>Türkiye'de E-Spor: Dijital Bağımlılık ve Saldırganlık</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786257588119</t>
+          <t>9786257588898</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Güncel Değerlendirmelerle Bankacılık Dünyasından Seçmeler</t>
+          <t>Yeşil Pazarlamaya Nörobilim Perspektifi EEG ve Eye-Tracking Örnekleri</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786257588065</t>
+          <t>9786257588874</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Finansın Temel Teorileri</t>
+          <t>Nöroiktisat</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786257588010</t>
+          <t>9786257588911</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Current Studies On Employment And Unemployment</t>
+          <t>Kronik İşgören Hastalıkları Nedenleri, Sonuçları ve Çareleri</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786257358989</t>
+          <t>9786257588829</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Bulanık ve Klasik Uygulamalar ile Çok Kriterli Karar Verme Teknikleri</t>
+          <t>Makedonya'da Uluslararası Barış ve Güvenlik: Tarihsel Kurumsalcı Bir Analiz</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786257358828</t>
+          <t>9786257588836</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>İktisadi, Mali ve Finansal Uygulamaların Ampirik Sonuçları</t>
+          <t>Komünizm Sonrası Dönemde Orta Asya'da İslamcılık</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786257358835</t>
+          <t>9786257727853</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>İktisadi, Mali ve Finansal Uygulamaların Ampirik Sonuçları</t>
+          <t>Uluslararası Arabuluculuğa Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786257358804</t>
+          <t>9786257588676</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal Anlamda Yönetim ve Strateji</t>
+          <t>Türkiye Örgütsel Yaşamında İslami Sosyal Sermayenin Değişimi: 1980 - 2015</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786257358927</t>
+          <t>9786257588645</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Maliye Biliminde Gelenekçi ve Yenilikçi Yaklaşım ve Gelişmeler: Kamu Harcamaları, Kamu Gelirleri, Bütçe</t>
+          <t>Takımlar, Takımlarda Adalet ve Takım Düzeyinde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786257358880</t>
+          <t>9786257588812</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Araştırmaları İçin Uygulamalı Meta-Analiz</t>
+          <t>Metropol Yönetimlerinde Türkiye Modeli Arayışı: İstanbul, Londra, Paris Metropolitan Yönetimlerinin Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786257358866</t>
+          <t>9786257588744</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Organizasyon Pazarlama Anlayış, Tartışma ve Gelişmeler - Cilt 1</t>
+          <t>Güzel Şehir İlkeleri</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786257358873</t>
+          <t>9786257588782</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Organizasyon Pazarlama Anlayış, Tartışma ve Gelişmeler - Cilt 2</t>
+          <t>Veriye Dayalı İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786257358897</t>
+          <t>9786257588775</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Multi Sportif Araştırmalar: 6 Farklı Yaklaşım</t>
+          <t>To Securitize Or Not To Securitize: The Use Of Security Language By Transnational Advocacy Networks</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786257358941</t>
+          <t>9786257588577</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Teoride İktisadi, Mali ve Finansal Uygulama ve Anlayışlar</t>
+          <t>Planlanmış Bir Yüzme Programının 15-18 Yaş Öğrencilerinin Motivasyon, Atılganlık ve Dikkat Düzeylerine Etkileri</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786257358934</t>
+          <t>9786257588751</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Effects Of The Covid-19 Pandemic Restrictions On Jumping Events' Athletes In Track And Field</t>
+          <t>Çok Ürünlü Sezonluk Hazır Giyim Perakendeciliğinde Dinamik Fiyatlandırmayla Gelir Optimizasyonu</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786257358903</t>
+          <t>9786257588737</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemi Döneminde Kadın Girişimciler</t>
+          <t>Bilgi Teknolojilerinin Ahlaki Değerler Üzerindeki Etkisinin Araştırılması</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786257358842</t>
+          <t>9786257588690</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Teori ve Gelişmelere Gelenekçi ve Yenilikçi Yaklaşımlar</t>
+          <t>Spor İşletmelerinde Hedef Belirleme Süreci</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786257358910</t>
+          <t>9786257588713</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Öğretmenlerinin Teknolojik Pedagojik Alan Bilgisi Yeterliliklerinin Sınıf Yönetimi Davranışları Açısından İncelenmesi</t>
+          <t>Farklı Spor Branşlarındaki Hakemlerin Değer Yargılarının İnsani Değerler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786257358729</t>
+          <t>9786257588652</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>İşgücü Piyasalarında Kırılgan Kümeler</t>
+          <t>Kadın Voleybolunda Sosyal Medyaya Seyahat</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786257358682</t>
+          <t>9786257588720</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler</t>
+          <t>Multinominal Logit Model Analiziyle Konutlarda Isınma Sistemi Seçimi Osmaniye İli Hanehalkı Uygulaması</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786257358750</t>
+          <t>9786257588669</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Uygulamalı Dersler</t>
+          <t>Kent Markalama Bolu İli Örneği</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>490</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786257358774</t>
+          <t>9786257588126</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>İnternette Keşifsel Satın Alma</t>
+          <t>Sporcu Beslenmesinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1717" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786257358767</t>
+          <t>9786257588461</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Batı'da İktisadi Demokrasi Tartışmaları ve Bir Çıkış Yolu Arayışı</t>
+          <t>Risk İştahı Finansal Piyasalara Etkisi</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786257358781</t>
+          <t>9786257588317</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
+          <t>Denetimde Seçme Konular 7</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786257358699</t>
+          <t>9786257588447</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Sürdürebilirlik Performansını Değerlendirme Ölçeği</t>
+          <t>Değişimden Dönüşüme Sosyal Bilimlerde Yeni Normlar</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786257358163</t>
+          <t>9786257588607</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Spor Yapmalarına İlişkin Problem ve Beklentiler</t>
+          <t>Hint-Rus İlişkileri: Sömürgecilikten Soğuk Savaş Sonrasına</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786257358651</t>
+          <t>9786257588553</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>İzotonik İçeceklerin Sporcularda Dayanıklılık Performansı ve Toparlanma Seviyeleri Üzerine Etkileri</t>
+          <t>Zaman Serileri Analizi ile Türkiye Tavuk Yumurtası Sektörü Üretim ve İhracat Tahmini</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786257358644</t>
+          <t>9786257588546</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Denetim Komitesinin Finansal Raporlama Kalitesi Üzerindeki Etkisi</t>
+          <t>Tedarik Zincirinin Temelleri ve Gösterge Paneli</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786257358705</t>
+          <t>9786257588478</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme Yöntemleri İle İllerin Yatırım Ortamlarının Karşılaştırılması</t>
+          <t>Mali İktisat Açısından Muş'ta Gelişmişlik Düzeyi</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786257358668</t>
+          <t>9786257588522</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Aile Yazıları</t>
+          <t>Spor Kulüplerinde Kalite Yönetimine Sistemsel Yaklaşım</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786257358613</t>
+          <t>9786257588416</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Ziver Bey Mütalaat-ı Edebiyye - Bir Nesil Eleştirmeninin Kitabı</t>
+          <t>Multi Sportif Araştırmalar-2: 7 Farklı Yaklaşım</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786257358569</t>
+          <t>9786257588492</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Düşünce ve Araştırma Metodolojisi</t>
+          <t>Kent ve Çevre Çalışmaları</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786257358552</t>
+          <t>9786257588430</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>İşgücü Piyasalarına Yönelik Regülasyonların İşgücü Arz ve Talep Üzerine Etkileri: Türkiye Üzerine Bir İnceleme</t>
+          <t>Döviz Kuru Dinamikleri ve Finansal İstikrar</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786257358439</t>
+          <t>9786257588485</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Vergi Uyumunun ve Uyum Maliyetlerinin Bölgesel Analizi</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786257358545</t>
+          <t>9786257588508</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sektöründe Katılım Bankalarının Finansal Performans Analizi: Entropi, Vikor ve Topsis Yöntemleriyle Bir Uygulama</t>
+          <t>Kuzey Kıbrıs'ta Güncel Araştırma Konuları</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786257358491</t>
+          <t>9786257588515</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Entegre Raporlama</t>
+          <t>Tedarik Zinciri İşbirliği ve İnovasyon</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786257358538</t>
+          <t>9786257588409</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>KOBİ'lerde Bilgi Yönetimi Uygulamaları</t>
+          <t>Dijital Çağda İslam Dünyası</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786257358484</t>
+          <t>9786257588096</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Yapısı ve Sermaye Yapısı Teorileri</t>
+          <t>Pandeminin Mali Analizi</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786257358408</t>
+          <t>9786257588454</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Kayyımlık</t>
+          <t>Sentez Siyasetin Sosyopolitik İnşaası: Ak Parti</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786257358385</t>
+          <t>9786257588188</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Spor Yükseköğretim Kurumlarında Stratejik Liderlik ve Örgütsel Bağlılık İlişkisinin İncelenmesi</t>
+          <t>Öğretmen Motivasyonu</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786257358392</t>
+          <t>9786257588331</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çalışanlarda İş Yaşam Kalitesi ve Örgütsel Sosyalleşme</t>
+          <t>Sürdürülebilirlik Boyutuyla Muhasebe ve Finansman Araştırmaları</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786257358361</t>
+          <t>9786257588355</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Hearing the Phenomenon of Divorce in Turkey From Divorce Lawyers: Social Change, Gender and Patriarchy</t>
+          <t>Kamu Hizmetlerinde Motivasyon Akademik Personele Yönelik Fenomenolojik Bir Araştırma</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786257358224</t>
+          <t>9786257588324</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Gönül Kaleminden</t>
+          <t>Modern Pazarlama Yöntemleri ve Turizme Yansımaları</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786257358323</t>
+          <t>9786257588287</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Viral Çağda Kent ve Kentsel Bağışıklık</t>
+          <t>Kadın Dünyası Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786257358293</t>
+          <t>9786257588386</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alanında Disiplinlerarası Yaklaşımlar</t>
+          <t>İşletmelerde Dijital Yönetim</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786257358279</t>
+          <t>9786257588294</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>The Roadmap of Sustainable Growth</t>
+          <t>Divanu Lugati't-Türk'te Tekrarlı Atasözleri</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786257358262</t>
+          <t>9786257588256</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Köy Muhtarlarının Spor Hizmetleri ile İlgili Yerel Yönetimlerden Beklentilerinin Tematik Analizi</t>
+          <t>Antik Komedya'da Erotizm ve Plautus'un Oyunlarına Yansıması</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786257358255</t>
+          <t>9786257588195</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Yapay Adalar ve Tesisler</t>
+          <t>Agriculture and Women's Employment in Turkey</t>
         </is>
       </c>
       <c r="C1743" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786257358071</t>
+          <t>9786257588201</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Özellikleri Bakımından Çaycuma İlçesinin Yerleşme Coğrafyası</t>
+          <t>Covid-19'un Muhasebe ve Finans Yansımaları</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786257358231</t>
+          <t>9786257588218</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve Sosyal Boyutlarıyla İşçi Benzeri Çalışan Kavramı</t>
+          <t>Taekwondocuların Antropometrik ve Biyomotor Yetilerinin Normlandırılması</t>
         </is>
       </c>
       <c r="C1745" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786257358170</t>
+          <t>9786257588171</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık Tarihi</t>
+          <t>Lise Öğrencilerinin Dijital Oyun Oynama Motivasyonları ile Fiziksel Aktiviteye Katılım Motivasyonlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786257358088</t>
+          <t>9786257588140</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Finans Üzerine Güncel Yaklaşımlar: Teorik ve Uygulamalı İncelemeler</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786257358156</t>
+          <t>9786257588300</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>İşitme Engelli Futsalcılarda Başarı Motivasyonu</t>
+          <t>Pratik Miras Hukuku</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786257358187</t>
+          <t>9786257588089</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>The Role of Creativity and Entrepreneurship in Business Growth and Sustainability</t>
+          <t>Hakikat Sonrası Çağda Kadın ve Siyaset</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786257315135</t>
+          <t>9786257588058</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi Süleyman-Name (77.Cilt)</t>
+          <t>Piyano İçin Polifonik Düzenlemeler</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786257358149</t>
+          <t>9786257588072</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Fikirlerinden Ne Ölçüde Yararlanıyoruz</t>
+          <t>Spor Profesyonellerinde İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786257358057</t>
+          <t>9786257588119</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Kişisel Satış ve Satış Gücü Yönetimi</t>
+          <t>Güncel Değerlendirmelerle Bankacılık Dünyasından Seçmeler</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786257358132</t>
+          <t>9786257588065</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Politik Arena Metaforu Olarak Örgütlerde Politik Yeti ve Performans İlişkisi</t>
+          <t>Finansın Temel Teorileri</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786257358040</t>
+          <t>9786257588010</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Sosyospor</t>
+          <t>Current Studies On Employment And Unemployment</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786257358118</t>
+          <t>9786257358989</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir Döneminde Ganimet Uygulamaları</t>
+          <t>Bulanık ve Klasik Uygulamalar ile Çok Kriterli Karar Verme Teknikleri</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786258494488</t>
+          <t>9786257358828</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Kavram Atlası - Türk İslam Sanatları 1</t>
+          <t>İktisadi, Mali ve Finansal Uygulamaların Ampirik Sonuçları</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786257315968</t>
+          <t>9786257358835</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Zaman Serileri Analizi İle Türkiye Kuru Meyve Sektörü İhracat Tahmini</t>
+          <t>İktisadi, Mali ve Finansal Uygulamaların Ampirik Sonuçları</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786257315791</t>
+          <t>9786257358804</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Temel Mevzuatı</t>
+          <t>Kuramsal Anlamda Yönetim ve Strateji</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786257315906</t>
+          <t>9786257358927</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmeciliği, Pazarlaması ve Ekonomisi</t>
+          <t>Maliye Biliminde Gelenekçi ve Yenilikçi Yaklaşım ve Gelişmeler: Kamu Harcamaları, Kamu Gelirleri, Bütçe</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786257315708</t>
+          <t>9786257358880</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Günümüz ve Geleceğin Girişimcilik Türleri</t>
+          <t>Muhasebe Araştırmaları İçin Uygulamalı Meta-Analiz</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786257315944</t>
+          <t>9786257358866</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Turizm Destinasyonlarında Yerleşik Yabancılar</t>
+          <t>Muhasebe Organizasyon Pazarlama Anlayış, Tartışma ve Gelişmeler - Cilt 1</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786257315975</t>
+          <t>9786257358873</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Sözleşmeli Üretim</t>
+          <t>Muhasebe Organizasyon Pazarlama Anlayış, Tartışma ve Gelişmeler - Cilt 2</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786257315951</t>
+          <t>9786257358897</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Talcott Parsons'ın Sosyal Eylem Teorisinde İktisat Biliminin Metodolojisi ve Ona Yönelik Eleştiriler</t>
+          <t>Multi Sportif Araştırmalar: 6 Farklı Yaklaşım</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786257315470</t>
+          <t>9786257358941</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Temel Anatomi</t>
+          <t>Teoride İktisadi, Mali ve Finansal Uygulama ve Anlayışlar</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786257315913</t>
+          <t>9786257358934</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Biliminde Geçmişten Günümüze Yaşanan Gelişmeler</t>
+          <t>Effects Of The Covid-19 Pandemic Restrictions On Jumping Events' Athletes In Track And Field</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786257315982</t>
+          <t>9786257358903</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Korunması (Piyasa Örnekleri)</t>
+          <t>Covid-19 Pandemi Döneminde Kadın Girişimciler</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786257315920</t>
+          <t>9786257358842</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yatırım Kararlarının Finansal Açıdan Değerlendirilmesi: Türkiye İçin Bir Model Önerisi</t>
+          <t>İktisadi Teori ve Gelişmelere Gelenekçi ve Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786257315746</t>
+          <t>9786257358910</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Yönetim ve İnsan Kaynakları</t>
+          <t>Beden Eğitimi ve Spor Öğretmenlerinin Teknolojik Pedagojik Alan Bilgisi Yeterliliklerinin Sınıf Yönetimi Davranışları Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786257315869</t>
+          <t>9786257358729</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetiminde Duygusal Emeği Anlamak</t>
+          <t>İşgücü Piyasalarında Kırılgan Kümeler</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786257315753</t>
+          <t>9786257358682</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Turizm Destinasyonu ve Yönetim Yaklaşımları</t>
+          <t>Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786257315777</t>
+          <t>9786257358750</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Teoride Finans ve İktisat</t>
+          <t>Spor Bilimlerinde Uygulamalı Dersler</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786257315661</t>
+          <t>9786257358774</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Family Businesses: Business Models and Strategies</t>
+          <t>İnternette Keşifsel Satın Alma</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786257315685</t>
+          <t>9786257358767</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Öğretisinde Ahlak Eğitimi</t>
+          <t>Batı'da İktisadi Demokrasi Tartışmaları ve Bir Çıkış Yolu Arayışı</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786257315784</t>
+          <t>9786257358781</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Ulusal, Uluslararası ve Küresel Ölçekte Finans Uygulamaları</t>
+          <t>Dünden Bugüne Türkiye-Irak İlişkileri</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>325</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786257315838</t>
+          <t>9786257358699</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>İslami Finans Sisteminde Sukuk</t>
+          <t>Sürdürebilirlik Performansını Değerlendirme Ölçeği</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786257315807</t>
+          <t>9786257358163</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>İktisadi, Sosyal ve Kültürel Yönleriyle Turizm</t>
+          <t>Kadınların Spor Yapmalarına İlişkin Problem ve Beklentiler</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786257315814</t>
+          <t>9786257358651</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Bakımından Yerel ve Küresel Ölçekte Düşünceler ve Kurumlar</t>
+          <t>İzotonik İçeceklerin Sporcularda Dayanıklılık Performansı ve Toparlanma Seviyeleri Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786257315852</t>
+          <t>9786257358644</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Ulusal, Uluslararası ve Küresel Ölçekte İktisat Uygulamaları</t>
+          <t>Denetim Komitesinin Finansal Raporlama Kalitesi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786257315760</t>
+          <t>9786257358705</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye Ekonomisinin Dünü, Bugünü ve Yarını</t>
+          <t>Çok Kriterli Karar Verme Yöntemleri İle İllerin Yatırım Ortamlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786257315593</t>
+          <t>9786257358668</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Siyer 2 - Kavram Atlası</t>
+          <t>Aile Yazıları</t>
         </is>
       </c>
       <c r="C1780" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786257315371</t>
+          <t>9786257358613</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 4</t>
+          <t>Mehmed Ziver Bey Mütalaat-ı Edebiyye - Bir Nesil Eleştirmeninin Kitabı</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786257727860</t>
+          <t>9786257358569</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Prosesler İçin Uygulamalı Ekserji Analizi</t>
+          <t>Bilimsel Düşünce ve Araştırma Metodolojisi</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786257315487</t>
+          <t>9786257358552</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Turizm ve Ekonomik Etkileri</t>
+          <t>İşgücü Piyasalarına Yönelik Regülasyonların İşgücü Arz ve Talep Üzerine Etkileri: Türkiye Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786257315258</t>
+          <t>9786257358439</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Türk Jandarmasında Reform Süreci: Yüzbaşı Sarrou'nun Hatıratını Anlamak</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786257315647</t>
+          <t>9786257358545</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Söz Varlığı İncelemesi</t>
+          <t>Türk Bankacılık Sektöründe Katılım Bankalarının Finansal Performans Analizi: Entropi, Vikor ve Topsis Yöntemleriyle Bir Uygulama</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786257315364</t>
+          <t>9786257358491</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Modeller 1</t>
+          <t>Entegre Raporlama</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786257315616</t>
+          <t>9786257358538</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Ovası ve Çevresi Jeomorfolojisi</t>
+          <t>KOBİ'lerde Bilgi Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786257315630</t>
+          <t>9786257358484</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Etiği</t>
+          <t>Sermaye Yapısı ve Sermaye Yapısı Teorileri</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786257315562</t>
+          <t>9786257358408</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yetenek Yönetimi Çalışan Yaratıcılığı Yenilikçi Davranış Turizm Sektöründe Bir Araştırma</t>
+          <t>Yerel Yönetimlerde Kayyımlık</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786257727341</t>
+          <t>9786257358385</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Bobi Finansal Raporlama Standardı (Ciltli)</t>
+          <t>Spor Yükseköğretim Kurumlarında Stratejik Liderlik ve Örgütsel Bağlılık İlişkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786257315340</t>
+          <t>9786257358392</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Hanehalkı Tasarruf Eğilimi: Mikroekonometrik Analiz</t>
+          <t>Engelli Çalışanlarda İş Yaşam Kalitesi ve Örgütsel Sosyalleşme</t>
         </is>
       </c>
       <c r="C1791" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786257315401</t>
+          <t>9786257358361</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Göçmenlerin İşgücü Piyasasına Entegrasyonunda Kurumsal Etkiler: UNDP Örneği</t>
+          <t>Hearing the Phenomenon of Divorce in Turkey From Divorce Lawyers: Social Change, Gender and Patriarchy</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786257315272</t>
+          <t>9786257358224</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Sınıflandırma Problemleri: Utadis ve Sıralı Lojistik Regresyon Modelleri Karşılaştırması</t>
+          <t>Bir Delinin Gönül Kaleminden</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786257315500</t>
+          <t>9786257358323</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Tüketicilerinin Yaşam Kalitesi ve Mutluluk Düzeyleri Arasındaki İlişkinin İncelenmesi: Olimpik Kış Festivali Örneği</t>
+          <t>Viral Çağda Kent ve Kentsel Bağışıklık</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786257315432</t>
+          <t>9786257358293</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Antecedents and Consequences of Brand Love: The Interplay Between The Self, Engagement and Attachment Consequences</t>
+          <t>Gayrimenkul Alanında Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786257315449</t>
+          <t>9786257358279</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>İşgücü Verimliliği Etkileyen Faktörler</t>
+          <t>The Roadmap of Sustainable Growth</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>285</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786257315210</t>
+          <t>9786257358262</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İstihdama Sosyo-Ekonomik Bir Bakış (1990-2019)</t>
+          <t>Köy Muhtarlarının Spor Hizmetleri ile İlgili Yerel Yönetimlerden Beklentilerinin Tematik Analizi</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786257315173</t>
+          <t>9786257358255</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Dış Ticaret</t>
+          <t>Uluslararası Hukukta Yapay Adalar ve Tesisler</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786257315227</t>
+          <t>9786257358071</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Maliyet Analizi</t>
+          <t>Fonksiyonel Özellikleri Bakımından Çaycuma İlçesinin Yerleşme Coğrafyası</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786257315128</t>
+          <t>9786257358231</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belediyelerin Spor Hizmetleri İçin Örnek Yönetim Modeli (Düzce Belediyesi Örneği)</t>
+          <t>Hukuki ve Sosyal Boyutlarıyla İşçi Benzeri Çalışan Kavramı</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786257315159</t>
+          <t>9786257358170</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Entegre Raporlamanın İç Değişim Mekanizması ve Yatırımcı Kararları Üzerindeki Etkisi</t>
+          <t>Uygarlık Tarihi</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786257315142</t>
+          <t>9786257358088</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Envanter Yatırımlarının İş Çevrimleri Üzerine Etkisi</t>
+          <t>Finans Üzerine Güncel Yaklaşımlar: Teorik ve Uygulamalı İncelemeler</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786257727990</t>
+          <t>9786257358156</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Modellerle İşletme Yönetimi</t>
+          <t>İşitme Engelli Futsalcılarda Başarı Motivasyonu</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786257315234</t>
+          <t>9786257358187</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Etik İklim ve Rol Stresi Sarmalında İşten Ayrılma Niyeti: Muhasebe Meslek Mensupları Üzerinde Bir Araştırma</t>
+          <t>The Role of Creativity and Entrepreneurship in Business Growth and Sustainability</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786257315319</t>
+          <t>9786257315135</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Nationalisms And The International Conjuncture: The Case Of Cyprus 1945-1964</t>
+          <t>Firdevsi Süleyman-Name (77.Cilt)</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786257315197</t>
+          <t>9786257358149</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Muhasebe Elemanı Mesleğinin Belgelendirilmesi ve Eğitimi</t>
+          <t>Başkalarının Fikirlerinden Ne Ölçüde Yararlanıyoruz</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786257315388</t>
+          <t>9786257358057</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Semavi Dinlerde Muhasebe Panoraması</t>
+          <t>Perakendecilikte Kişisel Satış ve Satış Gücü Yönetimi</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786257315326</t>
+          <t>9786257358132</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Öğrencilerin Öğrenme Stillerinin Muhasebe Derslerine Yönelik Tutumlarına Etkisi</t>
+          <t>Politik Arena Metaforu Olarak Örgütlerde Politik Yeti ve Performans İlişkisi</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786257315357</t>
+          <t>9786257358040</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Pygmalion Etkisi</t>
+          <t>Sosyospor</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786257315463</t>
+          <t>9786257358118</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi</t>
+          <t>Hz. Ebu Bekir Döneminde Ganimet Uygulamaları</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786257315333</t>
+          <t>9786258494488</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0'ın Rekabet Stratejileri ve Pazar Performansı İlişkisindeki Rolü</t>
+          <t>Kavram Atlası - Türk İslam Sanatları 1</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786257315166</t>
+          <t>9786257315968</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizlerde Borç Deflasyonu Olgusu Mücadele Yöntemleri Makro ve Finansal Değişkenler Üzerindeki Etkileri</t>
+          <t>Zaman Serileri Analizi İle Türkiye Kuru Meyve Sektörü İhracat Tahmini</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786257315395</t>
+          <t>9786257315791</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesinde Bireysel Başvuru</t>
+          <t>İdari Yargı Temel Mevzuatı</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786257358415</t>
+          <t>9786257315906</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Petrol ve Doğal Gaz Mühendisliği</t>
+          <t>Turizm İşletmeciliği, Pazarlaması ve Ekonomisi</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786257315081</t>
+          <t>9786257315708</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Essays In Macro-Finance</t>
+          <t>Günümüz ve Geleceğin Girişimcilik Türleri</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786257727952</t>
+          <t>9786257315944</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Ek Besin Maddesi İncir</t>
+          <t>Turizm Destinasyonlarında Yerleşik Yabancılar</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786257315098</t>
+          <t>9786257315975</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ekonometrik Modeller</t>
+          <t>Tarımda Sözleşmeli Üretim</t>
         </is>
       </c>
       <c r="C1817" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786257315036</t>
+          <t>9786257315951</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Üretim</t>
+          <t>Talcott Parsons'ın Sosyal Eylem Teorisinde İktisat Biliminin Metodolojisi ve Ona Yönelik Eleştiriler</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786257315029</t>
+          <t>9786257315470</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'te Akıl ve Bilim</t>
+          <t>Spor Bilimlerinde Temel Anatomi</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786257315012</t>
+          <t>9786257315913</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Uygulamaya Sağlık Kurumlarında Stratejik Yönetim Araçları</t>
+          <t>Siyaset Biliminde Geçmişten Günümüze Yaşanan Gelişmeler</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786257315074</t>
+          <t>9786257315982</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Managing Global Trade in Industry 4.0: New Issues and Trends</t>
+          <t>Sermayenin Korunması (Piyasa Örnekleri)</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>385</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786257727198</t>
+          <t>9786257315920</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Çevre Tartışmaları ve Çağdaş Gelişmeler</t>
+          <t>Kamu Yatırım Kararlarının Finansal Açıdan Değerlendirilmesi: Türkiye İçin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1822" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786257727907</t>
+          <t>9786257315746</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Farklı Perspektiflerden Endüstri 4.0 Yazıları 1</t>
+          <t>Aile İşletmelerinde Yönetim ve İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C1823" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786257727976</t>
+          <t>9786257315869</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomi Mektupları</t>
+          <t>Stratejik İnsan Kaynakları Yönetiminde Duygusal Emeği Anlamak</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786257727785</t>
+          <t>9786257315753</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Down Sendromlu Bireylerde Kronik Hastalıklar ve Egzersiz</t>
+          <t>Turizm Destinasyonu ve Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786257727891</t>
+          <t>9786257315777</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Din-Ahlak Dengesi</t>
+          <t>Tüm Yönleriyle Teoride Finans ve İktisat</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786257727884</t>
+          <t>9786257315661</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmeleri</t>
+          <t>Family Businesses: Business Models and Strategies</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786257045025</t>
+          <t>9786257315685</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak'ta Spora Katılımın Sosyo-Ekonomik Boyutu</t>
+          <t>Alevi-Bektaşi Öğretisinde Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786257727839</t>
+          <t>9786257315784</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Yeniliğin Ekonomi Politiği</t>
+          <t>Ulusal, Uluslararası ve Küresel Ölçekte Finans Uygulamaları</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786257727501</t>
+          <t>9786257315838</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetimine Neoliberal Politikaların Etkisi: Kamu Özel Ortaklığı</t>
+          <t>İslami Finans Sisteminde Sukuk</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786257727846</t>
+          <t>9786257315807</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Sporda Liderlik ve Motivasyon</t>
+          <t>İktisadi, Sosyal ve Kültürel Yönleriyle Turizm</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786257727778</t>
+          <t>9786257315814</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Coğrafyaları 2</t>
+          <t>Kamu Yönetimi Bakımından Yerel ve Küresel Ölçekte Düşünceler ve Kurumlar</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786257727815</t>
+          <t>9786257315852</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Habermas'ın İletişimsel-Rasyonellik Teorisi Çerçevesinde Bankaların İncelenmesi</t>
+          <t>Ulusal, Uluslararası ve Küresel Ölçekte İktisat Uygulamaları</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786257727792</t>
+          <t>9786257315760</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Spor Merkezlerindeki Bireylerin Spordan ve Spor Merkezlerinden Beklentileri</t>
+          <t>Dünya ve Türkiye Ekonomisinin Dünü, Bugünü ve Yarını</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786257727808</t>
+          <t>9786257315593</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Güncel Makroekonomik Sorunlar</t>
+          <t>Siyer 2 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786257727624</t>
+          <t>9786257315371</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Ankara'da Vakıf Bedesten ve Hanlar (15 - 20. yy)</t>
+          <t>Multidisipliner Yaklaşımla İktisadi Kriz Olgusu Cilt 4</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786257727723</t>
+          <t>9786257727860</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Şiddet</t>
+          <t>Prosesler İçin Uygulamalı Ekserji Analizi</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786257727716</t>
+          <t>9786257315487</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Enflasyon Dinamikleri</t>
+          <t>Alternatif Turizm ve Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786257727686</t>
+          <t>9786257315258</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Nicel Veri Analizi</t>
+          <t>Türk Jandarmasında Reform Süreci: Yüzbaşı Sarrou'nun Hatıratını Anlamak</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786257727747</t>
+          <t>9786257315647</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Mazhar Ul İslam</t>
+          <t>Tarama Sözlüğü Söz Varlığı İncelemesi</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786257727709</t>
+          <t>9786257315364</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Post Truth Çağda Algı ve Algı Yönetimi Turizm Destinasyonlarında Algı Oluşturma</t>
+          <t>Ekonometrik Modeller 1</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786257727761</t>
+          <t>9786257315616</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknoloji Temelli İşletmelerin Sermaye Yapısı</t>
+          <t>Sakarya Ovası ve Çevresi Jeomorfolojisi</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786257727730</t>
+          <t>9786257315630</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Kadimden Moderne Türkiye'de Kamu Yönetimi</t>
+          <t>Mühendislik Etiği</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786257727693</t>
+          <t>9786257315562</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Makro Ekonomik Göstergeler Üzerine Ampirik Çalışmalar</t>
+          <t>İşletmelerde Yetenek Yönetimi Çalışan Yaratıcılığı Yenilikçi Davranış Turizm Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786257727662</t>
+          <t>9786257727341</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Hal Bölge Valiliği</t>
+          <t>Uygulamalı Bobi Finansal Raporlama Standardı (Ciltli)</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786257727631</t>
+          <t>9786257315340</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Rekreatif Amaçlı Yüzme Aktivitelerine Katılan Bireylerin Serbest Zaman Tatmin Düzeyleri</t>
+          <t>Türkiye'de Hanehalkı Tasarruf Eğilimi: Mikroekonometrik Analiz</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786257727655</t>
+          <t>9786257315401</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Sayıştay Denetimi</t>
+          <t>Suriyeli Göçmenlerin İşgücü Piyasasına Entegrasyonunda Kurumsal Etkiler: UNDP Örneği</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786257216692</t>
+          <t>9786257315272</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Metasezgisel Yöntemlerle Rotalama Problemlerinin Çözümü İçin Çok Aşamalı Bir Yaklaşım</t>
+          <t>Sınıflandırma Problemleri: Utadis ve Sıralı Lojistik Regresyon Modelleri Karşılaştırması</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786257727594</t>
+          <t>9786257315500</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Akademik Çalışmalarda İstatistik Uygulamaları</t>
+          <t>Boş Zaman Tüketicilerinin Yaşam Kalitesi ve Mutluluk Düzeyleri Arasındaki İlişkinin İncelenmesi: Olimpik Kış Festivali Örneği</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786257727617</t>
+          <t>9786257315432</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Sağlığına Çok Yönlü Yaklaşım</t>
+          <t>Antecedents and Consequences of Brand Love: The Interplay Between The Self, Engagement and Attachment Consequences</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786257727549</t>
+          <t>9786257315449</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Döviz Gelirinin Ulusal Para Arzı ve Merkezi Yönetim Borcu Üzerine Etkisi</t>
+          <t>İşgücü Verimliliği Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786257727587</t>
+          <t>9786257315210</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Adli Muhasebe</t>
+          <t>Türkiye'de İstihdama Sosyo-Ekonomik Bir Bakış (1990-2019)</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786257727556</t>
+          <t>9786257315173</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Aynası</t>
+          <t>A'dan Z'ye Dış Ticaret</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786257727532</t>
+          <t>9786257315227</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Yeni Büyükşehir Modelinde Temsil, Katılım ve Hizmet Kalitesi</t>
+          <t>Hastalık Maliyet Analizi</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786257727518</t>
+          <t>9786257315128</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Tarzları ve Örgütsel Sessizlik İlişkisinde Örgütsel Adalet ve Kuşak Farklılıklarının Etkisi</t>
+          <t>Türkiye'de Belediyelerin Spor Hizmetleri İçin Örnek Yönetim Modeli (Düzce Belediyesi Örneği)</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786257727495</t>
+          <t>9786257315159</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesi, Sürdürülebilirlik ve Entegre Raporlama</t>
+          <t>Entegre Raporlamanın İç Değişim Mekanizması ve Yatırımcı Kararları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786257727525</t>
+          <t>9786257315142</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Covid-19’un Sektörel Etkilerine Stratejik Bir Bakış: Küresel İşletmelerin Analizi</t>
+          <t>Envanter Yatırımlarının İş Çevrimleri Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786257727471</t>
+          <t>9786257727990</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kadın Çalışanlara Uygulanan Destekler Perspektifinde Kadın Çalışanların Psikolojik Sahiplenme ve Yılmazlık Durumları</t>
+          <t>Modellerle İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786257216487</t>
+          <t>9786257315234</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Planlaması</t>
+          <t>Etik İklim ve Rol Stresi Sarmalında İşten Ayrılma Niyeti: Muhasebe Meslek Mensupları Üzerinde Bir Araştırma</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786257727464</t>
+          <t>9786257315319</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü ve İş Tatmini İlişkisinde Rol Belirsizliği ve Kuşak Farklılıklarının Etkisi</t>
+          <t>Nationalisms And The International Conjuncture: The Case Of Cyprus 1945-1964</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786257727457</t>
+          <t>9786257315197</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Haymus</t>
+          <t>Yardımcı Muhasebe Elemanı Mesleğinin Belgelendirilmesi ve Eğitimi</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786257727396</t>
+          <t>9786257315388</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Duygu ve Duygu Düzenleme</t>
+          <t>Semavi Dinlerde Muhasebe Panoraması</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786257727327</t>
+          <t>9786257315326</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisinde Yönetim ve Ekonomi</t>
+          <t>Öğrencilerin Öğrenme Stillerinin Muhasebe Derslerine Yönelik Tutumlarına Etkisi</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786257727150</t>
+          <t>9786257315357</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik ve Teknolojik Değişim Sürecinde İnovasyon</t>
+          <t>Otel İşletmelerinde Pygmalion Etkisi</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>365</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786257727280</t>
+          <t>9786257315463</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Kamu Politikaları</t>
+          <t>Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786257727334</t>
+          <t>9786257315333</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 And New Business Ecosystem</t>
+          <t>Endüstri 4.0'ın Rekabet Stratejileri ve Pazar Performansı İlişkisindeki Rolü</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786257727082</t>
+          <t>9786257315166</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Covid- 19 Sürecinde Üretim, Yönetim ve Pazarlama</t>
+          <t>Ekonomik Krizlerde Borç Deflasyonu Olgusu Mücadele Yöntemleri Makro ve Finansal Değişkenler Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786257727402</t>
+          <t>9786257315395</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler: Pandemi ve Deprem</t>
+          <t>Anayasa Mahkemesinde Bireysel Başvuru</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786257727266</t>
+          <t>9786257358415</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Sporda Stresle Başa Çıkma</t>
+          <t>21. Yüzyılda Petrol ve Doğal Gaz Mühendisliği</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786257727297</t>
+          <t>9786257315081</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Yeni Devletlerin Ortaya Çıkışı</t>
+          <t>Essays In Macro-Finance</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786257216876</t>
+          <t>9786257727952</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Fizik ve Mühendislikte Wolfram Mathematica</t>
+          <t>Futbolcularda Ek Besin Maddesi İncir</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786257727273</t>
+          <t>9786257315098</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Enerji Piyasaları ve Enerji Fiyat Modellemesi</t>
+          <t>Mekansal Ekonometrik Modeller</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786257727068</t>
+          <t>9786257315036</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Toksik Örgütler</t>
+          <t>Sürdürülebilir Üretim</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786257216869</t>
+          <t>9786257315029</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Amerika'daki Profesyonel Göçmen Kadınlar ve Kültürel Çatışmalar</t>
+          <t>Atatürk'te Akıl ve Bilim</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786257727167</t>
+          <t>9786257315012</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular 5</t>
+          <t>Teoriden Uygulamaya Sağlık Kurumlarında Stratejik Yönetim Araçları</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786257727075</t>
+          <t>9786257315074</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Managing Global Trade in Industry 4.0: New Issues and Trends</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786257727259</t>
+          <t>9786257727198</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemlerinde Yöneylem Araştırması Uygulamaları</t>
+          <t>Çevre Tartışmaları ve Çağdaş Gelişmeler</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786257727174</t>
+          <t>9786257727907</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular 6</t>
+          <t>Farklı Perspektiflerden Endüstri 4.0 Yazıları 1</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786257727211</t>
+          <t>9786257727976</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Holdinglerin Uluslararasılaşma Süreci</t>
+          <t>Makroekonomi Mektupları</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786257727112</t>
+          <t>9786257727785</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Hayatının Geleceği</t>
+          <t>Down Sendromlu Bireylerde Kronik Hastalıklar ve Egzersiz</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786257216678</t>
+          <t>9786257727891</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mutfağında Dünden Bugüne Unutulmayan Lezzetler</t>
+          <t>Din-Ahlak Dengesi</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786257216913</t>
+          <t>9786257727884</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Araştırmaları Cilt 1</t>
+          <t>Aile İşletmeleri</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786257216944</t>
+          <t>9786257045025</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Kıbrıs Dün, Bugün, Yarın</t>
+          <t>Zonguldak'ta Spora Katılımın Sosyo-Ekonomik Boyutu</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>425</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786257216890</t>
+          <t>9786257727839</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Kaşkay Türkçesi Grameri</t>
+          <t>Yeniliğin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786257216753</t>
+          <t>9786257727501</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Güç Cilt 3</t>
+          <t>Türk Kamu Yönetimine Neoliberal Politikaların Etkisi: Kamu Özel Ortaklığı</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786257727013</t>
+          <t>9786257727846</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuramları</t>
+          <t>Sporda Liderlik ve Motivasyon</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786257216739</t>
+          <t>9786257727778</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Açık Bankacılık Finansal Sistemin Dönüşümü</t>
+          <t>Milliyetçiliğin Coğrafyaları 2</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786257216845</t>
+          <t>9786257727815</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Siber Aylaklık</t>
+          <t>Habermas'ın İletişimsel-Rasyonellik Teorisi Çerçevesinde Bankaların İncelenmesi</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786257216883</t>
+          <t>9786257727792</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Motor Gelişim</t>
+          <t>Spor Merkezlerindeki Bireylerin Spordan ve Spor Merkezlerinden Beklentileri</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786257216852</t>
+          <t>9786257727808</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Ekonomi</t>
+          <t>Güncel Makroekonomik Sorunlar</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9789756009048</t>
+          <t>9786257727624</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Ankara'da Vakıf Bedesten ve Hanlar (15 - 20. yy)</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786257911627</t>
+          <t>9786257727723</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 1 - Kavram Atlası</t>
+          <t>Şiddet</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786257216708</t>
+          <t>9786257727716</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Kula'nın Sosyo-Ekonomik Yapısının Akademik Perspektiften Araştırılması</t>
+          <t>Türkiye Ekonomisinde Enflasyon Dinamikleri</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786257216579</t>
+          <t>9786257727686</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Borç Laffer Eğrisi</t>
+          <t>Sosyal Bilimlerde Nicel Veri Analizi</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786257216777</t>
+          <t>9786257727747</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Finans</t>
+          <t>Mazhar Ul İslam</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786257216715</t>
+          <t>9786257727709</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İşletmenin Gücü: Dağıtım</t>
+          <t>Post Truth Çağda Algı ve Algı Yönetimi Turizm Destinasyonlarında Algı Oluşturma</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786257216555</t>
+          <t>9786257727761</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Current Researches in Money and Capital Markets</t>
+          <t>Yeni Teknoloji Temelli İşletmelerin Sermaye Yapısı</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786257216746</t>
+          <t>9786257727730</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Çerçevesinde Güncel Alan Araştırmaları</t>
+          <t>Kadimden Moderne Türkiye'de Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786257216593</t>
+          <t>9786257727693</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pandemi Yönetimi Covid-19 ile İlgili Sektörel Görgül Araştırmalar</t>
+          <t>Makro Ekonomik Göstergeler Üzerine Ampirik Çalışmalar</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786257216661</t>
+          <t>9786257727662</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomik Göstergeler Çerçevesinde Türkiye Ekonomisindeki Gelişmeler</t>
+          <t>Olağanüstü Hal Bölge Valiliği</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786257216586</t>
+          <t>9786257727631</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Posdcorb</t>
+          <t>Rekreatif Amaçlı Yüzme Aktivitelerine Katılan Bireylerin Serbest Zaman Tatmin Düzeyleri</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786257216616</t>
+          <t>9786257727655</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Megalo İdea'dan Pontus Hayaline Rumların Türkiye'deki Faaliyetleri</t>
+          <t>Sayıştay Denetimi</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786257216760</t>
+          <t>9786257216692</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Olimpik Hazırlık Merkezi, Sporcu Eğitim Merkezi ve Bireysel Lisanslı Faal Sporcuların Sosyal Beceri Düzeylerinin İncelenmesi</t>
+          <t>Metasezgisel Yöntemlerle Rotalama Problemlerinin Çözümü İçin Çok Aşamalı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786257216609</t>
+          <t>9786257727594</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Güç Cilt 2</t>
+          <t>Akademik Çalışmalarda İstatistik Uygulamaları</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786257216623</t>
+          <t>9786257727617</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim ve Kurumsal Kaynak Planlaması Uygulamaları Işığında İç Denetim</t>
+          <t>Yaşlı Sağlığına Çok Yönlü Yaklaşım</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786257216562</t>
+          <t>9786257727549</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Financial and Managerial Issues in Multinational Enterprises</t>
+          <t>Türkiye’de Döviz Gelirinin Ulusal Para Arzı ve Merkezi Yönetim Borcu Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786257216470</t>
+          <t>9786257727587</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Güç Cilt 1</t>
+          <t>Uluslararası Adli Muhasebe</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786257216456</t>
+          <t>9786257727556</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Psikomotor Gelişim</t>
+          <t>Şiirin Aynası</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786257216494</t>
+          <t>9786257727532</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Dünya Markalarının En Etkili Uluslararası Pazarlama Yöntemleri</t>
+          <t>Yeni Büyükşehir Modelinde Temsil, Katılım ve Hizmet Kalitesi</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786257216463</t>
+          <t>9786257727518</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Advances in Productivity Researches</t>
+          <t>Liderlik Tarzları ve Örgütsel Sessizlik İlişkisinde Örgütsel Adalet ve Kuşak Farklılıklarının Etkisi</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786257216388</t>
+          <t>9786257727495</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Ayırıcı Karşıtlıklar</t>
+          <t>Çevre Muhasebesi, Sürdürülebilirlik ve Entegre Raporlama</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786257216258</t>
+          <t>9786257727525</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Sürecinde KOBİ’lerde Karşılaşılan Sorunlar ve Aile İşletmelerinde Kurumsallaşma</t>
+          <t>Covid-19’un Sektörel Etkilerine Stratejik Bir Bakış: Küresel İşletmelerin Analizi</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786257216371</t>
+          <t>9786257727471</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Çıkmazları Karşısında Bürokrasi ve Ötesi</t>
+          <t>İş Hayatında Kadın Çalışanlara Uygulanan Destekler Perspektifinde Kadın Çalışanların Psikolojik Sahiplenme ve Yılmazlık Durumları</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>425</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786257216340</t>
+          <t>9786257216487</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri ve Mühendislikte Kişilik</t>
+          <t>Türkiye’de Sağlık Planlaması</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786257216395</t>
+          <t>9786257727464</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Small Entrepreneurs in Urban Bus Public Transportation in Ankara</t>
+          <t>Örgüt Kültürü ve İş Tatmini İlişkisinde Rol Belirsizliği ve Kuşak Farklılıklarının Etkisi</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786257216197</t>
+          <t>9786257727457</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Dış Politika: Türkiye’nin Kuzey Irak ve İsrail Politikalarına Teorik Bir Bakış</t>
+          <t>Haymus</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786257855006</t>
+          <t>9786257727396</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Örgütsel Davranışta 21 Güncel Yaklaşım</t>
+          <t>Trafikte Duygu ve Duygu Düzenleme</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786257216203</t>
+          <t>9786257727327</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>2008’den 2018’e Küresel Krizin 10 Yılı</t>
+          <t>Covid-19 Pandemisinde Yönetim ve Ekonomi</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786257216104</t>
+          <t>9786257727150</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Etkinlik Ölçümü</t>
+          <t>Ekonomik ve Teknolojik Değişim Sürecinde İnovasyon</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786257216265</t>
+          <t>9786257727280</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Rejimlerinin Finansal İstikrar Üzerine Etkisi ve Politika Önerileri: Türkiye Örneği</t>
+          <t>Teknoloji ve Kamu Politikaları</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786257216333</t>
+          <t>9786257727334</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Başlarken</t>
+          <t>Covid-19 And New Business Ecosystem</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786257216166</t>
+          <t>9786257727082</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Spor Bakanlığında Örgüt İkliminin İşgören Performansı Üzerine Etkisi: Alan Araştırması</t>
+          <t>Covid- 19 Sürecinde Üretim, Yönetim ve Pazarlama</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786257216234</t>
+          <t>9786257727402</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Dilbilimsel Ulamlar</t>
+          <t>Doğal Afetler: Pandemi ve Deprem</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786257216067</t>
+          <t>9786257727266</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Şiddet Anlatıları - Eski Militanların Hayat Hikayeleri</t>
+          <t>Sporda Stresle Başa Çıkma</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786257216111</t>
+          <t>9786257727297</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikalarında Mali ve İktisadi Yapıdaki Dönüşüm: Yerelden Globale Teori, Beklentiler ve Uygulama</t>
+          <t>Soğuk Savaş Sonrası Yeni Devletlerin Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786257855761</t>
+          <t>9786257216876</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik, Finansal ve Mali Politikaların Uygulamadaki Yansımaları</t>
+          <t>Fizik ve Mühendislikte Wolfram Mathematica</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786257855402</t>
+          <t>9786257727273</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>Shadows of Authors</t>
+          <t>Enerji Piyasaları ve Enerji Fiyat Modellemesi</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786257855730</t>
+          <t>9786257727068</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Finansal Etkinlik Çerçevesinde Uygulamalı Çalışmalar</t>
+          <t>Toksik Örgütler</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786257855297</t>
+          <t>9786257216869</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Yerel Muhasebe Uygulamaları ile TMS/ TFRS Yakınsama Sürecinin Değerlendirilmesi</t>
+          <t>Amerika'daki Profesyonel Göçmen Kadınlar ve Kültürel Çatışmalar</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786257855747</t>
+          <t>9786257727167</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Alanında Yapılan Ampirik Çalışmalar - 2</t>
+          <t>Denetimde Seçme Konular 5</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786257855365</t>
+          <t>9786257727075</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Banka Girişlerinin Ekonomik Etkileri: Doğu Avrupa Ülke Örnekleri</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786257855709</t>
+          <t>9786257727259</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ceza Hukuku - 2 (Özel Hükümler)</t>
+          <t>Nicel Karar Yöntemlerinde Yöneylem Araştırması Uygulamaları</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786257855327</t>
+          <t>9786257727174</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihine Damgasını Vuran Gümüşhanevi Dergahının İslam Ekonomisine Katkıları</t>
+          <t>Denetimde Seçme Konular 6</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786257855310</t>
+          <t>9786257727211</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Yabancı Banka Girişlerinin Finansal Gelişme ve Büyüme Üzerine Etkisi</t>
+          <t>Türkiye'deki Holdinglerin Uluslararasılaşma Süreci</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786257855174</t>
+          <t>9786257727112</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Terkibinde Mekan</t>
+          <t>Çalışma Hayatının Geleceği</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786257855334</t>
+          <t>9786257216678</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi İmalat Sektöründe Bir Uygulama</t>
+          <t>Anadolu Mutfağında Dünden Bugüne Unutulmayan Lezzetler</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786257855181</t>
+          <t>9786257216913</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet'ten Cumhuriyet'e Ana Akım Siyasi Partiler (1889-1930)</t>
+          <t>Dış Ticaret Araştırmaları Cilt 1</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786257855303</t>
+          <t>9786257216944</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Türk Bankacılık Sektöründe Kilit Denetim Konuları</t>
+          <t>Osmanlı'dan Günümüze Kıbrıs Dün, Bugün, Yarın</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786257855242</t>
+          <t>9786257216890</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Evlerinde Kalan Ergen Kızlara Uygulanan Fiziksel Aktivite Programının İletişim Becerilerine ve Olumlu Olumsuz Duygulara Etkisi</t>
+          <t>Kaşkay Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786257855228</t>
+          <t>9786257216753</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Sporda Ayrımcılık</t>
+          <t>Sosyal Bilimler Perspektifinden Güç Cilt 3</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786257855211</t>
+          <t>9786257727013</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde İstanbul Basınında Bürokrasi Algısı</t>
+          <t>İletişim Kuramları</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786257855198</t>
+          <t>9786257216739</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Finansal Olmayan Raporlamada Değişim</t>
+          <t>Açık Bankacılık Finansal Sistemin Dönüşümü</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786257855099</t>
+          <t>9786257216845</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Uygurların Dini, Siyasi, ve Kültür Tarihinde Derin İz Bırakan Seyyid Afak Hoca ve Tezkiresi</t>
+          <t>Siber Aylaklık</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786257855105</t>
+          <t>9786257216883</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Amartya Sen'in Kalkınma Anlayışı</t>
+          <t>Psiko-Motor Gelişim</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786257855037</t>
+          <t>9786257216852</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Sıçrama Yüksekliği Ölçümünde Kullanılacak Yeni Bir Ölçüm Sistemi Geliştirilmesi</t>
+          <t>Duygusal Ekonomi</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786257855013</t>
+          <t>9789756009048</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Safranbolu İlçesi Halk Kültürü</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786257911894</t>
+          <t>9786257911627</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Ceza Hukuku - 1</t>
+          <t>İslam Tarihi 1 - Kavram Atlası</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786257855068</t>
+          <t>9786257216708</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman</t>
+          <t>Kula'nın Sosyo-Ekonomik Yapısının Akademik Perspektiften Araştırılması</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786257855051</t>
+          <t>9786257216579</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Adaptif Piyasalar Hipotezi: Türkiye Finansal Piyasaları Üzerine Bir İnceleme</t>
+          <t>Türkiye'de Borç Laffer Eğrisi</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786257855020</t>
+          <t>9786257216777</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Sivil Yerel Yönetimler</t>
+          <t>Davranışsal Finans</t>
         </is>
       </c>
       <c r="C1950" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786257911948</t>
+          <t>9786257216715</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kent Akıllı Turizm</t>
+          <t>Dijital Çağda İşletmenin Gücü: Dağıtım</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786257911870</t>
+          <t>9786257216555</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Sermaye</t>
+          <t>Current Researches in Money and Capital Markets</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786257911771</t>
+          <t>9786257216746</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe İnsan Kaynakları Yönetimi</t>
+          <t>Sosyal Bilimler Çerçevesinde Güncel Alan Araştırmaları</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786257911597</t>
+          <t>9786257216593</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İrtifada Yapılan Ekspedisyona Katılan Üniversite Öğrencilerinin Beslenme Durumu, Enerji Harcamaları ve Bazı Fiziksel Karekteristikleri</t>
+          <t>Stratejik Pandemi Yönetimi Covid-19 ile İlgili Sektörel Görgül Araştırmalar</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786257911849</t>
+          <t>9786257216661</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Yönetişimin Kurumsallaşma Üzerine Etkileri: AB Ülkeleri ve Türkiye Örneği</t>
+          <t>Temel Ekonomik Göstergeler Çerçevesinde Türkiye Ekonomisindeki Gelişmeler</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786257911788</t>
+          <t>9786257216586</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisinde Kriz Dinamikleri</t>
+          <t>Yönetim Posdcorb</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786257911825</t>
+          <t>9786257216616</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Migration in Turkey Policies, Reactions, Discussions</t>
+          <t>Megalo İdea'dan Pontus Hayaline Rumların Türkiye'deki Faaliyetleri</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786257911764</t>
+          <t>9786257216760</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Getiri ve İşlem Hacmi Oynaklığı Etkileşimi</t>
+          <t>Türkiye Olimpik Hazırlık Merkezi, Sporcu Eğitim Merkezi ve Bireysel Lisanslı Faal Sporcuların Sosyal Beceri Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786257911818</t>
+          <t>9786257216609</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Küresel Pandeminin Ekonomik ve Mali Etkileri</t>
+          <t>Sosyal Bilimler Perspektifinden Güç Cilt 2</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786257911740</t>
+          <t>9786257216623</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Finansal İçerme Herkes İçin Finansman</t>
+          <t>Kurumsal Yönetim ve Kurumsal Kaynak Planlaması Uygulamaları Işığında İç Denetim</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786257911702</t>
+          <t>9786257216562</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>KİT'lerde Sürdürülebilir Kurumsal Yönetimin Etkinliğinin Arttırılmasında İç Denetimin Rolü ve Bir Araştırma</t>
+          <t>Financial and Managerial Issues in Multinational Enterprises</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786257911696</t>
+          <t>9786257216470</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji ve Muhasebe Uygulamaları</t>
+          <t>Sosyal Bilimler Perspektifinden Güç Cilt 1</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786257911665</t>
+          <t>9786257216456</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Uygulama Örnekleriyle Çocuk Oyunları ve Oyuncakları</t>
+          <t>Psikomotor Gelişim</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786257911375</t>
+          <t>9786257216494</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Anayasa Hukuku</t>
+          <t>Dünya Markalarının En Etkili Uluslararası Pazarlama Yöntemleri</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786257911726</t>
+          <t>9786257216463</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Büyümeye Yönelik Ampirik Yaklaşımlar</t>
+          <t>Advances in Productivity Researches</t>
         </is>
       </c>
       <c r="C1965" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786257911474</t>
+          <t>9786257216388</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Portföy Çeşitlendirmesi</t>
+          <t>Ayırıcı Karşıtlıklar</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786257315845</t>
+          <t>9786257216258</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ekonomi</t>
+          <t>Büyüme Sürecinde KOBİ’lerde Karşılaşılan Sorunlar ve Aile İşletmelerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786257911641</t>
+          <t>9786257216371</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>DijiÇocuk</t>
+          <t>Çıkmazları Karşısında Bürokrasi ve Ötesi</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>265</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786257911603</t>
+          <t>9786257216340</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Akademisyen Başarısı</t>
+          <t>Fen Bilimleri ve Mühendislikte Kişilik</t>
         </is>
       </c>
       <c r="C1969" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786257911504</t>
+          <t>9786257216395</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çoğrafya Araştırmaları</t>
+          <t>Small Entrepreneurs in Urban Bus Public Transportation in Ankara</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786257911511</t>
+          <t>9786257216197</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Tarih Araştırmaları</t>
+          <t>Milliyetçilik ve Dış Politika: Türkiye’nin Kuzey Irak ve İsrail Politikalarına Teorik Bir Bakış</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786257911528</t>
+          <t>9786257855006</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye Coğrafyası Araştırmaları</t>
+          <t>21. Yüzyılda Örgütsel Davranışta 21 Güncel Yaklaşım</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786257911498</t>
+          <t>9786257216203</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar Kültür Turizmi</t>
+          <t>2008’den 2018’e Küresel Krizin 10 Yılı</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786257911252</t>
+          <t>9786257216104</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Ankara'nın Son Nefesi İmrahor</t>
+          <t>Sağlık Hizmetlerinde Etkinlik Ölçümü</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786257911382</t>
+          <t>9786257216265</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Yönetiminin Başarısında Örgütsel Yapı ve İnsan Kaynakları Yönetiminin Etkisi Üzerine Bir Araştırma</t>
+          <t>Döviz Kuru Rejimlerinin Finansal İstikrar Üzerine Etkisi ve Politika Önerileri: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786257911269</t>
+          <t>9786257216333</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Reform Serisi Medeni Hukuk - 2</t>
+          <t>Oyuna Başlarken</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>600</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786257911481</t>
+          <t>9786257216166</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politikada Güncel Gelişmeler: Dezavantajlı Gruplar</t>
+          <t>Gençlik ve Spor Bakanlığında Örgüt İkliminin İşgören Performansı Üzerine Etkisi: Alan Araştırması</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786257911344</t>
+          <t>9786257216234</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Etik Pazarlama Yolunda Neyi Nasıl Yapmamalı?</t>
+          <t>Türkçede Dilbilimsel Ulamlar</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9789758396177</t>
+          <t>9786257216067</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Siyasal Şiddet Anlatıları - Eski Militanların Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786257911306</t>
+          <t>9786257216111</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Söz Dizimi Kuramları Bağlamında Türkçede Baş Unsur</t>
+          <t>Kamu Politikalarında Mali ve İktisadi Yapıdaki Dönüşüm: Yerelden Globale Teori, Beklentiler ve Uygulama</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786257911245</t>
+          <t>9786257855761</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>İş - Aile Çatışması ve Öncülleri</t>
+          <t>Ekonomik, Finansal ve Mali Politikaların Uygulamadaki Yansımaları</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786257911733</t>
+          <t>9786257855402</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Akıllı Yatırımcının Rehberi</t>
+          <t>Shadows of Authors</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786257911238</t>
+          <t>9786257855730</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Macar Türkolojisinin Türklük Fikrine Katkısı (1870-1945)</t>
+          <t>Finansal Etkinlik Çerçevesinde Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786257045735</t>
+          <t>9786257855297</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>İnsan Performansının Ölçülmesi ve Değerlendirilmesi</t>
+          <t>Yerel Muhasebe Uygulamaları ile TMS/ TFRS Yakınsama Sürecinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786257358217</t>
+          <t>9786257855747</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Atalar Kültü</t>
+          <t>Ekonomi ve Finans Alanında Yapılan Ampirik Çalışmalar - 2</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786257045674</t>
+          <t>9786257855365</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Probiyotik Yüzyılı</t>
+          <t>Yabancı Banka Girişlerinin Ekonomik Etkileri: Doğu Avrupa Ülke Örnekleri</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786257911016</t>
+          <t>9786257855709</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>İnovasyonun Kökenleri</t>
+          <t>Reform Serisi Ceza Hukuku - 2 (Özel Hükümler)</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786257911122</t>
+          <t>9786257855327</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Innovation Principles and Practices</t>
+          <t>Türk Siyasi Tarihine Damgasını Vuran Gümüşhanevi Dergahının İslam Ekonomisine Katkıları</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>235</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786257911160</t>
+          <t>9786257855310</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>İletişim</t>
+          <t>Gelişmekte Olan Ülkelerde Yabancı Banka Girişlerinin Finansal Gelişme ve Büyüme Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786257911177</t>
+          <t>9786257855174</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Şiddet</t>
+          <t>Türk Milliyetçiliğinin Terkibinde Mekan</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786053443209</t>
+          <t>9786257855334</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi İmalat Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786257911184</t>
+          <t>9786257855181</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografik Bellek Gelişiminde Kültürel Ailesel ve Bireysel Özellikler</t>
+          <t>Meşrutiyet'ten Cumhuriyet'e Ana Akım Siyasi Partiler (1889-1930)</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786257911115</t>
+          <t>9786257855303</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulamalarla Çok Kriterli Karar Verme Yöntemleri</t>
+          <t>Türk Bankacılık Sektöründe Kilit Denetim Konuları</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786257911078</t>
+          <t>9786257855242</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyonel Turizmde Motivasyonlar ve Tercihler</t>
+          <t>Sevgi Evlerinde Kalan Ergen Kızlara Uygulanan Fiziksel Aktivite Programının İletişim Becerilerine ve Olumlu Olumsuz Duygulara Etkisi</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786257911054</t>
+          <t>9786257855228</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Düzleminde Yeni Araştırmalar 1</t>
+          <t>Sporda Ayrımcılık</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786257911139</t>
+          <t>9786257855211</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çok Yıllı Bütçeleme</t>
+          <t>Tek Parti Döneminde İstanbul Basınında Bürokrasi Algısı</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786257045995</t>
+          <t>9786257855198</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarb Ahvali Yeni Dünya</t>
+          <t>Finansal Olmayan Raporlamada Değişim</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786257045766</t>
+          <t>9786257855099</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Kısmi En Küçük Kareler Yapısal Eşitlik Modellemesi (PLS-SEM)</t>
+          <t>Uygurların Dini, Siyasi, ve Kültür Tarihinde Derin İz Bırakan Seyyid Afak Hoca ve Tezkiresi</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786257911108</t>
+          <t>9786257855105</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Katılımcı Demokrasi - Trakya'da Yerel Katılım Pratikleri</t>
+          <t>Amartya Sen'in Kalkınma Anlayışı</t>
         </is>
       </c>
       <c r="C1999" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786257045926</t>
+          <t>9786257855037</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Grup Psikoterapileri</t>
+          <t>Sıçrama Yüksekliği Ölçümünde Kullanılacak Yeni Bir Ölçüm Sistemi Geliştirilmesi</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786257045988</t>
+          <t>9786257855013</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Değişen Yönetici Tipolojisi: C-Seviye Yöneticiler</t>
+          <t>Safranbolu İlçesi Halk Kültürü</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786257045865</t>
+          <t>9786257911894</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Maliye Araştırmaları: Denetim, Vergileme, Üretim ve Yönetim Açısından Şeffaflık</t>
+          <t>Reform Serisi Ceza Hukuku - 1</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786257045902</t>
+          <t>9786257855068</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Enerji Sektöründe İktisadi ve Mali Araştırmalar</t>
+          <t>Ombudsman</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786257911009</t>
+          <t>9786257855051</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Keşmir: Uygarlıktan Tutsaklığa</t>
+          <t>Adaptif Piyasalar Hipotezi: Türkiye Finansal Piyasaları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786257045759</t>
+          <t>9786257855020</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Kültürel Çalışmalar</t>
+          <t>Sivil Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786257045698</t>
+          <t>9786257911948</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular 3</t>
+          <t>Akıllı Kent Akıllı Turizm</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786257045919</t>
+          <t>9786257911870</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluğun Ölçümü: Sosyal Performans Endeksleri</t>
+          <t>İlişkisel Sermaye</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786257045681</t>
+          <t>9786257911771</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular 4</t>
+          <t>Sağlık Sektöründe İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786257045711</t>
+          <t>9786257911597</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Anaerobik Performansı Takım Sporlarına Özgü Ölçen Yeni Bir Saha Testi Geliştirme</t>
+          <t>Yüksek İrtifada Yapılan Ekspedisyona Katılan Üniversite Öğrencilerinin Beslenme Durumu, Enerji Harcamaları ve Bazı Fiziksel Karekteristikleri</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786257045889</t>
+          <t>9786257911849</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Sporcuların El Performanslarının Finger Tapping (Parmak Vuruş) Yöntemi ile Değerlendirilmesi</t>
+          <t>Yönetişimin Kurumsallaşma Üzerine Etkileri: AB Ülkeleri ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786258494297</t>
+          <t>9786257911788</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İstihbarat</t>
+          <t>Türkiye Ekonomisinde Kriz Dinamikleri</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786257045780</t>
+          <t>9786257911825</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürüne Hizmet Öğr. Gör. Sadiddin Öztürk’e Armağan</t>
+          <t>Migration in Turkey Policies, Reactions, Discussions</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786257045803</t>
+          <t>9786257911764</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde İşyeri Nezaketsizliği</t>
+          <t>Getiri ve İşlem Hacmi Oynaklığı Etkileşimi</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786257045599</t>
+          <t>9786257911818</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>6 Yaş Grubu Öğrencilerinin  Psikomotor Gelişimlerinin Sağlanmasında Oyunun Yeri ve Önemi</t>
+          <t>Covid-19 Küresel Pandeminin Ekonomik ve Mali Etkileri</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786257045452</t>
+          <t>9786257911740</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sosyal ve Kurumsal Yönleriyle İktisadi Krizler</t>
+          <t>Türkiye'de Finansal İçerme Herkes İçin Finansman</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786257045346</t>
+          <t>9786257911702</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi: Kaçınılmazı Anlamak</t>
+          <t>KİT'lerde Sürdürülebilir Kurumsal Yönetimin Etkinliğinin Arttırılmasında İç Denetimin Rolü ve Bir Araştırma</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786257045568</t>
+          <t>9786257911696</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Şeffaflık Raporlaması</t>
+          <t>Yenilenebilir Enerji ve Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786257045551</t>
+          <t>9786257911665</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Belediyelere Ait Gençlik Merkezlerinde Etkinliklere Katılan Bireylerin Memnuniyet Beklenti ve Serbest Zaman Doyum Düzeylerinin İncelenmesi</t>
+          <t>Tasarım Uygulama Örnekleriyle Çocuk Oyunları ve Oyuncakları</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786257045483</t>
+          <t>9786257911375</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Pratik Bakımdan Dünya'da ve Türkiye'de İslami Finans</t>
+          <t>Reform Serisi Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786257045490</t>
+          <t>9786257911726</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Turizm Güvenliği</t>
+          <t>Ekonomik Büyümeye Yönelik Ampirik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786257045506</t>
+          <t>9786257911474</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Kobi'lerde Bulut Muhasebe Kullanımı</t>
+          <t>Uluslararası Portföy Çeşitlendirmesi</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786257045391</t>
+          <t>9786257315845</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Yapısı Kararları: Toplam Talep Dalgalanmalarının Türk İmalat Firmalarının Borç Kullanımına Etkisi</t>
+          <t>Gümüş Ekonomi</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786257045407</t>
+          <t>9786257911641</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda İstismarcı Yönetim Algısı</t>
+          <t>DijiÇocuk</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9786257045278</t>
+          <t>9786257911603</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkçesi Üzerine Araştırmalar</t>
+          <t>Akademisyen Başarısı</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786257045308</t>
+          <t>9786257911504</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Gördes İlçesi’nin Coğrafyası</t>
+          <t>Türkiye'de Çoğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786257045292</t>
+          <t>9786257911511</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık Araştırmaları</t>
+          <t>Geçmişten Günümüze Tarih Araştırmaları</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786257045384</t>
+          <t>9786257911528</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıdan Cumhuriyete İktisadi Düşüncenin Gelişimi: Liberal ve Milli İktisat Yaklaşımlarının Etkisi</t>
+          <t>21. Yüzyılda Türkiye Coğrafyası Araştırmaları</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786257045353</t>
+          <t>9786257911498</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Perspektifinden Sosyal Bilimlerde Güncel Çalışmalar</t>
+          <t>Afyonkarahisar Kültür Turizmi</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786257045094</t>
+          <t>9786257911252</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Toplumsal Hafıza</t>
+          <t>Ankara'nın Son Nefesi İmrahor</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9786257045155</t>
+          <t>9786257911382</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Örgütsel Davranış</t>
+          <t>Teknoloji Yönetiminin Başarısında Örgütsel Yapı ve İnsan Kaynakları Yönetiminin Etkisi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9789758396979</t>
+          <t>9786257911269</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Halk Plajlarının Uzun Dönemli Koliform Değişimi</t>
+          <t>Reform Serisi Medeni Hukuk - 2</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786257045063</t>
+          <t>9786257911481</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Web Sızma Testleri El Kitabı</t>
+          <t>Sosyal Politikada Güncel Gelişmeler: Dezavantajlı Gruplar</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786053449676</t>
+          <t>9786257911344</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>KOBİ'ler İçin Dijital Dönüşüm</t>
+          <t>Etik Pazarlama Yolunda Neyi Nasıl Yapmamalı?</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786053449980</t>
+          <t>9789758396177</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>KOBİ'ler İçin Perakendecilik</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9789758396962</t>
+          <t>9786257911306</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Rekreasyon İşletmeleri Yönetimi</t>
+          <t>Söz Dizimi Kuramları Bağlamında Türkçede Baş Unsur</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9789758396887</t>
+          <t>9786257911245</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Yönetiminde Çok Kriterli Karar Verme Teknikleri</t>
+          <t>İş - Aile Çatışması ve Öncülleri</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9789758396931</t>
+          <t>9786257911733</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Avrupa'da Kadının Hukuki Durumu Cilt 2</t>
+          <t>Sorularla Akıllı Yatırımcının Rehberi</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786257045049</t>
+          <t>9786257911238</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Neo-Kolonyalizm (Yeni Sömürgecilik) Aracı Olarak Kitle Turizmi</t>
+          <t>Macar Türkolojisinin Türklük Fikrine Katkısı (1870-1945)</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9789758396993</t>
+          <t>9786257045735</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sağlık Yönetimi</t>
+          <t>İnsan Performansının Ölçülmesi ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C2039" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9789758396917</t>
+          <t>9786257358217</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>İşletme Alanında Nicel Araştırma Yöntemleri ve Yayın Etiği</t>
+          <t>Türk Kültüründe Atalar Kültü</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9789758396900</t>
+          <t>9786257045674</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm Bibliyografyası (Açıklamalı)</t>
+          <t>Probiyotik Yüzyılı</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9789758396948</t>
+          <t>9786257911016</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Ticaret ve Kur Savaşları - Küresel Ekonomik Politiğe Yansımaları</t>
+          <t>İnovasyonun Kökenleri</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9789758396863</t>
+          <t>9786257911122</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Jeoloji</t>
+          <t>Innovation Principles and Practices</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>500</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9789758396825</t>
+          <t>9786257911160</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Stresin Öğrenmeye Etkileri ve Çözümleri</t>
+          <t>İletişim</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786257588348</t>
+          <t>9786257911177</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Suyolcu - Zade Necib ve Divanı</t>
+          <t>Futbolda Şiddet</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9789758396849</t>
+          <t>9786053443209</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rekabet Gücü Stratejisi Olarak Kümelenme: Mersin Yaş Meyve Sebze Kümesi Örneği</t>
+          <t>Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C2046" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9789758396795</t>
+          <t>9786257911184</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Ştrayhgarn Yün İplikçiliği Boyama ve Kumaş Analizi</t>
+          <t>Otobiyografik Bellek Gelişiminde Kültürel Ailesel ve Bireysel Özellikler</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9789758396870</t>
+          <t>9786257911115</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İç Güvenlik Yönetimi</t>
+          <t>Örnek Uygulamalarla Çok Kriterli Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C2048" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9789758396788</t>
+          <t>9786257911078</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Otantik Liderlik ve Politik Yeti</t>
+          <t>Rekreasyonel Turizmde Motivasyonlar ve Tercihler</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9789758396818</t>
+          <t>9786257911054</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
+          <t>Örgütsel Davranış Düzleminde Yeni Araştırmalar 1</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9789758396610</t>
+          <t>9786257911139</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İçi Dış Ticaret</t>
+          <t>Türkiye'de Çok Yıllı Bütçeleme</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9789758396801</t>
+          <t>9786257045995</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Dumandan Sosyal Medyaya Kitle İletişiminin Kısa Tarihi</t>
+          <t>Trablusgarb Ahvali Yeni Dünya</t>
         </is>
       </c>
       <c r="C2052" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9789758396603</t>
+          <t>9786257045766</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Karizmatik Liderlik</t>
+          <t>Kısmi En Küçük Kareler Yapısal Eşitlik Modellemesi (PLS-SEM)</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9786053449690</t>
+          <t>9786257911108</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Yedi Derste Bilinçli Yaşam Felsefi İlkeler Bütüncül Yaşam Yönergeleri ve Etkili Meditasyon Yöntemleri</t>
+          <t>Katılımcı Demokrasi - Trakya'da Yerel Katılım Pratikleri</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9786057805003</t>
+          <t>9786257045926</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Mistik Yansımalar Kutsala Övgü Şiirleri ve Seçme Sunular</t>
+          <t>Grup Psikoterapileri</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9786053449997</t>
+          <t>9786257045988</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren ve İyileştiren Kelimeler</t>
+          <t>Değişen Yönetici Tipolojisi: C-Seviye Yöneticiler</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9789758396740</t>
+          <t>9786257045865</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencilerinin Sportmenlik Davranışlarının İncelenmesi (Düzce İli Örneği)</t>
+          <t>İşletme ve Maliye Araştırmaları: Denetim, Vergileme, Üretim ve Yönetim Açısından Şeffaflık</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9786057805775</t>
+          <t>9786257045902</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman İlgileniminin Boş Zaman Tatmini ve Sadakati Üzerine Etkisi : Eskişehir’deki Fitnes Merkezleri Üzerine Araştırma</t>
+          <t>Enerji Sektöründe İktisadi ve Mali Araştırmalar</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9789758396658</t>
+          <t>9786257911009</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Parasal Aktarım Mekanizması Kredi Kanalı</t>
+          <t>Keşmir: Uygarlıktan Tutsaklığa</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9789758396511</t>
+          <t>9786257045759</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Zilkade 1339 -Türk İstiklal Harbi'nde Eskişehir ve Çevresi (Temmuz 1921)</t>
+          <t>Medya ve Kültürel Çalışmalar</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9789758396719</t>
+          <t>9786257045698</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Karanlık Yönü</t>
+          <t>Denetimde Seçme Konular 3</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9786257045070</t>
+          <t>9786257045919</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağının Yaşlı ve Yaşlılık Algısı</t>
+          <t>Kurumsal Sosyal Sorumluluğun Ölçümü: Sosyal Performans Endeksleri</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9786057805621</t>
+          <t>9786257045681</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim Ekseninde İç Denetim ve Kamu İç Denetim Standartları Çerçevesinde Gelişime Açık Yönleri</t>
+          <t>Denetimde Seçme Konular 4</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9789758396634</t>
+          <t>9786257045711</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Spor Organizasyonlarında Seyirci Hizmetleri</t>
+          <t>Anaerobik Performansı Takım Sporlarına Özgü Ölçen Yeni Bir Saha Testi Geliştirme</t>
         </is>
       </c>
       <c r="C2064" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9789758396375</t>
+          <t>9786257045889</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Parasal Düzen ve Türkiye Değerlendirmesi</t>
+          <t>Sporcuların El Performanslarının Finger Tapping (Parmak Vuruş) Yöntemi ile Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9789758396412</t>
+          <t>9786258494297</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Rekreasyon ve İslamiyet</t>
+          <t>Siyasi İstihbarat</t>
         </is>
       </c>
       <c r="C2066" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9789758396597</t>
+          <t>9786257045780</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler İçin Parametrik Veri Analizi</t>
+          <t>Türk Kültürüne Hizmet Öğr. Gör. Sadiddin Öztürk’e Armağan</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9786257045841</t>
+          <t>9786257045803</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kuşaklar ve Çalışma Değerleri</t>
+          <t>Örgütlerde İşyeri Nezaketsizliği</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9789758396627</t>
+          <t>9786257045599</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Temsili Bürokrasi</t>
+          <t>6 Yaş Grubu Öğrencilerinin  Psikomotor Gelişimlerinin Sağlanmasında Oyunun Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9789758396269</t>
+          <t>9786257045452</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Ömür Devri Maliyetleme: Üretim Açısından Maliyet Modelinin Analizi</t>
+          <t>Siyasal Sosyal ve Kurumsal Yönleriyle İktisadi Krizler</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9789758396252</t>
+          <t>9786257045346</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Kayırmacılık Temelli İlişkilerin Futboldaki Görünümü</t>
+          <t>Kriz Yönetimi: Kaçınılmazı Anlamak</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9789758396481</t>
+          <t>9786257045568</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Vicdani Liderlik</t>
+          <t>Şeffaflık Raporlaması</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9789758396504</t>
+          <t>9786257045551</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Dijital Oyunda Son Nokta: E-Spor</t>
+          <t>Belediyelere Ait Gençlik Merkezlerinde Etkinliklere Katılan Bireylerin Memnuniyet Beklenti ve Serbest Zaman Doyum Düzeylerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9789758396450</t>
+          <t>9786257045483</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz Biyokimyası</t>
+          <t>Teorik ve Pratik Bakımdan Dünya'da ve Türkiye'de İslami Finans</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9789758396399</t>
+          <t>9786257045490</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Siyaset Çıkmazı</t>
+          <t>Turizm Güvenliği</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9786057805515</t>
+          <t>9786257045506</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Soft Beceriler</t>
+          <t>Kobi'lerde Bulut Muhasebe Kullanımı</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786053448396</t>
+          <t>9786257045391</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Sıralı Bağımlı Değişkenli Modeller Kavram ve Uygulamalar</t>
+          <t>Sermaye Yapısı Kararları: Toplam Talep Dalgalanmalarının Türk İmalat Firmalarının Borç Kullanımına Etkisi</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9789758396429</t>
+          <t>9786257045407</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Vergileri</t>
+          <t>Sporcularda İstismarcı Yönetim Algısı</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9789758396092</t>
+          <t>9786257045278</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik Sektörel İyi Uygulama Örneği - Bisse</t>
+          <t>Kıpçak Türkçesi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9789758396238</t>
+          <t>9786257045308</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetimin Kar Dağıtım ve Politikasına Etkisi: Teoriler ve Literatür</t>
+          <t>Gördes İlçesi’nin Coğrafyası</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>110</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9789758396436</t>
+          <t>9786257045292</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Yüksek Okullarında Küreselleşmenin Beklenen ve Gözlenen Etkileri</t>
+          <t>Finansal Okuryazarlık Araştırmaları</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9789758396290</t>
+          <t>9786257045384</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Mekaniği 2</t>
+          <t>Osmanlıdan Cumhuriyete İktisadi Düşüncenin Gelişimi: Liberal ve Milli İktisat Yaklaşımlarının Etkisi</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9789758396283</t>
+          <t>9786257045353</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Mekaniği 1</t>
+          <t>Ekonomi Perspektifinden Sosyal Bilimlerde Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9789758396245</t>
+          <t>9786257045094</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetçinin Mesleki Bağlılığı ve Denetimde Kalite Algısı</t>
+          <t>Geçmişten Günümüze Toplumsal Hafıza</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9789758396122</t>
+          <t>9786257045155</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Genel olarak İç Güvenlik Yönetimi</t>
+          <t>Farklı Boyutlarıyla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9789758396313</t>
+          <t>9789758396979</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Suç Sosyolojisi</t>
+          <t>İstanbul Halk Plajlarının Uzun Dönemli Koliform Değişimi</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9789758396191</t>
+          <t>9786257045063</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Kurumsal Yönetim Anlayışı Kapsamında İç Denetim</t>
+          <t>Web Sızma Testleri El Kitabı</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9789758396184</t>
+          <t>9786053449676</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Spor Teknolojileri</t>
+          <t>KOBİ'ler İçin Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9789758396221</t>
+          <t>9786053449980</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Narsistik Tüketim</t>
+          <t>KOBİ'ler İçin Perakendecilik</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9789758396153</t>
+          <t>9789758396962</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Düzleminde Güncel Kavramlar</t>
+          <t>Spor ve Rekreasyon İşletmeleri Yönetimi</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9789758396016</t>
+          <t>9789758396887</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ülkelerinde Devlet Memurluğu</t>
+          <t>Sağlık Hizmetleri Yönetiminde Çok Kriterli Karar Verme Teknikleri</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9786057805386</t>
+          <t>9789758396931</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Modern Sermaye Yapısı Teorileri ve Sermaye Yapısını Etkileyen Faktörler</t>
+          <t>Geçmişten Günümüze Avrupa'da Kadının Hukuki Durumu Cilt 2</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9786057805812</t>
+          <t>9786257045049</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Orta Gelir Tuzağından Çıkış</t>
+          <t>Neo-Kolonyalizm (Yeni Sömürgecilik) Aracı Olarak Kitle Turizmi</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9789758396160</t>
+          <t>9789758396993</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Değişim ve Kalkınma</t>
+          <t>Türkiye'de Sağlık Yönetimi</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9786057805904</t>
+          <t>9789758396917</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Birliktelik</t>
+          <t>İşletme Alanında Nicel Araştırma Yöntemleri ve Yayın Etiği</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9789758396023</t>
+          <t>9789758396900</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Maliye Meseleleri</t>
+          <t>Oryantalizm Bibliyografyası (Açıklamalı)</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9786057805898</t>
+          <t>9789758396948</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik İstikrar ve Büyüme</t>
+          <t>Ticaret ve Kur Savaşları - Küresel Ekonomik Politiğe Yansımaları</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9786257045827</t>
+          <t>9789758396863</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Emekçi Kadınlar ve Cam Tavan Sendromu</t>
+          <t>Yapısal Jeoloji</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9789758396078</t>
+          <t>9789758396825</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Doğal Kaynaklar ve Çevre Ekonomisi</t>
+          <t>Yoğun Stresin Öğrenmeye Etkileri ve Çözümleri</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786057805829</t>
+          <t>9786257588348</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Ekonomik Analiz Türkiye (2003-2018)</t>
+          <t>Suyolcu - Zade Necib ve Divanı</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786057805799</t>
+          <t>9789758396849</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Bilgi AR-GE ve İnovasyon</t>
+          <t>Uluslararası Rekabet Gücü Stratejisi Olarak Kümelenme: Mersin Yaş Meyve Sebze Kümesi Örneği</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9786057805782</t>
+          <t>9789758396795</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Kent vE...</t>
+          <t>Ştrayhgarn Yün İplikçiliği Boyama ve Kumaş Analizi</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9786057805768</t>
+          <t>9789758396870</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Kalite Yönetimi Güncel Konular ve Stratejik Yaklaşımlar</t>
+          <t>Türkiye'de İç Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9786057805881</t>
+          <t>9789758396788</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Hileleri ve Çözümleri</t>
+          <t>Örgütlerde Otantik Liderlik ve Politik Yeti</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9786057805713</t>
+          <t>9789758396818</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama Yaklaşımları - Vaka Analizleri İle</t>
+          <t>Kuruluşlarda Süreç, Performans ve Risk Analizi / Yönetimi</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9786057805836</t>
+          <t>9789758396610</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Güncel İktisadi Sorunları</t>
+          <t>Endüstri İçi Dış Ticaret</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9786057805485</t>
+          <t>9789758396801</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politik İktisatta Tarihsel ve Güncel Tartışmalar</t>
+          <t>Dumandan Sosyal Medyaya Kitle İletişiminin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9786057805669</t>
+          <t>9789758396603</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı İç Güvenlik Yönetimine Giriş Ülke Örnekleri</t>
+          <t>Karizmatik Liderlik</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9786057805423</t>
+          <t>9786053449690</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Pay Piyasalarında Yatırımcı Duyarlılığı</t>
+          <t>Yedi Derste Bilinçli Yaşam Felsefi İlkeler Bütüncül Yaşam Yönergeleri ve Etkili Meditasyon Yöntemleri</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9786057805706</t>
+          <t>9786057805003</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>The EU in Conflict Prevention and Crisis Management: CSDP</t>
+          <t>Mistik Yansımalar Kutsala Övgü Şiirleri ve Seçme Sunular</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9786053446453</t>
+          <t>9786053449997</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Açısından Maliyet Azaltımının Stratejik Yol Haritası</t>
+          <t>Dönüştüren ve İyileştiren Kelimeler</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9786057805522</t>
+          <t>9789758396740</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve Hasım Devlet Desteği: Birinci Dünya Savaşı'nda Kafkasya Cephesinde Ermeni İsyanı Örneği</t>
+          <t>Ortaokul Öğrencilerinin Sportmenlik Davranışlarının İncelenmesi (Düzce İli Örneği)</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9786057805683</t>
+          <t>9786057805775</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Genel Vergi Hukuku</t>
+          <t>Boş Zaman İlgileniminin Boş Zaman Tatmini ve Sadakati Üzerine Etkisi : Eskişehir’deki Fitnes Merkezleri Üzerine Araştırma</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9786057805652</t>
+          <t>9789758396658</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Ve</t>
+          <t>Parasal Aktarım Mekanizması Kredi Kanalı</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786057805447</t>
+          <t>9789758396511</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Uzlaşma Muhasebe Meslek Mensupları Araştırması</t>
+          <t>Zilkade 1339 -Türk İstiklal Harbi'nde Eskişehir ve Çevresi (Temmuz 1921)</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9786057805492</t>
+          <t>9789758396719</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler ve Swap İşlemleri</t>
+          <t>Kişiliğin Karanlık Yönü</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9786057805409</t>
+          <t>9786257045070</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>The Concept Of  Development: An Interdisciplinary Approach</t>
+          <t>Y Kuşağının Yaşlı ve Yaşlılık Algısı</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9786057805546</t>
+          <t>9786057805621</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi Çerçevesinde Sosyalleşmek Ya Da Yabancılaşmak</t>
+          <t>Yönetişim Ekseninde İç Denetim ve Kamu İç Denetim Standartları Çerçevesinde Gelişime Açık Yönleri</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9786057805584</t>
+          <t>9789758396634</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalar Üzerine Güncel Araştırmalar</t>
+          <t>Spor Organizasyonlarında Seyirci Hizmetleri</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9786057805331</t>
+          <t>9789758396375</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Lise Öğrencilerinin İngiizce Ders Başarılarını Yordayan Değişkenler Boylamsal Bir Analiz</t>
+          <t>Uluslararası Parasal Düzen ve Türkiye Değerlendirmesi</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9786057805553</t>
+          <t>9789758396412</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Okullar İçin Temel Fizik</t>
+          <t>Boş Zaman Rekreasyon ve İslamiyet</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9786057805560</t>
+          <t>9789758396597</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumları Yönetimi</t>
+          <t>Sosyal Bilimler İçin Parametrik Veri Analizi</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9786057805638</t>
+          <t>9786257045841</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>İyi Antrenmanlı Futbolcularda Akut Glutamin Kullanımının Kan Amonyak Düzeyine Etkisi</t>
+          <t>Türkiye'de Kuşaklar ve Çalışma Değerleri</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9786057805379</t>
+          <t>9789758396627</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Turizmi Üzerine Bir Araştırma</t>
+          <t>Temsili Bürokrasi</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9786053447139</t>
+          <t>9789758396269</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Kadın, Yaşlı ve Özel Gruplarda Egzersiz</t>
+          <t>Ömür Devri Maliyetleme: Üretim Açısından Maliyet Modelinin Analizi</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9786057805430</t>
+          <t>9789758396252</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Kritik Altyapılar ve Terörizm</t>
+          <t>Kayırmacılık Temelli İlişkilerin Futboldaki Görünümü</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9786057805416</t>
+          <t>9789758396481</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Current Issues And Research In Organizational Behavior</t>
+          <t>Vicdani Liderlik</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9786057805034</t>
+          <t>9789758396504</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Korunamayan Kültürel Miras Hacı Bayram Camisi ve Augustus Tapınağı Çevresi</t>
+          <t>Spor ve Dijital Oyunda Son Nokta: E-Spor</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9786057805225</t>
+          <t>9789758396450</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>İşletme Finansı</t>
+          <t>Egzersiz Biyokimyası</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786057805300</t>
+          <t>9789758396399</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>TRC3 Bölgesinin (Mardin-Batman-Siirt-Şırnak) Ekonomik Durumu Üzerine Yazılar</t>
+          <t>Uluslararası Hukukun Siyaset Çıkmazı</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9786057805126</t>
+          <t>9786057805515</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikalarına Sosyal Bakış</t>
+          <t>Soft Beceriler</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9786057805188</t>
+          <t>9786053448396</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Tarım İşletmeciliği</t>
+          <t>Sıralı Bağımlı Değişkenli Modeller Kavram ve Uygulamalar</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9786057805263</t>
+          <t>9789758396429</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Badminton El Kitabı</t>
+          <t>Gümrük Vergileri</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9786057805164</t>
+          <t>9789758396092</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Konya Eyaleti Larende Kazası İbrala Karyesi Temettuat Defteri 1845</t>
+          <t>Kurumsal Sürdürülebilirlik Sektörel İyi Uygulama Örneği - Bisse</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9786057805171</t>
+          <t>9789758396238</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Ordunun Kurumsal Sivil Kontrolü</t>
+          <t>Kurumsal Yönetimin Kar Dağıtım ve Politikasına Etkisi: Teoriler ve Literatür</t>
         </is>
       </c>
       <c r="C2135" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9786057805195</t>
+          <t>9789758396436</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Mevduat Bankalarının Finansal Etkinliklerinin Veri Zarflama Analizi (VZA) İle Ölçülmesi C5.0 ve Cart Algoritması İle Karar Ağaçlarının Oluşturulması 2009-2017 Dönemi</t>
+          <t>Beden Eğitimi ve Spor Yüksek Okullarında Küreselleşmenin Beklenen ve Gözlenen Etkileri</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9786057805232</t>
+          <t>9789758396290</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>İşletme Eğitimde Güncel Yaklaşımlar</t>
+          <t>Voleybol Mekaniği 2</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9786053446118</t>
+          <t>9789758396283</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Voleybolda Smaç Tekniğinin Vuruş Yönlerine Göre Kinematik Analizi</t>
+          <t>Voleybol Mekaniği 1</t>
         </is>
       </c>
       <c r="C2138" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9786057805133</t>
+          <t>9789758396245</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Urban Climate Change Governance</t>
+          <t>Bağımsız Denetçinin Mesleki Bağlılığı ve Denetimde Kalite Algısı</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9786057805096</t>
+          <t>9789758396122</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Yapı Malzemeleri</t>
+          <t>Genel olarak İç Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C2140" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9786057805140</t>
+          <t>9789758396313</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Yüzmenin Neden Olduğu Vücut Sıvı Dengesindeki Değişimlerin Yüzme Performansına Etkisi</t>
+          <t>Suç Sosyolojisi</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9786057805065</t>
+          <t>9789758396191</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar</t>
+          <t>İşletmelerde Kurumsal Yönetim Anlayışı Kapsamında İç Denetim</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9786057805607</t>
+          <t>9789758396184</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Devrindeki Kazakistan'da Tarih Yazıcılığı: Mitler ve Gerçekler</t>
+          <t>Spor Teknolojileri</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9786053448648</t>
+          <t>9789758396221</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>İndeks Sayıları Kuramı ve Uygulamaları</t>
+          <t>Narsistik Tüketim</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9786057805027</t>
+          <t>9789758396153</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Lüks ve Satın Alma Niyeti</t>
+          <t>Örgütsel Davranış Düzleminde Güncel Kavramlar</t>
         </is>
       </c>
       <c r="C2145" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9786057805072</t>
+          <t>9789758396016</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Atletizm Sporcularının Başarı ve Spora Katılım Güdüleri</t>
+          <t>Balkan Ülkelerinde Devlet Memurluğu</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9786057805010</t>
+          <t>9786057805386</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Bilinç ve Örgütsel Değişim</t>
+          <t>Modern Sermaye Yapısı Teorileri ve Sermaye Yapısını Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C2147" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9786053447290</t>
+          <t>9786057805812</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Bir Hackerin İkinci Hayatı</t>
+          <t>Orta Gelir Tuzağından Çıkış</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9786053449928</t>
+          <t>9789758396160</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Kalkınma Temelinde Gayrimenkul Ekonomisi</t>
+          <t>Kurumsal Değişim ve Kalkınma</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9786053446378</t>
+          <t>9786057805904</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Some'ler İçin Ağ ve Malware Analizi</t>
+          <t>Zoraki Birliktelik</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9786053449942</t>
+          <t>9789758396023</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>(EU) 2017/745 Tıbbi Cihaz Tüzüğü</t>
+          <t>Türkiye'nin Maliye Meseleleri</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9786053449850</t>
+          <t>9786057805898</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Kapısında: Kudret Heybet Adalet - Osmanlı Devlet'inde Yabancı Elçiler</t>
+          <t>Ekonomik İstikrar ve Büyüme</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9786057805294</t>
+          <t>9786257045827</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Doğu Trakya Müzeleri Cam Eserleri</t>
+          <t>Emekçi Kadınlar ve Cam Tavan Sendromu</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9786053449959</t>
+          <t>9789758396078</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>APT ve Siber Saldırı Analizi</t>
+          <t>Doğal Kaynaklar ve Çevre Ekonomisi</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9786053448327</t>
+          <t>9786057805829</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Emekliler</t>
+          <t>Sektörel Ekonomik Analiz Türkiye (2003-2018)</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9786053449508</t>
+          <t>9786057805799</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Egzersizdeki Serbest Radikal ve Antioksidan Enzim Düzeylerine Catechin Uygulamasının Etkisi</t>
+          <t>Bilgi AR-GE ve İnovasyon</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
-          <t>9786053445821</t>
+          <t>9786057805782</t>
         </is>
       </c>
       <c r="B2157" s="1" t="inlineStr">
         <is>
-          <t>Kobi'lerde Rekabet Avantajı Olarak Stratejik Maliyet Yönetimi: Muğla İli Örneği</t>
+          <t>Kent vE...</t>
         </is>
       </c>
       <c r="C2157" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2158" spans="1:3">
       <c r="A2158" s="1" t="inlineStr">
         <is>
-          <t>9786053449744</t>
+          <t>9786057805768</t>
         </is>
       </c>
       <c r="B2158" s="1" t="inlineStr">
         <is>
-          <t>Sporda Duygusal Pazarlama (Nörospor 1)</t>
+          <t>Sağlıkta Kalite Yönetimi Güncel Konular ve Stratejik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2158" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2159" spans="1:3">
       <c r="A2159" s="1" t="inlineStr">
         <is>
-          <t>9786053449843</t>
+          <t>9786057805881</t>
         </is>
       </c>
       <c r="B2159" s="1" t="inlineStr">
         <is>
-          <t>Teravih Salat-ı Kemaliye</t>
+          <t>Muhasebe Hileleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C2159" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2160" spans="1:3">
       <c r="A2160" s="1" t="inlineStr">
         <is>
-          <t>9786053449898</t>
+          <t>9786057805713</t>
         </is>
       </c>
       <c r="B2160" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Yenilik Ulusal Rekabet ve Ulusal Yükseköğretim Başarı İlişkisi</t>
+          <t>Yeni Nesil Pazarlama Yaklaşımları - Vaka Analizleri İle</t>
         </is>
       </c>
       <c r="C2160" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2161" spans="1:3">
       <c r="A2161" s="1" t="inlineStr">
         <is>
-          <t>9786053449881</t>
+          <t>9786057805836</t>
         </is>
       </c>
       <c r="B2161" s="1" t="inlineStr">
         <is>
-          <t>14-15 Yaş Grubu Futbolcularda Farklı Sosyal Aktiviterin Karar Verme ve Benlik Saygısı Düzeylerine Etkisi</t>
+          <t>Türkiye'nin Güncel İktisadi Sorunları</t>
         </is>
       </c>
       <c r="C2161" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2162" spans="1:3">
       <c r="A2162" s="1" t="inlineStr">
         <is>
-          <t>9786053449812</t>
+          <t>9786057805485</t>
         </is>
       </c>
       <c r="B2162" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Yaklaşımları</t>
+          <t>Uluslararası Politik İktisatta Tarihsel ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C2162" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2163" spans="1:3">
       <c r="A2163" s="1" t="inlineStr">
         <is>
-          <t>9786053449294</t>
+          <t>9786057805669</t>
         </is>
       </c>
       <c r="B2163" s="1" t="inlineStr">
         <is>
-          <t>Stres Testi ve Bankalarda Risk Entegrasyonu (Ciltli)</t>
+          <t>Karşılaştırmalı İç Güvenlik Yönetimine Giriş Ülke Örnekleri</t>
         </is>
       </c>
       <c r="C2163" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2164" spans="1:3">
       <c r="A2164" s="1" t="inlineStr">
         <is>
-          <t>9786053449829</t>
+          <t>9786057805423</t>
         </is>
       </c>
       <c r="B2164" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Performans Ölçümünde Sık Kullanılan Bazı Testler ve Hesaplama Programları (CD'li)</t>
+          <t>Pay Piyasalarında Yatırımcı Duyarlılığı</t>
         </is>
       </c>
       <c r="C2164" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2165" spans="1:3">
       <c r="A2165" s="1" t="inlineStr">
         <is>
-          <t>9786053449775</t>
+          <t>9786057805706</t>
         </is>
       </c>
       <c r="B2165" s="1" t="inlineStr">
         <is>
-          <t>GSYİH Endeksli Tahviller ve Türkiye’deki Potansiyeli</t>
+          <t>The EU in Conflict Prevention and Crisis Management: CSDP</t>
         </is>
       </c>
       <c r="C2165" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2166" spans="1:3">
       <c r="A2166" s="1" t="inlineStr">
         <is>
-          <t>9786057805348</t>
+          <t>9786053446453</t>
         </is>
       </c>
       <c r="B2166" s="1" t="inlineStr">
         <is>
-          <t>Tekdüzen Muhasebe Sistemine Göre Dönemsonu Muhasebe İşlemleri</t>
+          <t>Sürdürülebilirlik Açısından Maliyet Azaltımının Stratejik Yol Haritası</t>
         </is>
       </c>
       <c r="C2166" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2167" spans="1:3">
       <c r="A2167" s="1" t="inlineStr">
         <is>
-          <t>9786053449447</t>
+          <t>9786057805522</t>
         </is>
       </c>
       <c r="B2167" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesi</t>
+          <t>İsyan ve Hasım Devlet Desteği: Birinci Dünya Savaşı'nda Kafkasya Cephesinde Ermeni İsyanı Örneği</t>
         </is>
       </c>
       <c r="C2167" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2168" spans="1:3">
       <c r="A2168" s="1" t="inlineStr">
         <is>
-          <t>9786053449768</t>
+          <t>9786057805683</t>
         </is>
       </c>
       <c r="B2168" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda Yönetim ve Yöneticiler</t>
+          <t>Genel Vergi Hukuku</t>
         </is>
       </c>
       <c r="C2168" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2169" spans="1:3">
       <c r="A2169" s="1" t="inlineStr">
         <is>
-          <t>9786053449249</t>
+          <t>9786057805652</t>
         </is>
       </c>
       <c r="B2169" s="1" t="inlineStr">
         <is>
-          <t>Dahadan Dehaya</t>
+          <t>Yönetim Ve</t>
         </is>
       </c>
       <c r="C2169" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2170" spans="1:3">
       <c r="A2170" s="1" t="inlineStr">
         <is>
-          <t>9786053449638</t>
+          <t>9786057805447</t>
         </is>
       </c>
       <c r="B2170" s="1" t="inlineStr">
         <is>
-          <t>Matemi - Aşıklık Yolunda Bir Kamber</t>
+          <t>Türk Vergi Hukukunda Uzlaşma Muhasebe Meslek Mensupları Araştırması</t>
         </is>
       </c>
       <c r="C2170" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2171" spans="1:3">
       <c r="A2171" s="1" t="inlineStr">
         <is>
-          <t>9786053449096</t>
+          <t>9786057805492</t>
         </is>
       </c>
       <c r="B2171" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yatırımcıların Yatırım Kararlarına Bağımsız Denetimin Etkisi</t>
+          <t>Türev Ürünler ve Swap İşlemleri</t>
         </is>
       </c>
       <c r="C2171" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2172" spans="1:3">
       <c r="A2172" s="1" t="inlineStr">
         <is>
-          <t>9786257216524</t>
+          <t>9786057805409</t>
         </is>
       </c>
       <c r="B2172" s="1" t="inlineStr">
         <is>
-          <t>Tüketiyorum Öyleyse Varım?</t>
+          <t>The Concept Of  Development: An Interdisciplinary Approach</t>
         </is>
       </c>
       <c r="C2172" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2173" spans="1:3">
       <c r="A2173" s="1" t="inlineStr">
         <is>
-          <t>9786053449577</t>
+          <t>9786057805546</t>
         </is>
       </c>
       <c r="B2173" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Kalite Yönetimi ve Akreditasyon</t>
+          <t>İnsan Kaynakları Yönetimi Çerçevesinde Sosyalleşmek Ya Da Yabancılaşmak</t>
         </is>
       </c>
       <c r="C2173" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2174" spans="1:3">
       <c r="A2174" s="1" t="inlineStr">
         <is>
-          <t>9786053449270</t>
+          <t>9786057805584</t>
         </is>
       </c>
       <c r="B2174" s="1" t="inlineStr">
         <is>
-          <t>Mali Hesap Verme Bağlamında Yasama Gözetimi ve Yolsuzluklar</t>
+          <t>Finansal Piyasalar Üzerine Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C2174" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2175" spans="1:3">
       <c r="A2175" s="1" t="inlineStr">
         <is>
-          <t>9786053449591</t>
+          <t>9786057805331</t>
         </is>
       </c>
       <c r="B2175" s="1" t="inlineStr">
         <is>
-          <t>Farklı Siyasal Rejimler ve Refah Sistemleri Bağlamında Tüm Yönleriyle ABD Küba Türkiye Sağlık Sistemi ve Uygulaması</t>
+          <t>Lise Öğrencilerinin İngiizce Ders Başarılarını Yordayan Değişkenler Boylamsal Bir Analiz</t>
         </is>
       </c>
       <c r="C2175" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2176" spans="1:3">
       <c r="A2176" s="1" t="inlineStr">
         <is>
-          <t>9786053449522</t>
+          <t>9786057805553</t>
         </is>
       </c>
       <c r="B2176" s="1" t="inlineStr">
         <is>
-          <t>Karayolu - Demiryolu Mühendisliği</t>
+          <t>Yüksek Okullar İçin Temel Fizik</t>
         </is>
       </c>
       <c r="C2176" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2177" spans="1:3">
       <c r="A2177" s="1" t="inlineStr">
         <is>
-          <t>9786053448761</t>
+          <t>9786057805560</t>
         </is>
       </c>
       <c r="B2177" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Denetiminde Etik</t>
+          <t>Sağlık Kurumları Yönetimi</t>
         </is>
       </c>
       <c r="C2177" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2178" spans="1:3">
       <c r="A2178" s="1" t="inlineStr">
         <is>
-          <t>9786053449478</t>
+          <t>9786057805638</t>
         </is>
       </c>
       <c r="B2178" s="1" t="inlineStr">
         <is>
-          <t>OECD Ülkelerinde Refah Devletinin Yeniden Dağıtıcı Rolü Teori ve Uygulama</t>
+          <t>İyi Antrenmanlı Futbolcularda Akut Glutamin Kullanımının Kan Amonyak Düzeyine Etkisi</t>
         </is>
       </c>
       <c r="C2178" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2179" spans="1:3">
       <c r="A2179" s="1" t="inlineStr">
         <is>
-          <t>9786053449652</t>
+          <t>9786057805379</t>
         </is>
       </c>
       <c r="B2179" s="1" t="inlineStr">
         <is>
-          <t>Helal Kitap</t>
+          <t>Mutfak Turizmi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C2179" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2180" spans="1:3">
       <c r="A2180" s="1" t="inlineStr">
         <is>
-          <t>9786053449607</t>
+          <t>9786053447139</t>
         </is>
       </c>
       <c r="B2180" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Sosyoekonomik Boyutları</t>
+          <t>Çocuk, Kadın, Yaşlı ve Özel Gruplarda Egzersiz</t>
         </is>
       </c>
       <c r="C2180" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2181" spans="1:3">
       <c r="A2181" s="1" t="inlineStr">
         <is>
-          <t>9786053449461</t>
+          <t>9786057805430</t>
         </is>
       </c>
       <c r="B2181" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Jandarma</t>
+          <t>Kritik Altyapılar ve Terörizm</t>
         </is>
       </c>
       <c r="C2181" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2182" spans="1:3">
       <c r="A2182" s="1" t="inlineStr">
         <is>
-          <t>9786053448785</t>
+          <t>9786057805416</t>
         </is>
       </c>
       <c r="B2182" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Merkezleri ve Hizmet Kalitesinin Değerlendirilmesi</t>
+          <t>Current Issues And Research In Organizational Behavior</t>
         </is>
       </c>
       <c r="C2182" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2183" spans="1:3">
       <c r="A2183" s="1" t="inlineStr">
         <is>
-          <t>9786053449416</t>
+          <t>9786057805034</t>
         </is>
       </c>
       <c r="B2183" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Aile İşletmeleri</t>
+          <t>Korunamayan Kültürel Miras Hacı Bayram Camisi ve Augustus Tapınağı Çevresi</t>
         </is>
       </c>
       <c r="C2183" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2184" spans="1:3">
       <c r="A2184" s="1" t="inlineStr">
         <is>
-          <t>9786053449317</t>
+          <t>9786057805225</t>
         </is>
       </c>
       <c r="B2184" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Seçme Konular</t>
+          <t>İşletme Finansı</t>
         </is>
       </c>
       <c r="C2184" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2185" spans="1:3">
       <c r="A2185" s="1" t="inlineStr">
         <is>
-          <t>9786053449225</t>
+          <t>9786057805300</t>
         </is>
       </c>
       <c r="B2185" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivite ve Bazı Antropometrik Özelliklerin Akademik Başarı İle İlişkisi</t>
+          <t>TRC3 Bölgesinin (Mardin-Batman-Siirt-Şırnak) Ekonomik Durumu Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C2185" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2186" spans="1:3">
       <c r="A2186" s="1" t="inlineStr">
         <is>
-          <t>9786053449188</t>
+          <t>9786057805126</t>
         </is>
       </c>
       <c r="B2186" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Operasyonları Merkezi</t>
+          <t>Kamu Politikalarına Sosyal Bakış</t>
         </is>
       </c>
       <c r="C2186" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2187" spans="1:3">
       <c r="A2187" s="1" t="inlineStr">
         <is>
-          <t>9786053448716</t>
+          <t>9786057805188</t>
         </is>
       </c>
       <c r="B2187" s="1" t="inlineStr">
         <is>
-          <t>İntroduction To Business</t>
+          <t>Tarım İşletmeciliği</t>
         </is>
       </c>
       <c r="C2187" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2188" spans="1:3">
       <c r="A2188" s="1" t="inlineStr">
         <is>
-          <t>9786053449348</t>
+          <t>9786057805263</t>
         </is>
       </c>
       <c r="B2188" s="1" t="inlineStr">
         <is>
-          <t>Financial Engineering And Risk Management</t>
+          <t>Yeni Başlayanlar İçin Badminton El Kitabı</t>
         </is>
       </c>
       <c r="C2188" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2189" spans="1:3">
       <c r="A2189" s="1" t="inlineStr">
         <is>
-          <t>9786053449218</t>
+          <t>9786057805164</t>
         </is>
       </c>
       <c r="B2189" s="1" t="inlineStr">
         <is>
-          <t>Belediyelerin Etkinlik Ölçümü</t>
+          <t>Konya Eyaleti Larende Kazası İbrala Karyesi Temettuat Defteri 1845</t>
         </is>
       </c>
       <c r="C2189" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2190" spans="1:3">
       <c r="A2190" s="1" t="inlineStr">
         <is>
-          <t>9786053449072</t>
+          <t>9786057805171</t>
         </is>
       </c>
       <c r="B2190" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sürdürülebilir Finans Uygulamaları</t>
+          <t>Ordunun Kurumsal Sivil Kontrolü</t>
         </is>
       </c>
       <c r="C2190" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2191" spans="1:3">
       <c r="A2191" s="1" t="inlineStr">
         <is>
-          <t>9786053449140</t>
+          <t>9786057805195</t>
         </is>
       </c>
       <c r="B2191" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Vücut Kompozisyonu ile Düzenli Egzersiz Yapmaya Yönelik Davranış Değiştirme İsteklerine Sosyal ve Fiziksel Çevrenin Etkisi</t>
+          <t>Türkiye'deki Mevduat Bankalarının Finansal Etkinliklerinin Veri Zarflama Analizi (VZA) İle Ölçülmesi C5.0 ve Cart Algoritması İle Karar Ağaçlarının Oluşturulması 2009-2017 Dönemi</t>
         </is>
       </c>
       <c r="C2191" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2192" spans="1:3">
       <c r="A2192" s="1" t="inlineStr">
         <is>
-          <t>9786053449171</t>
+          <t>9786057805232</t>
         </is>
       </c>
       <c r="B2192" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünya'da Türkiye'deki Akademisyenlerin Uluslararasılaşmaya Bakışı</t>
+          <t>İşletme Eğitimde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2192" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2193" spans="1:3">
       <c r="A2193" s="1" t="inlineStr">
         <is>
-          <t>9786053449089</t>
+          <t>9786053446118</t>
         </is>
       </c>
       <c r="B2193" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizler Yolsuzluklar ve İstikrar</t>
+          <t>Voleybolda Smaç Tekniğinin Vuruş Yönlerine Göre Kinematik Analizi</t>
         </is>
       </c>
       <c r="C2193" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2194" spans="1:3">
       <c r="A2194" s="1" t="inlineStr">
         <is>
-          <t>9786053448952</t>
+          <t>9786057805133</t>
         </is>
       </c>
       <c r="B2194" s="1" t="inlineStr">
         <is>
-          <t>Hükümranlık Reytinglerinin Belirleyicileri ve Hisse Senedi Piyasalarına Etkileri</t>
+          <t>Urban Climate Change Governance</t>
         </is>
       </c>
       <c r="C2194" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2195" spans="1:3">
       <c r="A2195" s="1" t="inlineStr">
         <is>
-          <t>9786053449157</t>
+          <t>9786057805096</t>
         </is>
       </c>
       <c r="B2195" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Yapı Malzemeleri</t>
         </is>
       </c>
       <c r="C2195" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2196" spans="1:3">
       <c r="A2196" s="1" t="inlineStr">
         <is>
-          <t>9786053449010</t>
+          <t>9786057805140</t>
         </is>
       </c>
       <c r="B2196" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Spor</t>
+          <t>Yüzmenin Neden Olduğu Vücut Sıvı Dengesindeki Değişimlerin Yüzme Performansına Etkisi</t>
         </is>
       </c>
       <c r="C2196" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2197" spans="1:3">
       <c r="A2197" s="1" t="inlineStr">
         <is>
-          <t>9786053449003</t>
+          <t>9786057805065</t>
         </is>
       </c>
       <c r="B2197" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Spor</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C2197" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2198" spans="1:3">
       <c r="A2198" s="1" t="inlineStr">
         <is>
-          <t>9786257727310</t>
+          <t>9786057805607</t>
         </is>
       </c>
       <c r="B2198" s="1" t="inlineStr">
         <is>
-          <t>Ritmik Cimnastik</t>
+          <t>Sovyet Devrindeki Kazakistan'da Tarih Yazıcılığı: Mitler ve Gerçekler</t>
         </is>
       </c>
       <c r="C2198" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2199" spans="1:3">
       <c r="A2199" s="1" t="inlineStr">
         <is>
-          <t>9786053448938</t>
+          <t>9786053448648</t>
         </is>
       </c>
       <c r="B2199" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Devrimler</t>
+          <t>İndeks Sayıları Kuramı ve Uygulamaları</t>
         </is>
       </c>
       <c r="C2199" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2200" spans="1:3">
       <c r="A2200" s="1" t="inlineStr">
         <is>
-          <t>9786053446637</t>
+          <t>9786057805027</t>
         </is>
       </c>
       <c r="B2200" s="1" t="inlineStr">
         <is>
-          <t>Şehir Planlamasına Giriş</t>
+          <t>Lüks ve Satın Alma Niyeti</t>
         </is>
       </c>
       <c r="C2200" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2201" spans="1:3">
       <c r="A2201" s="1" t="inlineStr">
         <is>
-          <t>9786053448822</t>
+          <t>9786057805072</t>
         </is>
       </c>
       <c r="B2201" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ulusal Varlık Fonu</t>
+          <t>Atletizm Sporcularının Başarı ve Spora Katılım Güdüleri</t>
         </is>
       </c>
       <c r="C2201" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2202" spans="1:3">
       <c r="A2202" s="1" t="inlineStr">
         <is>
-          <t>9786053448495</t>
+          <t>9786057805010</t>
         </is>
       </c>
       <c r="B2202" s="1" t="inlineStr">
         <is>
-          <t>Proje Çalışmaları (Ciltli)</t>
+          <t>Stratejik Bilinç ve Örgütsel Değişim</t>
         </is>
       </c>
       <c r="C2202" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2203" spans="1:3">
       <c r="A2203" s="1" t="inlineStr">
         <is>
-          <t>9786257855204</t>
+          <t>9786053447290</t>
         </is>
       </c>
       <c r="B2203" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Politiği: Bir Kamu Kurumu Örneğinde</t>
+          <t>Bir Hackerin İkinci Hayatı</t>
         </is>
       </c>
       <c r="C2203" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2204" spans="1:3">
       <c r="A2204" s="1" t="inlineStr">
         <is>
-          <t>9786053448570</t>
+          <t>9786053449928</t>
         </is>
       </c>
       <c r="B2204" s="1" t="inlineStr">
         <is>
-          <t>Kare Kod Reklamcılık</t>
+          <t>İktisadi Kalkınma Temelinde Gayrimenkul Ekonomisi</t>
         </is>
       </c>
       <c r="C2204" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2205" spans="1:3">
       <c r="A2205" s="1" t="inlineStr">
         <is>
-          <t>9786053448815</t>
+          <t>9786053446378</t>
         </is>
       </c>
       <c r="B2205" s="1" t="inlineStr">
         <is>
-          <t>Oryantiring Terminolojisi</t>
+          <t>Some'ler İçin Ağ ve Malware Analizi</t>
         </is>
       </c>
       <c r="C2205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2206" spans="1:3">
       <c r="A2206" s="1" t="inlineStr">
         <is>
-          <t>9786053448464</t>
+          <t>9786053449942</t>
         </is>
       </c>
       <c r="B2206" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>(EU) 2017/745 Tıbbi Cihaz Tüzüğü</t>
         </is>
       </c>
       <c r="C2206" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2207" spans="1:3">
       <c r="A2207" s="1" t="inlineStr">
         <is>
-          <t>9786053448754</t>
+          <t>9786053449850</t>
         </is>
       </c>
       <c r="B2207" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Kimliği Oluşumunda Etkili Olan Faktörler</t>
+          <t>Sultanın Kapısında: Kudret Heybet Adalet - Osmanlı Devlet'inde Yabancı Elçiler</t>
         </is>
       </c>
       <c r="C2207" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2208" spans="1:3">
       <c r="A2208" s="1" t="inlineStr">
         <is>
-          <t>9786053448693</t>
+          <t>9786057805294</t>
         </is>
       </c>
       <c r="B2208" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya ve Çevresi (Ciltli)</t>
+          <t>Doğu Trakya Müzeleri Cam Eserleri</t>
         </is>
       </c>
       <c r="C2208" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2209" spans="1:3">
       <c r="A2209" s="1" t="inlineStr">
         <is>
-          <t>9786053441731</t>
+          <t>9786053449959</t>
         </is>
       </c>
       <c r="B2209" s="1" t="inlineStr">
         <is>
-          <t>Kırgızcanın Ağızları</t>
+          <t>APT ve Siber Saldırı Analizi</t>
         </is>
       </c>
       <c r="C2209" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2210" spans="1:3">
       <c r="A2210" s="1" t="inlineStr">
         <is>
-          <t>9786053441724</t>
+          <t>9786053448327</t>
         </is>
       </c>
       <c r="B2210" s="1" t="inlineStr">
         <is>
-          <t>Calal - Abad Merkez Ağzı</t>
+          <t>Çalışma Yaşamında Emekliler</t>
         </is>
       </c>
       <c r="C2210" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2211" spans="1:3">
       <c r="A2211" s="1" t="inlineStr">
         <is>
-          <t>9786053447252</t>
+          <t>9786053449508</t>
         </is>
       </c>
       <c r="B2211" s="1" t="inlineStr">
         <is>
-          <t>Afrika Ekonomi Politiği</t>
+          <t>Egzersizdeki Serbest Radikal ve Antioksidan Enzim Düzeylerine Catechin Uygulamasının Etkisi</t>
         </is>
       </c>
       <c r="C2211" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2212" spans="1:3">
       <c r="A2212" s="1" t="inlineStr">
         <is>
-          <t>9786053448594</t>
+          <t>9786053445821</t>
         </is>
       </c>
       <c r="B2212" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar</t>
+          <t>Kobi'lerde Rekabet Avantajı Olarak Stratejik Maliyet Yönetimi: Muğla İli Örneği</t>
         </is>
       </c>
       <c r="C2212" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2213" spans="1:3">
       <c r="A2213" s="1" t="inlineStr">
         <is>
-          <t>9786053448532</t>
+          <t>9786053449744</t>
         </is>
       </c>
       <c r="B2213" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman İli ve Yöresi Ağızları Söz Varlığı</t>
+          <t>Sporda Duygusal Pazarlama (Nörospor 1)</t>
         </is>
       </c>
       <c r="C2213" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2214" spans="1:3">
       <c r="A2214" s="1" t="inlineStr">
         <is>
-          <t>9786053448709</t>
+          <t>9786053449843</t>
         </is>
       </c>
       <c r="B2214" s="1" t="inlineStr">
         <is>
-          <t>Political Economy Theory And Practice For Turkey</t>
+          <t>Teravih Salat-ı Kemaliye</t>
         </is>
       </c>
       <c r="C2214" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2215" spans="1:3">
       <c r="A2215" s="1" t="inlineStr">
         <is>
-          <t>9786053448518</t>
+          <t>9786053449898</t>
         </is>
       </c>
       <c r="B2215" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sigorta Sözleşmelerinin Uluslararası Finansal Raporlama Standardı 17: Sigorta Sözleşmeleri Kapsamında Muhasebeleştirilmesi ve Raporlanması</t>
+          <t>Ulusal Yenilik Ulusal Rekabet ve Ulusal Yükseköğretim Başarı İlişkisi</t>
         </is>
       </c>
       <c r="C2215" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2216" spans="1:3">
       <c r="A2216" s="1" t="inlineStr">
         <is>
-          <t>9786053448549</t>
+          <t>9786053449881</t>
         </is>
       </c>
       <c r="B2216" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Kamu Yönetimi</t>
+          <t>14-15 Yaş Grubu Futbolcularda Farklı Sosyal Aktiviterin Karar Verme ve Benlik Saygısı Düzeylerine Etkisi</t>
         </is>
       </c>
       <c r="C2216" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2217" spans="1:3">
       <c r="A2217" s="1" t="inlineStr">
         <is>
-          <t>9786053448587</t>
+          <t>9786053449812</t>
         </is>
       </c>
       <c r="B2217" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe İmgesi ve Gerçekliği</t>
+          <t>Çağdaş Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C2217" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2218" spans="1:3">
       <c r="A2218" s="1" t="inlineStr">
         <is>
-          <t>9786053448655</t>
+          <t>9786053449294</t>
         </is>
       </c>
       <c r="B2218" s="1" t="inlineStr">
         <is>
-          <t>Paradigms of Political Economy For Turkey</t>
+          <t>Stres Testi ve Bankalarda Risk Entegrasyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C2218" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2219" spans="1:3">
       <c r="A2219" s="1" t="inlineStr">
         <is>
-          <t>9786053448563</t>
+          <t>9786053449829</t>
         </is>
       </c>
       <c r="B2219" s="1" t="inlineStr">
         <is>
-          <t>Elit Erkek Yüzücülerde Yüzme Performansları İle Apelin İlişkisinin İncelenmesi</t>
+          <t>Fiziksel Performans Ölçümünde Sık Kullanılan Bazı Testler ve Hesaplama Programları (CD'li)</t>
         </is>
       </c>
       <c r="C2219" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2220" spans="1:3">
       <c r="A2220" s="1" t="inlineStr">
         <is>
-          <t>9786053448556</t>
+          <t>9786053449775</t>
         </is>
       </c>
       <c r="B2220" s="1" t="inlineStr">
         <is>
-          <t>Obezlerde, Aerobik Egzersiz Sırasında Alınan Farklı Sıvıların, İştahı Düzenleyen Hormonlar Üzerinde Etkisi</t>
+          <t>GSYİH Endeksli Tahviller ve Türkiye’deki Potansiyeli</t>
         </is>
       </c>
       <c r="C2220" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2221" spans="1:3">
       <c r="A2221" s="1" t="inlineStr">
         <is>
-          <t>9786053448198</t>
+          <t>9786057805348</t>
         </is>
       </c>
       <c r="B2221" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi Girişimcilik</t>
+          <t>Tekdüzen Muhasebe Sistemine Göre Dönemsonu Muhasebe İşlemleri</t>
         </is>
       </c>
       <c r="C2221" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2222" spans="1:3">
       <c r="A2222" s="1" t="inlineStr">
         <is>
-          <t>9786053448525</t>
+          <t>9786053449447</t>
         </is>
       </c>
       <c r="B2222" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve İç Karışıklıkların Ekonomik Etkileri</t>
+          <t>Çevre Muhasebesi</t>
         </is>
       </c>
       <c r="C2222" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2223" spans="1:3">
       <c r="A2223" s="1" t="inlineStr">
         <is>
-          <t>9786053448419</t>
+          <t>9786053449768</t>
         </is>
       </c>
       <c r="B2223" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik Uygulamasının Diz Osteoartritli Yaşlılarda Fiziksel Fonksiyonlar, Denge ve ağrı Üzerindeki Etkilerinin İncelenmesi</t>
+          <t>21.Yüzyılda Yönetim ve Yöneticiler</t>
         </is>
       </c>
       <c r="C2223" s="1">
-        <v>100</v>
+        <v>575</v>
       </c>
     </row>
     <row r="2224" spans="1:3">
       <c r="A2224" s="1" t="inlineStr">
         <is>
-          <t>9786053448358</t>
+          <t>9786053449249</t>
         </is>
       </c>
       <c r="B2224" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Mesleki Etik</t>
+          <t>Dahadan Dehaya</t>
         </is>
       </c>
       <c r="C2224" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2225" spans="1:3">
       <c r="A2225" s="1" t="inlineStr">
         <is>
-          <t>9786053448600</t>
+          <t>9786053449638</t>
         </is>
       </c>
       <c r="B2225" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Türkiye</t>
+          <t>Matemi - Aşıklık Yolunda Bir Kamber</t>
         </is>
       </c>
       <c r="C2225" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2226" spans="1:3">
       <c r="A2226" s="1" t="inlineStr">
         <is>
-          <t>9786053448259</t>
+          <t>9786053449096</t>
         </is>
       </c>
       <c r="B2226" s="1" t="inlineStr">
         <is>
-          <t>Denizli İşgücü Piyasası ve Sosyal Koruma</t>
+          <t>Kurumsal Yatırımcıların Yatırım Kararlarına Bağımsız Denetimin Etkisi</t>
         </is>
       </c>
       <c r="C2226" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2227" spans="1:3">
       <c r="A2227" s="1" t="inlineStr">
         <is>
-          <t>9786053447535</t>
+          <t>9786257216524</t>
         </is>
       </c>
       <c r="B2227" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakış Açısı ile Yönetişim</t>
+          <t>Tüketiyorum Öyleyse Varım?</t>
         </is>
       </c>
       <c r="C2227" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2228" spans="1:3">
       <c r="A2228" s="1" t="inlineStr">
         <is>
-          <t>9786053448303</t>
+          <t>9786053449577</t>
         </is>
       </c>
       <c r="B2228" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Osmanlı Devlet Adamı</t>
+          <t>Sağlıkta Kalite Yönetimi ve Akreditasyon</t>
         </is>
       </c>
       <c r="C2228" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2229" spans="1:3">
       <c r="A2229" s="1" t="inlineStr">
         <is>
-          <t>9786053448402</t>
+          <t>9786053449270</t>
         </is>
       </c>
       <c r="B2229" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Zihinden Kalbe Geçiş</t>
+          <t>Mali Hesap Verme Bağlamında Yasama Gözetimi ve Yolsuzluklar</t>
         </is>
       </c>
       <c r="C2229" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2230" spans="1:3">
       <c r="A2230" s="1" t="inlineStr">
         <is>
-          <t>9786053447054</t>
+          <t>9786053449591</t>
         </is>
       </c>
       <c r="B2230" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Yüksekokulu Öğrencilerinin Futbol Müsabakalarına Katılım Kararlarını Etkileyen Faktörler</t>
+          <t>Farklı Siyasal Rejimler ve Refah Sistemleri Bağlamında Tüm Yönleriyle ABD Küba Türkiye Sağlık Sistemi ve Uygulaması</t>
         </is>
       </c>
       <c r="C2230" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2231" spans="1:3">
       <c r="A2231" s="1" t="inlineStr">
         <is>
-          <t>9786053448372</t>
+          <t>9786053449522</t>
         </is>
       </c>
       <c r="B2231" s="1" t="inlineStr">
         <is>
-          <t>Futsal Taktik ve Sistemler</t>
+          <t>Karayolu - Demiryolu Mühendisliği</t>
         </is>
       </c>
       <c r="C2231" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2232" spans="1:3">
       <c r="A2232" s="1" t="inlineStr">
         <is>
-          <t>9786053448266</t>
+          <t>9786053448761</t>
         </is>
       </c>
       <c r="B2232" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalarda Yatırımcının Korunması ve Türk Sermaye Piyasası Üzerine Bir İnceleme</t>
+          <t>Muhasebe Denetiminde Etik</t>
         </is>
       </c>
       <c r="C2232" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2233" spans="1:3">
       <c r="A2233" s="1" t="inlineStr">
         <is>
-          <t>9786053448181</t>
+          <t>9786053449478</t>
         </is>
       </c>
       <c r="B2233" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hacamat Anatomisi</t>
+          <t>OECD Ülkelerinde Refah Devletinin Yeniden Dağıtıcı Rolü Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C2233" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2234" spans="1:3">
       <c r="A2234" s="1" t="inlineStr">
         <is>
-          <t>9786053441090</t>
+          <t>9786053449652</t>
         </is>
       </c>
       <c r="B2234" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye'nin Toplumsal Düzeni ve Kurumları</t>
+          <t>Helal Kitap</t>
         </is>
       </c>
       <c r="C2234" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2235" spans="1:3">
       <c r="A2235" s="1" t="inlineStr">
         <is>
-          <t>9786053448228</t>
+          <t>9786053449607</t>
         </is>
       </c>
       <c r="B2235" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Analizi</t>
+          <t>Küreselleşmenin Sosyoekonomik Boyutları</t>
         </is>
       </c>
       <c r="C2235" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2236" spans="1:3">
       <c r="A2236" s="1" t="inlineStr">
         <is>
-          <t>9786053447740</t>
+          <t>9786053449461</t>
         </is>
       </c>
       <c r="B2236" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama (Ciltli)</t>
+          <t>Devlet ve Jandarma</t>
         </is>
       </c>
       <c r="C2236" s="1">
-        <v>850</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2237" spans="1:3">
       <c r="A2237" s="1" t="inlineStr">
         <is>
-          <t>9786053447962</t>
+          <t>9786053448785</t>
         </is>
       </c>
       <c r="B2237" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Analize Giriş</t>
+          <t>Gençlik Merkezleri ve Hizmet Kalitesinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C2237" s="1">
-        <v>750</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2238" spans="1:3">
       <c r="A2238" s="1" t="inlineStr">
         <is>
-          <t>9786053448167</t>
+          <t>9786053449416</t>
         </is>
       </c>
       <c r="B2238" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçilik ve Girişimcilik</t>
+          <t>Sürdürülebilir Aile İşletmeleri</t>
         </is>
       </c>
       <c r="C2238" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2239" spans="1:3">
       <c r="A2239" s="1" t="inlineStr">
         <is>
-          <t>9786053448129</t>
+          <t>9786053449317</t>
         </is>
       </c>
       <c r="B2239" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Ekonomisinde Yeni Eğilimler</t>
+          <t>Denetimde Seçme Konular</t>
         </is>
       </c>
       <c r="C2239" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2240" spans="1:3">
       <c r="A2240" s="1" t="inlineStr">
         <is>
-          <t>9786258494594</t>
+          <t>9786053449225</t>
         </is>
       </c>
       <c r="B2240" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Fiziksel Aktivite ve Bazı Antropometrik Özelliklerin Akademik Başarı İle İlişkisi</t>
         </is>
       </c>
       <c r="C2240" s="1">
-        <v>550</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2241" spans="1:3">
       <c r="A2241" s="1" t="inlineStr">
         <is>
-          <t>9786053448204</t>
+          <t>9786053449188</t>
         </is>
       </c>
       <c r="B2241" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Odaklı Yönetsel Yaklaşımlar</t>
+          <t>Siber Güvenlik Operasyonları Merkezi</t>
         </is>
       </c>
       <c r="C2241" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2242" spans="1:3">
       <c r="A2242" s="1" t="inlineStr">
         <is>
-          <t>9786053447757</t>
+          <t>9786053448716</t>
         </is>
       </c>
       <c r="B2242" s="1" t="inlineStr">
         <is>
-          <t>Deprem Bilimi</t>
+          <t>İntroduction To Business</t>
         </is>
       </c>
       <c r="C2242" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2243" spans="1:3">
       <c r="A2243" s="1" t="inlineStr">
         <is>
-          <t>9786053447931</t>
+          <t>9786053449348</t>
         </is>
       </c>
       <c r="B2243" s="1" t="inlineStr">
         <is>
-          <t>Bu da mı Haber Değil?</t>
+          <t>Financial Engineering And Risk Management</t>
         </is>
       </c>
       <c r="C2243" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2244" spans="1:3">
       <c r="A2244" s="1" t="inlineStr">
         <is>
-          <t>9786257045520</t>
+          <t>9786053449218</t>
         </is>
       </c>
       <c r="B2244" s="1" t="inlineStr">
         <is>
-          <t>Pazarların Küreselleşmesi ve Küresel Doğan İşletmeler</t>
+          <t>Belediyelerin Etkinlik Ölçümü</t>
         </is>
       </c>
       <c r="C2244" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2245" spans="1:3">
       <c r="A2245" s="1" t="inlineStr">
         <is>
-          <t>9786053448136</t>
+          <t>9786053449072</t>
         </is>
       </c>
       <c r="B2245" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Piyasa Ekonomilerinde Sıcak Para Hareketlerine Bağımlılık ve İktisadi Büyüme</t>
+          <t>Türkiye'de Sürdürülebilir Finans Uygulamaları</t>
         </is>
       </c>
       <c r="C2245" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2246" spans="1:3">
       <c r="A2246" s="1" t="inlineStr">
         <is>
-          <t>9786053448006</t>
+          <t>9786053449140</t>
         </is>
       </c>
       <c r="B2246" s="1" t="inlineStr">
         <is>
-          <t>Maliye Muhasebesi Uygulamaları</t>
+          <t>Kadınların Vücut Kompozisyonu ile Düzenli Egzersiz Yapmaya Yönelik Davranış Değiştirme İsteklerine Sosyal ve Fiziksel Çevrenin Etkisi</t>
         </is>
       </c>
       <c r="C2246" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2247" spans="1:3">
       <c r="A2247" s="1" t="inlineStr">
         <is>
-          <t>9786053447832</t>
+          <t>9786053449171</t>
         </is>
       </c>
       <c r="B2247" s="1" t="inlineStr">
         <is>
-          <t>Koşulsuz Sevgiye Uzanan İçsel Yolculuk</t>
+          <t>Küreselleşen Dünya'da Türkiye'deki Akademisyenlerin Uluslararasılaşmaya Bakışı</t>
         </is>
       </c>
       <c r="C2247" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2248" spans="1:3">
       <c r="A2248" s="1" t="inlineStr">
         <is>
-          <t>9786053447986</t>
+          <t>9786053449089</t>
         </is>
       </c>
       <c r="B2248" s="1" t="inlineStr">
         <is>
-          <t>Değişen Pazarlama Anlayışı: Yeni Pazarlama Yaklaşımları</t>
+          <t>Finansal Krizler Yolsuzluklar ve İstikrar</t>
         </is>
       </c>
       <c r="C2248" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2249" spans="1:3">
       <c r="A2249" s="1" t="inlineStr">
         <is>
-          <t>9786053447924</t>
+          <t>9786053448952</t>
         </is>
       </c>
       <c r="B2249" s="1" t="inlineStr">
         <is>
-          <t>Satıraltı Türkçe Kur'an Tercümelerinin Karşılaştırmalı Söz Varlığı</t>
+          <t>Hükümranlık Reytinglerinin Belirleyicileri ve Hisse Senedi Piyasalarına Etkileri</t>
         </is>
       </c>
       <c r="C2249" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2250" spans="1:3">
       <c r="A2250" s="1" t="inlineStr">
         <is>
-          <t>9786053447955</t>
+          <t>9786053449157</t>
         </is>
       </c>
       <c r="B2250" s="1" t="inlineStr">
         <is>
-          <t>Su Politikaları Bağlamında Kuzey Kıbrıs'ın Bugünü ve Geleceği</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2250" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2251" spans="1:3">
       <c r="A2251" s="1" t="inlineStr">
         <is>
-          <t>9786053448068</t>
+          <t>9786053449010</t>
         </is>
       </c>
       <c r="B2251" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Alan Çocuklarda Denge ve Koordinasyon Çalışmalarının Bazı Motorik Özellikler Üzerine Etkisi</t>
+          <t>Sosyoloji ve Spor</t>
         </is>
       </c>
       <c r="C2251" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2252" spans="1:3">
       <c r="A2252" s="1" t="inlineStr">
         <is>
-          <t>9786053447801</t>
+          <t>9786053449003</t>
         </is>
       </c>
       <c r="B2252" s="1" t="inlineStr">
         <is>
-          <t>Etkili Tez ve Rapor Yazım ve Sunum Teknikleri Pratik El Kitabı</t>
+          <t>Yönetim ve Spor</t>
         </is>
       </c>
       <c r="C2252" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2253" spans="1:3">
       <c r="A2253" s="1" t="inlineStr">
         <is>
-          <t>9786053447818</t>
+          <t>9786257727310</t>
         </is>
       </c>
       <c r="B2253" s="1" t="inlineStr">
         <is>
-          <t>Finansın Temel Kavramları</t>
+          <t>Ritmik Cimnastik</t>
         </is>
       </c>
       <c r="C2253" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2254" spans="1:3">
       <c r="A2254" s="1" t="inlineStr">
         <is>
-          <t>9786053447719</t>
+          <t>9786053448938</t>
         </is>
       </c>
       <c r="B2254" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Tartışmaları</t>
+          <t>Endüstriyel Devrimler</t>
         </is>
       </c>
       <c r="C2254" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2255" spans="1:3">
       <c r="A2255" s="1" t="inlineStr">
         <is>
-          <t>9786257045117</t>
+          <t>9786053446637</t>
         </is>
       </c>
       <c r="B2255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi 2 Biçimbilgisi</t>
+          <t>Şehir Planlamasına Giriş</t>
         </is>
       </c>
       <c r="C2255" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2256" spans="1:3">
       <c r="A2256" s="1" t="inlineStr">
         <is>
-          <t>9786053447382</t>
+          <t>9786053448822</t>
         </is>
       </c>
       <c r="B2256" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Pazarlama Alanınlarında Seçme Konular</t>
+          <t>Türkiye Ulusal Varlık Fonu</t>
         </is>
       </c>
       <c r="C2256" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="2257" spans="1:3">
       <c r="A2257" s="1" t="inlineStr">
         <is>
-          <t>9786053447689</t>
+          <t>9786053448495</t>
         </is>
       </c>
       <c r="B2257" s="1" t="inlineStr">
         <is>
-          <t>The Conscientious Intelligence</t>
+          <t>Proje Çalışmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C2257" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2258" spans="1:3">
       <c r="A2258" s="1" t="inlineStr">
         <is>
-          <t>9786053447672</t>
+          <t>9786257855204</t>
         </is>
       </c>
       <c r="B2258" s="1" t="inlineStr">
         <is>
-          <t>Nicel Karar Yöntemlerinde Güncel Konular</t>
+          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Politiği: Bir Kamu Kurumu Örneğinde</t>
         </is>
       </c>
       <c r="C2258" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2259" spans="1:3">
       <c r="A2259" s="1" t="inlineStr">
         <is>
-          <t>9786257727563</t>
+          <t>9786053448570</t>
         </is>
       </c>
       <c r="B2259" s="1" t="inlineStr">
         <is>
-          <t>Reformun Antropolojisi Kamu Yönetiminde Bağımlılık Sorunu</t>
+          <t>Kare Kod Reklamcılık</t>
         </is>
       </c>
       <c r="C2259" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2260" spans="1:3">
       <c r="A2260" s="1" t="inlineStr">
         <is>
-          <t>9786053447511</t>
+          <t>9786053448815</t>
         </is>
       </c>
       <c r="B2260" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklamlarında Etik</t>
+          <t>Oryantiring Terminolojisi</t>
         </is>
       </c>
       <c r="C2260" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2261" spans="1:3">
       <c r="A2261" s="1" t="inlineStr">
         <is>
-          <t>9786053447559</t>
+          <t>9786053448464</t>
         </is>
       </c>
       <c r="B2261" s="1" t="inlineStr">
         <is>
-          <t>E-Hizmet Ticaretinde KDV Sorunları ve Çözüm Önerileri</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C2261" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2262" spans="1:3">
       <c r="A2262" s="1" t="inlineStr">
         <is>
-          <t>9786053449553</t>
+          <t>9786053448754</t>
         </is>
       </c>
       <c r="B2262" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Serilerde Uzun Dönem Eşbütünleşme ve Kısa Dönem Nedensellik</t>
+          <t>Sporcu Kimliği Oluşumunda Etkili Olan Faktörler</t>
         </is>
       </c>
       <c r="C2262" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2263" spans="1:3">
       <c r="A2263" s="1" t="inlineStr">
         <is>
-          <t>9786053447436</t>
+          <t>9786053448693</t>
         </is>
       </c>
       <c r="B2263" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmenlerinin Mesleki Sosyalleşme ve Psikolojik Sermaye Düzeyleri</t>
+          <t>Kafkasya ve Çevresi (Ciltli)</t>
         </is>
       </c>
       <c r="C2263" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2264" spans="1:3">
       <c r="A2264" s="1" t="inlineStr">
         <is>
-          <t>9786053447337</t>
+          <t>9786053441731</t>
         </is>
       </c>
       <c r="B2264" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Entegre Raporlama</t>
+          <t>Kırgızcanın Ağızları</t>
         </is>
       </c>
       <c r="C2264" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2265" spans="1:3">
       <c r="A2265" s="1" t="inlineStr">
         <is>
-          <t>9786053447344</t>
+          <t>9786053441724</t>
         </is>
       </c>
       <c r="B2265" s="1" t="inlineStr">
         <is>
-          <t>Saha Türklerinde Tanrı Öğretisi - Şamanizm</t>
+          <t>Calal - Abad Merkez Ağzı</t>
         </is>
       </c>
       <c r="C2265" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2266" spans="1:3">
       <c r="A2266" s="1" t="inlineStr">
         <is>
-          <t>9786053447207</t>
+          <t>9786053447252</t>
         </is>
       </c>
       <c r="B2266" s="1" t="inlineStr">
         <is>
-          <t>Temettü Duyurularının Hisse Senedi  Getirilerine Olan Etkilerinin Analizi</t>
+          <t>Afrika Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C2266" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2267" spans="1:3">
       <c r="A2267" s="1" t="inlineStr">
         <is>
-          <t>9786053447078</t>
+          <t>9786053448594</t>
         </is>
       </c>
       <c r="B2267" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz, Enerji-Metabolizma ve Isı Uyumu</t>
+          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C2267" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2268" spans="1:3">
       <c r="A2268" s="1" t="inlineStr">
         <is>
-          <t>9786053447238</t>
+          <t>9786053448532</t>
         </is>
       </c>
       <c r="B2268" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Tüketim</t>
+          <t>Adıyaman İli ve Yöresi Ağızları Söz Varlığı</t>
         </is>
       </c>
       <c r="C2268" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2269" spans="1:3">
       <c r="A2269" s="1" t="inlineStr">
         <is>
-          <t>9786053447184</t>
+          <t>9786053448709</t>
         </is>
       </c>
       <c r="B2269" s="1" t="inlineStr">
         <is>
-          <t>Denetim İmgesi ve Gerçekliği</t>
+          <t>Political Economy Theory And Practice For Turkey</t>
         </is>
       </c>
       <c r="C2269" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2270" spans="1:3">
       <c r="A2270" s="1" t="inlineStr">
         <is>
-          <t>9786053447153</t>
+          <t>9786053448518</t>
         </is>
       </c>
       <c r="B2270" s="1" t="inlineStr">
         <is>
-          <t>1833 Osmanlı Arşiv Kayıtlarına Göre Sivas Gayrimüslim Nüfus Defteri</t>
+          <t>Hayat Sigorta Sözleşmelerinin Uluslararası Finansal Raporlama Standardı 17: Sigorta Sözleşmeleri Kapsamında Muhasebeleştirilmesi ve Raporlanması</t>
         </is>
       </c>
       <c r="C2270" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2271" spans="1:3">
       <c r="A2271" s="1" t="inlineStr">
         <is>
-          <t>9786053447221</t>
+          <t>9786053448549</t>
         </is>
       </c>
       <c r="B2271" s="1" t="inlineStr">
         <is>
-          <t>Propriyoseptif Nöromusküler Fasilitasyon Esneklik Çalışmalarının Tenisçilerde Denge Yeteneği Üzerine Etkisi</t>
+          <t>Avrupa’da Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2271" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2272" spans="1:3">
       <c r="A2272" s="1" t="inlineStr">
         <is>
-          <t>9786053447122</t>
+          <t>9786053448587</t>
         </is>
       </c>
       <c r="B2272" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamalarla Veri Zarflama Analizi</t>
+          <t>Muhasebe İmgesi ve Gerçekliği</t>
         </is>
       </c>
       <c r="C2272" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2273" spans="1:3">
       <c r="A2273" s="1" t="inlineStr">
         <is>
-          <t>9786053447061</t>
+          <t>9786053448655</t>
         </is>
       </c>
       <c r="B2273" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz - Antrenman ve Hormonal Uyumlar</t>
+          <t>Paradigms of Political Economy For Turkey</t>
         </is>
       </c>
       <c r="C2273" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2274" spans="1:3">
       <c r="A2274" s="1" t="inlineStr">
         <is>
-          <t>9786053446903</t>
+          <t>9786053448563</t>
         </is>
       </c>
       <c r="B2274" s="1" t="inlineStr">
         <is>
-          <t>Riske Maruz Değer Kavram ve Uygulamalar</t>
+          <t>Elit Erkek Yüzücülerde Yüzme Performansları İle Apelin İlişkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C2274" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2275" spans="1:3">
       <c r="A2275" s="1" t="inlineStr">
         <is>
-          <t>9786053446729</t>
+          <t>9786053448556</t>
         </is>
       </c>
       <c r="B2275" s="1" t="inlineStr">
         <is>
-          <t>Ekonometride Güncel Konular</t>
+          <t>Obezlerde, Aerobik Egzersiz Sırasında Alınan Farklı Sıvıların, İştahı Düzenleyen Hormonlar Üzerinde Etkisi</t>
         </is>
       </c>
       <c r="C2275" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2276" spans="1:3">
       <c r="A2276" s="1" t="inlineStr">
         <is>
-          <t>9786053446712</t>
+          <t>9786053448198</t>
         </is>
       </c>
       <c r="B2276" s="1" t="inlineStr">
         <is>
-          <t>Econometrics: Methods &amp; Applications</t>
+          <t>Yenilikçi Girişimcilik</t>
         </is>
       </c>
       <c r="C2276" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2277" spans="1:3">
       <c r="A2277" s="1" t="inlineStr">
         <is>
-          <t>9786053441137</t>
+          <t>9786053448525</t>
         </is>
       </c>
       <c r="B2277" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Harekatı'nın Toplumsal Bellekteki İzdüşümleri</t>
+          <t>Terörizm ve İç Karışıklıkların Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C2277" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2278" spans="1:3">
       <c r="A2278" s="1" t="inlineStr">
         <is>
-          <t>9786053441427</t>
+          <t>9786053448419</t>
         </is>
       </c>
       <c r="B2278" s="1" t="inlineStr">
         <is>
-          <t>Yrd. Doç. Dr. Nilgün Akça'ya Armağan</t>
+          <t>Sanal Gerçeklik Uygulamasının Diz Osteoartritli Yaşlılarda Fiziksel Fonksiyonlar, Denge ve ağrı Üzerindeki Etkilerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C2278" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2279" spans="1:3">
       <c r="A2279" s="1" t="inlineStr">
         <is>
-          <t>9786053442462</t>
+          <t>9786053448358</t>
         </is>
       </c>
       <c r="B2279" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla TMS - TFRS</t>
+          <t>Ahilik ve Mesleki Etik</t>
         </is>
       </c>
       <c r="C2279" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="2280" spans="1:3">
       <c r="A2280" s="1" t="inlineStr">
         <is>
-          <t>9786257530736</t>
+          <t>9786053448600</t>
         </is>
       </c>
       <c r="B2280" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi</t>
+          <t>Sürdürülebilir Kalkınma ve Türkiye</t>
         </is>
       </c>
       <c r="C2280" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2281" spans="1:3">
       <c r="A2281" s="1" t="inlineStr">
         <is>
-          <t>9786053446774</t>
+          <t>9786053448259</t>
         </is>
       </c>
       <c r="B2281" s="1" t="inlineStr">
         <is>
-          <t>Kayak Tarihi</t>
+          <t>Denizli İşgücü Piyasası ve Sosyal Koruma</t>
         </is>
       </c>
       <c r="C2281" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2282" spans="1:3">
       <c r="A2282" s="1" t="inlineStr">
         <is>
-          <t>9786053447016</t>
+          <t>9786053447535</t>
         </is>
       </c>
       <c r="B2282" s="1" t="inlineStr">
         <is>
-          <t>Vergi Demokrasisi</t>
+          <t>Disiplinlerarası Bakış Açısı ile Yönetişim</t>
         </is>
       </c>
       <c r="C2282" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2283" spans="1:3">
       <c r="A2283" s="1" t="inlineStr">
         <is>
-          <t>9786053448877</t>
+          <t>9786053448303</t>
         </is>
       </c>
       <c r="B2283" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Cimnastiği</t>
+          <t>Son Dönem Osmanlı Devlet Adamı</t>
         </is>
       </c>
       <c r="C2283" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2284" spans="1:3">
       <c r="A2284" s="1" t="inlineStr">
         <is>
-          <t>9786053446897</t>
+          <t>9786053448402</t>
         </is>
       </c>
       <c r="B2284" s="1" t="inlineStr">
         <is>
-          <t>Planlı Eskitme Stratejisi Üzerine Araştırmalar</t>
+          <t>İlişkilerde Zihinden Kalbe Geçiş</t>
         </is>
       </c>
       <c r="C2284" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2285" spans="1:3">
       <c r="A2285" s="1" t="inlineStr">
         <is>
-          <t>9786053446842</t>
+          <t>9786053447054</t>
         </is>
       </c>
       <c r="B2285" s="1" t="inlineStr">
         <is>
-          <t>Sporun Küreselliği Perspektifinde Yabancı Sporcuların Hukuki Statü Sorunları</t>
+          <t>Beden Eğitimi ve Spor Yüksekokulu Öğrencilerinin Futbol Müsabakalarına Katılım Kararlarını Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C2285" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2286" spans="1:3">
       <c r="A2286" s="1" t="inlineStr">
         <is>
-          <t>9786053446781</t>
+          <t>9786053448372</t>
         </is>
       </c>
       <c r="B2286" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Çağı</t>
+          <t>Futsal Taktik ve Sistemler</t>
         </is>
       </c>
       <c r="C2286" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2287" spans="1:3">
       <c r="A2287" s="1" t="inlineStr">
         <is>
-          <t>9786053446972</t>
+          <t>9786053448266</t>
         </is>
       </c>
       <c r="B2287" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Spor</t>
+          <t>Finansal Piyasalarda Yatırımcının Korunması ve Türk Sermaye Piyasası Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C2287" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2288" spans="1:3">
       <c r="A2288" s="1" t="inlineStr">
         <is>
-          <t>9786053446910</t>
+          <t>9786053448181</t>
         </is>
       </c>
       <c r="B2288" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Tıbbi Hacamat Anatomisi</t>
         </is>
       </c>
       <c r="C2288" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2289" spans="1:3">
       <c r="A2289" s="1" t="inlineStr">
         <is>
-          <t>9786053446835</t>
+          <t>9786053441090</t>
         </is>
       </c>
       <c r="B2289" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve İnsan</t>
+          <t>Devlet-i Aliyye'nin Toplumsal Düzeni ve Kurumları</t>
         </is>
       </c>
       <c r="C2289" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2290" spans="1:3">
       <c r="A2290" s="1" t="inlineStr">
         <is>
-          <t>9786053449485</t>
+          <t>9786053448228</t>
         </is>
       </c>
       <c r="B2290" s="1" t="inlineStr">
         <is>
-          <t>Tarım Sektöründe Kadın Emeği</t>
+          <t>Kamu Politikası Analizi</t>
         </is>
       </c>
       <c r="C2290" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2291" spans="1:3">
       <c r="A2291" s="1" t="inlineStr">
         <is>
-          <t>9786053446699</t>
+          <t>9786053447740</t>
         </is>
       </c>
       <c r="B2291" s="1" t="inlineStr">
         <is>
-          <t>Sınıflandırma Problemlerinde Çoklu Lojistik Regresyon, Yapay Sinir Ağı ve ANFIS Yöntemlerinin Karşılaştırılması: İnsani Gelişmişlik Endeksi Üzerine Uygulama</t>
+          <t>Dijital Pazarlama (Ciltli)</t>
         </is>
       </c>
       <c r="C2291" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="2292" spans="1:3">
       <c r="A2292" s="1" t="inlineStr">
         <is>
-          <t>9786053446651</t>
+          <t>9786053447962</t>
         </is>
       </c>
       <c r="B2292" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizmin Etkileşim Odaklı Yansımaları: Deneyimsel Pazarlama</t>
+          <t>Matematiksel Analize Giriş</t>
         </is>
       </c>
       <c r="C2292" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2293" spans="1:3">
       <c r="A2293" s="1" t="inlineStr">
         <is>
-          <t>9786053446415</t>
+          <t>9786053448167</t>
         </is>
       </c>
       <c r="B2293" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Nehcü'l-Feradis 1</t>
+          <t>Yenilikçilik ve Girişimcilik</t>
         </is>
       </c>
       <c r="C2293" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2294" spans="1:3">
       <c r="A2294" s="1" t="inlineStr">
         <is>
-          <t>9786053446613</t>
+          <t>9786053448129</t>
         </is>
       </c>
       <c r="B2294" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji ve Yeşil Enerji Açısından Vergi Politikası</t>
+          <t>Kalkınma Ekonomisinde Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C2294" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2295" spans="1:3">
       <c r="A2295" s="1" t="inlineStr">
         <is>
-          <t>9786053446606</t>
+          <t>9786258494594</t>
         </is>
       </c>
       <c r="B2295" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Sosyal Sermayenin Rolü</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C2295" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2296" spans="1:3">
       <c r="A2296" s="1" t="inlineStr">
         <is>
-          <t>9786053446422</t>
+          <t>9786053448204</t>
         </is>
       </c>
       <c r="B2296" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Dersleri</t>
+          <t>Örgütsel Davranış Odaklı Yönetsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2296" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2297" spans="1:3">
       <c r="A2297" s="1" t="inlineStr">
         <is>
-          <t>9786053446385</t>
+          <t>9786053447757</t>
         </is>
       </c>
       <c r="B2297" s="1" t="inlineStr">
         <is>
-          <t>2018 Polimer Fizikokimyası</t>
+          <t>Deprem Bilimi</t>
         </is>
       </c>
       <c r="C2297" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2298" spans="1:3">
       <c r="A2298" s="1" t="inlineStr">
         <is>
-          <t>9786053449904</t>
+          <t>9786053447931</t>
         </is>
       </c>
       <c r="B2298" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Kanunları</t>
+          <t>Bu da mı Haber Değil?</t>
         </is>
       </c>
       <c r="C2298" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2299" spans="1:3">
       <c r="A2299" s="1" t="inlineStr">
         <is>
-          <t>9786053446309</t>
+          <t>9786257045520</t>
         </is>
       </c>
       <c r="B2299" s="1" t="inlineStr">
         <is>
-          <t>Marka Birleşmeleri</t>
+          <t>Pazarların Küreselleşmesi ve Küresel Doğan İşletmeler</t>
         </is>
       </c>
       <c r="C2299" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2300" spans="1:3">
       <c r="A2300" s="1" t="inlineStr">
         <is>
-          <t>9786053446170</t>
+          <t>9786053448136</t>
         </is>
       </c>
       <c r="B2300" s="1" t="inlineStr">
         <is>
-          <t>Futbol - Futsal Antremanının Bilimsel Temelleri</t>
+          <t>Yükselen Piyasa Ekonomilerinde Sıcak Para Hareketlerine Bağımlılık ve İktisadi Büyüme</t>
         </is>
       </c>
       <c r="C2300" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2301" spans="1:3">
       <c r="A2301" s="1" t="inlineStr">
         <is>
-          <t>9786053446255</t>
+          <t>9786053448006</t>
         </is>
       </c>
       <c r="B2301" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Spor Yönetimi</t>
+          <t>Maliye Muhasebesi Uygulamaları</t>
         </is>
       </c>
       <c r="C2301" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2302" spans="1:3">
       <c r="A2302" s="1" t="inlineStr">
         <is>
-          <t>9786053446095</t>
+          <t>9786053447832</t>
         </is>
       </c>
       <c r="B2302" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramı, Örgüt Tasarımı ve Örgütsel Değişim (Ciltli)</t>
+          <t>Koşulsuz Sevgiye Uzanan İçsel Yolculuk</t>
         </is>
       </c>
       <c r="C2302" s="1">
-        <v>550</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2303" spans="1:3">
       <c r="A2303" s="1" t="inlineStr">
         <is>
-          <t>9786053445876</t>
+          <t>9786053447986</t>
         </is>
       </c>
       <c r="B2303" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Bilimi 2 (Ciltli)</t>
+          <t>Değişen Pazarlama Anlayışı: Yeni Pazarlama Yaklaşımları</t>
         </is>
       </c>
       <c r="C2303" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2304" spans="1:3">
       <c r="A2304" s="1" t="inlineStr">
         <is>
-          <t>9786053445975</t>
+          <t>9786053447924</t>
         </is>
       </c>
       <c r="B2304" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Özellikli Vergi Konuları</t>
+          <t>Satıraltı Türkçe Kur'an Tercümelerinin Karşılaştırmalı Söz Varlığı</t>
         </is>
       </c>
       <c r="C2304" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2305" spans="1:3">
       <c r="A2305" s="1" t="inlineStr">
         <is>
-          <t>9786053445814</t>
+          <t>9786053447955</t>
         </is>
       </c>
       <c r="B2305" s="1" t="inlineStr">
         <is>
-          <t>Araştırmacılar İçin SPSS Uygulamalı İstatistiksel Deney Tasarımı</t>
+          <t>Su Politikaları Bağlamında Kuzey Kıbrıs'ın Bugünü ve Geleceği</t>
         </is>
       </c>
       <c r="C2305" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2306" spans="1:3">
       <c r="A2306" s="1" t="inlineStr">
         <is>
-          <t>9786053446040</t>
+          <t>9786053448068</t>
         </is>
       </c>
       <c r="B2306" s="1" t="inlineStr">
         <is>
-          <t>Hizmetlerin Pazarlanmasında Hizmet Kalitesinin Önemi</t>
+          <t>Okul Öncesi Eğitim Alan Çocuklarda Denge ve Koordinasyon Çalışmalarının Bazı Motorik Özellikler Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C2306" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2307" spans="1:3">
       <c r="A2307" s="1" t="inlineStr">
         <is>
-          <t>9786053445982</t>
+          <t>9786053447801</t>
         </is>
       </c>
       <c r="B2307" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerine Giriş</t>
+          <t>Etkili Tez ve Rapor Yazım ve Sunum Teknikleri Pratik El Kitabı</t>
         </is>
       </c>
       <c r="C2307" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2308" spans="1:3">
       <c r="A2308" s="1" t="inlineStr">
         <is>
-          <t>9786053445869</t>
+          <t>9786053447818</t>
         </is>
       </c>
       <c r="B2308" s="1" t="inlineStr">
         <is>
-          <t>Sporda Yeni Yaklaşımlar</t>
+          <t>Finansın Temel Kavramları</t>
         </is>
       </c>
       <c r="C2308" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2309" spans="1:3">
       <c r="A2309" s="1" t="inlineStr">
         <is>
-          <t>9786053445647</t>
+          <t>9786053447719</t>
         </is>
       </c>
       <c r="B2309" s="1" t="inlineStr">
         <is>
-          <t>Cümle Nitelikleri Yönüyle Türkçe Atasözleri</t>
+          <t>Kamu Yönetimi Tartışmaları</t>
         </is>
       </c>
       <c r="C2309" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2310" spans="1:3">
       <c r="A2310" s="1" t="inlineStr">
         <is>
-          <t>9786053445845</t>
+          <t>9786257045117</t>
         </is>
       </c>
       <c r="B2310" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin Sosyolojisi</t>
+          <t>Türkiye Türkçesi 2 Biçimbilgisi</t>
         </is>
       </c>
       <c r="C2310" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2311" spans="1:3">
       <c r="A2311" s="1" t="inlineStr">
         <is>
-          <t>9786053445739</t>
+          <t>9786053447382</t>
         </is>
       </c>
       <c r="B2311" s="1" t="inlineStr">
         <is>
-          <t>Etik ve Sosyal Sorumluluk</t>
+          <t>Yönetim ve Pazarlama Alanınlarında Seçme Konular</t>
         </is>
       </c>
       <c r="C2311" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="2312" spans="1:3">
       <c r="A2312" s="1" t="inlineStr">
         <is>
-          <t>9786053445180</t>
+          <t>9786053447689</t>
         </is>
       </c>
       <c r="B2312" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Kimyası</t>
+          <t>The Conscientious Intelligence</t>
         </is>
       </c>
       <c r="C2312" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2313" spans="1:3">
       <c r="A2313" s="1" t="inlineStr">
         <is>
-          <t>9786053445722</t>
+          <t>9786053447672</t>
         </is>
       </c>
       <c r="B2313" s="1" t="inlineStr">
         <is>
-          <t>Finans Matematiği</t>
+          <t>Nicel Karar Yöntemlerinde Güncel Konular</t>
         </is>
       </c>
       <c r="C2313" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2314" spans="1:3">
       <c r="A2314" s="1" t="inlineStr">
         <is>
-          <t>9786053444855</t>
+          <t>9786257727563</t>
         </is>
       </c>
       <c r="B2314" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hafızada Ermeni Meselesi</t>
+          <t>Reformun Antropolojisi Kamu Yönetiminde Bağımlılık Sorunu</t>
         </is>
       </c>
       <c r="C2314" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2315" spans="1:3">
       <c r="A2315" s="1" t="inlineStr">
         <is>
-          <t>9786053445661</t>
+          <t>9786053447511</t>
         </is>
       </c>
       <c r="B2315" s="1" t="inlineStr">
         <is>
-          <t>Mikro İşletmeler</t>
+          <t>Televizyon Reklamlarında Etik</t>
         </is>
       </c>
       <c r="C2315" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2316" spans="1:3">
       <c r="A2316" s="1" t="inlineStr">
         <is>
-          <t>9786053445227</t>
+          <t>9786053447559</t>
         </is>
       </c>
       <c r="B2316" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kültürel Miras ve Koruma (Ciltli)</t>
+          <t>E-Hizmet Ticaretinde KDV Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C2316" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2317" spans="1:3">
       <c r="A2317" s="1" t="inlineStr">
         <is>
-          <t>9786053445432</t>
+          <t>9786053449553</t>
         </is>
       </c>
       <c r="B2317" s="1" t="inlineStr">
         <is>
-          <t>Seramik</t>
+          <t>Ekonometrik Serilerde Uzun Dönem Eşbütünleşme ve Kısa Dönem Nedensellik</t>
         </is>
       </c>
       <c r="C2317" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2318" spans="1:3">
       <c r="A2318" s="1" t="inlineStr">
         <is>
-          <t>9786053449867</t>
+          <t>9786053447436</t>
         </is>
       </c>
       <c r="B2318" s="1" t="inlineStr">
         <is>
-          <t>2019 Bobi Frs (Ciltli)</t>
+          <t>Beden Eğitimi Öğretmenlerinin Mesleki Sosyalleşme ve Psikolojik Sermaye Düzeyleri</t>
         </is>
       </c>
       <c r="C2318" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2319" spans="1:3">
       <c r="A2319" s="1" t="inlineStr">
         <is>
-          <t>9786053445562</t>
+          <t>9786053447337</t>
         </is>
       </c>
       <c r="B2319" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Temin</t>
+          <t>Kamu Sektöründe Entegre Raporlama</t>
         </is>
       </c>
       <c r="C2319" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2320" spans="1:3">
       <c r="A2320" s="1" t="inlineStr">
         <is>
-          <t>9786053445326</t>
+          <t>9786053447344</t>
         </is>
       </c>
       <c r="B2320" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet ve Sistem İnşa Edici Vasfıyla Tevhidi Düşünce</t>
+          <t>Saha Türklerinde Tanrı Öğretisi - Şamanizm</t>
         </is>
       </c>
       <c r="C2320" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2321" spans="1:3">
       <c r="A2321" s="1" t="inlineStr">
         <is>
-          <t>9786053445241</t>
+          <t>9786053447207</t>
         </is>
       </c>
       <c r="B2321" s="1" t="inlineStr">
         <is>
-          <t>İşim Girişim</t>
+          <t>Temettü Duyurularının Hisse Senedi  Getirilerine Olan Etkilerinin Analizi</t>
         </is>
       </c>
       <c r="C2321" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2322" spans="1:3">
       <c r="A2322" s="1" t="inlineStr">
         <is>
-          <t>9786050305173</t>
+          <t>9786053447078</t>
         </is>
       </c>
       <c r="B2322" s="1" t="inlineStr">
         <is>
-          <t>Building Contemporary Football Management</t>
+          <t>Egzersiz, Enerji-Metabolizma ve Isı Uyumu</t>
         </is>
       </c>
       <c r="C2322" s="1">
-        <v>155</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2323" spans="1:3">
       <c r="A2323" s="1" t="inlineStr">
         <is>
-          <t>9786053445166</t>
+          <t>9786053447238</t>
         </is>
       </c>
       <c r="B2323" s="1" t="inlineStr">
         <is>
-          <t>Geometrik Morfometride İstatistiksel Yaklaşımlar</t>
+          <t>Kültür ve Tüketim</t>
         </is>
       </c>
       <c r="C2323" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2324" spans="1:3">
       <c r="A2324" s="1" t="inlineStr">
         <is>
-          <t>9786053444930</t>
+          <t>9786053447184</t>
         </is>
       </c>
       <c r="B2324" s="1" t="inlineStr">
         <is>
-          <t>Sporun Yönetsel ve Sosyal Boyutları</t>
+          <t>Denetim İmgesi ve Gerçekliği</t>
         </is>
       </c>
       <c r="C2324" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="2325" spans="1:3">
       <c r="A2325" s="1" t="inlineStr">
         <is>
-          <t>9786055804695</t>
+          <t>9786053447153</t>
         </is>
       </c>
       <c r="B2325" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bilgi Bankası</t>
+          <t>1833 Osmanlı Arşiv Kayıtlarına Göre Sivas Gayrimüslim Nüfus Defteri</t>
         </is>
       </c>
       <c r="C2325" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2326" spans="1:3">
       <c r="A2326" s="1" t="inlineStr">
         <is>
-          <t>9786053441274</t>
+          <t>9786053447221</t>
         </is>
       </c>
       <c r="B2326" s="1" t="inlineStr">
         <is>
-          <t>Fiskal - Şemalarla Kamu Maliyesi</t>
+          <t>Propriyoseptif Nöromusküler Fasilitasyon Esneklik Çalışmalarının Tenisçilerde Denge Yeteneği Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C2326" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2327" spans="1:3">
       <c r="A2327" s="1" t="inlineStr">
         <is>
-          <t>9786050305128</t>
+          <t>9786053447122</t>
         </is>
       </c>
       <c r="B2327" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Öncelikleri ve Üretim Stratejilerinin Doğrudan İleri İmalat Teknolojileri Uygulamalarındaki Yeri; Türkiye İmalat Sanayinde Bir Uygulama</t>
+          <t>Teori ve Uygulamalarla Veri Zarflama Analizi</t>
         </is>
       </c>
       <c r="C2327" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2328" spans="1:3">
       <c r="A2328" s="1" t="inlineStr">
         <is>
-          <t>9786053445012</t>
+          <t>9786053447061</t>
         </is>
       </c>
       <c r="B2328" s="1" t="inlineStr">
         <is>
-          <t>Vergi Tarihinin Kökenleri: Sümer'den Eski Mısır'a Yunan'dan Roma'ya Antik Çağda Vergilendirme Kabiliyeti ve Etkinliği</t>
+          <t>Egzersiz - Antrenman ve Hormonal Uyumlar</t>
         </is>
       </c>
       <c r="C2328" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2329" spans="1:3">
       <c r="A2329" s="1" t="inlineStr">
         <is>
-          <t>9786053441052</t>
+          <t>9786053446903</t>
         </is>
       </c>
       <c r="B2329" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Destanının Harman Delikolu Üzerine</t>
+          <t>Riske Maruz Değer Kavram ve Uygulamalar</t>
         </is>
       </c>
       <c r="C2329" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2330" spans="1:3">
       <c r="A2330" s="1" t="inlineStr">
         <is>
-          <t>9786053444619</t>
+          <t>9786053446729</t>
         </is>
       </c>
       <c r="B2330" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Ekonometride Güncel Konular</t>
         </is>
       </c>
       <c r="C2330" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2331" spans="1:3">
       <c r="A2331" s="1" t="inlineStr">
         <is>
-          <t>9786050305074</t>
+          <t>9786053446712</t>
         </is>
       </c>
       <c r="B2331" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklararası Çatışmaya Duygusal ve Zihinsel Çözümler</t>
+          <t>Econometrics: Methods &amp; Applications</t>
         </is>
       </c>
       <c r="C2331" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2332" spans="1:3">
       <c r="A2332" s="1" t="inlineStr">
         <is>
-          <t>9786053444923</t>
+          <t>9786053441137</t>
         </is>
       </c>
       <c r="B2332" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir İli Dil Atlası</t>
+          <t>Sarıkamış Harekatı'nın Toplumsal Bellekteki İzdüşümleri</t>
         </is>
       </c>
       <c r="C2332" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2333" spans="1:3">
       <c r="A2333" s="1" t="inlineStr">
         <is>
-          <t>9786050305050</t>
+          <t>9786053441427</t>
         </is>
       </c>
       <c r="B2333" s="1" t="inlineStr">
         <is>
-          <t>Şeffaflık Raporlaması ve Bağımsız Denetim Kalitesi</t>
+          <t>Yrd. Doç. Dr. Nilgün Akça'ya Armağan</t>
         </is>
       </c>
       <c r="C2333" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2334" spans="1:3">
       <c r="A2334" s="1" t="inlineStr">
         <is>
-          <t>9786053442837</t>
+          <t>9786053442462</t>
         </is>
       </c>
       <c r="B2334" s="1" t="inlineStr">
         <is>
-          <t>Gravite ve Manyetik</t>
+          <t>Soru ve Cevaplarla TMS - TFRS</t>
         </is>
       </c>
       <c r="C2334" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2335" spans="1:3">
       <c r="A2335" s="1" t="inlineStr">
         <is>
-          <t>9786053444824</t>
+          <t>9786257530736</t>
         </is>
       </c>
       <c r="B2335" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Yeni Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2335" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2336" spans="1:3">
       <c r="A2336" s="1" t="inlineStr">
         <is>
-          <t>9786053444848</t>
+          <t>9786053446774</t>
         </is>
       </c>
       <c r="B2336" s="1" t="inlineStr">
         <is>
-          <t>Türk Tekstil Sektörü</t>
+          <t>Kayak Tarihi</t>
         </is>
       </c>
       <c r="C2336" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2337" spans="1:3">
       <c r="A2337" s="1" t="inlineStr">
         <is>
-          <t>9786053444862</t>
+          <t>9786053447016</t>
         </is>
       </c>
       <c r="B2337" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Vergi Demokrasisi</t>
         </is>
       </c>
       <c r="C2337" s="1">
-        <v>125</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2338" spans="1:3">
       <c r="A2338" s="1" t="inlineStr">
         <is>
-          <t>9786053449027</t>
+          <t>9786053448877</t>
         </is>
       </c>
       <c r="B2338" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Giriş ve Vatandaşlık Bilgisi</t>
+          <t>Gösteri Cimnastiği</t>
         </is>
       </c>
       <c r="C2338" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2339" spans="1:3">
       <c r="A2339" s="1" t="inlineStr">
         <is>
-          <t>9786053446880</t>
+          <t>9786053446897</t>
         </is>
       </c>
       <c r="B2339" s="1" t="inlineStr">
         <is>
-          <t>Exploit Geliştirme 101</t>
+          <t>Planlı Eskitme Stratejisi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C2339" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2340" spans="1:3">
       <c r="A2340" s="1" t="inlineStr">
         <is>
-          <t>9786053444480</t>
+          <t>9786053446842</t>
         </is>
       </c>
       <c r="B2340" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 11</t>
+          <t>Sporun Küreselliği Perspektifinde Yabancı Sporcuların Hukuki Statü Sorunları</t>
         </is>
       </c>
       <c r="C2340" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2341" spans="1:3">
       <c r="A2341" s="1" t="inlineStr">
         <is>
-          <t>9786053444442</t>
+          <t>9786053446781</t>
         </is>
       </c>
       <c r="B2341" s="1" t="inlineStr">
         <is>
-          <t>Dermatoloji Atlası</t>
+          <t>Tüketim Çağı</t>
         </is>
       </c>
       <c r="C2341" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2342" spans="1:3">
       <c r="A2342" s="1" t="inlineStr">
         <is>
-          <t>9786053448976</t>
+          <t>9786053446972</t>
         </is>
       </c>
       <c r="B2342" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Kadın ve Spor</t>
         </is>
       </c>
       <c r="C2342" s="1">
-        <v>500</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2343" spans="1:3">
       <c r="A2343" s="1" t="inlineStr">
         <is>
-          <t>9786053444565</t>
+          <t>9786053446910</t>
         </is>
       </c>
       <c r="B2343" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Vergi Ödeme Gücü</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C2343" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2344" spans="1:3">
       <c r="A2344" s="1" t="inlineStr">
         <is>
-          <t>9786053444503</t>
+          <t>9786053446835</t>
         </is>
       </c>
       <c r="B2344" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe Uygulamaları</t>
+          <t>Bilim ve İnsan</t>
         </is>
       </c>
       <c r="C2344" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2345" spans="1:3">
       <c r="A2345" s="1" t="inlineStr">
         <is>
-          <t>9786053442394</t>
+          <t>9786053449485</t>
         </is>
       </c>
       <c r="B2345" s="1" t="inlineStr">
         <is>
-          <t>Alman Tarihçi Okulu</t>
+          <t>Tarım Sektöründe Kadın Emeği</t>
         </is>
       </c>
       <c r="C2345" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2346" spans="1:3">
       <c r="A2346" s="1" t="inlineStr">
         <is>
-          <t>9786053444404</t>
+          <t>9786053446699</t>
         </is>
       </c>
       <c r="B2346" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye Yazarlarına Göre Yönetim ve Toplum</t>
+          <t>Sınıflandırma Problemlerinde Çoklu Lojistik Regresyon, Yapay Sinir Ağı ve ANFIS Yöntemlerinin Karşılaştırılması: İnsani Gelişmişlik Endeksi Üzerine Uygulama</t>
         </is>
       </c>
       <c r="C2346" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2347" spans="1:3">
       <c r="A2347" s="1" t="inlineStr">
         <is>
-          <t>9786053444336</t>
+          <t>9786053446651</t>
         </is>
       </c>
       <c r="B2347" s="1" t="inlineStr">
         <is>
-          <t>İstatistik ve Olasılığa Giriş - 2</t>
+          <t>Postmodernizmin Etkileşim Odaklı Yansımaları: Deneyimsel Pazarlama</t>
         </is>
       </c>
       <c r="C2347" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2348" spans="1:3">
       <c r="A2348" s="1" t="inlineStr">
         <is>
-          <t>9786053444169</t>
+          <t>9786053446415</t>
         </is>
       </c>
       <c r="B2348" s="1" t="inlineStr">
         <is>
-          <t>Analitik Metotların Geliştirilmesi ve Validasyonu</t>
+          <t>Eski Anadolu Türkçesi Dönemine Ait Bir Nehcü'l-Feradis 1</t>
         </is>
       </c>
       <c r="C2348" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2349" spans="1:3">
       <c r="A2349" s="1" t="inlineStr">
         <is>
-          <t>9786053444213</t>
+          <t>9786053446613</t>
         </is>
       </c>
       <c r="B2349" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvar Güvenliği</t>
+          <t>Yenilenebilir Enerji ve Yeşil Enerji Açısından Vergi Politikası</t>
         </is>
       </c>
       <c r="C2349" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2350" spans="1:3">
       <c r="A2350" s="1" t="inlineStr">
         <is>
-          <t>9786053444206</t>
+          <t>9786053446606</t>
         </is>
       </c>
       <c r="B2350" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Bilimi</t>
+          <t>Kalkınmada Sosyal Sermayenin Rolü</t>
         </is>
       </c>
       <c r="C2350" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2351" spans="1:3">
       <c r="A2351" s="1" t="inlineStr">
         <is>
-          <t>9786053443285</t>
+          <t>9786053446422</t>
         </is>
       </c>
       <c r="B2351" s="1" t="inlineStr">
         <is>
-          <t>Küresel Vergi Rekabeti ve Yansımaları</t>
+          <t>Halkla İlişkiler Dersleri</t>
         </is>
       </c>
       <c r="C2351" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2352" spans="1:3">
       <c r="A2352" s="1" t="inlineStr">
         <is>
-          <t>9786053444350</t>
+          <t>9786053446385</t>
         </is>
       </c>
       <c r="B2352" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla İhracat</t>
+          <t>2018 Polimer Fizikokimyası</t>
         </is>
       </c>
       <c r="C2352" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2353" spans="1:3">
       <c r="A2353" s="1" t="inlineStr">
         <is>
-          <t>9786053444183</t>
+          <t>9786053449904</t>
         </is>
       </c>
       <c r="B2353" s="1" t="inlineStr">
         <is>
-          <t>Para Banka Kredi ve Finansal Sistem</t>
+          <t>Pazarlama Kanunları</t>
         </is>
       </c>
       <c r="C2353" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2354" spans="1:3">
       <c r="A2354" s="1" t="inlineStr">
         <is>
-          <t>9786053444152</t>
+          <t>9786053446309</t>
         </is>
       </c>
       <c r="B2354" s="1" t="inlineStr">
         <is>
-          <t>İşim İletişim</t>
+          <t>Marka Birleşmeleri</t>
         </is>
       </c>
       <c r="C2354" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2355" spans="1:3">
       <c r="A2355" s="1" t="inlineStr">
         <is>
-          <t>9786053440932</t>
+          <t>9786053446170</t>
         </is>
       </c>
       <c r="B2355" s="1" t="inlineStr">
         <is>
-          <t>Akaryakıt Üzerinden Alınan Vergilere Karşı Mükelleflerin Tepkileri</t>
+          <t>Futbol - Futsal Antremanının Bilimsel Temelleri</t>
         </is>
       </c>
       <c r="C2355" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2356" spans="1:3">
       <c r="A2356" s="1" t="inlineStr">
         <is>
-          <t>9786053444114</t>
+          <t>9786053446255</t>
         </is>
       </c>
       <c r="B2356" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye'nin Taşra Yönetimi</t>
+          <t>Bilgi Çağında Spor Yönetimi</t>
         </is>
       </c>
       <c r="C2356" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2357" spans="1:3">
       <c r="A2357" s="1" t="inlineStr">
         <is>
-          <t>9786053444145</t>
+          <t>9786053446095</t>
         </is>
       </c>
       <c r="B2357" s="1" t="inlineStr">
         <is>
-          <t>Abant Gölü Tabiat Parkı'nda Çevre Tahribatı</t>
+          <t>Örgüt Kuramı, Örgüt Tasarımı ve Örgütsel Değişim (Ciltli)</t>
         </is>
       </c>
       <c r="C2357" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2358" spans="1:3">
       <c r="A2358" s="1" t="inlineStr">
         <is>
-          <t>9786053444046</t>
+          <t>9786053445876</t>
         </is>
       </c>
       <c r="B2358" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetçilerin İş Yükü Perfonmansı ve Denetim Kalitesi</t>
+          <t>Rekreasyon Bilimi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2358" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2359" spans="1:3">
       <c r="A2359" s="1" t="inlineStr">
         <is>
-          <t>9786053444138</t>
+          <t>9786053445975</t>
         </is>
       </c>
       <c r="B2359" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Kültürdilbilim</t>
+          <t>A’dan Z’ye Özellikli Vergi Konuları</t>
         </is>
       </c>
       <c r="C2359" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2360" spans="1:3">
       <c r="A2360" s="1" t="inlineStr">
         <is>
-          <t>9786053444060</t>
+          <t>9786053445814</t>
         </is>
       </c>
       <c r="B2360" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Spor ve Sınıflandırma</t>
+          <t>Araştırmacılar İçin SPSS Uygulamalı İstatistiksel Deney Tasarımı</t>
         </is>
       </c>
       <c r="C2360" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2361" spans="1:3">
       <c r="A2361" s="1" t="inlineStr">
         <is>
-          <t>9786053444053</t>
+          <t>9786053446040</t>
         </is>
       </c>
       <c r="B2361" s="1" t="inlineStr">
         <is>
-          <t>2012-2013-2014 ve 2015’te Gayrimenkul Mevzuatında Yapılan Önemli Düzenlemeler (Ciltli)</t>
+          <t>Hizmetlerin Pazarlanmasında Hizmet Kalitesinin Önemi</t>
         </is>
       </c>
       <c r="C2361" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2362" spans="1:3">
       <c r="A2362" s="1" t="inlineStr">
         <is>
-          <t>9786053443933</t>
+          <t>9786053445982</t>
         </is>
       </c>
       <c r="B2362" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Tasarıma Giriş</t>
+          <t>Spor Bilimlerine Giriş</t>
         </is>
       </c>
       <c r="C2362" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2363" spans="1:3">
       <c r="A2363" s="1" t="inlineStr">
         <is>
-          <t>9786053443988</t>
+          <t>9786053445869</t>
         </is>
       </c>
       <c r="B2363" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda: Bütün Olmanın Doğal Yolu</t>
+          <t>Sporda Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2363" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2364" spans="1:3">
       <c r="A2364" s="1" t="inlineStr">
         <is>
-          <t>9786057805119</t>
+          <t>9786053445647</t>
         </is>
       </c>
       <c r="B2364" s="1" t="inlineStr">
         <is>
-          <t>200 Soruda Yönetim Kamu Yönetimi</t>
+          <t>Cümle Nitelikleri Yönüyle Türkçe Atasözleri</t>
         </is>
       </c>
       <c r="C2364" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2365" spans="1:3">
       <c r="A2365" s="1" t="inlineStr">
         <is>
-          <t>9786053443957</t>
+          <t>9786053445845</t>
         </is>
       </c>
       <c r="B2365" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Sosyal Güvenlik</t>
+          <t>Tüketimin Sosyolojisi</t>
         </is>
       </c>
       <c r="C2365" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2366" spans="1:3">
       <c r="A2366" s="1" t="inlineStr">
         <is>
-          <t>9786053443810</t>
+          <t>9786053445739</t>
         </is>
       </c>
       <c r="B2366" s="1" t="inlineStr">
         <is>
-          <t>Büyükler İçin Konulu Boyama Kitabı</t>
+          <t>Etik ve Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C2366" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2367" spans="1:3">
       <c r="A2367" s="1" t="inlineStr">
         <is>
-          <t>9786053444008</t>
+          <t>9786053445180</t>
         </is>
       </c>
       <c r="B2367" s="1" t="inlineStr">
         <is>
-          <t>Sahte Dönüşümcü Liderlik</t>
+          <t>Kuantum Kimyası</t>
         </is>
       </c>
       <c r="C2367" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2368" spans="1:3">
       <c r="A2368" s="1" t="inlineStr">
         <is>
-          <t>9786053443964</t>
+          <t>9786053445722</t>
         </is>
       </c>
       <c r="B2368" s="1" t="inlineStr">
         <is>
-          <t>Mavi Elma: Türkiye-Avrupa İlişkileri</t>
+          <t>Finans Matematiği</t>
         </is>
       </c>
       <c r="C2368" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2369" spans="1:3">
       <c r="A2369" s="1" t="inlineStr">
         <is>
-          <t>9786053443919</t>
+          <t>9786053444855</t>
         </is>
       </c>
       <c r="B2369" s="1" t="inlineStr">
         <is>
-          <t>Kompozitler Temel İlkeler</t>
+          <t>Toplumsal Hafızada Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C2369" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2370" spans="1:3">
       <c r="A2370" s="1" t="inlineStr">
         <is>
-          <t>9786053443926</t>
+          <t>9786053445661</t>
         </is>
       </c>
       <c r="B2370" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Denetim Sistemi</t>
+          <t>Mikro İşletmeler</t>
         </is>
       </c>
       <c r="C2370" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2371" spans="1:3">
       <c r="A2371" s="1" t="inlineStr">
         <is>
-          <t>9786053443865</t>
+          <t>9786053445227</t>
         </is>
       </c>
       <c r="B2371" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Finansman</t>
+          <t>Dünden Bugüne Kültürel Miras ve Koruma (Ciltli)</t>
         </is>
       </c>
       <c r="C2371" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2372" spans="1:3">
       <c r="A2372" s="1" t="inlineStr">
         <is>
-          <t>9786053443315</t>
+          <t>9786053445432</t>
         </is>
       </c>
       <c r="B2372" s="1" t="inlineStr">
         <is>
-          <t>Akaryakıt Üzerindeki Vergi Yükü</t>
+          <t>Seramik</t>
         </is>
       </c>
       <c r="C2372" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2373" spans="1:3">
       <c r="A2373" s="1" t="inlineStr">
         <is>
-          <t>9786053442585</t>
+          <t>9786053449867</t>
         </is>
       </c>
       <c r="B2373" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sistemi ve Kültürü Üzerine Düşünceler</t>
+          <t>2019 Bobi Frs (Ciltli)</t>
         </is>
       </c>
       <c r="C2373" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2374" spans="1:3">
       <c r="A2374" s="1" t="inlineStr">
         <is>
-          <t>9789758640256</t>
+          <t>9786053445562</t>
         </is>
       </c>
       <c r="B2374" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Kinetik</t>
+          <t>Doğrudan Temin</t>
         </is>
       </c>
       <c r="C2374" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2375" spans="1:3">
       <c r="A2375" s="1" t="inlineStr">
         <is>
-          <t>9789757313250</t>
+          <t>9786053445326</t>
         </is>
       </c>
       <c r="B2375" s="1" t="inlineStr">
         <is>
-          <t>Kimyacılar İçin İstatistik</t>
+          <t>Medeniyet ve Sistem İnşa Edici Vasfıyla Tevhidi Düşünce</t>
         </is>
       </c>
       <c r="C2375" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2376" spans="1:3">
       <c r="A2376" s="1" t="inlineStr">
         <is>
-          <t>9786053440246</t>
+          <t>9786053445241</t>
         </is>
       </c>
       <c r="B2376" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Okudum, Kendimi Yazdım</t>
+          <t>İşim Girişim</t>
         </is>
       </c>
       <c r="C2376" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2377" spans="1:3">
       <c r="A2377" s="1" t="inlineStr">
         <is>
-          <t>9799756009771</t>
+          <t>9786050305173</t>
         </is>
       </c>
       <c r="B2377" s="1" t="inlineStr">
         <is>
-          <t>Kayaklı Koşu</t>
+          <t>Building Contemporary Football Management</t>
         </is>
       </c>
       <c r="C2377" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2378" spans="1:3">
       <c r="A2378" s="1" t="inlineStr">
         <is>
-          <t>9786053443056</t>
+          <t>9786053445166</t>
         </is>
       </c>
       <c r="B2378" s="1" t="inlineStr">
         <is>
-          <t>Bilinmesi Gereken Sanskritçe-Türkçe Kelimelerin Anlamları ve Felsefi Kavramları</t>
+          <t>Geometrik Morfometride İstatistiksel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2378" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2379" spans="1:3">
       <c r="A2379" s="1" t="inlineStr">
         <is>
-          <t>9786053443070</t>
+          <t>9786053444930</t>
         </is>
       </c>
       <c r="B2379" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Tapınağında</t>
+          <t>Sporun Yönetsel ve Sosyal Boyutları</t>
         </is>
       </c>
       <c r="C2379" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2380" spans="1:3">
       <c r="A2380" s="1" t="inlineStr">
         <is>
-          <t>9786053442974</t>
+          <t>9786055804695</t>
         </is>
       </c>
       <c r="B2380" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolu (Ciltli)</t>
+          <t>Tarih Bilgi Bankası</t>
         </is>
       </c>
       <c r="C2380" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2381" spans="1:3">
       <c r="A2381" s="1" t="inlineStr">
         <is>
-          <t>9786053442899</t>
+          <t>9786053441274</t>
         </is>
       </c>
       <c r="B2381" s="1" t="inlineStr">
         <is>
-          <t>İleri Mikroiktisat</t>
+          <t>Fiskal - Şemalarla Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C2381" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2382" spans="1:3">
       <c r="A2382" s="1" t="inlineStr">
         <is>
-          <t>9786053443087</t>
+          <t>9786050305128</t>
         </is>
       </c>
       <c r="B2382" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünya Sorunları Üzerine Düşünceler</t>
+          <t>Rekabet Öncelikleri ve Üretim Stratejilerinin Doğrudan İleri İmalat Teknolojileri Uygulamalarındaki Yeri; Türkiye İmalat Sanayinde Bir Uygulama</t>
         </is>
       </c>
       <c r="C2382" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2383" spans="1:3">
       <c r="A2383" s="1" t="inlineStr">
         <is>
-          <t>9789758640607</t>
+          <t>9786053445012</t>
         </is>
       </c>
       <c r="B2383" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Suyu</t>
+          <t>Vergi Tarihinin Kökenleri: Sümer'den Eski Mısır'a Yunan'dan Roma'ya Antik Çağda Vergilendirme Kabiliyeti ve Etkinliği</t>
         </is>
       </c>
       <c r="C2383" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2384" spans="1:3">
       <c r="A2384" s="1" t="inlineStr">
         <is>
-          <t>9786258494457</t>
+          <t>9786053441052</t>
         </is>
       </c>
       <c r="B2384" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesine Giriş</t>
+          <t>Köroğlu Destanının Harman Delikolu Üzerine</t>
         </is>
       </c>
       <c r="C2384" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2385" spans="1:3">
       <c r="A2385" s="1" t="inlineStr">
         <is>
-          <t>9786053442677</t>
+          <t>9786053444619</t>
         </is>
       </c>
       <c r="B2385" s="1" t="inlineStr">
         <is>
-          <t>Grafik Tasarım</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C2385" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2386" spans="1:3">
       <c r="A2386" s="1" t="inlineStr">
         <is>
-          <t>9786053442905</t>
+          <t>9786050305074</t>
         </is>
       </c>
       <c r="B2386" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Girişimcilikte Seçme Konular</t>
+          <t>Kuşaklararası Çatışmaya Duygusal ve Zihinsel Çözümler</t>
         </is>
       </c>
       <c r="C2386" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2387" spans="1:3">
       <c r="A2387" s="1" t="inlineStr">
         <is>
-          <t>9786053443360</t>
+          <t>9786053444923</t>
         </is>
       </c>
       <c r="B2387" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Mizah Gazetesi (Günümüz Türkçesine Aktarılması ve Değerlendirilmesi) Akbaba</t>
+          <t>Eskişehir İli Dil Atlası</t>
         </is>
       </c>
       <c r="C2387" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2388" spans="1:3">
       <c r="A2388" s="1" t="inlineStr">
         <is>
-          <t>9786053442721</t>
+          <t>9786050305050</t>
         </is>
       </c>
       <c r="B2388" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genel Matematik Problemleri 2</t>
+          <t>Şeffaflık Raporlaması ve Bağımsız Denetim Kalitesi</t>
         </is>
       </c>
       <c r="C2388" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2389" spans="1:3">
       <c r="A2389" s="1" t="inlineStr">
         <is>
-          <t>9786053441113</t>
+          <t>9786053442837</t>
         </is>
       </c>
       <c r="B2389" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesi Grameri -İsim-</t>
+          <t>Gravite ve Manyetik</t>
         </is>
       </c>
       <c r="C2389" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2390" spans="1:3">
       <c r="A2390" s="1" t="inlineStr">
         <is>
-          <t>9786053442714</t>
+          <t>9786053444824</t>
         </is>
       </c>
       <c r="B2390" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Türkiye'de Din ve Siyaset</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C2390" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2391" spans="1:3">
       <c r="A2391" s="1" t="inlineStr">
         <is>
-          <t>9786053442806</t>
+          <t>9786053444848</t>
         </is>
       </c>
       <c r="B2391" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kurundan Yurt İçi Fiyatlara Geçiş Etkisi: Türkiye Uygulaması</t>
+          <t>Türk Tekstil Sektörü</t>
         </is>
       </c>
       <c r="C2391" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2392" spans="1:3">
       <c r="A2392" s="1" t="inlineStr">
         <is>
-          <t>9786053442691</t>
+          <t>9786053444862</t>
         </is>
       </c>
       <c r="B2392" s="1" t="inlineStr">
         <is>
-          <t>Dönem Sonu Muhasebe İşlemleri</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C2392" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2393" spans="1:3">
       <c r="A2393" s="1" t="inlineStr">
         <is>
-          <t>9786053446354</t>
+          <t>9786053449027</t>
         </is>
       </c>
       <c r="B2393" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finans Teori, Politika ve Uygulama</t>
+          <t>Hukuka Giriş ve Vatandaşlık Bilgisi</t>
         </is>
       </c>
       <c r="C2393" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2394" spans="1:3">
       <c r="A2394" s="1" t="inlineStr">
         <is>
-          <t>9786257315043</t>
+          <t>9786053446880</t>
         </is>
       </c>
       <c r="B2394" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Aydınlanmanın Basitliği</t>
+          <t>Exploit Geliştirme 101</t>
         </is>
       </c>
       <c r="C2394" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2395" spans="1:3">
       <c r="A2395" s="1" t="inlineStr">
         <is>
-          <t>9786053442790</t>
+          <t>9786053444480</t>
         </is>
       </c>
       <c r="B2395" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Örgütsel Davranış Çalışmaları 1</t>
+          <t>Sazın ve Sözün Sultanları 11</t>
         </is>
       </c>
       <c r="C2395" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2396" spans="1:3">
       <c r="A2396" s="1" t="inlineStr">
         <is>
-          <t>9786053441212</t>
+          <t>9786053444442</t>
         </is>
       </c>
       <c r="B2396" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Hilelerinin Denetiminde Benford Yasası</t>
+          <t>Dermatoloji Atlası</t>
         </is>
       </c>
       <c r="C2396" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2397" spans="1:3">
       <c r="A2397" s="1" t="inlineStr">
         <is>
-          <t>9786053442769</t>
+          <t>9786053448976</t>
         </is>
       </c>
       <c r="B2397" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C2397" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="2398" spans="1:3">
       <c r="A2398" s="1" t="inlineStr">
         <is>
-          <t>9786257315067</t>
+          <t>9786053444565</t>
         </is>
       </c>
       <c r="B2398" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı İmgeleme Gücünüzü Nasıl Kullanırsınız</t>
+          <t>Teori ve Uygulamada Vergi Ödeme Gücü</t>
         </is>
       </c>
       <c r="C2398" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2399" spans="1:3">
       <c r="A2399" s="1" t="inlineStr">
         <is>
-          <t>9786053442639</t>
+          <t>9786053444503</t>
         </is>
       </c>
       <c r="B2399" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon ve Ruhsal Gelişim Rehberi</t>
+          <t>Genel Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C2399" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2400" spans="1:3">
       <c r="A2400" s="1" t="inlineStr">
         <is>
-          <t>9786053442646</t>
+          <t>9786053442394</t>
         </is>
       </c>
       <c r="B2400" s="1" t="inlineStr">
         <is>
-          <t>Paramahansa Yogananda "Tanıdığım Kadarıyla" (Ciltli)</t>
+          <t>Alman Tarihçi Okulu</t>
         </is>
       </c>
       <c r="C2400" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2401" spans="1:3">
       <c r="A2401" s="1" t="inlineStr">
         <is>
-          <t>9786053442608</t>
+          <t>9786053444404</t>
         </is>
       </c>
       <c r="B2401" s="1" t="inlineStr">
         <is>
-          <t>Bilinci Özgürleştiren Mutlak Bilgi</t>
+          <t>Devlet-i Aliyye Yazarlarına Göre Yönetim ve Toplum</t>
         </is>
       </c>
       <c r="C2401" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2402" spans="1:3">
       <c r="A2402" s="1" t="inlineStr">
         <is>
-          <t>9786053442493</t>
+          <t>9786053444336</t>
         </is>
       </c>
       <c r="B2402" s="1" t="inlineStr">
         <is>
-          <t>Enstrümantal Analiz</t>
+          <t>İstatistik ve Olasılığa Giriş - 2</t>
         </is>
       </c>
       <c r="C2402" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2403" spans="1:3">
       <c r="A2403" s="1" t="inlineStr">
         <is>
-          <t>9786053442561</t>
+          <t>9786053444169</t>
         </is>
       </c>
       <c r="B2403" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlaması</t>
+          <t>Analitik Metotların Geliştirilmesi ve Validasyonu</t>
         </is>
       </c>
       <c r="C2403" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2404" spans="1:3">
       <c r="A2404" s="1" t="inlineStr">
         <is>
-          <t>9786053440598</t>
+          <t>9786053444213</t>
         </is>
       </c>
       <c r="B2404" s="1" t="inlineStr">
         <is>
-          <t>Temel Klinik Masaj Tedavisi (Ciltli)</t>
+          <t>Laboratuvar Güvenliği</t>
         </is>
       </c>
       <c r="C2404" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2405" spans="1:3">
       <c r="A2405" s="1" t="inlineStr">
         <is>
-          <t>9786053442813</t>
+          <t>9786053444206</t>
         </is>
       </c>
       <c r="B2405" s="1" t="inlineStr">
         <is>
-          <t>Tek Değişkenli Analiz</t>
+          <t>Rekreasyon Bilimi</t>
         </is>
       </c>
       <c r="C2405" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2406" spans="1:3">
       <c r="A2406" s="1" t="inlineStr">
         <is>
-          <t>9789758396108</t>
+          <t>9786053443285</t>
         </is>
       </c>
       <c r="B2406" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik, Kobi'ler ve Strateji</t>
+          <t>Küresel Vergi Rekabeti ve Yansımaları</t>
         </is>
       </c>
       <c r="C2406" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2407" spans="1:3">
       <c r="A2407" s="1" t="inlineStr">
         <is>
-          <t>9786053442479</t>
+          <t>9786053444350</t>
         </is>
       </c>
       <c r="B2407" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yetkinlik</t>
+          <t>Soru ve Cevaplarla İhracat</t>
         </is>
       </c>
       <c r="C2407" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2408" spans="1:3">
       <c r="A2408" s="1" t="inlineStr">
         <is>
-          <t>9786053442431</t>
+          <t>9786053444183</t>
         </is>
       </c>
       <c r="B2408" s="1" t="inlineStr">
         <is>
-          <t>Çuvaşça Konuşalım</t>
+          <t>Para Banka Kredi ve Finansal Sistem</t>
         </is>
       </c>
       <c r="C2408" s="1">
-        <v>235</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2409" spans="1:3">
       <c r="A2409" s="1" t="inlineStr">
         <is>
-          <t>9786053442226</t>
+          <t>9786053444152</t>
         </is>
       </c>
       <c r="B2409" s="1" t="inlineStr">
         <is>
-          <t>Mikrodalga</t>
+          <t>İşim İletişim</t>
         </is>
       </c>
       <c r="C2409" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="2410" spans="1:3">
       <c r="A2410" s="1" t="inlineStr">
         <is>
-          <t>9786053442097</t>
+          <t>9786053440932</t>
         </is>
       </c>
       <c r="B2410" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Seçim Analizleri</t>
+          <t>Akaryakıt Üzerinden Alınan Vergilere Karşı Mükelleflerin Tepkileri</t>
         </is>
       </c>
       <c r="C2410" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2411" spans="1:3">
       <c r="A2411" s="1" t="inlineStr">
         <is>
-          <t>9786053448143</t>
+          <t>9786053444114</t>
         </is>
       </c>
       <c r="B2411" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Devlet-i Aliyye'nin Taşra Yönetimi</t>
         </is>
       </c>
       <c r="C2411" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2412" spans="1:3">
       <c r="A2412" s="1" t="inlineStr">
         <is>
-          <t>9786053441953</t>
+          <t>9786053444145</t>
         </is>
       </c>
       <c r="B2412" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi</t>
+          <t>Abant Gölü Tabiat Parkı'nda Çevre Tahribatı</t>
         </is>
       </c>
       <c r="C2412" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2413" spans="1:3">
       <c r="A2413" s="1" t="inlineStr">
         <is>
-          <t>9786053442141</t>
+          <t>9786053444046</t>
         </is>
       </c>
       <c r="B2413" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Bağımsız Denetçilerin İş Yükü Perfonmansı ve Denetim Kalitesi</t>
         </is>
       </c>
       <c r="C2413" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2414" spans="1:3">
       <c r="A2414" s="1" t="inlineStr">
         <is>
-          <t>9786053442264</t>
+          <t>9786053444138</t>
         </is>
       </c>
       <c r="B2414" s="1" t="inlineStr">
         <is>
-          <t>Meclis Soruşturması Önergeleri</t>
+          <t>Karşılaştırmalı Kültürdilbilim</t>
         </is>
       </c>
       <c r="C2414" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2415" spans="1:3">
       <c r="A2415" s="1" t="inlineStr">
         <is>
-          <t>9786057805089</t>
+          <t>9786053444060</t>
         </is>
       </c>
       <c r="B2415" s="1" t="inlineStr">
         <is>
-          <t>Hayvancılık Sektöründe Maliyet - Hacim - Kar Analizi</t>
+          <t>Engellilerde Spor ve Sınıflandırma</t>
         </is>
       </c>
       <c r="C2415" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2416" spans="1:3">
       <c r="A2416" s="1" t="inlineStr">
         <is>
-          <t>9786053441908</t>
+          <t>9786053444053</t>
         </is>
       </c>
       <c r="B2416" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler : Mali Boyut</t>
+          <t>2012-2013-2014 ve 2015’te Gayrimenkul Mevzuatında Yapılan Önemli Düzenlemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C2416" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2417" spans="1:3">
       <c r="A2417" s="1" t="inlineStr">
         <is>
-          <t>9789754837933</t>
+          <t>9786053443933</t>
         </is>
       </c>
       <c r="B2417" s="1" t="inlineStr">
         <is>
-          <t>Yakıtlar Yağlar</t>
+          <t>Kentsel Tasarıma Giriş</t>
         </is>
       </c>
       <c r="C2417" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2418" spans="1:3">
       <c r="A2418" s="1" t="inlineStr">
         <is>
-          <t>9789944165327</t>
+          <t>9786053443988</t>
         </is>
       </c>
       <c r="B2418" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe / Turkish Language Course for Complete Beginners</t>
+          <t>Ayurveda: Bütün Olmanın Doğal Yolu</t>
         </is>
       </c>
       <c r="C2418" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2419" spans="1:3">
       <c r="A2419" s="1" t="inlineStr">
         <is>
-          <t>9799758895501</t>
+          <t>9786057805119</t>
         </is>
       </c>
       <c r="B2419" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirmede Kanunilik ve Türk Vergi Sistemi</t>
+          <t>200 Soruda Yönetim Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2419" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2420" spans="1:3">
       <c r="A2420" s="1" t="inlineStr">
         <is>
-          <t>9786053440253</t>
+          <t>9786053443957</t>
         </is>
       </c>
       <c r="B2420" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Farklı Yönleriyle Sosyal Güvenlik</t>
         </is>
       </c>
       <c r="C2420" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2421" spans="1:3">
       <c r="A2421" s="1" t="inlineStr">
         <is>
-          <t>9786053446361</t>
+          <t>9786053443810</t>
         </is>
       </c>
       <c r="B2421" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi</t>
+          <t>Büyükler İçin Konulu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C2421" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2422" spans="1:3">
       <c r="A2422" s="1" t="inlineStr">
         <is>
-          <t>9799756009450</t>
+          <t>9786053444008</t>
         </is>
       </c>
       <c r="B2422" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kırsal Turizm</t>
+          <t>Sahte Dönüşümcü Liderlik</t>
         </is>
       </c>
       <c r="C2422" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2423" spans="1:3">
       <c r="A2423" s="1" t="inlineStr">
         <is>
-          <t>9789757313298</t>
+          <t>9786053443964</t>
         </is>
       </c>
       <c r="B2423" s="1" t="inlineStr">
         <is>
-          <t>Susuz Ortam Reaksiyonları</t>
+          <t>Mavi Elma: Türkiye-Avrupa İlişkileri</t>
         </is>
       </c>
       <c r="C2423" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2424" spans="1:3">
       <c r="A2424" s="1" t="inlineStr">
         <is>
-          <t>9789758396146</t>
+          <t>9786053443919</t>
         </is>
       </c>
       <c r="B2424" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim (Ciltli)</t>
+          <t>Kompozitler Temel İlkeler</t>
         </is>
       </c>
       <c r="C2424" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="2425" spans="1:3">
       <c r="A2425" s="1" t="inlineStr">
         <is>
-          <t>9786053441793</t>
+          <t>9786053443926</t>
         </is>
       </c>
       <c r="B2425" s="1" t="inlineStr">
         <is>
-          <t>İş Odaklı Müzakerecilik Dersleri</t>
+          <t>Türk Kamu Denetim Sistemi</t>
         </is>
       </c>
       <c r="C2425" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2426" spans="1:3">
       <c r="A2426" s="1" t="inlineStr">
         <is>
-          <t>9786053441847</t>
+          <t>9786053443865</t>
         </is>
       </c>
       <c r="B2426" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatı Düzyazı (1920-1940) : Antoloji</t>
+          <t>Uluslararası Ticaret ve Finansman</t>
         </is>
       </c>
       <c r="C2426" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2427" spans="1:3">
       <c r="A2427" s="1" t="inlineStr">
         <is>
-          <t>9786053441854</t>
+          <t>9786053443315</t>
         </is>
       </c>
       <c r="B2427" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatı Şiir (1920-1940) : Antoloji</t>
+          <t>Akaryakıt Üzerindeki Vergi Yükü</t>
         </is>
       </c>
       <c r="C2427" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2428" spans="1:3">
       <c r="A2428" s="1" t="inlineStr">
         <is>
-          <t>9786053441687</t>
+          <t>9786053442585</t>
         </is>
       </c>
       <c r="B2428" s="1" t="inlineStr">
         <is>
-          <t>Küresel Politikada Yükselen Afrika</t>
+          <t>Türk Eğitim Sistemi ve Kültürü Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C2428" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2429" spans="1:3">
       <c r="A2429" s="1" t="inlineStr">
         <is>
-          <t>9786053441335</t>
+          <t>9789758640256</t>
         </is>
       </c>
       <c r="B2429" s="1" t="inlineStr">
         <is>
-          <t>İhracata Yönelik Devlet Yardımları Kolay Mevzuat</t>
+          <t>Kimyasal Kinetik</t>
         </is>
       </c>
       <c r="C2429" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2430" spans="1:3">
       <c r="A2430" s="1" t="inlineStr">
         <is>
-          <t>9786053440871</t>
+          <t>9789757313250</t>
         </is>
       </c>
       <c r="B2430" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Krizi</t>
+          <t>Kimyacılar İçin İstatistik</t>
         </is>
       </c>
       <c r="C2430" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2431" spans="1:3">
       <c r="A2431" s="1" t="inlineStr">
         <is>
-          <t>9789758640089</t>
+          <t>9786053440246</t>
         </is>
       </c>
       <c r="B2431" s="1" t="inlineStr">
         <is>
-          <t>Örnek Açıklamalı AutoCAD 2002-2004</t>
+          <t>Kendimi Okudum, Kendimi Yazdım</t>
         </is>
       </c>
       <c r="C2431" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2432" spans="1:3">
       <c r="A2432" s="1" t="inlineStr">
         <is>
-          <t>9786054562466</t>
+          <t>9799756009771</t>
         </is>
       </c>
       <c r="B2432" s="1" t="inlineStr">
         <is>
-          <t>Antalya ve Yöresi Ağızları</t>
+          <t>Kayaklı Koşu</t>
         </is>
       </c>
       <c r="C2432" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2433" spans="1:3">
       <c r="A2433" s="1" t="inlineStr">
         <is>
-          <t>9789758640386</t>
+          <t>9786053443056</t>
         </is>
       </c>
       <c r="B2433" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Bütçe Reformunun Esasları</t>
+          <t>Bilinmesi Gereken Sanskritçe-Türkçe Kelimelerin Anlamları ve Felsefi Kavramları</t>
         </is>
       </c>
       <c r="C2433" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2434" spans="1:3">
       <c r="A2434" s="1" t="inlineStr">
         <is>
-          <t>9789758640775</t>
+          <t>9786053443070</t>
         </is>
       </c>
       <c r="B2434" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Turizm Rehberliği</t>
+          <t>Sessizliğin Tapınağında</t>
         </is>
       </c>
       <c r="C2434" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2435" spans="1:3">
       <c r="A2435" s="1" t="inlineStr">
         <is>
-          <t>9786055543815</t>
+          <t>9786053442974</t>
         </is>
       </c>
       <c r="B2435" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri’nde Tıpta Uzmanlık Eğitimi</t>
+          <t>Sonsuzluk Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C2435" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2436" spans="1:3">
       <c r="A2436" s="1" t="inlineStr">
         <is>
-          <t>9786055804985</t>
+          <t>9786053442899</t>
         </is>
       </c>
       <c r="B2436" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Tıp ve Uzmanlık Eğitimi</t>
+          <t>İleri Mikroiktisat</t>
         </is>
       </c>
       <c r="C2436" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2437" spans="1:3">
       <c r="A2437" s="1" t="inlineStr">
         <is>
-          <t>9786055804923</t>
+          <t>9786053443087</t>
         </is>
       </c>
       <c r="B2437" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları</t>
+          <t>Türkiye ve Dünya Sorunları Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C2437" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2438" spans="1:3">
       <c r="A2438" s="1" t="inlineStr">
         <is>
-          <t>9799756009986</t>
+          <t>9789758640607</t>
         </is>
       </c>
       <c r="B2438" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde Kombine Hizmet Muhasebesi</t>
+          <t>Yeraltı Suyu</t>
         </is>
       </c>
       <c r="C2438" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2439" spans="1:3">
       <c r="A2439" s="1" t="inlineStr">
         <is>
-          <t>3990000007342</t>
+          <t>9786258494457</t>
         </is>
       </c>
       <c r="B2439" s="1" t="inlineStr">
         <is>
-          <t>Toplam Tasarım</t>
+          <t>Kamu Maliyesine Giriş</t>
         </is>
       </c>
       <c r="C2439" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2440" spans="1:3">
       <c r="A2440" s="1" t="inlineStr">
         <is>
-          <t>9786055543280</t>
+          <t>9786053442677</t>
         </is>
       </c>
       <c r="B2440" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi</t>
+          <t>Grafik Tasarım</t>
         </is>
       </c>
       <c r="C2440" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2441" spans="1:3">
       <c r="A2441" s="1" t="inlineStr">
         <is>
-          <t>9789944165051</t>
+          <t>9786053442905</t>
         </is>
       </c>
       <c r="B2441" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite ve Stratejik Yönetimde Yeni Eğilimler</t>
+          <t>Girişimcilik ve Girişimcilikte Seçme Konular</t>
         </is>
       </c>
       <c r="C2441" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2442" spans="1:3">
       <c r="A2442" s="1" t="inlineStr">
         <is>
-          <t>9786053440543</t>
+          <t>9786053443360</t>
         </is>
       </c>
       <c r="B2442" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde İlişkili Taraflar</t>
+          <t>Kıbrıs’ta Mizah Gazetesi (Günümüz Türkçesine Aktarılması ve Değerlendirilmesi) Akbaba</t>
         </is>
       </c>
       <c r="C2442" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2443" spans="1:3">
       <c r="A2443" s="1" t="inlineStr">
         <is>
-          <t>9786054562145</t>
+          <t>9786053442721</t>
         </is>
       </c>
       <c r="B2443" s="1" t="inlineStr">
         <is>
-          <t>Sözlük Bilimi Yazıları 1</t>
+          <t>Çözümlü Genel Matematik Problemleri 2</t>
         </is>
       </c>
       <c r="C2443" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2444" spans="1:3">
       <c r="A2444" s="1" t="inlineStr">
         <is>
-          <t>9799756009757</t>
+          <t>9786053441113</t>
         </is>
       </c>
       <c r="B2444" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebir ve Sayılar Teorisi</t>
+          <t>Harezm Türkçesi Grameri -İsim-</t>
         </is>
       </c>
       <c r="C2444" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2445" spans="1:3">
       <c r="A2445" s="1" t="inlineStr">
         <is>
-          <t>9799757313914</t>
+          <t>9786053442714</t>
         </is>
       </c>
       <c r="B2445" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgilerde Problem Çözme ve Uygulamalar</t>
+          <t>Küreselleşme ve Türkiye'de Din ve Siyaset</t>
         </is>
       </c>
       <c r="C2445" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2446" spans="1:3">
       <c r="A2446" s="1" t="inlineStr">
         <is>
-          <t>9789944165600</t>
+          <t>9786053442806</t>
         </is>
       </c>
       <c r="B2446" s="1" t="inlineStr">
         <is>
-          <t>SolidWorks</t>
+          <t>Döviz Kurundan Yurt İçi Fiyatlara Geçiş Etkisi: Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C2446" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2447" spans="1:3">
       <c r="A2447" s="1" t="inlineStr">
         <is>
-          <t>9799756009412</t>
+          <t>9786053442691</t>
         </is>
       </c>
       <c r="B2447" s="1" t="inlineStr">
         <is>
-          <t>Sivas İli ve Yöresi Ağızları</t>
+          <t>Dönem Sonu Muhasebe İşlemleri</t>
         </is>
       </c>
       <c r="C2447" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2448" spans="1:3">
       <c r="A2448" s="1" t="inlineStr">
         <is>
-          <t>9789757313922</t>
+          <t>9786053446354</t>
         </is>
       </c>
       <c r="B2448" s="1" t="inlineStr">
         <is>
-          <t>Seyahat İşletmelerinde Muhasebe Uygulamaları</t>
+          <t>Uluslararası Finans Teori, Politika ve Uygulama</t>
         </is>
       </c>
       <c r="C2448" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2449" spans="1:3">
       <c r="A2449" s="1" t="inlineStr">
         <is>
-          <t>9786057805157</t>
+          <t>9786257315043</t>
         </is>
       </c>
       <c r="B2449" s="1" t="inlineStr">
         <is>
-          <t>Kütle Transferi</t>
+          <t>Ruhsal Aydınlanmanın Basitliği</t>
         </is>
       </c>
       <c r="C2449" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2450" spans="1:3">
       <c r="A2450" s="1" t="inlineStr">
         <is>
-          <t>9799758640163</t>
+          <t>9786053442790</t>
         </is>
       </c>
       <c r="B2450" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Türkiye’nin Finansal Kaynak Sorunu</t>
+          <t>Türkiye'de Örgütsel Davranış Çalışmaları 1</t>
         </is>
       </c>
       <c r="C2450" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2451" spans="1:3">
       <c r="A2451" s="1" t="inlineStr">
         <is>
-          <t>9786054562923</t>
+          <t>9786053441212</t>
         </is>
       </c>
       <c r="B2451" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Sivilleşen Türkiye</t>
+          <t>Muhasebe Hilelerinin Denetiminde Benford Yasası</t>
         </is>
       </c>
       <c r="C2451" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2452" spans="1:3">
       <c r="A2452" s="1" t="inlineStr">
         <is>
-          <t>9799756009764</t>
+          <t>9786053442769</t>
         </is>
       </c>
       <c r="B2452" s="1" t="inlineStr">
         <is>
-          <t>Küresel Arena’da Girişimci ve Girişimcilik</t>
+          <t>Ermenistan</t>
         </is>
       </c>
       <c r="C2452" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2453" spans="1:3">
       <c r="A2453" s="1" t="inlineStr">
         <is>
-          <t>9786055543525</t>
+          <t>9786257315067</t>
         </is>
       </c>
       <c r="B2453" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaynak Planlaması</t>
+          <t>Yaratıcı İmgeleme Gücünüzü Nasıl Kullanırsınız</t>
         </is>
       </c>
       <c r="C2453" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2454" spans="1:3">
       <c r="A2454" s="1" t="inlineStr">
         <is>
-          <t>9786053440338</t>
+          <t>9786053442639</t>
         </is>
       </c>
       <c r="B2454" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Futbol Yönetimi</t>
+          <t>Meditasyon ve Ruhsal Gelişim Rehberi</t>
         </is>
       </c>
       <c r="C2454" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2455" spans="1:3">
       <c r="A2455" s="1" t="inlineStr">
         <is>
-          <t>9786055804824</t>
+          <t>9786053442646</t>
         </is>
       </c>
       <c r="B2455" s="1" t="inlineStr">
         <is>
-          <t>Kurumlarda Kullanılan Zemin ve Duvar Kaplama Malzemeleri</t>
+          <t>Paramahansa Yogananda "Tanıdığım Kadarıyla" (Ciltli)</t>
         </is>
       </c>
       <c r="C2455" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2456" spans="1:3">
       <c r="A2456" s="1" t="inlineStr">
         <is>
-          <t>9789944165433</t>
+          <t>9786053442608</t>
         </is>
       </c>
       <c r="B2456" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamada Coğrafya Eğitimi</t>
+          <t>Bilinci Özgürleştiren Mutlak Bilgi</t>
         </is>
       </c>
       <c r="C2456" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2457" spans="1:3">
       <c r="A2457" s="1" t="inlineStr">
         <is>
-          <t>9786055543464</t>
+          <t>9786053442493</t>
         </is>
       </c>
       <c r="B2457" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Stres Yönetimi</t>
+          <t>Enstrümantal Analiz</t>
         </is>
       </c>
       <c r="C2457" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2458" spans="1:3">
       <c r="A2458" s="1" t="inlineStr">
         <is>
-          <t>9799756009375</t>
+          <t>9786053442561</t>
         </is>
       </c>
       <c r="B2458" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi ve Polis</t>
+          <t>Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C2458" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2459" spans="1:3">
       <c r="A2459" s="1" t="inlineStr">
         <is>
-          <t>9799758895020</t>
+          <t>9786053440598</t>
         </is>
       </c>
       <c r="B2459" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Temel Klinik Masaj Tedavisi (Ciltli)</t>
         </is>
       </c>
       <c r="C2459" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2460" spans="1:3">
       <c r="A2460" s="1" t="inlineStr">
         <is>
-          <t>9786054562831</t>
+          <t>9786053442813</t>
         </is>
       </c>
       <c r="B2460" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Tek Değişkenli Analiz</t>
         </is>
       </c>
       <c r="C2460" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2461" spans="1:3">
       <c r="A2461" s="1" t="inlineStr">
         <is>
-          <t>9786053440468</t>
+          <t>9789758396108</t>
         </is>
       </c>
       <c r="B2461" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Girişimcilik, Kobi'ler ve Strateji</t>
         </is>
       </c>
       <c r="C2461" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2462" spans="1:3">
       <c r="A2462" s="1" t="inlineStr">
         <is>
-          <t>9786055543631</t>
+          <t>9786053442479</t>
         </is>
       </c>
       <c r="B2462" s="1" t="inlineStr">
         <is>
-          <t>Kadı Burhanettin ve Şiiri</t>
+          <t>Finansal Yetkinlik</t>
         </is>
       </c>
       <c r="C2462" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2463" spans="1:3">
       <c r="A2463" s="1" t="inlineStr">
         <is>
-          <t>9786257855426</t>
+          <t>9786053442431</t>
         </is>
       </c>
       <c r="B2463" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Çuvaşça Konuşalım</t>
         </is>
       </c>
       <c r="C2463" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2464" spans="1:3">
       <c r="A2464" s="1" t="inlineStr">
         <is>
-          <t>9799756009023</t>
+          <t>9786053442226</t>
         </is>
       </c>
       <c r="B2464" s="1" t="inlineStr">
         <is>
-          <t>Gen - Genetik Değişim ve Hastalıklar</t>
+          <t>Mikrodalga</t>
         </is>
       </c>
       <c r="C2464" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2465" spans="1:3">
       <c r="A2465" s="1" t="inlineStr">
         <is>
-          <t>9799756009443</t>
+          <t>9786053442097</t>
         </is>
       </c>
       <c r="B2465" s="1" t="inlineStr">
         <is>
-          <t>Gelişim İçin Eğitim</t>
+          <t>Karşılaştırmalı Seçim Analizleri</t>
         </is>
       </c>
       <c r="C2465" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2466" spans="1:3">
       <c r="A2466" s="1" t="inlineStr">
         <is>
-          <t>9789757313892</t>
+          <t>9786053448143</t>
         </is>
       </c>
       <c r="B2466" s="1" t="inlineStr">
         <is>
-          <t>Futbol Antrenmanının Bilimsel Temelleri</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C2466" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="2467" spans="1:3">
       <c r="A2467" s="1" t="inlineStr">
         <is>
-          <t>9786055543730</t>
+          <t>9786053441953</t>
         </is>
       </c>
       <c r="B2467" s="1" t="inlineStr">
         <is>
-          <t>Fourier Analizi</t>
+          <t>Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C2467" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2468" spans="1:3">
       <c r="A2468" s="1" t="inlineStr">
         <is>
-          <t>9786054562602</t>
+          <t>9786053442141</t>
         </is>
       </c>
       <c r="B2468" s="1" t="inlineStr">
         <is>
-          <t>English Through Dialogs</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C2468" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2469" spans="1:3">
       <c r="A2469" s="1" t="inlineStr">
         <is>
-          <t>9799758640972</t>
+          <t>9786053442264</t>
         </is>
       </c>
       <c r="B2469" s="1" t="inlineStr">
         <is>
-          <t>Enflasyonun Gelir Vergisi Sistemine Etkisi ve Türkiye Uygulaması</t>
+          <t>Meclis Soruşturması Önergeleri</t>
         </is>
       </c>
       <c r="C2469" s="1">
-        <v>43</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2470" spans="1:3">
       <c r="A2470" s="1" t="inlineStr">
         <is>
-          <t>9799758640941</t>
+          <t>9786057805089</t>
         </is>
       </c>
       <c r="B2470" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi (Ciltli)</t>
+          <t>Hayvancılık Sektöründe Maliyet - Hacim - Kar Analizi</t>
         </is>
       </c>
       <c r="C2470" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2471" spans="1:3">
       <c r="A2471" s="1" t="inlineStr">
         <is>
-          <t>9789758640430</t>
+          <t>9786053441908</t>
         </is>
       </c>
       <c r="B2471" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi</t>
+          <t>Yerel Yönetimler : Mali Boyut</t>
         </is>
       </c>
       <c r="C2471" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2472" spans="1:3">
       <c r="A2472" s="1" t="inlineStr">
         <is>
-          <t>9786053440611</t>
+          <t>9789754837933</t>
         </is>
       </c>
       <c r="B2472" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel İktisat</t>
+          <t>Yakıtlar Yağlar</t>
         </is>
       </c>
       <c r="C2472" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2473" spans="1:3">
       <c r="A2473" s="1" t="inlineStr">
         <is>
-          <t>9799758895273</t>
+          <t>9789944165327</t>
         </is>
       </c>
       <c r="B2473" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Teori</t>
+          <t>Yabancılar İçin Türkçe / Turkish Language Course for Complete Beginners</t>
         </is>
       </c>
       <c r="C2473" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2474" spans="1:3">
       <c r="A2474" s="1" t="inlineStr">
         <is>
-          <t>9789944165556</t>
+          <t>9799758895501</t>
         </is>
       </c>
       <c r="B2474" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temel İlkeleri</t>
+          <t>Vergilendirmede Kanunilik ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C2474" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2475" spans="1:3">
       <c r="A2475" s="1" t="inlineStr">
         <is>
-          <t>9786055804183</t>
+          <t>9786053440253</t>
         </is>
       </c>
       <c r="B2475" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Terimler Sözlüğü</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C2475" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2476" spans="1:3">
       <c r="A2476" s="1" t="inlineStr">
         <is>
-          <t>9799756009733</t>
+          <t>9786053446361</t>
         </is>
       </c>
       <c r="B2476" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri Kılavuzu</t>
+          <t>Şirketler Muhasebesi</t>
         </is>
       </c>
       <c r="C2476" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2477" spans="1:3">
       <c r="A2477" s="1" t="inlineStr">
         <is>
-          <t>9786053440444</t>
+          <t>9799756009450</t>
         </is>
       </c>
       <c r="B2477" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Örgütsel Davranış</t>
+          <t>Sürdürülebilir Kırsal Turizm</t>
         </is>
       </c>
       <c r="C2477" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2478" spans="1:3">
       <c r="A2478" s="1" t="inlineStr">
         <is>
-          <t>9786053441571</t>
+          <t>9789757313298</t>
         </is>
       </c>
       <c r="B2478" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Metodolojisi</t>
+          <t>Susuz Ortam Reaksiyonları</t>
         </is>
       </c>
       <c r="C2478" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2479" spans="1:3">
       <c r="A2479" s="1" t="inlineStr">
         <is>
-          <t>9786053441649</t>
+          <t>9789758396146</t>
         </is>
       </c>
       <c r="B2479" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler - Teorik Boyut</t>
+          <t>Stratejik Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C2479" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2480" spans="1:3">
       <c r="A2480" s="1" t="inlineStr">
         <is>
-          <t>9786054562664</t>
+          <t>9786053441793</t>
         </is>
       </c>
       <c r="B2480" s="1" t="inlineStr">
         <is>
-          <t>Matematik Programlarının Gelişimi</t>
+          <t>İş Odaklı Müzakerecilik Dersleri</t>
         </is>
       </c>
       <c r="C2480" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2481" spans="1:3">
       <c r="A2481" s="1" t="inlineStr">
         <is>
-          <t>9789944165310</t>
+          <t>9786053441847</t>
         </is>
       </c>
       <c r="B2481" s="1" t="inlineStr">
         <is>
-          <t>Masaüstü Yayıncılıkta Baskı Öncesi Hazırlık ve Photoshop Uygulamaları</t>
+          <t>Rus Göçmen Edebiyatı Düzyazı (1920-1940) : Antoloji</t>
         </is>
       </c>
       <c r="C2481" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2482" spans="1:3">
       <c r="A2482" s="1" t="inlineStr">
         <is>
-          <t>9799758895761</t>
+          <t>9786053441854</t>
         </is>
       </c>
       <c r="B2482" s="1" t="inlineStr">
         <is>
-          <t>Marketing Management In Turkey: Cases and Challenges</t>
+          <t>Rus Göçmen Edebiyatı Şiir (1920-1940) : Antoloji</t>
         </is>
       </c>
       <c r="C2482" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2483" spans="1:3">
       <c r="A2483" s="1" t="inlineStr">
         <is>
-          <t>9799756009801</t>
+          <t>9786053441687</t>
         </is>
       </c>
       <c r="B2483" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
+          <t>Küresel Politikada Yükselen Afrika</t>
         </is>
       </c>
       <c r="C2483" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2484" spans="1:3">
       <c r="A2484" s="1" t="inlineStr">
         <is>
-          <t>9786055804671</t>
+          <t>9786053441335</t>
         </is>
       </c>
       <c r="B2484" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede İstatistik Kullanımı</t>
+          <t>İhracata Yönelik Devlet Yardımları Kolay Mevzuat</t>
         </is>
       </c>
       <c r="C2484" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2485" spans="1:3">
       <c r="A2485" s="1" t="inlineStr">
         <is>
-          <t>9786054562046</t>
+          <t>9786053440871</t>
         </is>
       </c>
       <c r="B2485" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede Araştırma Yöntemleri</t>
+          <t>Kapitalizmin Krizi</t>
         </is>
       </c>
       <c r="C2485" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2486" spans="1:3">
       <c r="A2486" s="1" t="inlineStr">
         <is>
-          <t>9786055543174</t>
+          <t>9789758640089</t>
         </is>
       </c>
       <c r="B2486" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Verileri Olarak Finansal Oranlar ve İstatistiksel Özellikleri</t>
+          <t>Örnek Açıklamalı AutoCAD 2002-2004</t>
         </is>
       </c>
       <c r="C2486" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2487" spans="1:3">
       <c r="A2487" s="1" t="inlineStr">
         <is>
-          <t>9786054562688</t>
+          <t>9786054562466</t>
         </is>
       </c>
       <c r="B2487" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Uygulamaları Açısından TMS-TFRS’ye Geçiş Rehberi (Ciltli)</t>
+          <t>Antalya ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C2487" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2488" spans="1:3">
       <c r="A2488" s="1" t="inlineStr">
         <is>
-          <t>9789944165501</t>
+          <t>9789758640386</t>
         </is>
       </c>
       <c r="B2488" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Sözlüğü</t>
+          <t>Anayasal Bütçe Reformunun Esasları</t>
         </is>
       </c>
       <c r="C2488" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2489" spans="1:3">
       <c r="A2489" s="1" t="inlineStr">
         <is>
-          <t>9786054562701</t>
+          <t>9789758640775</t>
         </is>
       </c>
       <c r="B2489" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Hilelerinin Önlenmesinde Sarbanes-Oxley Yasası ve Alman On Adım Programının Karşılaştırılması: Türkiye için Yol Haritası</t>
+          <t>Anadolu’da Turizm Rehberliği</t>
         </is>
       </c>
       <c r="C2489" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2490" spans="1:3">
       <c r="A2490" s="1" t="inlineStr">
         <is>
-          <t>9786054562039</t>
+          <t>9786055543815</t>
         </is>
       </c>
       <c r="B2490" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Denetiminde Çalışma Kağıtları</t>
+          <t>Amerika Birleşik Devletleri’nde Tıpta Uzmanlık Eğitimi</t>
         </is>
       </c>
       <c r="C2490" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2491" spans="1:3">
       <c r="A2491" s="1" t="inlineStr">
         <is>
-          <t>9786257530989</t>
+          <t>9786055804985</t>
         </is>
       </c>
       <c r="B2491" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Biyoloji ve Genetik</t>
+          <t>Almanya’da Tıp ve Uzmanlık Eğitimi</t>
         </is>
       </c>
       <c r="C2491" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2492" spans="1:3">
       <c r="A2492" s="1" t="inlineStr">
         <is>
-          <t>9786053441595</t>
+          <t>9786055804923</t>
         </is>
       </c>
       <c r="B2492" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Sazda ve Sözde Usta Kadınlar</t>
+          <t>Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C2492" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2493" spans="1:3">
       <c r="A2493" s="1" t="inlineStr">
         <is>
-          <t>9786053441489</t>
+          <t>9799756009986</t>
         </is>
       </c>
       <c r="B2493" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve Mali Boyutlarıyla Sukuk</t>
+          <t>Turizm İşletmelerinde Kombine Hizmet Muhasebesi</t>
         </is>
       </c>
       <c r="C2493" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2494" spans="1:3">
       <c r="A2494" s="1" t="inlineStr">
         <is>
-          <t>9789944165884</t>
+          <t>3990000007342</t>
         </is>
       </c>
       <c r="B2494" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Yöntemleri Muhasebesi ve Tekdüzen Muhasebe Sistemi Uygulaması</t>
+          <t>Toplam Tasarım</t>
         </is>
       </c>
       <c r="C2494" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2495" spans="1:3">
       <c r="A2495" s="1" t="inlineStr">
         <is>
-          <t>9799758895341</t>
+          <t>9786055543280</t>
         </is>
       </c>
       <c r="B2495" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Unsurları Muhasebesi ve Tekdüzen Muhasebe Sistemi Uygulaması</t>
+          <t>Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C2495" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2496" spans="1:3">
       <c r="A2496" s="1" t="inlineStr">
         <is>
-          <t>9786053441922</t>
+          <t>9789944165051</t>
         </is>
       </c>
       <c r="B2496" s="1" t="inlineStr">
         <is>
-          <t>Danıştay Kararları Işığında Özel Usulsüzlük Cezası</t>
+          <t>Toplam Kalite ve Stratejik Yönetimde Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C2496" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2497" spans="1:3">
       <c r="A2497" s="1" t="inlineStr">
         <is>
-          <t>9786053441564</t>
+          <t>9786053440543</t>
         </is>
       </c>
       <c r="B2497" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Sürecinde Tasarım Yaratım Yönetim Üretim</t>
+          <t>İşletmelerde İlişkili Taraflar</t>
         </is>
       </c>
       <c r="C2497" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2498" spans="1:3">
       <c r="A2498" s="1" t="inlineStr">
         <is>
-          <t>9786053441533</t>
+          <t>9786054562145</t>
         </is>
       </c>
       <c r="B2498" s="1" t="inlineStr">
         <is>
-          <t>Toplum Kültür Eğitim</t>
+          <t>Sözlük Bilimi Yazıları 1</t>
         </is>
       </c>
       <c r="C2498" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2499" spans="1:3">
       <c r="A2499" s="1" t="inlineStr">
         <is>
-          <t>9786053440017</t>
+          <t>9799756009757</t>
         </is>
       </c>
       <c r="B2499" s="1" t="inlineStr">
         <is>
-          <t>İstatistik ve Olasılığa Giriş - 1</t>
+          <t>Soyut Cebir ve Sayılar Teorisi</t>
         </is>
       </c>
       <c r="C2499" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2500" spans="1:3">
       <c r="A2500" s="1" t="inlineStr">
         <is>
-          <t>9786053447375</t>
+          <t>9799757313914</t>
         </is>
       </c>
       <c r="B2500" s="1" t="inlineStr">
         <is>
-          <t>İstatistiğe Giriş 1</t>
+          <t>Sosyal Bilgilerde Problem Çözme ve Uygulamalar</t>
         </is>
       </c>
       <c r="C2500" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2501" spans="1:3">
       <c r="A2501" s="1" t="inlineStr">
         <is>
-          <t>9799756009122</t>
+          <t>9789944165600</t>
         </is>
       </c>
       <c r="B2501" s="1" t="inlineStr">
         <is>
-          <t>İpotek Karşılığı Menkulleştirilmiş Krediler</t>
+          <t>SolidWorks</t>
         </is>
       </c>
       <c r="C2501" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2502" spans="1:3">
       <c r="A2502" s="1" t="inlineStr">
         <is>
-          <t>9799758895907</t>
+          <t>9799756009412</t>
         </is>
       </c>
       <c r="B2502" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sektöründe Kalite Yönetim Sistemi Uygulamaları</t>
+          <t>Sivas İli ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C2502" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2503" spans="1:3">
       <c r="A2503" s="1" t="inlineStr">
         <is>
-          <t>9799758895563</t>
+          <t>9789757313922</t>
         </is>
       </c>
       <c r="B2503" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sektöründe İş Almanın Yönetimi</t>
+          <t>Seyahat İşletmelerinde Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C2503" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2504" spans="1:3">
       <c r="A2504" s="1" t="inlineStr">
         <is>
-          <t>9789757313434</t>
+          <t>9786057805157</t>
         </is>
       </c>
       <c r="B2504" s="1" t="inlineStr">
         <is>
-          <t>İnstrümental Analiz (Ciltli)</t>
+          <t>Kütle Transferi</t>
         </is>
       </c>
       <c r="C2504" s="1">
-        <v>1000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2505" spans="1:3">
       <c r="A2505" s="1" t="inlineStr">
         <is>
-          <t>9786055804930</t>
+          <t>9799758640163</t>
         </is>
       </c>
       <c r="B2505" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Küreselleşme Sürecinde Türkiye’nin Finansal Kaynak Sorunu</t>
         </is>
       </c>
       <c r="C2505" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2506" spans="1:3">
       <c r="A2506" s="1" t="inlineStr">
         <is>
-          <t>9789944165983</t>
+          <t>9786054562923</t>
         </is>
       </c>
       <c r="B2506" s="1" t="inlineStr">
         <is>
-          <t>İncili Çavuş</t>
+          <t>Küreselleşen Sivilleşen Türkiye</t>
         </is>
       </c>
       <c r="C2506" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="2507" spans="1:3">
       <c r="A2507" s="1" t="inlineStr">
         <is>
-          <t>9786053441786</t>
+          <t>9799756009764</t>
         </is>
       </c>
       <c r="B2507" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Hukuku</t>
+          <t>Küresel Arena’da Girişimci ve Girişimcilik</t>
         </is>
       </c>
       <c r="C2507" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2508" spans="1:3">
       <c r="A2508" s="1" t="inlineStr">
         <is>
-          <t>9786053440710</t>
+          <t>9786055543525</t>
         </is>
       </c>
       <c r="B2508" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Kurumsal Kaynak Planlaması</t>
         </is>
       </c>
       <c r="C2508" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2509" spans="1:3">
       <c r="A2509" s="1" t="inlineStr">
         <is>
-          <t>9786053442080</t>
+          <t>9786053440338</t>
         </is>
       </c>
       <c r="B2509" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Raporlamanın Gelişimi ve Güncel Yaklaşımlar</t>
+          <t>Kurumsal Futbol Yönetimi</t>
         </is>
       </c>
       <c r="C2509" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2510" spans="1:3">
       <c r="A2510" s="1" t="inlineStr">
         <is>
-          <t>9786053441496</t>
+          <t>9786055804824</t>
         </is>
       </c>
       <c r="B2510" s="1" t="inlineStr">
         <is>
-          <t>Devlet-i Aliyye'nin Kamusal Düzeni ve Kurumları</t>
+          <t>Kurumlarda Kullanılan Zemin ve Duvar Kaplama Malzemeleri</t>
         </is>
       </c>
       <c r="C2510" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2511" spans="1:3">
       <c r="A2511" s="1" t="inlineStr">
         <is>
-          <t>9786053449355</t>
+          <t>9789944165433</t>
         </is>
       </c>
       <c r="B2511" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Tarihinde Yönetim Bilgeleri</t>
+          <t>Kuram ve Uygulamada Coğrafya Eğitimi</t>
         </is>
       </c>
       <c r="C2511" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2512" spans="1:3">
       <c r="A2512" s="1" t="inlineStr">
         <is>
-          <t>9786053443506</t>
+          <t>9786055543464</t>
         </is>
       </c>
       <c r="B2512" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yöntem ve Araştırma Teknikleri</t>
+          <t>Kriz ve Stres Yönetimi</t>
         </is>
       </c>
       <c r="C2512" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2513" spans="1:3">
       <c r="A2513" s="1" t="inlineStr">
         <is>
-          <t>9786053443513</t>
+          <t>9799756009375</t>
         </is>
       </c>
       <c r="B2513" s="1" t="inlineStr">
         <is>
-          <t>Elektroanalitik Kimya</t>
+          <t>Kamu Yönetimi ve Polis</t>
         </is>
       </c>
       <c r="C2513" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2514" spans="1:3">
       <c r="A2514" s="1" t="inlineStr">
         <is>
-          <t>9786053441250</t>
+          <t>9799758895020</t>
         </is>
       </c>
       <c r="B2514" s="1" t="inlineStr">
         <is>
-          <t>İran: Değişen İç Dinamikler ve Türkiye-İran İlişkileri</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2514" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2515" spans="1:3">
       <c r="A2515" s="1" t="inlineStr">
         <is>
-          <t>9786053441618</t>
+          <t>9786054562831</t>
         </is>
       </c>
       <c r="B2515" s="1" t="inlineStr">
         <is>
-          <t>Kromatografi ve Elektroforez</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C2515" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2516" spans="1:3">
       <c r="A2516" s="1" t="inlineStr">
         <is>
-          <t>9786053443551</t>
+          <t>9786053440468</t>
         </is>
       </c>
       <c r="B2516" s="1" t="inlineStr">
         <is>
           <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C2516" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2517" spans="1:3">
       <c r="A2517" s="1" t="inlineStr">
         <is>
-          <t>9799758640705</t>
+          <t>9786055543631</t>
         </is>
       </c>
       <c r="B2517" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Kadı Burhanettin ve Şiiri</t>
         </is>
       </c>
       <c r="C2517" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2518" spans="1:3">
       <c r="A2518" s="1" t="inlineStr">
         <is>
-          <t>9786053441816</t>
+          <t>9786257855426</t>
         </is>
       </c>
       <c r="B2518" s="1" t="inlineStr">
         <is>
-          <t>İleri Kimyasal Kinetik</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C2518" s="1">
-        <v>275</v>
+        <v>750</v>
       </c>
     </row>
     <row r="2519" spans="1:3">
       <c r="A2519" s="1" t="inlineStr">
         <is>
-          <t>9786054562190</t>
+          <t>9799756009023</t>
         </is>
       </c>
       <c r="B2519" s="1" t="inlineStr">
         <is>
-          <t>TFRS ve Yeni Türk Ticaret Kanunu Kapsamında İşletme Birleşmelerinin Değerlendirilmesi ve Muhasebeleştirilmesi</t>
+          <t>Gen - Genetik Değişim ve Hastalıklar</t>
         </is>
       </c>
       <c r="C2519" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2520" spans="1:3">
       <c r="A2520" s="1" t="inlineStr">
         <is>
-          <t>9786053441205</t>
+          <t>9799756009443</t>
         </is>
       </c>
       <c r="B2520" s="1" t="inlineStr">
         <is>
-          <t>Menkul Kıymet Analizi</t>
+          <t>Gelişim İçin Eğitim</t>
         </is>
       </c>
       <c r="C2520" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2521" spans="1:3">
       <c r="A2521" s="1" t="inlineStr">
         <is>
-          <t>9789944165075</t>
+          <t>9789757313892</t>
         </is>
       </c>
       <c r="B2521" s="1" t="inlineStr">
         <is>
-          <t>Perakendeci Markası ve Uygulamaları</t>
+          <t>Futbol Antrenmanının Bilimsel Temelleri</t>
         </is>
       </c>
       <c r="C2521" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2522" spans="1:3">
       <c r="A2522" s="1" t="inlineStr">
         <is>
-          <t>9786053441373</t>
+          <t>9786055543730</t>
         </is>
       </c>
       <c r="B2522" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik Kavramların Künyesi</t>
+          <t>Fourier Analizi</t>
         </is>
       </c>
       <c r="C2522" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2523" spans="1:3">
       <c r="A2523" s="1" t="inlineStr">
         <is>
-          <t>9786053441120</t>
+          <t>9786054562602</t>
         </is>
       </c>
       <c r="B2523" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Renkler Sözlüğü</t>
+          <t>English Through Dialogs</t>
         </is>
       </c>
       <c r="C2523" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2524" spans="1:3">
       <c r="A2524" s="1" t="inlineStr">
         <is>
-          <t>9786053440956</t>
+          <t>9799758640972</t>
         </is>
       </c>
       <c r="B2524" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 10</t>
+          <t>Enflasyonun Gelir Vergisi Sistemine Etkisi ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C2524" s="1">
-        <v>350</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2525" spans="1:3">
       <c r="A2525" s="1" t="inlineStr">
         <is>
-          <t>9799756009481</t>
+          <t>9799758640941</t>
         </is>
       </c>
       <c r="B2525" s="1" t="inlineStr">
         <is>
-          <t>Uygulama Okulu’nda Yapılmış Ders Örnekleri</t>
+          <t>Enflasyon Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C2525" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2526" spans="1:3">
       <c r="A2526" s="1" t="inlineStr">
         <is>
-          <t>9789944165044</t>
+          <t>9789758640430</t>
         </is>
       </c>
       <c r="B2526" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Anlamda Zamanın Etkin Kullanımı ve Bir Araştırma</t>
+          <t>Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C2526" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2527" spans="1:3">
       <c r="A2527" s="1" t="inlineStr">
         <is>
-          <t>9786053446248</t>
+          <t>9786053440611</t>
         </is>
       </c>
       <c r="B2527" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Modern Yönetimi İçin Geleceğe Yön Veren Yönetim Teorileri</t>
+          <t>Endüstriyel İktisat</t>
         </is>
       </c>
       <c r="C2527" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2528" spans="1:3">
       <c r="A2528" s="1" t="inlineStr">
         <is>
-          <t>9786053448853</t>
+          <t>9799758895273</t>
         </is>
       </c>
       <c r="B2528" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yön Veren Yönetim Guruları</t>
+          <t>Elektromanyetik Teori</t>
         </is>
       </c>
       <c r="C2528" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="2529" spans="1:3">
       <c r="A2529" s="1" t="inlineStr">
         <is>
-          <t>9786053440413</t>
+          <t>9789944165556</t>
         </is>
       </c>
       <c r="B2529" s="1" t="inlineStr">
         <is>
-          <t>Türk Manileri</t>
+          <t>Ekonominin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C2529" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2530" spans="1:3">
       <c r="A2530" s="1" t="inlineStr">
         <is>
-          <t>9799758895815</t>
+          <t>9786055804183</t>
         </is>
       </c>
       <c r="B2530" s="1" t="inlineStr">
         <is>
-          <t>Türk İşletmeciliğinde Değişim ve Değişim Yönetimi</t>
+          <t>Ekonomik Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C2530" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2531" spans="1:3">
       <c r="A2531" s="1" t="inlineStr">
         <is>
-          <t>9786053441229</t>
+          <t>9799756009733</t>
         </is>
       </c>
       <c r="B2531" s="1" t="inlineStr">
         <is>
-          <t>Maliye Yazıları</t>
+          <t>Ekonometri Kılavuzu</t>
         </is>
       </c>
       <c r="C2531" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2532" spans="1:3">
       <c r="A2532" s="1" t="inlineStr">
         <is>
-          <t>9786053440918</t>
+          <t>9786053440444</t>
         </is>
       </c>
       <c r="B2532" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ahlak Toplumu İnşası</t>
+          <t>Eğitimde Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C2532" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2533" spans="1:3">
       <c r="A2533" s="1" t="inlineStr">
         <is>
-          <t>9786053440307</t>
+          <t>9786053441571</t>
         </is>
       </c>
       <c r="B2533" s="1" t="inlineStr">
         <is>
-          <t>Hollywod'un Orta Doğu Yanılgıları</t>
+          <t>Tarih ve Metodolojisi</t>
         </is>
       </c>
       <c r="C2533" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2534" spans="1:3">
       <c r="A2534" s="1" t="inlineStr">
         <is>
-          <t>9786054562947</t>
+          <t>9786053441649</t>
         </is>
       </c>
       <c r="B2534" s="1" t="inlineStr">
         <is>
-          <t>5N1K ile Etkinlik Yönetimi</t>
+          <t>Yerel Yönetimler - Teorik Boyut</t>
         </is>
       </c>
       <c r="C2534" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2535" spans="1:3">
       <c r="A2535" s="1" t="inlineStr">
         <is>
-          <t>9789944165969</t>
+          <t>9786054562664</t>
         </is>
       </c>
       <c r="B2535" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Öncesi Osmanlı Rüşdiyeleri (1897-1907)</t>
+          <t>Matematik Programlarının Gelişimi</t>
         </is>
       </c>
       <c r="C2535" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2536" spans="1:3">
       <c r="A2536" s="1" t="inlineStr">
         <is>
-          <t>9799756009504</t>
+          <t>9789944165310</t>
         </is>
       </c>
       <c r="B2536" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Tarih Öğretimi</t>
+          <t>Masaüstü Yayıncılıkta Baskı Öncesi Hazırlık ve Photoshop Uygulamaları</t>
         </is>
       </c>
       <c r="C2536" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2537" spans="1:3">
       <c r="A2537" s="1" t="inlineStr">
         <is>
-          <t>9786054562367</t>
+          <t>9799758895761</t>
         </is>
       </c>
       <c r="B2537" s="1" t="inlineStr">
         <is>
-          <t>Konu Anlatımlı KPPS-A Muhasebe</t>
+          <t>Marketing Management In Turkey: Cases and Challenges</t>
         </is>
       </c>
       <c r="C2537" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2538" spans="1:3">
       <c r="A2538" s="1" t="inlineStr">
         <is>
-          <t>9786055543327</t>
+          <t>9799756009801</t>
         </is>
       </c>
       <c r="B2538" s="1" t="inlineStr">
         <is>
-          <t>Zaman Serileri Analizi (Ciltli)</t>
+          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
         </is>
       </c>
       <c r="C2538" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2539" spans="1:3">
       <c r="A2539" s="1" t="inlineStr">
         <is>
-          <t>9789758640799</t>
+          <t>9786055804671</t>
         </is>
       </c>
       <c r="B2539" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırmalarında Yararlanılan Karar Yöntemleri</t>
+          <t>Muhasebede İstatistik Kullanımı</t>
         </is>
       </c>
       <c r="C2539" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2540" spans="1:3">
       <c r="A2540" s="1" t="inlineStr">
         <is>
-          <t>9786055804800</t>
+          <t>9786054562046</t>
         </is>
       </c>
       <c r="B2540" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Sistem</t>
+          <t>Muhasebede Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C2540" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2541" spans="1:3">
       <c r="A2541" s="1" t="inlineStr">
         <is>
-          <t>9786055543143</t>
+          <t>9786055543174</t>
         </is>
       </c>
       <c r="B2541" s="1" t="inlineStr">
         <is>
-          <t>Yer Bilimleri</t>
+          <t>Muhasebe Verileri Olarak Finansal Oranlar ve İstatistiksel Özellikleri</t>
         </is>
       </c>
       <c r="C2541" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2542" spans="1:3">
       <c r="A2542" s="1" t="inlineStr">
         <is>
-          <t>9789758640379</t>
+          <t>9786054562688</t>
         </is>
       </c>
       <c r="B2542" s="1" t="inlineStr">
         <is>
-          <t>Yazışma Teknikleri</t>
+          <t>Muhasebe Uygulamaları Açısından TMS-TFRS’ye Geçiş Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C2542" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2543" spans="1:3">
       <c r="A2543" s="1" t="inlineStr">
         <is>
-          <t>9786055804428</t>
+          <t>9789944165501</t>
         </is>
       </c>
       <c r="B2543" s="1" t="inlineStr">
         <is>
-          <t>Yaygın Eğitim ve Halk Eğitimi Merkezleri</t>
+          <t>Muhasebe Sözlüğü</t>
         </is>
       </c>
       <c r="C2543" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2544" spans="1:3">
       <c r="A2544" s="1" t="inlineStr">
         <is>
-          <t>9786258275278</t>
+          <t>9786054562701</t>
         </is>
       </c>
       <c r="B2544" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Analizi ve Portföy Yönetimi</t>
+          <t>Muhasebe Hilelerinin Önlenmesinde Sarbanes-Oxley Yasası ve Alman On Adım Programının Karşılaştırılması: Türkiye için Yol Haritası</t>
         </is>
       </c>
       <c r="C2544" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2545" spans="1:3">
       <c r="A2545" s="1" t="inlineStr">
         <is>
-          <t>9789757313441</t>
+          <t>9786054562039</t>
         </is>
       </c>
       <c r="B2545" s="1" t="inlineStr">
         <is>
-          <t>Yarı - Mikro Kalitatif Analiz</t>
+          <t>Muhasebe Denetiminde Çalışma Kağıtları</t>
         </is>
       </c>
       <c r="C2545" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2546" spans="1:3">
       <c r="A2546" s="1" t="inlineStr">
         <is>
-          <t>9786055543884</t>
+          <t>9786257530989</t>
         </is>
       </c>
       <c r="B2546" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Dil ve Anlatım</t>
+          <t>Tıbbi Biyoloji ve Genetik</t>
         </is>
       </c>
       <c r="C2546" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="2547" spans="1:3">
       <c r="A2547" s="1" t="inlineStr">
         <is>
-          <t>9786055543396</t>
+          <t>9786053441595</t>
         </is>
       </c>
       <c r="B2547" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Devletler Coğrafyası</t>
+          <t>Geçmişten Günümüze Sazda ve Sözde Usta Kadınlar</t>
         </is>
       </c>
       <c r="C2547" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2548" spans="1:3">
       <c r="A2548" s="1" t="inlineStr">
         <is>
-          <t>9786257727044</t>
+          <t>9786053441489</t>
         </is>
       </c>
       <c r="B2548" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Matematik (Ciltli)</t>
+          <t>Hukuki ve Mali Boyutlarıyla Sukuk</t>
         </is>
       </c>
       <c r="C2548" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2549" spans="1:3">
       <c r="A2549" s="1" t="inlineStr">
         <is>
-          <t>9786053443216</t>
+          <t>9789944165884</t>
         </is>
       </c>
       <c r="B2549" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İhracat - İthalat İşlemler ve Dökümantasyon</t>
+          <t>Maliyet Yöntemleri Muhasebesi ve Tekdüzen Muhasebe Sistemi Uygulaması</t>
         </is>
       </c>
       <c r="C2549" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2550" spans="1:3">
       <c r="A2550" s="1" t="inlineStr">
         <is>
-          <t>9786055804282</t>
+          <t>9799758895341</t>
         </is>
       </c>
       <c r="B2550" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlamada Lojistik ve Uygulamalar</t>
+          <t>Maliyet Unsurları Muhasebesi ve Tekdüzen Muhasebe Sistemi Uygulaması</t>
         </is>
       </c>
       <c r="C2550" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2551" spans="1:3">
       <c r="A2551" s="1" t="inlineStr">
         <is>
-          <t>9786054562435</t>
+          <t>9786053441922</t>
         </is>
       </c>
       <c r="B2551" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Para Sisteminin Evrimi</t>
+          <t>Danıştay Kararları Işığında Özel Usulsüzlük Cezası</t>
         </is>
       </c>
       <c r="C2551" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2552" spans="1:3">
       <c r="A2552" s="1" t="inlineStr">
         <is>
-          <t>3990000034787</t>
+          <t>9786053441564</t>
         </is>
       </c>
       <c r="B2552" s="1" t="inlineStr">
         <is>
-          <t>Ulaştırma İşletmeleri</t>
+          <t>Pazarlama Sürecinde Tasarım Yaratım Yönetim Üretim</t>
         </is>
       </c>
       <c r="C2552" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2553" spans="1:3">
       <c r="A2553" s="1" t="inlineStr">
         <is>
-          <t>9799758895488</t>
+          <t>9786053441533</t>
         </is>
       </c>
       <c r="B2553" s="1" t="inlineStr">
         <is>
-          <t>Türküden Şiire</t>
+          <t>Toplum Kültür Eğitim</t>
         </is>
       </c>
       <c r="C2553" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2554" spans="1:3">
       <c r="A2554" s="1" t="inlineStr">
         <is>
-          <t>9786054562329</t>
+          <t>9786053440017</t>
         </is>
       </c>
       <c r="B2554" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Bahşılık Geleneği</t>
+          <t>İstatistik ve Olasılığa Giriş - 1</t>
         </is>
       </c>
       <c r="C2554" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2555" spans="1:3">
       <c r="A2555" s="1" t="inlineStr">
         <is>
-          <t>9786055804954</t>
+          <t>9786053447375</t>
         </is>
       </c>
       <c r="B2555" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Coğrafyası</t>
+          <t>İstatistiğe Giriş 1</t>
         </is>
       </c>
       <c r="C2555" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2556" spans="1:3">
       <c r="A2556" s="1" t="inlineStr">
         <is>
-          <t>9799756009115</t>
+          <t>9799756009122</t>
         </is>
       </c>
       <c r="B2556" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Pazarlama Vak’aları: Zorluklar ve Fırsatlar</t>
+          <t>İpotek Karşılığı Menkulleştirilmiş Krediler</t>
         </is>
       </c>
       <c r="C2556" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2557" spans="1:3">
       <c r="A2557" s="1" t="inlineStr">
         <is>
-          <t>9799756009108</t>
+          <t>9799758895907</t>
         </is>
       </c>
       <c r="B2557" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uygulanan Tarımsal Fiyatlama Politikaları</t>
+          <t>İnşaat Sektöründe Kalite Yönetim Sistemi Uygulamaları</t>
         </is>
       </c>
       <c r="C2557" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2558" spans="1:3">
       <c r="A2558" s="1" t="inlineStr">
         <is>
-          <t>9789758640362</t>
+          <t>9799758895563</t>
         </is>
       </c>
       <c r="B2558" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Mali Disiplin Sorunu: Kamu Açıkları ve Borçlanmanın Sürdürülebilirliği</t>
+          <t>İnşaat Sektöründe İş Almanın Yönetimi</t>
         </is>
       </c>
       <c r="C2558" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2559" spans="1:3">
       <c r="A2559" s="1" t="inlineStr">
         <is>
-          <t>9789944165280</t>
+          <t>9789757313434</t>
         </is>
       </c>
       <c r="B2559" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İşletmecilikte Yeni Perspektifler</t>
+          <t>İnstrümental Analiz (Ciltli)</t>
         </is>
       </c>
       <c r="C2559" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="2560" spans="1:3">
       <c r="A2560" s="1" t="inlineStr">
         <is>
-          <t>9789944165143</t>
+          <t>9786055804930</t>
         </is>
       </c>
       <c r="B2560" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eğitim ve Beşeri Sermaye</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C2560" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2561" spans="1:3">
       <c r="A2561" s="1" t="inlineStr">
         <is>
-          <t>9789944165914</t>
+          <t>9789944165983</t>
         </is>
       </c>
       <c r="B2561" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dış Ticaret İşlemleri ve Uygulaması</t>
+          <t>İncili Çavuş</t>
         </is>
       </c>
       <c r="C2561" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2562" spans="1:3">
       <c r="A2562" s="1" t="inlineStr">
         <is>
-          <t>9789756009956</t>
+          <t>9786053441786</t>
         </is>
       </c>
       <c r="B2562" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Cari İşlemler Açığı Sorununun Analizi</t>
+          <t>Toplu İş Hukuku</t>
         </is>
       </c>
       <c r="C2562" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2563" spans="1:3">
       <c r="A2563" s="1" t="inlineStr">
         <is>
-          <t>9789750001017</t>
+          <t>9786053440710</t>
         </is>
       </c>
       <c r="B2563" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Turizm Coğrafyası</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C2563" s="1">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2564" spans="1:3">
       <c r="A2564" s="1" t="inlineStr">
         <is>
-          <t>9786054562596</t>
+          <t>9786053442080</t>
         </is>
       </c>
       <c r="B2564" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe / Finansal Raporlama Standartlarının Getirdiği Temel Değişiklikler ve Finansal Analize Etkileri</t>
+          <t>Kurumsal Raporlamanın Gelişimi ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2564" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2565" spans="1:3">
       <c r="A2565" s="1" t="inlineStr">
         <is>
-          <t>9789756009949</t>
+          <t>9786053441496</t>
         </is>
       </c>
       <c r="B2565" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Çağdaş Sorunları</t>
+          <t>Devlet-i Aliyye'nin Kamusal Düzeni ve Kurumları</t>
         </is>
       </c>
       <c r="C2565" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2566" spans="1:3">
       <c r="A2566" s="1" t="inlineStr">
         <is>
-          <t>9786055543389</t>
+          <t>9786053449355</t>
         </is>
       </c>
       <c r="B2566" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkilerinin Politik ve Ekonomik Boyutu</t>
+          <t>Türk - İslam Tarihinde Yönetim Bilgeleri</t>
         </is>
       </c>
       <c r="C2566" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2567" spans="1:3">
       <c r="A2567" s="1" t="inlineStr">
         <is>
-          <t>9786053440123</t>
+          <t>9786053443506</t>
         </is>
       </c>
       <c r="B2567" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları</t>
+          <t>Bilimsel Yöntem ve Araştırma Teknikleri</t>
         </is>
       </c>
       <c r="C2567" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2568" spans="1:3">
       <c r="A2568" s="1" t="inlineStr">
         <is>
-          <t>9786054562916</t>
+          <t>9786053443513</t>
         </is>
       </c>
       <c r="B2568" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Türev Finansal Araçlar Sözlüğü</t>
+          <t>Elektroanalitik Kimya</t>
         </is>
       </c>
       <c r="C2568" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2569" spans="1:3">
       <c r="A2569" s="1" t="inlineStr">
         <is>
-          <t>9789757313700</t>
+          <t>9786053441250</t>
         </is>
       </c>
       <c r="B2569" s="1" t="inlineStr">
         <is>
-          <t>Ticari ve Mali Matematik</t>
+          <t>İran: Değişen İç Dinamikler ve Türkiye-İran İlişkileri</t>
         </is>
       </c>
       <c r="C2569" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2570" spans="1:3">
       <c r="A2570" s="1" t="inlineStr">
         <is>
-          <t>9786055543716</t>
+          <t>9786053441618</t>
         </is>
       </c>
       <c r="B2570" s="1" t="inlineStr">
         <is>
-          <t>Ticari İstihbarat ve Çağdaş İhracatın Stratejisi</t>
+          <t>Kromatografi ve Elektroforez</t>
         </is>
       </c>
       <c r="C2570" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2571" spans="1:3">
       <c r="A2571" s="1" t="inlineStr">
         <is>
-          <t>9786055804572</t>
+          <t>9786053443551</t>
         </is>
       </c>
       <c r="B2571" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Türkiye</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C2571" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2572" spans="1:3">
       <c r="A2572" s="1" t="inlineStr">
         <is>
-          <t>9786054562541</t>
+          <t>9799758640705</t>
         </is>
       </c>
       <c r="B2572" s="1" t="inlineStr">
         <is>
-          <t>Terapatik Rekreasyon</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C2572" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2573" spans="1:3">
       <c r="A2573" s="1" t="inlineStr">
         <is>
-          <t>9789944165082</t>
+          <t>9786053441816</t>
         </is>
       </c>
       <c r="B2573" s="1" t="inlineStr">
         <is>
-          <t>Temel Termodinamik Veriler</t>
+          <t>İleri Kimyasal Kinetik</t>
         </is>
       </c>
       <c r="C2573" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2574" spans="1:3">
       <c r="A2574" s="1" t="inlineStr">
         <is>
-          <t>9799756009306</t>
+          <t>9786054562190</t>
         </is>
       </c>
       <c r="B2574" s="1" t="inlineStr">
         <is>
-          <t>Temel Kimyasal Hesaplamalar</t>
+          <t>TFRS ve Yeni Türk Ticaret Kanunu Kapsamında İşletme Birleşmelerinin Değerlendirilmesi ve Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C2574" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2575" spans="1:3">
       <c r="A2575" s="1" t="inlineStr">
         <is>
-          <t>9789758640508</t>
+          <t>9786053441205</t>
         </is>
       </c>
       <c r="B2575" s="1" t="inlineStr">
         <is>
-          <t>Temel İnşaatı</t>
+          <t>Menkul Kıymet Analizi</t>
         </is>
       </c>
       <c r="C2575" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2576" spans="1:3">
       <c r="A2576" s="1" t="inlineStr">
         <is>
-          <t>9786055804831</t>
+          <t>9789944165075</t>
         </is>
       </c>
       <c r="B2576" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Lifleri</t>
+          <t>Perakendeci Markası ve Uygulamaları</t>
         </is>
       </c>
       <c r="C2576" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2577" spans="1:3">
       <c r="A2577" s="1" t="inlineStr">
         <is>
-          <t>9789758396665</t>
+          <t>9786053441373</t>
         </is>
       </c>
       <c r="B2577" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi</t>
+          <t>Temel Matematik Kavramların Künyesi</t>
         </is>
       </c>
       <c r="C2577" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2578" spans="1:3">
       <c r="A2578" s="1" t="inlineStr">
         <is>
-          <t>9789944165778</t>
+          <t>9786053441120</t>
         </is>
       </c>
       <c r="B2578" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Gerekçeleriyle Harf İnkılabı ve Kazanımları</t>
+          <t>Türkçede Renkler Sözlüğü</t>
         </is>
       </c>
       <c r="C2578" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2579" spans="1:3">
       <c r="A2579" s="1" t="inlineStr">
         <is>
-          <t>9799758640576</t>
+          <t>9786053440956</t>
         </is>
       </c>
       <c r="B2579" s="1" t="inlineStr">
         <is>
-          <t>Talaş Kaldırma Prensipleri Cilt: 1</t>
+          <t>Sazın ve Sözün Sultanları 10</t>
         </is>
       </c>
       <c r="C2579" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2580" spans="1:3">
       <c r="A2580" s="1" t="inlineStr">
         <is>
-          <t>9789944165372</t>
+          <t>9799756009481</t>
         </is>
       </c>
       <c r="B2580" s="1" t="inlineStr">
         <is>
-          <t>Statik Çözümlü Problemlerle</t>
+          <t>Uygulama Okulu’nda Yapılmış Ders Örnekleri</t>
         </is>
       </c>
       <c r="C2580" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2581" spans="1:3">
       <c r="A2581" s="1" t="inlineStr">
         <is>
-          <t>9789758396382</t>
+          <t>9789944165044</t>
         </is>
       </c>
       <c r="B2581" s="1" t="inlineStr">
         <is>
-          <t>Sporda Organizasyon</t>
+          <t>Yönetsel Anlamda Zamanın Etkin Kullanımı ve Bir Araştırma</t>
         </is>
       </c>
       <c r="C2581" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2582" spans="1:3">
       <c r="A2582" s="1" t="inlineStr">
         <is>
-          <t>9786053445838</t>
+          <t>9786053446248</t>
         </is>
       </c>
       <c r="B2582" s="1" t="inlineStr">
         <is>
-          <t>Spor Fizyolojisi ve Performans Ölçüm Testleri</t>
+          <t>21. Yüzyılın Modern Yönetimi İçin Geleceğe Yön Veren Yönetim Teorileri</t>
         </is>
       </c>
       <c r="C2582" s="1">
-        <v>700</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2583" spans="1:3">
       <c r="A2583" s="1" t="inlineStr">
         <is>
-          <t>3990000017026</t>
+          <t>9786053448853</t>
         </is>
       </c>
       <c r="B2583" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Endüstrisi İşletmeleri</t>
+          <t>Geleceğe Yön Veren Yönetim Guruları</t>
         </is>
       </c>
       <c r="C2583" s="1">
-        <v>68</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2584" spans="1:3">
       <c r="A2584" s="1" t="inlineStr">
         <is>
-          <t>9786053440130</t>
+          <t>9786053440413</t>
         </is>
       </c>
       <c r="B2584" s="1" t="inlineStr">
         <is>
-          <t>Selam</t>
+          <t>Türk Manileri</t>
         </is>
       </c>
       <c r="C2584" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2585" spans="1:3">
       <c r="A2585" s="1" t="inlineStr">
         <is>
-          <t>9786055804220</t>
+          <t>9799758895815</t>
         </is>
       </c>
       <c r="B2585" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Muhasebe</t>
+          <t>Türk İşletmeciliğinde Değişim ve Değişim Yönetimi</t>
         </is>
       </c>
       <c r="C2585" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2586" spans="1:3">
       <c r="A2586" s="1" t="inlineStr">
         <is>
-          <t>9786055804473</t>
+          <t>9786053441229</t>
         </is>
       </c>
       <c r="B2586" s="1" t="inlineStr">
         <is>
-          <t>Sekreterlik Bilgisi</t>
+          <t>Maliye Yazıları</t>
         </is>
       </c>
       <c r="C2586" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2587" spans="1:3">
       <c r="A2587" s="1" t="inlineStr">
         <is>
-          <t>9789944165136</t>
+          <t>9786053440918</t>
         </is>
       </c>
       <c r="B2587" s="1" t="inlineStr">
         <is>
-          <t>Seçimlerin Mekansal Analizi</t>
+          <t>Yeni Ahlak Toplumu İnşası</t>
         </is>
       </c>
       <c r="C2587" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2588" spans="1:3">
       <c r="A2588" s="1" t="inlineStr">
         <is>
-          <t>9786055543495</t>
+          <t>9786053440307</t>
         </is>
       </c>
       <c r="B2588" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları</t>
+          <t>Hollywod'un Orta Doğu Yanılgıları</t>
         </is>
       </c>
       <c r="C2588" s="1">
-        <v>400</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2589" spans="1:3">
       <c r="A2589" s="1" t="inlineStr">
         <is>
-          <t>9786053440314</t>
+          <t>9786054562947</t>
         </is>
       </c>
       <c r="B2589" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 9</t>
+          <t>5N1K ile Etkinlik Yönetimi</t>
         </is>
       </c>
       <c r="C2589" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2590" spans="1:3">
       <c r="A2590" s="1" t="inlineStr">
         <is>
-          <t>9786055543907</t>
+          <t>9789944165969</t>
         </is>
       </c>
       <c r="B2590" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 8</t>
+          <t>2. Meşrutiyet Öncesi Osmanlı Rüşdiyeleri (1897-1907)</t>
         </is>
       </c>
       <c r="C2590" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2591" spans="1:3">
       <c r="A2591" s="1" t="inlineStr">
         <is>
-          <t>9786055543891</t>
+          <t>9799756009504</t>
         </is>
       </c>
       <c r="B2591" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 7</t>
+          <t>2. Meşrutiyet Dönemi Tarih Öğretimi</t>
         </is>
       </c>
       <c r="C2591" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2592" spans="1:3">
       <c r="A2592" s="1" t="inlineStr">
         <is>
-          <t>9786055543778</t>
+          <t>9786054562367</t>
         </is>
       </c>
       <c r="B2592" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 6</t>
+          <t>Konu Anlatımlı KPPS-A Muhasebe</t>
         </is>
       </c>
       <c r="C2592" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="2593" spans="1:3">
       <c r="A2593" s="1" t="inlineStr">
         <is>
-          <t>9786055543761</t>
+          <t>9786055543327</t>
         </is>
       </c>
       <c r="B2593" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 5</t>
+          <t>Zaman Serileri Analizi (Ciltli)</t>
         </is>
       </c>
       <c r="C2593" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2594" spans="1:3">
       <c r="A2594" s="1" t="inlineStr">
         <is>
-          <t>9786055804893</t>
+          <t>9789758640799</t>
         </is>
       </c>
       <c r="B2594" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 4</t>
+          <t>Yöneylem Araştırmalarında Yararlanılan Karar Yöntemleri</t>
         </is>
       </c>
       <c r="C2594" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2595" spans="1:3">
       <c r="A2595" s="1" t="inlineStr">
         <is>
-          <t>9786055804886</t>
+          <t>9786055804800</t>
         </is>
       </c>
       <c r="B2595" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 3</t>
+          <t>Yönetsel Sistem</t>
         </is>
       </c>
       <c r="C2595" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2596" spans="1:3">
       <c r="A2596" s="1" t="inlineStr">
         <is>
-          <t>9786055804879</t>
+          <t>9786055543143</t>
         </is>
       </c>
       <c r="B2596" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 2</t>
+          <t>Yer Bilimleri</t>
         </is>
       </c>
       <c r="C2596" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="2597" spans="1:3">
       <c r="A2597" s="1" t="inlineStr">
         <is>
-          <t>9789944165907</t>
+          <t>9789758640379</t>
         </is>
       </c>
       <c r="B2597" s="1" t="inlineStr">
         <is>
-          <t>Sazın ve Sözün Sultanları 1</t>
+          <t>Yazışma Teknikleri</t>
         </is>
       </c>
       <c r="C2597" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2598" spans="1:3">
       <c r="A2598" s="1" t="inlineStr">
         <is>
-          <t>9789944165549</t>
+          <t>9786055804428</t>
         </is>
       </c>
       <c r="B2598" s="1" t="inlineStr">
         <is>
-          <t>Sanal Hizmetlerde Hizmet Kalitesi</t>
+          <t>Yaygın Eğitim ve Halk Eğitimi Merkezleri</t>
         </is>
       </c>
       <c r="C2598" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2599" spans="1:3">
       <c r="A2599" s="1" t="inlineStr">
         <is>
-          <t>9786257045896</t>
+          <t>9786258275278</t>
         </is>
       </c>
       <c r="B2599" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sistemleri ve Sağlık Politikası</t>
+          <t>Yatırım Analizi ve Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C2599" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="2600" spans="1:3">
       <c r="A2600" s="1" t="inlineStr">
         <is>
-          <t>9786055804657</t>
+          <t>9789757313441</t>
         </is>
       </c>
       <c r="B2600" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon</t>
+          <t>Yarı - Mikro Kalitatif Analiz</t>
         </is>
       </c>
       <c r="C2600" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="2601" spans="1:3">
       <c r="A2601" s="1" t="inlineStr">
         <is>
-          <t>9786055804244</t>
+          <t>9786055543884</t>
         </is>
       </c>
       <c r="B2601" s="1" t="inlineStr">
         <is>
-          <t>Quick Basic ile Bilgisayar Programlama</t>
+          <t>Üniversiteler İçin Dil ve Anlatım</t>
         </is>
       </c>
       <c r="C2601" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2602" spans="1:3">
       <c r="A2602" s="1" t="inlineStr">
         <is>
-          <t>9786055804510</t>
+          <t>9786055543396</t>
         </is>
       </c>
       <c r="B2602" s="1" t="inlineStr">
         <is>
-          <t>Protokol Bilgisi (MYO)</t>
+          <t>Üniversiteler İçin Devletler Coğrafyası</t>
         </is>
       </c>
       <c r="C2602" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2603" spans="1:3">
       <c r="A2603" s="1" t="inlineStr">
         <is>
-          <t>9789754837957</t>
+          <t>9786257727044</t>
         </is>
       </c>
       <c r="B2603" s="1" t="inlineStr">
         <is>
-          <t>Petrol, Petrol Kimyası</t>
+          <t>Uygulamalı Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C2603" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2604" spans="1:3">
       <c r="A2604" s="1" t="inlineStr">
         <is>
-          <t>9786053445555</t>
+          <t>9786053443216</t>
         </is>
       </c>
       <c r="B2604" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Uygulamalı İhracat - İthalat İşlemler ve Dökümantasyon</t>
         </is>
       </c>
       <c r="C2604" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2605" spans="1:3">
       <c r="A2605" s="1" t="inlineStr">
         <is>
-          <t>9799756009429</t>
+          <t>9786055804282</t>
         </is>
       </c>
       <c r="B2605" s="1" t="inlineStr">
         <is>
-          <t>Para Teorisi ve Politikası</t>
+          <t>Uluslararası Pazarlamada Lojistik ve Uygulamalar</t>
         </is>
       </c>
       <c r="C2605" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2606" spans="1:3">
       <c r="A2606" s="1" t="inlineStr">
         <is>
-          <t>9786053440093</t>
+          <t>9786054562435</t>
         </is>
       </c>
       <c r="B2606" s="1" t="inlineStr">
         <is>
-          <t>Özel Sağlık Sektörü 2000 - 2010</t>
+          <t>Uluslararası Para Sisteminin Evrimi</t>
         </is>
       </c>
       <c r="C2606" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2607" spans="1:3">
       <c r="A2607" s="1" t="inlineStr">
         <is>
-          <t>9799758895693</t>
+          <t>3990000034787</t>
         </is>
       </c>
       <c r="B2607" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesinde Edatlar</t>
+          <t>Ulaştırma İşletmeleri</t>
         </is>
       </c>
       <c r="C2607" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2608" spans="1:3">
       <c r="A2608" s="1" t="inlineStr">
         <is>
-          <t>9786055543709</t>
+          <t>9799758895488</t>
         </is>
       </c>
       <c r="B2608" s="1" t="inlineStr">
         <is>
-          <t>Öteki Liderlik</t>
+          <t>Türküden Şiire</t>
         </is>
       </c>
       <c r="C2608" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2609" spans="1:3">
       <c r="A2609" s="1" t="inlineStr">
         <is>
-          <t>9786053447894</t>
+          <t>9786054562329</t>
         </is>
       </c>
       <c r="B2609" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık - Örgütsel Stratejilerin Temeli</t>
+          <t>Türkmen Bahşılık Geleneği</t>
         </is>
       </c>
       <c r="C2609" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2610" spans="1:3">
       <c r="A2610" s="1" t="inlineStr">
         <is>
-          <t>9786055804275</t>
+          <t>9786055804954</t>
         </is>
       </c>
       <c r="B2610" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Zekası ve Yönetimi</t>
+          <t>Türkiye’nin Coğrafyası</t>
         </is>
       </c>
       <c r="C2610" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2611" spans="1:3">
       <c r="A2611" s="1" t="inlineStr">
         <is>
-          <t>9789944165358</t>
+          <t>9799756009115</t>
         </is>
       </c>
       <c r="B2611" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü ve İş Tatmini</t>
+          <t>Türkiye’deki Pazarlama Vak’aları: Zorluklar ve Fırsatlar</t>
         </is>
       </c>
       <c r="C2611" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2612" spans="1:3">
       <c r="A2612" s="1" t="inlineStr">
         <is>
-          <t>9789758640454</t>
+          <t>9799756009108</t>
         </is>
       </c>
       <c r="B2612" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Stiline Dayalı Öğretim ve Biyoloji Dersi Öğretimine Yönelik Ders Planı Örnekleri</t>
+          <t>Türkiye’de Uygulanan Tarımsal Fiyatlama Politikaları</t>
         </is>
       </c>
       <c r="C2612" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2613" spans="1:3">
       <c r="A2613" s="1" t="inlineStr">
         <is>
-          <t>9786055804121</t>
+          <t>9789758640362</t>
         </is>
       </c>
       <c r="B2613" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeleri Yönetim Muhasebesi</t>
+          <t>Türkiye’de Mali Disiplin Sorunu: Kamu Açıkları ve Borçlanmanın Sürdürülebilirliği</t>
         </is>
       </c>
       <c r="C2613" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2614" spans="1:3">
       <c r="A2614" s="1" t="inlineStr">
         <is>
-          <t>9786053442110</t>
+          <t>9789944165280</t>
         </is>
       </c>
       <c r="B2614" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeciliği</t>
+          <t>Türkiye’de İşletmecilikte Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C2614" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2615" spans="1:3">
       <c r="A2615" s="1" t="inlineStr">
         <is>
-          <t>9799756009474</t>
+          <t>9789944165143</t>
         </is>
       </c>
       <c r="B2615" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Modern Öğretim, Strateji, Yöntem ve Teknikleri</t>
+          <t>Türkiye’de Eğitim ve Beşeri Sermaye</t>
         </is>
       </c>
       <c r="C2615" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2616" spans="1:3">
       <c r="A2616" s="1" t="inlineStr">
         <is>
-          <t>9786053440390</t>
+          <t>9789944165914</t>
         </is>
       </c>
       <c r="B2616" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Araştırmaları</t>
+          <t>Türkiye’de Dış Ticaret İşlemleri ve Uygulaması</t>
         </is>
       </c>
       <c r="C2616" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2617" spans="1:3">
       <c r="A2617" s="1" t="inlineStr">
         <is>
-          <t>9799758895723</t>
+          <t>9789756009956</t>
         </is>
       </c>
       <c r="B2617" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Urfa</t>
+          <t>Türkiye’de Cari İşlemler Açığı Sorununun Analizi</t>
         </is>
       </c>
       <c r="C2617" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2618" spans="1:3">
       <c r="A2618" s="1" t="inlineStr">
         <is>
-          <t>9786054562152</t>
+          <t>9789750001017</t>
         </is>
       </c>
       <c r="B2618" s="1" t="inlineStr">
         <is>
-          <t>Organik Reaksiyonlar 1 (Ciltli)</t>
+          <t>Türkiye Turizm Coğrafyası</t>
         </is>
       </c>
       <c r="C2618" s="1">
-        <v>950</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2619" spans="1:3">
       <c r="A2619" s="1" t="inlineStr">
         <is>
-          <t>9799758640293</t>
+          <t>9786054562596</t>
         </is>
       </c>
       <c r="B2619" s="1" t="inlineStr">
         <is>
-          <t>Orff Çalgıları Metodu - Birinci Kitap</t>
+          <t>Türkiye Muhasebe / Finansal Raporlama Standartlarının Getirdiği Temel Değişiklikler ve Finansal Analize Etkileri</t>
         </is>
       </c>
       <c r="C2619" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2620" spans="1:3">
       <c r="A2620" s="1" t="inlineStr">
         <is>
-          <t>9786055543624</t>
+          <t>9789756009949</t>
         </is>
       </c>
       <c r="B2620" s="1" t="inlineStr">
         <is>
-          <t>Olasılık ve İstatistiğe Giriş 2</t>
+          <t>Türkçenin Çağdaş Sorunları</t>
         </is>
       </c>
       <c r="C2620" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2621" spans="1:3">
       <c r="A2621" s="1" t="inlineStr">
         <is>
-          <t>9789758640744</t>
+          <t>9786055543389</t>
         </is>
       </c>
       <c r="B2621" s="1" t="inlineStr">
         <is>
-          <t>Nitel ve Nicel Organik Analiz (Ciltli)</t>
+          <t>Türk-Amerikan İlişkilerinin Politik ve Ekonomik Boyutu</t>
         </is>
       </c>
       <c r="C2621" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2622" spans="1:3">
       <c r="A2622" s="1" t="inlineStr">
         <is>
-          <t>9786055804916</t>
+          <t>9786053440123</t>
         </is>
       </c>
       <c r="B2622" s="1" t="inlineStr">
         <is>
-          <t>Müşteri İlişkileri Yönetimi</t>
+          <t>Türk Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C2622" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2623" spans="1:3">
       <c r="A2623" s="1" t="inlineStr">
         <is>
-          <t>9799758895716</t>
+          <t>9786054562916</t>
         </is>
       </c>
       <c r="B2623" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Kaya Mekaniği İlkelere Giriş (Ciltli)</t>
+          <t>Ansiklopedik Türev Finansal Araçlar Sözlüğü</t>
         </is>
       </c>
       <c r="C2623" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2624" spans="1:3">
       <c r="A2624" s="1" t="inlineStr">
         <is>
-          <t>9799758895648</t>
+          <t>9789757313700</t>
         </is>
       </c>
       <c r="B2624" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Kaya Mekaniği Cilt 2: Çözümlü Örnekler (Ciltli)</t>
+          <t>Ticari ve Mali Matematik</t>
         </is>
       </c>
       <c r="C2624" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="2625" spans="1:3">
       <c r="A2625" s="1" t="inlineStr">
         <is>
-          <t>9799756009658</t>
+          <t>9786055543716</t>
         </is>
       </c>
       <c r="B2625" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Jeolojisi ve İnşaat (Ciltli)</t>
+          <t>Ticari İstihbarat ve Çağdaş İhracatın Stratejisi</t>
         </is>
       </c>
       <c r="C2625" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2626" spans="1:3">
       <c r="A2626" s="1" t="inlineStr">
         <is>
-          <t>9799756009207</t>
+          <t>9786055804572</t>
         </is>
       </c>
       <c r="B2626" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Siyasallaşması</t>
+          <t>Terör ve Türkiye</t>
         </is>
       </c>
       <c r="C2626" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2627" spans="1:3">
       <c r="A2627" s="1" t="inlineStr">
         <is>
-          <t>9799758640996</t>
+          <t>9786054562541</t>
         </is>
       </c>
       <c r="B2627" s="1" t="inlineStr">
         <is>
-          <t>Mechanical Desktop 6 - 2004</t>
+          <t>Terapatik Rekreasyon</t>
         </is>
       </c>
       <c r="C2627" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2628" spans="1:3">
       <c r="A2628" s="1" t="inlineStr">
         <is>
-          <t>9786053442851</t>
+          <t>9789944165082</t>
         </is>
       </c>
       <c r="B2628" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Modelleme</t>
+          <t>Temel Termodinamik Veriler</t>
         </is>
       </c>
       <c r="C2628" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2629" spans="1:3">
       <c r="A2629" s="1" t="inlineStr">
         <is>
-          <t>9786055804329</t>
+          <t>9799756009306</t>
         </is>
       </c>
       <c r="B2629" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat (MYO)</t>
+          <t>Temel Kimyasal Hesaplamalar</t>
         </is>
       </c>
       <c r="C2629" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2630" spans="1:3">
       <c r="A2630" s="1" t="inlineStr">
         <is>
-          <t>9786055804640</t>
+          <t>9789758640508</t>
         </is>
       </c>
       <c r="B2630" s="1" t="inlineStr">
         <is>
-          <t>Makina Teknik Resmi ve Tasarımı</t>
+          <t>Temel İnşaatı</t>
         </is>
       </c>
       <c r="C2630" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2631" spans="1:3">
       <c r="A2631" s="1" t="inlineStr">
         <is>
-          <t>9786054562640</t>
+          <t>9786055804831</t>
         </is>
       </c>
       <c r="B2631" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Faaliyetler ve Maliyetler</t>
+          <t>Tekstil Lifleri</t>
         </is>
       </c>
       <c r="C2631" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="2632" spans="1:3">
       <c r="A2632" s="1" t="inlineStr">
         <is>
-          <t>9786055804961</t>
+          <t>9789758396665</t>
         </is>
       </c>
       <c r="B2632" s="1" t="inlineStr">
         <is>
-          <t>Liselerde Coğrafya Dersi Öğretimi</t>
+          <t>Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C2632" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2633" spans="1:3">
       <c r="A2633" s="1" t="inlineStr">
         <is>
-          <t>9799757313303</t>
+          <t>9789944165778</t>
         </is>
       </c>
       <c r="B2633" s="1" t="inlineStr">
         <is>
-          <t>Koordinasyon Kimyası</t>
+          <t>Tarihi Gerekçeleriyle Harf İnkılabı ve Kazanımları</t>
         </is>
       </c>
       <c r="C2633" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2634" spans="1:3">
       <c r="A2634" s="1" t="inlineStr">
         <is>
-          <t>9799758640149</t>
+          <t>9799758640576</t>
         </is>
       </c>
       <c r="B2634" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde Muhasebe Uygulamaları</t>
+          <t>Talaş Kaldırma Prensipleri Cilt: 1</t>
         </is>
       </c>
       <c r="C2634" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2635" spans="1:3">
       <c r="A2635" s="1" t="inlineStr">
         <is>
-          <t>9786055543877</t>
+          <t>9789944165372</t>
         </is>
       </c>
       <c r="B2635" s="1" t="inlineStr">
         <is>
-          <t>Kantitatif Analiz Ders Kitabı (Ciltli)</t>
+          <t>Statik Çözümlü Problemlerle</t>
         </is>
       </c>
       <c r="C2635" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2636" spans="1:3">
       <c r="A2636" s="1" t="inlineStr">
         <is>
-          <t>9799756009153</t>
+          <t>9789758396382</t>
         </is>
       </c>
       <c r="B2636" s="1" t="inlineStr">
         <is>
-          <t>Jeoteknik Modelleme (Ciltli)</t>
+          <t>Sporda Organizasyon</t>
         </is>
       </c>
       <c r="C2636" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2637" spans="1:3">
       <c r="A2637" s="1" t="inlineStr">
         <is>
-          <t>9789944165723</t>
+          <t>9786053445838</t>
         </is>
       </c>
       <c r="B2637" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Açıdan Sınırlar</t>
+          <t>Spor Fizyolojisi ve Performans Ölçüm Testleri</t>
         </is>
       </c>
       <c r="C2637" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2638" spans="1:3">
       <c r="A2638" s="1" t="inlineStr">
         <is>
-          <t>9789944165266</t>
+          <t>3990000017026</t>
         </is>
       </c>
       <c r="B2638" s="1" t="inlineStr">
         <is>
-          <t>Jeofizik Aramaya Giriş</t>
+          <t>Seyahat Endüstrisi İşletmeleri</t>
         </is>
       </c>
       <c r="C2638" s="1">
-        <v>300</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2639" spans="1:3">
       <c r="A2639" s="1" t="inlineStr">
         <is>
-          <t>9786055804251</t>
+          <t>9786053440130</t>
         </is>
       </c>
       <c r="B2639" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Yönetim</t>
+          <t>Selam</t>
         </is>
       </c>
       <c r="C2639" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2640" spans="1:3">
       <c r="A2640" s="1" t="inlineStr">
         <is>
-          <t>9786055543198</t>
+          <t>9786055804220</t>
         </is>
       </c>
       <c r="B2640" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilikte Seçme Konular</t>
+          <t>Sektörel Muhasebe</t>
         </is>
       </c>
       <c r="C2640" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2641" spans="1:3">
       <c r="A2641" s="1" t="inlineStr">
         <is>
-          <t>9789758640850</t>
+          <t>9786055804473</t>
         </is>
       </c>
       <c r="B2641" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilikte Çağdaş Yönelimler</t>
+          <t>Sekreterlik Bilgisi</t>
         </is>
       </c>
       <c r="C2641" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="2642" spans="1:3">
       <c r="A2642" s="1" t="inlineStr">
         <is>
-          <t>9789944165785</t>
+          <t>9789944165136</t>
         </is>
       </c>
       <c r="B2642" s="1" t="inlineStr">
         <is>
-          <t>İşletme Becerileri Grup Çalışması</t>
+          <t>Seçimlerin Mekansal Analizi</t>
         </is>
       </c>
       <c r="C2642" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2643" spans="1:3">
       <c r="A2643" s="1" t="inlineStr">
         <is>
-          <t>9799758640903</t>
+          <t>9786055543495</t>
         </is>
       </c>
       <c r="B2643" s="1" t="inlineStr">
         <is>
-          <t>İşlemsel Yükselteçler ve Devre Deneyleri</t>
+          <t>Sazın ve Sözün Sultanları</t>
         </is>
       </c>
       <c r="C2643" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2644" spans="1:3">
       <c r="A2644" s="1" t="inlineStr">
         <is>
-          <t>9789757313311</t>
+          <t>9786053440314</t>
         </is>
       </c>
       <c r="B2644" s="1" t="inlineStr">
         <is>
-          <t>İktisat Politikası Düşüncesinin Evrimi</t>
+          <t>Sazın ve Sözün Sultanları 9</t>
         </is>
       </c>
       <c r="C2644" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2645" spans="1:3">
       <c r="A2645" s="1" t="inlineStr">
         <is>
-          <t>9789944165402</t>
+          <t>9786055543907</t>
         </is>
       </c>
       <c r="B2645" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>Sazın ve Sözün Sultanları 8</t>
         </is>
       </c>
       <c r="C2645" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2646" spans="1:3">
       <c r="A2646" s="1" t="inlineStr">
         <is>
-          <t>9786055543402</t>
+          <t>9786055543891</t>
         </is>
       </c>
       <c r="B2646" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku</t>
+          <t>Sazın ve Sözün Sultanları 7</t>
         </is>
       </c>
       <c r="C2646" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2647" spans="1:3">
       <c r="A2647" s="1" t="inlineStr">
         <is>
-          <t>9786054562497</t>
+          <t>9786055543778</t>
         </is>
       </c>
       <c r="B2647" s="1" t="inlineStr">
         <is>
-          <t>Isı Transferi</t>
+          <t>Sazın ve Sözün Sultanları 6</t>
         </is>
       </c>
       <c r="C2647" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2648" spans="1:3">
       <c r="A2648" s="1" t="inlineStr">
         <is>
-          <t>9786055543839</t>
+          <t>9786055543761</t>
         </is>
       </c>
       <c r="B2648" s="1" t="inlineStr">
         <is>
-          <t>Intro To Toefl</t>
+          <t>Sazın ve Sözün Sultanları 5</t>
         </is>
       </c>
       <c r="C2648" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2649" spans="1:3">
       <c r="A2649" s="1" t="inlineStr">
         <is>
-          <t>9789944165037</t>
+          <t>9786055804893</t>
         </is>
       </c>
       <c r="B2649" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlama Etkinliği ve Kalite</t>
+          <t>Sazın ve Sözün Sultanları 4</t>
         </is>
       </c>
       <c r="C2649" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2650" spans="1:3">
       <c r="A2650" s="1" t="inlineStr">
         <is>
-          <t>9786053448020</t>
+          <t>9786055804886</t>
         </is>
       </c>
       <c r="B2650" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Çocuk ve Genç</t>
+          <t>Sazın ve Sözün Sultanları 3</t>
         </is>
       </c>
       <c r="C2650" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2651" spans="1:3">
       <c r="A2651" s="1" t="inlineStr">
         <is>
-          <t>9786055543372</t>
+          <t>9786055804879</t>
         </is>
       </c>
       <c r="B2651" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Anlatı Türleri</t>
+          <t>Sazın ve Sözün Sultanları 2</t>
         </is>
       </c>
       <c r="C2651" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2652" spans="1:3">
       <c r="A2652" s="1" t="inlineStr">
         <is>
-          <t>9786053440215</t>
+          <t>9789944165907</t>
         </is>
       </c>
       <c r="B2652" s="1" t="inlineStr">
         <is>
-          <t>GVK40/41 İndirilecek-İndirilemeyecek Giderler</t>
+          <t>Sazın ve Sözün Sultanları 1</t>
         </is>
       </c>
       <c r="C2652" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2653" spans="1:3">
       <c r="A2653" s="1" t="inlineStr">
         <is>
-          <t>9786053440345</t>
+          <t>9789944165549</t>
         </is>
       </c>
       <c r="B2653" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Küçük İşletme Yönetimi</t>
+          <t>Sanal Hizmetlerde Hizmet Kalitesi</t>
         </is>
       </c>
       <c r="C2653" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2654" spans="1:3">
       <c r="A2654" s="1" t="inlineStr">
         <is>
-          <t>9789944165495</t>
+          <t>9786257045896</t>
         </is>
       </c>
       <c r="B2654" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Kültürü ve Kobiler</t>
+          <t>Sağlık Sistemleri ve Sağlık Politikası</t>
         </is>
       </c>
       <c r="C2654" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2655" spans="1:3">
       <c r="A2655" s="1" t="inlineStr">
         <is>
-          <t>9799758640873</t>
+          <t>9786055804657</t>
         </is>
       </c>
       <c r="B2655" s="1" t="inlineStr">
         <is>
-          <t>Girişimciler İçin İşletme Yönetimi</t>
+          <t>Rekreasyon</t>
         </is>
       </c>
       <c r="C2655" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2656" spans="1:3">
       <c r="A2656" s="1" t="inlineStr">
         <is>
-          <t>9789758640324</t>
+          <t>9786055804244</t>
         </is>
       </c>
       <c r="B2656" s="1" t="inlineStr">
         <is>
-          <t>Geoteknik Mühendisliğine Giriş (Ciltli)</t>
+          <t>Quick Basic ile Bilgisayar Programlama</t>
         </is>
       </c>
       <c r="C2656" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2657" spans="1:3">
       <c r="A2657" s="1" t="inlineStr">
         <is>
-          <t>9786053442523</t>
+          <t>9786055804510</t>
         </is>
       </c>
       <c r="B2657" s="1" t="inlineStr">
         <is>
-          <t>Genel Sosyoloji Ders Notları</t>
+          <t>Protokol Bilgisi (MYO)</t>
         </is>
       </c>
       <c r="C2657" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2658" spans="1:3">
       <c r="A2658" s="1" t="inlineStr">
         <is>
-          <t>9789757313779</t>
+          <t>9789754837957</t>
         </is>
       </c>
       <c r="B2658" s="1" t="inlineStr">
         <is>
-          <t>Genel Müzik Eğitimi</t>
+          <t>Petrol, Petrol Kimyası</t>
         </is>
       </c>
       <c r="C2658" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2659" spans="1:3">
       <c r="A2659" s="1" t="inlineStr">
         <is>
-          <t>9799758895433</t>
+          <t>9786053445555</t>
         </is>
       </c>
       <c r="B2659" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe Uygulamaları</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C2659" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2660" spans="1:3">
       <c r="A2660" s="1" t="inlineStr">
         <is>
-          <t>9789757313113</t>
+          <t>9799756009429</t>
         </is>
       </c>
       <c r="B2660" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya (2 Kitap Takım)</t>
+          <t>Para Teorisi ve Politikası</t>
         </is>
       </c>
       <c r="C2660" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2661" spans="1:3">
       <c r="A2661" s="1" t="inlineStr">
         <is>
-          <t>9799758895624</t>
+          <t>9786053440093</t>
         </is>
       </c>
       <c r="B2661" s="1" t="inlineStr">
         <is>
-          <t>Fizik - Konu Alanı Ders İnceleme Kılavuzu</t>
+          <t>Özel Sağlık Sektörü 2000 - 2010</t>
         </is>
       </c>
       <c r="C2661" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2662" spans="1:3">
       <c r="A2662" s="1" t="inlineStr">
         <is>
-          <t>9786053447399</t>
+          <t>9799758895693</t>
         </is>
       </c>
       <c r="B2662" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Özbek Türkçesinde Edatlar</t>
         </is>
       </c>
       <c r="C2662" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2663" spans="1:3">
       <c r="A2663" s="1" t="inlineStr">
         <is>
-          <t>9789944165419</t>
+          <t>9786055543709</t>
         </is>
       </c>
       <c r="B2663" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalar ve Para Politikası</t>
+          <t>Öteki Liderlik</t>
         </is>
       </c>
       <c r="C2663" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2664" spans="1:3">
       <c r="A2664" s="1" t="inlineStr">
         <is>
-          <t>9799758895914</t>
+          <t>9786053447894</t>
         </is>
       </c>
       <c r="B2664" s="1" t="inlineStr">
         <is>
-          <t>Finansal Opsiyonlar, Gerçek Opsiyonlar ve Uygulamaları</t>
+          <t>Örgütsel Bağlılık - Örgütsel Stratejilerin Temeli</t>
         </is>
       </c>
       <c r="C2664" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2665" spans="1:3">
       <c r="A2665" s="1" t="inlineStr">
         <is>
-          <t>9786257530279</t>
+          <t>9786055804275</t>
         </is>
       </c>
       <c r="B2665" s="1" t="inlineStr">
         <is>
-          <t>Finansal Analiz</t>
+          <t>Örgüt Zekası ve Yönetimi</t>
         </is>
       </c>
       <c r="C2665" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2666" spans="1:3">
       <c r="A2666" s="1" t="inlineStr">
         <is>
-          <t>9799756009641</t>
+          <t>9789944165358</t>
         </is>
       </c>
       <c r="B2666" s="1" t="inlineStr">
         <is>
-          <t>Fecr-i Ati Edebiyatı (Ciltli)</t>
+          <t>Örgüt Kültürü ve İş Tatmini</t>
         </is>
       </c>
       <c r="C2666" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2667" spans="1:3">
       <c r="A2667" s="1" t="inlineStr">
         <is>
-          <t>9786055543013</t>
+          <t>9789758640454</t>
         </is>
       </c>
       <c r="B2667" s="1" t="inlineStr">
         <is>
-          <t>Fazıl Bayraktar Paşa’nın Mektupları</t>
+          <t>Öğrenme Stiline Dayalı Öğretim ve Biyoloji Dersi Öğretimine Yönelik Ders Planı Örnekleri</t>
         </is>
       </c>
       <c r="C2667" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2668" spans="1:3">
       <c r="A2668" s="1" t="inlineStr">
         <is>
-          <t>9786055543563</t>
+          <t>9786055804121</t>
         </is>
       </c>
       <c r="B2668" s="1" t="inlineStr">
         <is>
-          <t>Evrene Yolculuk</t>
+          <t>Otel İşletmeleri Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C2668" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2669" spans="1:3">
       <c r="A2669" s="1" t="inlineStr">
         <is>
-          <t>9799756009238</t>
+          <t>9786053442110</t>
         </is>
       </c>
       <c r="B2669" s="1" t="inlineStr">
         <is>
-          <t>Evde Kullanılan Araçlar</t>
+          <t>Otel İşletmeciliği</t>
         </is>
       </c>
       <c r="C2669" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2670" spans="1:3">
       <c r="A2670" s="1" t="inlineStr">
         <is>
-          <t>9789758895496</t>
+          <t>9799756009474</t>
         </is>
       </c>
       <c r="B2670" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Osmanlı’da Modern Öğretim, Strateji, Yöntem ve Teknikleri</t>
         </is>
       </c>
       <c r="C2670" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2671" spans="1:3">
       <c r="A2671" s="1" t="inlineStr">
         <is>
-          <t>9786057805102</t>
+          <t>9786053440390</t>
         </is>
       </c>
       <c r="B2671" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Osmanlı Türkçesi Araştırmaları</t>
         </is>
       </c>
       <c r="C2671" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2672" spans="1:3">
       <c r="A2672" s="1" t="inlineStr">
         <is>
-          <t>9786054562886</t>
+          <t>9799758895723</t>
         </is>
       </c>
       <c r="B2672" s="1" t="inlineStr">
         <is>
-          <t>Enjoying English A1.2 Coursebook + Workbook</t>
+          <t>Ortaçağ’da Urfa</t>
         </is>
       </c>
       <c r="C2672" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2673" spans="1:3">
       <c r="A2673" s="1" t="inlineStr">
         <is>
-          <t>9786054562855</t>
+          <t>9786054562152</t>
         </is>
       </c>
       <c r="B2673" s="1" t="inlineStr">
         <is>
-          <t>Enjoying English A1.1 Coursebook + Workbook</t>
+          <t>Organik Reaksiyonlar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C2673" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="2674" spans="1:3">
       <c r="A2674" s="1" t="inlineStr">
         <is>
-          <t>9786055804060</t>
+          <t>9799758640293</t>
         </is>
       </c>
       <c r="B2674" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Şiddet</t>
+          <t>Orff Çalgıları Metodu - Birinci Kitap</t>
         </is>
       </c>
       <c r="C2674" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2675" spans="1:3">
       <c r="A2675" s="1" t="inlineStr">
         <is>
-          <t>9786055804978</t>
+          <t>9786055543624</t>
         </is>
       </c>
       <c r="B2675" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Fakülteleri İçin Coğrafya’da İstatistik Metodları</t>
+          <t>Olasılık ve İstatistiğe Giriş 2</t>
         </is>
       </c>
       <c r="C2675" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2676" spans="1:3">
       <c r="A2676" s="1" t="inlineStr">
         <is>
-          <t>9799756009399</t>
+          <t>9789758640744</t>
         </is>
       </c>
       <c r="B2676" s="1" t="inlineStr">
         <is>
-          <t>Egzersize Metabolik ve Isı Adaptasyonu</t>
+          <t>Nitel ve Nicel Organik Analiz (Ciltli)</t>
         </is>
       </c>
       <c r="C2676" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2677" spans="1:3">
       <c r="A2677" s="1" t="inlineStr">
         <is>
-          <t>9786053446798</t>
+          <t>9786055804916</t>
         </is>
       </c>
       <c r="B2677" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz ve Kalp</t>
+          <t>Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C2677" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2678" spans="1:3">
       <c r="A2678" s="1" t="inlineStr">
         <is>
-          <t>9799756009368</t>
+          <t>9799758895716</t>
         </is>
       </c>
       <c r="B2678" s="1" t="inlineStr">
         <is>
-          <t>Egzersiz ve Antrenmana Endokrinolojik Uyumlar</t>
+          <t>Mühendislik Kaya Mekaniği İlkelere Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C2678" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2679" spans="1:3">
       <c r="A2679" s="1" t="inlineStr">
         <is>
-          <t>9799756009405</t>
+          <t>9799758895648</t>
         </is>
       </c>
       <c r="B2679" s="1" t="inlineStr">
         <is>
-          <t>Ege Adaları Sorunu</t>
+          <t>Mühendislik Kaya Mekaniği Cilt 2: Çözümlü Örnekler (Ciltli)</t>
         </is>
       </c>
       <c r="C2679" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2680" spans="1:3">
       <c r="A2680" s="1" t="inlineStr">
         <is>
-          <t>9789758640003</t>
+          <t>9799756009658</t>
         </is>
       </c>
       <c r="B2680" s="1" t="inlineStr">
         <is>
-          <t>Dönemsonu Muhasebe Uygulamaları</t>
+          <t>Mühendislik Jeolojisi ve İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C2680" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2681" spans="1:3">
       <c r="A2681" s="1" t="inlineStr">
         <is>
-          <t>9786055804084</t>
+          <t>9799756009207</t>
         </is>
       </c>
       <c r="B2681" s="1" t="inlineStr">
         <is>
-          <t>Dinamik İktisadi Çözümleme</t>
+          <t>Mekanın Siyasallaşması</t>
         </is>
       </c>
       <c r="C2681" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2682" spans="1:3">
       <c r="A2682" s="1" t="inlineStr">
         <is>
-          <t>9789758895281</t>
+          <t>9799758640996</t>
         </is>
       </c>
       <c r="B2682" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Çözümlü Problemlerle</t>
+          <t>Mechanical Desktop 6 - 2004</t>
         </is>
       </c>
       <c r="C2682" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2683" spans="1:3">
       <c r="A2683" s="1" t="inlineStr">
         <is>
-          <t>9786055543488</t>
+          <t>9786053442851</t>
         </is>
       </c>
       <c r="B2683" s="1" t="inlineStr">
         <is>
-          <t>Devlet Muhasebesi</t>
+          <t>Matematiksel Modelleme</t>
         </is>
       </c>
       <c r="C2683" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2684" spans="1:3">
       <c r="A2684" s="1" t="inlineStr">
         <is>
-          <t>9799756009030</t>
+          <t>9786055804329</t>
         </is>
       </c>
       <c r="B2684" s="1" t="inlineStr">
         <is>
-          <t>Deney Düzenleri ve İstatistik Analizleri</t>
+          <t>Makro İktisat (MYO)</t>
         </is>
       </c>
       <c r="C2684" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2685" spans="1:3">
       <c r="A2685" s="1" t="inlineStr">
         <is>
-          <t>9786055804237</t>
+          <t>9786055804640</t>
         </is>
       </c>
       <c r="B2685" s="1" t="inlineStr">
         <is>
-          <t>Deney Düzenlemede İstatiksel Yöntemler</t>
+          <t>Makina Teknik Resmi ve Tasarımı</t>
         </is>
       </c>
       <c r="C2685" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2686" spans="1:3">
       <c r="A2686" s="1" t="inlineStr">
         <is>
-          <t>9789758895892</t>
+          <t>9786054562640</t>
         </is>
       </c>
       <c r="B2686" s="1" t="inlineStr">
         <is>
-          <t>Denetim ve Raporlama</t>
+          <t>Lojistik Faaliyetler ve Maliyetler</t>
         </is>
       </c>
       <c r="C2686" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2687" spans="1:3">
       <c r="A2687" s="1" t="inlineStr">
         <is>
-          <t>9789756009932</t>
+          <t>9786055804961</t>
         </is>
       </c>
       <c r="B2687" s="1" t="inlineStr">
         <is>
-          <t>Denel Organik Kimya (Ciltli)</t>
+          <t>Liselerde Coğrafya Dersi Öğretimi</t>
         </is>
       </c>
       <c r="C2687" s="1">
-        <v>1250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2688" spans="1:3">
       <c r="A2688" s="1" t="inlineStr">
         <is>
-          <t>9789944165235</t>
+          <t>9799757313303</t>
         </is>
       </c>
       <c r="B2688" s="1" t="inlineStr">
         <is>
-          <t>Değişim Çağında Teknoloji Yönetimi</t>
+          <t>Koordinasyon Kimyası</t>
         </is>
       </c>
       <c r="C2688" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2689" spans="1:3">
       <c r="A2689" s="1" t="inlineStr">
         <is>
-          <t>9789758640782</t>
+          <t>9799758640149</t>
         </is>
       </c>
       <c r="B2689" s="1" t="inlineStr">
         <is>
-          <t>Değere Dayalı Yönetim ve Entellektüel Sermaye (Ciltli)</t>
+          <t>Konaklama İşletmelerinde Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C2689" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2690" spans="1:3">
       <c r="A2690" s="1" t="inlineStr">
         <is>
-          <t>9799756009634</t>
+          <t>9786055543877</t>
         </is>
       </c>
       <c r="B2690" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Üzerine Yeni Notlar</t>
+          <t>Kantitatif Analiz Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C2690" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="2691" spans="1:3">
       <c r="A2691" s="1" t="inlineStr">
         <is>
-          <t>9799756009559</t>
+          <t>9799756009153</t>
         </is>
       </c>
       <c r="B2691" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Jeoteknik Modelleme (Ciltli)</t>
         </is>
       </c>
       <c r="C2691" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="2692" spans="1:3">
       <c r="A2692" s="1" t="inlineStr">
         <is>
-          <t>9789757313939</t>
+          <t>9789944165723</t>
         </is>
       </c>
       <c r="B2692" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Yabancı Dil Öğretimi</t>
+          <t>Jeopolitik Açıdan Sınırlar</t>
         </is>
       </c>
       <c r="C2692" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2693" spans="1:3">
       <c r="A2693" s="1" t="inlineStr">
         <is>
-          <t>9786055804442</t>
+          <t>9789944165266</t>
         </is>
       </c>
       <c r="B2693" s="1" t="inlineStr">
         <is>
-          <t>Çiçekname</t>
+          <t>Jeofizik Aramaya Giriş</t>
         </is>
       </c>
       <c r="C2693" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2694" spans="1:3">
       <c r="A2694" s="1" t="inlineStr">
         <is>
-          <t>9786053442165</t>
+          <t>9786055804251</t>
         </is>
       </c>
       <c r="B2694" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunlarına Ekonomik Yaklaşımlar ve Optimal Politika Arayışları</t>
+          <t>İşletmelerde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C2694" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2695" spans="1:3">
       <c r="A2695" s="1" t="inlineStr">
         <is>
-          <t>9786055804107</t>
+          <t>9786055543198</t>
         </is>
       </c>
       <c r="B2695" s="1" t="inlineStr">
         <is>
-          <t>Çevre Kimyası (Ciltli)</t>
+          <t>İşletmecilikte Seçme Konular</t>
         </is>
       </c>
       <c r="C2695" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2696" spans="1:3">
       <c r="A2696" s="1" t="inlineStr">
         <is>
-          <t>9799756009566</t>
+          <t>9789758640850</t>
         </is>
       </c>
       <c r="B2696" s="1" t="inlineStr">
         <is>
-          <t>Çevre Jeolojisine Giriş (Ciltli)</t>
+          <t>İşletmecilikte Çağdaş Yönelimler</t>
         </is>
       </c>
       <c r="C2696" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2697" spans="1:3">
       <c r="A2697" s="1" t="inlineStr">
         <is>
-          <t>9799758895303</t>
+          <t>9789944165785</t>
         </is>
       </c>
       <c r="B2697" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Öğretiminin Dilbilimsel Kılavuzu / Türkçe-İngilizce</t>
+          <t>İşletme Becerileri Grup Çalışması</t>
         </is>
       </c>
       <c r="C2697" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2698" spans="1:3">
       <c r="A2698" s="1" t="inlineStr">
         <is>
-          <t>9789944165570</t>
+          <t>9799758640903</t>
         </is>
       </c>
       <c r="B2698" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Boğazı Fiziki Coğrafyası</t>
+          <t>İşlemsel Yükselteçler ve Devre Deneyleri</t>
         </is>
       </c>
       <c r="C2698" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="2699" spans="1:3">
       <c r="A2699" s="1" t="inlineStr">
         <is>
-          <t>9786055804398</t>
+          <t>9789757313311</t>
         </is>
       </c>
       <c r="B2699" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi Teorisi</t>
+          <t>İktisat Politikası Düşüncesinin Evrimi</t>
         </is>
       </c>
       <c r="C2699" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2700" spans="1:3">
       <c r="A2700" s="1" t="inlineStr">
         <is>
-          <t>9789758640836</t>
+          <t>9789944165402</t>
         </is>
       </c>
       <c r="B2700" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İşletme Teknikleri</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C2700" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2701" spans="1:3">
       <c r="A2701" s="1" t="inlineStr">
         <is>
-          <t>9799756009283</t>
+          <t>9786055543402</t>
         </is>
       </c>
       <c r="B2701" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Dersi Öğretim Programı</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C2701" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2702" spans="1:3">
       <c r="A2702" s="1" t="inlineStr">
         <is>
-          <t>9799756009627</t>
+          <t>9786054562497</t>
         </is>
       </c>
       <c r="B2702" s="1" t="inlineStr">
         <is>
-          <t>C#.Net ile Nesne Temelli Programlamaya Giriş ve Algoritmalar</t>
+          <t>Isı Transferi</t>
         </is>
       </c>
       <c r="C2702" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2703" spans="1:3">
       <c r="A2703" s="1" t="inlineStr">
         <is>
-          <t>9786053442202</t>
+          <t>9786055543839</t>
         </is>
       </c>
       <c r="B2703" s="1" t="inlineStr">
         <is>
-          <t>Büyüme Teorileri Giriş</t>
+          <t>Intro To Toefl</t>
         </is>
       </c>
       <c r="C2703" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2704" spans="1:3">
       <c r="A2704" s="1" t="inlineStr">
         <is>
-          <t>9786055543426</t>
+          <t>9789944165037</t>
         </is>
       </c>
       <c r="B2704" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Hizmet Pazarlama Etkinliği ve Kalite</t>
         </is>
       </c>
       <c r="C2704" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2705" spans="1:3">
       <c r="A2705" s="1" t="inlineStr">
         <is>
-          <t>9786054562534</t>
+          <t>9786053448020</t>
         </is>
       </c>
       <c r="B2705" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Tasarruf ve Yatırımları Koruma Rehberi</t>
+          <t>Hastanede Çocuk ve Genç</t>
         </is>
       </c>
       <c r="C2705" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2706" spans="1:3">
       <c r="A2706" s="1" t="inlineStr">
         <is>
-          <t>9789944165198</t>
+          <t>9786055543372</t>
         </is>
       </c>
       <c r="B2706" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarlı Kalıp Tasarımı</t>
+          <t>Halk Edebiyatı Anlatı Türleri</t>
         </is>
       </c>
       <c r="C2706" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2707" spans="1:3">
       <c r="A2707" s="1" t="inlineStr">
         <is>
-          <t>9799758895143</t>
+          <t>9786053440215</t>
         </is>
       </c>
       <c r="B2707" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları ve Açık Sistem Mimarisi</t>
+          <t>GVK40/41 İndirilecek-İndirilemeyecek Giderler</t>
         </is>
       </c>
       <c r="C2707" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2708" spans="1:3">
       <c r="A2708" s="1" t="inlineStr">
         <is>
-          <t>9786054562633</t>
+          <t>9786053440345</t>
         </is>
       </c>
       <c r="B2708" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Türkçesi ve Türkiye Türkçesinde Yalancı Eş Değerler</t>
+          <t>Girişimcilik ve Küçük İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C2708" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2709" spans="1:3">
       <c r="A2709" s="1" t="inlineStr">
         <is>
-          <t>9789944165563</t>
+          <t>9789944165495</t>
         </is>
       </c>
       <c r="B2709" s="1" t="inlineStr">
         <is>
-          <t>AutoCAD Ortamında Programlama</t>
+          <t>Girişimcilik Kültürü ve Kobiler</t>
         </is>
       </c>
       <c r="C2709" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2710" spans="1:3">
       <c r="A2710" s="1" t="inlineStr">
         <is>
-          <t>9789944165976</t>
+          <t>9799758640873</t>
         </is>
       </c>
       <c r="B2710" s="1" t="inlineStr">
         <is>
-          <t>AutoCAD ile Çizim ve Modelleme</t>
+          <t>Girişimciler İçin İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C2710" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2711" spans="1:3">
       <c r="A2711" s="1" t="inlineStr">
         <is>
-          <t>9799756009313</t>
+          <t>9789758640324</t>
         </is>
       </c>
       <c r="B2711" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği</t>
+          <t>Geoteknik Mühendisliğine Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C2711" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2712" spans="1:3">
       <c r="A2712" s="1" t="inlineStr">
         <is>
-          <t>9799756009252</t>
+          <t>9786053442523</t>
         </is>
       </c>
       <c r="B2712" s="1" t="inlineStr">
         <is>
-          <t>Aile Ekonomisi</t>
+          <t>Genel Sosyoloji Ders Notları</t>
         </is>
       </c>
       <c r="C2712" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2713" spans="1:3">
       <c r="A2713" s="1" t="inlineStr">
         <is>
-          <t>9789758640645</t>
+          <t>9789757313779</t>
         </is>
       </c>
       <c r="B2713" s="1" t="inlineStr">
         <is>
-          <t>Ağaçişleri Teknik Resmi</t>
+          <t>Genel Müzik Eğitimi</t>
         </is>
       </c>
       <c r="C2713" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2714" spans="1:3">
       <c r="A2714" s="1" t="inlineStr">
         <is>
-          <t>9789756009918</t>
+          <t>9799758895433</t>
         </is>
       </c>
       <c r="B2714" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar Merkez Ağzı</t>
+          <t>Genel Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C2714" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2715" spans="1:3">
       <c r="A2715" s="1" t="inlineStr">
         <is>
-          <t>9786053440772</t>
+          <t>9789757313113</t>
         </is>
       </c>
       <c r="B2715" s="1" t="inlineStr">
         <is>
-          <t>Metal Destekli Estetik (Veneer-Kaplama)Kronlar (Ciltli)</t>
+          <t>Fizikokimya (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2715" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="2716" spans="1:3">
       <c r="A2716" s="1" t="inlineStr">
         <is>
-          <t>9786053440635</t>
+          <t>9799758895624</t>
         </is>
       </c>
       <c r="B2716" s="1" t="inlineStr">
         <is>
-          <t>Polimer Kimyası</t>
+          <t>Fizik - Konu Alanı Ders İnceleme Kılavuzu</t>
         </is>
       </c>
       <c r="C2716" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2717" spans="1:3">
       <c r="A2717" s="1" t="inlineStr">
         <is>
-          <t>9786053443346</t>
+          <t>9786053447399</t>
         </is>
       </c>
       <c r="B2717" s="1" t="inlineStr">
         <is>
-          <t>Para'nın Kitabı</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C2717" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2718" spans="1:3">
       <c r="A2718" s="1" t="inlineStr">
         <is>
-          <t>9786053443278</t>
+          <t>9789944165419</t>
         </is>
       </c>
       <c r="B2718" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Zenginliğin Ruhsal Temeli</t>
+          <t>Finansal Piyasalar ve Para Politikası</t>
         </is>
       </c>
       <c r="C2718" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2719" spans="1:3">
       <c r="A2719" s="1" t="inlineStr">
         <is>
-          <t>9786053443674</t>
+          <t>9799758895914</t>
         </is>
       </c>
       <c r="B2719" s="1" t="inlineStr">
         <is>
-          <t>Ekorekreasyon</t>
+          <t>Finansal Opsiyonlar, Gerçek Opsiyonlar ve Uygulamaları</t>
         </is>
       </c>
       <c r="C2719" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2720" spans="1:3">
       <c r="A2720" s="1" t="inlineStr">
         <is>
-          <t>9786053443520</t>
+          <t>9786257530279</t>
         </is>
       </c>
       <c r="B2720" s="1" t="inlineStr">
         <is>
-          <t>Doğuştan Gelen Arzumuzu Yerine Getirmek</t>
+          <t>Finansal Analiz</t>
         </is>
       </c>
       <c r="C2720" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2721" spans="1:3">
       <c r="A2721" s="1" t="inlineStr">
         <is>
-          <t>9786053443407</t>
+          <t>9799756009641</t>
         </is>
       </c>
       <c r="B2721" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Hipotez Testleri</t>
+          <t>Fecr-i Ati Edebiyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C2721" s="1">
-        <v>275</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="2722" spans="1:3">
       <c r="A2722" s="1" t="inlineStr">
         <is>
-          <t>9786053443704</t>
+          <t>9786055543013</t>
         </is>
       </c>
       <c r="B2722" s="1" t="inlineStr">
         <is>
-          <t>Kaynak Tüketim Muhasebe Modeli</t>
+          <t>Fazıl Bayraktar Paşa’nın Mektupları</t>
         </is>
       </c>
       <c r="C2722" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2723" spans="1:3">
       <c r="A2723" s="1" t="inlineStr">
         <is>
-          <t>9789758396320</t>
+          <t>9786055543563</t>
         </is>
       </c>
       <c r="B2723" s="1" t="inlineStr">
         <is>
-          <t>Güncel Ekonomik Sorunlar</t>
+          <t>Evrene Yolculuk</t>
         </is>
       </c>
       <c r="C2723" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2724" spans="1:3">
       <c r="A2724" s="1" t="inlineStr">
         <is>
-          <t>9786053440789</t>
+          <t>9799756009238</t>
         </is>
       </c>
       <c r="B2724" s="1" t="inlineStr">
         <is>
-          <t>Oklüzyon</t>
+          <t>Evde Kullanılan Araçlar</t>
         </is>
       </c>
       <c r="C2724" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2725" spans="1:3">
       <c r="A2725" s="1" t="inlineStr">
         <is>
-          <t>9786053440826</t>
+          <t>9789758895496</t>
         </is>
       </c>
       <c r="B2725" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ekonomisinin Tarihi</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C2725" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2726" spans="1:3">
       <c r="A2726" s="1" t="inlineStr">
         <is>
-          <t>9799758640330</t>
+          <t>9786057805102</t>
         </is>
       </c>
       <c r="B2726" s="1" t="inlineStr">
         <is>
-          <t>Kaya Mekaniğine Giriş (Ciltli)</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C2726" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2727" spans="1:3">
       <c r="A2727" s="1" t="inlineStr">
         <is>
-          <t>9786053440703</t>
+          <t>9786054562886</t>
         </is>
       </c>
       <c r="B2727" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırma El kitabı</t>
+          <t>Enjoying English A1.2 Coursebook + Workbook</t>
         </is>
       </c>
       <c r="C2727" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="2728" spans="1:3">
       <c r="A2728" s="1" t="inlineStr">
         <is>
-          <t>9786054562572</t>
+          <t>9786054562855</t>
         </is>
       </c>
       <c r="B2728" s="1" t="inlineStr">
         <is>
-          <t>İşlemler Yönetiminde Güncel Yaklaşımlar: Seçme Yazılar</t>
+          <t>Enjoying English A1.1 Coursebook + Workbook</t>
         </is>
       </c>
       <c r="C2728" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2729" spans="1:3">
       <c r="A2729" s="1" t="inlineStr">
         <is>
+          <t>9786055804060</t>
+        </is>
+      </c>
+      <c r="B2729" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim ve Şiddet</t>
+        </is>
+      </c>
+      <c r="C2729" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:3">
+      <c r="A2730" s="1" t="inlineStr">
+        <is>
+          <t>9786055804978</t>
+        </is>
+      </c>
+      <c r="B2730" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Fakülteleri İçin Coğrafya’da İstatistik Metodları</t>
+        </is>
+      </c>
+      <c r="C2730" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:3">
+      <c r="A2731" s="1" t="inlineStr">
+        <is>
+          <t>9799756009399</t>
+        </is>
+      </c>
+      <c r="B2731" s="1" t="inlineStr">
+        <is>
+          <t>Egzersize Metabolik ve Isı Adaptasyonu</t>
+        </is>
+      </c>
+      <c r="C2731" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:3">
+      <c r="A2732" s="1" t="inlineStr">
+        <is>
+          <t>9786053446798</t>
+        </is>
+      </c>
+      <c r="B2732" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve Kalp</t>
+        </is>
+      </c>
+      <c r="C2732" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:3">
+      <c r="A2733" s="1" t="inlineStr">
+        <is>
+          <t>9799756009368</t>
+        </is>
+      </c>
+      <c r="B2733" s="1" t="inlineStr">
+        <is>
+          <t>Egzersiz ve Antrenmana Endokrinolojik Uyumlar</t>
+        </is>
+      </c>
+      <c r="C2733" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:3">
+      <c r="A2734" s="1" t="inlineStr">
+        <is>
+          <t>9799756009405</t>
+        </is>
+      </c>
+      <c r="B2734" s="1" t="inlineStr">
+        <is>
+          <t>Ege Adaları Sorunu</t>
+        </is>
+      </c>
+      <c r="C2734" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:3">
+      <c r="A2735" s="1" t="inlineStr">
+        <is>
+          <t>9789758640003</t>
+        </is>
+      </c>
+      <c r="B2735" s="1" t="inlineStr">
+        <is>
+          <t>Dönemsonu Muhasebe Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C2735" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:3">
+      <c r="A2736" s="1" t="inlineStr">
+        <is>
+          <t>9786055804084</t>
+        </is>
+      </c>
+      <c r="B2736" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik İktisadi Çözümleme</t>
+        </is>
+      </c>
+      <c r="C2736" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:3">
+      <c r="A2737" s="1" t="inlineStr">
+        <is>
+          <t>9789758895281</t>
+        </is>
+      </c>
+      <c r="B2737" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik Çözümlü Problemlerle</t>
+        </is>
+      </c>
+      <c r="C2737" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:3">
+      <c r="A2738" s="1" t="inlineStr">
+        <is>
+          <t>9786055543488</t>
+        </is>
+      </c>
+      <c r="B2738" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C2738" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:3">
+      <c r="A2739" s="1" t="inlineStr">
+        <is>
+          <t>9799756009030</t>
+        </is>
+      </c>
+      <c r="B2739" s="1" t="inlineStr">
+        <is>
+          <t>Deney Düzenleri ve İstatistik Analizleri</t>
+        </is>
+      </c>
+      <c r="C2739" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:3">
+      <c r="A2740" s="1" t="inlineStr">
+        <is>
+          <t>9786055804237</t>
+        </is>
+      </c>
+      <c r="B2740" s="1" t="inlineStr">
+        <is>
+          <t>Deney Düzenlemede İstatiksel Yöntemler</t>
+        </is>
+      </c>
+      <c r="C2740" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:3">
+      <c r="A2741" s="1" t="inlineStr">
+        <is>
+          <t>9789758895892</t>
+        </is>
+      </c>
+      <c r="B2741" s="1" t="inlineStr">
+        <is>
+          <t>Denetim ve Raporlama</t>
+        </is>
+      </c>
+      <c r="C2741" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:3">
+      <c r="A2742" s="1" t="inlineStr">
+        <is>
+          <t>9789756009932</t>
+        </is>
+      </c>
+      <c r="B2742" s="1" t="inlineStr">
+        <is>
+          <t>Denel Organik Kimya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2742" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:3">
+      <c r="A2743" s="1" t="inlineStr">
+        <is>
+          <t>9789944165235</t>
+        </is>
+      </c>
+      <c r="B2743" s="1" t="inlineStr">
+        <is>
+          <t>Değişim Çağında Teknoloji Yönetimi</t>
+        </is>
+      </c>
+      <c r="C2743" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:3">
+      <c r="A2744" s="1" t="inlineStr">
+        <is>
+          <t>9789758640782</t>
+        </is>
+      </c>
+      <c r="B2744" s="1" t="inlineStr">
+        <is>
+          <t>Değere Dayalı Yönetim ve Entellektüel Sermaye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2744" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2745" spans="1:3">
+      <c r="A2745" s="1" t="inlineStr">
+        <is>
+          <t>9799756009634</t>
+        </is>
+      </c>
+      <c r="B2745" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Üzerine Yeni Notlar</t>
+        </is>
+      </c>
+      <c r="C2745" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2746" spans="1:3">
+      <c r="A2746" s="1" t="inlineStr">
+        <is>
+          <t>9799756009559</t>
+        </is>
+      </c>
+      <c r="B2746" s="1" t="inlineStr">
+        <is>
+          <t>Davranış Bilimleri</t>
+        </is>
+      </c>
+      <c r="C2746" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:3">
+      <c r="A2747" s="1" t="inlineStr">
+        <is>
+          <t>9789757313939</t>
+        </is>
+      </c>
+      <c r="B2747" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Yabancı Dil Öğretimi</t>
+        </is>
+      </c>
+      <c r="C2747" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2748" spans="1:3">
+      <c r="A2748" s="1" t="inlineStr">
+        <is>
+          <t>9786055804442</t>
+        </is>
+      </c>
+      <c r="B2748" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekname</t>
+        </is>
+      </c>
+      <c r="C2748" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2749" spans="1:3">
+      <c r="A2749" s="1" t="inlineStr">
+        <is>
+          <t>9786053442165</t>
+        </is>
+      </c>
+      <c r="B2749" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Sorunlarına Ekonomik Yaklaşımlar ve Optimal Politika Arayışları</t>
+        </is>
+      </c>
+      <c r="C2749" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2750" spans="1:3">
+      <c r="A2750" s="1" t="inlineStr">
+        <is>
+          <t>9786055804107</t>
+        </is>
+      </c>
+      <c r="B2750" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Kimyası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2750" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:3">
+      <c r="A2751" s="1" t="inlineStr">
+        <is>
+          <t>9799756009566</t>
+        </is>
+      </c>
+      <c r="B2751" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Jeolojisine Giriş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2751" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2752" spans="1:3">
+      <c r="A2752" s="1" t="inlineStr">
+        <is>
+          <t>9799758895303</t>
+        </is>
+      </c>
+      <c r="B2752" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Öğretiminin Dilbilimsel Kılavuzu / Türkçe-İngilizce</t>
+        </is>
+      </c>
+      <c r="C2752" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="2753" spans="1:3">
+      <c r="A2753" s="1" t="inlineStr">
+        <is>
+          <t>9789944165570</t>
+        </is>
+      </c>
+      <c r="B2753" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Boğazı Fiziki Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C2753" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2754" spans="1:3">
+      <c r="A2754" s="1" t="inlineStr">
+        <is>
+          <t>9786055804398</t>
+        </is>
+      </c>
+      <c r="B2754" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Ekonomisi Teorisi</t>
+        </is>
+      </c>
+      <c r="C2754" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2755" spans="1:3">
+      <c r="A2755" s="1" t="inlineStr">
+        <is>
+          <t>9789758640836</t>
+        </is>
+      </c>
+      <c r="B2755" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş İşletme Teknikleri</t>
+        </is>
+      </c>
+      <c r="C2755" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2756" spans="1:3">
+      <c r="A2756" s="1" t="inlineStr">
+        <is>
+          <t>9799756009283</t>
+        </is>
+      </c>
+      <c r="B2756" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Dersi Öğretim Programı</t>
+        </is>
+      </c>
+      <c r="C2756" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2757" spans="1:3">
+      <c r="A2757" s="1" t="inlineStr">
+        <is>
+          <t>9799756009627</t>
+        </is>
+      </c>
+      <c r="B2757" s="1" t="inlineStr">
+        <is>
+          <t>C#.Net ile Nesne Temelli Programlamaya Giriş ve Algoritmalar</t>
+        </is>
+      </c>
+      <c r="C2757" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2758" spans="1:3">
+      <c r="A2758" s="1" t="inlineStr">
+        <is>
+          <t>9786053442202</t>
+        </is>
+      </c>
+      <c r="B2758" s="1" t="inlineStr">
+        <is>
+          <t>Büyüme Teorileri Giriş</t>
+        </is>
+      </c>
+      <c r="C2758" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2759" spans="1:3">
+      <c r="A2759" s="1" t="inlineStr">
+        <is>
+          <t>9786055543426</t>
+        </is>
+      </c>
+      <c r="B2759" s="1" t="inlineStr">
+        <is>
+          <t>Biyokimya</t>
+        </is>
+      </c>
+      <c r="C2759" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2760" spans="1:3">
+      <c r="A2760" s="1" t="inlineStr">
+        <is>
+          <t>9786054562534</t>
+        </is>
+      </c>
+      <c r="B2760" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Tasarruf ve Yatırımları Koruma Rehberi</t>
+        </is>
+      </c>
+      <c r="C2760" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2761" spans="1:3">
+      <c r="A2761" s="1" t="inlineStr">
+        <is>
+          <t>9789944165198</t>
+        </is>
+      </c>
+      <c r="B2761" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayarlı Kalıp Tasarımı</t>
+        </is>
+      </c>
+      <c r="C2761" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2762" spans="1:3">
+      <c r="A2762" s="1" t="inlineStr">
+        <is>
+          <t>9799758895143</t>
+        </is>
+      </c>
+      <c r="B2762" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Ağları ve Açık Sistem Mimarisi</t>
+        </is>
+      </c>
+      <c r="C2762" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2763" spans="1:3">
+      <c r="A2763" s="1" t="inlineStr">
+        <is>
+          <t>9786054562633</t>
+        </is>
+      </c>
+      <c r="B2763" s="1" t="inlineStr">
+        <is>
+          <t>Başkurt Türkçesi ve Türkiye Türkçesinde Yalancı Eş Değerler</t>
+        </is>
+      </c>
+      <c r="C2763" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2764" spans="1:3">
+      <c r="A2764" s="1" t="inlineStr">
+        <is>
+          <t>9789944165563</t>
+        </is>
+      </c>
+      <c r="B2764" s="1" t="inlineStr">
+        <is>
+          <t>AutoCAD Ortamında Programlama</t>
+        </is>
+      </c>
+      <c r="C2764" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2765" spans="1:3">
+      <c r="A2765" s="1" t="inlineStr">
+        <is>
+          <t>9789944165976</t>
+        </is>
+      </c>
+      <c r="B2765" s="1" t="inlineStr">
+        <is>
+          <t>AutoCAD ile Çizim ve Modelleme</t>
+        </is>
+      </c>
+      <c r="C2765" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2766" spans="1:3">
+      <c r="A2766" s="1" t="inlineStr">
+        <is>
+          <t>9799756009313</t>
+        </is>
+      </c>
+      <c r="B2766" s="1" t="inlineStr">
+        <is>
+          <t>Akışkanlar Mekaniği</t>
+        </is>
+      </c>
+      <c r="C2766" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2767" spans="1:3">
+      <c r="A2767" s="1" t="inlineStr">
+        <is>
+          <t>9799756009252</t>
+        </is>
+      </c>
+      <c r="B2767" s="1" t="inlineStr">
+        <is>
+          <t>Aile Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C2767" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2768" spans="1:3">
+      <c r="A2768" s="1" t="inlineStr">
+        <is>
+          <t>9789758640645</t>
+        </is>
+      </c>
+      <c r="B2768" s="1" t="inlineStr">
+        <is>
+          <t>Ağaçişleri Teknik Resmi</t>
+        </is>
+      </c>
+      <c r="C2768" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2769" spans="1:3">
+      <c r="A2769" s="1" t="inlineStr">
+        <is>
+          <t>9789756009918</t>
+        </is>
+      </c>
+      <c r="B2769" s="1" t="inlineStr">
+        <is>
+          <t>Afyonkarahisar Merkez Ağzı</t>
+        </is>
+      </c>
+      <c r="C2769" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2770" spans="1:3">
+      <c r="A2770" s="1" t="inlineStr">
+        <is>
+          <t>9786053440772</t>
+        </is>
+      </c>
+      <c r="B2770" s="1" t="inlineStr">
+        <is>
+          <t>Metal Destekli Estetik (Veneer-Kaplama)Kronlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2770" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2771" spans="1:3">
+      <c r="A2771" s="1" t="inlineStr">
+        <is>
+          <t>9786053440635</t>
+        </is>
+      </c>
+      <c r="B2771" s="1" t="inlineStr">
+        <is>
+          <t>Polimer Kimyası</t>
+        </is>
+      </c>
+      <c r="C2771" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2772" spans="1:3">
+      <c r="A2772" s="1" t="inlineStr">
+        <is>
+          <t>9786053443346</t>
+        </is>
+      </c>
+      <c r="B2772" s="1" t="inlineStr">
+        <is>
+          <t>Para'nın Kitabı</t>
+        </is>
+      </c>
+      <c r="C2772" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="2773" spans="1:3">
+      <c r="A2773" s="1" t="inlineStr">
+        <is>
+          <t>9786053443278</t>
+        </is>
+      </c>
+      <c r="B2773" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Zenginliğin Ruhsal Temeli</t>
+        </is>
+      </c>
+      <c r="C2773" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2774" spans="1:3">
+      <c r="A2774" s="1" t="inlineStr">
+        <is>
+          <t>9786053443674</t>
+        </is>
+      </c>
+      <c r="B2774" s="1" t="inlineStr">
+        <is>
+          <t>Ekorekreasyon</t>
+        </is>
+      </c>
+      <c r="C2774" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="2775" spans="1:3">
+      <c r="A2775" s="1" t="inlineStr">
+        <is>
+          <t>9786053443520</t>
+        </is>
+      </c>
+      <c r="B2775" s="1" t="inlineStr">
+        <is>
+          <t>Doğuştan Gelen Arzumuzu Yerine Getirmek</t>
+        </is>
+      </c>
+      <c r="C2775" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="2776" spans="1:3">
+      <c r="A2776" s="1" t="inlineStr">
+        <is>
+          <t>9786053443407</t>
+        </is>
+      </c>
+      <c r="B2776" s="1" t="inlineStr">
+        <is>
+          <t>İstatistiksel Hipotez Testleri</t>
+        </is>
+      </c>
+      <c r="C2776" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="2777" spans="1:3">
+      <c r="A2777" s="1" t="inlineStr">
+        <is>
+          <t>9786053443704</t>
+        </is>
+      </c>
+      <c r="B2777" s="1" t="inlineStr">
+        <is>
+          <t>Kaynak Tüketim Muhasebe Modeli</t>
+        </is>
+      </c>
+      <c r="C2777" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2778" spans="1:3">
+      <c r="A2778" s="1" t="inlineStr">
+        <is>
+          <t>9789758396320</t>
+        </is>
+      </c>
+      <c r="B2778" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Ekonomik Sorunlar</t>
+        </is>
+      </c>
+      <c r="C2778" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2779" spans="1:3">
+      <c r="A2779" s="1" t="inlineStr">
+        <is>
+          <t>9786053440789</t>
+        </is>
+      </c>
+      <c r="B2779" s="1" t="inlineStr">
+        <is>
+          <t>Oklüzyon</t>
+        </is>
+      </c>
+      <c r="C2779" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2780" spans="1:3">
+      <c r="A2780" s="1" t="inlineStr">
+        <is>
+          <t>9786053440826</t>
+        </is>
+      </c>
+      <c r="B2780" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Ekonomisinin Tarihi</t>
+        </is>
+      </c>
+      <c r="C2780" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="2781" spans="1:3">
+      <c r="A2781" s="1" t="inlineStr">
+        <is>
+          <t>9799758640330</t>
+        </is>
+      </c>
+      <c r="B2781" s="1" t="inlineStr">
+        <is>
+          <t>Kaya Mekaniğine Giriş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2781" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2782" spans="1:3">
+      <c r="A2782" s="1" t="inlineStr">
+        <is>
+          <t>9786053440703</t>
+        </is>
+      </c>
+      <c r="B2782" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Araştırma El kitabı</t>
+        </is>
+      </c>
+      <c r="C2782" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2783" spans="1:3">
+      <c r="A2783" s="1" t="inlineStr">
+        <is>
+          <t>9786054562572</t>
+        </is>
+      </c>
+      <c r="B2783" s="1" t="inlineStr">
+        <is>
+          <t>İşlemler Yönetiminde Güncel Yaklaşımlar: Seçme Yazılar</t>
+        </is>
+      </c>
+      <c r="C2783" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2784" spans="1:3">
+      <c r="A2784" s="1" t="inlineStr">
+        <is>
           <t>9786053440819</t>
         </is>
       </c>
-      <c r="B2729" s="1" t="inlineStr">
+      <c r="B2784" s="1" t="inlineStr">
         <is>
           <t>Genel Matematik 2</t>
         </is>
       </c>
-      <c r="C2729" s="1">
+      <c r="C2784" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>