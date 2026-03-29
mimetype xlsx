--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -85,6625 +85,8980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257958066</t>
+          <t>9786057631893</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatı Terminolojisi</t>
+          <t>Y Kuşağı Ekseninde Lider Üye Etkileşimi ve Örgütsel Sinizm (Türkiye ve Kanada Örneği)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>341</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4440000000382</t>
+          <t>9786057631961</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü Personel Güçlendirme ve Yenilik</t>
+          <t>Dönüştürücü Liderlik ve Örgütsel Desteğin Örgütsel Bağlılık ve İşten Ayrılma: Örgütsel Güven Algısının Aracı Rolü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>271</v>
+        <v>264</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052889299</t>
+          <t>9786057631176</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Giresun Belediyesi 1923-1950</t>
+          <t>İskemik Önkoşullamanın Seçilmiş Fizyolojik Parametreler ve Anaerobik Performans Üzerine Akut Etkisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>176</v>
+        <v>155</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257958271</t>
+          <t>4440000000169</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Researches In Landscape and Ornamental Plants</t>
+          <t>Örgüt Kültürü Personel Güçlendirme ve Yenilik</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>227</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057758705</t>
+          <t>9786257958356</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yakarışlar ve Çelişkiler</t>
+          <t>Türkülerde Usül ve Velvele</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>683</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257958349</t>
+          <t>9786057631558</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Usül Kaynakları</t>
+          <t>Research Reviews in Architecture, Planning and Design</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>656</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257958967</t>
+          <t>9786057631381</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yorumunda İştikakın Rolü</t>
+          <t>Research Reviews in Engineering</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>251</v>
+        <v>119</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257958318</t>
+          <t>9786057631282</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İbn Hurdazbeh’in Musiki Risaleleri</t>
+          <t>Eğitim Bilimleri Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257046008</t>
+          <t>9786057631299</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Detail Design in Harsh Climates</t>
+          <t>Spor Bilimleri Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>832</v>
+        <v>119</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257046671</t>
+          <t>9786057631619</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Aliağa İlçesinde Sanayinin Tarihsel Gelişimi Yapısal Özellikleri ve Önemi</t>
+          <t>Research Reviews in Educational Sciences</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>151</v>
+        <v>30.27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057749178</t>
+          <t>9786057631633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Bilgiler Öğretim Programları Bağlamında Değerler Eğitimi : Tarihsel Gelişim ve Mevcut Durum</t>
+          <t>Research Reviews in Social, Human and Administrative Sciences</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>254</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057749222</t>
+          <t>9786057631541</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül Sonrası ABD’nin Terörle Savaş Stratejisi</t>
+          <t>Mimarlık, Planlama ve Tasarım Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>151</v>
+        <v>188</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057631695</t>
+          <t>9786052887356</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yozgatlı Yazar Abbas Sayar’ın Gazetecilik Hatıraları</t>
+          <t>Modern Bütünleşik Afet Yönetimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>151</v>
+        <v>204</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057631725</t>
+          <t>9786057631459</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi’nin Eserlerinde Mazi</t>
+          <t>Research Reviews in Science and Mathematics</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>403</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057631930</t>
+          <t>9786057631350</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Different Forms of Global Integration of Film Industry: The Case of Istanbul</t>
+          <t>Research Reviews in Health Sciences</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>352</v>
+        <v>37.1</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057631701</t>
+          <t>9786057623478</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yozgatlı Yazar Abbas Sayar’ın Gazete Yazıları</t>
+          <t>Eğitim mi Dediniz?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>157</v>
+        <v>323</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057631749</t>
+          <t>9786057623508</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi’nin Ahmet Metin ve Şirzad Romanında Bilgi Değerlendirmesi</t>
+          <t>Kıraatlerde Ahad Kavramı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>176</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057631992</t>
+          <t>9786057892065</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hakas Türkçesi ile Türkiye Türkçesi Arasındaki Yalancı Eş Değer Kelimeler</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>605</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057758729</t>
+          <t>9786052888957</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dünde Kalanlar</t>
+          <t>Öğretmenlik Uygulamasının Beden Eğitimi Öğretmeni Adaylarının Mesleki Yeterlilikleri ve Mesleğe Yönelik Tutumları Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>185</v>
+        <v>302</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257046145</t>
+          <t>9786057852984</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>New Horizons in the Defense Engineering</t>
+          <t>Sağlık Bilimleri Alanında Araştırma ve Değerlendirmeler Haziran 2019 Cilt 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>307</v>
+        <v>207</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057648624</t>
+          <t>9786257002318</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aklın Gördükleri</t>
+          <t>Uyuşturucunun Dinde Meşrulaştırılması Çabası Ottur Günahı Yoktur</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>160</v>
+        <v>204</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057631770</t>
+          <t>9786057852212</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Batı'da ve Osmanlı'da Feminizm ve Kadın Dergileri (1869-1927)</t>
+          <t>19. Yüzyıl Ermeni Müzisyenlerin Klasik Osmanlı Müziği’ne Katkıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>276</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057631473</t>
+          <t>9786057631985</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>K-38 Edvarı</t>
+          <t>Yaşam Günlüğü ile Deneyim Yönetimi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>298</v>
+        <v>173</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052888124</t>
+          <t>9786052886755</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Piyano İçin Türk Müziği Etütleri 3</t>
+          <t>Sinemada Yeni Dil Arayışları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>163</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057623409</t>
+          <t>9786057809803</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2016 Avrupa Futbol Şampiyonasında En Başarılı Dört Takımın Sistem Analizleri ve Sistemleri Uygulayış Şekline Göre Hücuma Çıkış Taktikleri</t>
+          <t>International Academic Researches in Health Sciences</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052888964</t>
+          <t>9786057852946</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Metin Eksenli Hadis Tenkidinde Öznellik ve Yorumsallık</t>
+          <t>Bülbülün Şarkısının İzinde (Philomela)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>540</v>
+        <v>264</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052888841</t>
+          <t>9786057631008</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk Girişimcilik Kültürünün Oluşmasında Müslüman ve Gayr-i Müslim Vatandaşların Üstlendikleri Roller</t>
+          <t>Bir Hitler Masalı Yahudi - Bolşevizmi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>151</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057623270</t>
+          <t>9786052887905</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Timur ve Bayezid Destanı</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Yenilikçi Yaklaşımlar Cilt 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>251</v>
+        <v>483</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057885685</t>
+          <t>9786057623867</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Düetleri</t>
+          <t>Ortaokul Öğrencilerinin Beden Eğitimi Derslerinde Görülen İstenmeyen Davranışları ve Öğretmenlerin Yaklaşımları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>291</v>
+        <v>363</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052886465</t>
+          <t>9786052887875</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Araştırma 1</t>
+          <t>Innovative Approaches in Social Human and Administrative Sciences</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057623522</t>
+          <t>9786052887899</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Alma</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Yenilikçi Yaklaşımlar Cilt 2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>176</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057623249</t>
+          <t>9786052888063</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Yaşam Zorunlu Annelik</t>
+          <t>Innovative Approaches in Sport Sciences</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>151</v>
+        <v>20.58</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057623355</t>
+          <t>9786052887868</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kentler İçin Çevre Bilinci</t>
+          <t>Approaches in Health Sciences</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>168</v>
+        <v>44.1</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052887523</t>
+          <t>9786257976633</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Presence Of Kosovar Turks: A Relation Of Identity And Education</t>
+          <t>Tanzimat, Teftiş ve Canik Sancağında Modernleşme</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>128</v>
+        <v>369</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052887585</t>
+          <t>9786257002219</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eşik Bekçisi Olarak Okur</t>
+          <t>Tarım Sektöründe Mevsimlik İşçi Hareketleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>136</v>
+        <v>173</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052888193</t>
+          <t>9786257002202</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rize Halk Kültürü - Sözlü Kültür</t>
+          <t>Kırsal Kesimde Yoksulluk Algısı ve Yaşam Memnuniyeti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>457</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052888988</t>
+          <t>9786057648051</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Efsaneleri</t>
+          <t>Arapça Türkçe Modern ve Klasik Konulu Terimler ve Kavramlar Sözlüğü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>295</v>
+        <v>338</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052887813</t>
+          <t>9786057623751</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müsebbib?</t>
+          <t>Klasik Türk Şiirinde Anne</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>151</v>
+        <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052887592</t>
+          <t>9786057623225</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Detail Design in Harsh Climates</t>
+          <t>Cumhuriyet Devri Türk Şiirinde İdeal Gençlik Tipleri (1923-1980)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>147</v>
+        <v>285</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052888629</t>
+          <t>9786057631022</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Winston Churchill İngilteresi 1940-1945</t>
+          <t>Hurrem Divanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>201</v>
+        <v>257</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057749550</t>
+          <t>9786052883914</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Futbolcularda Ayak Bileği İnversiyon Eversiyon Proprioseptif Antrenmanlarının Topa Vuruş Sürati, İsabeti ve Vücut Dengesi Üzerine Etkileri</t>
+          <t>Sağlık Bilimlerinde Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052888896</t>
+          <t>9786057852267</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Enerji Yönetimi</t>
+          <t>Kur’an-ı Kerim’de Korku</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>492</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057852205</t>
+          <t>9786052883884</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi ve Empati Açısından Çeviri Etkinliği</t>
+          <t>İlahiyat'ta Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>92</v>
+        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057623881</t>
+          <t>9786052887912</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Haza Mecmua-i Saz ü Söz’de Türler ve Biçimler</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler  Alanında Yenilikçi Yaklaşımlar Cilt 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>185</v>
+        <v>247</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057852359</t>
+          <t>9786052887851</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Satın Alma ve Tüketim Davranışları Üzerine Bir Araştırma</t>
+          <t>Sağlık Bilimleri Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>136</v>
+        <v>335</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057631954</t>
+          <t>9786052888032</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Akşam Gazetesi Başyazarı Necmeddin Sadık (Sadak) Bey’in Lozan Mektupları</t>
+          <t>Innovative Approaches in Philology</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>352</v>
+        <v>31.56</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057631756</t>
+          <t>9786052888223</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Maddi Buluntulara Göre Kuman Kıpçaklarda Kültürel Hayat</t>
+          <t>Tasarım Eğitiminde Yaratıcılık Olgusu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>291</v>
+        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052888285</t>
+          <t>9786057631268</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ilgın Kazası Kurumları ve Sosyo-Ekonomik Yapısı (1750 - 1850)</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Araştırma ve Değerlendirmeler Cilt 4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>428</v>
+        <v>158</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057623874</t>
+          <t>9786057852144</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Doğu Söylence ve Masallarının Sinemasal Anlatıya Etkisi</t>
+          <t>Aşırı Kredi ve Aşırı Yatırım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057623232</t>
+          <t>9786052887936</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Gürcü Sanatının Ana Hatları</t>
+          <t>Ziraat Orman ve Su Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>232</v>
+        <v>114</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052887714</t>
+          <t>9786052888087</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitiminde Bireysel Değer, Mesleki Yeterlilik ve Motivasyon</t>
+          <t>İlahiyat Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>136</v>
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052888667</t>
+          <t>9786052887974</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Filoloji Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>97</v>
+        <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057809636</t>
+          <t>9786052887967</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimleri</t>
+          <t>Mimarlık Planlama ve Tasarım Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>176</v>
+        <v>258</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057809421</t>
+          <t>9786052888049</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>International Researches in Health Sciences</t>
+          <t>Innovative Approaches in Educational Sciences</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>77</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057809650</t>
+          <t>9786052887950</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gastronomic Evolution</t>
+          <t>Mühendislik Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>328</v>
+        <v>227</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057852953</t>
+          <t>9786052888025</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nahçıvan Ağızlarının Sözcük Bilimi</t>
+          <t>Innovative Approaches in Engineering</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057631497</t>
+          <t>9786052887943</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kamu İktisadi Teşebbüslerinde Dönem Sonucunu Etkileyen Faktörlerin Analizi</t>
+          <t>Spor Bilimleri Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057623331</t>
+          <t>9786052887998</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Müzakere Yönetimi</t>
+          <t>Güzel Sanatlar Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>62</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057631343</t>
+          <t>9786052887929</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Lise Öğrencilerinin Futbola Yönelik Tutumları ve Beklentileri</t>
+          <t>Fen Bilimleri ve Matematik Alanında  Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>201</v>
+        <v>39.2</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057631510</t>
+          <t>9786052887837</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasetinin Güncel Gençlik Politikaları</t>
+          <t>Eğitim Bilimleri Alanında Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>176</v>
+        <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057613312</t>
+          <t>9786052883860</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Sev!</t>
+          <t>Filolojide Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>245</v>
+        <v>278</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786056904202</t>
+          <t>9786057631336</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Labirent</t>
+          <t>Mühendislik Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>152</v>
+        <v>99</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052888865</t>
+          <t>9786057631589</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sporda Bilimsel Yaklaşımlar</t>
+          <t>İş Analizinin İş Sağlığı ve Güvenliği Açısından Önemi: Çorum İmalat Sanayinde Bir Uygulama</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>151</v>
+        <v>219</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052889022</t>
+          <t>9786057623898</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zeydilik ve Selefilik Arasında İbnü'l- Vezir</t>
+          <t>Hayat Rehberi Kur'an</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257976534</t>
+          <t>9786057892102</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Çalışan Kamu Personelinin Acil Durum Eylem Planı ve İş Sağlığı ve Güvenliği Farkındalığının Tespiti Çanakkale Örneği</t>
+          <t>The Psychology Of Revolution</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>132</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257002295</t>
+          <t>9786057892133</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Akılcılık, Mürcie ve Ebu Hanife Çizgisinde Bir Oluşum Olarak Ashabu’r-Rey</t>
+          <t>Popular Lectures on Zoonomia or The Laws of  Animal Life in Health And Disease</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>227</v>
+        <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257976640</t>
+          <t>9786057892096</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Avanos Çömlekçiliği</t>
+          <t>The Thirty - Nine Steps</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>403</v>
+        <v>16.91</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257976541</t>
+          <t>9786057892171</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Yıl Türkiyesi Unutulmuş Bir Rapor</t>
+          <t>Faraday as a  Discoverer</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>123</v>
+        <v>21.62</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257976619</t>
+          <t>9786057892188</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyaset Açısından Türkiye’de Büyükşehir Belediye Yönetimi</t>
+          <t>An African Illionaire Episodes in The Life of The Illustrious Colonel Clay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>181</v>
+        <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257002271</t>
+          <t>9786052886243</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Öteki Nietzsche’ye Giriş: Bir Dahinin Deliliği Ya Da Bir Delinin Dehası</t>
+          <t>Mühendislik Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>160</v>
+        <v>25.9</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057758415</t>
+          <t>9786052886168</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yediden Yetmişe Kurgulu Resimli İlk Yardım Kitabı</t>
+          <t>İlahiyat Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>176</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057809667</t>
+          <t>9786052886205</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Yönetim ve Organizasyon</t>
+          <t>Fen Bilimleri ve Matematik Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>291</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057852489</t>
+          <t>9786052886137</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk ve Muhasebe İlişkisi: Bir Araştırma</t>
+          <t>Academic Studies In Science And Mathematics</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>212</v>
+        <v>35.28</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057852427</t>
+          <t>9786052886045</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Akitlerin Feshi</t>
+          <t>Academic Studies In Agriculture Forestry And Aquaculture Sciences</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>276</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057852397</t>
+          <t>9786052886120</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Değer Öğretimi Yaklaşımlarına Göre Hayat Bilgisi Dersinde Sorumluluk Eğitimi</t>
+          <t>Academic Studies In Health Sciences</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>163</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057631480</t>
+          <t>9786052886052</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rus Dilinde Görünüş Zaman ve Hareket Yöntemleri</t>
+          <t>Academic Studies In Educational Sciences</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>251</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057623836</t>
+          <t>9786052886113</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Okuma Güçlüğü ve Tedavisi</t>
+          <t>Academic Studies In Engineering</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>232</v>
+        <v>71</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057623775</t>
+          <t>9786052886106</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Suat Salih Asral Hayatı-Sanatı-Eserleri</t>
+          <t>Academic Studies In Architecture, Planning and Design</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>39.69</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057623256</t>
+          <t>9786052886182</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf Öğrencilerinin Okul Ortamındaki Duygusal Durumlarının İncelenmesi</t>
+          <t>Academic Studies In Philology</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>183</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057623287</t>
+          <t>9786052886199</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi Çalışmaları</t>
+          <t>Academic Studies In Sport Sciences</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>123</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052888384</t>
+          <t>9786052886069</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi İşletmecilik Tarihi</t>
+          <t>Academic Studies In Social Human And Administrative Sciences</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>452</v>
+        <v>96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057623812</t>
+          <t>9786052886144</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İttihad ve Terakki Yönetimine Muhalif Bir Bakış Hikmet Gazetesi 1912</t>
+          <t>Eğitim Bilimleri Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>276</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052888377</t>
+          <t>9786057623300</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Web Programlamanın Temelleri</t>
+          <t>Şehirler, Binalar ve Modernizm</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>151</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057623997</t>
+          <t>9786057631855</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Döneminde Mabeyn-i Hümayün ve Görevleri</t>
+          <t>Sosyal Bilimlerde Değişim ve Gelişim Yazıları 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>276</v>
+        <v>129</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052888292</t>
+          <t>9786057885906</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen Psikolojisi</t>
+          <t>Anadolu’da Tanzimat ve Teftiş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>323</v>
+        <v>521</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052884003</t>
+          <t>9786058096974</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde Akademik Araştırmalar</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>58</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057809964</t>
+          <t>9786057885425</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Keman İcracılığında Ekol Olmuş İki Usta İcracı: Haydar Tatlıyay ve Sadi Işılay</t>
+          <t>Beş Gün</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>276</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057749185</t>
+          <t>9786057623362</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kardiyak Rehabilitasyon</t>
+          <t>Dursun Ali Akınet'in Şiirlerinde Söz Varlığı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057852243</t>
+          <t>9786052887349</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Pili Katalizörleri</t>
+          <t>İbn-i Sina ile Soren Kierkegaard'ın Ölüm Anlayışının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>181</v>
+        <v>204</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052888247</t>
+          <t>9786052886670</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Maraşlı Mustafa Kamil Güfte- i Kamil</t>
+          <t>Türkiye Hizmet Sektörü ve Rekabet Edebilirlik</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>72</v>
+        <v>236</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052888162</t>
+          <t>9786052886557</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mimarlıkta Metinlerarası Serüven</t>
+          <t>Uluslararası Güvenlik ve Terörizm</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>171</v>
+        <v>476</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052887516</t>
+          <t>9786052886373</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ebu'l-Leys es-Semerkandi'nin Tefsir'u-l Kur'an'ında Esbab-ı Nüzul</t>
+          <t>Hindistan Ehl-i Hadis Ekolü ve Sıddık Hasan Han (v. 1307 / 1890)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>136</v>
+        <v>146</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057809407</t>
+          <t>9786052886380</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yerel ve Ulusal Boyutlarıyla Teoride ve Pratikte Vatanseverlik</t>
+          <t>Hindistan Ehli Hadis Ekolünde Şerh Geleneği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>201</v>
+        <v>302</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057852441</t>
+          <t>9786052886441</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Koçgiri Aşireti’nde Mezar Törenleri</t>
+          <t>Cahan ile Abdullah Hikayesi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>227</v>
+        <v>318</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057631183</t>
+          <t>9786052885321</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Eleştiri Bağlamında Adorno ve Müzik</t>
+          <t>Öğrenme Deneyimleri Yönetimi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>151</v>
+        <v>548</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057631367</t>
+          <t>9786052884713</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarının Çözümünde Uzlaşma Kurumu</t>
+          <t>Siyasal İletişimde Olumsuz Reklam Kullanımı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>198</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057623430</t>
+          <t>9786057885555</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde 1908 - 1938 Yılları Arasında Sosyolojik Bağlamda Halkçılık Hareketi</t>
+          <t>Mekik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>312</v>
+        <v>222</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057885852</t>
+          <t>9786057885371</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Resim Hali</t>
+          <t>İnat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>508</v>
+        <v>46</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057623201</t>
+          <t>9786057749239</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde İyi Asker Sendromu</t>
+          <t>Planlı Devletçilikten Neo-Liberalizme Geçiş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057885890</t>
+          <t>9786257976985</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Radyo Yayıncılığı</t>
+          <t>Batı Toroslar'da Geleneksel Mimarinin Miras Değeri: Düğmeli Evler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>201</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052888117</t>
+          <t>9786257958233</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri</t>
+          <t>Minik Taekwondocu Yiğit Taekwondo’ya Başlıyor</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>141</v>
+        <v>725</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052887646</t>
+          <t>9786052888520</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sınıf ve Ötesi</t>
+          <t>Bir Kentin Bilinmeyen Hazinesi: Anafartalar Çarşısı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>361</v>
+        <v>257</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052885697</t>
+          <t>9786052888131</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye ve Post - İslamcılık</t>
+          <t>HPNS</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>251</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052885376</t>
+          <t>9786057809544</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Araştırmalar ve Yaklaşımlar</t>
+          <t>Zeydiyye Ve Hadis</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>267</v>
+        <v>264</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052885314</t>
+          <t>9786057852977</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İslam Hukukçuları: Hayatları ve Eserleri</t>
+          <t>Research Reviews in Engineering</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>242</v>
+        <v>288</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052885338</t>
+          <t>9786057852960</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Suriye Krizi’nde Lübnan Hizbullahı’nın Rolü</t>
+          <t>Mühendislik Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>61</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057852007</t>
+          <t>9786057852991</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Dönemde İnsani Müdahale ve Kosova'nın Bağımsızlığı</t>
+          <t>2019 Research Reviews in Health Sciences</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>20.99</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057852120</t>
+          <t>9786057852373</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Scientific Developments 2019</t>
+          <t>Kayak Sporcularında Kişilik Özellikler Psikolojik Beceri ve Algılanan Stres Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>395</v>
+        <v>185</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057623539</t>
+          <t>9786052888056</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Habur Sınır Kapısı ve Şırnak Ekonomisi</t>
+          <t>Innovative Approaches In Science and Mathematics</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>123</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052885932</t>
+          <t>9786057892126</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Yaşamak</t>
+          <t>Prester John</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>107</v>
+        <v>86</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052885802</t>
+          <t>9786057892140</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gül Bağça - Kumuk Türkçesiyle Yazılmış Arap Harfli Bir Vaaz Kitabı</t>
+          <t>Moonfleet</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>533</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052886366</t>
+          <t>9786057892157</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Researches in Social Sciences</t>
+          <t>Laughter an Essay on The Meaning of The Comic</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>195</v>
+        <v>38.14</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057631305</t>
+          <t>9786057892164</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Feminizm (1960-80)</t>
+          <t>King Solomon’s Mine</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>478</v>
+        <v>29.4</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057623911</t>
+          <t>9786057892119</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği ve Oyunları Nazarıyatı</t>
+          <t>Talks To Teachers on Psychology and to Students on Some of Life’s Ideals</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>377</v>
+        <v>32.93</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052887691</t>
+          <t>9786052886175</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>2008 Küresel Finans Krizini Anlamak</t>
+          <t>Ziraat, Orman ve Su Ürünleri Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>151</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052887820</t>
+          <t>9786052886250</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Sözlüğü</t>
+          <t>Spor Billimleri Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>141</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052886212</t>
+          <t>9786052886229</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Planlama ve Tasarım Alanında Akademik</t>
+          <t>Sağlık Bilimleri Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>60</v>
+        <v>27.79</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052886236</t>
+          <t>9786052884638</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatlar Alanında Akademik Çalışmalar</t>
+          <t>Research and Reviews ın Social, Human and Administrative 2019</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>67</v>
+        <v>254</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052886151</t>
+          <t>9786257002097</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Filoloji Alanında Akademik Çalışmalar</t>
+          <t>Lübnan'da Lise Düzeyinde Okutulan Resmi Tarih Kitabında Türk Tarihi Algısı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>60</v>
+        <v>272</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057623485</t>
+          <t>9786052888971</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Multidisciplinary Current Research in Sports Sciences</t>
+          <t>Yeniden Prens Sabahattin</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>176</v>
+        <v>566</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057631671</t>
+          <t>9786052889336</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelikte Güncel Yaklaşımlar</t>
+          <t>Sağlık Bilimleri Alanında Araştırma ve Değerlendirmeler Cilt 2</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>160</v>
+        <v>62</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057631879</t>
+          <t>9786057852922</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beardsley ve Henle'nin Metafor Anlayışları (Absürtlük Teorisi)</t>
+          <t>Research Reviews in Architecture Planning and Design</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>136</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057631800</t>
+          <t>9786052888018</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Enerji Tüketiminin Makro Ekonomik Etkileri</t>
+          <t>Approaches in Architecture Planning And Design</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>227</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057885913</t>
+          <t>9786057809681</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Prayer - Work Psychology in Muslim World</t>
+          <t>Deniz Mayınları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>148</v>
+        <v>278</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052889039</t>
+          <t>9786057809155</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel İşlev ve Psikojenik İşitme (Histerik) Ölçümlerinin Değerlendirilmesi</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Araştırma ve Derlemeler 2019</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>201</v>
+        <v>294</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057885678</t>
+          <t>9786057809148</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Gizli Bir Cemiyet Kurma Girişimi</t>
+          <t>Sağlık Bilimleri Alanında Araştırma ve Derlemeler 2019</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>171</v>
+        <v>106</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052888261</t>
+          <t>9786057809131</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeni İletişim Teknolojileri Bağlamında Yeni Gazeteci Kimliği</t>
+          <t>Mimarlık Planlama ve Tasarım Alanında Araştırma ve Derlemeler 2019</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>267</v>
+        <v>72</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000059412</t>
+          <t>9786051805696</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>IoT Şeylerin İnterneti</t>
+          <t>Fen Bilimleri ve Matematik Alanında Araştırma Ve Derlemeler 2019</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>281</v>
+        <v>29.4</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052887707</t>
+          <t>9786257046084</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Abbasi Hilafetinde Sünni - Şii İktidar Mücadelesi</t>
+          <t>Küçük Paşa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>242</v>
+        <v>377</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052886007</t>
+          <t>9786257046091</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyetinde İskenderiye Şehri</t>
+          <t>Geç Dönem Çağatay Türkçesi İle Yazılmış Perizad-Senuber Hikayesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>267</v>
+        <v>227</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052885994</t>
+          <t>9786057623843</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlk Tunç Çağı'nda Uşak 1</t>
+          <t>Bir Sosyoloğun Yazıları 1</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>271</v>
+        <v>717</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057623317</t>
+          <t>9786057809193</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Spor Yönetimi</t>
+          <t>Bor ve Bor Atığının İnşaat Sektöründe Kullanım Stratejileri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>276</v>
+        <v>86</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057885395</t>
+          <t>9786057852588</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Ötesinde</t>
+          <t>Academic Research in Science and Engineering</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>132</v>
+        <v>43.79</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057885463</t>
+          <t>9786057852595</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Paris Dönüşü</t>
+          <t>Academic Researches in Health Sciences</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>141</v>
+        <v>34.1</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057885517</t>
+          <t>9786057852601</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu: Aksak Zamanı</t>
+          <t>Academic Researches in Social Sciences and Humanities</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>122</v>
+        <v>34</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057885470</t>
+          <t>9786052888209</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Satılık</t>
+          <t>Ses Dizgesi Sorunu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>111</v>
+        <v>227</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052889237</t>
+          <t>9786052889008</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağlar ve Günümüzdeki Cungarya ve Doğu Türkistan’ın Tasviri</t>
+          <t>Tüketici Hakları Farkındalığı ve Tasarruflar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>185</v>
+        <v>341</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057885340</t>
+          <t>9786057852861</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Çok İyi Hissediyorum</t>
+          <t>Eğitim Bilimleri Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>141</v>
+        <v>26.88</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052887677</t>
+          <t>9786057852854</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi'nin Niza-ı İlm ü Din Adlı Eseri</t>
+          <t>Research and Reviews In Educational Sciences - Summer 2019</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>500</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052887554</t>
+          <t>9786051804750</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Araçları ve Yer Bilimleri</t>
+          <t>Fen Bilimleri ve Matematik Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>256</v>
+        <v>15.99</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052888568</t>
+          <t>9786057852755</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Müzik Beğenisinde Yapısal Faktörler Üzerine Kişilik Duygular ve Tercihler</t>
+          <t>İlahiyat Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>171</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052888575</t>
+          <t>9786057852762</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı</t>
+          <t>Filoloji Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>171</v>
+        <v>86</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052887059</t>
+          <t>9786057852779</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi Çalışmalarında Tür Kavramı ve Tür İncelemesi</t>
+          <t>Research and Reviews In Philology - Summer 2019</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>151</v>
+        <v>22.39</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052887226</t>
+          <t>9786057852823</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Müslümanlarının Kurtuluş Reçetesi</t>
+          <t>Güzel Sanatlar Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>127</v>
+        <v>44</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052888537</t>
+          <t>9786057852939</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji̇k Açıdan Osmanlı Toplum Yapısı</t>
+          <t>Mimarlık Planlama ve Tasarım Alanında Araştırma ve Değerlendirmeler - 2019 / Haziran</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>201</v>
+        <v>119</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052889312</t>
+          <t>9786057631169</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Spor Gazeteleri̇nde Di̇l: Stad ve Fanati̇k Gazeteleri̇ Örneği̇</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Araştırma ve Değerlendirmeler Cilt 3</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>197</v>
+        <v>121</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052886892</t>
+          <t>9786057631152</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Filmlerinde Popüler Müzik</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Araştırma ve Değerlendirmeler Cilt 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>242</v>
+        <v>174</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052885949</t>
+          <t>9786057623973</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Stratejik ve Sosyal Araştırmalar Sempozyumu Bildiriler Kitabı</t>
+          <t>Sosyal Beşeri ve İdari Bilimler Alanında Araştırma ve Değerlendirmeler Cilt 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>533</v>
+        <v>144</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052886335</t>
+          <t>9786057631503</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Piyano Öğretimine Yepyeni Bir Yaklaşım: Animasyon Destekli Piyano Öğretim Yöntemi (ADPÖ)</t>
+          <t>Filoloji Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>312</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052887042</t>
+          <t>9786057631640</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Olympic Strategy Of Downtown Atlanta Business Elites: A Case Study Of The 1996 Atlanta Summer Olympics</t>
+          <t>Research Reviews in Philology</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>242</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052887004</t>
+          <t>9786057631527</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kuşak Farklılıkları ile Kurumsal İtibar Algısı ve Örgütsel Özdeşleşme İlişkisi</t>
+          <t>İlahiyat  Alanında  Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>256</v>
+        <v>90</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052887011</t>
+          <t>9786057631626</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Lacan'ın Metafor Anlayışı</t>
+          <t>Ziraat Orman ve Su Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>176</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052886489</t>
+          <t>9786057631572</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomik Değişkenler İle Borsa İstanbul Arasındaki İlişki</t>
+          <t>Güzel Sanatlar Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>201</v>
+        <v>72</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052887110</t>
+          <t>9786057852250</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Güreş Antrenörlerinin Davranış Tarzları</t>
+          <t>Türkiye Almanya Fransa Çin ve Japonya’da Öğretmen Yetiştirme (2000-2017)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>136</v>
+        <v>198</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052886427</t>
+          <t>9786057631466</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hacı Taşan Türkülerinde Makam</t>
+          <t>Fen Bilimleri ve Matematik Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>201</v>
+        <v>25.73</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052886991</t>
+          <t>9786057631374</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehrin Hikayesi Kayseri</t>
+          <t>Sağlık Bilimleri Alanında Araştırma ve Değerlendirmeler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>152</v>
+        <v>311</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052887233</t>
+          <t>9786057852366</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Fransız İhtilali’nin Büyük Britanya’daki Yankıları (1789-1792)</t>
+          <t>Yükselen Hilalin Teşkilatlanması</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>242</v>
+        <v>650</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057885586</t>
+          <t>9786257958066</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kırık Cam Parçaları Keskindir</t>
+          <t>Resim Sanatı Terminolojisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>133</v>
+        <v>512</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257002134</t>
+          <t>4440000000382</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Klasik Gitar (Kitap 1)</t>
+          <t>Örgüt Kültürü Personel Güçlendirme ve Yenilik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>605</v>
+        <v>271</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257046190</t>
+          <t>9786052889299</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çermik Şer’iyye Sicilleri</t>
+          <t>Cumhuriyet Döneminde Giresun Belediyesi 1923-1950</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>757</v>
+        <v>264</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257046053</t>
+          <t>9786257958271</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kadim Japon Şiiri Man’yöshü</t>
+          <t>Researches In Landscape and Ornamental Plants</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>656</v>
+        <v>341</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257958998</t>
+          <t>9786057758705</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçının Başlangıç Rehberi</t>
+          <t>Yakarışlar ve Çelişkiler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>551</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257958585</t>
+          <t>9786257958349</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Analysis Of Rural Development Investments</t>
+          <t>Türk Müziği Usül Kaynakları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>133</v>
+        <v>984</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257976268</t>
+          <t>9786257958967</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmenlerinin Eğitsel Oyun Oynatma Becerileri</t>
+          <t>Kur’an Yorumunda İştikakın Rolü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>377</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257046473</t>
+          <t>9786257958318</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Turkish-American Relations in World War 2: Survival Of Turkish Neutrality</t>
+          <t>İbn Hurdazbeh’in Musiki Risaleleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>227</v>
+        <v>285</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257958387</t>
+          <t>9786257046008</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Süheyli Feza’il-i Şam</t>
+          <t>Detail Design in Harsh Climates</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>136</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057809339</t>
+          <t>9786257046671</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Dersiamı Ordulu Mustafa Asım Efendi’nin Kitap Dünyası</t>
+          <t>Aliağa İlçesinde Sanayinin Tarihsel Gelişimi Yapısal Özellikleri ve Önemi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>201</v>
+        <v>227</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257958042</t>
+          <t>9786057749178</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ağrı İbrahim Çeçen Üniversitesi Öğrencileri Akademik ve İdari Personelinin Ağrı Kenti Hakkındaki Algıları ve Beklentileri</t>
+          <t>Türkiye’de Sosyal Bilgiler Öğretim Programları Bağlamında Değerler Eğitimi : Tarihsel Gelişim ve Mevcut Durum</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>201</v>
+        <v>285</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257958363</t>
+          <t>9786057749222</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim</t>
+          <t>11 Eylül Sonrası ABD’nin Terörle Savaş Stratejisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>123</v>
+        <v>227</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057758552</t>
+          <t>9786057631695</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Başyapıt KPSS Tarih Soru Bankası</t>
+          <t>Yozgatlı Yazar Abbas Sayar’ın Gazetecilik Hatıraları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>452</v>
+        <v>227</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057749512</t>
+          <t>9786057631725</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Belediyecilik Eğitimi</t>
+          <t>Samiha Ayverdi’nin Eserlerinde Mazi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>146</v>
+        <v>605</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057749536</t>
+          <t>9786057631930</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Finansal Başarısızlık Riskinin Ölçümünde Piyasa Verilerinin Kullanımı ve Yapısal Modeller Türk Bankacılık Sektörü'nde Uygulamalar</t>
+          <t>Different Forms of Global Integration of Film Industry: The Case of Istanbul</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>123</v>
+        <v>528</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057852458</t>
+          <t>9786057631701</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Birgivi'de Takva</t>
+          <t>Yozgatlı Yazar Abbas Sayar’ın Gazete Yazıları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>136</v>
+        <v>236</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052888186</t>
+          <t>9786057631749</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Söylem Olarak Küçürek Öykü</t>
+          <t>Ahmet Midhat Efendi’nin Ahmet Metin ve Şirzad Romanında Bilgi Değerlendirmesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>201</v>
+        <v>264</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052888551</t>
+          <t>9786057631992</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>1924-1949 Yılları Arasında Din Eğitimine Yönelik Yayınlanan Eserlerin Değerlendirilmesi</t>
+          <t>Hakas Türkçesi ile Türkiye Türkçesi Arasındaki Yalancı Eş Değer Kelimeler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>428</v>
+        <v>908</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257958150</t>
+          <t>9786057758729</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ud Alıştırmaları 1</t>
+          <t>Dünde Kalanlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>325</v>
+        <v>278</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057809902</t>
+          <t>9786257046145</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müzik Gelenek ve Temsil</t>
+          <t>New Horizons in the Defense Engineering</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>461</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052888445</t>
+          <t>9786057648624</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Koro Müziğinde Yeni Örnekler</t>
+          <t>Aklın Gördükleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>276</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057809575</t>
+          <t>9786057631770</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Viyolonsel Metodu Cello Method For Children</t>
+          <t>Modernleşme Sürecinde Batı'da ve Osmanlı'da Feminizm ve Kadın Dergileri (1869-1927)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>123</v>
+        <v>414</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057809612</t>
+          <t>9786057631473</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Bibliyografyası</t>
+          <t>K-38 Edvarı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>447</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057809162</t>
+          <t>9786052888124</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kimlik ve Ritüel</t>
+          <t>Piyano İçin Türk Müziği Etütleri 3</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056904233</t>
+          <t>9786057623409</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Olimpos</t>
+          <t>2016 Avrupa Futbol Şampiyonasında En Başarılı Dört Takımın Sistem Analizleri ve Sistemleri Uygulayış Şekline Göre Hücuma Çıkış Taktikleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>181</v>
+        <v>227</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057631794</t>
+          <t>9786052888964</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Richards ve Black'in Metafor Anlayışları (Etkileşim Teorisi)</t>
+          <t>Metin Eksenli Hadis Tenkidinde Öznellik ve Yorumsallık</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>171</v>
+        <v>810</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052888889</t>
+          <t>9786052888841</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İsfahan'da Hadisçilik</t>
+          <t>Türk Girişimcilik Kültürünün Oluşmasında Müslüman ve Gayr-i Müslim Vatandaşların Üstlendikleri Roller</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>478</v>
+        <v>227</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052887134</t>
+          <t>9786057623270</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mirat-ı Adalet Yahud Tarihçe-i 'Adliyye-i Devlet-i 'Aliyye</t>
+          <t>Timur ve Bayezid Destanı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>151</v>
+        <v>377</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052886083</t>
+          <t>9786057885685</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Akademik Çalışmalar - Cilt 2</t>
+          <t>Klasik Gitar Düetleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>172</v>
+        <v>437</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052886076</t>
+          <t>9786052886465</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Akademik Çalışmalar - Cilt 1</t>
+          <t>Spor Bilimlerinde Araştırma 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>237</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257976381</t>
+          <t>9786057623522</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Turizm Fakülte ve Yüksekokullarının Rehberlik Bölümleri İçin Turizmde Arapça 1</t>
+          <t>Çok Kriterli Karar Alma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>136</v>
+        <v>264</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786237976015</t>
+          <t>9786057623249</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre İnanç ve Davranışlarda İfrat ve Tefrit</t>
+          <t>Zorlu Yaşam Zorunlu Annelik</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>142</v>
+        <v>227</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257046138</t>
+          <t>9786057623355</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Müzik, Tiyatro ve Sinema Alanında Akademik Çalışmalar</t>
+          <t>Sürdürülebilir Kentler İçin Çevre Bilinci</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>276</v>
+        <v>252</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257046169</t>
+          <t>9786052887523</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Zaman Perspektifi ve Sportif Başarı</t>
+          <t>The Presence Of Kosovar Turks: A Relation Of Identity And Education</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>96</v>
+        <v>192</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9726857046176</t>
+          <t>9786052887585</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Keman Eğitimine Yeni Bir Yaklaşım</t>
+          <t>Yeni Eşik Bekçisi Olarak Okur</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>235</v>
+        <v>204</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257958080</t>
+          <t>9786052888193</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Miras ve Mekan Tasarım Özellikleri Açısından Blagay Tekkesi</t>
+          <t>Rize Halk Kültürü - Sözlü Kültür</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>132</v>
+        <v>686</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786056978111</t>
+          <t>9786052888988</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Konulara Göre Örnek Çözümlü Klasik Armoni Uygulamaları</t>
+          <t>Türkmen Efsaneleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>123</v>
+        <v>443</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056978128</t>
+          <t>9786052887813</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Democratic Life Quality Perception, World Assumptions and Values</t>
+          <t>Müsebbib?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057809186</t>
+          <t>9786052887592</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Televizyonu Yorumlamak</t>
+          <t>Detail Design in Harsh Climates</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>153</v>
+        <v>221</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057885357</t>
+          <t>9786052888629</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Lirik Gitar</t>
+          <t>Türk Basınında Winston Churchill İngilteresi 1940-1945</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>132</v>
+        <v>302</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057885500</t>
+          <t>9786057749550</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu: İki Yüzlü</t>
+          <t>Futbolcularda Ayak Bileği İnversiyon Eversiyon Proprioseptif Antrenmanlarının Topa Vuruş Sürati, İsabeti ve Vücut Dengesi Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>151</v>
+        <v>245</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057885319</t>
+          <t>9786052888896</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Lirik Klarnet</t>
+          <t>Enerji Yönetimi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>132</v>
+        <v>375</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057885548</t>
+          <t>9786057852205</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Sesi</t>
+          <t>Toplam Kalite Yönetimi ve Empati Açısından Çeviri Etkinliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>151</v>
+        <v>138</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057323768</t>
+          <t>9786057623881</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid Devrinde Bir Muhalif: Ahmed Saib ve Eseri Sultan Abdülhamid ve Saltanatının İlk Yılları</t>
+          <t>Haza Mecmua-i Saz ü Söz’de Türler ve Biçimler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>278</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057623591</t>
+          <t>9786057852359</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Işığında Tefekkür</t>
+          <t>Kadınların Satın Alma ve Tüketim Davranışları Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>251</v>
+        <v>204</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052888230</t>
+          <t>9786057631954</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Şem'i Tezkiretü'l-Hulefa</t>
+          <t>Akşam Gazetesi Başyazarı Necmeddin Sadık (Sadak) Bey’in Lozan Mektupları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>528</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056978142</t>
+          <t>9786057631756</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar Düetleri Kitap 2</t>
+          <t>Maddi Buluntulara Göre Kuman Kıpçaklarda Kültürel Hayat</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>291</v>
+        <v>437</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057852137</t>
+          <t>9786052888285</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinin Çeşitli Makamlarıyla Ezan (CD’li)</t>
+          <t>Ilgın Kazası Kurumları ve Sosyo-Ekonomik Yapısı (1750 - 1850)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>483</v>
+        <v>642</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057758538</t>
+          <t>9786057623874</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Nefes ve Semahlarla Elazığ (Baskil-Keban)</t>
+          <t>Doğu Söylence ve Masallarının Sinemasal Anlatıya Etkisi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>151</v>
+        <v>278</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257958332</t>
+          <t>9786057623232</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Max/MSP ile MIDI Programlama</t>
+          <t>Başlangıçtan Günümüze Gürcü Sanatının Ana Hatları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>123</v>
+        <v>348</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257958165</t>
+          <t>9786052887714</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medyada Haber Anadolu Ajansında Haberin Yapısal Dönüşümü</t>
+          <t>Beden Eğitiminde Bireysel Değer, Mesleki Yeterlilik ve Motivasyon</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>251</v>
+        <v>204</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257958226</t>
+          <t>9786052888667</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>From Göbeklitepe To Industry 4.0: Smart Buildings Smart Cities</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>201</v>
+        <v>146</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052886434</t>
+          <t>9786057809636</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Süreçte Anadolu'da Cüzzam</t>
+          <t>Sanayi Devrimleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>264</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257002301</t>
+          <t>9786057809421</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife ve Mezhepler Tarihi İçerisindeki Yeri</t>
+          <t>International Researches in Health Sciences</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>123</v>
+        <v>116</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057758361</t>
+          <t>9786057809650</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Keman Özelinde Çalgı Öğretimi Yöntem ve Teknikler</t>
+          <t>Gastronomic Evolution</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>181</v>
+        <v>492</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052886342</t>
+          <t>9786057852953</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihine Dair Yazılar 3</t>
+          <t>Nahçıvan Ağızlarının Sözcük Bilimi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>753</v>
+        <v>212</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257958905</t>
+          <t>9786057631497</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Reflexion Der Sozialen Medien Auf Jugendliteratur Im Rahmen Der Deutschen Literatur</t>
+          <t>Kamu İktisadi Teşebbüslerinde Dönem Sonucunu Etkileyen Faktörlerin Analizi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>195</v>
+        <v>327</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257958325</t>
+          <t>9786057623331</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Bir Şehir Gaziantep (1923-1950)</t>
+          <t>Müzakere Yönetimi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257958417</t>
+          <t>9786057631343</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Mimari Mirasın Korunması: Geleneksel Sürmene - Aksu Evleri</t>
+          <t>Lise Öğrencilerinin Futbola Yönelik Tutumları ve Beklentileri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>503</v>
+        <v>302</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257046206</t>
+          <t>9786057631510</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yaklaşımla İnteraktif Tenis Öğretimi</t>
+          <t>Türkiye Siyasetinin Güncel Gençlik Politikaları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>188</v>
+        <v>264</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257958431</t>
+          <t>9786057613312</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Sonrası Avrupa'da Binalar ve Modernizm</t>
+          <t>Bir Kadın Sev!</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>442</v>
+        <v>368</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057809049</t>
+          <t>9786056904202</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yeni Açık-Ekonomi Makro İktisadı Döviz Kuru Ve Cari İşlemler Hesabı</t>
+          <t>Labirent</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>210</v>
+        <v>228</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057852465</t>
+          <t>9786052888865</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Karanlık Fiziği</t>
+          <t>Sporda Bilimsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>151</v>
+        <v>227</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052887462</t>
+          <t>9786052889022</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Eğitiminde Teknoloji Kullanımına İlişkin Tutumlarının İncelenmesi</t>
+          <t>Zeydilik ve Selefilik Arasında İbnü'l- Vezir</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>193</v>
+        <v>443</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057623195</t>
+          <t>9786257976534</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fevri Ahlak-ı Mehmed Paşa</t>
+          <t>Sağlık Sektöründe Çalışan Kamu Personelinin Acil Durum Eylem Planı ve İş Sağlığı ve Güvenliği Farkındalığının Tespiti Çanakkale Örneği</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052887219</t>
+          <t>9786257002295</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Spor Tesislerinin Engelliler İçin Yeterlilik Düzeylerinin Kullanıcılar Açısından Araştırılması</t>
+          <t>Akılcılık, Mürcie ve Ebu Hanife Çizgisinde Bir Oluşum Olarak Ashabu’r-Rey</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>176</v>
+        <v>341</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052887325</t>
+          <t>9786257976640</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı Çocukların Eğitimi İçin 20 Farklı Öneri</t>
+          <t>Geçmişten Günümüze Avanos Çömlekçiliği</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>151</v>
+        <v>605</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000050518</t>
+          <t>9786257976541</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fahruddin Razi’ye Göre İ‘cazu’l-Kur’an</t>
+          <t>Onuncu Yıl Türkiyesi Unutulmuş Bir Rapor</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>268</v>
+        <v>185</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052887493</t>
+          <t>9786257976619</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Destanı</t>
+          <t>Yerel Siyaset Açısından Türkiye’de Büyükşehir Belediye Yönetimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>295</v>
+        <v>272</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000623869</t>
+          <t>9786257002271</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimi Öncesi Seramik Sanatı Tarihi</t>
+          <t>Öteki Nietzsche’ye Giriş: Bir Dahinin Deliliği Ya Da Bir Delinin Dehası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257002240</t>
+          <t>9786057758415</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Türk Şiirinde Tasavvuf Telakkisi (Ciltli)</t>
+          <t>Yediden Yetmişe Kurgulu Resimli İlk Yardım Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1082</v>
+        <v>264</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052888834</t>
+          <t>9786057809667</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Cicero ve Hegel’in Metafor Anlayışları</t>
+          <t>Sağlık İşletmelerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>176</v>
+        <v>437</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052888780</t>
+          <t>9786057852489</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>1703 Edirne Vakası</t>
+          <t>Kurumsal Sosyal Sorumluluk ve Muhasebe İlişkisi: Bir Araştırma</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>201</v>
+        <v>318</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052889244</t>
+          <t>9786057852427</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmeleri İçin Lezzet Diyarı</t>
+          <t>İslam Hukukunda Akitlerin Feshi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>606</v>
+        <v>414</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052888605</t>
+          <t>9786057852397</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Manevi Bakım Dini Danışma ve Rehberlik Açısında Aile İrşat ve Rehberlik Büroları</t>
+          <t>Değer Öğretimi Yaklaşımlarına Göre Hayat Bilgisi Dersinde Sorumluluk Eğitimi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052885925</t>
+          <t>9786057631480</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>SSCB Sonrasi Türkiye Siyasasının Karabağ Mesaisi 1991-1994</t>
+          <t>Rus Dilinde Görünüş Zaman ve Hareket Yöntemleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>188</v>
+        <v>377</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052885666</t>
+          <t>9786057623836</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ebubekir Celali Divanı</t>
+          <t>Okuma Güçlüğü ve Tedavisi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>551</v>
+        <v>348</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257002233</t>
+          <t>9786057623775</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin ve G7 Ülkelerinin Eğitim Politikalarının Karşılaştırılması: Kalkınma Sürecinde Eğitim Politikalarının Rolü</t>
+          <t>Suat Salih Asral Hayatı-Sanatı-Eserleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>60</v>
+        <v>315</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257002158</t>
+          <t>9786057623256</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Mekke-i Mükerreme Ma’a Medine-i Münevvere</t>
+          <t>İlkokul 4. Sınıf Öğrencilerinin Okul Ortamındaki Duygusal Durumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>352</v>
+        <v>275</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786287002608</t>
+          <t>9786057623287</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Etik İklim ve Örgütsel Kontrol Mekanizmalarının Sanal Kaytarma Davranışı Üzerindeki Etkisinde Örgütsel Sinizmin Aracılık Rolü</t>
+          <t>Siyaset Felsefesi Çalışmaları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>57</v>
+        <v>185</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257976275</t>
+          <t>9786052888384</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Paul And Early Christianity</t>
+          <t>Cumhuriyet Dönemi İşletmecilik Tarihi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>63</v>
+        <v>678</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257002592</t>
+          <t>9786057623812</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>HPNS</t>
+          <t>İttihad ve Terakki Yönetimine Muhalif Bir Bakış Hikmet Gazetesi 1912</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>227</v>
+        <v>414</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257976480</t>
+          <t>9786052888377</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Ezoterik Göstergeler Üzerine Artografi İncelemesi</t>
+          <t>Web Programlamanın Temelleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>227</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057809643</t>
+          <t>9786057623997</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Romanlarda Dil</t>
+          <t>2. Abdülhamid Döneminde Mabeyn-i Hümayün ve Görevleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>176</v>
+        <v>414</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057631213</t>
+          <t>9786052888292</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Eş’ariyye ve Matüridiyye’de İlahiyat Bahisleri</t>
+          <t>Çevirmen Psikolojisi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052889558</t>
+          <t>9786052884003</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Etkileri</t>
+          <t>Spor Bilimlerinde Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>140</v>
+        <v>87</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057852434</t>
+          <t>9786057809964</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Modlarında İki Sesli Dikte ve Solfej (Hüseyni)</t>
+          <t>Türk Müziği Keman İcracılığında Ekol Olmuş İki Usta İcracı: Haydar Tatlıyay ve Sadi Işılay</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>238</v>
+        <v>414</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057852731</t>
+          <t>9786057749185</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Anlama Sürecinde Arapçanın Yapısal İşlevleri</t>
+          <t>Kardiyak Rehabilitasyon</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>141</v>
+        <v>278</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057852700</t>
+          <t>9786057852243</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Marriage Traditions Around The World</t>
+          <t>Yakıt Pili Katalizörleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>56</v>
+        <v>272</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057852748</t>
+          <t>9786052888247</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Terim Türetme Yolları</t>
+          <t>Maraşlı Mustafa Kamil Güfte- i Kamil</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>108</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052889206</t>
+          <t>9786052888162</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Farklı Türdeki Hareketlilik Çalışmalarının Basketbolculardaki Bazı Fizyolojik Parametrelere Motorsal Yeteneklere ve Teknik Özelliklere Etkisi</t>
+          <t>Mimarlıkta Metinlerarası Serüven</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>141</v>
+        <v>257</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052887790</t>
+          <t>9786052887516</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Şaz Kıraatler ve Tefsire Etkisi</t>
+          <t>Ebu'l-Leys es-Semerkandi'nin Tefsir'u-l Kur'an'ında Esbab-ı Nüzul</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>204</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052888643</t>
+          <t>9786057809407</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Si̇yasal Parti̇ler Seçi̇m Si̇stemleri̇ ve Türki̇ye</t>
+          <t>Yerel ve Ulusal Boyutlarıyla Teoride ve Pratikte Vatanseverlik</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>267</v>
+        <v>302</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057885661</t>
+          <t>9786057852441</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Eği̇ti̇m Her Yerde Seçki̇leri</t>
+          <t>Koçgiri Aşireti’nde Mezar Törenleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>232</v>
+        <v>341</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052888155</t>
+          <t>9786057631183</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>F.C.S. Schiller’i̇n Pragmati̇k Hümani̇zmi</t>
+          <t>Estetik ve Eleştiri Bağlamında Adorno ve Müzik</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>276</v>
+        <v>227</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057885722</t>
+          <t>9786057631367</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kültürü Türki̇ye’de Trafi̇ği̇n Antropoloji̇si̇</t>
+          <t>Vergi Uyuşmazlıklarının Çözümünde Uzlaşma Kurumu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>246</v>
+        <v>330</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057623546</t>
+          <t>9786057623430</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Branded Entertainment: A Strategic Approach Towards Integrating Product Placement Practices in Turkey</t>
+          <t>Türk Düşüncesinde 1908 - 1938 Yılları Arasında Sosyolojik Bağlamda Halkçılık Hareketi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>468</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052887196</t>
+          <t>9786057885852</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Doğa Sporları 1</t>
+          <t>Çocuğun Resim Hali</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>227</v>
+        <v>762</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057809919</t>
+          <t>9786057623201</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ion Channels And The Cancer</t>
+          <t>İşletmelerde İyi Asker Sendromu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>368</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057809940</t>
+          <t>9786057885890</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Rehabilitation Exercises for Sports Injuries</t>
+          <t>Alternatif Radyo Yayıncılığı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>126</v>
+        <v>302</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052884799</t>
+          <t>9786052888117</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Research and Reviews In Science and Mathematics - Summer 2019</t>
+          <t>Büyük Veri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>451</v>
+        <v>212</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057809728</t>
+          <t>9786052887646</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Güreş Kültürü ve Kırkpınar Güreşleri</t>
+          <t>Sınıf ve Ötesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>317</v>
+        <v>542</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057809438</t>
+          <t>9786052885697</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Medyadan Yeni Medyaya Basın Ahlakı</t>
+          <t>Yeni Türkiye ve Post - İslamcılık</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>160</v>
+        <v>377</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057809629</t>
+          <t>9786052885376</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaşta Ara Kesit İsmet İnönü Dönemi (1938-1950)</t>
+          <t>Sosyal Bilimlerde Güncel Araştırmalar ve Yaklaşımlar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>90</v>
+        <v>401</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057809605</t>
+          <t>9786052885314</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Azerbaycan İlişkileri ve İran (1991-2003)</t>
+          <t>Türkiye İslam Hukukçuları: Hayatları ve Eserleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>363</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057648242</t>
+          <t>9786052885338</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>YDS / YÖKDİL Arapça - Tamamı Harekeli Modern ve Klasik Metin Okumaları 1 Diyaloglarla</t>
+          <t>Suriye Krizi’nde Lübnan Hizbullahı’nın Rolü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>463</v>
+        <v>285</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052886458</t>
+          <t>9786057852007</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Engellilerde Eğitsel Oyun</t>
+          <t>Soğuk Savaş Sonrası Dönemde İnsani Müdahale ve Kosova'nın Bağımsızlığı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>183</v>
+        <v>285</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057892478</t>
+          <t>9786057852120</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bilim Eğitim ve Yükselme (Endüstri 4.0'a Doğru)</t>
+          <t>Scientific Developments 2019</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>593</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057852304</t>
+          <t>9786057623539</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğrenme Yöntemleri - İngilizce Öğrenenler İçin Pratik Bilgiler</t>
+          <t>Habur Sınır Kapısı ve Şırnak Ekonomisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>136</v>
+        <v>185</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052887295</t>
+          <t>9786052885932</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Temel Fizik Laboratuvarı Deneyleri</t>
+          <t>Osmanlı'da Yaşamak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>136</v>
+        <v>161</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052888544</t>
+          <t>9786052885802</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Üç Boyutlu (3B) Baskı Teknolojileri</t>
+          <t>Gül Bağça - Kumuk Türkçesiyle Yazılmış Arap Harfli Bir Vaaz Kitabı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>256</v>
+        <v>800</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057852113</t>
+          <t>9786052886366</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Altay Türkçesi - Karşılaştırmalı Ses ve Şekil Bilgisi</t>
+          <t>Contemporary Researches in Social Sciences</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>262</v>
+        <v>293</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052888414</t>
+          <t>9786057631305</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Lehçeler Arası Sözlükçülük Bakımından Çağatayca Osmanlıca Sözlükler ve Luğat-i Pir Ali Şir Nevayi</t>
+          <t>Türk Romanında Feminizm (1960-80)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>717</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257976398</t>
+          <t>9786057623911</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Modern Arap Edebi Metinlerinden Külçeler</t>
+          <t>Türk Halk Müziği ve Oyunları Nazarıyatı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>295</v>
+        <v>566</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057852199</t>
+          <t>9786052887691</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Doğu Ermenice Öğrenim Kitabı A1 A2</t>
+          <t>2008 Küresel Finans Krizini Anlamak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>201</v>
+        <v>227</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257002196</t>
+          <t>9786052887820</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Salonların Mimari ve Akustik Açıdan Tasarım Süreçleri</t>
+          <t>Yeni Medya Sözlüğü</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1351</v>
+        <v>212</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257046022</t>
+          <t>9786052886212</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan Kaleleri: Savaş Sefer ve Kale Organizasyonu</t>
+          <t>Mimarlık Planlama ve Tasarım Alanında Akademik</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>806</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257958943</t>
+          <t>9786052886236</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Modları Çalıyorum 1 - Piyanoda Yeni Keşifler</t>
+          <t>Güzel Sanatlar Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>181</v>
+        <v>101</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057758699</t>
+          <t>9786052886151</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen Öyküleri: Bir Özbetimleme Çalışması</t>
+          <t>Filoloji Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>565</v>
+        <v>90</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257958394</t>
+          <t>9786057623485</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Performans Yönetimi</t>
+          <t>Multidisciplinary Current Research in Sports Sciences</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>225</v>
+        <v>264</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257046060</t>
+          <t>9786057631671</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sumer Evreni Hayat Ağacında Mitolojik Dünya</t>
+          <t>Hemşirelikte Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>503</v>
+        <v>240</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257046015</t>
+          <t>9786057631879</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Öğretiler ve Sürdürülebilir Mimarlık</t>
+          <t>Beardsley ve Henle'nin Metafor Anlayışları (Absürtlük Teorisi)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>148</v>
+        <v>204</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257046152</t>
+          <t>9786057631800</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnsanların İlah Olarak Edindikleri Objeler</t>
+          <t>Türkiye'de Enerji Tüketiminin Makro Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>212</v>
+        <v>341</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057758545</t>
+          <t>9786057885913</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Nasiruddin El-Beyzavi</t>
+          <t>Prayer - Work Psychology in Muslim World</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>215</v>
+        <v>222</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257002288</t>
+          <t>9786052889039</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Zizek Versus Kapitalizm: Alman İdealizminden Psikanalize İdeoloji Teorisi</t>
+          <t>Zihinsel İşlev ve Psikojenik İşitme (Histerik) Ölçümlerinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>332</v>
+        <v>302</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257958158</t>
+          <t>9786057885678</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Obezite, Aerobik Egzersiz ve Sirkadiyen Ritim İlişkisi</t>
+          <t>İzmir’de Gizli Bir Cemiyet Kurma Girişimi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>328</v>
+        <v>257</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257046183</t>
+          <t>9786052888261</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İşletim Sistemleri Güvenliği</t>
+          <t>Yeni İletişim Teknolojileri Bağlamında Yeni Gazeteci Kimliği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>201</v>
+        <v>401</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257958493</t>
+          <t>3990000059412</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Sıfat-ı Müşebbehe</t>
+          <t>IoT Şeylerin İnterneti</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>151</v>
+        <v>281</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257976510</t>
+          <t>9786052887707</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Bağrından Bir Aşık Kutubi</t>
+          <t>Abbasi Hilafetinde Sünni - Şii İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>153</v>
+        <v>363</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257958035</t>
+          <t>9786052886007</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir Yöresi Halk Oyunları</t>
+          <t>İslam Tarihi ve Medeniyetinde İskenderiye Şehri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>193</v>
+        <v>401</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257002257</t>
+          <t>9786052885994</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Araştırmalar - 2</t>
+          <t>İlk Tunç Çağı'nda Uşak 1</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>291</v>
+        <v>407</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257976701</t>
+          <t>9786057623317</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Sonsuz Bir Serüven: Karşılaştırmalı Edebiyat</t>
+          <t>Türkiye'de Spor Yönetimi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>160</v>
+        <v>414</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257976527</t>
+          <t>9786057885395</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sportif Faaliyetlere Katılım Düzeyi İle Sosyal Uyum ve İletişim Becerilerinin İncelenmesi</t>
+          <t>Kelimelerin Ötesinde</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>183</v>
+        <v>198</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257976602</t>
+          <t>9786057885463</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Efsanesi</t>
+          <t>Paris Dönüşü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>188</v>
+        <v>212</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057758484</t>
+          <t>9786057885517</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Kalemi</t>
+          <t>Zamanın Ruhu: Aksak Zamanı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>123</v>
+        <v>380</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257002141</t>
+          <t>9786057885470</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Medya Sosyolojisi</t>
+          <t>Satılık</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>227</v>
+        <v>167</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257002226</t>
+          <t>9786052889237</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan Efsaneleri</t>
+          <t>Eskiçağlar ve Günümüzdeki Cungarya ve Doğu Türkistan’ın Tasviri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>323</v>
+        <v>278</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057749543</t>
+          <t>9786057885340</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeye Direnme Mekanları: Siirt Kahvehane Kültürü</t>
+          <t>Kendimi Çok İyi Hissediyorum</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>201</v>
+        <v>212</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257002172</t>
+          <t>9786052887677</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Flüt İçin Günlük Çalışmalar (Daily Exercises for Flute)</t>
+          <t>Ahmet Midhat Efendi'nin Niza-ı İlm ü Din Adlı Eseri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>291</v>
+        <v>750</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257002165</t>
+          <t>9786052887554</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Oyuncak Müzeleri: Kültürel Miras Aktarımı ve Eğitimi</t>
+          <t>İnsansız Hava Araçları ve Yer Bilimleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>151</v>
+        <v>384</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257002103</t>
+          <t>9786052888568</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Doğrusal Modeller İle Türkiye'ye Ait Gayri Safi Yurt İçi Hasıla Tahmini</t>
+          <t>Müzik Beğenisinde Yapısal Faktörler Üzerine Kişilik Duygular ve Tercihler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>171</v>
+        <v>257</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057749192</t>
+          <t>9786052888575</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Sosyal Bilgiler Eğitimi: Etkinliklerle Sosyo-Kültürel Eğitim</t>
+          <t>Bal Arısı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>123</v>
+        <v>257</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786058022980</t>
+          <t>9786052887059</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Barış Köprüsü - Barış Manço Antolojisi</t>
+          <t>Halkbilimi Çalışmalarında Tür Kavramı ve Tür İncelemesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>176</v>
+        <v>227</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057749727</t>
+          <t>9786052887226</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kilo Veremeyişinizin Sebebi Belki De Düşünme Biçiminiz Ya Da Kişiliğinizdir</t>
+          <t>21. Yüzyıl Müslümanlarının Kurtuluş Reçetesi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>171</v>
+        <v>191</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057749246</t>
+          <t>9786052888537</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Manastır'da Hukuk ve Adalet Uygulamaları (1700-1730)</t>
+          <t>Sosyoloji̇k Açıdan Osmanlı Toplum Yapısı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>352</v>
+        <v>302</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057749390</t>
+          <t>9786052889312</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Yorum Bağlamında Kuran'ın Anlaşılması</t>
+          <t>Spor Gazeteleri̇nde Di̇l: Stad ve Fanati̇k Gazeteleri̇ Örneği̇</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>296</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057749451</t>
+          <t>9786052886892</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sektöründe Verimlilik Ölçümü</t>
+          <t>Yeşilçam Filmlerinde Popüler Müzik</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>206</v>
+        <v>363</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057749437</t>
+          <t>9786052885949</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçüm Sistemleri</t>
+          <t>Stratejik ve Sosyal Araştırmalar Sempozyumu Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>133</v>
+        <v>800</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057749215</t>
+          <t>9786052886335</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Kuramı ve Psikopatoloji</t>
+          <t>Piyano Öğretimine Yepyeni Bir Yaklaşım: Animasyon Destekli Piyano Öğretim Yöntemi (ADPÖ)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>136</v>
+        <v>468</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057809957</t>
+          <t>9786052887042</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyoloğun Yazıları 2</t>
+          <t>Olympic Strategy Of Downtown Atlanta Business Elites: A Case Study Of The 1996 Atlanta Summer Olympics</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>403</v>
+        <v>363</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057749208</t>
+          <t>9786052887004</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kent Kentleşme Yeni Kentleşme Trendleri ve Dünya  Şehir-Sistem'in Ortaya Çıkışı</t>
+          <t>Kuşak Farklılıkları ile Kurumsal İtibar Algısı ve Örgütsel Özdeşleşme İlişkisi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>403</v>
+        <v>384</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057809551</t>
+          <t>9786052887011</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Bölgesinin Unutulmayan Organik Lezzetleri (Ciltli)</t>
+          <t>Lacan'ın Metafor Anlayışı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1209</v>
+        <v>264</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057809971</t>
+          <t>9786052886489</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaza Hikayeciliği 2</t>
+          <t>Makroekonomik Değişkenler İle Borsa İstanbul Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>350</v>
+        <v>302</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057809674</t>
+          <t>9786052887110</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mazeppa</t>
+          <t>Güreş Antrenörlerinin Davranış Tarzları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>552</v>
+        <v>204</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057809704</t>
+          <t>9786052886427</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplarda Şeriat</t>
+          <t>Hacı Taşan Türkülerinde Makam</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>312</v>
+        <v>302</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057809698</t>
+          <t>9786052886991</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Eğitiminde Teknoloji ve Dijital Medya Edinci</t>
+          <t>Kadim Şehrin Hikayesi Kayseri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>393</v>
+        <v>228</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057648655</t>
+          <t>9786052887233</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi</t>
+          <t>Fransız İhtilali’nin Büyük Britanya’daki Yankıları (1789-1792)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>650</v>
+        <v>363</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051805290</t>
+          <t>9786057885586</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İbazıyye’nin Hadise Bakışı</t>
+          <t>Kırık Cam Parçaları Keskindir</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057852472</t>
+          <t>9786257002134</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>C Programlama Örnek Soru ve Cevapları</t>
+          <t>Çocuklarla Klasik Gitar (Kitap 1)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>251</v>
+        <v>908</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057631015</t>
+          <t>9786257046190</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Barış ve Güven</t>
+          <t>Çermik Şer’iyye Sicilleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>197</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057852311</t>
+          <t>9786257046053</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Oyun Değer</t>
+          <t>Kadim Japon Şiiri Man’yöshü</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>190</v>
+        <v>984</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057852717</t>
+          <t>9786257958998</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Aeromikrobiyoloji</t>
+          <t>Fotoğrafçının Başlangıç Rehberi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>133</v>
+        <v>827</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057852571</t>
+          <t>9786257958585</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kadı İzzeddin Camii ve Beyhekim Mescidi Çinileri</t>
+          <t>Analysis Of Rural Development Investments</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>166</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057852274</t>
+          <t>9786257976268</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kıble ve Kabe</t>
+          <t>Beden Eğitimi Öğretmenlerinin Eğitsel Oyun Oynatma Becerileri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>201</v>
+        <v>285</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057631978</t>
+          <t>9786257046473</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dağ 2 Filminin Pazarlaması ve Film Yapım Süreçleri</t>
+          <t>Turkish-American Relations in World War 2: Survival Of Turkish Neutrality</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>181</v>
+        <v>341</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057852281</t>
+          <t>9786257958387</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Panoraması</t>
+          <t>Süheyli Feza’il-i Şam</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>377</v>
+        <v>204</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057852298</t>
+          <t>9786057809339</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Wilfred Cantwell Smith - Dini Çoğulculuktan Küresel Bir Teoloji’ye</t>
+          <t>Bir Osmanlı Dersiamı Ordulu Mustafa Asım Efendi’nin Kitap Dünyası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>127</v>
+        <v>302</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057852236</t>
+          <t>9786257958042</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Vicdani Zeka İş Performansı</t>
+          <t>Ağrı İbrahim Çeçen Üniversitesi Öğrencileri Akademik ve İdari Personelinin Ağrı Kenti Hakkındaki Algıları ve Beklentileri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>123</v>
+        <v>302</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057885654</t>
+          <t>9786257958363</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sümer Evreni Hayat Ağacında İlk Türkler ve Ademleri Cilt 1</t>
+          <t>Etkili İletişim</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>377</v>
+        <v>185</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786057852106</t>
+          <t>9786057758552</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Metafor ve Semiyotik</t>
+          <t>Başyapıt KPSS Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>176</v>
+        <v>678</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057852090</t>
+          <t>9786057749512</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Enerji Güvenliği</t>
+          <t>Belediyecilik Eğitimi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>210</v>
+        <v>219</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786057631718</t>
+          <t>9786057749536</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret’in Şiirlerinde Fikir ve His</t>
+          <t>Finansal Başarısızlık Riskinin Ölçümünde Piyasa Verilerinin Kullanımı ve Yapısal Modeller Türk Bankacılık Sektörü'nde Uygulamalar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>251</v>
+        <v>185</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057631206</t>
+          <t>9786057852458</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir Efsaneleri Üzerine Bir Araştırma</t>
+          <t>İmam-ı Birgivi'de Takva</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057631848</t>
+          <t>9786052888186</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi İletişim ve Yansımaları</t>
+          <t>Postmodern Bir Söylem Olarak Küçürek Öykü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>123</v>
+        <v>302</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057631831</t>
+          <t>9786052888551</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Camilerinde Lale Devri Üslubu</t>
+          <t>1924-1949 Yılları Arasında Din Eğitimine Yönelik Yayınlanan Eserlerin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>757</v>
+        <v>642</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786057631664</t>
+          <t>9786257958150</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Anılarında Dilan Sineması</t>
+          <t>Ud Alıştırmaları 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>140</v>
+        <v>488</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057631565</t>
+          <t>9786057809902</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Yeni Bir Alan Testi Kullanılarak Anaerobik Eşik ve Koşu Hızı İlişkisi ile Performans Düzeyinin Belirlenmesi</t>
+          <t>Müzik Gelenek ve Temsil</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>151</v>
+        <v>285</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057631435</t>
+          <t>9786052888445</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Okuryazar Mısın(ız)? - Okuryazarlık Kültürü</t>
+          <t>Koro Müziğinde Yeni Örnekler</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>276</v>
+        <v>414</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786057631329</t>
+          <t>9786057809575</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>"Yol Elçisi" Ebubekir Eroğlu'nun Şiiri</t>
+          <t>Çocuklar İçin Viyolonsel Metodu Cello Method For Children</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786057631190</t>
+          <t>9786057809612</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Süt Endüstrisi Makineleri</t>
+          <t>Türk Müziği Bibliyografyası</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>218</v>
+        <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786057631404</t>
+          <t>9786057809162</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Etik</t>
+          <t>Göç, Kimlik ve Ritüel</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>132</v>
+        <v>450</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052887127</t>
+          <t>9786056904233</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Oğuzlar ve Oğuzlar Üzerine Araştırmalar</t>
+          <t>Olimpos</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>316</v>
+        <v>272</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052888827</t>
+          <t>9786057631794</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Kentleşme Bağlamında Suç</t>
+          <t>Richards ve Black'in Metafor Anlayışları (Etkileşim Teorisi)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>201</v>
+        <v>257</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052886410</t>
+          <t>9786052888889</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Düzce İli Sportif Rekreasyon Alanlarının Haritasının Çıkarılması ve Örnek Model Oluşturulması</t>
+          <t>İsfahan'da Hadisçilik</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>201</v>
+        <v>717</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786057623553</t>
+          <t>9786052887134</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Eğitiminde Biçim Üretme</t>
+          <t>Mirat-ı Adalet Yahud Tarihçe-i 'Adliyye-i Devlet-i 'Aliyye</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>291</v>
+        <v>227</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057885524</t>
+          <t>9786052886083</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yediler Meclisi</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Akademik Çalışmalar - Cilt 2</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>132</v>
+        <v>258</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052889282</t>
+          <t>9786052886076</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bedensel Engelli Sporcuların Spora Özgü Başarı Motivasyonlarının Değerlendirilmesi</t>
+          <t>Sosyal, Beşeri ve İdari Bilimler Alanında Akademik Çalışmalar - Cilt 1</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>193</v>
+        <v>330</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057623829</t>
+          <t>9786257976381</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Osmanlı Sarfı</t>
+          <t>Turizm Fakülte ve Yüksekokullarının Rehberlik Bölümleri İçin Turizmde Arapça 1</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>251</v>
+        <v>204</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052888216</t>
+          <t>9786237976015</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sinemilli Aleviliği</t>
+          <t>Kur'an'a Göre İnanç ve Davranışlarda İfrat ve Tefrit</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>201</v>
+        <v>213</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057623782</t>
+          <t>9786257046138</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü ve Emzirme (Ciltli)</t>
+          <t>Müzik, Tiyatro ve Sinema Alanında Akademik Çalışmalar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>141</v>
+        <v>414</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052888315</t>
+          <t>9786257046169</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencilerinin Fiziksel Aktivite Düzeyleri ve Obezite Farkındalık Durumları</t>
+          <t>Zaman Perspektifi ve Sportif Başarı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>210</v>
+        <v>144</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052888803</t>
+          <t>9726857046176</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Emni Mehmed Paşa ve Canibi Ali Paşa’nın Rusya ve Avusturya’ya Sefaret Hazırlık ve Yolculukları (1739 - 1741)</t>
+          <t>Keman Eğitimine Yeni Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>176</v>
+        <v>353</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052889053</t>
+          <t>9786257958080</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ülfet</t>
+          <t>Kültürel Miras ve Mekan Tasarım Özellikleri Açısından Blagay Tekkesi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>171</v>
+        <v>198</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057623447</t>
+          <t>9786056978111</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Belge ve Fotoğraflarla Osmanlıdan Günümüze 19 Mayıs Gençlik ve Spor Bayramı: 100 Yıllık Bir Tarih</t>
+          <t>Konulara Göre Örnek Çözümlü Klasik Armoni Uygulamaları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>531</v>
+        <v>185</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052888919</t>
+          <t>9786056978128</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Sektöründe Pazarlama ve Satış Yönlü Hedef Baskısı</t>
+          <t>Democratic Life Quality Perception, World Assumptions and Values</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>201</v>
+        <v>327</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052888469</t>
+          <t>9786057809186</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Riski Türev Ürün Kullanımı ve Bankacılık Sektörü Uygulamalı Akademik Analizler</t>
+          <t>Televizyonu Yorumlamak</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>141</v>
+        <v>230</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052889220</t>
+          <t>9786057885357</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dutluk Güreşleri</t>
+          <t>Lirik Gitar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>146</v>
+        <v>198</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052888704</t>
+          <t>9786057885500</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Terimler Sözlüğü</t>
+          <t>Zamanın Ruhu: İki Yüzlü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>141</v>
+        <v>227</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052888650</t>
+          <t>9786057885319</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İmalat Sanayi Piyasasında Fiyatlama ve Fiyat Bekleyişlerinin Önemi</t>
+          <t>Lirik Klarnet</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>151</v>
+        <v>198</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052886472</t>
+          <t>9786057885548</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sporda İnsan Hakları</t>
+          <t>Toprağın Sesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>123</v>
+        <v>392</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057885883</t>
+          <t>9786057323768</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Balkanlarda Ulusçuluk Hareketleri ve Avrupalı Devletlerin Balkanlar Politikası</t>
+          <t>Sultan 2. Abdülhamid Devrinde Bir Muhalif: Ahmed Saib ve Eseri Sultan Abdülhamid ve Saltanatının İlk Yılları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>201</v>
+        <v>285</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052888360</t>
+          <t>9786057623591</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>5N1J</t>
+          <t>Kur’an’ın Işığında Tefekkür</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>153</v>
+        <v>377</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057623461</t>
+          <t>9786052888230</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Nihat Bey Divanı</t>
+          <t>Şem'i Tezkiretü'l-Hulefa</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057623324</t>
+          <t>9786056978142</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Mobbing (Bir Vaka Çalışması)</t>
+          <t>Klasik Gitar Düetleri Kitap 2</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>193</v>
+        <v>437</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057623379</t>
+          <t>9786057852137</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Televizyondaki Agora: Bir Kamusal Alan İmkanı Olarak Televizyon</t>
+          <t>Türk Müziğinin Çeşitli Makamlarıyla Ezan (CD’li)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>215</v>
+        <v>725</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052888148</t>
+          <t>9786057758538</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ardanuç Nüfus Defterleri (1835)</t>
+          <t>Nefes ve Semahlarla Elazığ (Baskil-Keban)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>377</v>
+        <v>227</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057623348</t>
+          <t>9786257958332</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Değişen Anlamı: Beslenme Üzerinden Bir İnceleme</t>
+          <t>Max/MSP ile MIDI Programlama</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052888728</t>
+          <t>9786257958165</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Özbek Yazar Pirimkul Kadirov’un Romancılığı</t>
+          <t>Yeni Medyada Haber Anadolu Ajansında Haberin Yapısal Dönüşümü</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>267</v>
+        <v>377</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057623218</t>
+          <t>9786257958226</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Total Diz Protezi</t>
+          <t>From Göbeklitepe To Industry 4.0: Smart Buildings Smart Cities</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052887547</t>
+          <t>9786052886434</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çağında Frene Basmak</t>
+          <t>Tarihsel Süreçte Anadolu'da Cüzzam</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>267</v>
+        <v>450</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057623034</t>
+          <t>9786257002301</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Değişen Kullanım İhtiyaçları Karşısında Hastane Giriş Mekanları’nın Şekillenmesi</t>
+          <t>Ebu Hanife ve Mezhepler Tarihi İçerisindeki Yeri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>136</v>
+        <v>185</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052887660</t>
+          <t>9786057758361</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Asar-ı Kemal'deki Şerh-i Esma-i Hüsna Esma-i Nebi ve Na't-ı Enbiya</t>
+          <t>Keman Özelinde Çalgı Öğretimi Yöntem ve Teknikler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>215</v>
+        <v>272</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052887561</t>
+          <t>9786052886342</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Şiddete Karşı Çalışanların Bireysel Çatışma Yönetimi Yaklaşımları</t>
+          <t>Türk Tarihine Dair Yazılar 3</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>185</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052888094</t>
+          <t>9786257958905</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi Öğretmenlerinin Okul Sporlarında Karşılaştıkları Sorunlar</t>
+          <t>Reflexion Der Sozialen Medien Auf Jugendliteratur Im Rahmen Der Deutschen Literatur</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>136</v>
+        <v>293</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057885821</t>
+          <t>9786257958325</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasi Partinin Başarı Dinamikleri: Alman Cdu Örneği</t>
+          <t>Küllerinden Doğan Bir Şehir Gaziantep (1923-1950)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>267</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052888933</t>
+          <t>9786257958417</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Güdüsel İklim Güdülenme ve Optimal Performans Duygu Durumunun Beden Eğitimi Dersi Ortamında İncelenmesi</t>
+          <t>Kırsal Mimari Mirasın Korunması: Geleneksel Sürmene - Aksu Evleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>273</v>
+        <v>755</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057885975</t>
+          <t>9786257046206</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Zamanlarda Kadına Yönelik Şiddet</t>
+          <t>Yeni Yaklaşımla İnteraktif Tenis Öğretimi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>136</v>
+        <v>282</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052887639</t>
+          <t>9786257958431</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Bölgesi Kıraç ve Taban Arazi Koşullarında Yetiştirilen Biberiye(Rosmarinus Officinalis L.) Çeşitlerinin Verim ve Kalitesi Üzerine Araştırmalar</t>
+          <t>İkinci Dünya Savaşı Sonrası Avrupa'da Binalar ve Modernizm</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>176</v>
+        <v>663</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052887806</t>
+          <t>9786057809049</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Arap Gramerinde Kavram ve Terminoloji Sorunu</t>
+          <t>Yeni Açık-Ekonomi Makro İktisadı Döviz Kuru Ve Cari İşlemler Hesabı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>323</v>
+        <v>315</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052887776</t>
+          <t>9786057852465</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Herta Müller'in Sosyo-Politik Panorama</t>
+          <t>Evrenin Karanlık Fiziği</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>323</v>
+        <v>227</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052889190</t>
+          <t>9786052887462</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri'nde Medya, İletişim Politikaları ve Sinema Çalışmaları</t>
+          <t>Üniversite Öğrencilerinin Eğitiminde Teknoloji Kullanımına İlişkin Tutumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052887684</t>
+          <t>9786057623195</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hayvancılık Etrafında Gelişen Silifke Yöresi Dokuma Kültürü</t>
+          <t>Fevri Ahlak-ı Mehmed Paşa</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052888278</t>
+          <t>9786052887219</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh ve Özgürlükler Bağlamında İrtidad</t>
+          <t>Türkiye’deki Spor Tesislerinin Engelliler İçin Yeterlilik Düzeylerinin Kullanıcılar Açısından Araştırılması</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>190</v>
+        <v>264</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052888599</t>
+          <t>9786052887325</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kaleminden Kadın Algısı 1</t>
+          <t>Üstün Zekalı Çocukların Eğitimi İçin 20 Farklı Öneri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>483</v>
+        <v>227</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052888339</t>
+          <t>3990000050518</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Giysi Örneğinde Moda Ürün Geliştirme</t>
+          <t>Fahruddin Razi’ye Göre İ‘cazu’l-Kur’an</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>337</v>
+        <v>268</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052888308</t>
+          <t>9786052887493</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yaşamda Güç Ve Politika</t>
+          <t>Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>195</v>
+        <v>443</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057885609</t>
+          <t>3990000623869</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İdareci Medrese Münasebetleri</t>
+          <t>Sanayi Devrimi Öncesi Seramik Sanatı Tarihi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052888872</t>
+          <t>9786257002240</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Sporda Akademik Çalışmalar</t>
+          <t>17. Yüzyıl Türk Şiirinde Tasavvuf Telakkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>151</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052888353</t>
+          <t>9786052888834</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Metropolis’te Bulunan Roma Dönemi Kandilleri</t>
+          <t>Cicero ve Hegel’in Metafor Anlayışları</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>295</v>
+        <v>264</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052888476</t>
+          <t>9786052888780</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Okuduğu Romanlarda Dini ve Ahlaki Değerler</t>
+          <t>1703 Edirne Vakası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>141</v>
+        <v>302</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052888490</t>
+          <t>9786052889244</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılın İlk Yarısında Ağlasun ve İncir Kazalarının Sosyal ve İktisadi Yapısı (1830-1850)</t>
+          <t>Turizm İşletmeleri İçin Lezzet Diyarı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>295</v>
+        <v>909</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052888100</t>
+          <t>9786052888605</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İlkeleri Işığında Spor</t>
+          <t>Manevi Bakım Dini Danışma ve Rehberlik Açısında Aile İrşat ve Rehberlik Büroları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052888612</t>
+          <t>9786052885925</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kent Turizmi ve Kuramlar Üzerinden Bir Analiz</t>
+          <t>SSCB Sonrasi Türkiye Siyasasının Karabağ Mesaisi 1991-1994</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>183</v>
+        <v>282</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052888681</t>
+          <t>9786052885666</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Dini Sosyalleşme ve Sosyal Dışlanma Ekseninde Engellilik</t>
+          <t>Ebubekir Celali Divanı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>332</v>
+        <v>827</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052888766</t>
+          <t>9786257002233</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Klasik Nahve Yöneltilen Eleştiriler</t>
+          <t>Türkiye’nin ve G7 Ülkelerinin Eğitim Politikalarının Karşılaştırılması: Kalkınma Sürecinde Eğitim Politikalarının Rolü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>361</v>
+        <v>90</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257958509</t>
+          <t>9786257002158</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Spor Ortamında Mobbing</t>
+          <t>Tarih-i Mekke-i Mükerreme Ma’a Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>132</v>
+        <v>528</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052887653</t>
+          <t>9786287002608</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Öğrencilerinin Antropometrik, Biyomotor ve Fizyolojik Özelliklerinin Akademik Başarı İle İlişkisi</t>
+          <t>Etik İklim ve Örgütsel Kontrol Mekanizmalarının Sanal Kaytarma Davranışı Üzerindeki Etkisinde Örgütsel Sinizmin Aracılık Rolü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>141</v>
+        <v>86</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052889251</t>
+          <t>9786257976275</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Beden Eğitimi ve Spor Dersi Öğretim Programı Hakkında Öğrenci ve Öğretmen Görüşleri</t>
+          <t>Paul And Early Christianity</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>256</v>
+        <v>95</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052887745</t>
+          <t>9786257002592</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Müsebbib Safvet Nezihi</t>
+          <t>HPNS</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>136</v>
+        <v>341</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052888254</t>
+          <t>9786257976480</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türki̇ye Muhasebe Standartları ve Türki̇ye Fi̇nansal Raporlama Standartları Açıklamaları ve Örnek Uygulamalar</t>
+          <t>Resim Sanatında Ezoterik Göstergeler Üzerine Artografi İncelemesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052887486</t>
+          <t>9786057809643</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Taşkın Frekans Analizi</t>
+          <t>Postmodern Romanlarda Dil</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>141</v>
+        <v>264</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052888698</t>
+          <t>9786057631213</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılı Kaçırmak</t>
+          <t>Eş’ariyye ve Matüridiyye’de İlahiyat Bahisleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>141</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052887158</t>
+          <t>9786052889558</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Olarak Tıkanma İkteri Geliştirilen Ratlarda, Bakteriyel Translokasyonun Gösterilmesi</t>
+          <t>Sosyal Medya ve Etkileri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>132</v>
+        <v>210</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052888674</t>
+          <t>9786057852434</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Şiirde Coğrafya</t>
+          <t>Türk Müziği Modlarında İki Sesli Dikte ve Solfej (Hüseyni)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>151</v>
+        <v>357</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052889305</t>
+          <t>9786057852731</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sporcularda Hizmetkar Liderlik İle Sporcu Tatmin Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
+          <t>Anlama Sürecinde Arapçanın Yapısal İşlevleri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>141</v>
+        <v>212</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052888582</t>
+          <t>9786057852700</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ebu Bekr Razi ve Felsefi Görüşleri</t>
+          <t>Marriage Traditions Around The World</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>185</v>
+        <v>84</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052887509</t>
+          <t>9786057852748</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kontrast Su Terapisi ve Elektroterapi Uygulamalarının Bİreysel ve Takım Sporlarında Gecikmiş Kas Ağrısına Etkilerİ</t>
+          <t>Arapçada Terim Türetme Yolları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052888926</t>
+          <t>9786052889206</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Diyarbekirli Muhammed Şaban Kami</t>
+          <t>Farklı Türdeki Hareketlilik Çalışmalarının Basketbolculardaki Bazı Fizyolojik Parametrelere Motorsal Yeteneklere ve Teknik Özelliklere Etkisi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>312</v>
+        <v>212</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052887530</t>
+          <t>9786052887790</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>The Colours Of The Sun And Sun-Like Stars</t>
+          <t>Şaz Kıraatler ve Tefsire Etkisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>393</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052889275</t>
+          <t>9786052888643</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Aktivitelerde Rol Model Etkisi</t>
+          <t>Si̇yasal Parti̇ler Seçi̇m Si̇stemleri̇ ve Türki̇ye</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>185</v>
+        <v>401</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052886540</t>
+          <t>9786057885661</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatlarda Tasarım Elemanları ve İlkeleri</t>
+          <t>Eği̇ti̇m Her Yerde Seçki̇leri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>960</v>
+        <v>348</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052887615</t>
+          <t>9786052888155</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Din-Siyaset İlişkisi</t>
+          <t>F.C.S. Schiller’i̇n Pragmati̇k Hümani̇zmi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>256</v>
+        <v>414</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052887202</t>
+          <t>9786057885722</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Doğa Sporları 2</t>
+          <t>Trafik Kültürü Türki̇ye’de Trafi̇ği̇n Antropoloji̇si̇</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>141</v>
+        <v>369</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057623850</t>
+          <t>9786057623546</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Egzersiz Yapmanın En İyi 30 Yolu</t>
+          <t>Branded Entertainment: A Strategic Approach Towards Integrating Product Placement Practices in Turkey</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>282</v>
+        <v>270</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052887271</t>
+          <t>9786052887196</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kıraatlerde Tevatür Olgusu</t>
+          <t>Doğa Sporları 1</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>268</v>
+        <v>341</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052887301</t>
+          <t>9786057809919</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İş Tatmini - Kavramsal Gelişimi, Bireysel ve Örgütsel Etkileri, Yararları ve Sonuçları</t>
+          <t>Ion Channels And The Cancer</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>151</v>
+        <v>240</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052888346</t>
+          <t>9786057809940</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kazakitan'da Çimkent Bölgesinde Sürgünde Yaşayan Ahıska Türklerinin Kültür Çatısı: Doğum, Düğün, Ölüm Adetleri</t>
+          <t>Rehabilitation Exercises for Sports Injuries</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>171</v>
+        <v>189</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052887721</t>
+          <t>9786052884799</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Dilbilgisi ve Türkçede İstem</t>
+          <t>Research and Reviews In Science and Mathematics - Summer 2019</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>332</v>
+        <v>677</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052887578</t>
+          <t>9786057809728</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İbn Halfun ve Hadis İlmindeki Yeri</t>
+          <t>Türklerde Güreş Kültürü ve Kırkpınar Güreşleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>201</v>
+        <v>476</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052887318</t>
+          <t>9786057809438</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Second Language Listening Research: Listening Comprehension Strategies in Second Language Learning</t>
+          <t>Medyadan Yeni Medyaya Basın Ahlakı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>171</v>
+        <v>240</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052885352</t>
+          <t>9786057809629</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Arap Dili Morfolojisi</t>
+          <t>Soğuk Savaşta Ara Kesit İsmet İnönü Dönemi (1938-1950)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>393</v>
+        <v>135</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052887257</t>
+          <t>9786057809605</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Şiiri</t>
+          <t>Türkiye-Azerbaycan İlişkileri ve İran (1991-2003)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>151</v>
+        <v>240</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052886748</t>
+          <t>9786057648242</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>50 Temel Soruda Çalışan Hakları</t>
+          <t>YDS / YÖKDİL Arapça - Tamamı Harekeli Modern ve Klasik Metin Okumaları 1 Diyaloglarla</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>160</v>
+        <v>695</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052886519</t>
+          <t>9786052886458</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Destinasyon Markalaşması ve Antalya Örneği</t>
+          <t>Engellilerde Eğitsel Oyun</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>242</v>
+        <v>275</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052887172</t>
+          <t>9786057892478</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Kavşakta Türkiye Kimliği - Kimliğin Siyaseti Ya Da Siyasetin Kimliği</t>
+          <t>Bilim Eğitim ve Yükselme (Endüstri 4.0'a Doğru)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>352</v>
+        <v>240</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052887028</t>
+          <t>9786057852304</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Parasal Aktarım Mekanizmasında Kredi Kanalı ve Uluslararası Kredi Kanalı</t>
+          <t>İngilizce Öğrenme Yöntemleri - İngilizce Öğrenenler İçin Pratik Bilgiler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>185</v>
+        <v>204</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052886328</t>
+          <t>9786052887295</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Papaları 1302 - 1622</t>
+          <t>Temel Fizik Laboratuvarı Deneyleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>377</v>
+        <v>204</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052886397</t>
+          <t>9786052888544</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistlere Göre Alevilik ve Bektaşilik</t>
+          <t>Üç Boyutlu (3B) Baskı Teknolojileri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>185</v>
+        <v>384</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052886403</t>
+          <t>9786057852113</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Mübadil Türklerin Romanı</t>
+          <t>Altay Türkçesi - Karşılaştırmalı Ses ve Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>215</v>
+        <v>393</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052887240</t>
+          <t>9786052888414</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Satış Vaadi Sözleşmesi</t>
+          <t>Lehçeler Arası Sözlükçülük Bakımından Çağatayca Osmanlıca Sözlükler ve Luğat-i Pir Ali Şir Nevayi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>171</v>
+        <v>285</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052886830</t>
+          <t>9786257976398</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kültür Turizmi ve İnanç Algısı</t>
+          <t>Modern Arap Edebi Metinlerinden Külçeler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>242</v>
+        <v>443</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052886502</t>
+          <t>9786057852199</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma ve Ekonomik Etkileri</t>
+          <t>Doğu Ermenice Öğrenim Kitabı A1 A2</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>136</v>
+        <v>302</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052886823</t>
+          <t>9786257002196</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Lillian Fuchs, Bir Viyolacının Portresi</t>
+          <t>Salonların Mimari ve Akustik Açıdan Tasarım Süreçleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>215</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052886311</t>
+          <t>9786257046022</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Multiversite</t>
+          <t>Gürcistan Kaleleri: Savaş Sefer ve Kale Organizasyonu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>185</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052887141</t>
+          <t>9786257958943</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Arafta Kalan Bir Nesilde Bilinçlenmesini Gerçekleştiren Bir Edebi Tür - Ara Nesil'de Hikaye</t>
+          <t>Modları Çalıyorum 1 - Piyanoda Yeni Keşifler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>323</v>
+        <v>272</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052887165</t>
+          <t>9786057758699</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İstismarı Anlamak</t>
+          <t>Çevirmen Öyküleri: Bir Özbetimleme Çalışması</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>133</v>
+        <v>848</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052885826</t>
+          <t>9786257958394</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Akademisyen Evlilikleri</t>
+          <t>Kurumsal Performans Yönetimi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>145</v>
+        <v>338</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052885567</t>
+          <t>9786257046060</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>TMS ve TFRS Çerçevesinde 2009-2016 Yılları Aarası Türev Ürün Kullanımı Üzerine Bir Araştırma</t>
+          <t>Sumer Evreni Hayat Ağacında Mitolojik Dünya</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>177</v>
+        <v>755</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052885130</t>
+          <t>9786257046015</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Global Kriz</t>
+          <t>Çevresel Öğretiler ve Sürdürülebilir Mimarlık</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>145</v>
+        <v>222</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052885383</t>
+          <t>9786257046152</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Müzikolojide Kültürel Yaklaşımlar ve Müzik Kültürü Üzerine Eskizler</t>
+          <t>Kur’an’da İnsanların İlah Olarak Edindikleri Objeler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>207</v>
+        <v>318</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052885192</t>
+          <t>9786057758545</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Alternatif Yorumlar</t>
+          <t>Nasiruddin El-Beyzavi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>193</v>
+        <v>323</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
+          <t>9786257002288</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Zizek Versus Kapitalizm: Alman İdealizminden Psikanalize İdeoloji Teorisi</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786257958158</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Obezite, Aerobik Egzersiz ve Sirkadiyen Ritim İlişkisi</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786257046183</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>İşletim Sistemleri Güvenliği</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786257958493</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Arap Dilinde Sıfat-ı Müşebbehe</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786257976510</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'nun Bağrından Bir Aşık Kutubi</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786257958035</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Balıkesir Yöresi Halk Oyunları</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786257002257</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Araştırmalar - 2</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786257976701</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatta Sonsuz Bir Serüven: Karşılaştırmalı Edebiyat</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786257976527</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Sportif Faaliyetlere Katılım Düzeyi İle Sosyal Uyum ve İletişim Becerilerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786257976602</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Milliyetçiliğin Efsanesi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786057758484</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Bilgenin Kalemi</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786257002141</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Medya Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786257002226</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Eyüp Sultan Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786057749543</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmeye Direnme Mekanları: Siirt Kahvehane Kültürü</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786257002172</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Flüt İçin Günlük Çalışmalar (Daily Exercises for Flute)</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786257002165</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Oyun ve Oyuncak Müzeleri: Kültürel Miras Aktarımı ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786257002103</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik Doğrusal Modeller İle Türkiye'ye Ait Gayri Safi Yurt İçi Hasıla Tahmini</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786057749192</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Erken Çocukluk Döneminde Sosyal Bilgiler Eğitimi: Etkinliklerle Sosyo-Kültürel Eğitim</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786058022980</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Barış Köprüsü - Barış Manço Antolojisi</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786057749727</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Kilo Veremeyişinizin Sebebi Belki De Düşünme Biçiminiz Ya Da Kişiliğinizdir</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786057749246</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Manastır'da Hukuk ve Adalet Uygulamaları (1700-1730)</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786057749390</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Anlam ve Yorum Bağlamında Kuran'ın Anlaşılması</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786057749451</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Sektöründe Verimlilik Ölçümü</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786057749437</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Performans Ölçüm Sistemleri</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786057749215</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Bağlanma Kuramı ve Psikopatoloji</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786057809957</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sosyoloğun Yazıları 2</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786057749208</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Kent Kentleşme Yeni Kentleşme Trendleri ve Dünya  Şehir-Sistem'in Ortaya Çıkışı</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786057809551</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Karadeniz Bölgesinin Unutulmayan Organik Lezzetleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786057809971</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Modern Zaza Hikayeciliği 2</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786057809674</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Mazeppa</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786057809704</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Kitaplarda Şeriat</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057809698</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Eğitiminde Teknoloji ve Dijital Medya Edinci</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057648655</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051805290</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>İbazıyye’nin Hadise Bakışı</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786057852472</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>C Programlama Örnek Soru ve Cevapları</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786057631015</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Barış ve Güven</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786057852311</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Değer</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786057852717</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Aeromikrobiyoloji</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786057852571</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Kadı İzzeddin Camii ve Beyhekim Mescidi Çinileri</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786057852274</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Kıble ve Kabe</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786057631978</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Dağ 2 Filminin Pazarlaması ve Film Yapım Süreçleri</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786057852281</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi Panoraması</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786057852298</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Wilfred Cantwell Smith - Dini Çoğulculuktan Küresel Bir Teoloji’ye</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786057852236</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Vicdani Zeka İş Performansı</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786057885654</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Sümer Evreni Hayat Ağacında İlk Türkler ve Ademleri Cilt 1</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786057852106</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Metafor ve Semiyotik</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786057852090</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Güvenliği</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786057631718</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Tevfik Fikret’in Şiirlerinde Fikir ve His</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786057631206</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Nevşehir Efsaneleri Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786057631848</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Çevrimiçi İletişim ve Yansımaları</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786057631831</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Camilerinde Lale Devri Üslubu</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786057631664</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şehrin Anılarında Dilan Sineması</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786057631565</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Yeni Bir Alan Testi Kullanılarak Anaerobik Eşik ve Koşu Hızı İlişkisi ile Performans Düzeyinin Belirlenmesi</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786057631435</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Okuryazar Mısın(ız)? - Okuryazarlık Kültürü</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786057631329</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>"Yol Elçisi" Ebubekir Eroğlu'nun Şiiri</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786057631190</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Süt Endüstrisi Makineleri</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786057631404</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe ve Etik</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786052887127</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Oğuzlar ve Oğuzlar Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786052888827</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Göç ve Kentleşme Bağlamında Suç</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786052886410</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Düzce İli Sportif Rekreasyon Alanlarının Haritasının Çıkarılması ve Örnek Model Oluşturulması</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786057623553</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Tasarım Eğitiminde Biçim Üretme</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786057885524</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Yediler Meclisi</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786052889282</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Bedensel Engelli Sporcuların Spora Özgü Başarı Motivasyonlarının Değerlendirilmesi</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786057623829</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Muhtasar Osmanlı Sarfı</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786052888216</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Sinemilli Aleviliği</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786057623782</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Anne Sütü ve Emzirme (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786052888315</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Öğrencilerinin Fiziksel Aktivite Düzeyleri ve Obezite Farkındalık Durumları</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786052888803</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Emni Mehmed Paşa ve Canibi Ali Paşa’nın Rusya ve Avusturya’ya Sefaret Hazırlık ve Yolculukları (1739 - 1741)</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786052889053</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Ülfet</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786057623447</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Belge ve Fotoğraflarla Osmanlıdan Günümüze 19 Mayıs Gençlik ve Spor Bayramı: 100 Yıllık Bir Tarih</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786052888919</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık Sektöründe Pazarlama ve Satış Yönlü Hedef Baskısı</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786052888469</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Döviz Kuru Riski Türev Ürün Kullanımı ve Bankacılık Sektörü Uygulamalı Akademik Analizler</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786052889220</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Dutluk Güreşleri</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786052888704</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Anatomi Terimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786052888650</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye İmalat Sanayi Piyasasında Fiyatlama ve Fiyat Bekleyişlerinin Önemi</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786052886472</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Sporda İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786057885883</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyılda Balkanlarda Ulusçuluk Hareketleri ve Avrupalı Devletlerin Balkanlar Politikası</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786052888360</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>5N1J</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786057623461</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Nihat Bey Divanı</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786057623324</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Örgütlerde Mobbing (Bir Vaka Çalışması)</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786057623379</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Televizyondaki Agora: Bir Kamusal Alan İmkanı Olarak Televizyon</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786052888148</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Ardanuç Nüfus Defterleri (1835)</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786057623348</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Sağlığın Değişen Anlamı: Beslenme Üzerinden Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786052888728</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Özbek Yazar Pirimkul Kadirov’un Romancılığı</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786057623218</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Total Diz Protezi</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786052887547</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Çağında Frene Basmak</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786057623034</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Kullanım İhtiyaçları Karşısında Hastane Giriş Mekanları’nın Şekillenmesi</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786052887660</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Asar-ı Kemal'deki Şerh-i Esma-i Hüsna Esma-i Nebi ve Na't-ı Enbiya</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786052887561</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>İşyerinde Şiddete Karşı Çalışanların Bireysel Çatışma Yönetimi Yaklaşımları</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786052888094</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi Öğretmenlerinin Okul Sporlarında Karşılaştıkları Sorunlar</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786057885821</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Bir Siyasi Partinin Başarı Dinamikleri: Alman Cdu Örneği</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786052888933</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Güdüsel İklim Güdülenme ve Optimal Performans Duygu Durumunun Beden Eğitimi Dersi Ortamında İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786057885975</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberal Zamanlarda Kadına Yönelik Şiddet</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786052887639</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Çukurova Bölgesi Kıraç ve Taban Arazi Koşullarında Yetiştirilen Biberiye(Rosmarinus Officinalis L.) Çeşitlerinin Verim ve Kalitesi Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786052887806</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Arap Gramerinde Kavram ve Terminoloji Sorunu</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786052887776</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Herta Müller'in Sosyo-Politik Panorama</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786052889190</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Türk Cumhuriyetleri'nde Medya, İletişim Politikaları ve Sinema Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786052887684</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Hayvancılık Etrafında Gelişen Silifke Yöresi Dokuma Kültürü</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786052888278</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Fıkıh ve Özgürlükler Bağlamında İrtidad</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786052888599</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Kaleminden Kadın Algısı 1</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786052888339</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Giysi Örneğinde Moda Ürün Geliştirme</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786052888308</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Yaşamda Güç Ve Politika</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786057885609</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>İdareci Medrese Münasebetleri</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052888872</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Yönleriyle Sporda Akademik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786052888353</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Metropolis’te Bulunan Roma Dönemi Kandilleri</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786052888476</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Gençlerin Okuduğu Romanlarda Dini ve Ahlaki Değerler</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786052888490</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>19. Yüzyılın İlk Yarısında Ağlasun ve İncir Kazalarının Sosyal ve İktisadi Yapısı (1830-1850)</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786052888100</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin İlkeleri Işığında Spor</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786052888612</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Kent Turizmi ve Kuramlar Üzerinden Bir Analiz</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786052888681</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Dini Sosyalleşme ve Sosyal Dışlanma Ekseninde Engellilik</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786052888766</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dönemde Klasik Nahve Yöneltilen Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786257958509</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Spor Ortamında Mobbing</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786052887653</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Öğrencilerinin Antropometrik, Biyomotor ve Fizyolojik Özelliklerinin Akademik Başarı İle İlişkisi</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786052889251</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Ortaokul Beden Eğitimi ve Spor Dersi Öğretim Programı Hakkında Öğrenci ve Öğretmen Görüşleri</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786052887745</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Müsebbib Safvet Nezihi</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786052888254</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Türki̇ye Muhasebe Standartları ve Türki̇ye Fi̇nansal Raporlama Standartları Açıklamaları ve Örnek Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786052887486</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Taşkın Frekans Analizi</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786052888698</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılı Kaçırmak</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786052887158</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Deneysel Olarak Tıkanma İkteri Geliştirilen Ratlarda, Bakteriyel Translokasyonun Gösterilmesi</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786052888674</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Şiirde Coğrafya</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786052889305</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Sporcularda Hizmetkar Liderlik İle Sporcu Tatmin Düzeyleri Arasındaki İlişkinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786052888582</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Bekr Razi ve Felsefi Görüşleri</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786052887509</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Kontrast Su Terapisi ve Elektroterapi Uygulamalarının Bİreysel ve Takım Sporlarında Gecikmiş Kas Ağrısına Etkilerİ</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786052888926</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Diyarbekirli Muhammed Şaban Kami</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786052887530</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>The Colours Of The Sun And Sun-Like Stars</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786052889275</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Fiziksel Aktivitelerde Rol Model Etkisi</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786052886540</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Sanatlarda Tasarım Elemanları ve İlkeleri</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786052887615</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Din-Siyaset İlişkisi</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786052887202</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Sporları 2</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786057623850</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>İşyerinde Egzersiz Yapmanın En İyi 30 Yolu</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786052887271</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Kıraatlerde Tevatür Olgusu</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786052887301</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>İş Tatmini - Kavramsal Gelişimi, Bireysel ve Örgütsel Etkileri, Yararları ve Sonuçları</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786052888346</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Kazakitan'da Çimkent Bölgesinde Sürgünde Yaşayan Ahıska Türklerinin Kültür Çatısı: Doğum, Düğün, Ölüm Adetleri</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786052887721</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Evrensel Dilbilgisi ve Türkçede İstem</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786052887578</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>İbn Halfun ve Hadis İlmindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786052887318</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Second Language Listening Research: Listening Comprehension Strategies in Second Language Learning</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786052885352</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Arap Dili Morfolojisi</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786052887257</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Şiiri</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786052886748</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>50 Temel Soruda Çalışan Hakları</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786052886519</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Destinasyon Markalaşması ve Antalya Örneği</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786052887172</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Postmodern Kavşakta Türkiye Kimliği - Kimliğin Siyaseti Ya Da Siyasetin Kimliği</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786052887028</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Parasal Aktarım Mekanizmasında Kredi Kanalı ve Uluslararası Kredi Kanalı</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786052886328</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Papaları 1302 - 1622</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786052886397</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Oryantalistlere Göre Alevilik ve Bektaşilik</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786052886403</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Mübadil Türklerin Romanı</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786052887240</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Taşınmaz Satış Vaadi Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786052886830</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Turizmi ve İnanç Algısı</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786052886502</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Isınma ve Ekonomik Etkileri</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786052886823</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Lillian Fuchs, Bir Viyolacının Portresi</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786052886311</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Multiversite</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786052887141</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Arafta Kalan Bir Nesilde Bilinçlenmesini Gerçekleştiren Bir Edebi Tür - Ara Nesil'de Hikaye</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786052887165</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal İstismarı Anlamak</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786052885826</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Evlilikleri</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786052885567</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>TMS ve TFRS Çerçevesinde 2009-2016 Yılları Aarası Türev Ürün Kullanımı Üzerine Bir Araştırma</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786052885130</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Global Kriz</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786052885383</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Müzikolojide Kültürel Yaklaşımlar ve Müzik Kültürü Üzerine Eskizler</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786052885192</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Alternatif Yorumlar</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
           <t>9786052884966</t>
         </is>
       </c>
-      <c r="B440" s="1" t="inlineStr">
+      <c r="B597" s="1" t="inlineStr">
         <is>
           <t>Adana - Cumhuriyet Dönemi Kaynakçası</t>
         </is>
       </c>
-      <c r="C440" s="1">
-        <v>233</v>
+      <c r="C597" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>