--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -94,406 +94,406 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786257554695</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yolcu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786054025244</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>İgilizce - Türkçe - Arapça Resimli Sözlük</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789757891529</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>560</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786054025213</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç 5: Gölge Adam</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786054025220</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç 4: His</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786054025237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç 3: Kod Adı 606</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786054025206</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç 2: Pireli Evin Pasaklıları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786054025190</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>3 Süper Güç 1: Zamansız Galaksi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059760058</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Dil Marazı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786054025176</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Can Gökkuşağı Ülkesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786054025152</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Küçük Yıldız Tohumları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786054025145</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Horoz Şekeri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786054025169</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Yalancı Masal</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786054025121</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Kıpırtı Yazı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786054025107</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Düş Çocukları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786054025077</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Ah Elmacık Vah Elmacık</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786054025091</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Yaşamı Tartan Terazi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786054025084</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Benekli Turgut</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786054025022</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Neşeli Türk Yemekleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786054025008</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Kanser Tedavisinde 110 Yöntem</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786050054279</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İlkyardım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786054025053</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Hipertansiyon</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786054025039</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Diyabet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786054025015</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Çocuklarda Astım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786054025046</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Ağrısız Hayat</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>