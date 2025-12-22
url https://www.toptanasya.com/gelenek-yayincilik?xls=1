--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -1470,51 +1470,51 @@
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9789756138441</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Bahrü’l - Kelam Matüridi Akaidi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789756138458</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>El-İbane ve Usulü Ehli’s-Sünnet</t>
+          <t>İmam Ebü'l el-Eş'ari</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786054810093</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Ebu Medyen El-Mağribi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789756138854</t>