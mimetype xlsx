--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,910 +85,955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053114505</t>
+          <t>9786255799661</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>42</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053113546</t>
+          <t>9786255799746</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Yolunda</t>
+          <t>Güneş Uyandı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>68</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053113003</t>
+          <t>9786255799616</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Amak-ı Hayal</t>
+          <t>Suyun Yolculuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>42</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053112594</t>
+          <t>9786053114505</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Irklar Akademisi</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254412295</t>
+          <t>9786053113546</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Renklerin Yolunda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053113980</t>
+          <t>9786053113003</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oldu da Kitap Yazdım</t>
+          <t>Gençler İçin Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>24</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053113638</t>
+          <t>9786053112594</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ben Cevat Şakir</t>
+          <t>Irklar Akademisi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053112907</t>
+          <t>9786254412295</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Genç Mustafa Kemal</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>98</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255942487</t>
+          <t>9786053113980</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Time Machine</t>
+          <t>Nasıl Oldu da Kitap Yazdım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255942326</t>
+          <t>9786053113638</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Ben Cevat Şakir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256209985</t>
+          <t>9786053112907</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kitaptaki Sır</t>
+          <t>Genç Mustafa Kemal</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256209251</t>
+          <t>9786255942487</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikayeni Yazmak İster misin?</t>
+          <t>Time Machine</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9696211111522</t>
+          <t>9786255942326</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>90’larda Çocuk Olmak Serisi Kutulu Set</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256209145</t>
+          <t>9786256209985</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Wonderful Wızard Of Oz</t>
+          <t>Kitaptaki Sır</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254414091</t>
+          <t>9786256209251</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Kendi Hikayeni Yazmak İster misin?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256051850</t>
+          <t>9696211111522</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hunger</t>
+          <t>90’larda Çocuk Olmak Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053113843</t>
+          <t>9786256209145</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karabalık</t>
+          <t>The Wonderful Wızard Of Oz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053113348</t>
+          <t>9786254414091</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ben Sabahattin Ali</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>80</v>
+        <v>580</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053113621</t>
+          <t>9786256051850</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Suat Derviş</t>
+          <t>Hunger</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053113249</t>
+          <t>9786053113843</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ben Celile</t>
+          <t>Küçük Karabalık</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256051126</t>
+          <t>9786053113348</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Hayal</t>
+          <t>Ben Sabahattin Ali</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256325722</t>
+          <t>9786053113621</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlk İşimiz İnsan Olmak</t>
+          <t>Ben Suat Derviş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256325296</t>
+          <t>9786053113249</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>Ben Celile</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256325289</t>
+          <t>9786256051126</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By</t>
+          <t>Zehirli Hayal</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256325715</t>
+          <t>9786256325722</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerle Dünyanın En Meşhur Masalları</t>
+          <t>İlk İşimiz İnsan Olmak</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256608368</t>
+          <t>9786256325296</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Güneş</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254419102</t>
+          <t>9786256325289</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Medusa’nın Pusulası</t>
+          <t>What Men Live By</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254419652</t>
+          <t>9786256325715</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sen Şarkını Söyle</t>
+          <t>Ünlülerle Dünyanın En Meşhur Masalları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254419232</t>
+          <t>9786256608368</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea</t>
+          <t>Kanatlı Güneş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254418990</t>
+          <t>9786254419102</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>Medusa’nın Pusulası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254418952</t>
+          <t>9786254419652</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kehanetteki Çocuk</t>
+          <t>Sen Şarkını Söyle</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254418945</t>
+          <t>9786254419232</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bu Işıltılı Hayatı Ben Seçmedim</t>
+          <t>Twenty Thousand Leagues Under The Sea</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254418853</t>
+          <t>9786254418990</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kurdun Hikayesi</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254418334</t>
+          <t>9786254418952</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Valley of Fear</t>
+          <t>Kehanetteki Çocuk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254416675</t>
+          <t>9786254418945</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - The Hound of the Baskervilles</t>
+          <t>Bu Işıltılı Hayatı Ben Seçmedim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254416262</t>
+          <t>9786254418853</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Sign of the Four (Ciltli)</t>
+          <t>Bizim Kurdun Hikayesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254415630</t>
+          <t>9786254418334</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>A Study In Scarlet Sherlock Holmes</t>
+          <t>The Valley of Fear</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254415647</t>
+          <t>9786254416675</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alice In Wonderland</t>
+          <t>Sherlock Holmes - The Hound of the Baskervilles</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254417306</t>
+          <t>9786254416262</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities</t>
+          <t>The Sign of the Four (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254416002</t>
+          <t>9786254415630</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Okuryazarlığı</t>
+          <t>A Study In Scarlet Sherlock Holmes</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254415685</t>
+          <t>9786254415647</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Okuryazarlığı</t>
+          <t>Alice In Wonderland</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254414886</t>
+          <t>9786254417306</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>A Tale of Two Cities</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>580</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254412806</t>
+          <t>9786254416002</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kodlama</t>
+          <t>Fantastik Okuryazarlığı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254414114</t>
+          <t>9786254415685</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Bilimkurgu Okuryazarlığı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254413445</t>
+          <t>9786254414886</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Huzursuzla Fütürizm</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254412721</t>
+          <t>9786254412806</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>On Yenilikçiyle Pop Art</t>
+          <t>Yeni Başlayanlar İçin Kodlama</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254412707</t>
+          <t>9786254414114</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254412523</t>
+          <t>9786254413445</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Dokuz Huzursuzla Fütürizm</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254412448</t>
+          <t>9786254412721</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>On Yenilikçiyle Pop Art</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254411298</t>
+          <t>9786254412707</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>On İki Öfkeli Sanatçıyla Dadaizm</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254411106</t>
+          <t>9786254412523</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yedi Özgürlükçüyle Kübizm</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254410772</t>
+          <t>9786254412448</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254410734</t>
+          <t>9786254411298</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>What is Man</t>
+          <t>On İki Öfkeli Sanatçıyla Dadaizm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053114628</t>
+          <t>9786254411106</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Yedi Özgürlükçüyle Kübizm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>32</v>
+        <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053113256</t>
+          <t>9786254410772</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ben Tezer Özlü</t>
+          <t>İnsan Nedir</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053113041</t>
+          <t>9786254410734</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde Öyküleri</t>
+          <t>What is Man</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>48</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053113089</t>
+          <t>9786053114628</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>A Collection of Short Stories</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053112396</t>
+          <t>9786053113256</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Ben Tezer Özlü</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>120</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786053113041</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Oscar Wilde Öyküleri</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786053113089</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>A Collection of Short Stories</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786053112396</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>