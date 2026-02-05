--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,955 +85,970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255799661</t>
+          <t>9786255799722</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Mavi Kelebekler Takımı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255799746</t>
+          <t>9786255799661</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güneş Uyandı</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255799616</t>
+          <t>9786255799746</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Suyun Yolculuğu</t>
+          <t>Güneş Uyandı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053114505</t>
+          <t>9786255799616</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Suyun Yolculuğu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053113546</t>
+          <t>9786053114505</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Yolunda</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>68</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053113003</t>
+          <t>9786053113546</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Amak-ı Hayal</t>
+          <t>Renklerin Yolunda</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>80</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053112594</t>
+          <t>9786053113003</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Irklar Akademisi</t>
+          <t>Gençler İçin Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254412295</t>
+          <t>9786053112594</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Zeka</t>
+          <t>Irklar Akademisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>380</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053113980</t>
+          <t>9786254412295</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oldu da Kitap Yazdım</t>
+          <t>Herkes İçin Yapay Zeka</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>24</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053113638</t>
+          <t>9786053113980</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ben Cevat Şakir</t>
+          <t>Nasıl Oldu da Kitap Yazdım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>38</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053112907</t>
+          <t>9786053113638</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Genç Mustafa Kemal</t>
+          <t>Ben Cevat Şakir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>98</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255942487</t>
+          <t>9786053112907</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Time Machine</t>
+          <t>Genç Mustafa Kemal</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255942326</t>
+          <t>9786255942487</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Time Machine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256209985</t>
+          <t>9786255942326</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kitaptaki Sır</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256209251</t>
+          <t>9786256209985</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendi Hikayeni Yazmak İster misin?</t>
+          <t>Kitaptaki Sır</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9696211111522</t>
+          <t>9786256209251</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>90’larda Çocuk Olmak Serisi Kutulu Set</t>
+          <t>Kendi Hikayeni Yazmak İster misin?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256209145</t>
+          <t>9696211111522</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>The Wonderful Wızard Of Oz</t>
+          <t>90’larda Çocuk Olmak Serisi Kutulu Set</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254414091</t>
+          <t>9786256209145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>The Wonderful Wızard Of Oz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256051850</t>
+          <t>9786254414091</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hunger</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>380</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053113843</t>
+          <t>9786256051850</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karabalık</t>
+          <t>Hunger</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>80</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053113348</t>
+          <t>9786053113843</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ben Sabahattin Ali</t>
+          <t>Küçük Karabalık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053113621</t>
+          <t>9786053113348</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ben Suat Derviş</t>
+          <t>Ben Sabahattin Ali</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053113249</t>
+          <t>9786053113621</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ben Celile</t>
+          <t>Ben Suat Derviş</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256051126</t>
+          <t>9786053113249</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zehirli Hayal</t>
+          <t>Ben Celile</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256325722</t>
+          <t>9786256051126</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İlk İşimiz İnsan Olmak</t>
+          <t>Zehirli Hayal</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256325296</t>
+          <t>9786256325722</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>İlk İşimiz İnsan Olmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256325289</t>
+          <t>9786256325296</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256325715</t>
+          <t>9786256325289</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerle Dünyanın En Meşhur Masalları</t>
+          <t>What Men Live By</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256608368</t>
+          <t>9786256325715</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Güneş</t>
+          <t>Ünlülerle Dünyanın En Meşhur Masalları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254419102</t>
+          <t>9786256608368</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Medusa’nın Pusulası</t>
+          <t>Kanatlı Güneş</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254419652</t>
+          <t>9786254419102</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sen Şarkını Söyle</t>
+          <t>Medusa’nın Pusulası</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254419232</t>
+          <t>9786254419652</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea</t>
+          <t>Sen Şarkını Söyle</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254418990</t>
+          <t>9786254419232</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>Twenty Thousand Leagues Under The Sea</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254418952</t>
+          <t>9786254418990</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kehanetteki Çocuk</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254418945</t>
+          <t>9786254418952</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bu Işıltılı Hayatı Ben Seçmedim</t>
+          <t>Kehanetteki Çocuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254418853</t>
+          <t>9786254418945</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kurdun Hikayesi</t>
+          <t>Bu Işıltılı Hayatı Ben Seçmedim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254418334</t>
+          <t>9786254418853</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>The Valley of Fear</t>
+          <t>Bizim Kurdun Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254416675</t>
+          <t>9786254418334</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - The Hound of the Baskervilles</t>
+          <t>The Valley of Fear</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254416262</t>
+          <t>9786254416675</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>The Sign of the Four (Ciltli)</t>
+          <t>Sherlock Holmes - The Hound of the Baskervilles</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254415630</t>
+          <t>9786254416262</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>A Study In Scarlet Sherlock Holmes</t>
+          <t>The Sign of the Four (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254415647</t>
+          <t>9786254415630</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Alice In Wonderland</t>
+          <t>A Study In Scarlet Sherlock Holmes</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254417306</t>
+          <t>9786254415647</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities</t>
+          <t>Alice In Wonderland</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>580</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254416002</t>
+          <t>9786254417306</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Okuryazarlığı</t>
+          <t>A Tale of Two Cities</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254415685</t>
+          <t>9786254416002</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Okuryazarlığı</t>
+          <t>Fantastik Okuryazarlığı</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254414886</t>
+          <t>9786254415685</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Dünyası</t>
+          <t>Bilimkurgu Okuryazarlığı</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254412806</t>
+          <t>9786254414886</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Kodlama</t>
+          <t>İnsanların Dünyası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254414114</t>
+          <t>9786254412806</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>Yeni Başlayanlar İçin Kodlama</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254413445</t>
+          <t>9786254414114</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Huzursuzla Fütürizm</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254412721</t>
+          <t>9786254413445</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>On Yenilikçiyle Pop Art</t>
+          <t>Dokuz Huzursuzla Fütürizm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254412707</t>
+          <t>9786254412721</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Savaş Pilotu</t>
+          <t>On Yenilikçiyle Pop Art</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254412523</t>
+          <t>9786254412707</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Savaş Pilotu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254412448</t>
+          <t>9786254412523</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Pollyanna</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254411298</t>
+          <t>9786254412448</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>On İki Öfkeli Sanatçıyla Dadaizm</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254411106</t>
+          <t>9786254411298</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yedi Özgürlükçüyle Kübizm</t>
+          <t>On İki Öfkeli Sanatçıyla Dadaizm</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254410772</t>
+          <t>9786254411106</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir</t>
+          <t>Yedi Özgürlükçüyle Kübizm</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254410734</t>
+          <t>9786254410772</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>What is Man</t>
+          <t>İnsan Nedir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053114628</t>
+          <t>9786254410734</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>What is Man</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053113256</t>
+          <t>9786053114628</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Tezer Özlü</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053113041</t>
+          <t>9786053113256</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde Öyküleri</t>
+          <t>Ben Tezer Özlü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053113089</t>
+          <t>9786053113041</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>A Collection of Short Stories</t>
+          <t>Oscar Wilde Öyküleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
+          <t>9786053113089</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>A Collection of Short Stories</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
           <t>9786053112396</t>
         </is>
       </c>
-      <c r="B62" s="1" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
-      <c r="C62" s="1">
+      <c r="C63" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>