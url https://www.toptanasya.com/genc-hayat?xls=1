--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,4540 +85,4600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254472527</t>
+          <t>9786254472589</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Bakanlığı</t>
+          <t>Gökler Fatihi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254472534</t>
+          <t>9786254472565</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mert-İgo</t>
+          <t>Sonsuzluk Ülkesi – Cennette On Adım</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254472510</t>
+          <t>9786254472558</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşanlar</t>
+          <t>Gizemli Görev - Satranç Günlüğü 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051184326</t>
+          <t>9786254472541</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Esrarengiz Konak - Satranç Günlüğü 1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>15</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051184272</t>
+          <t>9786254472527</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Dikkat Bakanlığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051184319</t>
+          <t>9786254472534</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Mert-İgo</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051184302</t>
+          <t>9786254472510</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Sınırları Aşanlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051184296</t>
+          <t>9786051184326</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051184289</t>
+          <t>9786051184272</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051184241</t>
+          <t>9786051184319</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Aleko</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051184265</t>
+          <t>9786051184302</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055122553</t>
+          <t>9786051184296</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezginleri 1 - Karanlıklar Ülkesi Kinya (Ciltli)</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059562720</t>
+          <t>9786051184289</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Tarih Yolculuğu - Yeni Bir Çağ Açalım!</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059562690</t>
+          <t>9786051184241</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hedefi 12'den Vuran Ok - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Bir Çocuk Aleko</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059562560</t>
+          <t>9786051184265</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Nasreddin Hoca ve Eşeği</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055122218</t>
+          <t>9786055122553</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Savaşçı Battal Gazi</t>
+          <t>Uzay Gezginleri 1 - Karanlıklar Ülkesi Kinya (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055122041</t>
+          <t>9786059562720</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Karanlık Yol - 5</t>
+          <t>Serdar'ın Tarih Yolculuğu - Yeni Bir Çağ Açalım!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055122225</t>
+          <t>9786059562690</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Antep Şehidi Şahin Bey</t>
+          <t>Hedefi 12'den Vuran Ok - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>9.26</v>
+        <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059562263</t>
+          <t>9786059562560</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Korsanları - Zorlu Görev</t>
+          <t>Çizgilerle Nasreddin Hoca ve Eşeği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055122584</t>
+          <t>9786055122218</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Doğu Cephesi - Sarıkamış Buz Kesiyor</t>
+          <t>Korkusuz Savaşçı Battal Gazi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055122201</t>
+          <t>9786055122041</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>Sinbad Karanlık Yol - 5</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059562249</t>
+          <t>9786055122225</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 8 - Büyük Savaş (Ciltli)</t>
+          <t>Antep Şehidi Şahin Bey</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059562232</t>
+          <t>9786059562263</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 7 - Zindandan Kaçış (Ciltli)</t>
+          <t>Akdeniz Korsanları - Zorlu Görev</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059562225</t>
+          <t>9786055122584</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 6 - Gizli Vadi (Ciltli)</t>
+          <t>Doğu Cephesi - Sarıkamış Buz Kesiyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059562171</t>
+          <t>9786055122201</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 1 - Meçhule Yolculuk (Ciltli)</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059562331</t>
+          <t>9786059562249</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 13 - Kayıp Prens (Ciltli)</t>
+          <t>Sinbad 8 - Büyük Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059562379</t>
+          <t>9786059562232</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 3 - Kaşağı</t>
+          <t>Sinbad 7 - Zindandan Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059562362</t>
+          <t>9786059562225</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 2 - Forsa</t>
+          <t>Sinbad 6 - Gizli Vadi (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059562355</t>
+          <t>9786059562171</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 1 - Diyet</t>
+          <t>Sinbad 1 - Meçhule Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059562393</t>
+          <t>9786059562331</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 5 - Yalnız Efe</t>
+          <t>Serüven Peşinde 13 - Kayıp Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059562386</t>
+          <t>9786059562379</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 4 - Perili Köşk</t>
+          <t>Ömer Seyfettin Hikayeleri 3 - Kaşağı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059562102</t>
+          <t>9786059562362</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 7 - Yedi Bela Çetesi</t>
+          <t>Ömer Seyfettin Hikayeleri 2 - Forsa</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059562096</t>
+          <t>9786059562355</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 6 - Kızıl Ejder (Ciltli)</t>
+          <t>Ömer Seyfettin Hikayeleri 1 - Diyet</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059562089</t>
+          <t>9786059562393</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 4 - Uzayın Tutsakları</t>
+          <t>Ömer Seyfettin Hikayeleri 5 - Yalnız Efe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055122874</t>
+          <t>9786059562386</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 16 - Oyun İçinde Oyun</t>
+          <t>Ömer Seyfettin Hikayeleri 4 - Perili Köşk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055122737</t>
+          <t>9786059562102</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Süsledi Düşlerimi</t>
+          <t>Serüven Peşinde 7 - Yedi Bela Çetesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055122829</t>
+          <t>9786059562096</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 5 - Hayalet Gemi (Ciltli)</t>
+          <t>Serüven Peşinde 6 - Kızıl Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055122782</t>
+          <t>9786059562089</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaşifler</t>
+          <t>Serüven Peşinde 4 - Uzayın Tutsakları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059562287</t>
+          <t>9786055122874</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 24 : Günlükteki Sır</t>
+          <t>Serüven Peşinde 16 - Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055122683</t>
+          <t>9786055122737</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Her İmlaya Maydanoz</t>
+          <t>Hatıralar Süsledi Düşlerimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055122263</t>
+          <t>9786055122829</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - Tutiname'den Seçmeler</t>
+          <t>Serüven Peşinde 5 - Hayalet Gemi (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055122522</t>
+          <t>9786055122782</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kılıçaslan - Selçuklu’nun Kılıcı</t>
+          <t>Korkusuz Kaşifler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055122416</t>
+          <t>9786059562287</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sancaktarı - Ulubatlı Hasan</t>
+          <t>Serüven Peşinde 24 : Günlükteki Sır</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059562478</t>
+          <t>9786055122683</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 14 - Büyük Soygun (Ciltli)</t>
+          <t>Her İmlaya Maydanoz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055122805</t>
+          <t>9786055122263</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bahar Geldi Umutlarıma</t>
+          <t>Cambaz - Tutiname'den Seçmeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055122812</t>
+          <t>9786055122522</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hebo</t>
+          <t>Kılıçaslan - Selçuklu’nun Kılıcı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055122454</t>
+          <t>9786055122416</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye</t>
+          <t>Fethin Sancaktarı - Ulubatlı Hasan</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055122485</t>
+          <t>9786059562478</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis: Denizler Hakimi</t>
+          <t>Serüven Peşinde 14 - Büyük Soygun (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055122478</t>
+          <t>9786055122805</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler - 2 Senden Akıllısı mı Var?</t>
+          <t>Bahar Geldi Umutlarıma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055122195</t>
+          <t>9786055122812</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler - Kendi Boynuna Zil Takmak</t>
+          <t>Hebo</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055122249</t>
+          <t>9786055122454</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 1 - İyilik Ekmeği</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055122256</t>
+          <t>9786055122485</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 2 : Şaşı Çırak</t>
+          <t>Turgut Reis: Denizler Hakimi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055122515</t>
+          <t>9786055122478</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Öyküler Gezegeni - 1 Gökkuşağı Tuttu Ellerimizden</t>
+          <t>Güldüren Düşünceler - 2 Senden Akıllısı mı Var?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055122287</t>
+          <t>9786055122195</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün - 5 : Hazine Kavgası</t>
+          <t>Güldüren Düşünceler - Kendi Boynuna Zil Takmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>4.63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055122270</t>
+          <t>9786055122249</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 4 : Bilge Padişah</t>
+          <t>Düşmeden Düşün 1 - İyilik Ekmeği</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055122577</t>
+          <t>9786055122256</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çöl Sancısı : Yemen Cephesi</t>
+          <t>Düşmeden Düşün 2 : Şaşı Çırak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055122560</t>
+          <t>9786055122515</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Öyküler Gezegeni - 2 : Enyado Gibi Yaşamak</t>
+          <t>Hüzünlü Öyküler Gezegeni - 1 Gökkuşağı Tuttu Ellerimizden</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055122492</t>
+          <t>9786055122287</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gazi Kadın - Fatma Teğmen</t>
+          <t>Düşmeden Düşün - 5 : Hazine Kavgası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055122508</t>
+          <t>9786055122270</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin'in Gürültülü Maceraları 4 (Ciltli)</t>
+          <t>Düşmeden Düşün 4 : Bilge Padişah</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055122607</t>
+          <t>9786055122577</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezginleri 2 : Yutayiler Adası'nın Gizemi (Ciltli)</t>
+          <t>Çöl Sancısı : Yemen Cephesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055122546</t>
+          <t>9786055122560</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler 3: Meteliğe Kurşun Atmak</t>
+          <t>Hüzünlü Öyküler Gezegeni - 2 : Enyado Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050360059</t>
+          <t>9786055122492</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yenilik Zamanı! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Gazi Kadın - Fatma Teğmen</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050360066</t>
+          <t>9786055122508</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kahramanca Savaşalım! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin'in Gürültülü Maceraları 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050360042</t>
+          <t>9786055122607</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Biraz da Padişah Ben Olayım! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Uzay Gezginleri 2 : Yutayiler Adası'nın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254471957</t>
+          <t>9786055122546</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtına</t>
+          <t>Güldüren Düşünceler 3: Meteliğe Kurşun Atmak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254470448</t>
+          <t>9786050360059</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Gazete! - Sessiz Sakin’in Gürültülü Maceraları 3</t>
+          <t>Şimdi Yenilik Zamanı! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055122355</t>
+          <t>9786050360066</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İcat Çıkabilir! (Ciltli)</t>
+          <t>Kahramanca Savaşalım! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254472503</t>
+          <t>9786050360042</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Atan 2 - Elveda Arkadaş</t>
+          <t>Biraz da Padişah Ben Olayım! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254472497</t>
+          <t>9786254471957</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Atan 1 - Sonsuza Kadar Arkadaşlık</t>
+          <t>İçimdeki Fırtına</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059562423</t>
+          <t>9786254470448</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kahramanlarımız 1 - Mehmet Akif Ersoy</t>
+          <t>Acayip Bir Gazete! - Sessiz Sakin’in Gürültülü Maceraları 3</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055122898</t>
+          <t>9786055122355</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kahin - Serüven Peşinde 21 (Ciltli)</t>
+          <t>Dikkat İcat Çıkabilir! (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055122881</t>
+          <t>9786254472503</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 20 - Deniz Kurdu</t>
+          <t>Atan 2 - Elveda Arkadaş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254471629</t>
+          <t>9786254472497</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Arda Güler</t>
+          <t>Atan 1 - Sonsuza Kadar Arkadaşlık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254471612</t>
+          <t>9786059562423</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hiper Değil Süper Cemil</t>
+          <t>Edebiyat Kahramanlarımız 1 - Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254470721</t>
+          <t>9786055122898</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kurtarma Operasyonu</t>
+          <t>Kahin - Serüven Peşinde 21 (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050360141</t>
+          <t>9786055122881</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Madalyon</t>
+          <t>Serüven Peşinde 20 - Deniz Kurdu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254472398</t>
+          <t>9786254471629</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kurtaran Kız</t>
+          <t>Meraklı Kulüp ile Rotamız Arda Güler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254472404</t>
+          <t>9786254471612</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Kedileri-Felidix Okulu</t>
+          <t>Hiper Değil Süper Cemil</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254472411</t>
+          <t>9786254470721</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Oyun Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254472381</t>
+          <t>9786050360141</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 4 - Avrupa’nın Yıldızısın</t>
+          <t>Gizemli Madalyon</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254471865</t>
+          <t>9786254472398</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Gezegeni Kurtaran Kız</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254471858</t>
+          <t>9786254472404</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>Gece Yarısı Kedileri-Felidix Okulu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254471834</t>
+          <t>9786254472411</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmet Çelebi</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254471841</t>
+          <t>9786254472381</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cezeri</t>
+          <t>Gol Kralı Sensin 4 - Avrupa’nın Yıldızısın</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254471889</t>
+          <t>9786254471865</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ertuğrul</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254471810</t>
+          <t>9786254471858</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Yüzen Adanın Esrarı</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254471803</t>
+          <t>9786254471834</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Kızgın Boğaların Oyunu</t>
+          <t>Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254471780</t>
+          <t>9786254471841</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Kırmızı Yelkenlinin Sonu</t>
+          <t>Cezeri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254471797</t>
+          <t>9786254471889</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Adalı Miranda'nın Sırrı</t>
+          <t>Diriliş Ertuğrul</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254471940</t>
+          <t>9786254471810</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Süper Kahramanı</t>
+          <t>Dr. Dolittle Yüzen Adanın Esrarı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254470509</t>
+          <t>9786254471803</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 9 - Ben Bu Oyunu Bozarım!</t>
+          <t>Dr. Dolittle Kızgın Boğaların Oyunu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055122935</t>
+          <t>9786254471780</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Savaşçı: Battal Gazi (Ciltli)</t>
+          <t>Dr. Dolittle Kırmızı Yelkenlinin Sonu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055122928</t>
+          <t>9786254471797</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa: Plevne Kahramanı (Ciltli)</t>
+          <t>Dr. Dolittle Adalı Miranda'nın Sırrı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055122973</t>
+          <t>9786254471940</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı: Çanakkale Yiğidi (Ciltli)</t>
+          <t>Okulun En Süper Kahramanı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059562058</t>
+          <t>9786254470509</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Cephesi: Son Kale Medine (Ciltli)</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 9 - Ben Bu Oyunu Bozarım!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059562041</t>
+          <t>9786055122935</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Cephesi: Acı Göç (Ciltli)</t>
+          <t>Korkusuz Savaşçı: Battal Gazi (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059562027</t>
+          <t>9786055122928</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Buz Kesiyor Doğu Cephesi (Ciltli)</t>
+          <t>Gazi Osman Paşa: Plevne Kahramanı (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059562140</t>
+          <t>9786055122973</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Yenikapı Cephesi - Bir Mİllet Tek Yürek</t>
+          <t>Seyit Onbaşı: Çanakkale Yiğidi (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055122621</t>
+          <t>9786059562058</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ajan X</t>
+          <t>Hicaz Cephesi: Son Kale Medine (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254472367</t>
+          <t>9786059562041</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Korku Tüneli 7- Korku Adası</t>
+          <t>Rumeli Cephesi: Acı Göç (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254472374</t>
+          <t>9786059562027</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kara Bela</t>
+          <t>Sarıkamış Buz Kesiyor Doğu Cephesi (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254472299</t>
+          <t>9786059562140</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Geçidin Ucundaki Kedi</t>
+          <t>15 Temmuz Yenikapı Cephesi - Bir Mİllet Tek Yürek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254472282</t>
+          <t>9786055122621</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çantamda Ne Var?</t>
+          <t>Macera Geçidi - Ajan X</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254472305</t>
+          <t>9786254472367</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Niro</t>
+          <t>Korku Tüneli 7- Korku Adası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254472336</t>
+          <t>9786254472374</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Macera Geçidi - Kara Bela</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254472343</t>
+          <t>9786254472299</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Geçidin Ucundaki Kedi</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254472350</t>
+          <t>9786254472282</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Çantamda Ne Var?</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254472312</t>
+          <t>9786254472305</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Uzaylı Niro</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254472329</t>
+          <t>9786254472336</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059562454</t>
+          <t>9786254472343</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Mimarlarımız 2 - Mimar Sinan ve Çırağı</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254471827</t>
+          <t>9786254472350</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254471735</t>
+          <t>9786254472312</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254471728</t>
+          <t>9786254472329</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Nikola Tesla</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254471759</t>
+          <t>9786059562454</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi</t>
+          <t>Medeniyet Mimarlarımız 2 - Mimar Sinan ve Çırağı</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254471773</t>
+          <t>9786254471827</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254471766</t>
+          <t>9786254471735</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254471742</t>
+          <t>9786254471728</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055122188</t>
+          <t>9786254471759</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin'in Gürültü Maceraları 1 (Ciltli)</t>
+          <t>Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254471902</t>
+          <t>9786254471773</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254471919</t>
+          <t>9786254471766</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254471896</t>
+          <t>9786254471742</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254471933</t>
+          <t>9786055122188</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ya Böyle Olsaydı</t>
+          <t>Sessiz Sakin'in Gürültü Maceraları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254471926</t>
+          <t>9786254471902</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Icardi</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254471681</t>
+          <t>9786254471919</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Lewandowski</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254471674</t>
+          <t>9786254471896</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Benzema</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254471636</t>
+          <t>9786254471933</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 2 - Yıldızın Parlıyor</t>
+          <t>Ya Böyle Olsaydı</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254471643</t>
+          <t>9786254471926</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 3 - Milli Takımdasın</t>
+          <t>Meraklı Kulüp ile Rotamız Icardi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254471650</t>
+          <t>9786254471681</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 1 - Yıldızın Doğuyor</t>
+          <t>Rotamız Lewandowski</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254471698</t>
+          <t>9786254471674</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Neymar</t>
+          <t>Rotamız Benzema</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254471704</t>
+          <t>9786254471636</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Salah</t>
+          <t>Gol Kralı Sensin 2 - Yıldızın Parlıyor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254471667</t>
+          <t>9786254471643</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Mbappe</t>
+          <t>Gol Kralı Sensin 3 - Milli Takımdasın</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254471278</t>
+          <t>9786254471650</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Ronaldo</t>
+          <t>Gol Kralı Sensin 1 - Yıldızın Doğuyor</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254470615</t>
+          <t>9786254471698</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Şehri - Korkusuzlar Takımı 3</t>
+          <t>Rotamız Neymar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254470608</t>
+          <t>9786254471704</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeşil Işık</t>
+          <t>Rotamız Salah</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254470592</t>
+          <t>9786254471667</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kıyamet Yıldızı</t>
+          <t>Meraklı Kulüp ile Rotamız Mbappe</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254470073</t>
+          <t>9786254471278</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler</t>
+          <t>Meraklı Kulüp ile Rotamız Ronaldo</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254470585</t>
+          <t>9786254470615</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Messi</t>
+          <t>Yer Altı Şehri - Korkusuzlar Takımı 3</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254470554</t>
+          <t>9786254470608</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İzciler Geliyor! - Sakar Bora 6</t>
+          <t>Hayat Yeşil Işık</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254470561</t>
+          <t>9786254470592</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Canavar Çıkabilir! - Macerakolik Mercan 4</t>
+          <t>Macera Geçidi - Kıyamet Yıldızı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254470578</t>
+          <t>9786254470073</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yakıcı Keşfi Ateş - Eğlenceli Bilim 4</t>
+          <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254470547</t>
+          <t>9786254470585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Sınavı</t>
+          <t>Meraklı Kulüp ile Rotamız Messi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254470530</t>
+          <t>9786254470554</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Müze Sokağı Cinayeti</t>
+          <t>İzciler Geliyor! - Sakar Bora 6</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254470523</t>
+          <t>9786254470561</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tanık Tehlikede</t>
+          <t>Dikkat Canavar Çıkabilir! - Macerakolik Mercan 4</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254470516</t>
+          <t>9786254470578</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 10 - Bu Ne Biçim Ajanda?</t>
+          <t>İnsanlığın Yakıcı Keşfi Ateş - Eğlenceli Bilim 4</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254470493</t>
+          <t>9786254470547</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 8 - Eyvah Böcükler İstilada!</t>
+          <t>Cesaret Sınavı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254470486</t>
+          <t>9786254470530</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 7 - Bir Köy Var Uzakta!</t>
+          <t>Macera Geçidi - Müze Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254470479</t>
+          <t>9786254470523</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 6 - Bu Nasıl Süper Kahraman?</t>
+          <t>Macera Geçidi - Tanık Tehlikede</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254470462</t>
+          <t>9786254470516</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hazineyi Kim Sakladı? - Sessiz Sakin’in Gürültülü Maceraları 5</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 10 - Bu Ne Biçim Ajanda?</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254470455</t>
+          <t>9786254470493</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin’in Gürültülü Maceraları 4</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 8 - Eyvah Böcükler İstilada!</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254470431</t>
+          <t>9786254470486</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İcat Çıkabilir! - Sessiz Sakin’in Gürültülü Maceraları 2</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 7 - Bir Köy Var Uzakta!</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254470424</t>
+          <t>9786254470479</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aaa! Bu da Kim? - Sessiz Sakin’in Gürültülü Maceraları 1</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 6 - Bu Nasıl Süper Kahraman?</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254470318</t>
+          <t>9786254470462</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 3 Göbeklitepe Tarihin Sıfır Noktası</t>
+          <t>Hazineyi Kim Sakladı? - Sessiz Sakin’in Gürültülü Maceraları 5</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254470271</t>
+          <t>9786254470455</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 2 Bergama Antik Kenti Pergamos’un Altın Pelerini</t>
+          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin’in Gürültülü Maceraları 4</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254470301</t>
+          <t>9786254470431</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 1 Muhteşem Çocuklar</t>
+          <t>Dikkat İcat Çıkabilir! - Sessiz Sakin’in Gürültülü Maceraları 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254470295</t>
+          <t>9786254470424</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 8 Ani Harabeleri</t>
+          <t>Aaa! Bu da Kim? - Sessiz Sakin’in Gürültülü Maceraları 1</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254470325</t>
+          <t>9786254470318</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 4 Kapadokya Periler Diyarına Yolculuk</t>
+          <t>Anadolu’nun Kültür Muhafızları - 3 Göbeklitepe Tarihin Sıfır Noktası</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254470257</t>
+          <t>9786254470271</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 7 Selimiye Camii</t>
+          <t>Anadolu’nun Kültür Muhafızları - 2 Bergama Antik Kenti Pergamos’un Altın Pelerini</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254470332</t>
+          <t>9786254470301</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları – 6 Efes Antik Kenti</t>
+          <t>Anadolu’nun Kültür Muhafızları - 1 Muhteşem Çocuklar</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254470288</t>
+          <t>9786254470295</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 9 Troya Antik Kenti</t>
+          <t>Anadolu’nun Kültür Muhafızları - 8 Ani Harabeleri</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254470240</t>
+          <t>9786254470325</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 5 Ayasofya</t>
+          <t>Anadolu’nun Kültür Muhafızları - 4 Kapadokya Periler Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254470264</t>
+          <t>9786254470257</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 10 Nemrut Dağı</t>
+          <t>Anadolu’nun Kültür Muhafızları - 7 Selimiye Camii</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254470226</t>
+          <t>9786254470332</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Teğmen Nabirag’ın Dünya Raporları 2/Daha Karpuz Kesecektik!</t>
+          <t>Anadolu’nun Kültür Muhafızları – 6 Efes Antik Kenti</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059562843</t>
+          <t>9786254470288</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bela Çetesi / Serüven Peşinde 7</t>
+          <t>Anadolu’nun Kültür Muhafızları - 9 Troya Antik Kenti</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059562867</t>
+          <t>9786254470240</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder-Serüven Peşinde</t>
+          <t>Anadolu’nun Kültür Muhafızları - 5 Ayasofya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059562836</t>
+          <t>9786254470264</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>UzayınTutsakları-Serüven Peşinde</t>
+          <t>Anadolu’nun Kültür Muhafızları - 10 Nemrut Dağı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059562980</t>
+          <t>9786254470226</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Günlükteki Sır-Serüven Peşinde 24</t>
+          <t>Teğmen Nabirag’ın Dünya Raporları 2/Daha Karpuz Kesecektik!</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059562973</t>
+          <t>9786059562843</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Yedi Bela Çetesi / Serüven Peşinde 7</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059562966</t>
+          <t>9786059562867</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Kızıl Ejder-Serüven Peşinde</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059562928</t>
+          <t>9786059562836</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 16-Oyun Içinde</t>
+          <t>UzayınTutsakları-Serüven Peşinde</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059562898</t>
+          <t>9786059562980</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Prens-Serüven Peşinde 13</t>
+          <t>Günlükteki Sır-Serüven Peşinde 24</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254470233</t>
+          <t>9786059562973</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Çalınan Tablo</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254470196</t>
+          <t>9786059562966</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kod Adın Bukalemun - Macera Peşinde 18</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254470219</t>
+          <t>9786059562928</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Denizlerde Ne Var Ne Yok - Profesör Çokbilmiş İle Memo 2</t>
+          <t>Serüven Peşinde 16-Oyun Içinde</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254470202</t>
+          <t>9786059562898</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Öğrencinin Günlüğü Hiper Cemil 5</t>
+          <t>Kayıp Prens-Serüven Peşinde 13</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254470189</t>
+          <t>9786254470233</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Orman - Korkusuzlar Takımı 2</t>
+          <t>Macera Geçidi - Çalınan Tablo</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254470172</t>
+          <t>9786254470196</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Define Avcıları - Korkusuzlar Takımı 1</t>
+          <t>Kod Adın Bukalemun - Macera Peşinde 18</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254470103</t>
+          <t>9786254470219</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Hazinenin Peşinde (Ciltli)</t>
+          <t>Denizlerde Ne Var Ne Yok - Profesör Çokbilmiş İle Memo 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254470158</t>
+          <t>9786254470202</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Korsanlar? - Macerakolik Mercan 3 (Ciltli)</t>
+          <t>Esrarengiz Öğrencinin Günlüğü Hiper Cemil 5</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254470127</t>
+          <t>9786254470189</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Örtü Toprak - Eğlenceli Bilim 2</t>
+          <t>Lanetli Orman - Korkusuzlar Takımı 2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254470097</t>
+          <t>9786254470172</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köyün Hayaletleri</t>
+          <t>Define Avcıları - Korkusuzlar Takımı 1</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254470134</t>
+          <t>9786254470103</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Kahraman Hava - Eğlenceli Bilim 3</t>
+          <t>Macera Geçidi - Hazinenin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254470110</t>
+          <t>9786254470158</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kaynağı Su - Eğlenceli Bilim 1</t>
+          <t>Kim Bu Korsanlar? - Macerakolik Mercan 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059562904</t>
+          <t>9786254470127</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 14 - Büyük Soygun</t>
+          <t>Mucizevi Örtü Toprak - Eğlenceli Bilim 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059562850</t>
+          <t>9786254470097</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 5 - Hayalet Gemi</t>
+          <t>Onuncu Köyün Hayaletleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254470080</t>
+          <t>9786254470134</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Başka Sanat İstemez! - Sakar Bora 5 (Ciltli)</t>
+          <t>Görünmeyen Kahraman Hava - Eğlenceli Bilim 3</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254470059</t>
+          <t>9786254470110</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yasak Gezegen - Korku Tüneli 5 (Ciltli)</t>
+          <t>Yaşam Kaynağı Su - Eğlenceli Bilim 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254470042</t>
+          <t>9786059562904</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Robotlar Cehennemi</t>
+          <t>Serüven Peşinde 14 - Büyük Soygun</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254470028</t>
+          <t>9786059562850</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Park Etme Abi Mal Gelecek! - Teğmen Nabirag’ın Dünya Raporları</t>
+          <t>Serüven Peşinde 5 - Hayalet Gemi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254470035</t>
+          <t>9786254470080</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yastık Fırlatan Genç</t>
+          <t>Başka Sanat İstemez! - Sakar Bora 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254470004</t>
+          <t>9786254470059</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çevreniz Sarıldı Eller Yukarı! - Mecarakolik Mercan 2</t>
+          <t>Yasak Gezegen - Korku Tüneli 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254470011</t>
+          <t>9786254470042</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlan Dünya Çıkmazı</t>
+          <t>Macera Geçidi - Robotlar Cehennemi</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050360073</t>
+          <t>9786254470028</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullan Şampiyon Ol - Akıl ve Zeka Oyunları 4</t>
+          <t>Park Etme Abi Mal Gelecek! - Teğmen Nabirag’ın Dünya Raporları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050360134</t>
+          <t>9786254470035</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Galata’da Macera - Tarihin İzinde</t>
+          <t>Güneşe Yastık Fırlatan Genç</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050360127</t>
+          <t>9786254470004</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Sırrı - Tarihin İzinde</t>
+          <t>Çevreniz Sarıldı Eller Yukarı! - Mecarakolik Mercan 2</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050360110</t>
+          <t>9786254470011</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>Yuvarlan Dünya Çıkmazı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050360103</t>
+          <t>9786050360073</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Kaydı</t>
+          <t>Aklını Kullan Şampiyon Ol - Akıl ve Zeka Oyunları 4</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050360158</t>
+          <t>9786050360134</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Başarı Hazinesi (Ciltli)</t>
+          <t>Galata’da Macera - Tarihin İzinde</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050360097</t>
+          <t>9786050360127</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Gizemli Bir Gece - Macerakolik Mercan 1 (Ciltli)</t>
+          <t>İstanbul’un Sırrı - Tarihin İzinde</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059562508</t>
+          <t>9786050360110</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Umut Adam Peyami Safa - Edebiyat Kahramanlarımız 3</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050360035</t>
+          <t>9786050360103</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Kadın Kahramanı: Halide Edip Adıvar - Edebiyat Kahramanlarımız 4</t>
+          <t>Bir Yıldız Kaydı</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050360028</t>
+          <t>9786050360158</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora 4 - Kim Korkar Bilimden?</t>
+          <t>Başarı Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050360080</t>
+          <t>9786050360097</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Zindan - Fener Adası Maceraları 3</t>
+          <t>Ormanda Gizemli Bir Gece - Macerakolik Mercan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059562775</t>
+          <t>9786059562508</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Okulda Şenlik Var - Hiper Cemil 4</t>
+          <t>Umut Adam Peyami Safa - Edebiyat Kahramanlarımız 3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059562751</t>
+          <t>9786050360035</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tehlikeli Oyun (Ciltli)</t>
+          <t>Türk Edebiyatının Kadın Kahramanı: Halide Edip Adıvar - Edebiyat Kahramanlarımız 4</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050360011</t>
+          <t>9786050360028</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Profesör Çokbilmiş İle Memo - Uzayda Ne Var Ne Yok</t>
+          <t>Sakar Bora 4 - Kim Korkar Bilimden?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059562768</t>
+          <t>9786050360080</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ölümden Kaçış (Ciltli)</t>
+          <t>Büyülü Zindan - Fener Adası Maceraları 3</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059562713</t>
+          <t>9786059562775</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Tarih Tolculuğu - Haydi Zafere!</t>
+          <t>Okulda Şenlik Var - Hiper Cemil 4</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059562744</t>
+          <t>9786059562751</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Savaşı - Fener Adası Maceraları</t>
+          <t>Macera Geçidi - Tehlikeli Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059562706</t>
+          <t>9786050360011</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tekkesi'nde Soygun - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Profesör Çokbilmiş İle Memo - Uzayda Ne Var Ne Yok</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059562645</t>
+          <t>9786059562768</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Korku Tüneli</t>
+          <t>Macera Geçidi - Ölümden Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059562683</t>
+          <t>9786059562713</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Aşkar - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Serdar'ın Tarih Tolculuğu - Haydi Zafere!</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059562737</t>
+          <t>9786059562744</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Adada İsyan - Fener Adası Maceraları</t>
+          <t>Okyanus Savaşı - Fener Adası Maceraları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059562669</t>
+          <t>9786059562706</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dedektif İş Başında - Hiper Cemil</t>
+          <t>Okçular Tekkesi'nde Soygun - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059562676</t>
+          <t>9786059562645</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Büyük Yarış</t>
+          <t>Korku Tüneli</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059562638</t>
+          <t>9786059562683</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora - Başlarım Böyle Spora!</t>
+          <t>Hoşgeldin Aşkar - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059562652</t>
+          <t>9786059562737</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeler Evi - Korku Tüneli 3</t>
+          <t>Adada İsyan - Fener Adası Maceraları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059562621</t>
+          <t>9786059562669</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Adası - Korku Tüneli 2</t>
+          <t>Dedektif İş Başında - Hiper Cemil</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059562614</t>
+          <t>9786059562676</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkçı Elması'nın Peşinde - Hiper Cemil 2</t>
+          <t>Macera Geçidi - Büyük Yarış</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059562607</t>
+          <t>9786059562638</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Tanıma Oyunu - Akıl ve Zeka Oyunları 3</t>
+          <t>Sakar Bora - Başlarım Böyle Spora!</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059562997</t>
+          <t>9786059562652</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 23 - Kabus Şatosu</t>
+          <t>Tehlikeler Evi - Korku Tüneli 3</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059562935</t>
+          <t>9786059562621</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 17 - Altın Maske</t>
+          <t>Canavarlar Adası - Korku Tüneli 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059562942</t>
+          <t>9786059562614</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 18 - Korku Sirki</t>
+          <t>Kaşıkçı Elması'nın Peşinde - Hiper Cemil 2</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059562577</t>
+          <t>9786059562607</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Mesnevi'den Hikayeler - Denizden Korkan Adam</t>
+          <t>Arkadaş Tanıma Oyunu - Akıl ve Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059562591</t>
+          <t>9786059562997</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Serüven Peşinde 23 - Kabus Şatosu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059562584</t>
+          <t>9786059562935</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Hikayeleriyle İstiklal Marşı</t>
+          <t>Serüven Peşinde 17 - Altın Maske</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059562553</t>
+          <t>9786059562942</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar Vadisi - Korku Tüneli 1</t>
+          <t>Serüven Peşinde 18 - Korku Sirki</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059562546</t>
+          <t>9786059562577</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Ajanda? - Sessiz Sakin’in Gürültülü Maceraları 10 (Ciltli)</t>
+          <t>Çizgilerle Mesnevi'den Hikayeler - Denizden Korkan Adam</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059562416</t>
+          <t>9786059562591</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları 2 - Hayat Kurtaran Oyun</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059562447</t>
+          <t>9786059562584</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Mimarlarımız 1 - Evliya Çelebi ve Küçük Gezgin</t>
+          <t>Kahramanlık Hikayeleriyle İstiklal Marşı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059562409</t>
+          <t>9786059562553</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 5 - Tutsaklar Gezegeni'nden Kaçış</t>
+          <t>Yarasalar Vadisi - Korku Tüneli 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059562461</t>
+          <t>9786059562546</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hiper Cemil 1 - Altın Anahtar'ın Gizemi</t>
+          <t>Bu Ne Biçim Ajanda? - Sessiz Sakin’in Gürültülü Maceraları 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059562485</t>
+          <t>9786059562416</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora 2 - Gizli Hazine Peşinde</t>
+          <t>Akıl ve Zeka Oyunları 2 - Hayat Kurtaran Oyun</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059562430</t>
+          <t>9786059562447</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zarif Adam Cahit Zarifoğlu - Edebiyat Kahramanlarımız 2</t>
+          <t>Medeniyet Mimarlarımız 1 - Evliya Çelebi ve Küçük Gezgin</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059562294</t>
+          <t>9786059562409</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 2 - Gizemli Ada</t>
+          <t>Uzay Maceraları 5 - Tutsaklar Gezegeni'nden Kaçış</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059562324</t>
+          <t>9786059562461</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 11 - İstanbul'da Tehlike</t>
+          <t>Hiper Cemil 1 - Altın Anahtar'ın Gizemi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059562799</t>
+          <t>9786059562485</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 10 - Katil Kim?</t>
+          <t>Sakar Bora 2 - Gizli Hazine Peşinde</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059562829</t>
+          <t>9786059562430</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 9 - Efsaneler Gezegeni</t>
+          <t>Zarif Adam Cahit Zarifoğlu - Edebiyat Kahramanlarımız 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059562348</t>
+          <t>9786059562294</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Resfebe - Resimli Kelime Oyunları</t>
+          <t>Uzay Maceraları 2 - Gizemli Ada</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055122676</t>
+          <t>9786059562324</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Serüven Peşinde 11 - İstanbul'da Tehlike</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059562270</t>
+          <t>9786059562799</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları - Yarış Başlıyor</t>
+          <t>Serüven Peşinde 10 - Katil Kim?</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059562256</t>
+          <t>9786059562829</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora - Nereden Pörtledi Bu Sivilceler?</t>
+          <t>Serüven Peşinde 9 - Efsaneler Gezegeni</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059562164</t>
+          <t>9786059562348</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Zeka Soruları (Ciltli)</t>
+          <t>Resfebe - Resimli Kelime Oyunları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059562218</t>
+          <t>9786055122676</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 5 - Karanlık Yol</t>
+          <t>Canım Annem</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059562201</t>
+          <t>9786059562270</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sinbed 4 - Efsane Tutsak</t>
+          <t>Akıl ve Zeka Oyunları - Yarış Başlıyor</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059562195</t>
+          <t>9786059562256</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 3 - Sırlar Adası</t>
+          <t>Sakar Bora - Nereden Pörtledi Bu Sivilceler?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059562188</t>
+          <t>9786059562164</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 2 - Gizemli Adam</t>
+          <t>Eğlenceli Zeka Soruları (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059562133</t>
+          <t>9786059562218</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 4 - Gizli Plan (Ciltli)</t>
+          <t>Sinbad 5 - Karanlık Yol</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059562157</t>
+          <t>9786059562201</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Yaşamak İçin (Ciltli)</t>
+          <t>Sinbed 4 - Efsane Tutsak</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059562126</t>
+          <t>9786059562195</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Uzaylılar Dünya'da</t>
+          <t>Sinbad 3 - Sırlar Adası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059562812</t>
+          <t>9786059562188</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 3 - Bizans'ın Gizli Hazinesi</t>
+          <t>Sinbad 2 - Gizemli Adam</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059562881</t>
+          <t>9786059562133</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 12 - Piri Reis'in Hazineleri</t>
+          <t>Uzay Maceraları 4 - Gizli Plan (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059562065</t>
+          <t>9786059562157</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Oyunu Bozarım! (Ciltli)</t>
+          <t>Macera Geçidi - Yaşamak İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059562010</t>
+          <t>9786059562126</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu’nun Kılıcı Sultan Kılıçaslan (Ciltli)</t>
+          <t>Macera Geçidi - Uzaylılar Dünya'da</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059562003</t>
+          <t>9786059562812</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gazi Kadın Fatma Teğmen (Ciltli)</t>
+          <t>Serüven Peşinde 3 - Bizans'ın Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055122966</t>
+          <t>9786059562881</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Denizler Hakimi Turgut Reis (Ciltli)</t>
+          <t>Serüven Peşinde 12 - Piri Reis'in Hazineleri</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055122997</t>
+          <t>9786059562065</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kartalı Gökçen Efe (Ciltli)</t>
+          <t>Ben Bu Oyunu Bozarım! (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055122980</t>
+          <t>9786059562010</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sancaktarı Ulubatlı Hasan (Ciltli)</t>
+          <t>Selçuklu’nun Kılıcı Sultan Kılıçaslan (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055122911</t>
+          <t>9786059562003</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Altın Kent'in İzinde (Ciltli)</t>
+          <t>Gazi Kadın Fatma Teğmen (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059562805</t>
+          <t>9786055122966</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 2 - Ateş Kent’ten Kaçış</t>
+          <t>Denizler Hakimi Turgut Reis (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059562782</t>
+          <t>9786055122997</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Batık Kent'e Yolculuk (Ciltli)</t>
+          <t>Dağların Kartalı Gökçen Efe (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055122904</t>
+          <t>9786055122980</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yemen Cephesi: Çöl Sancısı (Ciltli)</t>
+          <t>Fethin Sancaktarı Ulubatlı Hasan (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055122942</t>
+          <t>9786055122911</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey: Antep Şehidi (Ciltli)</t>
+          <t>Macera Geçidi - Altın Kent'in İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055122959</t>
+          <t>9786059562805</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun: Yürekli Kadın (Ciltli)</t>
+          <t>Serüven Peşinde 2 - Ateş Kent’ten Kaçış</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050360004</t>
+          <t>9786059562782</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 22 - Tehlikeler Gezegeni</t>
+          <t>Batık Kent'e Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059562911</t>
+          <t>9786055122904</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 15 - Çin Seddinin Ötesinde</t>
+          <t>Yemen Cephesi: Çöl Sancısı (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059562874</t>
+          <t>9786055122942</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 8 - Korkunç Tuzak</t>
+          <t>Şahin Bey: Antep Şehidi (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059562959</t>
+          <t>9786055122959</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 19 - Uzaydaki Düşman</t>
+          <t>Nene Hatun: Yürekli Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055122799</t>
+          <t>9786050360004</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ölümcül Takip (Ciltli)</t>
+          <t>Serüven Peşinde 22 - Tehlikeler Gezegeni</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055122775</t>
+          <t>9786059562911</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Böcükler İstilada! - Sessiz Sakin’in Gürültülü Maceraları 8 (Ciltli)</t>
+          <t>Serüven Peşinde 15 - Çin Seddinin Ötesinde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055122720</t>
+          <t>9786059562874</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Gol Kralı Kaçırıldı</t>
+          <t>Serüven Peşinde 8 - Korkunç Tuzak</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055122690</t>
+          <t>9786059562959</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Var Uzakta! (Ciltli)</t>
+          <t>Serüven Peşinde 19 - Uzaydaki Düşman</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055122713</t>
+          <t>9786055122799</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tehlike Çemberi</t>
+          <t>Macera Geçidi - Ölümcül Takip (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055122386</t>
+          <t>9786055122775</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk Öyküleri</t>
+          <t>Eyvah Böcükler İstilada! - Sessiz Sakin’in Gürültülü Maceraları 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055122331</t>
+          <t>9786055122720</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İlham Öyküleri</t>
+          <t>Macera Geçidi - Gol Kralı Kaçırıldı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055122652</t>
+          <t>9786055122690</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Yeni Dünyalarda (Ciltli)</t>
+          <t>Bir Köy Var Uzakta! (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055122645</t>
+          <t>9786055122713</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Batık (Ciltli)</t>
+          <t>Macera Geçidi - Tehlike Çemberi</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059562034</t>
+          <t>9786055122386</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi: Ölümsüz Şehitler (Ciltli)</t>
+          <t>Anne Baba Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055122669</t>
+          <t>9786055122331</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Süper Kahraman? - Sessiz Sakin'in Gürültülü Maceraları 6 (Ciltli)</t>
+          <t>İlham Öyküleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055122614</t>
+          <t>9786055122652</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kanıt Peşinde (Ciltli)</t>
+          <t>Macera Geçidi - Yeni Dünyalarda (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055122393</t>
+          <t>9786055122645</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Macera Geçidi - Batık (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059562515</t>
+          <t>9786059562034</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları - Karanlıklar Ülkesi 1</t>
+          <t>Çanakkale Cephesi: Ölümsüz Şehitler (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055122539</t>
+          <t>9786055122669</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hazineyi Kim Sakladı? - Sessiz Sakin'in Gürültülü Maceraları 5 (Ciltli)</t>
+          <t>Bu Nasıl Süper Kahraman? - Sessiz Sakin'in Gürültülü Maceraları 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055122058</t>
+          <t>9786055122614</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Gizli Vadi - 6</t>
+          <t>Macera Geçidi - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055122072</t>
+          <t>9786055122393</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Büyük Savaş - 8</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055122065</t>
+          <t>9786059562515</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Zindandan Kaçış - 7</t>
+          <t>Uzay Maceraları - Karanlıklar Ülkesi 1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055122379</t>
+          <t>9786055122539</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Öyküler</t>
+          <t>Hazineyi Kim Sakladı? - Sessiz Sakin'in Gürültülü Maceraları 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055122461</t>
+          <t>9786055122058</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kartalı Gökçen Efe</t>
+          <t>Sinbad Gizli Vadi - 6</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>25</v>
+        <v>180</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055122317</t>
+          <t>9786055122072</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Öyküleri</t>
+          <t>Sinbad Büyük Savaş - 8</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055122300</t>
+          <t>9786055122065</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Öyküler</t>
+          <t>Sinbad Zindandan Kaçış - 7</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055122362</t>
+          <t>9786055122379</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öyküleri</t>
+          <t>Düşünen Öyküler</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055122423</t>
+          <t>9786055122461</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Şefkat Öyküleri</t>
+          <t>Dağların Kartalı Gökçen Efe</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055122409</t>
+          <t>9786055122317</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Gazete! - Sessiz Sakin'in Gürültülü Maceraları 3 (Ciltli)</t>
+          <t>Rahmet Öyküleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055122751</t>
+          <t>9786055122300</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları - Acayip Yarışmalar Diyarı (Ciltli)</t>
+          <t>Gülümseyen Öyküler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055122768</t>
+          <t>9786055122362</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Lanetli Miras (Ciltli)</t>
+          <t>Mutluluk Öyküleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055122744</t>
+          <t>9786055122423</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Acı Göç / Rumeli Cephesi</t>
+          <t>Sevgi ve Şefkat Öyküleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055122294</t>
+          <t>9786055122409</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Öyküleri</t>
+          <t>Acayip Bir Gazete! - Sessiz Sakin'in Gürültülü Maceraları 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055122706</t>
+          <t>9786055122751</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Sultanın Altınları (Ciltli)</t>
+          <t>Uzay Maceraları - Acayip Yarışmalar Diyarı (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055122324</t>
+          <t>9786055122768</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Öyküleri</t>
+          <t>Macera Geçidi - Lanetli Miras (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055122591</t>
+          <t>9786055122744</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Çocuklarda Savaştı</t>
+          <t>Acı Göç / Rumeli Cephesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
+          <t>9786055122294</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Öyküleri</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055122706</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Macera Geçidi - Sultanın Altınları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786055122324</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağı Öyküleri</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786055122591</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale’de Çocuklarda Savaştı</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
           <t>9786055122003</t>
         </is>
       </c>
-      <c r="B301" s="1" t="inlineStr">
+      <c r="B305" s="1" t="inlineStr">
         <is>
           <t>Sinbad Meçhule Yolculuk - 1</t>
         </is>
       </c>
-      <c r="C301" s="1">
+      <c r="C305" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>