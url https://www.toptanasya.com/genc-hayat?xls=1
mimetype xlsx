--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,4600 +85,4615 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254472589</t>
+          <t>9786254472596</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gökler Fatihi</t>
+          <t>Gece Yarısı Kedileri 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254472565</t>
+          <t>9786254472589</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Ülkesi – Cennette On Adım</t>
+          <t>Gökler Fatihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254472558</t>
+          <t>9786254472565</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Görev - Satranç Günlüğü 2</t>
+          <t>Sonsuzluk Ülkesi – Cennette On Adım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254472541</t>
+          <t>9786254472558</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Konak - Satranç Günlüğü 1</t>
+          <t>Gizemli Görev - Satranç Günlüğü 2</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254472527</t>
+          <t>9786254472541</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Bakanlığı</t>
+          <t>Esrarengiz Konak - Satranç Günlüğü 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254472534</t>
+          <t>9786254472527</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mert-İgo</t>
+          <t>Dikkat Bakanlığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254472510</t>
+          <t>9786254472534</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşanlar</t>
+          <t>Mert-İgo</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051184326</t>
+          <t>9786254472510</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Sınırları Aşanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051184272</t>
+          <t>9786051184326</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051184319</t>
+          <t>9786051184272</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051184302</t>
+          <t>9786051184319</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051184296</t>
+          <t>9786051184302</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051184289</t>
+          <t>9786051184296</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051184241</t>
+          <t>9786051184289</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Aleko</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051184265</t>
+          <t>9786051184241</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Bir Çocuk Aleko</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055122553</t>
+          <t>9786051184265</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezginleri 1 - Karanlıklar Ülkesi Kinya (Ciltli)</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059562720</t>
+          <t>9786055122553</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Tarih Yolculuğu - Yeni Bir Çağ Açalım!</t>
+          <t>Uzay Gezginleri 1 - Karanlıklar Ülkesi Kinya (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059562690</t>
+          <t>9786059562720</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hedefi 12'den Vuran Ok - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Serdar'ın Tarih Yolculuğu - Yeni Bir Çağ Açalım!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059562560</t>
+          <t>9786059562690</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Nasreddin Hoca ve Eşeği</t>
+          <t>Hedefi 12'den Vuran Ok - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055122218</t>
+          <t>9786059562560</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Savaşçı Battal Gazi</t>
+          <t>Çizgilerle Nasreddin Hoca ve Eşeği</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>18</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055122041</t>
+          <t>9786055122218</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Karanlık Yol - 5</t>
+          <t>Korkusuz Savaşçı Battal Gazi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055122225</t>
+          <t>9786055122041</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Antep Şehidi Şahin Bey</t>
+          <t>Sinbad Karanlık Yol - 5</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059562263</t>
+          <t>9786055122225</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Korsanları - Zorlu Görev</t>
+          <t>Antep Şehidi Şahin Bey</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055122584</t>
+          <t>9786059562263</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Doğu Cephesi - Sarıkamış Buz Kesiyor</t>
+          <t>Akdeniz Korsanları - Zorlu Görev</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055122201</t>
+          <t>9786055122584</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa</t>
+          <t>Doğu Cephesi - Sarıkamış Buz Kesiyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059562249</t>
+          <t>9786055122201</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 8 - Büyük Savaş (Ciltli)</t>
+          <t>Gazi Osman Paşa</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059562232</t>
+          <t>9786059562249</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 7 - Zindandan Kaçış (Ciltli)</t>
+          <t>Sinbad 8 - Büyük Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059562225</t>
+          <t>9786059562232</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 6 - Gizli Vadi (Ciltli)</t>
+          <t>Sinbad 7 - Zindandan Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059562171</t>
+          <t>9786059562225</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 1 - Meçhule Yolculuk (Ciltli)</t>
+          <t>Sinbad 6 - Gizli Vadi (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059562331</t>
+          <t>9786059562171</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 13 - Kayıp Prens (Ciltli)</t>
+          <t>Sinbad 1 - Meçhule Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059562379</t>
+          <t>9786059562331</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 3 - Kaşağı</t>
+          <t>Serüven Peşinde 13 - Kayıp Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059562362</t>
+          <t>9786059562379</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 2 - Forsa</t>
+          <t>Ömer Seyfettin Hikayeleri 3 - Kaşağı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059562355</t>
+          <t>9786059562362</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 1 - Diyet</t>
+          <t>Ömer Seyfettin Hikayeleri 2 - Forsa</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059562393</t>
+          <t>9786059562355</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 5 - Yalnız Efe</t>
+          <t>Ömer Seyfettin Hikayeleri 1 - Diyet</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059562386</t>
+          <t>9786059562393</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Hikayeleri 4 - Perili Köşk</t>
+          <t>Ömer Seyfettin Hikayeleri 5 - Yalnız Efe</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059562102</t>
+          <t>9786059562386</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 7 - Yedi Bela Çetesi</t>
+          <t>Ömer Seyfettin Hikayeleri 4 - Perili Köşk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059562096</t>
+          <t>9786059562102</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 6 - Kızıl Ejder (Ciltli)</t>
+          <t>Serüven Peşinde 7 - Yedi Bela Çetesi</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059562089</t>
+          <t>9786059562096</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 4 - Uzayın Tutsakları</t>
+          <t>Serüven Peşinde 6 - Kızıl Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055122874</t>
+          <t>9786059562089</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 16 - Oyun İçinde Oyun</t>
+          <t>Serüven Peşinde 4 - Uzayın Tutsakları</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055122737</t>
+          <t>9786055122874</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Süsledi Düşlerimi</t>
+          <t>Serüven Peşinde 16 - Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055122829</t>
+          <t>9786055122737</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 5 - Hayalet Gemi (Ciltli)</t>
+          <t>Hatıralar Süsledi Düşlerimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055122782</t>
+          <t>9786055122829</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaşifler</t>
+          <t>Serüven Peşinde 5 - Hayalet Gemi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059562287</t>
+          <t>9786055122782</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 24 : Günlükteki Sır</t>
+          <t>Korkusuz Kaşifler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055122683</t>
+          <t>9786059562287</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Her İmlaya Maydanoz</t>
+          <t>Serüven Peşinde 24 : Günlükteki Sır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>95</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055122263</t>
+          <t>9786055122683</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Cambaz - Tutiname'den Seçmeler</t>
+          <t>Her İmlaya Maydanoz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055122522</t>
+          <t>9786055122263</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kılıçaslan - Selçuklu’nun Kılıcı</t>
+          <t>Cambaz - Tutiname'den Seçmeler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>9.26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055122416</t>
+          <t>9786055122522</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sancaktarı - Ulubatlı Hasan</t>
+          <t>Kılıçaslan - Selçuklu’nun Kılıcı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059562478</t>
+          <t>9786055122416</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 14 - Büyük Soygun (Ciltli)</t>
+          <t>Fethin Sancaktarı - Ulubatlı Hasan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055122805</t>
+          <t>9786059562478</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bahar Geldi Umutlarıma</t>
+          <t>Serüven Peşinde 14 - Büyük Soygun (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055122812</t>
+          <t>9786055122805</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hebo</t>
+          <t>Bahar Geldi Umutlarıma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055122454</t>
+          <t>9786055122812</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye</t>
+          <t>Hebo</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055122485</t>
+          <t>9786055122454</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Turgut Reis: Denizler Hakimi</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055122478</t>
+          <t>9786055122485</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler - 2 Senden Akıllısı mı Var?</t>
+          <t>Turgut Reis: Denizler Hakimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>18</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055122195</t>
+          <t>9786055122478</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler - Kendi Boynuna Zil Takmak</t>
+          <t>Güldüren Düşünceler - 2 Senden Akıllısı mı Var?</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055122249</t>
+          <t>9786055122195</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 1 - İyilik Ekmeği</t>
+          <t>Güldüren Düşünceler - Kendi Boynuna Zil Takmak</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>4.63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055122256</t>
+          <t>9786055122249</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 2 : Şaşı Çırak</t>
+          <t>Düşmeden Düşün 1 - İyilik Ekmeği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055122515</t>
+          <t>9786055122256</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Öyküler Gezegeni - 1 Gökkuşağı Tuttu Ellerimizden</t>
+          <t>Düşmeden Düşün 2 : Şaşı Çırak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>11.11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055122287</t>
+          <t>9786055122515</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün - 5 : Hazine Kavgası</t>
+          <t>Hüzünlü Öyküler Gezegeni - 1 Gökkuşağı Tuttu Ellerimizden</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055122270</t>
+          <t>9786055122287</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düşmeden Düşün 4 : Bilge Padişah</t>
+          <t>Düşmeden Düşün - 5 : Hazine Kavgası</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055122577</t>
+          <t>9786055122270</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çöl Sancısı : Yemen Cephesi</t>
+          <t>Düşmeden Düşün 4 : Bilge Padişah</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055122560</t>
+          <t>9786055122577</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Öyküler Gezegeni - 2 : Enyado Gibi Yaşamak</t>
+          <t>Çöl Sancısı : Yemen Cephesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055122492</t>
+          <t>9786055122560</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gazi Kadın - Fatma Teğmen</t>
+          <t>Hüzünlü Öyküler Gezegeni - 2 : Enyado Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055122508</t>
+          <t>9786055122492</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin'in Gürültülü Maceraları 4 (Ciltli)</t>
+          <t>Gazi Kadın - Fatma Teğmen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055122607</t>
+          <t>9786055122508</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gezginleri 2 : Yutayiler Adası'nın Gizemi (Ciltli)</t>
+          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin'in Gürültülü Maceraları 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>19</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055122546</t>
+          <t>9786055122607</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güldüren Düşünceler 3: Meteliğe Kurşun Atmak</t>
+          <t>Uzay Gezginleri 2 : Yutayiler Adası'nın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050360059</t>
+          <t>9786055122546</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Yenilik Zamanı! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Güldüren Düşünceler 3: Meteliğe Kurşun Atmak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050360066</t>
+          <t>9786050360059</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kahramanca Savaşalım! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Şimdi Yenilik Zamanı! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050360042</t>
+          <t>9786050360066</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Biraz da Padişah Ben Olayım! - Serdar'ın Tarih Yolculuğu</t>
+          <t>Kahramanca Savaşalım! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254471957</t>
+          <t>9786050360042</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Fırtına</t>
+          <t>Biraz da Padişah Ben Olayım! - Serdar'ın Tarih Yolculuğu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254470448</t>
+          <t>9786254471957</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Gazete! - Sessiz Sakin’in Gürültülü Maceraları 3</t>
+          <t>İçimdeki Fırtına</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055122355</t>
+          <t>9786254470448</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İcat Çıkabilir! (Ciltli)</t>
+          <t>Acayip Bir Gazete! - Sessiz Sakin’in Gürültülü Maceraları 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254472503</t>
+          <t>9786055122355</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atan 2 - Elveda Arkadaş</t>
+          <t>Dikkat İcat Çıkabilir! (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254472497</t>
+          <t>9786254472503</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Atan 1 - Sonsuza Kadar Arkadaşlık</t>
+          <t>Atan 2 - Elveda Arkadaş</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059562423</t>
+          <t>9786254472497</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Kahramanlarımız 1 - Mehmet Akif Ersoy</t>
+          <t>Atan 1 - Sonsuza Kadar Arkadaşlık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055122898</t>
+          <t>9786059562423</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kahin - Serüven Peşinde 21 (Ciltli)</t>
+          <t>Edebiyat Kahramanlarımız 1 - Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055122881</t>
+          <t>9786055122898</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 20 - Deniz Kurdu</t>
+          <t>Kahin - Serüven Peşinde 21 (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254471629</t>
+          <t>9786055122881</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Arda Güler</t>
+          <t>Serüven Peşinde 20 - Deniz Kurdu</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254471612</t>
+          <t>9786254471629</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hiper Değil Süper Cemil</t>
+          <t>Meraklı Kulüp ile Rotamız Arda Güler</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254470721</t>
+          <t>9786254471612</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kurtarma Operasyonu</t>
+          <t>Hiper Değil Süper Cemil</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050360141</t>
+          <t>9786254470721</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Madalyon</t>
+          <t>Oyun Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254472398</t>
+          <t>9786050360141</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gezegeni Kurtaran Kız</t>
+          <t>Gizemli Madalyon</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254472404</t>
+          <t>9786254472398</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Kedileri-Felidix Okulu</t>
+          <t>Gezegeni Kurtaran Kız</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254472411</t>
+          <t>9786254472404</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Gece Yarısı Kedileri-Felidix Okulu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254472381</t>
+          <t>9786254472411</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 4 - Avrupa’nın Yıldızısın</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254471865</t>
+          <t>9786254472381</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Gol Kralı Sensin 4 - Avrupa’nın Yıldızısın</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254471858</t>
+          <t>9786254471865</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254471834</t>
+          <t>9786254471858</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmet Çelebi</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254471841</t>
+          <t>9786254471834</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cezeri</t>
+          <t>Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254471889</t>
+          <t>9786254471841</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ertuğrul</t>
+          <t>Cezeri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254471810</t>
+          <t>9786254471889</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Yüzen Adanın Esrarı</t>
+          <t>Diriliş Ertuğrul</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254471803</t>
+          <t>9786254471810</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Kızgın Boğaların Oyunu</t>
+          <t>Dr. Dolittle Yüzen Adanın Esrarı</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254471780</t>
+          <t>9786254471803</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Kırmızı Yelkenlinin Sonu</t>
+          <t>Dr. Dolittle Kızgın Boğaların Oyunu</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254471797</t>
+          <t>9786254471780</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dr. Dolittle Adalı Miranda'nın Sırrı</t>
+          <t>Dr. Dolittle Kırmızı Yelkenlinin Sonu</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254471940</t>
+          <t>9786254471797</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Süper Kahramanı</t>
+          <t>Dr. Dolittle Adalı Miranda'nın Sırrı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254470509</t>
+          <t>9786254471940</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 9 - Ben Bu Oyunu Bozarım!</t>
+          <t>Okulun En Süper Kahramanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055122935</t>
+          <t>9786254470509</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Savaşçı: Battal Gazi (Ciltli)</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 9 - Ben Bu Oyunu Bozarım!</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055122928</t>
+          <t>9786055122935</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa: Plevne Kahramanı (Ciltli)</t>
+          <t>Korkusuz Savaşçı: Battal Gazi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055122973</t>
+          <t>9786055122928</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seyit Onbaşı: Çanakkale Yiğidi (Ciltli)</t>
+          <t>Gazi Osman Paşa: Plevne Kahramanı (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059562058</t>
+          <t>9786055122973</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Cephesi: Son Kale Medine (Ciltli)</t>
+          <t>Seyit Onbaşı: Çanakkale Yiğidi (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059562041</t>
+          <t>9786059562058</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Cephesi: Acı Göç (Ciltli)</t>
+          <t>Hicaz Cephesi: Son Kale Medine (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059562027</t>
+          <t>9786059562041</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış Buz Kesiyor Doğu Cephesi (Ciltli)</t>
+          <t>Rumeli Cephesi: Acı Göç (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059562140</t>
+          <t>9786059562027</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Yenikapı Cephesi - Bir Mİllet Tek Yürek</t>
+          <t>Sarıkamış Buz Kesiyor Doğu Cephesi (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055122621</t>
+          <t>9786059562140</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ajan X</t>
+          <t>15 Temmuz Yenikapı Cephesi - Bir Mİllet Tek Yürek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254472367</t>
+          <t>9786055122621</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Korku Tüneli 7- Korku Adası</t>
+          <t>Macera Geçidi - Ajan X</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254472374</t>
+          <t>9786254472367</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kara Bela</t>
+          <t>Korku Tüneli 7- Korku Adası</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254472299</t>
+          <t>9786254472374</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Geçidin Ucundaki Kedi</t>
+          <t>Macera Geçidi - Kara Bela</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254472282</t>
+          <t>9786254472299</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çantamda Ne Var?</t>
+          <t>Geçidin Ucundaki Kedi</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254472305</t>
+          <t>9786254472282</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Niro</t>
+          <t>Çantamda Ne Var?</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254472336</t>
+          <t>9786254472305</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Uzaylı Niro</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254472343</t>
+          <t>9786254472336</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254472350</t>
+          <t>9786254472343</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Leonardo da Vinci</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254472312</t>
+          <t>9786254472350</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254472329</t>
+          <t>9786254472312</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059562454</t>
+          <t>9786254472329</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Mimarlarımız 2 - Mimar Sinan ve Çırağı</t>
+          <t>Nikola Tesla</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254471827</t>
+          <t>9786059562454</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Medeniyet Mimarlarımız 2 - Mimar Sinan ve Çırağı</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254471735</t>
+          <t>9786254471827</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254471728</t>
+          <t>9786254471735</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254471759</t>
+          <t>9786254471728</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi</t>
+          <t>Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254471773</t>
+          <t>9786254471759</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Emir Timur</t>
+          <t>Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254471766</t>
+          <t>9786254471773</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Paşa</t>
+          <t>Emir Timur</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254471742</t>
+          <t>9786254471766</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Barbaros Hayrettin Paşa</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055122188</t>
+          <t>9786254471742</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin'in Gürültü Maceraları 1 (Ciltli)</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254471902</t>
+          <t>9786055122188</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Sessiz Sakin'in Gürültü Maceraları 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254471919</t>
+          <t>9786254471902</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254471896</t>
+          <t>9786254471919</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254471933</t>
+          <t>9786254471896</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ya Böyle Olsaydı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254471926</t>
+          <t>9786254471933</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Icardi</t>
+          <t>Ya Böyle Olsaydı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254471681</t>
+          <t>9786254471926</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Lewandowski</t>
+          <t>Meraklı Kulüp ile Rotamız Icardi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254471674</t>
+          <t>9786254471681</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Benzema</t>
+          <t>Rotamız Lewandowski</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254471636</t>
+          <t>9786254471674</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 2 - Yıldızın Parlıyor</t>
+          <t>Rotamız Benzema</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786254471643</t>
+          <t>9786254471636</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 3 - Milli Takımdasın</t>
+          <t>Gol Kralı Sensin 2 - Yıldızın Parlıyor</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786254471650</t>
+          <t>9786254471643</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı Sensin 1 - Yıldızın Doğuyor</t>
+          <t>Gol Kralı Sensin 3 - Milli Takımdasın</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254471698</t>
+          <t>9786254471650</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Neymar</t>
+          <t>Gol Kralı Sensin 1 - Yıldızın Doğuyor</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254471704</t>
+          <t>9786254471698</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rotamız Salah</t>
+          <t>Rotamız Neymar</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254471667</t>
+          <t>9786254471704</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Mbappe</t>
+          <t>Rotamız Salah</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254471278</t>
+          <t>9786254471667</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Ronaldo</t>
+          <t>Meraklı Kulüp ile Rotamız Mbappe</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254470615</t>
+          <t>9786254471278</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yer Altı Şehri - Korkusuzlar Takımı 3</t>
+          <t>Meraklı Kulüp ile Rotamız Ronaldo</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254470608</t>
+          <t>9786254470615</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yeşil Işık</t>
+          <t>Yer Altı Şehri - Korkusuzlar Takımı 3</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254470592</t>
+          <t>9786254470608</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kıyamet Yıldızı</t>
+          <t>Hayat Yeşil Işık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254470073</t>
+          <t>9786254470592</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler</t>
+          <t>Macera Geçidi - Kıyamet Yıldızı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254470585</t>
+          <t>9786254470073</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kulüp ile Rotamız Messi</t>
+          <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254470554</t>
+          <t>9786254470585</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İzciler Geliyor! - Sakar Bora 6</t>
+          <t>Meraklı Kulüp ile Rotamız Messi</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254470561</t>
+          <t>9786254470554</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Canavar Çıkabilir! - Macerakolik Mercan 4</t>
+          <t>İzciler Geliyor! - Sakar Bora 6</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254470578</t>
+          <t>9786254470561</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yakıcı Keşfi Ateş - Eğlenceli Bilim 4</t>
+          <t>Dikkat Canavar Çıkabilir! - Macerakolik Mercan 4</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254470547</t>
+          <t>9786254470578</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Sınavı</t>
+          <t>İnsanlığın Yakıcı Keşfi Ateş - Eğlenceli Bilim 4</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254470530</t>
+          <t>9786254470547</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Müze Sokağı Cinayeti</t>
+          <t>Cesaret Sınavı</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254470523</t>
+          <t>9786254470530</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tanık Tehlikede</t>
+          <t>Macera Geçidi - Müze Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254470516</t>
+          <t>9786254470523</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 10 - Bu Ne Biçim Ajanda?</t>
+          <t>Macera Geçidi - Tanık Tehlikede</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254470493</t>
+          <t>9786254470516</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 8 - Eyvah Böcükler İstilada!</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 10 - Bu Ne Biçim Ajanda?</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254470486</t>
+          <t>9786254470493</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 7 - Bir Köy Var Uzakta!</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 8 - Eyvah Böcükler İstilada!</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254470479</t>
+          <t>9786254470486</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Sakin’in Gürültülü Maceraları 6 - Bu Nasıl Süper Kahraman?</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 7 - Bir Köy Var Uzakta!</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254470462</t>
+          <t>9786254470479</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hazineyi Kim Sakladı? - Sessiz Sakin’in Gürültülü Maceraları 5</t>
+          <t>Sessiz Sakin’in Gürültülü Maceraları 6 - Bu Nasıl Süper Kahraman?</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254470455</t>
+          <t>9786254470462</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin’in Gürültülü Maceraları 4</t>
+          <t>Hazineyi Kim Sakladı? - Sessiz Sakin’in Gürültülü Maceraları 5</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254470431</t>
+          <t>9786254470455</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İcat Çıkabilir! - Sessiz Sakin’in Gürültülü Maceraları 2</t>
+          <t>Kim Bu Yeni Çocuk? - Sessiz Sakin’in Gürültülü Maceraları 4</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254470424</t>
+          <t>9786254470431</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aaa! Bu da Kim? - Sessiz Sakin’in Gürültülü Maceraları 1</t>
+          <t>Dikkat İcat Çıkabilir! - Sessiz Sakin’in Gürültülü Maceraları 2</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254470318</t>
+          <t>9786254470424</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 3 Göbeklitepe Tarihin Sıfır Noktası</t>
+          <t>Aaa! Bu da Kim? - Sessiz Sakin’in Gürültülü Maceraları 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254470271</t>
+          <t>9786254470318</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 2 Bergama Antik Kenti Pergamos’un Altın Pelerini</t>
+          <t>Anadolu’nun Kültür Muhafızları - 3 Göbeklitepe Tarihin Sıfır Noktası</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254470301</t>
+          <t>9786254470271</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 1 Muhteşem Çocuklar</t>
+          <t>Anadolu’nun Kültür Muhafızları - 2 Bergama Antik Kenti Pergamos’un Altın Pelerini</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254470295</t>
+          <t>9786254470301</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 8 Ani Harabeleri</t>
+          <t>Anadolu’nun Kültür Muhafızları - 1 Muhteşem Çocuklar</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254470325</t>
+          <t>9786254470295</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 4 Kapadokya Periler Diyarına Yolculuk</t>
+          <t>Anadolu’nun Kültür Muhafızları - 8 Ani Harabeleri</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254470257</t>
+          <t>9786254470325</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 7 Selimiye Camii</t>
+          <t>Anadolu’nun Kültür Muhafızları - 4 Kapadokya Periler Diyarına Yolculuk</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254470332</t>
+          <t>9786254470257</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları – 6 Efes Antik Kenti</t>
+          <t>Anadolu’nun Kültür Muhafızları - 7 Selimiye Camii</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254470288</t>
+          <t>9786254470332</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 9 Troya Antik Kenti</t>
+          <t>Anadolu’nun Kültür Muhafızları – 6 Efes Antik Kenti</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254470240</t>
+          <t>9786254470288</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 5 Ayasofya</t>
+          <t>Anadolu’nun Kültür Muhafızları - 9 Troya Antik Kenti</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254470264</t>
+          <t>9786254470240</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Muhafızları - 10 Nemrut Dağı</t>
+          <t>Anadolu’nun Kültür Muhafızları - 5 Ayasofya</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254470226</t>
+          <t>9786254470264</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Teğmen Nabirag’ın Dünya Raporları 2/Daha Karpuz Kesecektik!</t>
+          <t>Anadolu’nun Kültür Muhafızları - 10 Nemrut Dağı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059562843</t>
+          <t>9786254470226</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bela Çetesi / Serüven Peşinde 7</t>
+          <t>Teğmen Nabirag’ın Dünya Raporları 2/Daha Karpuz Kesecektik!</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059562867</t>
+          <t>9786059562843</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder-Serüven Peşinde</t>
+          <t>Yedi Bela Çetesi / Serüven Peşinde 7</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059562836</t>
+          <t>9786059562867</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>UzayınTutsakları-Serüven Peşinde</t>
+          <t>Kızıl Ejder-Serüven Peşinde</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059562980</t>
+          <t>9786059562836</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Günlükteki Sır-Serüven Peşinde 24</t>
+          <t>UzayınTutsakları-Serüven Peşinde</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059562973</t>
+          <t>9786059562980</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kahin</t>
+          <t>Günlükteki Sır-Serüven Peşinde 24</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059562966</t>
+          <t>9786059562973</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Kahin</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059562928</t>
+          <t>9786059562966</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 16-Oyun Içinde</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059562898</t>
+          <t>9786059562928</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Prens-Serüven Peşinde 13</t>
+          <t>Serüven Peşinde 16-Oyun Içinde</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254470233</t>
+          <t>9786059562898</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Çalınan Tablo</t>
+          <t>Kayıp Prens-Serüven Peşinde 13</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254470196</t>
+          <t>9786254470233</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kod Adın Bukalemun - Macera Peşinde 18</t>
+          <t>Macera Geçidi - Çalınan Tablo</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254470219</t>
+          <t>9786254470196</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Denizlerde Ne Var Ne Yok - Profesör Çokbilmiş İle Memo 2</t>
+          <t>Kod Adın Bukalemun - Macera Peşinde 18</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254470202</t>
+          <t>9786254470219</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Öğrencinin Günlüğü Hiper Cemil 5</t>
+          <t>Denizlerde Ne Var Ne Yok - Profesör Çokbilmiş İle Memo 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254470189</t>
+          <t>9786254470202</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Orman - Korkusuzlar Takımı 2</t>
+          <t>Esrarengiz Öğrencinin Günlüğü Hiper Cemil 5</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254470172</t>
+          <t>9786254470189</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Define Avcıları - Korkusuzlar Takımı 1</t>
+          <t>Lanetli Orman - Korkusuzlar Takımı 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254470103</t>
+          <t>9786254470172</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Hazinenin Peşinde (Ciltli)</t>
+          <t>Define Avcıları - Korkusuzlar Takımı 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254470158</t>
+          <t>9786254470103</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Korsanlar? - Macerakolik Mercan 3 (Ciltli)</t>
+          <t>Macera Geçidi - Hazinenin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254470127</t>
+          <t>9786254470158</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Örtü Toprak - Eğlenceli Bilim 2</t>
+          <t>Kim Bu Korsanlar? - Macerakolik Mercan 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254470097</t>
+          <t>9786254470127</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Onuncu Köyün Hayaletleri</t>
+          <t>Mucizevi Örtü Toprak - Eğlenceli Bilim 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254470134</t>
+          <t>9786254470097</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Kahraman Hava - Eğlenceli Bilim 3</t>
+          <t>Onuncu Köyün Hayaletleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254470110</t>
+          <t>9786254470134</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kaynağı Su - Eğlenceli Bilim 1</t>
+          <t>Görünmeyen Kahraman Hava - Eğlenceli Bilim 3</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059562904</t>
+          <t>9786254470110</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 14 - Büyük Soygun</t>
+          <t>Yaşam Kaynağı Su - Eğlenceli Bilim 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059562850</t>
+          <t>9786059562904</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 5 - Hayalet Gemi</t>
+          <t>Serüven Peşinde 14 - Büyük Soygun</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254470080</t>
+          <t>9786059562850</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Başka Sanat İstemez! - Sakar Bora 5 (Ciltli)</t>
+          <t>Serüven Peşinde 5 - Hayalet Gemi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254470059</t>
+          <t>9786254470080</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yasak Gezegen - Korku Tüneli 5 (Ciltli)</t>
+          <t>Başka Sanat İstemez! - Sakar Bora 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254470042</t>
+          <t>9786254470059</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Robotlar Cehennemi</t>
+          <t>Yasak Gezegen - Korku Tüneli 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254470028</t>
+          <t>9786254470042</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Park Etme Abi Mal Gelecek! - Teğmen Nabirag’ın Dünya Raporları</t>
+          <t>Macera Geçidi - Robotlar Cehennemi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254470035</t>
+          <t>9786254470028</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yastık Fırlatan Genç</t>
+          <t>Park Etme Abi Mal Gelecek! - Teğmen Nabirag’ın Dünya Raporları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254470004</t>
+          <t>9786254470035</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çevreniz Sarıldı Eller Yukarı! - Mecarakolik Mercan 2</t>
+          <t>Güneşe Yastık Fırlatan Genç</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254470011</t>
+          <t>9786254470004</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yuvarlan Dünya Çıkmazı</t>
+          <t>Çevreniz Sarıldı Eller Yukarı! - Mecarakolik Mercan 2</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786050360073</t>
+          <t>9786254470011</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullan Şampiyon Ol - Akıl ve Zeka Oyunları 4</t>
+          <t>Yuvarlan Dünya Çıkmazı</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786050360134</t>
+          <t>9786050360073</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Galata’da Macera - Tarihin İzinde</t>
+          <t>Aklını Kullan Şampiyon Ol - Akıl ve Zeka Oyunları 4</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050360127</t>
+          <t>9786050360134</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Sırrı - Tarihin İzinde</t>
+          <t>Galata’da Macera - Tarihin İzinde</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050360110</t>
+          <t>9786050360127</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kızı</t>
+          <t>İstanbul’un Sırrı - Tarihin İzinde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050360103</t>
+          <t>9786050360110</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Kaydı</t>
+          <t>Rüzgarın Kızı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050360158</t>
+          <t>9786050360103</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Başarı Hazinesi (Ciltli)</t>
+          <t>Bir Yıldız Kaydı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050360097</t>
+          <t>9786050360158</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Gizemli Bir Gece - Macerakolik Mercan 1 (Ciltli)</t>
+          <t>Başarı Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059562508</t>
+          <t>9786050360097</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Umut Adam Peyami Safa - Edebiyat Kahramanlarımız 3</t>
+          <t>Ormanda Gizemli Bir Gece - Macerakolik Mercan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050360035</t>
+          <t>9786059562508</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının Kadın Kahramanı: Halide Edip Adıvar - Edebiyat Kahramanlarımız 4</t>
+          <t>Umut Adam Peyami Safa - Edebiyat Kahramanlarımız 3</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050360028</t>
+          <t>9786050360035</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora 4 - Kim Korkar Bilimden?</t>
+          <t>Türk Edebiyatının Kadın Kahramanı: Halide Edip Adıvar - Edebiyat Kahramanlarımız 4</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050360080</t>
+          <t>9786050360028</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Zindan - Fener Adası Maceraları 3</t>
+          <t>Sakar Bora 4 - Kim Korkar Bilimden?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059562775</t>
+          <t>9786050360080</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Okulda Şenlik Var - Hiper Cemil 4</t>
+          <t>Büyülü Zindan - Fener Adası Maceraları 3</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059562751</t>
+          <t>9786059562775</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tehlikeli Oyun (Ciltli)</t>
+          <t>Okulda Şenlik Var - Hiper Cemil 4</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050360011</t>
+          <t>9786059562751</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Profesör Çokbilmiş İle Memo - Uzayda Ne Var Ne Yok</t>
+          <t>Macera Geçidi - Tehlikeli Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059562768</t>
+          <t>9786050360011</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ölümden Kaçış (Ciltli)</t>
+          <t>Profesör Çokbilmiş İle Memo - Uzayda Ne Var Ne Yok</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059562713</t>
+          <t>9786059562768</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Serdar'ın Tarih Tolculuğu - Haydi Zafere!</t>
+          <t>Macera Geçidi - Ölümden Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059562744</t>
+          <t>9786059562713</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Savaşı - Fener Adası Maceraları</t>
+          <t>Serdar'ın Tarih Tolculuğu - Haydi Zafere!</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059562706</t>
+          <t>9786059562744</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Okçular Tekkesi'nde Soygun - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Okyanus Savaşı - Fener Adası Maceraları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059562645</t>
+          <t>9786059562706</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Korku Tüneli</t>
+          <t>Okçular Tekkesi'nde Soygun - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059562683</t>
+          <t>9786059562645</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Aşkar - Aşkar ve Parlayan Yıldızlar</t>
+          <t>Korku Tüneli</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059562737</t>
+          <t>9786059562683</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Adada İsyan - Fener Adası Maceraları</t>
+          <t>Hoşgeldin Aşkar - Aşkar ve Parlayan Yıldızlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059562669</t>
+          <t>9786059562737</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dedektif İş Başında - Hiper Cemil</t>
+          <t>Adada İsyan - Fener Adası Maceraları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059562676</t>
+          <t>9786059562669</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Büyük Yarış</t>
+          <t>Dedektif İş Başında - Hiper Cemil</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059562638</t>
+          <t>9786059562676</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora - Başlarım Böyle Spora!</t>
+          <t>Macera Geçidi - Büyük Yarış</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059562652</t>
+          <t>9786059562638</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeler Evi - Korku Tüneli 3</t>
+          <t>Sakar Bora - Başlarım Böyle Spora!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059562621</t>
+          <t>9786059562652</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Adası - Korku Tüneli 2</t>
+          <t>Tehlikeler Evi - Korku Tüneli 3</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059562614</t>
+          <t>9786059562621</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkçı Elması'nın Peşinde - Hiper Cemil 2</t>
+          <t>Canavarlar Adası - Korku Tüneli 2</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059562607</t>
+          <t>9786059562614</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Tanıma Oyunu - Akıl ve Zeka Oyunları 3</t>
+          <t>Kaşıkçı Elması'nın Peşinde - Hiper Cemil 2</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059562997</t>
+          <t>9786059562607</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 23 - Kabus Şatosu</t>
+          <t>Arkadaş Tanıma Oyunu - Akıl ve Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059562935</t>
+          <t>9786059562997</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 17 - Altın Maske</t>
+          <t>Serüven Peşinde 23 - Kabus Şatosu</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059562942</t>
+          <t>9786059562935</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 18 - Korku Sirki</t>
+          <t>Serüven Peşinde 17 - Altın Maske</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059562577</t>
+          <t>9786059562942</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Mesnevi'den Hikayeler - Denizden Korkan Adam</t>
+          <t>Serüven Peşinde 18 - Korku Sirki</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059562591</t>
+          <t>9786059562577</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Çizgilerle Mesnevi'den Hikayeler - Denizden Korkan Adam</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059562584</t>
+          <t>9786059562591</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Hikayeleriyle İstiklal Marşı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059562553</t>
+          <t>9786059562584</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar Vadisi - Korku Tüneli 1</t>
+          <t>Kahramanlık Hikayeleriyle İstiklal Marşı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059562546</t>
+          <t>9786059562553</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Biçim Ajanda? - Sessiz Sakin’in Gürültülü Maceraları 10 (Ciltli)</t>
+          <t>Yarasalar Vadisi - Korku Tüneli 1</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059562416</t>
+          <t>9786059562546</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları 2 - Hayat Kurtaran Oyun</t>
+          <t>Bu Ne Biçim Ajanda? - Sessiz Sakin’in Gürültülü Maceraları 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059562447</t>
+          <t>9786059562416</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Mimarlarımız 1 - Evliya Çelebi ve Küçük Gezgin</t>
+          <t>Akıl ve Zeka Oyunları 2 - Hayat Kurtaran Oyun</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059562409</t>
+          <t>9786059562447</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 5 - Tutsaklar Gezegeni'nden Kaçış</t>
+          <t>Medeniyet Mimarlarımız 1 - Evliya Çelebi ve Küçük Gezgin</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059562461</t>
+          <t>9786059562409</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hiper Cemil 1 - Altın Anahtar'ın Gizemi</t>
+          <t>Uzay Maceraları 5 - Tutsaklar Gezegeni'nden Kaçış</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059562485</t>
+          <t>9786059562461</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora 2 - Gizli Hazine Peşinde</t>
+          <t>Hiper Cemil 1 - Altın Anahtar'ın Gizemi</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059562430</t>
+          <t>9786059562485</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Zarif Adam Cahit Zarifoğlu - Edebiyat Kahramanlarımız 2</t>
+          <t>Sakar Bora 2 - Gizli Hazine Peşinde</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059562294</t>
+          <t>9786059562430</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 2 - Gizemli Ada</t>
+          <t>Zarif Adam Cahit Zarifoğlu - Edebiyat Kahramanlarımız 2</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059562324</t>
+          <t>9786059562294</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 11 - İstanbul'da Tehlike</t>
+          <t>Uzay Maceraları 2 - Gizemli Ada</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059562799</t>
+          <t>9786059562324</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 10 - Katil Kim?</t>
+          <t>Serüven Peşinde 11 - İstanbul'da Tehlike</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059562829</t>
+          <t>9786059562799</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 9 - Efsaneler Gezegeni</t>
+          <t>Serüven Peşinde 10 - Katil Kim?</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059562348</t>
+          <t>9786059562829</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Resfebe - Resimli Kelime Oyunları</t>
+          <t>Serüven Peşinde 9 - Efsaneler Gezegeni</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055122676</t>
+          <t>9786059562348</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Resfebe - Resimli Kelime Oyunları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059562270</t>
+          <t>9786055122676</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Oyunları - Yarış Başlıyor</t>
+          <t>Canım Annem</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059562256</t>
+          <t>9786059562270</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sakar Bora - Nereden Pörtledi Bu Sivilceler?</t>
+          <t>Akıl ve Zeka Oyunları - Yarış Başlıyor</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059562164</t>
+          <t>9786059562256</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Zeka Soruları (Ciltli)</t>
+          <t>Sakar Bora - Nereden Pörtledi Bu Sivilceler?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059562218</t>
+          <t>9786059562164</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 5 - Karanlık Yol</t>
+          <t>Eğlenceli Zeka Soruları (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059562201</t>
+          <t>9786059562218</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sinbed 4 - Efsane Tutsak</t>
+          <t>Sinbad 5 - Karanlık Yol</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059562195</t>
+          <t>9786059562201</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 3 - Sırlar Adası</t>
+          <t>Sinbed 4 - Efsane Tutsak</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059562188</t>
+          <t>9786059562195</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sinbad 2 - Gizemli Adam</t>
+          <t>Sinbad 3 - Sırlar Adası</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059562133</t>
+          <t>9786059562188</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları 4 - Gizli Plan (Ciltli)</t>
+          <t>Sinbad 2 - Gizemli Adam</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059562157</t>
+          <t>9786059562133</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Yaşamak İçin (Ciltli)</t>
+          <t>Uzay Maceraları 4 - Gizli Plan (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059562126</t>
+          <t>9786059562157</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Uzaylılar Dünya'da</t>
+          <t>Macera Geçidi - Yaşamak İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059562812</t>
+          <t>9786059562126</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 3 - Bizans'ın Gizli Hazinesi</t>
+          <t>Macera Geçidi - Uzaylılar Dünya'da</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059562881</t>
+          <t>9786059562812</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 12 - Piri Reis'in Hazineleri</t>
+          <t>Serüven Peşinde 3 - Bizans'ın Gizli Hazinesi</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059562065</t>
+          <t>9786059562881</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Oyunu Bozarım! (Ciltli)</t>
+          <t>Serüven Peşinde 12 - Piri Reis'in Hazineleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059562010</t>
+          <t>9786059562065</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu’nun Kılıcı Sultan Kılıçaslan (Ciltli)</t>
+          <t>Ben Bu Oyunu Bozarım! (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059562003</t>
+          <t>9786059562010</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gazi Kadın Fatma Teğmen (Ciltli)</t>
+          <t>Selçuklu’nun Kılıcı Sultan Kılıçaslan (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055122966</t>
+          <t>9786059562003</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Denizler Hakimi Turgut Reis (Ciltli)</t>
+          <t>Gazi Kadın Fatma Teğmen (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055122997</t>
+          <t>9786055122966</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kartalı Gökçen Efe (Ciltli)</t>
+          <t>Denizler Hakimi Turgut Reis (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055122980</t>
+          <t>9786055122997</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fethin Sancaktarı Ulubatlı Hasan (Ciltli)</t>
+          <t>Dağların Kartalı Gökçen Efe (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055122911</t>
+          <t>9786055122980</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Altın Kent'in İzinde (Ciltli)</t>
+          <t>Fethin Sancaktarı Ulubatlı Hasan (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059562805</t>
+          <t>9786055122911</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 2 - Ateş Kent’ten Kaçış</t>
+          <t>Macera Geçidi - Altın Kent'in İzinde (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059562782</t>
+          <t>9786059562805</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Batık Kent'e Yolculuk (Ciltli)</t>
+          <t>Serüven Peşinde 2 - Ateş Kent’ten Kaçış</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055122904</t>
+          <t>9786059562782</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yemen Cephesi: Çöl Sancısı (Ciltli)</t>
+          <t>Batık Kent'e Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055122942</t>
+          <t>9786055122904</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey: Antep Şehidi (Ciltli)</t>
+          <t>Yemen Cephesi: Çöl Sancısı (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055122959</t>
+          <t>9786055122942</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Nene Hatun: Yürekli Kadın (Ciltli)</t>
+          <t>Şahin Bey: Antep Şehidi (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050360004</t>
+          <t>9786055122959</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 22 - Tehlikeler Gezegeni</t>
+          <t>Nene Hatun: Yürekli Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059562911</t>
+          <t>9786050360004</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 15 - Çin Seddinin Ötesinde</t>
+          <t>Serüven Peşinde 22 - Tehlikeler Gezegeni</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059562874</t>
+          <t>9786059562911</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 8 - Korkunç Tuzak</t>
+          <t>Serüven Peşinde 15 - Çin Seddinin Ötesinde</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059562959</t>
+          <t>9786059562874</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Serüven Peşinde 19 - Uzaydaki Düşman</t>
+          <t>Serüven Peşinde 8 - Korkunç Tuzak</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055122799</t>
+          <t>9786059562959</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Ölümcül Takip (Ciltli)</t>
+          <t>Serüven Peşinde 19 - Uzaydaki Düşman</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055122775</t>
+          <t>9786055122799</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Böcükler İstilada! - Sessiz Sakin’in Gürültülü Maceraları 8 (Ciltli)</t>
+          <t>Macera Geçidi - Ölümcül Takip (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055122720</t>
+          <t>9786055122775</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Gol Kralı Kaçırıldı</t>
+          <t>Eyvah Böcükler İstilada! - Sessiz Sakin’in Gürültülü Maceraları 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055122690</t>
+          <t>9786055122720</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Var Uzakta! (Ciltli)</t>
+          <t>Macera Geçidi - Gol Kralı Kaçırıldı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055122713</t>
+          <t>9786055122690</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Tehlike Çemberi</t>
+          <t>Bir Köy Var Uzakta! (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055122386</t>
+          <t>9786055122713</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk Öyküleri</t>
+          <t>Macera Geçidi - Tehlike Çemberi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055122331</t>
+          <t>9786055122386</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İlham Öyküleri</t>
+          <t>Anne Baba Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055122652</t>
+          <t>9786055122331</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Yeni Dünyalarda (Ciltli)</t>
+          <t>İlham Öyküleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055122645</t>
+          <t>9786055122652</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Batık (Ciltli)</t>
+          <t>Macera Geçidi - Yeni Dünyalarda (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059562034</t>
+          <t>9786055122645</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi: Ölümsüz Şehitler (Ciltli)</t>
+          <t>Macera Geçidi - Batık (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055122669</t>
+          <t>9786059562034</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Süper Kahraman? - Sessiz Sakin'in Gürültülü Maceraları 6 (Ciltli)</t>
+          <t>Çanakkale Cephesi: Ölümsüz Şehitler (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055122614</t>
+          <t>9786055122669</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Kanıt Peşinde (Ciltli)</t>
+          <t>Bu Nasıl Süper Kahraman? - Sessiz Sakin'in Gürültülü Maceraları 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055122393</t>
+          <t>9786055122614</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Macera Geçidi - Kanıt Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059562515</t>
+          <t>9786055122393</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları - Karanlıklar Ülkesi 1</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055122539</t>
+          <t>9786059562515</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hazineyi Kim Sakladı? - Sessiz Sakin'in Gürültülü Maceraları 5 (Ciltli)</t>
+          <t>Uzay Maceraları - Karanlıklar Ülkesi 1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055122058</t>
+          <t>9786055122539</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Gizli Vadi - 6</t>
+          <t>Hazineyi Kim Sakladı? - Sessiz Sakin'in Gürültülü Maceraları 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055122072</t>
+          <t>9786055122058</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Büyük Savaş - 8</t>
+          <t>Sinbad Gizli Vadi - 6</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055122065</t>
+          <t>9786055122072</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Zindandan Kaçış - 7</t>
+          <t>Sinbad Büyük Savaş - 8</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055122379</t>
+          <t>9786055122065</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Öyküler</t>
+          <t>Sinbad Zindandan Kaçış - 7</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055122461</t>
+          <t>9786055122379</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kartalı Gökçen Efe</t>
+          <t>Düşünen Öyküler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>25</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055122317</t>
+          <t>9786055122461</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Öyküleri</t>
+          <t>Dağların Kartalı Gökçen Efe</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055122300</t>
+          <t>9786055122317</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Öyküler</t>
+          <t>Rahmet Öyküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055122362</t>
+          <t>9786055122300</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öyküleri</t>
+          <t>Gülümseyen Öyküler</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055122423</t>
+          <t>9786055122362</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Şefkat Öyküleri</t>
+          <t>Mutluluk Öyküleri</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055122409</t>
+          <t>9786055122423</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Gazete! - Sessiz Sakin'in Gürültülü Maceraları 3 (Ciltli)</t>
+          <t>Sevgi ve Şefkat Öyküleri</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055122751</t>
+          <t>9786055122409</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Uzay Maceraları - Acayip Yarışmalar Diyarı (Ciltli)</t>
+          <t>Acayip Bir Gazete! - Sessiz Sakin'in Gürültülü Maceraları 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055122768</t>
+          <t>9786055122751</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Lanetli Miras (Ciltli)</t>
+          <t>Uzay Maceraları - Acayip Yarışmalar Diyarı (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055122744</t>
+          <t>9786055122768</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Acı Göç / Rumeli Cephesi</t>
+          <t>Macera Geçidi - Lanetli Miras (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055122294</t>
+          <t>9786055122744</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Öyküleri</t>
+          <t>Acı Göç / Rumeli Cephesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055122706</t>
+          <t>9786055122294</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Sultanın Altınları (Ciltli)</t>
+          <t>Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055122324</t>
+          <t>9786055122706</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Öyküleri</t>
+          <t>Macera Geçidi - Sultanın Altınları (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055122591</t>
+          <t>9786055122324</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Çocuklarda Savaştı</t>
+          <t>Gökkuşağı Öyküleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
+          <t>9786055122591</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale’de Çocuklarda Savaştı</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
           <t>9786055122003</t>
         </is>
       </c>
-      <c r="B305" s="1" t="inlineStr">
+      <c r="B306" s="1" t="inlineStr">
         <is>
           <t>Sinbad Meçhule Yolculuk - 1</t>
         </is>
       </c>
-      <c r="C305" s="1">
+      <c r="C306" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>