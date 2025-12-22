--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,5005 +85,5080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259601397</t>
+          <t>9786259647531</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Haritacılar (Ciltli)</t>
+          <t>Perçin Çocuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259601380</t>
+          <t>9786259647562</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Haritacılar</t>
+          <t>Hayal Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259647500</t>
+          <t>9786259647548</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dakika Bekçileri</t>
+          <t>Bir Kaşık Zaman</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259601373</t>
+          <t>9786259647524</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asi Şafak</t>
+          <t>Nico’nun Savaşı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259601366</t>
+          <t>9786259647517</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Diyarlar Kalesi</t>
+          <t>Dilek Mevsimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050833942</t>
+          <t>9786259601397</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uçabileceğini Hayal Eden Tavuk</t>
+          <t>Haritacılar (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799753628241</t>
+          <t>9786259601380</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn</t>
+          <t>Haritacılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>15</v>
+        <v>375</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050826593</t>
+          <t>9786259647500</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 3</t>
+          <t>Dakika Bekçileri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259601342</t>
+          <t>9786259601373</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepede Gece Yarısı</t>
+          <t>Asi Şafak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050826838</t>
+          <t>9786259601366</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni Ziba</t>
+          <t>Sihirli Diyarlar Kalesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>345</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050846003</t>
+          <t>9786050833942</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Melodi (Ciltli)</t>
+          <t>Uçabileceğini Hayal Eden Tavuk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259601359</t>
+          <t>9799753628241</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ben Vincent ve Korkmuyorum</t>
+          <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259601328</t>
+          <t>9786050826593</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Cosima &amp; Gerçeğin Peşinde</t>
+          <t>Öğretmenin Not Defteri - 3</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259601335</t>
+          <t>9786259601342</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Dolunayı (Ciltli)</t>
+          <t>Göbeklitepede Gece Yarısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259601304</t>
+          <t>9786050826838</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Dolunayı</t>
+          <t>Bul Beni Ziba</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259892740</t>
+          <t>9786050846003</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şapkacılar (Ciltli)</t>
+          <t>İçimdeki Melodi (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050847437</t>
+          <t>9786259601359</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balina (Ciltli)</t>
+          <t>Ben Vincent ve Korkmuyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752630970</t>
+          <t>9786259601328</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Yaşam Öyküsü</t>
+          <t>Talihsiz Cosima &amp; Gerçeğin Peşinde</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051146805</t>
+          <t>9786259601335</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu: Paradokya</t>
+          <t>Kaplumbağa Dolunayı (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786050807547</t>
+          <t>9786259601304</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Paradokya - Sırlar Geçidi</t>
+          <t>Kaplumbağa Dolunayı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050823172</t>
+          <t>9786259892740</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Her Bi'şeyin İlginç ve Kısa Tarihi</t>
+          <t>Şapkacılar (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050839104</t>
+          <t>9786050847437</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi (Bez Cilt - Şömizli) (Ciltli)</t>
+          <t>Kayıp Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259892757</t>
+          <t>9789752630970</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız (Ciltli)</t>
+          <t>Hz. Muhammed’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050843712</t>
+          <t>9786051146805</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sahipsizler</t>
+          <t>Gecenin Gizemli Oyunu: Paradokya</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050842920</t>
+          <t>9786050807547</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet (Bez Cilt-Şömizli) (Ciltli)</t>
+          <t>Paradokya - Sırlar Geçidi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259727493</t>
+          <t>9786050823172</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sislerin Arasında</t>
+          <t>Her Bi'şeyin İlginç ve Kısa Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259601311</t>
+          <t>9786050839104</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ağaç. Masa. Kitap.</t>
+          <t>Limon Kütüphanesi (Bez Cilt - Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259727448</t>
+          <t>9786259892757</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tells</t>
+          <t>Kardan Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259727462</t>
+          <t>9786050843712</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Şehrin Gizemi</t>
+          <t>Sahipsizler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259727479</t>
+          <t>9786050842920</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yama Çocuk Stitch</t>
+          <t>Shadowghast - Karakasvet (Bez Cilt-Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259727486</t>
+          <t>9786259727493</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Hayal (Ciltli)</t>
+          <t>Sislerin Arasında</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259727455</t>
+          <t>9786259601311</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Hayal</t>
+          <t>Ağaç. Masa. Kitap.</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259727417</t>
+          <t>9786259727448</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Anlattıkları</t>
+          <t>İstanbul Tells</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>800</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259727424</t>
+          <t>9786259727462</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Sınavlar Sırfısıldayan 2</t>
+          <t>Mekanik Şehrin Gizemi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259727431</t>
+          <t>9786259727479</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Sınavlar Sırfısıldayan 2 (Ciltli)</t>
+          <t>Yama Çocuk Stitch</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259534473</t>
+          <t>9786259727486</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Robotu</t>
+          <t>İçimdeki Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259534480</t>
+          <t>9786259727455</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi 3</t>
+          <t>İçimdeki Hayal</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259727400</t>
+          <t>9786259727417</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacının Ardından (Ciltli)</t>
+          <t>İstanbul’un Anlattıkları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259534497</t>
+          <t>9786259727424</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacının Ardından</t>
+          <t>Zorlu Sınavlar Sırfısıldayan 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050847970</t>
+          <t>9786259727431</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Malamander (Fleksi Cilt) (Ciltli)</t>
+          <t>Zorlu Sınavlar Sırfısıldayan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050848267</t>
+          <t>9786259534473</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mermedusa (Bez Cilt) (Ciltli)</t>
+          <t>Kaygı Robotu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050847291</t>
+          <t>9786259534480</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Ben ve Kiraz Ağacı (Ciltli)</t>
+          <t>Yedi Diyar Geçidi 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050845440</t>
+          <t>9786259727400</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet (Fleksi Cilt)</t>
+          <t>Kiraz Ağacının Ardından (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050845044</t>
+          <t>9786259534497</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı (Fleksi Kapak)</t>
+          <t>Kiraz Ağacının Ardından</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050844719</t>
+          <t>9786050847970</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Fleksi Kapak)</t>
+          <t>Malamander (Fleksi Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050843583</t>
+          <t>9786050848267</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (Ciltli 3 Kitap)</t>
+          <t>Mermedusa (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050843590</t>
+          <t>9786050847291</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sahipsizler (Ciltli)</t>
+          <t>Filippo, Ben ve Kiraz Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050843408</t>
+          <t>9786050845440</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Saçıldığında</t>
+          <t>Shadowghast - Karakasvet (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050831764</t>
+          <t>9786050845044</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Genç Poe - Mary Roget'in Sırrı</t>
+          <t>Son Ayı (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050828306</t>
+          <t>9786050844719</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Efsane Adamların Sıra Dışı Hikayeleri</t>
+          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>27.5</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050819496</t>
+          <t>9786050843583</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Daniş - Bir Cennet Delisi</t>
+          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (Ciltli 3 Kitap)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050828528</t>
+          <t>9786050843590</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
+          <t>Sahipsizler (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>23</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050827088</t>
+          <t>9786050843408</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>DNA: Olay Yeri İnceleme</t>
+          <t>Yıldızlar Saçıldığında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799753627244</t>
+          <t>9786050831764</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Kilometre Taşları: Üniversiteye Giden Yol</t>
+          <t>Genç Poe - Mary Roget'in Sırrı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7.87</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752633827</t>
+          <t>9786050828306</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zaman Nasıl Yönetilir?</t>
+          <t>Efsane Adamların Sıra Dışı Hikayeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>4.63</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799753628630</t>
+          <t>9786050819496</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Daniş - Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>3.7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799752632362</t>
+          <t>9786050828528</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>2.78</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799753629668</t>
+          <t>9786050827088</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tarih Fıkraları</t>
+          <t>DNA: Olay Yeri İnceleme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752634381</t>
+          <t>9799753627244</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Spor Nasıl Yapılır? Spor ve Sosyal Aktiviteler</t>
+          <t>Zirvenin Kilometre Taşları: Üniversiteye Giden Yol</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752636491</t>
+          <t>9789752633827</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Şefkat Öyküleri</t>
+          <t>Zaman Nasıl Yönetilir?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051143378</t>
+          <t>9799753628630</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Senin Başarı Serüvenin</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>7.41</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752633834</t>
+          <t>9799752632362</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Soru Nasıl Çözülür?</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050807592</t>
+          <t>9799753629668</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere Yolculuk</t>
+          <t>Tarih Fıkraları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>8.34</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752633803</t>
+          <t>9789752634381</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ödev Nasıl Hazırlanır?</t>
+          <t>Spor Nasıl Yapılır? Spor ve Sosyal Aktiviteler</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752637122</t>
+          <t>9789752636491</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları</t>
+          <t>Sevgi ve Şefkat Öyküleri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>12.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051142586</t>
+          <t>9786051143378</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye (4 Kitap Takım) (Ciltli)</t>
+          <t>Senin Başarı Serüvenin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>560</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752636545</t>
+          <t>9789752633834</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öyküleri</t>
+          <t>Soru Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>6.02</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799753627602</t>
+          <t>9786050807592</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Liseliyim Delikanlıyım</t>
+          <t>Peygamberlere Yolculuk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>7.41</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752636286</t>
+          <t>9789752633803</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Kim Kimdir?</t>
+          <t>Ödev Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>10.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051145006</t>
+          <t>9789752637122</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kolej Günleri</t>
+          <t>Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050801569</t>
+          <t>9786051142586</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>KMG - 8 Kumrular Mahallesi Gözcüleri</t>
+          <t>Nereden Nereye (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>27.5</v>
+        <v>560</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799753628340</t>
+          <t>9789752636545</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kesik Başın İntikamı</t>
+          <t>Mutluluk Öyküleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>2.31</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050808445</t>
+          <t>9799753627602</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Efendisi</t>
+          <t>Liseliyim Delikanlıyım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050801576</t>
+          <t>9789752636286</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Olur musun?</t>
+          <t>Kuran’da Kim Kimdir?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799753628357</t>
+          <t>9786051145006</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kaf Kalesi Cengi</t>
+          <t>Kolej Günleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2.31</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752636538</t>
+          <t>9786050801569</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlham Öyküleri</t>
+          <t>KMG - 8 Kumrular Mahallesi Gözcüleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>8.33</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799753628371</t>
+          <t>9799753628340</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Vakkas ve Malik Ejder Cengi</t>
+          <t>Kesik Başın İntikamı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>2.31</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051144627</t>
+          <t>9786050808445</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Matematik Çok Kolay!</t>
+          <t>Kalbimin Efendisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>7.87</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051146539</t>
+          <t>9786050801576</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin İngilizce Bir Olay!</t>
+          <t>Kahramanım Olur musun?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051146546</t>
+          <t>9799753628357</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Coğrafya Çok Zevkli</t>
+          <t>Kaf Kalesi Cengi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7.87</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9799752633987</t>
+          <t>9789752636538</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Yola Devam</t>
+          <t>İlham Öyküleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>6.02</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050805956</t>
+          <t>9799753628371</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hasan’ın Maceraları</t>
+          <t>İbn-i Vakkas ve Malik Ejder Cengi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>6.95</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050804928</t>
+          <t>9786051144627</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hasan Nail Canat Roman Seti (8 Kitap)</t>
+          <t>Herkes İçin Matematik Çok Kolay!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60.19</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752636514</t>
+          <t>9786051146539</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Öyküler</t>
+          <t>Herkes İçin İngilizce Bir Olay!</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>6.02</v>
+        <v>65</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752636477</t>
+          <t>9786051146546</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Öyküleri</t>
+          <t>Herkes İçin Coğrafya Çok Zevkli</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>6.02</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753629973</t>
+          <t>9799752633987</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mazeretim Var Büyüyorum</t>
+          <t>Her Şeye Rağmen Yola Devam</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>8.33</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752633841</t>
+          <t>9786050805956</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Nasıl Edinilir?</t>
+          <t>Hasan’ın Maceraları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.63</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050806359</t>
+          <t>9786050804928</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Romanları Seti (7 Kitap Takım - Kutulu)</t>
+          <t>Hasan Nail Canat Roman Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>97.69</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752637221</t>
+          <t>9789752636514</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberler Tarihi</t>
+          <t>Gülümseyen Öyküler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9799752630504</t>
+          <t>9789752636477</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Espri ve Fıkralarıyla Ünlüler</t>
+          <t>Gökkuşağı Öyküleri</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9799753628364</t>
+          <t>9789753629973</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ejder Kalesi ve Nehrevan Cengi</t>
+          <t>Mazeretim Var Büyüyorum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>2.31</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752636453</t>
+          <t>9789752633841</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Öyküler</t>
+          <t>Genel Kültür Nasıl Edinilir?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>6.02</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752631908</t>
+          <t>9786050806359</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kızlar Kantini</t>
+          <t>Gençlik Romanları Seti (7 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>10.19</v>
+        <v>97.69</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799752630498</t>
+          <t>9789752637221</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerin Sözleri Sözlerin Büyükleri</t>
+          <t>Gençler İçin Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>6.02</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050801583</t>
+          <t>9799752630504</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Sınav Günlüğü</t>
+          <t>Espri ve Fıkralarıyla Ünlüler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>30</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752633797</t>
+          <t>9799753628364</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Nasıl Kullanılır?</t>
+          <t>Ejder Kalesi ve Nehrevan Cengi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>4.63</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752636484</t>
+          <t>9789752636453</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Öyküleri</t>
+          <t>Düşünen Öyküler</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752636521</t>
+          <t>9789752631908</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Çılgın Kızlar Kantini</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>6.02</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051145082</t>
+          <t>9799752630498</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bana Yıldızını Söyle</t>
+          <t>Büyüklerin Sözleri Sözlerin Büyükleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>13.89</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752636460</t>
+          <t>9786050801583</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk Öyküleri</t>
+          <t>Bir Delinin Sınav Günlüğü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>6.02</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799752632249</t>
+          <t>9789752633797</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Bilgisayar Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799752632690</t>
+          <t>9789752636484</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü</t>
+          <t>Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>2.78</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051149288</t>
+          <t>9789752636521</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Beyin Jimnastiği</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>8.34</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752633902</t>
+          <t>9786051145082</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aman Öğretmen Duymasın</t>
+          <t>Bana Yıldızını Söyle</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9799752632355</t>
+          <t>9789752636460</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Manilerden Seçmeler</t>
+          <t>Anne Baba Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>2.78</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050807868</t>
+          <t>9799752632249</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyalar</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050800098</t>
+          <t>9799752632690</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ya Ben İstanbul’u Alacağım Ya İstanbul Beni</t>
+          <t>Açıklamalı Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>23.5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050816785</t>
+          <t>9786051149288</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sumarna (5 Kitap Takım)</t>
+          <t>10 Dakikada Beyin Jimnastiği</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>62.5</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050808582</t>
+          <t>9789752633902</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz / Zeka Dükkanı (Ciltli)</t>
+          <t>Aman Öğretmen Duymasın</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050800104</t>
+          <t>9799752632355</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Söylemek</t>
+          <t>Manilerden Seçmeler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>20</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050804935</t>
+          <t>9786050807868</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yılmaz Boyunağa Roman Seti (6 Kitap Kutulu)</t>
+          <t>Yalan Dünyalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>31.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050827545</t>
+          <t>9786050800098</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini - Sessiz Suikastçı</t>
+          <t>Ya Ben İstanbul’u Alacağım Ya İstanbul Beni</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>70</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050827552</t>
+          <t>9786050816785</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İmdat Aşık Oldum!</t>
+          <t>Sumarna (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>70</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050828313</t>
+          <t>9786050808582</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri  - 2</t>
+          <t>Çetin Ceviz / Zeka Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050823141</t>
+          <t>9786050800104</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
+          <t>Aşkı Söylemek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050823134</t>
+          <t>9786050804935</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Düş Macunu</t>
+          <t>Ahmet Yılmaz Boyunağa Roman Seti (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>20</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050823158</t>
+          <t>9786050827545</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>Genç Houdini - Sessiz Suikastçı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>16.2</v>
+        <v>70</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050823189</t>
+          <t>9786050827552</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Geçiyordum Uğradım!</t>
+          <t>İmdat Aşık Oldum!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>27.5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050823202</t>
+          <t>9786050828313</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bu da Size Kitap Olsun Zonk!</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri  - 2</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>23.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050823127</t>
+          <t>9786050823141</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Delireceğim de Vakit Bulamıyorum!</t>
+          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050822519</t>
+          <t>9786050823134</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ne Haliniz Varsa Gülün</t>
+          <t>Düş Macunu</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050822496</t>
+          <t>9786050823158</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hepimus İnsanus</t>
+          <t>Gülme Başına Gelir Komşuna</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050822526</t>
+          <t>9786050823189</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
+          <t>Kendimden Geçiyordum Uğradım!</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050822502</t>
+          <t>9786050823202</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bi Yerde Gülecek Var!</t>
+          <t>Bu da Size Kitap Olsun Zonk!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>1520501989110</t>
+          <t>9786050823127</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Emila Ağaçta (Yeşeren Kalem Hediyeli)</t>
+          <t>Delireceğim de Vakit Bulamıyorum!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050826630</t>
+          <t>9786050822519</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yılmaz Boyunağa Macera Seti (11 Kitap Takım)</t>
+          <t>Ne Haliniz Varsa Gülün</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>203</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>1520501987611</t>
+          <t>9786050822496</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Roman Seti 1 (7 Kitap Kutulu )</t>
+          <t>Hepimus İnsanus</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>208.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050826647</t>
+          <t>9786050822526</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hasan Nail Canat Seti (9 Kitap Takım)</t>
+          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>122</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>1520501987512</t>
+          <t>9786050822502</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Roman Seti 2 (6 Kitap Kutulu)</t>
+          <t>Müsait Bi Yerde Gülecek Var!</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>940</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050825466</t>
+          <t>1520501989110</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik (Ciltli)</t>
+          <t>Emila Ağaçta (Yeşeren Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050826876</t>
+          <t>9786050826630</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Baltaya Whatsapp Oldum</t>
+          <t>Ahmet Yılmaz Boyunağa Macera Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>203</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050823080</t>
+          <t>1520501987611</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini: Kayıp Hokkabazın Peşinde</t>
+          <t>Doludizgin Roman Seti 1 (7 Kitap Kutulu )</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>90</v>
+        <v>208.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050826579</t>
+          <t>9786050826647</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 2</t>
+          <t>Hasan Nail Canat Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>122</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050826562</t>
+          <t>1520501987512</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 1</t>
+          <t>Doludizgin Roman Seti 2 (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>940</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050826586</t>
+          <t>9786050825466</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - Set (3 Kitap)</t>
+          <t>İçimdeki Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050804331</t>
+          <t>9786050826876</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Felicidad - Mutluluk Ülkesi</t>
+          <t>Bir Baltaya Whatsapp Oldum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050825770</t>
+          <t>9786050823080</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zeka Pınarından Hazır Cevaplar</t>
+          <t>Genç Houdini: Kayıp Hokkabazın Peşinde</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050823165</t>
+          <t>9786050826579</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İlkler ve Enterasan Hikayeleri</t>
+          <t>Öğretmenin Not Defteri - 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.43</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050822410</t>
+          <t>9786050826562</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa : Gizemli Hazine</t>
+          <t>Öğretmenin Not Defteri - 1</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050823219</t>
+          <t>9786050826586</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları</t>
+          <t>Öğretmenin Not Defteri - Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050813258</t>
+          <t>9786050804331</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler</t>
+          <t>Felicidad - Mutluluk Ülkesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050823110</t>
+          <t>9786050825770</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bi'şey Söylicem Ama Gülmek Yok</t>
+          <t>Zeka Pınarından Hazır Cevaplar</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050823103</t>
+          <t>9786050823165</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem de Gam Yemem</t>
+          <t>İlkler ve Enterasan Hikayeleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>16.2</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050839258</t>
+          <t>9786050822410</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Zihinli Çocuk (Şömizli) (Ciltli)</t>
+          <t>Barbarossa : Gizemli Hazine</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050839272</t>
+          <t>9786050823219</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
+          <t>Bilim İnsanları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>1520601000319</t>
+          <t>9786050813258</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet Seti (Ciltli)</t>
+          <t>Yok Daha Neler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>340</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050839296</t>
+          <t>9786050823110</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Son Kelime (Bez Ciltli-Şömizli)</t>
+          <t>Bi'şey Söylicem Ama Gülmek Yok</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050838879</t>
+          <t>9786050823103</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gargantis (Bez Ciltli - Şömizli)</t>
+          <t>Artık Gülsem de Gam Yemem</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>70</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050807721</t>
+          <t>9786050839258</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şimendifer Çocukları: Definedeki Sır (Ciltli)</t>
+          <t>Kelebek Zihinli Çocuk (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>13.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050834079</t>
+          <t>9786050839272</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Genç Poe - Korku Köşkü 3</t>
+          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>1520601000111</t>
+          <t>1520601000319</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Son Turna Kuşu Seti</t>
+          <t>Shadowghast - Karakasvet Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050832983</t>
+          <t>9786050839296</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı ile Aramızdaki Mesafe (Ciltli)</t>
+          <t>Son Kelime (Bez Ciltli-Şömizli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>55</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050831627</t>
+          <t>9786050838879</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Karışık (Ciltli - Özel Baskı)</t>
+          <t>Gargantis (Bez Ciltli - Şömizli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050831597</t>
+          <t>9786050807721</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Karışık</t>
+          <t>Şimendifer Çocukları: Definedeki Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>265</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050831924</t>
+          <t>9786050834079</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kayık ve Canavar</t>
+          <t>Genç Poe - Korku Köşkü 3</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050807851</t>
+          <t>1520601000111</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti</t>
+          <t>Kağıttan Son Turna Kuşu Seti</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>11.57</v>
+        <v>145</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050830057</t>
+          <t>9786050832983</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı'nın Gizemi - Genç Poe</t>
+          <t>Kiraz Ağacı ile Aramızdaki Mesafe (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050828665</t>
+          <t>9786050831627</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şaşırt Kendini</t>
+          <t>Karışık (Ciltli - Özel Baskı)</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050828801</t>
+          <t>9786050831597</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Gözünden Allah Resulü</t>
+          <t>Karışık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>25</v>
+        <v>265</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050827958</t>
+          <t>9786050831924</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri - 1</t>
+          <t>Çocuk Kayık ve Canavar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>23</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050827996</t>
+          <t>9786050807851</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kadınların İlham Veren Hikayeleri</t>
+          <t>Oyun Bitti</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259497785</t>
+          <t>9786050830057</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi (Ciltli)</t>
+          <t>Morgue Sokağı'nın Gizemi - Genç Poe</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259534442</t>
+          <t>9786050828665</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Işığı</t>
+          <t>Şaşırt Kendini</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>265</v>
+        <v>65</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259534459</t>
+          <t>9786050828801</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tünelde</t>
+          <t>Gençlerin Gözünden Allah Resulü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050827941</t>
+          <t>9786050827958</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Genesis</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri - 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050839289</t>
+          <t>9786050827996</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Liste (Şömizli) (Ciltli)</t>
+          <t>Cesur Kadınların İlham Veren Hikayeleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>445</v>
+        <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050830521</t>
+          <t>9786259497785</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çamur Çocuk</t>
+          <t>Limon Kütüphanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050825596</t>
+          <t>9786259534442</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oasis</t>
+          <t>Her Şeyin Işığı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>345</v>
+        <v>265</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050833010</t>
+          <t>9786259534459</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çöpçüler</t>
+          <t>Tünelde</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786259534428</t>
+          <t>9786050827941</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Düşler Çikolatacısı</t>
+          <t>Genesis</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786259534435</t>
+          <t>9786050839289</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Son Bakış Köprüsü</t>
+          <t>Liste (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>445</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259534411</t>
+          <t>9786050830521</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Lema: En Yüksek Tepe</t>
+          <t>Çamur Çocuk</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050844467</t>
+          <t>9786050825596</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sonra</t>
+          <t>Oasis</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786259497792</t>
+          <t>9786050833010</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gece Kütüphanecisi</t>
+          <t>Çöpçüler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786259534404</t>
+          <t>9786259534428</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Dağılırken</t>
+          <t>Tarçınlı Düşler Çikolatacısı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259497761</t>
+          <t>9786259534435</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sırfısıldayan 1 - Sonsuz Labirent (Ciltli)</t>
+          <t>Son Bakış Köprüsü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786259497754</t>
+          <t>9786259534411</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sırfısıldayan 1 - Sonsuz Labirent</t>
+          <t>Lema: En Yüksek Tepe</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786259497778</t>
+          <t>9786050844467</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dan ve İstanbul'un Hayaletleri</t>
+          <t>Güneşten Sonra</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259497730</t>
+          <t>9786259497792</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dan ve Buzdan Piramit</t>
+          <t>Gece Kütüphanecisi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259497723</t>
+          <t>9786259534404</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dan ve Ölüler</t>
+          <t>Bulutlar Dağılırken</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786259497716</t>
+          <t>9786259497761</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>October, October</t>
+          <t>Sırfısıldayan 1 - Sonsuz Labirent (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>245</v>
+        <v>460</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259497747</t>
+          <t>9786259497754</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>October, October (Ciltli)</t>
+          <t>Sırfısıldayan 1 - Sonsuz Labirent</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259464886</t>
+          <t>9786259497778</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Cosima - Yıldız Hırsızı</t>
+          <t>Dan ve İstanbul'un Hayaletleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259497709</t>
+          <t>9786259497730</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Suyun Bizi Götürdüğü Yer (Ciltli)</t>
+          <t>Dan ve Buzdan Piramit</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259464893</t>
+          <t>9786259497723</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Suyun Bizi Götürdüğü Yer</t>
+          <t>Dan ve Ölüler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259464879</t>
+          <t>9786259497716</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sidelya - Yüzen Ada &amp; Bir Zaman Yolculuk Polisiyesi</t>
+          <t>October, October</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259464848</t>
+          <t>9786259497747</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü'ne Düşen Kız</t>
+          <t>October, October (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786259464855</t>
+          <t>9786259464886</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Elma Çekirdeği</t>
+          <t>Talihsiz Cosima - Yıldız Hırsızı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259464831</t>
+          <t>9786259497709</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>En Doğru Arkadaşınız</t>
+          <t>Suyun Bizi Götürdüğü Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259464824</t>
+          <t>9786259464893</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Alice’in Dünya Turu</t>
+          <t>Suyun Bizi Götürdüğü Yer</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786259429083</t>
+          <t>9786259464879</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dönüyor (Şömizli) (Ciltli)</t>
+          <t>Sidelya - Yüzen Ada &amp; Bir Zaman Yolculuk Polisiyesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>365</v>
+        <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259464817</t>
+          <t>9786259464848</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi 2 - Buzun Ötesine ve Ormanın İçine</t>
+          <t>Yeryüzü'ne Düşen Kız</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259464800</t>
+          <t>9786259464855</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Asi Ateş</t>
+          <t>Elma Çekirdeği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050842296</t>
+          <t>9786259464831</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Odadaki Çocuk</t>
+          <t>En Doğru Arkadaşınız</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786050838848</t>
+          <t>9786259464824</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Malamander (Bez Cilt - Şömizli) (Ciltli)</t>
+          <t>Alice’in Dünya Turu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259429076</t>
+          <t>9786259429083</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dönüyor</t>
+          <t>Ayı Dönüyor (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>265</v>
+        <v>365</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259429090</t>
+          <t>9786259464817</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ay’dan Daha Uzakta</t>
+          <t>Yedi Diyar Geçidi 2 - Buzun Ötesine ve Ormanın İçine</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259429052</t>
+          <t>9786259464800</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Saatçilerin Tehlikeli Yolculuğu</t>
+          <t>Asi Ateş</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786259429069</t>
+          <t>9786050842296</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tatlıcılar (Ciltli)</t>
+          <t>Beyaz Odadaki Çocuk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>445</v>
+        <v>290</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786259429045</t>
+          <t>9786050838848</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tatlıcılar</t>
+          <t>Malamander (Bez Cilt - Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050830064</t>
+          <t>9786259429076</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Auden Dare'ın Sıra Dışı Renkleri</t>
+          <t>Ayı Dönüyor</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050839357</t>
+          <t>9786259429090</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çikolataca Konuşur Musun? (Bez Ciltli- Şömizli)</t>
+          <t>Ay’dan Daha Uzakta</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259892764</t>
+          <t>9786259429052</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Şömizli) (Ciltli)</t>
+          <t>Saatçilerin Tehlikeli Yolculuğu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259429007</t>
+          <t>9786259429069</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Kiraz Ağacı ve Ben (Şömizli) (Ciltli)</t>
+          <t>Mucizevi Tatlıcılar (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>445</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259892771</t>
+          <t>9786259429045</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
+          <t>Mucizevi Tatlıcılar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>370</v>
+        <v>345</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786259429014</t>
+          <t>9786050830064</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sırlar Muhafızı / Bir Zamana Yolculuk Polisiyesi</t>
+          <t>Auden Dare'ın Sıra Dışı Renkleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786259429021</t>
+          <t>9786050839357</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Parlak Denizin Ardında</t>
+          <t>Çikolataca Konuşur Musun? (Bez Ciltli- Şömizli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259892795</t>
+          <t>9786259892764</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kralın Gülüşü</t>
+          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259892788</t>
+          <t>9786259429007</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Zia Dünyayı Siliyor</t>
+          <t>Filippo, Kiraz Ağacı ve Ben (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259892733</t>
+          <t>9786259892771</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız</t>
+          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259892726</t>
+          <t>9786259429014</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şapkacılar</t>
+          <t>Kayıp Sırlar Muhafızı / Bir Zamana Yolculuk Polisiyesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259892702</t>
+          <t>9786259429021</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çatalın Neden Tadı Yoktur?</t>
+          <t>Parlak Denizin Ardında</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259892719</t>
+          <t>9786259892795</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktakiler</t>
+          <t>Kralın Gülüşü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>1520508059403</t>
+          <t>9786259892788</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (5 Kitap)</t>
+          <t>Zia Dünyayı Siliyor</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1570</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050848274</t>
+          <t>9786259892733</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mermedusa</t>
+          <t>Kardan Kız</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>345</v>
+        <v>265</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050847864</t>
+          <t>9786259892726</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Asi Gökler</t>
+          <t>Şapkacılar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050848014</t>
+          <t>9786259892702</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Clementine</t>
+          <t>Çatalın Neden Tadı Yoktur?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050848007</t>
+          <t>9786259892719</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ayıyla Konuşan Kız</t>
+          <t>Karanlıktakiler</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050847642</t>
+          <t>1520508059403</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kalpsizler (Ciltli)</t>
+          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>475</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050847833</t>
+          <t>9786050848274</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi</t>
+          <t>Mermedusa</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>360</v>
+        <v>345</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050847840</t>
+          <t>9786050847864</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa Senfonisi</t>
+          <t>Asi Gökler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050847772</t>
+          <t>9786050848014</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Duygu Bankası</t>
+          <t>Sevgiler Clementine</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050847628</t>
+          <t>9786050848007</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Koruyucusu</t>
+          <t>Ayıyla Konuşan Kız</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050846775</t>
+          <t>9786050847642</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter 3</t>
+          <t>Kalpsizler (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050847369</t>
+          <t>9786050847833</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Bacaklı Ev</t>
+          <t>Yedi Diyar Geçidi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050847406</t>
+          <t>9786050847840</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balina</t>
+          <t>Mona Lisa Senfonisi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050847161</t>
+          <t>9786050847772</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Ben ve Kiraz Ağacı</t>
+          <t>Duygu Bankası</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050846744</t>
+          <t>9786050847628</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Öteorman</t>
+          <t>Kardeşimin Koruyucusu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050846737</t>
+          <t>9786050846775</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Abbas Dayı Hadisesi</t>
+          <t>Kara Panter 3</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050846621</t>
+          <t>9786050847369</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yaprakların Haritası</t>
+          <t>Tavuk Bacaklı Ev</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050846591</t>
+          <t>9786050847406</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Pera Palas'ta Onbir Gece</t>
+          <t>Kayıp Balina</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9799752632133</t>
+          <t>9786050847161</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler: Dünya Klasikleri - 6</t>
+          <t>Filippo, Ben ve Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050846379</t>
+          <t>9786050846744</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Festergrimm</t>
+          <t>Öteorman</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050846409</t>
+          <t>9786050846737</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Festergrimm (Ciltli)</t>
+          <t>Abbas Dayı Hadisesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050846034</t>
+          <t>9786050846621</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Melodi</t>
+          <t>Yaprakların Haritası</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050845518</t>
+          <t>9786050846591</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Zoe'nin Masasından</t>
+          <t>Pera Palas'ta Onbir Gece</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050845723</t>
+          <t>9799752632133</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Toz ve Hayaller Kitapçısı</t>
+          <t>Seçme Hikayeler: Dünya Klasikleri - 6</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050845570</t>
+          <t>9786050846379</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Anlatmayı Çok Düşündüm</t>
+          <t>Festergrimm</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050845624</t>
+          <t>9786050846409</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yankı Dağı</t>
+          <t>Festergrimm (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>345</v>
+        <v>390</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050845020</t>
+          <t>9786050846034</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik (Fleksi Kapak)</t>
+          <t>İçimdeki Melodi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050845358</t>
+          <t>9786050845518</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Selam, Ben Kitty</t>
+          <t>Zoe'nin Masasından</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050844818</t>
+          <t>9786050845723</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Saçıldığında (Fleksi Kapak)</t>
+          <t>Toz ve Hayaller Kitapçısı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050844962</t>
+          <t>9786050845570</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman Koleksiyoncusu</t>
+          <t>Anlatmayı Çok Düşündüm</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050844603</t>
+          <t>9786050845624</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Kükrediğinde</t>
+          <t>Yankı Dağı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050844597</t>
+          <t>9786050845020</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Alma ve Yedi Canavar</t>
+          <t>İçimdeki Müzik (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050844696</t>
+          <t>9786050845358</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gargantis (Fleksi Kapak)</t>
+          <t>Selam, Ben Kitty</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>445</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050839340</t>
+          <t>9786050844818</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çöpçüler (Ciltli)</t>
+          <t>Yıldızlar Saçıldığında (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050844450</t>
+          <t>9786050844962</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tepesindeki Mucize</t>
+          <t>Evvel Zaman Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050844474</t>
+          <t>9786050844603</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Anlaşmamız</t>
+          <t>Dağlar Kükrediğinde</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>480</v>
+        <v>270</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050844252</t>
+          <t>9786050844597</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kedi Olarak Hayatım</t>
+          <t>Alma ve Yedi Canavar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050844269</t>
+          <t>9786050844696</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçekleri</t>
+          <t>Gargantis (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>445</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050844085</t>
+          <t>9786050839340</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Fısıldayan Kadınlar</t>
+          <t>Çöpçüler (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050843774</t>
+          <t>9786050844450</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı (Ciltli)</t>
+          <t>Kiraz Tepesindeki Mucize</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050843392</t>
+          <t>9786050844474</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı</t>
+          <t>Bu Bizim Anlaşmamız</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050842937</t>
+          <t>9786050844252</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet</t>
+          <t>Kedi Olarak Hayatım</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050839319</t>
+          <t>9786050844269</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ortanca (Bez Ciltli-Şömizli)</t>
+          <t>Portakal Çiçekleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050842289</t>
+          <t>9786050844085</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Anı Hırsızları</t>
+          <t>Rüzgara Fısıldayan Kadınlar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050839364</t>
+          <t>9786050843774</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım (Şömizli) (Ciltli)</t>
+          <t>Son Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050839180</t>
+          <t>9786050843392</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı Saldırısı - Mission Survival</t>
+          <t>Son Ayı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050839173</t>
+          <t>9786050842937</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğanın Kalbinde</t>
+          <t>Shadowghast - Karakasvet</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050839234</t>
+          <t>9786050839319</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Doğa Rotası - Hayatta Kalma Becerileri El Kitabı Serisi Set 2 (6 Kitap Kutulu)</t>
+          <t>Ortanca (Bez Ciltli-Şömizli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>840</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050838817</t>
+          <t>9786050842289</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Haritalar ve Yön Bulma - Hayatta Kalma Becerileri El Kitabı 12</t>
+          <t>Anı Hırsızları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050838800</t>
+          <t>9786050839364</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hava Gözlem - Hayatta Kalma Becerileri El Kitabı 10</t>
+          <t>Canım Arkadaşım (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050838794</t>
+          <t>9786050839180</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Doğa Yürüyüşü - Hayatta Kalma Becerileri El Kitabı 9</t>
+          <t>Köpek Balığı Saldırısı - Mission Survival</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050838770</t>
+          <t>9786050839173</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İz Sürme - Hayatta Kalma Becerileri El Kitabı 8</t>
+          <t>Vahşi Doğanın Kalbinde</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050838626</t>
+          <t>9786050839234</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Hayvanlar - Hayatta Kalma Becerileri El Kitabı 1</t>
+          <t>Doğa Rotası - Hayatta Kalma Becerileri El Kitabı Serisi Set 2 (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>140</v>
+        <v>840</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050838640</t>
+          <t>9786050838817</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Bitkiler - Hayatta Kalma Becerileri El Kitabı 2</t>
+          <t>Haritalar ve Yön Bulma - Hayatta Kalma Becerileri El Kitabı 12</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050838688</t>
+          <t>9786050838800</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Düğümler - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Hava Gözlem - Hayatta Kalma Becerileri El Kitabı 10</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050838664</t>
+          <t>9786050838794</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Doğa Yürüyüşü - Hayatta Kalma Becerileri El Kitabı 9</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050838886</t>
+          <t>9786050838770</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bear Grylls Hayatta Kalma Becerileri El Kitabı Serisi (6 Kitap)</t>
+          <t>İz Sürme - Hayatta Kalma Becerileri El Kitabı 8</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>840</v>
+        <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050838824</t>
+          <t>9786050838626</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeler ve Acil Durumlar - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Tehlikeli Hayvanlar - Hayatta Kalma Becerileri El Kitabı 1</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050838749</t>
+          <t>9786050838640</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Barınak İnşası - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Tehlikeli Bitkiler - Hayatta Kalma Becerileri El Kitabı 2</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050838718</t>
+          <t>9786050838688</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kampçılık - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Düğümler - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050838701</t>
+          <t>9786050838664</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İşaretleşme - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>İlk Yardım - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050838039</t>
+          <t>9786050838886</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gargantis</t>
+          <t>Bear Grylls Hayatta Kalma Becerileri El Kitabı Serisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>345</v>
+        <v>840</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050838060</t>
+          <t>9786050838824</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kondo Özgürlük Yolunda - Kara Panter 2</t>
+          <t>Tehlikeler ve Acil Durumlar - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050837933</t>
+          <t>9786050838749</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Zihinli Çocuk</t>
+          <t>Barınak İnşası - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050837001</t>
+          <t>9786050838718</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmaya Cesaret Eden Köpek</t>
+          <t>Kampçılık - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050835816</t>
+          <t>9786050838701</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Arincon</t>
+          <t>İşaretleşme - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050835526</t>
+          <t>9786050838039</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ortanca</t>
+          <t>Gargantis</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050835540</t>
+          <t>9786050838060</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Portresi</t>
+          <t>Kondo Özgürlük Yolunda - Kara Panter 2</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050835021</t>
+          <t>9786050837933</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo</t>
+          <t>Kelebek Zihinli Çocuk</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050834697</t>
+          <t>9786050837001</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sırtında Taşıyan Balık</t>
+          <t>Hayal Kurmaya Cesaret Eden Köpek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050833775</t>
+          <t>9786050835816</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Malamander</t>
+          <t>Arincon</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050834451</t>
+          <t>9786050835526</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Son Kelime</t>
+          <t>Ortanca</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050834352</t>
+          <t>9786050835540</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter</t>
+          <t>İstanbul Portresi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050833751</t>
+          <t>9786050835021</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Son Turna Kuşu</t>
+          <t>Ben Cosmo</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050834161</t>
+          <t>9786050834697</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dere Yürüyüşü</t>
+          <t>Dünyayı Sırtında Taşıyan Balık</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050834093</t>
+          <t>9786050833775</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gezegen Yok!</t>
+          <t>Malamander</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050833003</t>
+          <t>9786050834451</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Koleksiyoncusu</t>
+          <t>Son Kelime</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050832785</t>
+          <t>9786050834352</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Bir Yıl</t>
+          <t>Kara Panter</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050832228</t>
+          <t>9786050833751</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Büyük Keşif</t>
+          <t>Kağıttan Son Turna Kuşu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050831788</t>
+          <t>9786050834161</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Pera Palasta Gölge Oyunu</t>
+          <t>Dere Yürüyüşü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050831887</t>
+          <t>9786050834093</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gölgesi</t>
+          <t>Başka Bir Gezegen Yok!</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050830811</t>
+          <t>9786050833003</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Hafıza Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050830606</t>
+          <t>9786050832785</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tarajar - Denizler Ötesinde</t>
+          <t>Sarayda Bir Yıl</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050829969</t>
+          <t>9786050832228</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Akıncı Fırtınası</t>
+          <t>Küçük Yıldız Büyük Keşif</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050829945</t>
+          <t>9786050831788</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Bir Hafta</t>
+          <t>Pera Palasta Gölge Oyunu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786050829921</t>
+          <t>9786050831887</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Çikolataca Konuşur musun?</t>
+          <t>Annemin Gölgesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050829556</t>
+          <t>9786050830811</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Timsah Pençeleri - Mission Survival</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050829303</t>
+          <t>9786050830606</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Arnavut Zeynel</t>
+          <t>Tarajar - Denizler Ötesinde</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050829297</t>
+          <t>9786050829969</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Derenin Türküsü</t>
+          <t>Ulak - Akıncı Fırtınası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050829310</t>
+          <t>9786050829945</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapısı Mevlana</t>
+          <t>Endülüs'te Bir Hafta</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786050829181</t>
+          <t>9786050829921</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Düşler Atlası</t>
+          <t>Çikolataca Konuşur musun?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050829020</t>
+          <t>9786050829556</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kekeme Hamlet</t>
+          <t>Timsah Pençeleri - Mission Survival</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050829013</t>
+          <t>9786050829303</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı ile Aramızdaki Mesafe</t>
+          <t>Arnavut Zeynel</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786050828993</t>
+          <t>9786050829297</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı</t>
+          <t>Derenin Türküsü</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786050827118</t>
+          <t>9786050829310</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kaplan İzleri - Mission Survival</t>
+          <t>Aşk Kapısı Mevlana</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050828344</t>
+          <t>9786050829181</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Düşler Atlası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050827620</t>
+          <t>9786050829020</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini Seti (3 Kitap)</t>
+          <t>Kekeme Hamlet</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786050827569</t>
+          <t>9786050829013</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Kalbi</t>
+          <t>Kiraz Ağacı ile Aramızdaki Mesafe</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050827071</t>
+          <t>9786050828993</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Bir Gece</t>
+          <t>Sıra Dışı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786050827057</t>
+          <t>9786050827118</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Dere Ülkesinin Yolcusu</t>
+          <t>Kaplan İzleri - Mission Survival</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050826371</t>
+          <t>9786050828344</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Uzak</t>
+          <t>Liste</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050826388</t>
+          <t>9786050827620</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çöl Akrepleri - Sahra Çölü'nde Yaşam Savaşı</t>
+          <t>Genç Houdini Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>175</v>
+        <v>335</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050823998</t>
+          <t>9786050827569</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ulak 4 - Mayerling Ormanları Derinliklerinde</t>
+          <t>Yeryüzünün Kalbi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050826104</t>
+          <t>9786050827071</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kurt Yolu</t>
+          <t>Ayasofya'da Bir Gece</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050825640</t>
+          <t>9786050827057</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi</t>
+          <t>Dere Ülkesinin Yolcusu</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050825480</t>
+          <t>9786050826371</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışıklar Kulübü</t>
+          <t>En Yakın Uzak</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786050822892</t>
+          <t>9786050826388</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Viyana Kapılarında</t>
+          <t>Çöl Akrepleri - Sahra Çölü'nde Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786050824902</t>
+          <t>9786050823998</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Ada</t>
+          <t>Ulak 4 - Mayerling Ormanları Derinliklerinde</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050824773</t>
+          <t>9786050826104</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Emilia Ağaçta</t>
+          <t>Kurt Yolu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050824797</t>
+          <t>9786050825640</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ada'nın Çocukları</t>
+          <t>Limon Kütüphanesi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050823196</t>
+          <t>9786050825480</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve İcat Öyküleri</t>
+          <t>Kafası Karışıklar Kulübü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9799752632683</t>
+          <t>9786050822892</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi</t>
+          <t>Ulak - Viyana Kapılarında</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>20</v>
+        <v>190</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050823905</t>
+          <t>9786050824902</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Göğü Yere İndirelim</t>
+          <t>Kendine Ait Bir Ada</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050823325</t>
+          <t>9786050824773</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini: Beyaz Karga Birliği</t>
+          <t>Emilia Ağaçta</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050812794</t>
+          <t>9786050824797</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesi - Paradokya 3</t>
+          <t>Yeşil Ada'nın Çocukları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050822441</t>
+          <t>9786050823196</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Tuna'nın Sırrı</t>
+          <t>Mucitler ve İcat Öyküleri</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786050822038</t>
+          <t>9799752632683</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
+          <t>9786050823905</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Göğü Yere İndirelim</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786050823325</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Genç Houdini: Beyaz Karga Birliği</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9786050812794</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Ülkesi - Paradokya 3</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9786050822441</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Ulak - Tuna'nın Sırrı</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786050822038</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Müzik</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
           <t>9786050822199</t>
         </is>
       </c>
-      <c r="B332" s="1" t="inlineStr">
+      <c r="B337" s="1" t="inlineStr">
         <is>
           <t>Ulak - Çelik Hilal'in Gölgesinde</t>
         </is>
       </c>
-      <c r="C332" s="1">
+      <c r="C337" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>