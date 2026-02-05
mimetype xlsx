--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,5080 +85,5140 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259647531</t>
+          <t>9786259647593</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Perçin Çocuk</t>
+          <t>Gölge Tilki</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259647562</t>
+          <t>9786259305806</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defteri (Ciltli)</t>
+          <t>Lola</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259647548</t>
+          <t>9786259647586</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaşık Zaman</t>
+          <t>Magicalia &amp; Keşif Turu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259647524</t>
+          <t>9786259647579</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nico’nun Savaşı</t>
+          <t>Kayıp Kediler Şehri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259647517</t>
+          <t>9786259647531</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dilek Mevsimi</t>
+          <t>Perçin Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259601397</t>
+          <t>9786259647562</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Haritacılar (Ciltli)</t>
+          <t>Hayal Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259601380</t>
+          <t>9786259647548</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Haritacılar</t>
+          <t>Bir Kaşık Zaman</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259647500</t>
+          <t>9786259647524</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dakika Bekçileri</t>
+          <t>Nico’nun Savaşı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259601373</t>
+          <t>9786259647517</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Asi Şafak</t>
+          <t>Dilek Mevsimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259601366</t>
+          <t>9786259601397</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Diyarlar Kalesi</t>
+          <t>Haritacılar (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>345</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050833942</t>
+          <t>9786259601380</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uçabileceğini Hayal Eden Tavuk</t>
+          <t>Haritacılar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9799753628241</t>
+          <t>9786259647500</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn</t>
+          <t>Dakika Bekçileri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050826593</t>
+          <t>9786259601373</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 3</t>
+          <t>Asi Şafak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259601342</t>
+          <t>9786259601366</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepede Gece Yarısı</t>
+          <t>Sihirli Diyarlar Kalesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050826838</t>
+          <t>9786050833942</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bul Beni Ziba</t>
+          <t>Uçabileceğini Hayal Eden Tavuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050846003</t>
+          <t>9799753628241</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Melodi (Ciltli)</t>
+          <t>Huckleberry Finn</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259601359</t>
+          <t>9786050826593</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ben Vincent ve Korkmuyorum</t>
+          <t>Öğretmenin Not Defteri - 3</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259601328</t>
+          <t>9786259601342</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Cosima &amp; Gerçeğin Peşinde</t>
+          <t>Göbeklitepede Gece Yarısı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259601335</t>
+          <t>9786050826838</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Dolunayı (Ciltli)</t>
+          <t>Bul Beni Ziba</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259601304</t>
+          <t>9786050846003</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Dolunayı</t>
+          <t>İçimdeki Melodi (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259892740</t>
+          <t>9786259601359</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şapkacılar (Ciltli)</t>
+          <t>Ben Vincent ve Korkmuyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050847437</t>
+          <t>9786259601328</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balina (Ciltli)</t>
+          <t>Talihsiz Cosima &amp; Gerçeğin Peşinde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752630970</t>
+          <t>9786259601335</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Yaşam Öyküsü</t>
+          <t>Kaplumbağa Dolunayı (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051146805</t>
+          <t>9786259601304</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gizemli Oyunu: Paradokya</t>
+          <t>Kaplumbağa Dolunayı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050807547</t>
+          <t>9786259892740</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Paradokya - Sırlar Geçidi</t>
+          <t>Şapkacılar (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786050823172</t>
+          <t>9786050847437</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Her Bi'şeyin İlginç ve Kısa Tarihi</t>
+          <t>Kayıp Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050839104</t>
+          <t>9789752630970</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi (Bez Cilt - Şömizli) (Ciltli)</t>
+          <t>Hz. Muhammed’in Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259892757</t>
+          <t>9786051146805</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız (Ciltli)</t>
+          <t>Gecenin Gizemli Oyunu: Paradokya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>365</v>
+        <v>285</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050843712</t>
+          <t>9786050807547</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sahipsizler</t>
+          <t>Paradokya - Sırlar Geçidi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050842920</t>
+          <t>9786050823172</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet (Bez Cilt-Şömizli) (Ciltli)</t>
+          <t>Her Bi'şeyin İlginç ve Kısa Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259727493</t>
+          <t>9786050839104</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sislerin Arasında</t>
+          <t>Limon Kütüphanesi (Bez Cilt - Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259601311</t>
+          <t>9786259892757</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ağaç. Masa. Kitap.</t>
+          <t>Kardan Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>365</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259727448</t>
+          <t>9786050843712</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tells</t>
+          <t>Sahipsizler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259727462</t>
+          <t>9786050842920</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Şehrin Gizemi</t>
+          <t>Shadowghast - Karakasvet (Bez Cilt-Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259727479</t>
+          <t>9786259727493</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yama Çocuk Stitch</t>
+          <t>Sislerin Arasında</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259727486</t>
+          <t>9786259601311</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Hayal (Ciltli)</t>
+          <t>Ağaç. Masa. Kitap.</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259727455</t>
+          <t>9786259727448</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Hayal</t>
+          <t>İstanbul Tells</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259727417</t>
+          <t>9786259727462</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Anlattıkları</t>
+          <t>Mekanik Şehrin Gizemi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259727424</t>
+          <t>9786259727479</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Sınavlar Sırfısıldayan 2</t>
+          <t>Yama Çocuk Stitch</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259727431</t>
+          <t>9786259727486</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Sınavlar Sırfısıldayan 2 (Ciltli)</t>
+          <t>İçimdeki Hayal (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259534473</t>
+          <t>9786259727455</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Robotu</t>
+          <t>İçimdeki Hayal</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259534480</t>
+          <t>9786259727417</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi 3</t>
+          <t>İstanbul’un Anlattıkları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259727400</t>
+          <t>9786259727424</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacının Ardından (Ciltli)</t>
+          <t>Zorlu Sınavlar Sırfısıldayan 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259534497</t>
+          <t>9786259727431</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacının Ardından</t>
+          <t>Zorlu Sınavlar Sırfısıldayan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050847970</t>
+          <t>9786259534473</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Malamander (Fleksi Cilt) (Ciltli)</t>
+          <t>Kaygı Robotu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050848267</t>
+          <t>9786259534480</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mermedusa (Bez Cilt) (Ciltli)</t>
+          <t>Yedi Diyar Geçidi 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050847291</t>
+          <t>9786259727400</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Ben ve Kiraz Ağacı (Ciltli)</t>
+          <t>Kiraz Ağacının Ardından (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786050845440</t>
+          <t>9786259534497</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet (Fleksi Cilt)</t>
+          <t>Kiraz Ağacının Ardından</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>40</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050845044</t>
+          <t>9786050847970</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı (Fleksi Kapak)</t>
+          <t>Malamander (Fleksi Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050844719</t>
+          <t>9786050848267</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Fleksi Kapak)</t>
+          <t>Mermedusa (Bez Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050843583</t>
+          <t>9786050847291</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (Ciltli 3 Kitap)</t>
+          <t>Filippo, Ben ve Kiraz Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050843590</t>
+          <t>9786050845440</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sahipsizler (Ciltli)</t>
+          <t>Shadowghast - Karakasvet (Fleksi Cilt)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050843408</t>
+          <t>9786050845044</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Saçıldığında</t>
+          <t>Son Ayı (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050831764</t>
+          <t>9786050844719</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Genç Poe - Mary Roget'in Sırrı</t>
+          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050828306</t>
+          <t>9786050843583</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Efsane Adamların Sıra Dışı Hikayeleri</t>
+          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (Ciltli 3 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>27.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050819496</t>
+          <t>9786050843590</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Daniş - Bir Cennet Delisi</t>
+          <t>Sahipsizler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>26</v>
+        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050828528</t>
+          <t>9786050843408</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
+          <t>Yıldızlar Saçıldığında</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>23</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050827088</t>
+          <t>9786050831764</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>DNA: Olay Yeri İnceleme</t>
+          <t>Genç Poe - Mary Roget'in Sırrı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9799753627244</t>
+          <t>9786050828306</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Kilometre Taşları: Üniversiteye Giden Yol</t>
+          <t>Efsane Adamların Sıra Dışı Hikayeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>7.87</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752633827</t>
+          <t>9786050819496</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zaman Nasıl Yönetilir?</t>
+          <t>Daniş - Bir Cennet Delisi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>4.63</v>
+        <v>26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799753628630</t>
+          <t>9786050828528</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Ökçeler</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>3.7</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9799752632362</t>
+          <t>9786050827088</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>DNA: Olay Yeri İnceleme</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>2.78</v>
+        <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799753629668</t>
+          <t>9799753627244</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tarih Fıkraları</t>
+          <t>Zirvenin Kilometre Taşları: Üniversiteye Giden Yol</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>7.41</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752634381</t>
+          <t>9789752633827</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Spor Nasıl Yapılır? Spor ve Sosyal Aktiviteler</t>
+          <t>Zaman Nasıl Yönetilir?</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752636491</t>
+          <t>9799753628630</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Şefkat Öyküleri</t>
+          <t>Yüksek Ökçeler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051143378</t>
+          <t>9799752632362</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Senin Başarı Serüvenin</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>7.41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752633834</t>
+          <t>9799753629668</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Soru Nasıl Çözülür?</t>
+          <t>Tarih Fıkraları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050807592</t>
+          <t>9789752634381</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlere Yolculuk</t>
+          <t>Spor Nasıl Yapılır? Spor ve Sosyal Aktiviteler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>8.34</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752633803</t>
+          <t>9789752636491</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ödev Nasıl Hazırlanır?</t>
+          <t>Sevgi ve Şefkat Öyküleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752637122</t>
+          <t>9786051143378</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sultanları</t>
+          <t>Senin Başarı Serüvenin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051142586</t>
+          <t>9789752633834</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Nereden Nereye (4 Kitap Takım) (Ciltli)</t>
+          <t>Soru Nasıl Çözülür?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>560</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752636545</t>
+          <t>9786050807592</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Öyküleri</t>
+          <t>Peygamberlere Yolculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>6.02</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799753627602</t>
+          <t>9789752633803</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Liseliyim Delikanlıyım</t>
+          <t>Ödev Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752636286</t>
+          <t>9789752637122</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Kim Kimdir?</t>
+          <t>Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>10.19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051145006</t>
+          <t>9786051142586</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kolej Günleri</t>
+          <t>Nereden Nereye (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.5</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050801569</t>
+          <t>9789752636545</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>KMG - 8 Kumrular Mahallesi Gözcüleri</t>
+          <t>Mutluluk Öyküleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>27.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799753628340</t>
+          <t>9799753627602</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kesik Başın İntikamı</t>
+          <t>Liseliyim Delikanlıyım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050808445</t>
+          <t>9789752636286</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Efendisi</t>
+          <t>Kuran’da Kim Kimdir?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>6.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050801576</t>
+          <t>9786051145006</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Olur musun?</t>
+          <t>Kolej Günleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7.41</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9799753628357</t>
+          <t>9786050801569</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kaf Kalesi Cengi</t>
+          <t>KMG - 8 Kumrular Mahallesi Gözcüleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2.31</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752636538</t>
+          <t>9799753628340</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İlham Öyküleri</t>
+          <t>Kesik Başın İntikamı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799753628371</t>
+          <t>9786050808445</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Vakkas ve Malik Ejder Cengi</t>
+          <t>Kalbimin Efendisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>2.31</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051144627</t>
+          <t>9786050801576</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Matematik Çok Kolay!</t>
+          <t>Kahramanım Olur musun?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051146539</t>
+          <t>9799753628357</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin İngilizce Bir Olay!</t>
+          <t>Kaf Kalesi Cengi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051146546</t>
+          <t>9789752636538</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Coğrafya Çok Zevkli</t>
+          <t>İlham Öyküleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9799752633987</t>
+          <t>9799753628371</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Yola Devam</t>
+          <t>İbn-i Vakkas ve Malik Ejder Cengi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6.02</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050805956</t>
+          <t>9786051144627</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hasan’ın Maceraları</t>
+          <t>Herkes İçin Matematik Çok Kolay!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>6.95</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050804928</t>
+          <t>9786051146539</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hasan Nail Canat Roman Seti (8 Kitap)</t>
+          <t>Herkes İçin İngilizce Bir Olay!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60.19</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752636514</t>
+          <t>9786051146546</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Öyküler</t>
+          <t>Herkes İçin Coğrafya Çok Zevkli</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>6.02</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752636477</t>
+          <t>9799752633987</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Öyküleri</t>
+          <t>Her Şeye Rağmen Yola Devam</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753629973</t>
+          <t>9786050805956</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mazeretim Var Büyüyorum</t>
+          <t>Hasan’ın Maceraları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752633841</t>
+          <t>9786050804928</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Genel Kültür Nasıl Edinilir?</t>
+          <t>Hasan Nail Canat Roman Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>4.63</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050806359</t>
+          <t>9789752636514</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Romanları Seti (7 Kitap Takım - Kutulu)</t>
+          <t>Gülümseyen Öyküler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>97.69</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752637221</t>
+          <t>9789752636477</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberler Tarihi</t>
+          <t>Gökkuşağı Öyküleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9799752630504</t>
+          <t>9789753629973</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Espri ve Fıkralarıyla Ünlüler</t>
+          <t>Mazeretim Var Büyüyorum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>6.02</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799753628364</t>
+          <t>9789752633841</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ejder Kalesi ve Nehrevan Cengi</t>
+          <t>Genel Kültür Nasıl Edinilir?</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752636453</t>
+          <t>9786050806359</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Öyküler</t>
+          <t>Gençlik Romanları Seti (7 Kitap Takım - Kutulu)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>6.02</v>
+        <v>97.69</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789752631908</t>
+          <t>9789752637221</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kızlar Kantini</t>
+          <t>Gençler İçin Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799752630498</t>
+          <t>9799752630504</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerin Sözleri Sözlerin Büyükleri</t>
+          <t>Espri ve Fıkralarıyla Ünlüler</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050801583</t>
+          <t>9799753628364</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Sınav Günlüğü</t>
+          <t>Ejder Kalesi ve Nehrevan Cengi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>30</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752633797</t>
+          <t>9789752636453</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Nasıl Kullanılır?</t>
+          <t>Düşünen Öyküler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752636484</t>
+          <t>9789752631908</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Öyküleri</t>
+          <t>Çılgın Kızlar Kantini</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6.02</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752636521</t>
+          <t>9799752630498</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Başarı Öyküleri</t>
+          <t>Büyüklerin Sözleri Sözlerin Büyükleri</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051145082</t>
+          <t>9786050801583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bana Yıldızını Söyle</t>
+          <t>Bir Delinin Sınav Günlüğü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752636460</t>
+          <t>9789752633797</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Çocuk Öyküleri</t>
+          <t>Bilgisayar Nasıl Kullanılır?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>6.02</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9799752632249</t>
+          <t>9789752636484</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Bilgelik Öyküleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9799752632690</t>
+          <t>9789752636521</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü</t>
+          <t>Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2.78</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051149288</t>
+          <t>9786051145082</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>10 Dakikada Beyin Jimnastiği</t>
+          <t>Bana Yıldızını Söyle</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>8.34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752633902</t>
+          <t>9789752636460</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aman Öğretmen Duymasın</t>
+          <t>Anne Baba Çocuk Öyküleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>15</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799752632355</t>
+          <t>9799752632249</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Manilerden Seçmeler</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050807868</t>
+          <t>9799752632690</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyalar</t>
+          <t>Açıklamalı Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050800098</t>
+          <t>9786051149288</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ya Ben İstanbul’u Alacağım Ya İstanbul Beni</t>
+          <t>10 Dakikada Beyin Jimnastiği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>23.5</v>
+        <v>8.34</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050816785</t>
+          <t>9789752633902</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sumarna (5 Kitap Takım)</t>
+          <t>Aman Öğretmen Duymasın</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>62.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050808582</t>
+          <t>9799752632355</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çetin Ceviz / Zeka Dükkanı (Ciltli)</t>
+          <t>Manilerden Seçmeler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050800104</t>
+          <t>9786050807868</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Söylemek</t>
+          <t>Yalan Dünyalar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050804935</t>
+          <t>9786050800098</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yılmaz Boyunağa Roman Seti (6 Kitap Kutulu)</t>
+          <t>Ya Ben İstanbul’u Alacağım Ya İstanbul Beni</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>31.48</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050827545</t>
+          <t>9786050816785</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini - Sessiz Suikastçı</t>
+          <t>Sumarna (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>70</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050827552</t>
+          <t>9786050808582</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İmdat Aşık Oldum!</t>
+          <t>Çetin Ceviz / Zeka Dükkanı (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>70</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050828313</t>
+          <t>9786050800104</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri  - 2</t>
+          <t>Aşkı Söylemek</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050823141</t>
+          <t>9786050804935</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
+          <t>Ahmet Yılmaz Boyunağa Roman Seti (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050823134</t>
+          <t>9786050827545</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Düş Macunu</t>
+          <t>Genç Houdini - Sessiz Suikastçı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050823158</t>
+          <t>9786050827552</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>İmdat Aşık Oldum!</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>16.2</v>
+        <v>70</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050823189</t>
+          <t>9786050828313</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Geçiyordum Uğradım!</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri  - 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>27.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050823202</t>
+          <t>9786050823141</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bu da Size Kitap Olsun Zonk!</t>
+          <t>Galiba Hiçbirimiz Bu Dünyadan Sağ Çıkamıycaz!</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>23.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050823127</t>
+          <t>9786050823134</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Delireceğim de Vakit Bulamıyorum!</t>
+          <t>Düş Macunu</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050822519</t>
+          <t>9786050823158</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ne Haliniz Varsa Gülün</t>
+          <t>Gülme Başına Gelir Komşuna</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050822496</t>
+          <t>9786050823189</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hepimus İnsanus</t>
+          <t>Kendimden Geçiyordum Uğradım!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>20</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050822526</t>
+          <t>9786050823202</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
+          <t>Bu da Size Kitap Olsun Zonk!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050822502</t>
+          <t>9786050823127</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bi Yerde Gülecek Var!</t>
+          <t>Delireceğim de Vakit Bulamıyorum!</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>1520501989110</t>
+          <t>9786050822519</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Emila Ağaçta (Yeşeren Kalem Hediyeli)</t>
+          <t>Ne Haliniz Varsa Gülün</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050826630</t>
+          <t>9786050822496</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yılmaz Boyunağa Macera Seti (11 Kitap Takım)</t>
+          <t>Hepimus İnsanus</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>203</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>1520501987611</t>
+          <t>9786050822526</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Roman Seti 1 (7 Kitap Kutulu )</t>
+          <t>Siz Adamı Ölmekten Güldürürsünüz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>208.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050826647</t>
+          <t>9786050822502</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hasan Nail Canat Seti (9 Kitap Takım)</t>
+          <t>Müsait Bi Yerde Gülecek Var!</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>122</v>
+        <v>20</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>1520501987512</t>
+          <t>1520501989110</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Doludizgin Roman Seti 2 (6 Kitap Kutulu)</t>
+          <t>Emila Ağaçta (Yeşeren Kalem Hediyeli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>940</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050825466</t>
+          <t>9786050826630</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik (Ciltli)</t>
+          <t>Ahmet Yılmaz Boyunağa Macera Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>203</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050826876</t>
+          <t>1520501987611</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Baltaya Whatsapp Oldum</t>
+          <t>Doludizgin Roman Seti 1 (7 Kitap Kutulu )</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20</v>
+        <v>208.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050823080</t>
+          <t>9786050826647</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini: Kayıp Hokkabazın Peşinde</t>
+          <t>Hasan Nail Canat Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>90</v>
+        <v>122</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050826579</t>
+          <t>1520501987512</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 2</t>
+          <t>Doludizgin Roman Seti 2 (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>940</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050826562</t>
+          <t>9786050825466</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 1</t>
+          <t>İçimdeki Müzik (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050826586</t>
+          <t>9786050826876</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - Set (3 Kitap)</t>
+          <t>Bir Baltaya Whatsapp Oldum</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050804331</t>
+          <t>9786050823080</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Felicidad - Mutluluk Ülkesi</t>
+          <t>Genç Houdini: Kayıp Hokkabazın Peşinde</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786050825770</t>
+          <t>9786050826579</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zeka Pınarından Hazır Cevaplar</t>
+          <t>Öğretmenin Not Defteri - 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050823165</t>
+          <t>9786050826562</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlkler ve Enterasan Hikayeleri</t>
+          <t>Öğretmenin Not Defteri - 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>13.43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786050822410</t>
+          <t>9786050826586</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Barbarossa : Gizemli Hazine</t>
+          <t>Öğretmenin Not Defteri - Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786050823219</t>
+          <t>9786050804331</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları</t>
+          <t>Felicidad - Mutluluk Ülkesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786050813258</t>
+          <t>9786050825770</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yok Daha Neler</t>
+          <t>Zeka Pınarından Hazır Cevaplar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>12.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050823110</t>
+          <t>9786050823165</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bi'şey Söylicem Ama Gülmek Yok</t>
+          <t>İlkler ve Enterasan Hikayeleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050823103</t>
+          <t>9786050822410</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem de Gam Yemem</t>
+          <t>Barbarossa : Gizemli Hazine</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>16.2</v>
+        <v>20</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050839258</t>
+          <t>9786050823219</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Zihinli Çocuk (Şömizli) (Ciltli)</t>
+          <t>Bilim İnsanları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786050839272</t>
+          <t>9786050813258</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
+          <t>Yok Daha Neler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>1520601000319</t>
+          <t>9786050823110</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet Seti (Ciltli)</t>
+          <t>Bi'şey Söylicem Ama Gülmek Yok</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786050839296</t>
+          <t>9786050823103</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Son Kelime (Bez Ciltli-Şömizli)</t>
+          <t>Artık Gülsem de Gam Yemem</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>130</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786050838879</t>
+          <t>9786050839258</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gargantis (Bez Ciltli - Şömizli)</t>
+          <t>Kelebek Zihinli Çocuk (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050807721</t>
+          <t>9786050839272</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şimendifer Çocukları: Definedeki Sır (Ciltli)</t>
+          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>13.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050834079</t>
+          <t>1520601000319</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Genç Poe - Korku Köşkü 3</t>
+          <t>Shadowghast - Karakasvet Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>1520601000111</t>
+          <t>9786050839296</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Son Turna Kuşu Seti</t>
+          <t>Son Kelime (Bez Ciltli-Şömizli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050832983</t>
+          <t>9786050838879</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı ile Aramızdaki Mesafe (Ciltli)</t>
+          <t>Gargantis (Bez Ciltli - Şömizli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050831627</t>
+          <t>9786050807721</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Karışık (Ciltli - Özel Baskı)</t>
+          <t>Şimendifer Çocukları: Definedeki Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>65</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050831597</t>
+          <t>9786050834079</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Karışık</t>
+          <t>Genç Poe - Korku Köşkü 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>265</v>
+        <v>60</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786050831924</t>
+          <t>1520601000111</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kayık ve Canavar</t>
+          <t>Kağıttan Son Turna Kuşu Seti</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050807851</t>
+          <t>9786050832983</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti</t>
+          <t>Kiraz Ağacı ile Aramızdaki Mesafe (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>11.57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786050830057</t>
+          <t>9786050831627</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı'nın Gizemi - Genç Poe</t>
+          <t>Karışık (Ciltli - Özel Baskı)</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050828665</t>
+          <t>9786050831597</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şaşırt Kendini</t>
+          <t>Karışık</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050828801</t>
+          <t>9786050831924</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Gözünden Allah Resulü</t>
+          <t>Çocuk Kayık ve Canavar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050827958</t>
+          <t>9786050807851</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri - 1</t>
+          <t>Oyun Bitti</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>23</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050827996</t>
+          <t>9786050830057</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kadınların İlham Veren Hikayeleri</t>
+          <t>Morgue Sokağı'nın Gizemi - Genç Poe</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786259497785</t>
+          <t>9786050828665</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi (Ciltli)</t>
+          <t>Şaşırt Kendini</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786259534442</t>
+          <t>9786050828801</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Işığı</t>
+          <t>Gençlerin Gözünden Allah Resulü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>265</v>
+        <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786259534459</t>
+          <t>9786050827958</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Tünelde</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri - 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>290</v>
+        <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050827941</t>
+          <t>9786050827996</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Genesis</t>
+          <t>Cesur Kadınların İlham Veren Hikayeleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050839289</t>
+          <t>9786259497785</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Liste (Şömizli) (Ciltli)</t>
+          <t>Limon Kütüphanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>445</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050830521</t>
+          <t>9786259534442</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çamur Çocuk</t>
+          <t>Her Şeyin Işığı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050825596</t>
+          <t>9786259534459</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Oasis</t>
+          <t>Tünelde</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050833010</t>
+          <t>9786050827941</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çöpçüler</t>
+          <t>Genesis</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786259534428</t>
+          <t>9786050839289</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tarçınlı Düşler Çikolatacısı</t>
+          <t>Liste (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786259534435</t>
+          <t>9786050830521</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Son Bakış Köprüsü</t>
+          <t>Çamur Çocuk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786259534411</t>
+          <t>9786050825596</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Lema: En Yüksek Tepe</t>
+          <t>Oasis</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050844467</t>
+          <t>9786050833010</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sonra</t>
+          <t>Çöpçüler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786259497792</t>
+          <t>9786259534428</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gece Kütüphanecisi</t>
+          <t>Tarçınlı Düşler Çikolatacısı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786259534404</t>
+          <t>9786259534435</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Dağılırken</t>
+          <t>Son Bakış Köprüsü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786259497761</t>
+          <t>9786259534411</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sırfısıldayan 1 - Sonsuz Labirent (Ciltli)</t>
+          <t>Lema: En Yüksek Tepe</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>460</v>
+        <v>325</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259497754</t>
+          <t>9786050844467</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sırfısıldayan 1 - Sonsuz Labirent</t>
+          <t>Güneşten Sonra</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259497778</t>
+          <t>9786259497792</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dan ve İstanbul'un Hayaletleri</t>
+          <t>Gece Kütüphanecisi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259497730</t>
+          <t>9786259534404</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dan ve Buzdan Piramit</t>
+          <t>Bulutlar Dağılırken</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259497723</t>
+          <t>9786259497761</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dan ve Ölüler</t>
+          <t>Sırfısıldayan 1 - Sonsuz Labirent (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786259497716</t>
+          <t>9786259497754</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>October, October</t>
+          <t>Sırfısıldayan 1 - Sonsuz Labirent</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259497747</t>
+          <t>9786259497778</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>October, October (Ciltli)</t>
+          <t>Dan ve İstanbul'un Hayaletleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786259464886</t>
+          <t>9786259497730</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Cosima - Yıldız Hırsızı</t>
+          <t>Dan ve Buzdan Piramit</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786259497709</t>
+          <t>9786259497723</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Suyun Bizi Götürdüğü Yer (Ciltli)</t>
+          <t>Dan ve Ölüler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786259464893</t>
+          <t>9786259497716</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Suyun Bizi Götürdüğü Yer</t>
+          <t>October, October</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786259464879</t>
+          <t>9786259497747</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sidelya - Yüzen Ada &amp; Bir Zaman Yolculuk Polisiyesi</t>
+          <t>October, October (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259464848</t>
+          <t>9786259464886</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü'ne Düşen Kız</t>
+          <t>Talihsiz Cosima - Yıldız Hırsızı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259464855</t>
+          <t>9786259497709</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Elma Çekirdeği</t>
+          <t>Suyun Bizi Götürdüğü Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786259464831</t>
+          <t>9786259464893</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>En Doğru Arkadaşınız</t>
+          <t>Suyun Bizi Götürdüğü Yer</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259464824</t>
+          <t>9786259464879</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Alice’in Dünya Turu</t>
+          <t>Sidelya - Yüzen Ada &amp; Bir Zaman Yolculuk Polisiyesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786259429083</t>
+          <t>9786259464848</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dönüyor (Şömizli) (Ciltli)</t>
+          <t>Yeryüzü'ne Düşen Kız</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>365</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259464817</t>
+          <t>9786259464855</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi 2 - Buzun Ötesine ve Ormanın İçine</t>
+          <t>Elma Çekirdeği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786259464800</t>
+          <t>9786259464831</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Asi Ateş</t>
+          <t>En Doğru Arkadaşınız</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050842296</t>
+          <t>9786259464824</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Odadaki Çocuk</t>
+          <t>Alice’in Dünya Turu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050838848</t>
+          <t>9786259429083</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Malamander (Bez Cilt - Şömizli) (Ciltli)</t>
+          <t>Ayı Dönüyor (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786259429076</t>
+          <t>9786259464817</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ayı Dönüyor</t>
+          <t>Yedi Diyar Geçidi 2 - Buzun Ötesine ve Ormanın İçine</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786259429090</t>
+          <t>9786259464800</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ay’dan Daha Uzakta</t>
+          <t>Asi Ateş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786259429052</t>
+          <t>9786050842296</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Saatçilerin Tehlikeli Yolculuğu</t>
+          <t>Beyaz Odadaki Çocuk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786259429069</t>
+          <t>9786050838848</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tatlıcılar (Ciltli)</t>
+          <t>Malamander (Bez Cilt - Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786259429045</t>
+          <t>9786259429076</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tatlıcılar</t>
+          <t>Ayı Dönüyor</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050830064</t>
+          <t>9786259429090</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Auden Dare'ın Sıra Dışı Renkleri</t>
+          <t>Ay’dan Daha Uzakta</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050839357</t>
+          <t>9786259429052</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çikolataca Konuşur Musun? (Bez Ciltli- Şömizli)</t>
+          <t>Saatçilerin Tehlikeli Yolculuğu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786259892764</t>
+          <t>9786259429069</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Şömizli) (Ciltli)</t>
+          <t>Mucizevi Tatlıcılar (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>310</v>
+        <v>475</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786259429007</t>
+          <t>9786259429045</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Kiraz Ağacı ve Ben (Şömizli) (Ciltli)</t>
+          <t>Mucizevi Tatlıcılar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786259892771</t>
+          <t>9786050830064</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
+          <t>Auden Dare'ın Sıra Dışı Renkleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786259429014</t>
+          <t>9786050839357</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Sırlar Muhafızı / Bir Zamana Yolculuk Polisiyesi</t>
+          <t>Çikolataca Konuşur Musun? (Bez Ciltli- Şömizli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786259429021</t>
+          <t>9786259892764</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Parlak Denizin Ardında</t>
+          <t>Kiraz Ağacı İle Aramızdaki Mesafe (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786259892795</t>
+          <t>9786259429007</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kralın Gülüşü</t>
+          <t>Filippo, Kiraz Ağacı ve Ben (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786259892788</t>
+          <t>9786259892771</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zia Dünyayı Siliyor</t>
+          <t>Ben Cosmo (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786259892733</t>
+          <t>9786259429014</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kardan Kız</t>
+          <t>Kayıp Sırlar Muhafızı / Bir Zamana Yolculuk Polisiyesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786259892726</t>
+          <t>9786259429021</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Şapkacılar</t>
+          <t>Parlak Denizin Ardında</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786259892702</t>
+          <t>9786259892795</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çatalın Neden Tadı Yoktur?</t>
+          <t>Kralın Gülüşü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786259892719</t>
+          <t>9786259892788</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktakiler</t>
+          <t>Zia Dünyayı Siliyor</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>1520508059403</t>
+          <t>9786259892733</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (5 Kitap)</t>
+          <t>Kardan Kız</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1570</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050848274</t>
+          <t>9786259892726</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mermedusa</t>
+          <t>Şapkacılar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050847864</t>
+          <t>9786259892702</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Asi Gökler</t>
+          <t>Çatalın Neden Tadı Yoktur?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050848014</t>
+          <t>9786259892719</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Clementine</t>
+          <t>Karanlıktakiler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050848007</t>
+          <t>1520508059403</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ayıyla Konuşan Kız</t>
+          <t>Tuhaf Deniz Kasabası Efsaneleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>360</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050847642</t>
+          <t>9786050848274</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kalpsizler (Ciltli)</t>
+          <t>Mermedusa</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050847833</t>
+          <t>9786050847864</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yedi Diyar Geçidi</t>
+          <t>Asi Gökler</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050847840</t>
+          <t>9786050848014</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mona Lisa Senfonisi</t>
+          <t>Sevgiler Clementine</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050847772</t>
+          <t>9786050848007</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Duygu Bankası</t>
+          <t>Ayıyla Konuşan Kız</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050847628</t>
+          <t>9786050847642</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Koruyucusu</t>
+          <t>Kalpsizler (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>345</v>
+        <v>500</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050846775</t>
+          <t>9786050847833</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter 3</t>
+          <t>Yedi Diyar Geçidi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050847369</t>
+          <t>9786050847840</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tavuk Bacaklı Ev</t>
+          <t>Mona Lisa Senfonisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050847406</t>
+          <t>9786050847772</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balina</t>
+          <t>Duygu Bankası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050847161</t>
+          <t>9786050847628</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Filippo, Ben ve Kiraz Ağacı</t>
+          <t>Kardeşimin Koruyucusu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050846744</t>
+          <t>9786050846775</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Öteorman</t>
+          <t>Kara Panter 3</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050846737</t>
+          <t>9786050847369</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Abbas Dayı Hadisesi</t>
+          <t>Tavuk Bacaklı Ev</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050846621</t>
+          <t>9786050847406</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yaprakların Haritası</t>
+          <t>Kayıp Balina</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050846591</t>
+          <t>9786050847161</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Pera Palas'ta Onbir Gece</t>
+          <t>Filippo, Ben ve Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799752632133</t>
+          <t>9786050846744</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler: Dünya Klasikleri - 6</t>
+          <t>Öteorman</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050846379</t>
+          <t>9786050846737</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Festergrimm</t>
+          <t>Abbas Dayı Hadisesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050846409</t>
+          <t>9786050846621</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Festergrimm (Ciltli)</t>
+          <t>Yaprakların Haritası</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>390</v>
+        <v>325</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050846034</t>
+          <t>9786050846591</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Melodi</t>
+          <t>Pera Palas'ta Onbir Gece</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050845518</t>
+          <t>9799752632133</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Zoe'nin Masasından</t>
+          <t>Seçme Hikayeler: Dünya Klasikleri - 6</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050845723</t>
+          <t>9786050846379</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Toz ve Hayaller Kitapçısı</t>
+          <t>Festergrimm</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050845570</t>
+          <t>9786050846409</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Anlatmayı Çok Düşündüm</t>
+          <t>Festergrimm (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050845624</t>
+          <t>9786050846034</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yankı Dağı</t>
+          <t>İçimdeki Melodi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050845020</t>
+          <t>9786050845518</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik (Fleksi Kapak)</t>
+          <t>Zoe'nin Masasından</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050845358</t>
+          <t>9786050845723</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Selam, Ben Kitty</t>
+          <t>Toz ve Hayaller Kitapçısı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050844818</t>
+          <t>9786050845570</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Saçıldığında (Fleksi Kapak)</t>
+          <t>Anlatmayı Çok Düşündüm</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050844962</t>
+          <t>9786050845624</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman Koleksiyoncusu</t>
+          <t>Yankı Dağı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050844603</t>
+          <t>9786050845020</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Kükrediğinde</t>
+          <t>İçimdeki Müzik (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050844597</t>
+          <t>9786050845358</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Alma ve Yedi Canavar</t>
+          <t>Selam, Ben Kitty</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050844696</t>
+          <t>9786050844818</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Gargantis (Fleksi Kapak)</t>
+          <t>Yıldızlar Saçıldığında (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>445</v>
+        <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050839340</t>
+          <t>9786050844962</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çöpçüler (Ciltli)</t>
+          <t>Evvel Zaman Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050844450</t>
+          <t>9786050844603</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Tepesindeki Mucize</t>
+          <t>Dağlar Kükrediğinde</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050844474</t>
+          <t>9786050844597</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bu Bizim Anlaşmamız</t>
+          <t>Alma ve Yedi Canavar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050844252</t>
+          <t>9786050844696</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kedi Olarak Hayatım</t>
+          <t>Gargantis (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050844269</t>
+          <t>9786050839340</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçekleri</t>
+          <t>Çöpçüler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050844085</t>
+          <t>9786050844450</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Fısıldayan Kadınlar</t>
+          <t>Kiraz Tepesindeki Mucize</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050843774</t>
+          <t>9786050844474</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı (Ciltli)</t>
+          <t>Bu Bizim Anlaşmamız</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050843392</t>
+          <t>9786050844252</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Son Ayı</t>
+          <t>Kedi Olarak Hayatım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050842937</t>
+          <t>9786050844269</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Shadowghast - Karakasvet</t>
+          <t>Portakal Çiçekleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050839319</t>
+          <t>9786050844085</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ortanca (Bez Ciltli-Şömizli)</t>
+          <t>Rüzgara Fısıldayan Kadınlar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050842289</t>
+          <t>9786050843774</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Anı Hırsızları</t>
+          <t>Son Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050839364</t>
+          <t>9786050843392</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım (Şömizli) (Ciltli)</t>
+          <t>Son Ayı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050839180</t>
+          <t>9786050842937</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balığı Saldırısı - Mission Survival</t>
+          <t>Shadowghast - Karakasvet</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050839173</t>
+          <t>9786050839319</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğanın Kalbinde</t>
+          <t>Ortanca (Bez Ciltli-Şömizli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786050839234</t>
+          <t>9786050842289</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Doğa Rotası - Hayatta Kalma Becerileri El Kitabı Serisi Set 2 (6 Kitap Kutulu)</t>
+          <t>Anı Hırsızları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>840</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786050838817</t>
+          <t>9786050839364</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Haritalar ve Yön Bulma - Hayatta Kalma Becerileri El Kitabı 12</t>
+          <t>Canım Arkadaşım (Şömizli) (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786050838800</t>
+          <t>9786050839180</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hava Gözlem - Hayatta Kalma Becerileri El Kitabı 10</t>
+          <t>Köpek Balığı Saldırısı - Mission Survival</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786050838794</t>
+          <t>9786050839173</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Doğa Yürüyüşü - Hayatta Kalma Becerileri El Kitabı 9</t>
+          <t>Vahşi Doğanın Kalbinde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050838770</t>
+          <t>9786050839234</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İz Sürme - Hayatta Kalma Becerileri El Kitabı 8</t>
+          <t>Doğa Rotası - Hayatta Kalma Becerileri El Kitabı Serisi Set 2 (6 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>960</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050838626</t>
+          <t>9786050838817</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Hayvanlar - Hayatta Kalma Becerileri El Kitabı 1</t>
+          <t>Haritalar ve Yön Bulma - Hayatta Kalma Becerileri El Kitabı 12</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050838640</t>
+          <t>9786050838800</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Bitkiler - Hayatta Kalma Becerileri El Kitabı 2</t>
+          <t>Hava Gözlem - Hayatta Kalma Becerileri El Kitabı 10</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050838688</t>
+          <t>9786050838794</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Düğümler - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Doğa Yürüyüşü - Hayatta Kalma Becerileri El Kitabı 9</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050838664</t>
+          <t>9786050838770</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>İz Sürme - Hayatta Kalma Becerileri El Kitabı 8</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050838886</t>
+          <t>9786050838626</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bear Grylls Hayatta Kalma Becerileri El Kitabı Serisi (6 Kitap)</t>
+          <t>Tehlikeli Hayvanlar - Hayatta Kalma Becerileri El Kitabı 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>840</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786050838824</t>
+          <t>9786050838640</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeler ve Acil Durumlar - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Tehlikeli Bitkiler - Hayatta Kalma Becerileri El Kitabı 2</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050838749</t>
+          <t>9786050838688</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Barınak İnşası - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Düğümler - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786050838718</t>
+          <t>9786050838664</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kampçılık - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>İlk Yardım - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050838701</t>
+          <t>9786050838886</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İşaretleşme - Hayatta Kalma Becerileri El Kitabı</t>
+          <t>Bear Grylls Hayatta Kalma Becerileri El Kitabı Serisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>960</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786050838039</t>
+          <t>9786050838824</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gargantis</t>
+          <t>Tehlikeler ve Acil Durumlar - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>345</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050838060</t>
+          <t>9786050838749</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kondo Özgürlük Yolunda - Kara Panter 2</t>
+          <t>Barınak İnşası - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050837933</t>
+          <t>9786050838718</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Zihinli Çocuk</t>
+          <t>Kampçılık - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050837001</t>
+          <t>9786050838701</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmaya Cesaret Eden Köpek</t>
+          <t>İşaretleşme - Hayatta Kalma Becerileri El Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050835816</t>
+          <t>9786050838039</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Arincon</t>
+          <t>Gargantis</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050835526</t>
+          <t>9786050838060</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ortanca</t>
+          <t>Kondo Özgürlük Yolunda - Kara Panter 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050835540</t>
+          <t>9786050837933</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Portresi</t>
+          <t>Kelebek Zihinli Çocuk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050835021</t>
+          <t>9786050837001</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ben Cosmo</t>
+          <t>Hayal Kurmaya Cesaret Eden Köpek</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050834697</t>
+          <t>9786050835816</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sırtında Taşıyan Balık</t>
+          <t>Arincon</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050833775</t>
+          <t>9786050835526</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Malamander</t>
+          <t>Ortanca</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050834451</t>
+          <t>9786050835540</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Son Kelime</t>
+          <t>İstanbul Portresi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050834352</t>
+          <t>9786050835021</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kara Panter</t>
+          <t>Ben Cosmo</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786050833751</t>
+          <t>9786050834697</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Son Turna Kuşu</t>
+          <t>Dünyayı Sırtında Taşıyan Balık</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050834161</t>
+          <t>9786050833775</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dere Yürüyüşü</t>
+          <t>Malamander</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050834093</t>
+          <t>9786050834451</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Gezegen Yok!</t>
+          <t>Son Kelime</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050833003</t>
+          <t>9786050834352</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Koleksiyoncusu</t>
+          <t>Kara Panter</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786050832785</t>
+          <t>9786050833751</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Bir Yıl</t>
+          <t>Kağıttan Son Turna Kuşu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050832228</t>
+          <t>9786050834161</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Büyük Keşif</t>
+          <t>Dere Yürüyüşü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786050831788</t>
+          <t>9786050834093</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Pera Palasta Gölge Oyunu</t>
+          <t>Başka Bir Gezegen Yok!</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786050831887</t>
+          <t>9786050833003</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gölgesi</t>
+          <t>Hafıza Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786050830811</t>
+          <t>9786050832785</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Canım Arkadaşım</t>
+          <t>Sarayda Bir Yıl</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786050830606</t>
+          <t>9786050832228</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tarajar - Denizler Ötesinde</t>
+          <t>Küçük Yıldız Büyük Keşif</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786050829969</t>
+          <t>9786050831788</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Akıncı Fırtınası</t>
+          <t>Pera Palasta Gölge Oyunu</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786050829945</t>
+          <t>9786050831887</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Bir Hafta</t>
+          <t>Annemin Gölgesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786050829921</t>
+          <t>9786050830811</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Çikolataca Konuşur musun?</t>
+          <t>Canım Arkadaşım</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786050829556</t>
+          <t>9786050830606</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Timsah Pençeleri - Mission Survival</t>
+          <t>Tarajar - Denizler Ötesinde</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786050829303</t>
+          <t>9786050829969</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Arnavut Zeynel</t>
+          <t>Ulak - Akıncı Fırtınası</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786050829297</t>
+          <t>9786050829945</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Derenin Türküsü</t>
+          <t>Endülüs'te Bir Hafta</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786050829310</t>
+          <t>9786050829921</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kapısı Mevlana</t>
+          <t>Çikolataca Konuşur musun?</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786050829181</t>
+          <t>9786050829556</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Düşler Atlası</t>
+          <t>Timsah Pençeleri - Mission Survival</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786050829020</t>
+          <t>9786050829303</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kekeme Hamlet</t>
+          <t>Arnavut Zeynel</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786050829013</t>
+          <t>9786050829297</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Ağacı ile Aramızdaki Mesafe</t>
+          <t>Derenin Türküsü</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786050828993</t>
+          <t>9786050829310</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı</t>
+          <t>Aşk Kapısı Mevlana</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786050827118</t>
+          <t>9786050829181</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kaplan İzleri - Mission Survival</t>
+          <t>Düşler Atlası</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786050828344</t>
+          <t>9786050829020</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Liste</t>
+          <t>Kekeme Hamlet</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786050827620</t>
+          <t>9786050829013</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini Seti (3 Kitap)</t>
+          <t>Kiraz Ağacı ile Aramızdaki Mesafe</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786050827569</t>
+          <t>9786050828993</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Kalbi</t>
+          <t>Sıra Dışı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786050827071</t>
+          <t>9786050827118</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya'da Bir Gece</t>
+          <t>Kaplan İzleri - Mission Survival</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786050827057</t>
+          <t>9786050828344</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dere Ülkesinin Yolcusu</t>
+          <t>Liste</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786050826371</t>
+          <t>9786050827620</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Uzak</t>
+          <t>Genç Houdini Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786050826388</t>
+          <t>9786050827569</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Çöl Akrepleri - Sahra Çölü'nde Yaşam Savaşı</t>
+          <t>Yeryüzünün Kalbi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786050823998</t>
+          <t>9786050827071</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ulak 4 - Mayerling Ormanları Derinliklerinde</t>
+          <t>Ayasofya'da Bir Gece</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786050826104</t>
+          <t>9786050827057</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kurt Yolu</t>
+          <t>Dere Ülkesinin Yolcusu</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050825640</t>
+          <t>9786050826371</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Limon Kütüphanesi</t>
+          <t>En Yakın Uzak</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786050825480</t>
+          <t>9786050826388</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışıklar Kulübü</t>
+          <t>Çöl Akrepleri - Sahra Çölü'nde Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786050822892</t>
+          <t>9786050823998</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Viyana Kapılarında</t>
+          <t>Ulak 4 - Mayerling Ormanları Derinliklerinde</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786050824902</t>
+          <t>9786050826104</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Ada</t>
+          <t>Kurt Yolu</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786050824773</t>
+          <t>9786050825640</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Emilia Ağaçta</t>
+          <t>Limon Kütüphanesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786050824797</t>
+          <t>9786050825480</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ada'nın Çocukları</t>
+          <t>Kafası Karışıklar Kulübü</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786050823196</t>
+          <t>9786050822892</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve İcat Öyküleri</t>
+          <t>Ulak - Viyana Kapılarında</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9799752632683</t>
+          <t>9786050824902</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi</t>
+          <t>Kendine Ait Bir Ada</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786050823905</t>
+          <t>9786050824773</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Göğü Yere İndirelim</t>
+          <t>Emilia Ağaçta</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786050823325</t>
+          <t>9786050824797</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Genç Houdini: Beyaz Karga Birliği</t>
+          <t>Yeşil Ada'nın Çocukları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786050812794</t>
+          <t>9786050823196</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Düşler Ülkesi - Paradokya 3</t>
+          <t>Mucitler ve İcat Öyküleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786050822441</t>
+          <t>9799752632683</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ulak - Tuna'nın Sırrı</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786050822038</t>
+          <t>9786050823905</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Müzik</t>
+          <t>Göğü Yere İndirelim</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
+          <t>9786050823325</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Genç Houdini: Beyaz Karga Birliği</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786050812794</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Düşler Ülkesi - Paradokya 3</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786050822441</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Ulak - Tuna'nın Sırrı</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9786050822038</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Müzik</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
           <t>9786050822199</t>
         </is>
       </c>
-      <c r="B337" s="1" t="inlineStr">
+      <c r="B341" s="1" t="inlineStr">
         <is>
           <t>Ulak - Çelik Hilal'in Gölgesinde</t>
         </is>
       </c>
-      <c r="C337" s="1">
-        <v>190</v>
+      <c r="C341" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>