--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -85,700 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051593869</t>
+          <t>2520113200039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İlginçlikler Kitabı</t>
+          <t>İşin Doğrusu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051594191</t>
+          <t>9786051593869</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Test Et Kendini - 1</t>
+          <t>İlginçlikler Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051592602</t>
+          <t>9786051594191</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tahtaya Kalkma Korkusu</t>
+          <t>Test Et Kendini - 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051592817</t>
+          <t>9786051592602</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha Var</t>
+          <t>Tahtaya Kalkma Korkusu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051590295</t>
+          <t>9786051592817</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Bir İhtimal Daha Var</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051594545</t>
+          <t>9786051590295</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayal Mağaraları</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259797304</t>
+          <t>9786051594545</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savunmak Zordur Ağlamaktan</t>
+          <t>Hayal Mağaraları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>313</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057147240</t>
+          <t>9786259797304</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayal Mağaraları 3 - Kalbin Anahtarı</t>
+          <t>Savunmak Zordur Ağlamaktan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057147257</t>
+          <t>9786057147240</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dinle Evlat</t>
+          <t>Hayal Mağaraları 3 - Kalbin Anahtarı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057147219</t>
+          <t>9786057147257</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Feta 1 - Kanatlı Durmuş'un Yetimi</t>
+          <t>Dinle Evlat</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057147226</t>
+          <t>9786057147219</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Feta 2 - Efsunlu Akıncının Sırrı</t>
+          <t>Feta 1 - Kanatlı Durmuş'un Yetimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057147233</t>
+          <t>9786057147226</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Feta 3 - Fitne Kazanında Bir Feta</t>
+          <t>Feta 2 - Efsunlu Akıncının Sırrı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>155</v>
+        <v>235</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057147202</t>
+          <t>9786057147233</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Oldum Gezdim Gurbet Ellerde</t>
+          <t>Feta 3 - Fitne Kazanında Bir Feta</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>135</v>
+        <v>205</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051595207</t>
+          <t>9786057147202</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Test Et Kendini 2</t>
+          <t>Seyyah Oldum Gezdim Gurbet Ellerde</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051590622</t>
+          <t>9786051595207</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
+          <t>Test Et Kendini 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056945090</t>
+          <t>9786051590622</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Yunus Emre</t>
+          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056945083</t>
+          <t>9786056945090</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Klavyeşör</t>
+          <t>Gençler İçin Yunus Emre</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>213</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056945076</t>
+          <t>9786056945083</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kardelenler Sabahı</t>
+          <t>Klavyeşör</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056945052</t>
+          <t>9786056945076</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Son Sefer - Otranto</t>
+          <t>Kardelenler Sabahı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056945045</t>
+          <t>9786056945052</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Aşkı</t>
+          <t>Son Sefer - Otranto</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>110</v>
+        <v>243</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056945038</t>
+          <t>9786056945045</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayal Mağaraları - İmtihan</t>
+          <t>Yıldız Aşkı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056945021</t>
+          <t>9786056945038</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hazırcevap Adamlar</t>
+          <t>Hayal Mağaraları - İmtihan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>85</v>
+        <v>235</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056945014</t>
+          <t>9786056945021</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İkinci Bir İhtimal Daha Var - İhtimalcan'ın Sıra Dışı Hikayeleri 2</t>
+          <t>Hazırcevap Adamlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056945007</t>
+          <t>9786056945014</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mekke'den Doğan Güneş</t>
+          <t>İkinci Bir İhtimal Daha Var - İhtimalcan'ın Sıra Dışı Hikayeleri 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>165</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051591803</t>
+          <t>9786056945007</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Okur Yazar mısın, Uyur Gezer mi?</t>
+          <t>Mekke'den Doğan Güneş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>213</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051591896</t>
+          <t>9786051591803</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatından Hikmetli Öyküler</t>
+          <t>Okur Yazar mısın, Uyur Gezer mi?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>192</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051590745</t>
+          <t>9786051591896</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın Baba?</t>
+          <t>Rus Edebiyatından Hikmetli Öyküler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051592459</t>
+          <t>9786051590745</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nasıl İnanırız?</t>
+          <t>Büyüyünce Ne Olacaksın Baba?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051593890</t>
+          <t>9786051592459</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Açlığın Çocukları</t>
+          <t>Nasıl İnanırız?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051591810</t>
+          <t>9786051593890</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Önce İman</t>
+          <t>Açlığın Çocukları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>65</v>
+        <v>188</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051591797</t>
+          <t>9786051591810</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuş Düğünü</t>
+          <t>Önce İman</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051593760</t>
+          <t>9786051591797</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Son Ezan</t>
+          <t>Kuş Düğünü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051590325</t>
+          <t>9786051593760</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Son Ezan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051593067</t>
+          <t>9786051590325</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Daha İyi Öğreniriz?</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>168</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051590738</t>
+          <t>9786051593067</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenini Kendine Benzetme Rehberi (Ciltli)</t>
+          <t>Nasıl Daha İyi Öğreniriz?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055078713</t>
+          <t>9786051590738</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çölde Kanat Sesleri</t>
+          <t>Öğretmenini Kendine Benzetme Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051595061</t>
+          <t>9786055078713</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Bir Yangın Yeri</t>
+          <t>Çölde Kanat Sesleri</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051590318</t>
+          <t>9786051595061</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Akdeniz Bir Yangın Yeri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>198</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051594170</t>
+          <t>9786051590318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Okurun Masası Yazarın Masası</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055078690</t>
+          <t>9786051594170</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bin Akçeye Bir Söz</t>
+          <t>Okurun Masası Yazarın Masası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051593210</t>
+          <t>9786055078690</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şehirde Yaşamaya Gerçekten Hazır Mısın?</t>
+          <t>Bin Akçeye Bir Söz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051590301</t>
+          <t>9786051593210</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Şehirde Yaşamaya Gerçekten Hazır Mısın?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>155</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051593852</t>
+          <t>9786051590301</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Hayalleri</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>203</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
+          <t>9786051593852</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Öğrencinin Hayalleri</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9786051595047</t>
         </is>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Havada Hayat Var</t>
         </is>
       </c>
-      <c r="C45" s="1">
-        <v>110</v>
+      <c r="C46" s="1">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>