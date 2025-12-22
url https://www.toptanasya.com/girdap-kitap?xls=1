--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,2365 +85,3085 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259743196</t>
+          <t>9786259505039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yaşayacağım Anılarımı Özlüyorum</t>
+          <t>Yalnızsın Koç Yiğidim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259743189</t>
+          <t>9786259505053</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Hesaplaşma</t>
+          <t>Hak Yoluna Baş Koyanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056997518</t>
+          <t>9786259505077</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Dağ Başında Çiçek Açtı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259743165</t>
+          <t>9786259505060</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzi</t>
+          <t>Dokuz Köyden Kovuldum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259743172</t>
+          <t>9786259505046</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Mavi Vatan</t>
+          <t>İçindedir Ateşin</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259743158</t>
+          <t>9786057113887</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dijital Vatan</t>
+          <t>Türk Çocuk Klasikleri (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>397</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259743141</t>
+          <t>9786057113894</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ben Hali</t>
+          <t>Dünya Çocuk Klasikleri (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>439</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259743134</t>
+          <t>9786057306302</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Para Oyunları</t>
+          <t>Dostoyevski (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>216</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059725699</t>
+          <t>9786057113801</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyin Fırtınası</t>
+          <t>Adaletin Çığlığı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259743127</t>
+          <t>9789752429444</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Homo Deyyus</t>
+          <t>Vampir Carmilla</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259743103</t>
+          <t>9789752429437</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnsan Aklı 2 – Sık Sorulan Sorular</t>
+          <t>Mumya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259494180</t>
+          <t>9789752429475</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Kudüs Öyküsü</t>
+          <t>Kurt Kadın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259505008</t>
+          <t>9789752429468</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov 5'li Set</t>
+          <t>Dracula - Ölüm Senfonisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>444</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259505015</t>
+          <t>9789752429420</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes 5'li Set</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259492629</t>
+          <t>9789752429499</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Öyle İstiyorum Ki Seni</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259494173</t>
+          <t>9789752429543</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun</t>
+          <t>Düşünce Sizsiniz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259454931</t>
+          <t>9789752429482</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fyodor Mihailoviç Dostoyevski 5’li Set</t>
+          <t>Adı Hala Meçhul</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>642</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259743110</t>
+          <t>9786059725989</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Emboli</t>
+          <t>3K Tekniği İle Diksiyon</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259454955</t>
+          <t>9786059725972</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Serotonin İle Mutlu Olma Sanatı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259505084</t>
+          <t>9786059725033</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fecr</t>
+          <t>Yeşil Fularlı Tetikçi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259492612</t>
+          <t>9786059725019</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Bir Deniz Hikayesi - Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259454993</t>
+          <t>9786059725026</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Son Kabadayı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259492643</t>
+          <t>9789752429154</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259454962</t>
+          <t>9789752429123</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259492605</t>
+          <t>9789752429178</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259492636</t>
+          <t>9789752429208</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Sherlock Holmes - Amansız Takip</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259454986</t>
+          <t>9789752429192</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Hikayesi</t>
+          <t>Sherlock Holmes - Beyaz Birlik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259505022</t>
+          <t>9789752429185</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İnsan Aklı</t>
+          <t>Sherlock Holmes - Esrarengiz İpuçu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259494197</t>
+          <t>9789752429215</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kolaydan Zora Sudoku 5’li Set</t>
+          <t>Sherlock Holmes - Gerçek Kanıt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>995</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259454948</t>
+          <t>9789752429147</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>189</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259492667</t>
+          <t>9789752429222</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gerdanlığı</t>
+          <t>Sherlock Holmes - Suçlularla Randevu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259492650</t>
+          <t>9786059725705</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Stresle Başa Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259454979</t>
+          <t>9789752429239</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>199</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056983269</t>
+          <t>9786059725040</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Bir Çift Küpe Çiçeği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259492681</t>
+          <t>9786059725002</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Che'yi Anlamak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259492674</t>
+          <t>9786059725347</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259494104</t>
+          <t>9786059725293</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Beynin Şifresi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259494111</t>
+          <t>9786059725330</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Bir Seni İntihar Edemedim Yalnızlıklarımda</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259492698</t>
+          <t>9786059725682</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Beden Dili ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259494159</t>
+          <t>9786059725309</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gloria Scott Gemisi</t>
+          <t>Öfke Kontrolü ve Motivasyon</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259494142</t>
+          <t>9786059725316</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yunan Tercüman</t>
+          <t>Osmanlı’dan Hikayeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259494166</t>
+          <t>9786059725323</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bohemya'da Skandal</t>
+          <t>Çatlı Reis</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259494128</t>
+          <t>9786057466945</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Benekli Kordon</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259494135</t>
+          <t>9786057466907</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Son Vaka</t>
+          <t>Seni Tanımak İstiyorum Allah'ım</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259454917</t>
+          <t>9786056997563</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rüyalara Cevaplar 3’lü Set</t>
+          <t>Polyanna</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>1050</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259454924</t>
+          <t>9789752429451</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi Serisi 5’li Set</t>
+          <t>Kan Tiryakisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259915395</t>
+          <t>9789752429680</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Frekanslar Aleminde Kainat Beyne Küçük, Nöron Kainata Büyük</t>
+          <t>Beyin Tanrısal Bir Parçacık</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259915371</t>
+          <t>9789752429673</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşma Sanatı</t>
+          <t>Bir Şüphen mi Var?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>195</v>
+        <v>39</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259915388</t>
+          <t>9786259743196</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bedava Ekmek Yok!</t>
+          <t>Yaşayacağım Anılarımı Özlüyorum</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259915364</t>
+          <t>9786259743189</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Zamanda Hesaplaşma</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259915326</t>
+          <t>9786056997518</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Karada Yüzme Denizde Yürüme Sanatıdır</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259915357</t>
+          <t>9786259743165</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Rüyalara Cevaplar - 3 - Uyarı Veren Rüyalar</t>
+          <t>Parmak İzi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259915340</t>
+          <t>9786259743172</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şifre</t>
+          <t>Soru ve Cevaplarla Mavi Vatan</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259915319</t>
+          <t>9786259743158</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alak</t>
+          <t>Dijital Vatan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259915333</t>
+          <t>9786259743141</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Senin Neyin Eksik?</t>
+          <t>Aşkın Ben Hali</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259915302</t>
+          <t>9786259743134</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yaşam 5.0 ChatGPT - Kuantik Düşünce Sarmalı</t>
+          <t>Para Oyunları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057113870</t>
+          <t>9786059725699</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig (7 Kitap Set)</t>
+          <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057288899</t>
+          <t>9786259743127</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cihat Yaycı - 5 Kitap Set</t>
+          <t>Homo Deyyus</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057288882</t>
+          <t>9786259743103</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uyan Türkiye’m</t>
+          <t>İnsan Aklı 2 – Sık Sorulan Sorular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057288875</t>
+          <t>9786259494180</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan Endişeli Bir Damla Hem Parçacık Hem Dalga</t>
+          <t>Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057288868</t>
+          <t>9786259505008</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Vecizelerim (Ciltli)</t>
+          <t>Anton Çehov 5'li Set</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>900</v>
+        <v>444</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057306340</t>
+          <t>9786259505015</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi</t>
+          <t>Sherlock Holmes 5'li Set</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057306357</t>
+          <t>9786259492629</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057306319</t>
+          <t>9786259494173</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Kuzgun</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057306326</t>
+          <t>9786259454931</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Fyodor Mihailoviç Dostoyevski 5’li Set</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>642</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057306333</t>
+          <t>9786259743110</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Suç Ve Ceza</t>
+          <t>Emboli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057306364</t>
+          <t>9786259454955</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057288806</t>
+          <t>9786259505084</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Fecr</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057288820</t>
+          <t>9786259492612</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057288837</t>
+          <t>9786259454993</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057288844</t>
+          <t>9786259492643</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057288851</t>
+          <t>9786259454962</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Frekansa Büründüm Beyin Diye Göründüm</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057306371</t>
+          <t>9786259492605</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Libya - Türkiye’nin Denizden Komşusudur</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057288813</t>
+          <t>9786259492636</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'in Paylaşım Mücadelesi Ve Türkiye</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057306388</t>
+          <t>9786259454986</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kadir - Kesretten Çıkış</t>
+          <t>Bir Çöküşün Hikayesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057306395</t>
+          <t>9786259505022</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Kereden Çok Şey Olur</t>
+          <t>İnsan Aklı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057113863</t>
+          <t>9786259494197</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gayri Askeri Statüdeki Adalar Meselesi</t>
+          <t>Kolaydan Zora Sudoku 5’li Set</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>995</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057113856</t>
+          <t>9786259454948</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Beyni Yarattı</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>189</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057113832</t>
+          <t>9786259492667</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Seti - 3 Kitap Takım</t>
+          <t>Güvercin Gerdanlığı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1050</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057113849</t>
+          <t>9786259492650</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar (5 Kitap Set)</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057113825</t>
+          <t>9786259454979</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sizsiniz (5 Kitap Set)</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>2080</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057113818</t>
+          <t>9786056983269</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sizsiniz 5.0 - Metaverse</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057413994</t>
+          <t>9786259492681</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Montrö</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057413987</t>
+          <t>9786259492674</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - 5</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057413970</t>
+          <t>9786259494104</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İnsan 3.0 Yeni İnsan – Arketip</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057466976</t>
+          <t>9786259494111</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057466983</t>
+          <t>9786259492698</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057466990</t>
+          <t>9786259494159</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsen Lüpen</t>
+          <t>Gloria Scott Gemisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057413901</t>
+          <t>9786259494142</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Yunan Tercüman</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057413949</t>
+          <t>9786259494166</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Bohemya'da Skandal</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057466969</t>
+          <t>9786259494128</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Benekli Kordon</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057413918</t>
+          <t>9786259494135</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Son Vaka</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057413925</t>
+          <t>9786259454917</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Rüyalara Cevaplar 3’lü Set</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057413932</t>
+          <t>9786259454924</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Bilim Felsefesi Serisi 5’li Set</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057413956</t>
+          <t>9786259915395</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Müjde Veren Rüyalar - Rüyalara Cevaplar 2</t>
+          <t>Frekanslar Aleminde Kainat Beyne Küçük, Nöron Kainata Büyük</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057466952</t>
+          <t>9786259915371</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sizsiniz 4.0 - Kuantik Çağ</t>
+          <t>Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057466938</t>
+          <t>9786259915388</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar 4</t>
+          <t>Bedava Ekmek Yok!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057466921</t>
+          <t>9786259915364</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Biyografisine Sığmayan Adam - İsmail Hakkı Aydın Kitabı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057466914</t>
+          <t>9786259915326</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mühlet</t>
+          <t>Felsefe Karada Yüzme Denizde Yürüme Sanatıdır</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050663181</t>
+          <t>9786259915357</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Rüyalara Cevaplar - 3 - Uyarı Veren Rüyalar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050663198</t>
+          <t>9786259915340</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Şifre</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752429550</t>
+          <t>9786259915319</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Doktorlar!</t>
+          <t>Alak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050663174</t>
+          <t>9786259915333</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar 3</t>
+          <t>Senin Neyin Eksik?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050663150</t>
+          <t>9786259915302</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar - 2</t>
+          <t>Yaşam 5.0 ChatGPT - Kuantik Düşünce Sarmalı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050663143</t>
+          <t>9786057113870</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Geleceği - Beyin Sizsiniz 3</t>
+          <t>Stefan Zweig (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050663129</t>
+          <t>9786057288899</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Samurai Sudoku</t>
+          <t>Cihat Yaycı - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752429505</t>
+          <t>9786057288882</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>3K Tekniği İle Öfke ve Stres Yönetimi</t>
+          <t>Uyan Türkiye’m</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050663112</t>
+          <t>9786057288875</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Süper</t>
+          <t>İnsan Endişeli Bir Damla Hem Parçacık Hem Dalga</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050663136</t>
+          <t>9786057288868</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Jigsaw</t>
+          <t>Vecizelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>199</v>
+        <v>900</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050663105</t>
+          <t>9786057306340</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sudoku X</t>
+          <t>Güneş Ülkesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>199</v>
+        <v>130</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050609394</t>
+          <t>9786057306357</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050609370</t>
+          <t>9786057306319</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>59</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050609318</t>
+          <t>9786057306326</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>49</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050609325</t>
+          <t>9786057306333</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Suç Ve Ceza</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050609387</t>
+          <t>9786057306364</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Öyküler</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>79</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050609363</t>
+          <t>9786057288806</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050609349</t>
+          <t>9786057288820</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050609356</t>
+          <t>9786057288837</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050609332</t>
+          <t>9786057288844</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>69</v>
+        <v>280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050609301</t>
+          <t>9786057288851</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güfteden Besteye</t>
+          <t>Frekansa Büründüm Beyin Diye Göründüm</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786056997594</t>
+          <t>9786057306371</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sizsiniz 2</t>
+          <t>Libya - Türkiye’nin Denizden Komşusudur</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786056997570</t>
+          <t>9786057288813</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Doğu Akdeniz'in Paylaşım Mücadelesi Ve Türkiye</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>69</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056997587</t>
+          <t>9786057306388</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Kadir - Kesretten Çıkış</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>69</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786056997525</t>
+          <t>9786057306395</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Bir Kereden Çok Şey Olur</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>59</v>
+        <v>195</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056997549</t>
+          <t>9786057113863</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Gayri Askeri Statüdeki Adalar Meselesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>59</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056997532</t>
+          <t>9786057113856</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Ve Tanrı Beyni Yarattı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056997501</t>
+          <t>9786057113832</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Güliver'in Gezileri</t>
+          <t>Makaleler Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>69</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056997556</t>
+          <t>9786057113849</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Aforizmalar (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>69</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786056983290</t>
+          <t>9786057113825</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Beyin Sizsiniz (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>325</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056983214</t>
+          <t>9786057113818</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Beyin Sizsiniz 5.0 - Metaverse</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786056983221</t>
+          <t>9786057413994</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Soru ve Cevaplarla Montrö</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786056983238</t>
+          <t>9786057413987</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Aforizmalar - 5</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786056983245</t>
+          <t>9786057413970</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>İnsan 3.0 Yeni İnsan – Arketip</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786056983252</t>
+          <t>9786057466976</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786056983276</t>
+          <t>9786057466983</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ayışığı Sokağı</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056983283</t>
+          <t>9786057466990</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kibar Hırsız - Arsen Lüpen</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752429840</t>
+          <t>9786057413901</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Kırgil İle Rüyalara Cevaplar</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752429567</t>
+          <t>9786057413949</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Doktorlardan Koru!</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752429666</t>
+          <t>9786057466969</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Psikolojisi</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752429536</t>
+          <t>9786057413918</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu İnsanlar!</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752429277</t>
+          <t>9786057413925</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Medusa'nın Gizemi - Piri Reis'in Mektupları Birinci Kitap</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752429529</t>
+          <t>9786057413932</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar 1</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752429574</t>
+          <t>9786057413956</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Rubaiyyat-ı Bircis</t>
+          <t>Müjde Veren Rüyalar - Rüyalara Cevaplar 2</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752429253</t>
+          <t>9786057466952</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyin Cerrahının Anıları</t>
+          <t>Beyin Sizsiniz 4.0 - Kuantik Çağ</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752429390</t>
+          <t>9786057466938</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyin Sizsiniz</t>
+          <t>Aforizmalar 4</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752429260</t>
+          <t>9786057466921</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Maça Kızı</t>
+          <t>Biyografisine Sığmayan Adam - İsmail Hakkı Aydın Kitabı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059725279</t>
+          <t>9786057466914</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Mühlet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>99</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752429116</t>
+          <t>9786050663181</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752429130</t>
+          <t>9786050663198</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752429000</t>
+          <t>9789752429550</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ah Bu Hastalar!</t>
+          <t>Ah Bu Doktorlar!</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056563935</t>
+          <t>9786050663174</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4. Kitap - Çok Zor</t>
+          <t>Aforizmalar 3</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786056563942</t>
+          <t>9786050663150</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5. Kitap - Profesyonel</t>
+          <t>Aforizmalar - 2</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786056563928</t>
+          <t>9786050663143</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 3. Kitap - Zor</t>
+          <t>İnsanlığın Geleceği - Beyin Sizsiniz 3</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>199</v>
+        <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786056563911</t>
+          <t>9786050663129</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 2. Kitap - Orta</t>
+          <t>Samurai Sudoku</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9789752429505</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>3K Tekniği İle Öfke ve Stres Yönetimi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786050663112</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Süper</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786050663136</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Jigsaw</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786050663105</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku X</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786050609394</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786050609370</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Yahut Silistre</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786050609318</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Ömer’in Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786050609325</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Nasreddin Hoca Fıkraları</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786050609387</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana’dan Öyküler</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786050609363</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786050609349</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz ile Hacivat</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786050609356</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786050609332</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786050609301</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Güfteden Besteye</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786056997594</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Sizsiniz 2</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786056997570</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786056997587</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786056997525</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786056997549</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Ne ile Yaşar?</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786056997532</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Heidi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786056997501</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Güliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786056997556</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786056983290</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786056983214</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates'in Savunması</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786056983221</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Bir Gece</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786056983238</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786056983245</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786056983252</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786056983276</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Ayışığı Sokağı</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786056983283</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789752429840</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Emin Kırgil İle Rüyalara Cevaplar</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789752429567</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Rabbim Beni Doktorlardan Koru!</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789752429666</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789752429536</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Ah Bu İnsanlar!</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789752429277</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Medusa'nın Gizemi - Piri Reis'in Mektupları Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789752429529</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar 1</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789752429574</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Rubaiyyat-ı Bircis</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789752429253</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Bir Beyin Cerrahının Anıları</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789752429390</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Sizsiniz</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789752429260</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Maça Kızı</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059725279</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789752429116</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Milena’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789752429130</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789752429000</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Ah Bu Hastalar!</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786056563935</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 4. Kitap - Çok Zor</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786056563942</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 5. Kitap - Profesyonel</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786056563928</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 3. Kitap - Zor</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786056563911</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 2. Kitap - Orta</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
           <t>9786056563904</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Sudoku 1. Kitap - Kolay (Yeni Başlayanlar İçin)</t>
         </is>
       </c>
-      <c r="C156" s="1">
+      <c r="C204" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>