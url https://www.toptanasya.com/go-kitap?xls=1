--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -85,790 +85,1165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057376695</t>
+          <t>9786051882352</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler, Emma</t>
+          <t>Kumdan Kale İmparatorluğu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057266064</t>
+          <t>9789759998264</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Romantik Taktik</t>
+          <t>Tatlı Hesaplaşma</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259783130</t>
+          <t>9789759998066</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Pratiği</t>
+          <t>Tatlı Tehlike</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057376664</t>
+          <t>9786051881904</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunlar (Ciltli)</t>
+          <t>Ölüm Yarışı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051881126</t>
+          <t>9786051880754</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Defteri</t>
+          <t>Yıldız Gemisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759999278</t>
+          <t>9786051880358</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Komik Bir Hikaye</t>
+          <t>Sürgün Çocuklar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259783123</t>
+          <t>9789759999315</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Revelle</t>
+          <t>Gölgedeki Işığım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057266095</t>
+          <t>9786051880013</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nyxıa 2: Dizginsiz</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058030282</t>
+          <t>9786051881652</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İhtiyaç</t>
+          <t>Yıldız Yağmuru</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9788860798534</t>
+          <t>9786051881591</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The 100 Serisi (4 Kitap Takım)</t>
+          <t>Sonsuz Işığım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>880</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058030206</t>
+          <t>9786051881393</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Işık Yılları</t>
+          <t>Asil Piçler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259783109</t>
+          <t>9789759997892</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Roma Tatili</t>
+          <t>Karanlıkta Buldum Seni</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057266088</t>
+          <t>9786051880327</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tam Benim Tipim!</t>
+          <t>Sahte Kraliçe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>215</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057266071</t>
+          <t>9789759998394</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Genç Agathalar</t>
+          <t>Konuş Benimle</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>261</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057266040</t>
+          <t>9789759997670</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yıldıztozu Hırsızı</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057266033</t>
+          <t>9789759999971</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dinlediğiniz İçin Teşekkürler</t>
+          <t>İhtiyaç</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057266026</t>
+          <t>9786051880280</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sözleşmesi</t>
+          <t>Buradayım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057266019</t>
+          <t>9786051880228</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nyxia</t>
+          <t>Ölüm Adası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057376688</t>
+          <t>9789759998097</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Cinayet</t>
+          <t>Benim Uzak Yıldızım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057376633</t>
+          <t>9789759997786</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Monarşi</t>
+          <t>Tatlı Şeytan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057376640</t>
+          <t>9789759999919</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Monarşi (Ciltli)</t>
+          <t>Parçalanmış Dünyam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057376671</t>
+          <t>9789759998158</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Cinayet (Ciltli)</t>
+          <t>İşgalci</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057376626</t>
+          <t>9789759998219</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kuşku (Ciltli)</t>
+          <t>Yağmur Yağarken</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057376619</t>
+          <t>9789759999544</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kuşku</t>
+          <t>Tatlı Cazibe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057376657</t>
+          <t>9781408815809</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kuzgunlar</t>
+          <t>Gençlik Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>660</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058030220</t>
+          <t>9786057376695</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Sevgiler, Emma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058030244</t>
+          <t>9786057266064</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sabır</t>
+          <t>Romantik Taktik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058030268</t>
+          <t>9786259783130</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>Aşkın Pratiği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058030237</t>
+          <t>9786057376664</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tutsak (Ciltli)</t>
+          <t>Kuzgunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058030251</t>
+          <t>9786051881126</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sabır (Ciltli)</t>
+          <t>Ölüm Defteri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786058030275</t>
+          <t>9789759999278</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İkna (Ciltli)</t>
+          <t>Komik Bir Hikaye</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058030299</t>
+          <t>9786259783123</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İhtiyaç (Ciltli)</t>
+          <t>Revelle</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057376602</t>
+          <t>9786057266095</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ardımızda Kalan Güzellikler (Ciltli)</t>
+          <t>Nyxıa 2: Dizginsiz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058030213</t>
+          <t>9786058030282</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ardımızda Kalan Güzellikler</t>
+          <t>İhtiyaç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051886237</t>
+          <t>9788860798534</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Süpernova</t>
+          <t>The 100 Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>880</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9788860798541</t>
+          <t>9786058030206</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Serisi (3 Kitap Takım)</t>
+          <t>Işık Yılları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>660</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9788860798565</t>
+          <t>9786259783109</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>The Originals Serisi (3 Kitap Takım)</t>
+          <t>Roma Tatili</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051886220</t>
+          <t>9786057266088</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Işık Yılları</t>
+          <t>Tam Benim Tipim!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051884011</t>
+          <t>9786057266071</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Genç Agathalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051882499</t>
+          <t>9786057266040</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Yıldıztozu Hırsızı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051882086</t>
+          <t>9786057266033</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seni İlk Gördüğüm Zaman</t>
+          <t>Dinlediğiniz İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051881997</t>
+          <t>9786057266026</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Aşk Sözleşmesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759996260</t>
+          <t>9786057266019</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sen Bunu Okuduğunda Ben Ölmüş Olacağım</t>
+          <t>Nyxia</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051880822</t>
+          <t>9786057376688</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>The 100 - İsyan</t>
+          <t>Akıl ve Cinayet</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051880518</t>
+          <t>9786057376633</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>The Originals Anlatılmamış Hikaye - Diriliş</t>
+          <t>Monarşi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789759999377</t>
+          <t>9786057376640</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>The Originals Anlatılmamış Hikaye - Düşüş</t>
+          <t>Monarşi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759998325</t>
+          <t>9786057376671</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>The Originals Anlatılmamış Hikaye - Yükseliş</t>
+          <t>Akıl ve Cinayet (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759998288</t>
+          <t>9786057376626</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>The 100 : Eve Dönüş 3. Kitap</t>
+          <t>Aşk ve Kuşku (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759998028</t>
+          <t>9786057376619</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The 100 - 2. Kitap : 21. Gün</t>
+          <t>Aşk ve Kuşku</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786057376657</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kuzgunlar</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786058030220</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Tutsak</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058030244</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Sabır</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058030268</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>İkna</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058030237</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Tutsak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058030251</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Sabır (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058030275</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>İkna (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058030299</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyaç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057376602</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ardımızda Kalan Güzellikler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058030213</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Ardımızda Kalan Güzellikler</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786051886237</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Süpernova</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9788860798541</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış Serisi (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9788860798565</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>The Originals Serisi (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786051886220</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Işık Yılları</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786051884011</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786051882499</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Kaçış</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786051882086</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Seni İlk Gördüğüm Zaman</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786051881997</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789759996260</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bunu Okuduğunda Ben Ölmüş Olacağım</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786051880822</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>The 100 - İsyan</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786051880518</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>The Originals Anlatılmamış Hikaye - Diriliş</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789759999377</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>The Originals Anlatılmamış Hikaye - Düşüş</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789759998325</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>The Originals Anlatılmamış Hikaye - Yükseliş</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789759998288</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>The 100 : Eve Dönüş 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789759998028</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>The 100 - 2. Kitap : 21. Gün</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
           <t>9789759997618</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>The 100</t>
         </is>
       </c>
-      <c r="C51" s="1">
-        <v>250</v>
+      <c r="C76" s="1">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>