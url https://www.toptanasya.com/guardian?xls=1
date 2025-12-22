--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,1165 +85,1360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2100000002658</t>
+          <t>9786259373812</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Hediyeli Kutu (Özel Baskı) (Ciltli)</t>
+          <t>O Çocuk Beni Aşar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>669</v>
+        <v>359</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259618852</t>
+          <t>2100000002849</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Ciltli Özel Baskı</t>
+          <t>Bıçak Sırtı 2: Hezeyan Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>519</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2100000002665</t>
+          <t>9786259373829</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı İkili Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>579</v>
+        <v>908</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259618869</t>
+          <t>9786259373805</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri</t>
+          <t>Bıçak Sırtı 2: Hezeyan (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259618845</t>
+          <t>9786259458403</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek (Film Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>429</v>
+        <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259618838</t>
+          <t>2100000002856</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şeyler Bize Aslında Çok Daha Yakın (Ciltli)</t>
+          <t>Gümüş Yürek 3: Yolun Son Şarkısı - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>389</v>
+        <v>599</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259618821</t>
+          <t>9786259373836</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kıyılar 1 (Ciltli)</t>
+          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Ciltli Kutu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>389</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2100000002405</t>
+          <t>9786259618890</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kıyılar 1 - Hediyeli Kutu (Ciltli)</t>
+          <t>Gümüş Yürek 3: Yolun Son Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2100000002184</t>
+          <t>9786259373843</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tılsım ve Sis 1: Cadı Avı – Hediyeli Kutu (Ciltli)</t>
+          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>519</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259692968</t>
+          <t>9786259373850</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tılsım ve Sis 1: Cadı Avı (Ciltli)</t>
+          <t>Bronz Serisi - 4 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>389</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259692951</t>
+          <t>2100000002832</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mir 2 (Ciltli)</t>
+          <t>Bronz 4: Mecnun - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>389</v>
+        <v>579</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259618807</t>
+          <t>9786259618883</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Bronz 4: Mecnun (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1327</v>
+        <v>429</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259618814</t>
+          <t>9786259618876</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Yan Boyamalı Hediyeli Kutu (Ciltli)</t>
+          <t>Karanlığın Durduğu Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1576</v>
+        <v>389</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259692975</t>
+          <t>2100000002658</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 (Ciltli)</t>
+          <t>Oyuncak Mahşeri - Hediyeli Kutu (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>399</v>
+        <v>669</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259692999</t>
+          <t>9786259618852</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3</t>
+          <t>Oyuncak Mahşeri - Ciltli Özel Baskı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>369</v>
+        <v>519</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2100000002160</t>
+          <t>2100000002665</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mahşeri - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>529</v>
+        <v>579</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2100000002177</t>
+          <t>9786259618869</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
+          <t>Oyuncak Mahşeri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>609</v>
+        <v>389</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259692982</t>
+          <t>9786259618845</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Yan Boyamalı (Ciltli)</t>
+          <t>Oyuncak Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>479</v>
+        <v>429</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259692937</t>
+          <t>9786259618838</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 2: Buz Kapanı (Ciltli)</t>
+          <t>Ölü Şeyler Bize Aslında Çok Daha Yakın (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259515731</t>
+          <t>9786259618821</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bronz 1: Şeytan (Ciltli)</t>
+          <t>Aykırı Kıyılar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259692920</t>
+          <t>2100000002405</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem Serisi - İki Kitaplık Kutu (Ciltli)</t>
+          <t>Aykırı Kıyılar 1 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>948</v>
+        <v>519</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259692913</t>
+          <t>2100000002184</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2</t>
+          <t>Tılsım ve Sis 1: Cadı Avı – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>369</v>
+        <v>519</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259533520</t>
+          <t>9786259692968</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 (Ciltli)</t>
+          <t>Tılsım ve Sis 1: Cadı Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259692906</t>
+          <t>9786259692951</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 - Yan Boyamalı (Ciltli)</t>
+          <t>Mir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>479</v>
+        <v>389</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2100000000982</t>
+          <t>9786259618807</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 - Hediyeli Kutu (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>529</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259533582</t>
+          <t>9786259618814</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Yan Boyamalı Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>399</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259533599</t>
+          <t>9786259692975</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 - Yan Boyamalı (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>479</v>
+        <v>429</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259533513</t>
+          <t>9786259692999</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1</t>
+          <t>Bir Kibritle Yok Olmak 3</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>369</v>
+        <v>389</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2100000000975</t>
+          <t>2100000002160</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 - Hediyeli Kutu (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>529</v>
+        <v>579</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259533544</t>
+          <t>2100000002177</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Arkanda (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>389</v>
+        <v>669</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2100000000913</t>
+          <t>9786259692982</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 1: Hükümdar - Hediyeli Kutu (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>519</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259533575</t>
+          <t>9786259692937</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 1: Hükümdar (Ciltli)</t>
+          <t>Sıfır Noktası 2: Buz Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259475882</t>
+          <t>9786259515731</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bronz 1: Şeytan (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>429</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259533568</t>
+          <t>9786259692920</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Büyüler ve Terk Edilmiş Öyküler (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem Serisi - İki Kitaplık Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>389</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259533551</t>
+          <t>9786259692913</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi - İki Kitaplık Hediyeli Kutu</t>
+          <t>Eğer Peşinden Gelirsem 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>908</v>
+        <v>389</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2100000000760</t>
+          <t>9786259533520</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 2: Yarının Kıyısında - Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>519</v>
+        <v>429</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259533537</t>
+          <t>9786259692906</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 2: Yarının Kıyısında (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259515755</t>
+          <t>2100000000982</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı – Yan Boyamalı (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>479</v>
+        <v>579</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2100000000548</t>
+          <t>9786259533582</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bronz 1: Şeytan – Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>529</v>
+        <v>429</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2100000000562</t>
+          <t>9786259533599</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı - Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>529</v>
+        <v>519</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2100000000579</t>
+          <t>9786259533513</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Serisi - 2 Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>928</v>
+        <v>389</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259533506</t>
+          <t>2100000000975</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>399</v>
+        <v>579</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259515724</t>
+          <t>9786259533544</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı</t>
+          <t>Bir Adım Arkanda (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>369</v>
+        <v>389</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2100000000470</t>
+          <t>2100000000913</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mir 1 – Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı 1: Hükümdar - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>519</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259515779</t>
+          <t>9786259533575</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mir 1 (Ciltli)</t>
+          <t>Bıçak Sırtı 1: Hükümdar (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2100000000487</t>
+          <t>9786259475882</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 1: Av ve Karalav – Hediyeli Kutu (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>519</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259515793</t>
+          <t>9786259533568</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 1: Av ve Karalav (Ciltli)</t>
+          <t>Unutulmuş Büyüler ve Terk Edilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259475899</t>
+          <t>9786259533551</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Ciltli)</t>
+          <t>Düş Serisi - İki Kitaplık Hediyeli Kutu</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>389</v>
+        <v>908</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259458441</t>
+          <t>2100000000760</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Dilersen (Ciltli)</t>
+          <t>Düş Serisi 2: Yarının Kıyısında - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>389</v>
+        <v>519</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259458496</t>
+          <t>9786259533537</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Ciltli)</t>
+          <t>Düş Serisi 2: Yarının Kıyısında (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259458465</t>
+          <t>9786259515755</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli)</t>
+          <t>Oyuncak Mezarlığı – Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259515786</t>
+          <t>2100000000548</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bronz Serisi - 3 Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Bronz 1: Şeytan – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1327</v>
+        <v>579</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2100000000418</t>
+          <t>2100000000562</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bronz 3: İmparatoriçe - Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mezarlığı - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>529</v>
+        <v>579</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259515717</t>
+          <t>2100000000579</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 1: File Arkası (Ciltli)</t>
+          <t>Oyuncak Serisi - 2 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>389</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259475837</t>
+          <t>9786259533506</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi İki Kitaplık Hediyeli Set (Özel Baskı) (Ciltli)</t>
+          <t>Oyuncak Mezarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1088</v>
+        <v>429</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>2100000000319</t>
+          <t>9786259515724</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Özel Kutulu) (Ciltli)</t>
+          <t>Oyuncak Mezarlığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>599</v>
+        <v>389</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259458472</t>
+          <t>2100000000470</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli Özel Baskı)</t>
+          <t>Mir 1 – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>479</v>
+        <v>519</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259515762</t>
+          <t>9786259515779</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bronz 3: İmparatoriçe (Ciltli)</t>
+          <t>Mir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259515748</t>
+          <t>2100000000487</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2: İmparator (Ciltli)</t>
+          <t>Sıfır Noktası 1: Av ve Karalav – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>399</v>
+        <v>519</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2100000000395</t>
+          <t>9786259515793</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Özel Kutulu Set) (Ciltli)</t>
+          <t>Sıfır Noktası 1: Av ve Karalav (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>599</v>
+        <v>389</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>2100000000388</t>
+          <t>9786259475899</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 1: File Arkası Hediyeli Özel Kutu (Ciltli)</t>
+          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259475851</t>
+          <t>9786259458441</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 2 (Özel Baskı) (Ciltli)</t>
+          <t>Sen Ne Dilersen (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>479</v>
+        <v>389</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259475820</t>
+          <t>9786259458496</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2 (Ciltli Özel Baskı)</t>
+          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>479</v>
+        <v>389</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>2100000000333</t>
+          <t>9786259458465</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli - Özel Kutulu Set)</t>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>609</v>
+        <v>429</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259475813</t>
+          <t>9786259515786</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 1 (Ciltli Özel Baskı)</t>
+          <t>Bronz Serisi - 3 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>479</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259475868</t>
+          <t>2100000000418</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak - 2</t>
+          <t>Bronz 3: İmparatoriçe - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>369</v>
+        <v>579</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259475844</t>
+          <t>9786259515717</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 2 (Ciltli)</t>
+          <t>Düş Serisi 1: File Arkası (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259475875</t>
+          <t>9786259475837</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak İki Kitaplık Hediyeli Özel Kutu (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar Serisi İki Kitaplık Hediyeli Set (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>928</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259458458</t>
+          <t>2100000000319</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ravens (Ciltli)</t>
+          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>389</v>
+        <v>599</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259458489</t>
+          <t>9786259458472</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak - 1</t>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>369</v>
+        <v>519</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259458434</t>
+          <t>9786259515762</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1</t>
+          <t>Bronz 3: İmparatoriçe (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>369</v>
+        <v>429</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>2100000000302</t>
+          <t>9786259515748</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Özel Kutulu Set) (Ciltli)</t>
+          <t>Bronz 2: İmparator (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>529</v>
+        <v>429</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259458427</t>
+          <t>2100000000395</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1 (Yan Boyamalı Özel Baskı) (Ciltli)</t>
+          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Özel Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>479</v>
+        <v>599</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2100000000289</t>
+          <t>2100000000388</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1 (Ciltli Özel Kutulu Set)</t>
+          <t>Düş Serisi 1: File Arkası Hediyeli Özel Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>529</v>
+        <v>519</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
+          <t>9786259475851</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 2 (Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786259475820</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Yalancılar ve Yabancılar 2 (Ciltli Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>2100000000333</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli - Özel Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786259475813</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Yalancılar ve Yabancılar 1 (Ciltli Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786259475868</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak - 2</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786259475844</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786259475875</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak İki Kitaplık Hediyeli Özel Kutu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786259458458</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Ravens (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786259458489</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak - 1</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786259458434</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>2100000000302</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 1 (Özel Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786259458427</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1 (Yan Boyamalı Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>2100000000289</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1 (Ciltli Özel Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
           <t>9786259458410</t>
         </is>
       </c>
-      <c r="B76" s="1" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Oyuncak Müzesi 1 (Ciltli)</t>
         </is>
       </c>
-      <c r="C76" s="1">
-        <v>399</v>
+      <c r="C89" s="1">
+        <v>429</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>