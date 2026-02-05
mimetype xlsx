--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,1360 +85,1480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259373812</t>
+          <t>9786259299013</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>O Çocuk Beni Aşar</t>
+          <t>Bronz 4: Mecnun</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>359</v>
+        <v>449</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2100000002849</t>
+          <t>9786259299006</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 2: Hezeyan Hediyeli Kutu (Ciltli)</t>
+          <t>Bronz 3: İmparatoriçe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>519</v>
+        <v>449</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259373829</t>
+          <t>9786259373898</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı İkili Kutu (Ciltli)</t>
+          <t>Bronz 2: İmparator</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>908</v>
+        <v>449</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259373805</t>
+          <t>9786259373881</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 2: Hezeyan (Ciltli)</t>
+          <t>Bronz 1: Şeytan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>389</v>
+        <v>449</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259458403</t>
+          <t>9786259373874</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Söndürmem Gerek (Film Özel Baskı) (Ciltli)</t>
+          <t>Yan Karakter 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>299</v>
+        <v>459</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2100000002856</t>
+          <t>2100000003013</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 3: Yolun Son Şarkısı - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
+          <t>Yan Karakter 1 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>599</v>
+        <v>609</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259373836</t>
+          <t>2100000003006</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Ciltli Kutu</t>
+          <t>Sıfır Noktası 3: Ateş Sarmalı - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1667</v>
+        <v>609</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259618890</t>
+          <t>9786259373867</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 3: Yolun Son Şarkısı (Ciltli)</t>
+          <t>Sıfır Noktası 3: Ateş Sarmalı (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259373843</t>
+          <t>9786259373812</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
+          <t>O Çocuk Beni Aşar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1907</v>
+        <v>419</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259373850</t>
+          <t>2100000002849</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bronz Serisi - 4 Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı 2: Hezeyan Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>2216</v>
+        <v>609</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2100000002832</t>
+          <t>9786259373829</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bronz 4: Mecnun - Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı İkili Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>579</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259618883</t>
+          <t>9786259373805</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bronz 4: Mecnun (Ciltli)</t>
+          <t>Bıçak Sırtı 2: Hezeyan (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>429</v>
+        <v>459</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259618876</t>
+          <t>9786259458403</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Durduğu Yer (Ciltli)</t>
+          <t>Güneşi Söndürmem Gerek (Film Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2100000002658</t>
+          <t>2100000002856</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Hediyeli Kutu (Özel Baskı) (Ciltli)</t>
+          <t>Gümüş Yürek 3: Yolun Son Şarkısı - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>669</v>
+        <v>709</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259618852</t>
+          <t>9786259373836</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Ciltli Özel Baskı</t>
+          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Ciltli Kutu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>519</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2100000002665</t>
+          <t>9786259618890</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri - Hediyeli Kutu (Ciltli)</t>
+          <t>Gümüş Yürek 3: Yolun Son Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>579</v>
+        <v>469</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259618869</t>
+          <t>9786259373843</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri</t>
+          <t>Gümüş Yürek Serisi - Üç Kitaplık Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>389</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259618845</t>
+          <t>9786259373850</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mahşeri (Ciltli)</t>
+          <t>Bronz Serisi - 4 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>429</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259618838</t>
+          <t>2100000002832</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ölü Şeyler Bize Aslında Çok Daha Yakın (Ciltli)</t>
+          <t>Bronz 4: Mecnun - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>389</v>
+        <v>649</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259618821</t>
+          <t>9786259618883</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kıyılar 1 (Ciltli)</t>
+          <t>Bronz 4: Mecnun (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2100000002405</t>
+          <t>9786259618876</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Kıyılar 1 - Hediyeli Kutu (Ciltli)</t>
+          <t>Karanlığın Durduğu Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2100000002184</t>
+          <t>2100000002658</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tılsım ve Sis 1: Cadı Avı – Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mahşeri - Hediyeli Kutu (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>519</v>
+        <v>739</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259692968</t>
+          <t>9786259618852</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tılsım ve Sis 1: Cadı Avı (Ciltli)</t>
+          <t>Oyuncak Mahşeri - Ciltli Özel Baskı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>389</v>
+        <v>589</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259692951</t>
+          <t>2100000002665</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mir 2 (Ciltli)</t>
+          <t>Oyuncak Mahşeri - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>389</v>
+        <v>649</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259618807</t>
+          <t>9786259618869</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mahşeri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1437</v>
+        <v>449</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259618814</t>
+          <t>9786259618845</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Yan Boyamalı Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1707</v>
+        <v>499</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259692975</t>
+          <t>9786259618838</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 (Ciltli)</t>
+          <t>Ölü Şeyler Bize Aslında Çok Daha Yakın (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>429</v>
+        <v>389</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259692999</t>
+          <t>9786259618821</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3</t>
+          <t>Aykırı Kıyılar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2100000002160</t>
+          <t>2100000002405</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Kutu (Ciltli)</t>
+          <t>Aykırı Kıyılar 1 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>579</v>
+        <v>609</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2100000002177</t>
+          <t>2100000002184</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
+          <t>Tılsım ve Sis 1: Cadı Avı – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>669</v>
+        <v>609</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259692982</t>
+          <t>9786259692968</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 3 - Yan Boyamalı (Ciltli)</t>
+          <t>Tılsım ve Sis 1: Cadı Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>519</v>
+        <v>459</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259692937</t>
+          <t>9786259692951</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 2: Buz Kapanı (Ciltli)</t>
+          <t>Mir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259515731</t>
+          <t>9786259618807</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bronz 1: Şeytan (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>429</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259692920</t>
+          <t>9786259618814</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem Serisi - İki Kitaplık Kutu (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak Serisi - Üç Kitaplık Yan Boyamalı Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1008</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259692913</t>
+          <t>9786259692975</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2</t>
+          <t>Bir Kibritle Yok Olmak 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259533520</t>
+          <t>9786259692999</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>429</v>
+        <v>449</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259692906</t>
+          <t>2100000002160</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 - Yan Boyamalı (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>519</v>
+        <v>649</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2100000000982</t>
+          <t>2100000002177</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 2 - Hediyeli Kutu (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Hediyeli Yan Boyamalı Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>579</v>
+        <v>739</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259533582</t>
+          <t>9786259692982</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 3 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>429</v>
+        <v>589</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259533599</t>
+          <t>9786259692937</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 - Yan Boyamalı (Ciltli)</t>
+          <t>Sıfır Noktası 2: Buz Kapanı (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>519</v>
+        <v>459</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259533513</t>
+          <t>9786259515731</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1</t>
+          <t>Bronz 1: Şeytan (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2100000000975</t>
+          <t>9786259692920</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eğer Peşinden Gelirsem 1 - Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem Serisi - İki Kitaplık Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>579</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259533544</t>
+          <t>9786259692913</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Adım Arkanda (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>389</v>
+        <v>449</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2100000000913</t>
+          <t>9786259533520</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 1: Hükümdar - Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>519</v>
+        <v>499</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259533575</t>
+          <t>9786259692906</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Sırtı 1: Hükümdar (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 2 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>389</v>
+        <v>589</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259475882</t>
+          <t>2100000000982</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Eğer Peşinden Gelirsem 2 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>649</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259533568</t>
+          <t>9786259533582</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Büyüler ve Terk Edilmiş Öyküler (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259533551</t>
+          <t>9786259533599</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi - İki Kitaplık Hediyeli Kutu</t>
+          <t>Eğer Peşinden Gelirsem 1 - Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>908</v>
+        <v>589</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2100000000760</t>
+          <t>9786259533513</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 2: Yarının Kıyısında - Hediyeli Kutu (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>519</v>
+        <v>449</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259533537</t>
+          <t>2100000000975</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 2: Yarının Kıyısında (Ciltli)</t>
+          <t>Eğer Peşinden Gelirsem 1 - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>389</v>
+        <v>649</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259515755</t>
+          <t>9786259533544</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı – Yan Boyamalı (Ciltli)</t>
+          <t>Bir Adım Arkanda (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>2100000000548</t>
+          <t>2100000000913</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bronz 1: Şeytan – Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı 1: Hükümdar - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>579</v>
+        <v>609</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2100000000562</t>
+          <t>9786259533575</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı - Hediyeli Kutu (Ciltli)</t>
+          <t>Bıçak Sırtı 1: Hükümdar (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>579</v>
+        <v>459</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2100000000579</t>
+          <t>9786259475882</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Serisi - 2 Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1008</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259533506</t>
+          <t>9786259533568</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı (Ciltli)</t>
+          <t>Unutulmuş Büyüler ve Terk Edilmiş Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>429</v>
+        <v>469</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259515724</t>
+          <t>9786259533551</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Mezarlığı</t>
+          <t>Düş Serisi - İki Kitaplık Hediyeli Kutu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>389</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2100000000470</t>
+          <t>2100000000760</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mir 1 – Hediyeli Kutu (Ciltli)</t>
+          <t>Düş Serisi 2: Yarının Kıyısında - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>519</v>
+        <v>609</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259515779</t>
+          <t>9786259533537</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mir 1 (Ciltli)</t>
+          <t>Düş Serisi 2: Yarının Kıyısında (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>389</v>
+        <v>459</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>2100000000487</t>
+          <t>9786259515755</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 1: Av ve Karalav – Hediyeli Kutu (Ciltli)</t>
+          <t>Oyuncak Mezarlığı – Yan Boyamalı (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>519</v>
+        <v>589</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259515793</t>
+          <t>2100000000548</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası 1: Av ve Karalav (Ciltli)</t>
+          <t>Bronz 1: Şeytan – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>389</v>
+        <v>649</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259475899</t>
+          <t>2100000000562</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Ciltli)</t>
+          <t>Oyuncak Mezarlığı - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>389</v>
+        <v>649</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259458441</t>
+          <t>2100000000579</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Dilersen (Ciltli)</t>
+          <t>Oyuncak Serisi - 2 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>389</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259458496</t>
+          <t>9786259533506</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Ciltli)</t>
+          <t>Oyuncak Mezarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259458465</t>
+          <t>9786259515724</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli)</t>
+          <t>Oyuncak Mezarlığı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>429</v>
+        <v>449</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259515786</t>
+          <t>2100000000470</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bronz Serisi - 3 Kitaplık Hediyeli Kutu (Ciltli)</t>
+          <t>Mir 1 – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1437</v>
+        <v>609</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2100000000418</t>
+          <t>9786259515779</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bronz 3: İmparatoriçe - Hediyeli Kutu (Ciltli)</t>
+          <t>Mir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>579</v>
+        <v>459</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259515717</t>
+          <t>2100000000487</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 1: File Arkası (Ciltli)</t>
+          <t>Sıfır Noktası 1: Av ve Karalav – Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>389</v>
+        <v>609</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259475837</t>
+          <t>9786259515793</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar Serisi İki Kitaplık Hediyeli Set (Özel Baskı) (Ciltli)</t>
+          <t>Sıfır Noktası 1: Av ve Karalav (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1188</v>
+        <v>459</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2100000000319</t>
+          <t>9786259475899</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Özel Kutulu) (Ciltli)</t>
+          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>599</v>
+        <v>469</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259458472</t>
+          <t>9786259458441</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli Özel Baskı)</t>
+          <t>Sen Ne Dilersen (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>519</v>
+        <v>389</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259515762</t>
+          <t>9786259458496</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bronz 3: İmparatoriçe (Ciltli)</t>
+          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>429</v>
+        <v>469</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259515748</t>
+          <t>9786259458465</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bronz 2: İmparator (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>429</v>
+        <v>499</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>2100000000395</t>
+          <t>9786259515786</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Özel Kutulu Set) (Ciltli)</t>
+          <t>Bronz Serisi - 3 Kitaplık Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>599</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2100000000388</t>
+          <t>2100000000418</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Düş Serisi 1: File Arkası Hediyeli Özel Kutu (Ciltli)</t>
+          <t>Bronz 3: İmparatoriçe - Hediyeli Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>519</v>
+        <v>649</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259475851</t>
+          <t>9786259515717</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 2 (Özel Baskı) (Ciltli)</t>
+          <t>Düş Serisi 1: File Arkası (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>519</v>
+        <v>459</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259475820</t>
+          <t>9786259475837</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 2 (Ciltli Özel Baskı)</t>
+          <t>Yalancılar ve Yabancılar Serisi İki Kitaplık Hediyeli Set (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>519</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2100000000333</t>
+          <t>2100000000319</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Ciltli - Özel Kutulu Set)</t>
+          <t>Gümüş Yürek 1: Kayıp Dünyanın Başlangıcı (Özel Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>669</v>
+        <v>709</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259475813</t>
+          <t>9786259458472</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yalancılar ve Yabancılar 1 (Ciltli Özel Baskı)</t>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>519</v>
+        <v>589</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259475868</t>
+          <t>9786259515762</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak - 2</t>
+          <t>Bronz 3: İmparatoriçe (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259475844</t>
+          <t>9786259515748</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 2 (Ciltli)</t>
+          <t>Bronz 2: İmparator (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>429</v>
+        <v>499</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259475875</t>
+          <t>2100000000395</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak İki Kitaplık Hediyeli Özel Kutu (Ciltli)</t>
+          <t>Gümüş Yürek 2 - Bilinmeyen Lanetin Kederi (Özel Kutulu Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1008</v>
+        <v>709</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259458458</t>
+          <t>2100000000388</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ravens (Ciltli)</t>
+          <t>Düş Serisi 1: File Arkası Hediyeli Özel Kutu (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>389</v>
+        <v>609</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259458489</t>
+          <t>9786259475851</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak - 1</t>
+          <t>Bir Kibritle Yok Olmak 2 (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>389</v>
+        <v>589</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259458434</t>
+          <t>9786259475820</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1</t>
+          <t>Yalancılar ve Yabancılar 2 (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>389</v>
+        <v>589</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2100000000302</t>
+          <t>2100000000333</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Kibritle Yok Olmak 1 (Özel Kutulu Set) (Ciltli)</t>
+          <t>Bir Kibritle Yok Olmak 1 (Ciltli - Özel Kutulu Set)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>579</v>
+        <v>739</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259458427</t>
+          <t>9786259475813</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1 (Yan Boyamalı Özel Baskı) (Ciltli)</t>
+          <t>Yalancılar ve Yabancılar 1 (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>519</v>
+        <v>589</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>2100000000289</t>
+          <t>9786259475868</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Müzesi 1 (Ciltli Özel Kutulu Set)</t>
+          <t>Bir Kibritle Yok Olmak - 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>579</v>
+        <v>449</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
+          <t>9786259475844</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786259475875</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak İki Kitaplık Hediyeli Özel Kutu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786259458458</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Ravens (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786259458489</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak - 1</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259458434</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>2100000000302</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kibritle Yok Olmak 1 (Özel Kutulu Set) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786259458427</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1 (Yan Boyamalı Özel Baskı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>2100000000289</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Müzesi 1 (Ciltli Özel Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
           <t>9786259458410</t>
         </is>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Oyuncak Müzesi 1 (Ciltli)</t>
         </is>
       </c>
-      <c r="C89" s="1">
-        <v>429</v>
+      <c r="C97" s="1">
+        <v>499</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>