--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -85,1900 +85,1945 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259752846</t>
+          <t>9786255628084</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Of Freethinkers</t>
+          <t>Kurtuluş Savaşı Öyküleri – 5</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>285</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057237330</t>
+          <t>9786255628077</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nimet Vahdettin’in Hatıraları</t>
+          <t>Kurtuluş Savaşı Öyküleri – 4</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057306791</t>
+          <t>9786255628060</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Esir Aldığı Yunanlı General Trikupis'in Hatıraları</t>
+          <t>Kurtuluş Savaşı Öyküleri – 3</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057408563</t>
+          <t>9786259752846</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Ayaklanışı</t>
+          <t>Of Freethinkers</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255628039</t>
+          <t>9786057237330</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>B2-C1 English 30 Short Stories For Advanced Learners (İleri Düzey Öğrenciler İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
+          <t>Nimet Vahdettin’in Hatıraları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255628022</t>
+          <t>9786057306791</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>B1 – B2 English 30 Short Stories For Intermediate Learners (Orta Düzey Öğrenciler İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
+          <t>Atatürk’ün Esir Aldığı Yunanlı General Trikupis'in Hatıraları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>365</v>
+        <v>285</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255628015</t>
+          <t>9786057408563</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>A1 - A2 English 30 Short Stories For Beginners (Yeni Başlayanlar İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
+          <t>Kitlelerin Ayaklanışı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256771475</t>
+          <t>9786255628039</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mavi’s Journey</t>
+          <t>B2-C1 English 30 Short Stories For Advanced Learners (İleri Düzey Öğrenciler İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256771468</t>
+          <t>9786255628022</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mavi’nin Yolculuğu</t>
+          <t>B1 – B2 English 30 Short Stories For Intermediate Learners (Orta Düzey Öğrenciler İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256771451</t>
+          <t>9786255628015</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>With All My Love (Gözlerinden Öptüm İngilizce)</t>
+          <t>A1 - A2 English 30 Short Stories For Beginners (Yeni Başlayanlar İçin 30 İngilizce Türkçe Kısa Hikaye)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256771444</t>
+          <t>9786256771475</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Shrinking Violet (Utangaç Mor İngilizce)</t>
+          <t>Mavi’s Journey</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256771383</t>
+          <t>9786256771468</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Founder Of Türkiye Memories From Atatürk</t>
+          <t>Mavi’nin Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256771406</t>
+          <t>9786256771451</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Saray Üzerine</t>
+          <t>With All My Love (Gözlerinden Öptüm İngilizce)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>185</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256771390</t>
+          <t>9786256771444</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Eşeğe Çüşş Demek</t>
+          <t>Shrinking Violet (Utangaç Mor İngilizce)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256771161</t>
+          <t>9786256771383</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Paths To The End: One Chosen, One Condemned</t>
+          <t>Founder Of Türkiye Memories From Atatürk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256771345</t>
+          <t>9786256771406</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Moris Şinasi, Yahudi’nin Hastanesi</t>
+          <t>Saray Üzerine</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259494876</t>
+          <t>9786256771390</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Karakterler</t>
+          <t>Şımarık Eşeğe Çüşş Demek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>465</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256771420</t>
+          <t>9786256771161</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Madonna in a fur coat (Kürk Mantolu Madonna İngilizce)</t>
+          <t>Paths To The End: One Chosen, One Condemned</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256771437</t>
+          <t>9786256771345</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsan, Lider, Kahraman</t>
+          <t>Moris Şinasi, Yahudi’nin Hastanesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256771376</t>
+          <t>9786259494876</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Altaylardan Tuna'ya Türk Coğrafyasında Gezinti</t>
+          <t>Karakterler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>485</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256771321</t>
+          <t>9786256771420</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinden Öptüm</t>
+          <t>Madonna in a fur coat (Kürk Mantolu Madonna İngilizce)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256771284</t>
+          <t>9786256771437</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Alis'in Sergüzeştleri - Acayip Şeyler Memleketinde</t>
+          <t>İnsan, Lider, Kahraman</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256771338</t>
+          <t>9786256771376</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sorunlarıyla Da Savaşan Atatürk</t>
+          <t>Altaylardan Tuna'ya Türk Coğrafyasında Gezinti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256771291</t>
+          <t>9786256771321</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şiir Denizi</t>
+          <t>Gözlerinden Öptüm</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256771307</t>
+          <t>9786256771284</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nazende</t>
+          <t>Alis'in Sergüzeştleri - Acayip Şeyler Memleketinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256771314</t>
+          <t>9786256771338</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kamyonu Kaldıran Kadın</t>
+          <t>Sağlık Sorunlarıyla Da Savaşan Atatürk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256771277</t>
+          <t>9786256771291</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Leblebili Kurabiye</t>
+          <t>Şiir Denizi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256771260</t>
+          <t>9786256771307</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İşgalci</t>
+          <t>Nazende</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>335</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256771253</t>
+          <t>9786256771314</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye</t>
+          <t>Kamyonu Kaldıran Kadın</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256771246</t>
+          <t>9786256771277</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Akşamları</t>
+          <t>Leblebili Kurabiye</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>335</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256771239</t>
+          <t>9786256771260</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Konut Sorunu</t>
+          <t>İşgalci</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>215</v>
+        <v>355</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256771222</t>
+          <t>9786256771253</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Haksız Yönetime Karşı Sivil İtaatsizlik</t>
+          <t>Yeni Türkiye</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256771079</t>
+          <t>9786256771246</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mithat Paşa’yı Kim Öldürttü?</t>
+          <t>Çankaya Akşamları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256771024</t>
+          <t>9786256771239</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bir Ülkücünün Hapishane Günlükleri</t>
+          <t>Konut Sorunu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259969381</t>
+          <t>9786256771222</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kalbiye</t>
+          <t>Haksız Yönetime Karşı Sivil İtaatsizlik</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256771000</t>
+          <t>9786256771079</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elbisesi Duman Rengiydi</t>
+          <t>Mithat Paşa’yı Kim Öldürttü?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259969374</t>
+          <t>9786256771024</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kül</t>
+          <t>Bir Ülkücünün Hapishane Günlükleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256771215</t>
+          <t>9786259969381</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rengine Yolculuk</t>
+          <t>Kalbiye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256771154</t>
+          <t>9786256771000</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sen Ölürken Ben Doğdum</t>
+          <t>Elbisesi Duman Rengiydi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>185</v>
+        <v>215</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256771192</t>
+          <t>9786259969374</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ille’deki Venüs</t>
+          <t>Kül</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>115</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256771208</t>
+          <t>9786256771215</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bacayı İndir Bacayı Kaldır</t>
+          <t>Rengine Yolculuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256771185</t>
+          <t>9786256771154</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Araftaki Ruhlar</t>
+          <t>Sen Ölürken Ben Doğdum</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256771178</t>
+          <t>9786256771192</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Soykütüğü Üzerine</t>
+          <t>Ille’deki Venüs</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256771130</t>
+          <t>9786256771208</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yasayı Çiğnemenin Tehlikeleri Üzerine</t>
+          <t>Bacayı İndir Bacayı Kaldır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>135</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256771147</t>
+          <t>9786256771185</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Düşünceler</t>
+          <t>Araftaki Ruhlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>155</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256771123</t>
+          <t>9786256771178</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bay Virgül</t>
+          <t>Ahlakın Soykütüğü Üzerine</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256771109</t>
+          <t>9786256771130</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Poetika - Şiir Sanatı Üzerine</t>
+          <t>Yasayı Çiğnemenin Tehlikeleri Üzerine</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256771116</t>
+          <t>9786256771147</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Ahlaksızlığı</t>
+          <t>Filozofça Düşünceler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256771093</t>
+          <t>9786256771123</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'in Köpeği</t>
+          <t>Bay Virgül</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256771086</t>
+          <t>9786256771109</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat</t>
+          <t>Poetika - Şiir Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>315</v>
+        <v>195</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256771031</t>
+          <t>9786256771116</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Şems'i (Ciltli Şömizli + Kitap Kartı Hediye)</t>
+          <t>Ahlakın Ahlaksızlığı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256771048</t>
+          <t>9786256771093</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Başkasında Kaybolmadan Kendini Bul (Ciltli)</t>
+          <t>Ömer Seyfettin'in Köpeği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256771055</t>
+          <t>9786256771086</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Uzlaşma ve Milli Görüş Koalisyonları</t>
+          <t>Fikir ve Sanat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256771062</t>
+          <t>9786256771031</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Gizli Konuşmaları</t>
+          <t>Elif'in Şems'i (Ciltli Şömizli + Kitap Kartı Hediye)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259969398</t>
+          <t>9786256771048</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Balkan Hikayeleri</t>
+          <t>Başkasında Kaybolmadan Kendini Bul (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259969336</t>
+          <t>9786256771055</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Papatya Şarabı</t>
+          <t>Türkiye'de Siyasi Uzlaşma ve Milli Görüş Koalisyonları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259969367</t>
+          <t>9786256771062</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dor Ali</t>
+          <t>Atatürk’ün Gizli Konuşmaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259969350</t>
+          <t>9786259969398</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kınnap</t>
+          <t>Balkan Hikayeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259969343</t>
+          <t>9786259969336</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Balıklarla Felsefe</t>
+          <t>Papatya Şarabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259969329</t>
+          <t>9786259969367</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Bir Perde</t>
+          <t>Dor Ali</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259969312</t>
+          <t>9786259969350</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Atütürk’ün Uşağının Gizli Defteri</t>
+          <t>Kınnap</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>365</v>
+        <v>155</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057237392</t>
+          <t>9786259969343</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Atası Türk Atatürk</t>
+          <t>Balıklarla Felsefe</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259969305</t>
+          <t>9786259969329</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ubeydullah Efendi’nin Amerika Hatıraları</t>
+          <t>İki Dünya Bir Perde</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259983196</t>
+          <t>9786259969312</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dimitri - Hiç Gitmek İstemediler</t>
+          <t>Atütürk’ün Uşağının Gizli Defteri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259983172</t>
+          <t>9786057237392</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Kan - Talat Paşa’nın Son Günleri</t>
+          <t>Atası Türk Atatürk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259983189</t>
+          <t>9786259969305</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Harmatan</t>
+          <t>Ubeydullah Efendi’nin Amerika Hatıraları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259983165</t>
+          <t>9786259983196</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş ve Serzeniş</t>
+          <t>Bizim Dimitri - Hiç Gitmek İstemediler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259983141</t>
+          <t>9786259983172</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Duvardaki Kan - Talat Paşa’nın Son Günleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259983158</t>
+          <t>9786259983189</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hayvan Hikayeleri</t>
+          <t>Harmatan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>355</v>
+        <v>325</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057237354</t>
+          <t>9786259983165</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Gezinti</t>
+          <t>Sesleniş ve Serzeniş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259983110</t>
+          <t>9786259983141</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259983127</t>
+          <t>9786259983158</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnsan Varlığını Tanımanın İlk On Hamlesi</t>
+          <t>Kur’an’da Hayvan Hikayeleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259983134</t>
+          <t>9786057237354</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Umudun ve Varlığın Açık Yeşil Psikolojisi</t>
+          <t>Türk Tarihinde Gezinti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057251992</t>
+          <t>9786259983110</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şiir Nasıl Yazılır?</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259983103</t>
+          <t>9786259983127</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Şaire Mektuplar</t>
+          <t>İnsan Varlığını Tanımanın İlk On Hamlesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057251985</t>
+          <t>9786259983134</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Dedesi</t>
+          <t>Umudun ve Varlığın Açık Yeşil Psikolojisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057251961</t>
+          <t>9786057251992</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Deli Habip - Vur Emri</t>
+          <t>Şiir Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057251978</t>
+          <t>9786259983103</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şehr-i Samsun Yazıları</t>
+          <t>Genç Bir Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057251954</t>
+          <t>9786057251985</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Fatihi Süleyman Paşa</t>
+          <t>Nazım Hikmet’in Dedesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057251947</t>
+          <t>9786057251961</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İzler Kaldı</t>
+          <t>Deli Habip - Vur Emri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057251923</t>
+          <t>9786057251978</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyatta Caniler</t>
+          <t>Şehr-i Samsun Yazıları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057251930</t>
+          <t>9786057251954</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Dudaklar Sokağı</t>
+          <t>Rumeli Fatihi Süleyman Paşa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057251916</t>
+          <t>9786057251947</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’dan San Remo’ya Kaçış</t>
+          <t>İzler Kaldı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057237361</t>
+          <t>9786057251923</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İngilizler İstanbul’da</t>
+          <t>Sanat ve Edebiyatta Caniler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057237378</t>
+          <t>9786057251930</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Kızı</t>
+          <t>Boyalı Dudaklar Sokağı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057237385</t>
+          <t>9786057251916</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sahtekarsız Memleket</t>
+          <t>Yıldız’dan San Remo’ya Kaçış</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057237347</t>
+          <t>9786057237361</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Söz Hürriyeti</t>
+          <t>İngilizler İstanbul’da</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057237323</t>
+          <t>9786057237378</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sığır Sözleşmesi</t>
+          <t>Abdülhamid’in Kızı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057237316</t>
+          <t>9786057237385</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kanat Koparmaca</t>
+          <t>Sahtekarsız Memleket</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057266897</t>
+          <t>9786057237347</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Kendini İlmek İlmek İşleyişinin Hikayesi</t>
+          <t>Fikir ve Söz Hürriyeti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057266880</t>
+          <t>9786057237323</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Firari / Kalbinizin Bam Teline Dokunacak</t>
+          <t>Sığır Sözleşmesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057237309</t>
+          <t>9786057237316</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yakmak</t>
+          <t>Kanat Koparmaca</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057266873</t>
+          <t>9786057266897</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Gölgesinde</t>
+          <t>Bir Kadının Kendini İlmek İlmek İşleyişinin Hikayesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>205</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057266866</t>
+          <t>9786057266880</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Firari / Kalbinizin Bam Teline Dokunacak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057266859</t>
+          <t>9786057237309</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mevzu Serin</t>
+          <t>Ateş Yakmak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057266835</t>
+          <t>9786057266873</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>21 Hikaye 1 Kadın</t>
+          <t>Yıldızların Gölgesinde</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057266842</t>
+          <t>9786057266866</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yelek</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057266804</t>
+          <t>9786057266859</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Safoğlan</t>
+          <t>Mevzu Serin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057266828</t>
+          <t>9786057266835</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>21 Hikaye 1 Kadın</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057266811</t>
+          <t>9786057266842</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aşk Armağanı</t>
+          <t>Yeşil Yelek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057306784</t>
+          <t>9786057266804</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Romantizm</t>
+          <t>Safoğlan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>445</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057349651</t>
+          <t>9786057266828</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bize Her Yer Trabzon</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>385</v>
+        <v>215</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057306777</t>
+          <t>9786057266811</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Dalga</t>
+          <t>Aşk Armağanı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057306760</t>
+          <t>9786057306784</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Edebiyatçılardan Unutulmaz Hatıralar</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057306746</t>
+          <t>9786057349651</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İçin Canını Veren Kadın</t>
+          <t>Bize Her Yer Trabzon</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>385</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057306753</t>
+          <t>9786057306777</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Aramızdaki Son Günleri</t>
+          <t>Göldeki Dalga</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>165</v>
+        <v>95</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057306708</t>
+          <t>9786057306760</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Harabeler</t>
+          <t>Ünlü Edebiyatçılardan Unutulmaz Hatıralar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057349699</t>
+          <t>9786057306746</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anda Kal</t>
+          <t>Atatürk İçin Canını Veren Kadın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057349682</t>
+          <t>9786057306753</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aktör</t>
+          <t>Atatürk’ün Aramızdaki Son Günleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>355</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057349675</t>
+          <t>9786057306708</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hayatınızı Değiştirecek 10 Strateji</t>
+          <t>Harabeler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057349644</t>
+          <t>9786057349699</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Mor</t>
+          <t>Anda Kal</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057349668</t>
+          <t>9786057349682</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Egonun Aşkınlığı</t>
+          <t>Aktör</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057349606</t>
+          <t>9786057349675</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Bir Yaşam İçin Atatürk’ten Öneriler</t>
+          <t>Aşk Hayatınızı Değiştirecek 10 Strateji</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057349620</t>
+          <t>9786057349644</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendime Mektuplar</t>
+          <t>Utangaç Mor</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057349637</t>
+          <t>9786057349668</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnci Çiçeği - Hz. Fatıma</t>
+          <t>Egonun Aşkınlığı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057408587</t>
+          <t>9786057349606</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet Yakarış</t>
+          <t>Kaliteli Bir Yaşam İçin Atatürk’ten Öneriler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057408525</t>
+          <t>9786057349620</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Biçare Hamid</t>
+          <t>Kendime Mektuplar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>335</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057408594</t>
+          <t>9786057349637</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Kadınları Cennetin Sultanları</t>
+          <t>İnci Çiçeği - Hz. Fatıma</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057408570</t>
+          <t>9786057408587</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ruhun İhtirasları</t>
+          <t>Ayet Ayet Yakarış</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057408556</t>
+          <t>9786057408525</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sultan Hamid’in Çapkınlıkları</t>
+          <t>Biçare Hamid</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057408532</t>
+          <t>9786057408594</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Damızlık İnsanlar</t>
+          <t>Peygamberin Kadınları Cennetin Sultanları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057408549</t>
+          <t>9786057408570</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Büyük Adam Olmak</t>
+          <t>Ruhun İhtirasları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057408518</t>
+          <t>9786057408556</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov - Bozkırın İnsanlık Türküsü</t>
+          <t>Sultan Hamid’in Çapkınlıkları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
+          <t>9786057408532</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Damızlık İnsanlar</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786057408549</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Adam Olmak</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786057408518</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov - Bozkırın İnsanlık Türküsü</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
           <t>9786057408501</t>
         </is>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Pling - Mehmet Milli’nin Sıra Dışı Yaşam Öyküsü</t>
         </is>
       </c>
-      <c r="C125" s="1">
-        <v>315</v>
+      <c r="C128" s="1">
+        <v>365</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>