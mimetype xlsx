--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,4465 +85,4480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259561691</t>
+          <t>9786259385204</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Günlüğümde</t>
+          <t>Siyer Atlası - Sevgili Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050814354</t>
+          <t>9786259561691</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>365 Days With The Prophet Muhammad (Ciltli)</t>
+          <t>Sevgili Peygamberim Günlüğümde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753629058</t>
+          <t>9786050814354</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa</t>
+          <t>365 Days With The Prophet Muhammad (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>75</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050838237</t>
+          <t>9789753629058</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Elçilere Verilen Mektup - Peygamberimizin Hayatı</t>
+          <t>Hz. Musa</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050824384</t>
+          <t>9786050838237</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Biricik Allah'ım Lailaheillallah</t>
+          <t>Elçilere Verilen Mektup - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050843576</t>
+          <t>9786050824384</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı Set (5 Kitap)</t>
+          <t>Biricik Allah'ım Lailaheillallah</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050820096</t>
+          <t>9786050843576</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 6 : Fener Balığı Pıtır Araştırmak</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050820089</t>
+          <t>9786050820096</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 5 : Ceylan Cancan Arkadaşlık</t>
+          <t>Hadis Bahçesi 6 : Fener Balığı Pıtır Araştırmak</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050819953</t>
+          <t>9786050820089</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 9 - Kedicik Badem Nankör Olmamak</t>
+          <t>Hadis Bahçesi 5 : Ceylan Cancan Arkadaşlık</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050819984</t>
+          <t>9786050819953</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 4 - Maymun Miço İyilik</t>
+          <t>Hikayelerle Dini Değerler 9 - Kedicik Badem Nankör Olmamak</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050819939</t>
+          <t>9786050819984</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 2 - Civciv Ceviz Nimet</t>
+          <t>Hikayelerle Dini Değerler 4 - Maymun Miço İyilik</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050801019</t>
+          <t>9786050819939</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Temizliği Önemsiyoruz - Hadisleri Öğreniyorum</t>
+          <t>Hikayelerle Dini Değerler 2 - Civciv Ceviz Nimet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050801002</t>
+          <t>9786050801019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Biliyoruz - Hadisleri Öğreniyorum</t>
+          <t>Temizliği Önemsiyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050800968</t>
+          <t>9786050801002</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yardıma Koşuyoruz - Hadisleri Öğreniyorum</t>
+          <t>Paylaşmayı Biliyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050800937</t>
+          <t>9786050800968</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemeyi Seviyoruz - Hadisleri Öğreniyorum</t>
+          <t>Yardıma Koşuyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753629126</t>
+          <t>9786050800937</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Seviyorum</t>
+          <t>Gülümsemeyi Seviyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753628402</t>
+          <t>9789753629126</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh</t>
+          <t>Namaz Kılmayı Seviyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753629027</t>
+          <t>9789753628402</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman</t>
+          <t>Hz. Nuh</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753629065</t>
+          <t>9789753629027</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hz. Eyüp</t>
+          <t>Hz. Süleyman</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256360693</t>
+          <t>9789753629065</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz Hatice'yi (ra) ve Peygamberimizin Çocuklarını Tanıyorum</t>
+          <t>Hz. Eyüp</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259561677</t>
+          <t>9786256360693</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayaklar Büyük Macera</t>
+          <t>Meraklı Kutu - Hz Hatice'yi (ra) ve Peygamberimizin Çocuklarını Tanıyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259561660</t>
+          <t>9786259561677</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Taşı Eriten İyilik</t>
+          <t>Minik Ayaklar Büyük Macera</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256360051</t>
+          <t>9786259561660</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni Seviyor (Ciltli)</t>
+          <t>Taşı Eriten İyilik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050838596</t>
+          <t>9786256360051</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Baş Ucu Klasikleri: 365 Gün Serisi Seti (3 Kitap Takım)</t>
+          <t>Allah Beni Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259561653</t>
+          <t>9786050838596</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri - Ara Bul</t>
+          <t>Baş Ucu Klasikleri: 365 Gün Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259561646</t>
+          <t>9786259561653</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ayna</t>
+          <t>Peygamber Meslekleri - Ara Bul</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259561639</t>
+          <t>9786259561646</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Nebevî ve Çocuk (Çıkartma Hediyeli)</t>
+          <t>Gizemli Ayna</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259561622</t>
+          <t>9786259561639</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kısa Sureler / Kur'an'ı Keşfe Çıkıyoruz</t>
+          <t>Mescid-i Nebevî ve Çocuk (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259802091</t>
+          <t>9786259561622</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzgiller</t>
+          <t>Kısa Sureler / Kur'an'ı Keşfe Çıkıyoruz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786050803174</t>
+          <t>9786259802091</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Rabbimi Anıyorum</t>
+          <t>Mutsuzgiller</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051142029</t>
+          <t>9786050803174</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Piko - Allah'ın Mucib İsmini Öğreniyor</t>
+          <t>Boyuyorum Rabbimi Anıyorum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>75</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753629133</t>
+          <t>9786051142029</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Teşekkür Ediyorum</t>
+          <t>Baykuş Piko - Allah'ın Mucib İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050826500</t>
+          <t>9789753629133</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
+          <t>Allah’a Teşekkür Ediyorum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050825602</t>
+          <t>9786050826500</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Peygamber ve Çocuk</t>
+          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050828450</t>
+          <t>9786050825602</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
+          <t>Peygamber ve Çocuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050825664</t>
+          <t>9786050828450</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Çocuk</t>
+          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050822052</t>
+          <t>9786050825664</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Esma'ül Hüsna Rabbimin 99 İsmi (Ciltli)</t>
+          <t>Ramazan ve Çocuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050802702</t>
+          <t>9786050822052</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni Seviyor (Ciltli)</t>
+          <t>Esma'ül Hüsna Rabbimin 99 İsmi (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051140391</t>
+          <t>9786050802702</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberimin Arkadaşları (Ciltli)</t>
+          <t>Allah Beni Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752635333</t>
+          <t>9786051140391</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Peygamberim (Ciltli)</t>
+          <t>365 Günde Peygamberimin Arkadaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050800999</t>
+          <t>9789752635333</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sabretmeyi Öğreniyoruz - Hadisleri Öğreniyorum</t>
+          <t>365 Günde Sevgili Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753628464</t>
+          <t>9786050800999</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Kim Olduğunu Biliyorum - Dinimi Öğreniyorum</t>
+          <t>Sabretmeyi Öğreniyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752637351</t>
+          <t>9789753628464</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Öyküleri Seti (11 Kitap)</t>
+          <t>Peygamberimin Kim Olduğunu Biliyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051142081</t>
+          <t>9789752637351</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Papağan Pappi - Allah'ın Şekür İsmini Öğreniyor</t>
+          <t>Peygamber Öyküleri Seti (11 Kitap)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786050800951</t>
+          <t>9786051142081</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öfkemizi Yeniyoruz - Hadisleri Öğreniyorum</t>
+          <t>Papağan Pappi - Allah'ın Şekür İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753629119</t>
+          <t>9786050800951</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmayı Seviyorum</t>
+          <t>Öfkemizi Yeniyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051142104</t>
+          <t>9789753629119</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuzu Kıvırcık - Allah’ın Cud İsmini Öğreniyor</t>
+          <t>Oruç Tutmayı Seviyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051142050</t>
+          <t>9786051142104</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kösti - Allah'ın Hafız İsimlerini Öğreniyor</t>
+          <t>Kuzu Kıvırcık - Allah’ın Cud İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051142067</t>
+          <t>9786051142050</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Zıpzıp - Allah'ın Latif İsmini Öğreniyor</t>
+          <t>Köstebek Kösti - Allah'ın Hafız İsimlerini Öğreniyor</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050819977</t>
+          <t>9786051142067</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 5 - Kuzucuk Kuzi Şükür</t>
+          <t>Kanguru Zıpzıp - Allah'ın Latif İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050823684</t>
+          <t>9786050819977</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Canım Allahım</t>
+          <t>Hikayelerle Dini Değerler 5 - Kuzucuk Kuzi Şükür</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050820041</t>
+          <t>9786050823684</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 9 : Kutup Ayısı Tuntu Asla Vazgeçmemek</t>
+          <t>Canım Allahım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050820065</t>
+          <t>9786050820041</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 3 : Yunus Nusnus Misafirperverlik</t>
+          <t>Hadis Bahçesi 9 : Kutup Ayısı Tuntu Asla Vazgeçmemek</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050820102</t>
+          <t>9786050820065</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 7 : Dinozor Dina İsraf Etmemek</t>
+          <t>Hadis Bahçesi 3 : Yunus Nusnus Misafirperverlik</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050820133</t>
+          <t>9786050820102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 10 : Tavus Vusvus Şükür</t>
+          <t>Hadis Bahçesi 7 : Dinozor Dina İsraf Etmemek</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050820072</t>
+          <t>9786050820133</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 4 : Tilki Pofuduk İş Birliği</t>
+          <t>Hadis Bahçesi 10 : Tavus Vusvus Şükür</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050820126</t>
+          <t>9786050820072</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 1 : Arı Rırı Anne Sevgisi</t>
+          <t>Hadis Bahçesi 4 : Tilki Pofuduk İş Birliği</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051142036</t>
+          <t>9786050820126</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Van Kedisi Kartopu - Allah'ın Semi İsmini Öğreniyo</t>
+          <t>Hadis Bahçesi 1 : Arı Rırı Anne Sevgisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051142098</t>
+          <t>9786051142036</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Zebra Şirin- Allah'ın Sani İsmini Öğreniyor</t>
+          <t>Van Kedisi Kartopu - Allah'ın Semi İsmini Öğreniyo</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051142074</t>
+          <t>9786051142098</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uçuç Böceği Pırıltı - Allah'ın Basir İsmini Öğreniyor</t>
+          <t>Zebra Şirin- Allah'ın Sani İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051142012</t>
+          <t>9786051142074</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tavus Kuşu Maviş -Allah'ın Cemil İsmini Öğreniyor</t>
+          <t>Uçuç Böceği Pırıltı - Allah'ın Basir İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753629041</t>
+          <t>9786051142012</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf</t>
+          <t>Tavus Kuşu Maviş -Allah'ın Cemil İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753628389</t>
+          <t>9789753629041</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yunus</t>
+          <t>Hz. Yusuf</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752636996</t>
+          <t>9789753628389</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Hz. Yunus</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753628396</t>
+          <t>9789752636996</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753628419</t>
+          <t>9789753628396</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem</t>
+          <t>Hz. İbrahim</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050800920</t>
+          <t>9789753628419</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Öğreniyorum Seti (10 Kitap)</t>
+          <t>Hz. Adem</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051142043</t>
+          <t>9786050800920</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fil Biricik - Allah'ın Vehhab İsmini Öğreniyor</t>
+          <t>Hadisleri Öğreniyorum Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051140384</t>
+          <t>9786051142043</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Can Can (Ciltli)</t>
+          <t>Fil Biricik - Allah'ın Vehhab İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050838275</t>
+          <t>9786051140384</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Peygamberimizin Hayatı</t>
+          <t>Can Can (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050838268</t>
+          <t>9786050838275</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Davet- Peygamberimizin Hayatı</t>
+          <t>Yeni Bir Başlangıç - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050838404</t>
+          <t>9786050838268</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuşlarla da Korur - Peygamberimizin Hayatı</t>
+          <t>Mutluluğa Davet- Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050838244</t>
+          <t>9786050838404</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Bekçileri - Peygamberimizin Hayatı</t>
+          <t>Minik Kuşlarla da Korur - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050838480</t>
+          <t>9786050838244</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlanı Yiyen Kurtçuk - Peygamberimizin Hayatı</t>
+          <t>Mağaranın Bekçileri - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050838497</t>
+          <t>9786050838480</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Herkes O'nu Bekliyor - Peygamberimizin Hayatı</t>
+          <t>İlanı Yiyen Kurtçuk - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050838251</t>
+          <t>9786050838497</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mescidin Mutlu Misafirleri - Peygamberimizin Hayatı</t>
+          <t>Herkes O'nu Bekliyor - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050838909</t>
+          <t>9786050838251</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Verdiğin Nimetler İçin Teşekkür Ederim Allah'ım</t>
+          <t>Mescidin Mutlu Misafirleri - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050838343</t>
+          <t>9786050838909</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlik Müjdesi - Peygamberimizin Hayatı</t>
+          <t>Verdiğin Nimetler İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050838220</t>
+          <t>9786050838343</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Kucaklaşma Günü - Peygamberimizin Hayatı</t>
+          <t>Peygamberlik Müjdesi - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753628433</t>
+          <t>9786050838220</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dua Etmeyi Biliyorum...</t>
+          <t>Şimdi Kucaklaşma Günü - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050801026</t>
+          <t>9789753628433</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylüyoruz - Hadisleri Öğreniyorum</t>
+          <t>Dua Etmeyi Biliyorum...</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752637344</t>
+          <t>9786050801026</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum Seti (10 Kitap Takım)</t>
+          <t>Doğruyu Söylüyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051145228</t>
+          <t>9789752637344</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Dua Ediyorum</t>
+          <t>Dinimi Öğreniyorum Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050803167</t>
+          <t>9786051145228</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ayet Öğreniyorum</t>
+          <t>Boyuyorum Dua Ediyorum</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051144436</t>
+          <t>9786050803167</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Biricik Peygamberim ve Onun Çağındaki Çocuklar</t>
+          <t>Ayet Öğreniyorum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256360846</t>
+          <t>9786051144436</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Gösteren Ayna</t>
+          <t>Biricik Peygamberim ve Onun Çağındaki Çocuklar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259561608</t>
+          <t>9786256360846</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ramazan Çadırı</t>
+          <t>Duyguları Gösteren Ayna</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259802084</t>
+          <t>9786259561608</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bunu Kimden Duydun?</t>
+          <t>Mutlu Ramazan Çadırı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259802077</t>
+          <t>9786259802084</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Namaz Makinesi</t>
+          <t>Bunu Kimden Duydun?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259802060</t>
+          <t>9786259802077</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Namaz Makinesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259802053</t>
+          <t>9786259802060</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Benim Siyer Sözlüğüm</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259802046</t>
+          <t>9786259802053</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Endülüs'te - İslam Şehirlerini Geziyorum</t>
+          <t>Benim Siyer Sözlüğüm</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259802039</t>
+          <t>9786259802046</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kabe ve Çocuk</t>
+          <t>Yusuf Endülüs'te - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259802015</t>
+          <t>9786259802039</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Çılgın Yolculuk &amp; Planet Ömer 5</t>
+          <t>Kabe ve Çocuk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259802022</t>
+          <t>9786259802015</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Pusulası - Peygamberimin (sav) İzinde</t>
+          <t>Gökyüzüne Çılgın Yolculuk &amp; Planet Ömer 5</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259802008</t>
+          <t>9786259802022</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Alyanak Projesi &amp; Nuriye Ecmel 2</t>
+          <t>Dostluk Pusulası - Peygamberimin (sav) İzinde</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256360877</t>
+          <t>9786259802008</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Yöneten Mirket - Fenerle Ara Bul</t>
+          <t>Alyanak Projesi &amp; Nuriye Ecmel 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256360891</t>
+          <t>9786256360877</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Peşinde – Kur’an Bize Ne Söyler?</t>
+          <t>Duygularını Yöneten Mirket - Fenerle Ara Bul</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256360884</t>
+          <t>9786256360891</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Kolayca Öğreniyorum</t>
+          <t>Meraklı Sorular Peşinde – Kur’an Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256360839</t>
+          <t>9786256360884</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Boyaların En Güzeli</t>
+          <t>Namaz Kılmayı Kolayca Öğreniyorum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256360792</t>
+          <t>9786256360839</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Camiden Parka İlk Kelimelerim - Oyuncaklı Kitap</t>
+          <t>Boyaların En Güzeli</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>475</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256360754</t>
+          <t>9786256360792</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
+          <t>Camiden Parka İlk Kelimelerim - Oyuncaklı Kitap</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>475</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256360822</t>
+          <t>9786256360754</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Neden Namaz Kılmalıyım? - Eren’in Akıllıca Soruları</t>
+          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256360808</t>
+          <t>9786256360822</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tablet - Hiç Göründüğü Gibi Değil</t>
+          <t>Neden Namaz Kılmalıyım? - Eren’in Akıllıca Soruları</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256360815</t>
+          <t>9786256360808</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa ve Çocuk (Çıkartma Hediyeli, Ara - Bul Kitabı)</t>
+          <t>Tablet - Hiç Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256360488</t>
+          <t>9786256360815</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Bana Dinimi Anlat (Ciltli)</t>
+          <t>Mescid-i Aksa ve Çocuk (Çıkartma Hediyeli, Ara - Bul Kitabı)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256360785</t>
+          <t>9786256360488</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Saraybosna'da - İslam Şehirlerini Geziyorum</t>
+          <t>Soru ve Cevaplarla Bana Dinimi Anlat (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256360778</t>
+          <t>9786256360785</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yardım Benim İşim - Miyu</t>
+          <t>Yusuf Saraybosna'da - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256360211</t>
+          <t>9786256360778</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kurtarma Görevi / Planet Ömer 3</t>
+          <t>Yardım Benim İşim - Miyu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256360686</t>
+          <t>9786256360211</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Okulun Yeni Kahramanı - Planet Ömer 4</t>
+          <t>Olağanüstü Kurtarma Görevi / Planet Ömer 3</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256360112</t>
+          <t>9786256360686</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Süper Dedektif - Planet Ömer 2</t>
+          <t>Okulun Yeni Kahramanı - Planet Ömer 4</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256360020</t>
+          <t>9786256360112</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Canım Allah'ım Sübhanallah</t>
+          <t>Beklenmedik Süper Dedektif - Planet Ömer 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050844238</t>
+          <t>9786256360020</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed - Peygamber Hikayeleri 10</t>
+          <t>Canım Allah'ım Sübhanallah</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050844245</t>
+          <t>9786050844238</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İsa - Peygamber Hikayeleri 9</t>
+          <t>Hazreti Muhammed - Peygamber Hikayeleri 10</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050844221</t>
+          <t>9786050844245</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yunus - Peygamber Hikayeleri 8</t>
+          <t>Hazreti İsa - Peygamber Hikayeleri 9</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050844214</t>
+          <t>9786050844221</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Süleyman - Peygamber Hikayeleri 7</t>
+          <t>Hazreti Yunus - Peygamber Hikayeleri 8</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050844207</t>
+          <t>9786050844214</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa - Peygamber Hikayeleri 6</t>
+          <t>Hazreti Süleyman - Peygamber Hikayeleri 7</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050844191</t>
+          <t>9786050844207</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Eyüp - Peygamber Hikayeleri 5</t>
+          <t>Hazreti Musa - Peygamber Hikayeleri 6</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050844184</t>
+          <t>9786050844191</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yusuf - Peygamber Hikayeleri 4</t>
+          <t>Hazreti Eyüp - Peygamber Hikayeleri 5</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050844177</t>
+          <t>9786050844184</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İbrahim - Peygamber Hikayeleri 3</t>
+          <t>Hazreti Yusuf - Peygamber Hikayeleri 4</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050844160</t>
+          <t>9786050844177</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Nuh - Peygamber Hikayeleri 2</t>
+          <t>Hazreti İbrahim - Peygamber Hikayeleri 3</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050844153</t>
+          <t>9786050844160</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Adem - Peygamber Hikayeleri 1</t>
+          <t>Hazreti Nuh - Peygamber Hikayeleri 2</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050844146</t>
+          <t>9786050844153</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Set (10 Kitap)</t>
+          <t>Hazreti Adem - Peygamber Hikayeleri 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050821239</t>
+          <t>9786050844146</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan Set (10 Kitap Takım)</t>
+          <t>Peygamber Hikayeleri Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050821659</t>
+          <t>9786050821239</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Kitap Okumayı Seviyoruz</t>
+          <t>Can ile Canan Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>75</v>
+        <v>750</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050821642</t>
+          <t>9786050821659</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Akrabalarımızı Seviyoruz</t>
+          <t>Can ile Canan - Kitap Okumayı Seviyoruz</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050821635</t>
+          <t>9786050821642</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Komşularımızı Seviyoruz</t>
+          <t>Can ile Canan - Akrabalarımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050821611</t>
+          <t>9786050821635</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Hayvanları Seviyoruz</t>
+          <t>Can ile Canan - Komşularımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050821604</t>
+          <t>9786050821611</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Babamızı Seviyoruz</t>
+          <t>Can ile Canan - Hayvanları Seviyoruz</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050821581</t>
+          <t>9786050821604</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Annemizi Seviyoruz</t>
+          <t>Can ile Canan - Babamızı Seviyoruz</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050821598</t>
+          <t>9786050821581</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Arkadaşlarımızı Seviyoruz</t>
+          <t>Can ile Canan - Annemizi Seviyoruz</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050821574</t>
+          <t>9786050821598</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Kardeşimizi Seviyoruz</t>
+          <t>Can ile Canan - Arkadaşlarımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050821628</t>
+          <t>9786050821574</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Bitkileri Seviyoruz</t>
+          <t>Can ile Canan - Kardeşimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050821666</t>
+          <t>9786050821628</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Öğretmenimizi Seviyoruz</t>
+          <t>Can ile Canan - Bitkileri Seviyoruz</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050817881</t>
+          <t>9786050821666</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dini Eğitim Odaklı Timaş Okul Öncesi Eğitim Seti</t>
+          <t>Can ile Canan - Öğretmenimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>1850</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256360525</t>
+          <t>9786050817881</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Atlası</t>
+          <t>Dini Eğitim Odaklı Timaş Okul Öncesi Eğitim Seti</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>1520508061031</t>
+          <t>9786256360525</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu Set (4 Kitap)</t>
+          <t>Kur'an Atlası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256360044</t>
+          <t>1520508061031</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Peygamberimi Tanıyorum</t>
+          <t>Meraklı Kutu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>560</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256360501</t>
+          <t>9786256360044</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rabbimi Biliyorum Şekilleri Öğreniyorum (Tak-Çıkar Kitap)</t>
+          <t>Meraklı Kutu - Peygamberimi Tanıyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256360600</t>
+          <t>9786256360501</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Şirin Serçe Duayı Öğreniyor - Yapbozlu Kitap 4</t>
+          <t>Rabbimi Biliyorum Şekilleri Öğreniyorum (Tak-Çıkar Kitap)</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256360259</t>
+          <t>9786256360600</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ağzını Kocaman Aç - Duyularla Rabbimi Tanıyorum 4 (Pencereli Kitap)</t>
+          <t>Şirin Serçe Duayı Öğreniyor - Yapbozlu Kitap 4</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256360235</t>
+          <t>9786256360259</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Burnunu Kocaman Aç - Duyularla Rabbimi Tanıyorum 2 (Pencereli Kitap)</t>
+          <t>Ağzını Kocaman Aç - Duyularla Rabbimi Tanıyorum 4 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256360228</t>
+          <t>9786256360235</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kulaklarını Kocaman Aç - Duyularla Rabbimi Tanıyorum 1 (Pencereli Kitap)</t>
+          <t>Burnunu Kocaman Aç - Duyularla Rabbimi Tanıyorum 2 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256360570</t>
+          <t>9786256360228</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yumi Elhamdülillah'ı Öğreniyor / Yapbozlu Kitap 3</t>
+          <t>Kulaklarını Kocaman Aç - Duyularla Rabbimi Tanıyorum 1 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256360723</t>
+          <t>9786256360570</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bayram</t>
+          <t>Yumi Elhamdülillah'ı Öğreniyor / Yapbozlu Kitap 3</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256360716</t>
+          <t>9786256360723</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz. Ali'yi (ra) ve Hz. Zeyd'i (ra) Tanıyorum</t>
+          <t>Mutlu Bayram</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256360709</t>
+          <t>9786256360716</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz Fatıma'yı (ra) ve Peygamberimizin Torunlarını Tanıyorum</t>
+          <t>Meraklı Kutu - Hz. Ali'yi (ra) ve Hz. Zeyd'i (ra) Tanıyorum</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>1520508059786</t>
+          <t>9786256360709</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerle Dini Değerler Set</t>
+          <t>Meraklı Kutu - Hz Fatıma'yı (ra) ve Peygamberimizin Torunlarını Tanıyorum</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256360327</t>
+          <t>1520508059786</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Semerkand'da - İslam Şehirlerini Geziyorum</t>
+          <t>Ayetlerle Dini Değerler Set</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256360440</t>
+          <t>9786256360327</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 10. Kitap</t>
+          <t>Yusuf Semerkand'da - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256360433</t>
+          <t>9786256360440</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 9. Kitap</t>
+          <t>Sahabe Hikayeleri 10. Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256360426</t>
+          <t>9786256360433</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 8. Kitap</t>
+          <t>Sahabe Hikayeleri 9. Kitap</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256360419</t>
+          <t>9786256360426</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 7. Kitap</t>
+          <t>Sahabe Hikayeleri 8. Kitap</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256360402</t>
+          <t>9786256360419</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 6. Kitap</t>
+          <t>Sahabe Hikayeleri 7. Kitap</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256360396</t>
+          <t>9786256360402</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 5. Kitap</t>
+          <t>Sahabe Hikayeleri 6. Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256360389</t>
+          <t>9786256360396</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 4. Kitap</t>
+          <t>Sahabe Hikayeleri 5. Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256360372</t>
+          <t>9786256360389</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 3. Kitap</t>
+          <t>Sahabe Hikayeleri 4. Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256360365</t>
+          <t>9786256360372</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 2. Kitap</t>
+          <t>Sahabe Hikayeleri 3. Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256360358</t>
+          <t>9786256360365</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 1. Kitap</t>
+          <t>Sahabe Hikayeleri 2. Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>1520508059458</t>
+          <t>9786256360358</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri Set</t>
+          <t>Sahabe Hikayeleri 1. Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256360037</t>
+          <t>1520508059458</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Karadaki Hayvanlar - Ara Bul / Allah Ne Güzel Yaratmış</t>
+          <t>Sahabe Hikayeleri Set</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>1520508058536</t>
+          <t>9786256360037</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Allah Ne Güzel Yaratmış</t>
+          <t>Karadaki Hayvanlar - Ara Bul / Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256360679</t>
+          <t>1520508058536</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Görev: İlk Oruç - Nuriye Ecmel</t>
+          <t>Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>110</v>
+        <v>720</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050844009</t>
+          <t>9786256360679</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şükür Günlüğü - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Görev: İlk Oruç - Nuriye Ecmel</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050843996</t>
+          <t>9786050844009</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Duası - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Şükür Günlüğü - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050844030</t>
+          <t>9786050843996</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yarışı</t>
+          <t>Bisiklet Duası - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050844016</t>
+          <t>9786050844030</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Selamın Gücü - Güzel Dinim Tatlı Değerlerim</t>
+          <t>İyilik Yarışı</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256360457</t>
+          <t>9786050844016</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
+          <t>Selamın Gücü - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256360013</t>
+          <t>9786256360457</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberler Tarihi</t>
+          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050825657</t>
+          <t>9786256360013</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde Ramazan</t>
+          <t>365 Günde Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256360310</t>
+          <t>9786050825657</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+          <t>Bizim Evde Ramazan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256360198</t>
+          <t>9786256360310</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Peşinde – Kur’an Niçin Gönderildi?</t>
+          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256360655</t>
+          <t>9786256360198</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Bekliyorum - İlk Dini Kavramlarım (Sabır)</t>
+          <t>Meraklı Sorular Peşinde – Kur’an Niçin Gönderildi?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256360648</t>
+          <t>9786256360655</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzellikleri Veren Sensin - İlk Dini Kavramlarım (Şükür)</t>
+          <t>Senin İçin Bekliyorum - İlk Dini Kavramlarım (Sabır)</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256360242</t>
+          <t>9786256360648</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Kocaman Aç - Duyularla Rabbimi Tanıyorum 3 (Pencereli Kitap)</t>
+          <t>Bütün Güzellikleri Veren Sensin - İlk Dini Kavramlarım (Şükür)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256360280</t>
+          <t>9786256360242</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sesi Duyan Panda - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
+          <t>Gözlerini Kocaman Aç - Duyularla Rabbimi Tanıyorum 3 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256360266</t>
+          <t>9786256360280</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gagasını Göremeyen Tukan - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
+          <t>İçindeki Sesi Duyan Panda - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256360273</t>
+          <t>9786256360266</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerle Tanışıyorum</t>
+          <t>Gagasını Göremeyen Tukan - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256360297</t>
+          <t>9786256360273</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İlk Dini Kavramlarım Biliyorum Hep Yanımdasın</t>
+          <t>İbadetlerle Tanışıyorum</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256360303</t>
+          <t>9786256360297</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Dua Ettim - İlk Dini Kavramlarım</t>
+          <t>İlk Dini Kavramlarım Biliyorum Hep Yanımdasın</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256360174</t>
+          <t>9786256360303</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zebra Selamlaşmayı Öğreniyor / Yapbozlu Kitap 2</t>
+          <t>Senin İçin Dua Ettim - İlk Dini Kavramlarım</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256360204</t>
+          <t>9786256360174</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yobi Besmeleyi Öğreniyor / Yapbozlu Kitap 1</t>
+          <t>Meraklı Zebra Selamlaşmayı Öğreniyor / Yapbozlu Kitap 2</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>1520508060744</t>
+          <t>9786256360204</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kendim İçin Ne Yapmalıyım? - Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
+          <t>Yobi Besmeleyi Öğreniyor / Yapbozlu Kitap 1</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>1520508060751</t>
+          <t>1520508060744</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Nasıl Davranmalıyım- Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
+          <t>Kendim İçin Ne Yapmalıyım? - Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256360136</t>
+          <t>1520508060751</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Beni Çok Seven Rabbim</t>
+          <t>İnsanlara Nasıl Davranmalıyım- Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256360105</t>
+          <t>9786256360136</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Allah Benimle</t>
+          <t>Beni Çok Seven Rabbim</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256360334</t>
+          <t>9786256360105</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerle Süper Oluyorum</t>
+          <t>Allah Benimle</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256360129</t>
+          <t>9786256360334</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Dini Değerler</t>
+          <t>İbadetlerle Süper Oluyorum</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256360068</t>
+          <t>9786256360129</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Sürprizleri - Ara Bul</t>
+          <t>Oyunlarla Dini Değerler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256360075</t>
+          <t>9786256360068</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Cami</t>
+          <t>Ramazan Sürprizleri - Ara Bul</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050844931</t>
+          <t>9786256360075</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dualarla Süper Oluyorum</t>
+          <t>Mutlu Cami</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050843453</t>
+          <t>9786050844931</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’an-ı Kerim Sözlüğüm (Ciltli)</t>
+          <t>Dualarla Süper Oluyorum</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256360662</t>
+          <t>9786050843453</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar Peygamberimi Anlatıyor (Fleksi Kapak)</t>
+          <t>Benim Kur’an-ı Kerim Sözlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256360631</t>
+          <t>9786256360662</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tepelerine Yolculuk</t>
+          <t>Sevimli Hayvanlar Peygamberimi Anlatıyor (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256360167</t>
+          <t>9786256360631</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Hayal Tepelerine Yolculuk</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256360150</t>
+          <t>9786256360167</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Havadaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Sudaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256360143</t>
+          <t>9786256360150</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Havadaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256360006</t>
+          <t>9786256360143</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler - Planet Ömer 1</t>
+          <t>Çiftlikteki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050845082</t>
+          <t>9786256360006</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Can Can - Dini Hikayelerle Ahlak Eğitimi</t>
+          <t>Vay Başıma Gelenler - Planet Ömer 1</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050844801</t>
+          <t>9786050845082</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Peygamberim</t>
+          <t>Can Can - Dini Hikayelerle Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050844023</t>
+          <t>9786050844801</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Matara - Güzel Dinim Tatlı Değerlerim</t>
+          <t>365 Günde Sevgili Peygamberim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050844498</t>
+          <t>9786050844023</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberimin Arkadaşları</t>
+          <t>Kayıp Matara - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050844481</t>
+          <t>9786050844498</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kur’an’ımdan Öyküler</t>
+          <t>365 Günde Peygamberimin Arkadaşları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050843675</t>
+          <t>9786050844481</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Taze Portakal Suyu</t>
+          <t>Sevgili Kur’an’ımdan Öyküler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050843538</t>
+          <t>9786050843675</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 2: İman Ediyorum</t>
+          <t>Taze Portakal Suyu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050843545</t>
+          <t>9786050843538</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 3: İbadet Ediyorum</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 2: İman Ediyorum</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050843521</t>
+          <t>9786050843545</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakı Öğreniyorum - Renklerle Güzel Dinim Boyama Kitabı 1</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 3: İbadet Ediyorum</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050843552</t>
+          <t>9786050843521</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabım 4: Kitabım Kur’an</t>
+          <t>Güzel Ahlakı Öğreniyorum - Renklerle Güzel Dinim Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050843514</t>
+          <t>9786050843552</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 5: Peygamberimin Hayatı</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabım 4: Kitabım Kur’an</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050839388</t>
+          <t>9786050843514</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'daki Hayvanlar Ara-Bul</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 5: Peygamberimin Hayatı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050839395</t>
+          <t>9786050839388</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleriyle Elifba (Kur'an Harflerini) Öğreniyorum</t>
+          <t>Kur'an'daki Hayvanlar Ara-Bul</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050838961</t>
+          <t>9786050839395</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Kutu Oyunu - Macera Çoktan Başladı</t>
+          <t>Hafıza Teknikleriyle Elifba (Kur'an Harflerini) Öğreniyorum</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050838923</t>
+          <t>9786050838961</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin Teşekkür Ederim Allah'ım</t>
+          <t>Yolcu Kutu Oyunu - Macera Çoktan Başladı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050838916</t>
+          <t>9786050838923</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İçin Teşekkür Ederim Allah'ım</t>
+          <t>Babam İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050838930</t>
+          <t>9786050838916</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin Teşekkür Ederim Allah'ım</t>
+          <t>Kardeşim İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050838893</t>
+          <t>9786050838930</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ederim Allah'ım (4 Kitap Takım)</t>
+          <t>Annem İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050838534</t>
+          <t>9786050838893</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı Set (10 Kitap)</t>
+          <t>Teşekkür Ederim Allah'ım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>750</v>
+        <v>720</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050833140</t>
+          <t>9786050838534</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayını Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Peygamberimizin Hayatı Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050833034</t>
+          <t>9786050833140</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan Peygamberimizi Seviyoruz 2 (5 Kitap Takım)</t>
+          <t>Ramazan Ayını Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>425</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050833065</t>
+          <t>9786050833034</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Çok Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Can ile Canan Peygamberimizi Seviyoruz 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050833089</t>
+          <t>9786050833065</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dua Eden Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Çocukları Çok Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050833072</t>
+          <t>9786050833089</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dargınları Barıştıran Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Dua Eden Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050833058</t>
+          <t>9786050833072</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Önem Veren Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Dargınları Barıştıran Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050831979</t>
+          <t>9786050833058</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Mucizeleri</t>
+          <t>Bilgiye Önem Veren Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050830156</t>
+          <t>9786050831979</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mucizeleri</t>
+          <t>Peygamberlerin Mucizeleri</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050829938</t>
+          <t>9786050830156</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Besmele Hazinesi</t>
+          <t>Peygamberimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050829082</t>
+          <t>9786050829938</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Merhametli Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Besmele Hazinesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050829105</t>
+          <t>9786050829082</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Merhametli Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050829075</t>
+          <t>9786050829105</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Çalışkan Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050829068</t>
+          <t>9786050829075</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cömert Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Dürüst Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050829099</t>
+          <t>9786050829068</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tertemiz Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Cömert Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050829051</t>
+          <t>9786050829099</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan Peygamberimizi Seviyoruz Seti (5 Kitap Takım)</t>
+          <t>Tertemiz Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050828627</t>
+          <t>9786050829051</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Elif İle Ahmet'in Umre Günlüğü</t>
+          <t>Can İle Canan Peygamberimizi Seviyoruz Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050825763</t>
+          <t>9786050828627</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Süsü Oruç</t>
+          <t>Elif İle Ahmet'in Umre Günlüğü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050825503</t>
+          <t>9786050825763</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İpuçları</t>
+          <t>Kalbimin Süsü Oruç</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050824827</t>
+          <t>9786050825503</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yücelerden Yüce Allahım (Ciltli)</t>
+          <t>Yoldaki İpuçları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752635463</t>
+          <t>9786050824827</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Yunus Yoyo</t>
+          <t>Yücelerden Yüce Allahım (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050822045</t>
+          <t>9789752635463</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Şükürler Olsun Allah'ım</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Yunus Yoyo</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050813340</t>
+          <t>9786050822045</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Teknoloji</t>
+          <t>Şükürler Olsun Allah'ım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753629157</t>
+          <t>9786050813340</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Merak Ediyorum - Dinimi Öğreniyorum</t>
+          <t>Tabiat ve Teknoloji</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050820058</t>
+          <t>9789753629157</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 2 : Kral Aslan Sercan Ötekileştirmemek</t>
+          <t>Cenneti Merak Ediyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050820119</t>
+          <t>9786050820058</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 8 : Ördek Rengarenk Danışmak</t>
+          <t>Hadis Bahçesi 2 : Kral Aslan Sercan Ötekileştirmemek</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050820003</t>
+          <t>9786050820119</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler Set (10 Kitap Takım)</t>
+          <t>Hadis Bahçesi 8 : Ördek Rengarenk Danışmak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050820027</t>
+          <t>9786050820003</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 10 - Yaprak Böceği Yami Selam</t>
+          <t>Hikayelerle Dini Değerler Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050820010</t>
+          <t>9786050820027</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 8 - Sincap Sinko Ziyaret Adabı</t>
+          <t>Hikayelerle Dini Değerler 10 - Yaprak Böceği Yami Selam</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050819991</t>
+          <t>9786050820010</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 6 - Midilli Mini Allah İnancı</t>
+          <t>Hikayelerle Dini Değerler 8 - Sincap Sinko Ziyaret Adabı</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050819960</t>
+          <t>9786050819991</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 3 - Kurbağa Kuriş Dua</t>
+          <t>Hikayelerle Dini Değerler 6 - Midilli Mini Allah İnancı</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050819922</t>
+          <t>9786050819960</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 7 - Ayıcık Kayu Sabır</t>
+          <t>Hikayelerle Dini Değerler 3 - Kurbağa Kuriş Dua</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050819946</t>
+          <t>9786050819922</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 1 - Fino Foli Sadaka</t>
+          <t>Hikayelerle Dini Değerler 7 - Ayıcık Kayu Sabır</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050820140</t>
+          <t>9786050819946</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi (10 Kitap Takım)</t>
+          <t>Hikayelerle Dini Değerler 1 - Fino Foli Sadaka</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050818215</t>
+          <t>9786050820140</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sevgim Herkese Yeter mi?</t>
+          <t>Hadis Bahçesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050818208</t>
+          <t>9786050818215</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karıncayı İncitmemek Ne Demek?</t>
+          <t>Sevgim Herkese Yeter mi?</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050818192</t>
+          <t>9786050818208</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Ne Zaman Büyüyecek?</t>
+          <t>Karıncayı İncitmemek Ne Demek?</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050807233</t>
+          <t>9786050818192</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dedemden Mektuplar Seti (10 Kitap Takım)</t>
+          <t>Kardeşim Ne Zaman Büyüyecek?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>750</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050818260</t>
+          <t>9786050807233</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Büyükler Her Şeyi Bilir mi?</t>
+          <t>Dedemden Mektuplar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>75</v>
+        <v>750</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050818253</t>
+          <t>9786050818260</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Salıncakla Gökyüzüne Dokunabilir miyim?</t>
+          <t>Büyükler Her Şeyi Bilir mi?</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050818246</t>
+          <t>9786050818253</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dualarımın Hepsi Kabul Olur mu?</t>
+          <t>Salıncakla Gökyüzüne Dokunabilir miyim?</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050818239</t>
+          <t>9786050818246</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kediye Havuç Versem Olmaz mı?</t>
+          <t>Dualarımın Hepsi Kabul Olur mu?</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050818222</t>
+          <t>9786050818239</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ağzım Kulaklarıma Varır mı?</t>
+          <t>Kediye Havuç Versem Olmaz mı?</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050818185</t>
+          <t>9786050818222</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Okulu Nerede?</t>
+          <t>Ağzım Kulaklarıma Varır mı?</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050818178</t>
+          <t>9786050818185</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar Gerçekten Var mıydı?</t>
+          <t>Kuşların Okulu Nerede?</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050800982</t>
+          <t>9786050818178</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hastaları Unutmuyoruz - Hadisleri Öğreniyorum</t>
+          <t>Dinazorlar Gerçekten Var mıydı?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050813302</t>
+          <t>9786050800982</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Renkli Dünyası</t>
+          <t>Hastaları Unutmuyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050800944</t>
+          <t>9786050813302</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sevgimizi Paylaşıyoruz - Hadisleri Öğreniyorum</t>
+          <t>Bitkilerin Renkli Dünyası</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786051141992</t>
+          <t>9786050800944</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İsimlerini Öğreniyorum - 2 (10 Kitap Takım)</t>
+          <t>Sevgimizi Paylaşıyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753628440</t>
+          <t>9786051141992</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimlerini Biliyorum - Dinimi Öğreniyorum</t>
+          <t>Allah’ın İsimlerini Öğreniyorum - 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>60</v>
+        <v>750</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752635470</t>
+          <t>9789753628440</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum; Ahtapot Oktobus</t>
+          <t>Allah'ın Güzel İsimlerini Biliyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753628426</t>
+          <t>9789752635470</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa</t>
+          <t>Allah'ın İsimlerini Öğreniyorum; Ahtapot Oktobus</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753629034</t>
+          <t>9789753628426</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hz. Davud</t>
+          <t>Hz. İsa</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786050813326</t>
+          <t>9789753629034</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Ötesi</t>
+          <t>Hz. Davud</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050813364</t>
+          <t>9786050813326</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzündeki Güzellikler</t>
+          <t>Gökyüzü ve Ötesi</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050813357</t>
+          <t>9786050813364</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Yolculuk</t>
+          <t>Yeryüzündeki Güzellikler</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752636217</t>
+          <t>9786050813357</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Nurdan Tacım Güzel Ahlakım</t>
+          <t>Yeraltına Yolculuk</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786050813289</t>
+          <t>9789752636217</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz ve Biz</t>
+          <t>Nurdan Tacım Güzel Ahlakım</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753629140</t>
+          <t>9786050813289</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Melekler Beni Seviyor</t>
+          <t>Vücudumuz ve Biz</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752635432</t>
+          <t>9789753629140</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Denizatı Dıgıdık</t>
+          <t>Melekler Beni Seviyor</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752635944</t>
+          <t>9789752635432</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Kunduz Kumpaz</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Denizatı Dıgıdık</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753628457</t>
+          <t>9789752635944</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kitabımın Kur’an Olduğunu Biliyorum</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Kunduz Kumpaz</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752634404</t>
+          <t>9789753628457</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Küçük Sevgim Büyük</t>
+          <t>Kitabımın Kur’an Olduğunu Biliyorum</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752635487</t>
+          <t>9789752634404</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: İpekböceği Pırpır</t>
+          <t>Kalbim Küçük Sevgim Büyük</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050811681</t>
+          <t>9789752635487</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İlk Öğretmenim Peygamberim (Ciltli)</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: İpekböceği Pırpır</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050813265</t>
+          <t>9786050811681</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Allah’ı Anlatıyor - (10 Kitap Takım)</t>
+          <t>İlk Öğretmenim Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050800975</t>
+          <t>9786050813265</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hediye Hazırlıyoruz - Hadisleri Öğreniyorum</t>
+          <t>Her Şey Allah’ı Anlatıyor - (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>60</v>
+        <v>750</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050813296</t>
+          <t>9786050800975</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Renkli Dünyası</t>
+          <t>Hediye Hazırlıyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752635517</t>
+          <t>9786050813296</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Deve Hörgüç</t>
+          <t>Hayvanların Renkli Dünyası</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786050813319</t>
+          <t>9789752635517</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Canlılar ve Yetenekleri</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Deve Hörgüç</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752635425</t>
+          <t>9786050813319</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Su Aygırı Hipos</t>
+          <t>Canlılar ve Yetenekleri</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786050813333</t>
+          <t>9789752635425</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Su Altına Yolculuk</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Su Aygırı Hipos</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752635449</t>
+          <t>9786050813333</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Somon Simsim</t>
+          <t>Su Altına Yolculuk</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786050804324</t>
+          <t>9789752635449</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kuranımdan Öyküler (Ciltli)</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Somon Simsim</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>49.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752635500</t>
+          <t>9786050804324</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Serçe Kuşu Benekli</t>
+          <t>Sevgili Kuranımdan Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>75</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752635456</t>
+          <t>9789752635500</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Penguen Badi</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Serçe Kuşu Benekli</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786050813272</t>
+          <t>9789752635456</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve Dünyamız</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Penguen Badi</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753628471</t>
+          <t>9786050813272</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Beni Kimin Yarattığını Biliyorum</t>
+          <t>Mevsimler ve Dünyamız</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
+          <t>9789753628471</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Beni Kimin Yarattığını Biliyorum</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
           <t>9789752637375</t>
         </is>
       </c>
-      <c r="B296" s="1" t="inlineStr">
+      <c r="B297" s="1" t="inlineStr">
         <is>
           <t>Allah’ın İsimlerini Öğreniyorum (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C296" s="1">
+      <c r="C297" s="1">
         <v>750</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>