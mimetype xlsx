--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,4480 +85,4540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259385204</t>
+          <t>9786259385297</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Siyer Atlası - Sevgili Peygamberim (Ciltli)</t>
+          <t>Beş Vakit Bahçe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259561691</t>
+          <t>9786259385259</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberim Günlüğümde</t>
+          <t>Ne Gerek Vardı Dükkanı-Nuriye Ecmel 4</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786050814354</t>
+          <t>1520508660500</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>365 Days With The Prophet Muhammad (Ciltli)</t>
+          <t>Ramazan Hediyem Kutusu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753629058</t>
+          <t>9786256360853</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa</t>
+          <t>İyilik Halkası (Yapbozlu Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050838237</t>
+          <t>9786259385204</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Elçilere Verilen Mektup - Peygamberimizin Hayatı</t>
+          <t>Siyer Atlası - Sevgili Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050824384</t>
+          <t>9786259561691</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Biricik Allah'ım Lailaheillallah</t>
+          <t>Sevgili Peygamberim Günlüğümde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050843576</t>
+          <t>9786050814354</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı Set (5 Kitap)</t>
+          <t>365 Days With The Prophet Muhammad (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050820096</t>
+          <t>9789753629058</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 6 : Fener Balığı Pıtır Araştırmak</t>
+          <t>Hz. Musa</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050820089</t>
+          <t>9786050838237</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 5 : Ceylan Cancan Arkadaşlık</t>
+          <t>Elçilere Verilen Mektup - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786050819953</t>
+          <t>9786050824384</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 9 - Kedicik Badem Nankör Olmamak</t>
+          <t>Biricik Allah'ım Lailaheillallah</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050819984</t>
+          <t>9786050843576</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 4 - Maymun Miço İyilik</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050819939</t>
+          <t>9786050820096</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 2 - Civciv Ceviz Nimet</t>
+          <t>Hadis Bahçesi 6 : Fener Balığı Pıtır Araştırmak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050801019</t>
+          <t>9786050820089</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Temizliği Önemsiyoruz - Hadisleri Öğreniyorum</t>
+          <t>Hadis Bahçesi 5 : Ceylan Cancan Arkadaşlık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050801002</t>
+          <t>9786050819953</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Biliyoruz - Hadisleri Öğreniyorum</t>
+          <t>Hikayelerle Dini Değerler 9 - Kedicik Badem Nankör Olmamak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050800968</t>
+          <t>9786050819984</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yardıma Koşuyoruz - Hadisleri Öğreniyorum</t>
+          <t>Hikayelerle Dini Değerler 4 - Maymun Miço İyilik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050800937</t>
+          <t>9786050819939</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemeyi Seviyoruz - Hadisleri Öğreniyorum</t>
+          <t>Hikayelerle Dini Değerler 2 - Civciv Ceviz Nimet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753629126</t>
+          <t>9786050801019</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Seviyorum</t>
+          <t>Temizliği Önemsiyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753628402</t>
+          <t>9786050801002</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh</t>
+          <t>Paylaşmayı Biliyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753629027</t>
+          <t>9786050800968</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman</t>
+          <t>Yardıma Koşuyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753629065</t>
+          <t>9786050800937</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hz. Eyüp</t>
+          <t>Gülümsemeyi Seviyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256360693</t>
+          <t>9789753629126</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz Hatice'yi (ra) ve Peygamberimizin Çocuklarını Tanıyorum</t>
+          <t>Namaz Kılmayı Seviyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259561677</t>
+          <t>9789753628402</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Minik Ayaklar Büyük Macera</t>
+          <t>Hz. Nuh</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259561660</t>
+          <t>9789753629027</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Taşı Eriten İyilik</t>
+          <t>Hz. Süleyman</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256360051</t>
+          <t>9789753629065</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni Seviyor (Ciltli)</t>
+          <t>Hz. Eyüp</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050838596</t>
+          <t>9786256360693</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Baş Ucu Klasikleri: 365 Gün Serisi Seti (3 Kitap Takım)</t>
+          <t>Meraklı Kutu - Hz Hatice'yi (ra) ve Peygamberimizin Çocuklarını Tanıyorum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259561653</t>
+          <t>9786259561677</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri - Ara Bul</t>
+          <t>Minik Ayaklar Büyük Macera</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259561646</t>
+          <t>9786259561660</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ayna</t>
+          <t>Taşı Eriten İyilik</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259561639</t>
+          <t>9786256360051</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Nebevî ve Çocuk (Çıkartma Hediyeli)</t>
+          <t>Allah Beni Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259561622</t>
+          <t>9786050838596</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kısa Sureler / Kur'an'ı Keşfe Çıkıyoruz</t>
+          <t>Baş Ucu Klasikleri: 365 Gün Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>490</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259802091</t>
+          <t>9786259561653</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzgiller</t>
+          <t>Peygamber Meslekleri - Ara Bul</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786050803174</t>
+          <t>9786259561646</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Rabbimi Anıyorum</t>
+          <t>Gizemli Ayna</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>24</v>
+        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051142029</t>
+          <t>9786259561639</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Piko - Allah'ın Mucib İsmini Öğreniyor</t>
+          <t>Mescid-i Nebevî ve Çocuk (Çıkartma Hediyeli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753629133</t>
+          <t>9786259561622</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Teşekkür Ediyorum</t>
+          <t>Kısa Sureler / Kur'an'ı Keşfe Çıkıyoruz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050826500</t>
+          <t>9786259802091</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
+          <t>Mutsuzgiller</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050825602</t>
+          <t>9786050803174</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Peygamber ve Çocuk</t>
+          <t>Boyuyorum Rabbimi Anıyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050828450</t>
+          <t>9786051142029</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
+          <t>Baykuş Piko - Allah'ın Mucib İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050825664</t>
+          <t>9789753629133</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Çocuk</t>
+          <t>Allah’a Teşekkür Ediyorum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050822052</t>
+          <t>9786050826500</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Esma'ül Hüsna Rabbimin 99 İsmi (Ciltli)</t>
+          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786050802702</t>
+          <t>9786050825602</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni Seviyor (Ciltli)</t>
+          <t>Peygamber ve Çocuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051140391</t>
+          <t>9786050828450</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberimin Arkadaşları (Ciltli)</t>
+          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752635333</t>
+          <t>9786050825664</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Peygamberim (Ciltli)</t>
+          <t>Ramazan ve Çocuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786050800999</t>
+          <t>9786050822052</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sabretmeyi Öğreniyoruz - Hadisleri Öğreniyorum</t>
+          <t>Esma'ül Hüsna Rabbimin 99 İsmi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>45</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753628464</t>
+          <t>9786050802702</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Kim Olduğunu Biliyorum - Dinimi Öğreniyorum</t>
+          <t>Allah Beni Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752637351</t>
+          <t>9786051140391</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Öyküleri Seti (11 Kitap)</t>
+          <t>365 Günde Peygamberimin Arkadaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051142081</t>
+          <t>9789752635333</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Papağan Pappi - Allah'ın Şekür İsmini Öğreniyor</t>
+          <t>365 Günde Sevgili Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050800951</t>
+          <t>9786050800999</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Öfkemizi Yeniyoruz - Hadisleri Öğreniyorum</t>
+          <t>Sabretmeyi Öğreniyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753629119</t>
+          <t>9789753628464</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutmayı Seviyorum</t>
+          <t>Peygamberimin Kim Olduğunu Biliyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051142104</t>
+          <t>9789752637351</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuzu Kıvırcık - Allah’ın Cud İsmini Öğreniyor</t>
+          <t>Peygamber Öyküleri Seti (11 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051142050</t>
+          <t>9786051142081</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kösti - Allah'ın Hafız İsimlerini Öğreniyor</t>
+          <t>Papağan Pappi - Allah'ın Şekür İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051142067</t>
+          <t>9786050800951</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Zıpzıp - Allah'ın Latif İsmini Öğreniyor</t>
+          <t>Öfkemizi Yeniyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050819977</t>
+          <t>9789753629119</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 5 - Kuzucuk Kuzi Şükür</t>
+          <t>Oruç Tutmayı Seviyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050823684</t>
+          <t>9786051142104</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Canım Allahım</t>
+          <t>Kuzu Kıvırcık - Allah’ın Cud İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050820041</t>
+          <t>9786051142050</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 9 : Kutup Ayısı Tuntu Asla Vazgeçmemek</t>
+          <t>Köstebek Kösti - Allah'ın Hafız İsimlerini Öğreniyor</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050820065</t>
+          <t>9786051142067</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 3 : Yunus Nusnus Misafirperverlik</t>
+          <t>Kanguru Zıpzıp - Allah'ın Latif İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050820102</t>
+          <t>9786050819977</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 7 : Dinozor Dina İsraf Etmemek</t>
+          <t>Hikayelerle Dini Değerler 5 - Kuzucuk Kuzi Şükür</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050820133</t>
+          <t>9786050823684</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 10 : Tavus Vusvus Şükür</t>
+          <t>Canım Allahım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050820072</t>
+          <t>9786050820041</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 4 : Tilki Pofuduk İş Birliği</t>
+          <t>Hadis Bahçesi 9 : Kutup Ayısı Tuntu Asla Vazgeçmemek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050820126</t>
+          <t>9786050820065</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 1 : Arı Rırı Anne Sevgisi</t>
+          <t>Hadis Bahçesi 3 : Yunus Nusnus Misafirperverlik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051142036</t>
+          <t>9786050820102</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Van Kedisi Kartopu - Allah'ın Semi İsmini Öğreniyo</t>
+          <t>Hadis Bahçesi 7 : Dinozor Dina İsraf Etmemek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051142098</t>
+          <t>9786050820133</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zebra Şirin- Allah'ın Sani İsmini Öğreniyor</t>
+          <t>Hadis Bahçesi 10 : Tavus Vusvus Şükür</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051142074</t>
+          <t>9786050820072</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uçuç Böceği Pırıltı - Allah'ın Basir İsmini Öğreniyor</t>
+          <t>Hadis Bahçesi 4 : Tilki Pofuduk İş Birliği</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051142012</t>
+          <t>9786050820126</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tavus Kuşu Maviş -Allah'ın Cemil İsmini Öğreniyor</t>
+          <t>Hadis Bahçesi 1 : Arı Rırı Anne Sevgisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753629041</t>
+          <t>9786051142036</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf</t>
+          <t>Van Kedisi Kartopu - Allah'ın Semi İsmini Öğreniyo</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753628389</t>
+          <t>9786051142098</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yunus</t>
+          <t>Zebra Şirin- Allah'ın Sani İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752636996</t>
+          <t>9786051142074</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Uçuç Böceği Pırıltı - Allah'ın Basir İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753628396</t>
+          <t>9786051142012</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim</t>
+          <t>Tavus Kuşu Maviş -Allah'ın Cemil İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753628419</t>
+          <t>9789753629041</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem</t>
+          <t>Hz. Yusuf</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050800920</t>
+          <t>9789753628389</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Öğreniyorum Seti (10 Kitap)</t>
+          <t>Hz. Yunus</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051142043</t>
+          <t>9789752636996</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Fil Biricik - Allah'ın Vehhab İsmini Öğreniyor</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051140384</t>
+          <t>9789753628396</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Can Can (Ciltli)</t>
+          <t>Hz. İbrahim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050838275</t>
+          <t>9789753628419</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Peygamberimizin Hayatı</t>
+          <t>Hz. Adem</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050838268</t>
+          <t>9786050800920</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Davet- Peygamberimizin Hayatı</t>
+          <t>Hadisleri Öğreniyorum Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050838404</t>
+          <t>9786051142043</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuşlarla da Korur - Peygamberimizin Hayatı</t>
+          <t>Fil Biricik - Allah'ın Vehhab İsmini Öğreniyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050838244</t>
+          <t>9786051140384</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Bekçileri - Peygamberimizin Hayatı</t>
+          <t>Can Can (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050838480</t>
+          <t>9786050838275</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlanı Yiyen Kurtçuk - Peygamberimizin Hayatı</t>
+          <t>Yeni Bir Başlangıç - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050838497</t>
+          <t>9786050838268</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Herkes O'nu Bekliyor - Peygamberimizin Hayatı</t>
+          <t>Mutluluğa Davet- Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050838251</t>
+          <t>9786050838404</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Mescidin Mutlu Misafirleri - Peygamberimizin Hayatı</t>
+          <t>Minik Kuşlarla da Korur - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050838909</t>
+          <t>9786050838244</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Verdiğin Nimetler İçin Teşekkür Ederim Allah'ım</t>
+          <t>Mağaranın Bekçileri - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050838343</t>
+          <t>9786050838480</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlik Müjdesi - Peygamberimizin Hayatı</t>
+          <t>İlanı Yiyen Kurtçuk - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050838220</t>
+          <t>9786050838497</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Kucaklaşma Günü - Peygamberimizin Hayatı</t>
+          <t>Herkes O'nu Bekliyor - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753628433</t>
+          <t>9786050838251</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dua Etmeyi Biliyorum...</t>
+          <t>Mescidin Mutlu Misafirleri - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050801026</t>
+          <t>9786050838909</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylüyoruz - Hadisleri Öğreniyorum</t>
+          <t>Verdiğin Nimetler İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752637344</t>
+          <t>9786050838343</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum Seti (10 Kitap Takım)</t>
+          <t>Peygamberlik Müjdesi - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051145228</t>
+          <t>9786050838220</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum Dua Ediyorum</t>
+          <t>Şimdi Kucaklaşma Günü - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050803167</t>
+          <t>9789753628433</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ayet Öğreniyorum</t>
+          <t>Dua Etmeyi Biliyorum...</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>24</v>
+        <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051144436</t>
+          <t>9786050801026</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Biricik Peygamberim ve Onun Çağındaki Çocuklar</t>
+          <t>Doğruyu Söylüyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256360846</t>
+          <t>9789752637344</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Duyguları Gösteren Ayna</t>
+          <t>Dinimi Öğreniyorum Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259561608</t>
+          <t>9786051145228</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ramazan Çadırı</t>
+          <t>Boyuyorum Dua Ediyorum</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259802084</t>
+          <t>9786050803167</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bunu Kimden Duydun?</t>
+          <t>Ayet Öğreniyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>110</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259802077</t>
+          <t>9786051144436</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Namaz Makinesi</t>
+          <t>Biricik Peygamberim ve Onun Çağındaki Çocuklar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259802060</t>
+          <t>9786256360846</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Duyguları Gösteren Ayna</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259802053</t>
+          <t>9786259561608</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Benim Siyer Sözlüğüm</t>
+          <t>Mutlu Ramazan Çadırı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259802046</t>
+          <t>9786259802084</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Endülüs'te - İslam Şehirlerini Geziyorum</t>
+          <t>Bunu Kimden Duydun?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259802039</t>
+          <t>9786259802077</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kabe ve Çocuk</t>
+          <t>Namaz Makinesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259802015</t>
+          <t>9786259802060</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Çılgın Yolculuk &amp; Planet Ömer 5</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259802022</t>
+          <t>9786259802053</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Pusulası - Peygamberimin (sav) İzinde</t>
+          <t>Benim Siyer Sözlüğüm</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259802008</t>
+          <t>9786259802046</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Alyanak Projesi &amp; Nuriye Ecmel 2</t>
+          <t>Yusuf Endülüs'te - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256360877</t>
+          <t>9786259802039</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Yöneten Mirket - Fenerle Ara Bul</t>
+          <t>Kabe ve Çocuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256360891</t>
+          <t>9786259802015</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Peşinde – Kur’an Bize Ne Söyler?</t>
+          <t>Gökyüzüne Çılgın Yolculuk &amp; Planet Ömer 5</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256360884</t>
+          <t>9786259802022</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Kolayca Öğreniyorum</t>
+          <t>Dostluk Pusulası - Peygamberimin (sav) İzinde</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256360839</t>
+          <t>9786259802008</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Boyaların En Güzeli</t>
+          <t>Alyanak Projesi &amp; Nuriye Ecmel 2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256360792</t>
+          <t>9786256360877</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Camiden Parka İlk Kelimelerim - Oyuncaklı Kitap</t>
+          <t>Duygularını Yöneten Mirket - Fenerle Ara Bul</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256360754</t>
+          <t>9786256360891</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
+          <t>Meraklı Sorular Peşinde – Kur’an Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256360822</t>
+          <t>9786256360884</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Neden Namaz Kılmalıyım? - Eren’in Akıllıca Soruları</t>
+          <t>Namaz Kılmayı Kolayca Öğreniyorum</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256360808</t>
+          <t>9786256360839</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tablet - Hiç Göründüğü Gibi Değil</t>
+          <t>Boyaların En Güzeli</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256360815</t>
+          <t>9786256360792</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa ve Çocuk (Çıkartma Hediyeli, Ara - Bul Kitabı)</t>
+          <t>Camiden Parka İlk Kelimelerim - Oyuncaklı Kitap</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256360488</t>
+          <t>9786256360754</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Bana Dinimi Anlat (Ciltli)</t>
+          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256360785</t>
+          <t>9786256360822</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Saraybosna'da - İslam Şehirlerini Geziyorum</t>
+          <t>Neden Namaz Kılmalıyım? - Eren’in Akıllıca Soruları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256360778</t>
+          <t>9786256360808</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yardım Benim İşim - Miyu</t>
+          <t>Tablet - Hiç Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256360211</t>
+          <t>9786256360815</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Kurtarma Görevi / Planet Ömer 3</t>
+          <t>Mescid-i Aksa ve Çocuk (Çıkartma Hediyeli, Ara - Bul Kitabı)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256360686</t>
+          <t>9786256360488</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Okulun Yeni Kahramanı - Planet Ömer 4</t>
+          <t>Soru ve Cevaplarla Bana Dinimi Anlat (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256360112</t>
+          <t>9786256360785</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Süper Dedektif - Planet Ömer 2</t>
+          <t>Yusuf Saraybosna'da - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256360020</t>
+          <t>9786256360778</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Canım Allah'ım Sübhanallah</t>
+          <t>Yardım Benim İşim - Miyu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050844238</t>
+          <t>9786256360211</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed - Peygamber Hikayeleri 10</t>
+          <t>Olağanüstü Kurtarma Görevi / Planet Ömer 3</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050844245</t>
+          <t>9786256360686</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İsa - Peygamber Hikayeleri 9</t>
+          <t>Okulun Yeni Kahramanı - Planet Ömer 4</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050844221</t>
+          <t>9786256360112</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yunus - Peygamber Hikayeleri 8</t>
+          <t>Beklenmedik Süper Dedektif - Planet Ömer 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050844214</t>
+          <t>9786256360020</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Süleyman - Peygamber Hikayeleri 7</t>
+          <t>Canım Allah'ım Sübhanallah</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>295</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050844207</t>
+          <t>9786050844238</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa - Peygamber Hikayeleri 6</t>
+          <t>Hazreti Muhammed - Peygamber Hikayeleri 10</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050844191</t>
+          <t>9786050844245</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Eyüp - Peygamber Hikayeleri 5</t>
+          <t>Hazreti İsa - Peygamber Hikayeleri 9</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050844184</t>
+          <t>9786050844221</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yusuf - Peygamber Hikayeleri 4</t>
+          <t>Hazreti Yunus - Peygamber Hikayeleri 8</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050844177</t>
+          <t>9786050844214</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İbrahim - Peygamber Hikayeleri 3</t>
+          <t>Hazreti Süleyman - Peygamber Hikayeleri 7</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050844160</t>
+          <t>9786050844207</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Nuh - Peygamber Hikayeleri 2</t>
+          <t>Hazreti Musa - Peygamber Hikayeleri 6</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050844153</t>
+          <t>9786050844191</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Adem - Peygamber Hikayeleri 1</t>
+          <t>Hazreti Eyüp - Peygamber Hikayeleri 5</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050844146</t>
+          <t>9786050844184</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Set (10 Kitap)</t>
+          <t>Hazreti Yusuf - Peygamber Hikayeleri 4</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050821239</t>
+          <t>9786050844177</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan Set (10 Kitap Takım)</t>
+          <t>Hazreti İbrahim - Peygamber Hikayeleri 3</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050821659</t>
+          <t>9786050844160</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Kitap Okumayı Seviyoruz</t>
+          <t>Hazreti Nuh - Peygamber Hikayeleri 2</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050821642</t>
+          <t>9786050844153</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Akrabalarımızı Seviyoruz</t>
+          <t>Hazreti Adem - Peygamber Hikayeleri 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050821635</t>
+          <t>9786050844146</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Komşularımızı Seviyoruz</t>
+          <t>Peygamber Hikayeleri Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050821611</t>
+          <t>9786050821239</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Hayvanları Seviyoruz</t>
+          <t>Can ile Canan Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050821604</t>
+          <t>9786050821659</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Babamızı Seviyoruz</t>
+          <t>Can ile Canan - Kitap Okumayı Seviyoruz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050821581</t>
+          <t>9786050821642</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Annemizi Seviyoruz</t>
+          <t>Can ile Canan - Akrabalarımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050821598</t>
+          <t>9786050821635</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Arkadaşlarımızı Seviyoruz</t>
+          <t>Can ile Canan - Komşularımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050821574</t>
+          <t>9786050821611</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Kardeşimizi Seviyoruz</t>
+          <t>Can ile Canan - Hayvanları Seviyoruz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050821628</t>
+          <t>9786050821604</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Bitkileri Seviyoruz</t>
+          <t>Can ile Canan - Babamızı Seviyoruz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050821666</t>
+          <t>9786050821581</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan - Öğretmenimizi Seviyoruz</t>
+          <t>Can ile Canan - Annemizi Seviyoruz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050817881</t>
+          <t>9786050821598</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dini Eğitim Odaklı Timaş Okul Öncesi Eğitim Seti</t>
+          <t>Can ile Canan - Arkadaşlarımızı Seviyoruz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1850</v>
+        <v>90</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256360525</t>
+          <t>9786050821574</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Atlası</t>
+          <t>Can ile Canan - Kardeşimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>1520508061031</t>
+          <t>9786050821628</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu Set (4 Kitap)</t>
+          <t>Can ile Canan - Bitkileri Seviyoruz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>560</v>
+        <v>90</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256360044</t>
+          <t>9786050821666</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Peygamberimi Tanıyorum</t>
+          <t>Can ile Canan - Öğretmenimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256360501</t>
+          <t>9786050817881</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rabbimi Biliyorum Şekilleri Öğreniyorum (Tak-Çıkar Kitap)</t>
+          <t>Dini Eğitim Odaklı Timaş Okul Öncesi Eğitim Seti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256360600</t>
+          <t>9786256360525</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şirin Serçe Duayı Öğreniyor - Yapbozlu Kitap 4</t>
+          <t>Kur'an Atlası</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256360259</t>
+          <t>1520508061031</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ağzını Kocaman Aç - Duyularla Rabbimi Tanıyorum 4 (Pencereli Kitap)</t>
+          <t>Meraklı Kutu Set (4 Kitap)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256360235</t>
+          <t>9786256360044</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Burnunu Kocaman Aç - Duyularla Rabbimi Tanıyorum 2 (Pencereli Kitap)</t>
+          <t>Meraklı Kutu - Peygamberimi Tanıyorum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256360228</t>
+          <t>9786256360501</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kulaklarını Kocaman Aç - Duyularla Rabbimi Tanıyorum 1 (Pencereli Kitap)</t>
+          <t>Rabbimi Biliyorum Şekilleri Öğreniyorum (Tak-Çıkar Kitap)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256360570</t>
+          <t>9786256360600</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yumi Elhamdülillah'ı Öğreniyor / Yapbozlu Kitap 3</t>
+          <t>Şirin Serçe Duayı Öğreniyor - Yapbozlu Kitap 4</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256360723</t>
+          <t>9786256360259</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bayram</t>
+          <t>Ağzını Kocaman Aç - Duyularla Rabbimi Tanıyorum 4 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256360716</t>
+          <t>9786256360235</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz. Ali'yi (ra) ve Hz. Zeyd'i (ra) Tanıyorum</t>
+          <t>Burnunu Kocaman Aç - Duyularla Rabbimi Tanıyorum 2 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256360709</t>
+          <t>9786256360228</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kutu - Hz Fatıma'yı (ra) ve Peygamberimizin Torunlarını Tanıyorum</t>
+          <t>Kulaklarını Kocaman Aç - Duyularla Rabbimi Tanıyorum 1 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>1520508059786</t>
+          <t>9786256360570</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerle Dini Değerler Set</t>
+          <t>Yumi Elhamdülillah'ı Öğreniyor / Yapbozlu Kitap 3</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256360327</t>
+          <t>9786256360723</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Semerkand'da - İslam Şehirlerini Geziyorum</t>
+          <t>Mutlu Bayram</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256360440</t>
+          <t>9786256360716</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 10. Kitap</t>
+          <t>Meraklı Kutu - Hz. Ali'yi (ra) ve Hz. Zeyd'i (ra) Tanıyorum</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256360433</t>
+          <t>9786256360709</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 9. Kitap</t>
+          <t>Meraklı Kutu - Hz Fatıma'yı (ra) ve Peygamberimizin Torunlarını Tanıyorum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256360426</t>
+          <t>1520508059786</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 8. Kitap</t>
+          <t>Ayetlerle Dini Değerler Set</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256360419</t>
+          <t>9786256360327</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 7. Kitap</t>
+          <t>Yusuf Semerkand'da - İslam Şehirlerini Geziyorum</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256360402</t>
+          <t>9786256360440</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 6. Kitap</t>
+          <t>Sahabe Hikayeleri 10. Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256360396</t>
+          <t>9786256360433</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 5. Kitap</t>
+          <t>Sahabe Hikayeleri 9. Kitap</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256360389</t>
+          <t>9786256360426</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 4. Kitap</t>
+          <t>Sahabe Hikayeleri 8. Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256360372</t>
+          <t>9786256360419</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 3. Kitap</t>
+          <t>Sahabe Hikayeleri 7. Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256360365</t>
+          <t>9786256360402</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 2. Kitap</t>
+          <t>Sahabe Hikayeleri 6. Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256360358</t>
+          <t>9786256360396</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri 1. Kitap</t>
+          <t>Sahabe Hikayeleri 5. Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>1520508059458</t>
+          <t>9786256360389</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Hikayeleri Set</t>
+          <t>Sahabe Hikayeleri 4. Kitap</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256360037</t>
+          <t>9786256360372</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Karadaki Hayvanlar - Ara Bul / Allah Ne Güzel Yaratmış</t>
+          <t>Sahabe Hikayeleri 3. Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>1520508058536</t>
+          <t>9786256360365</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Allah Ne Güzel Yaratmış</t>
+          <t>Sahabe Hikayeleri 2. Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>720</v>
+        <v>90</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256360679</t>
+          <t>9786256360358</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Görev: İlk Oruç - Nuriye Ecmel</t>
+          <t>Sahabe Hikayeleri 1. Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050844009</t>
+          <t>1520508059458</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şükür Günlüğü - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Sahabe Hikayeleri Set</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050843996</t>
+          <t>9786256360037</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Duası - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Karadaki Hayvanlar - Ara Bul / Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786050844030</t>
+          <t>1520508058536</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yarışı</t>
+          <t>Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>140</v>
+        <v>720</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050844016</t>
+          <t>9786256360679</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Selamın Gücü - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Görev: İlk Oruç - Nuriye Ecmel</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256360457</t>
+          <t>9786050844009</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
+          <t>Şükür Günlüğü - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256360013</t>
+          <t>9786050843996</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberler Tarihi</t>
+          <t>Bisiklet Duası - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050825657</t>
+          <t>9786050844030</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde Ramazan</t>
+          <t>İyilik Yarışı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256360310</t>
+          <t>9786050844016</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
+          <t>Selamın Gücü - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256360198</t>
+          <t>9786256360457</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Sorular Peşinde – Kur’an Niçin Gönderildi?</t>
+          <t>365 Günde Sevgili Kitabım Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256360655</t>
+          <t>9786256360013</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Bekliyorum - İlk Dini Kavramlarım (Sabır)</t>
+          <t>365 Günde Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256360648</t>
+          <t>9786050825657</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzellikleri Veren Sensin - İlk Dini Kavramlarım (Şükür)</t>
+          <t>Bizim Evde Ramazan</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256360242</t>
+          <t>9786256360310</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gözlerini Kocaman Aç - Duyularla Rabbimi Tanıyorum 3 (Pencereli Kitap)</t>
+          <t>Peygamberimizin Çocuklarla Oynadığı Oyunlar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256360280</t>
+          <t>9786256360198</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sesi Duyan Panda - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
+          <t>Meraklı Sorular Peşinde – Kur’an Niçin Gönderildi?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256360266</t>
+          <t>9786256360655</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gagasını Göremeyen Tukan - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
+          <t>Senin İçin Bekliyorum - İlk Dini Kavramlarım (Sabır)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256360273</t>
+          <t>9786256360648</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerle Tanışıyorum</t>
+          <t>Bütün Güzellikleri Veren Sensin - İlk Dini Kavramlarım (Şükür)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256360297</t>
+          <t>9786256360242</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İlk Dini Kavramlarım Biliyorum Hep Yanımdasın</t>
+          <t>Gözlerini Kocaman Aç - Duyularla Rabbimi Tanıyorum 3 (Pencereli Kitap)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256360303</t>
+          <t>9786256360280</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Dua Ettim - İlk Dini Kavramlarım</t>
+          <t>İçindeki Sesi Duyan Panda - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256360174</t>
+          <t>9786256360266</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zebra Selamlaşmayı Öğreniyor / Yapbozlu Kitap 2</t>
+          <t>Gagasını Göremeyen Tukan - Değerler Eğitimi Serisi (Fenerle Ara Bul)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256360204</t>
+          <t>9786256360273</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yobi Besmeleyi Öğreniyor / Yapbozlu Kitap 1</t>
+          <t>İbadetlerle Tanışıyorum</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>1520508060744</t>
+          <t>9786256360297</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kendim İçin Ne Yapmalıyım? - Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
+          <t>İlk Dini Kavramlarım Biliyorum Hep Yanımdasın</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>1520508060751</t>
+          <t>9786256360303</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Nasıl Davranmalıyım- Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
+          <t>Senin İçin Dua Ettim - İlk Dini Kavramlarım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256360136</t>
+          <t>9786256360174</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Beni Çok Seven Rabbim</t>
+          <t>Meraklı Zebra Selamlaşmayı Öğreniyor / Yapbozlu Kitap 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256360105</t>
+          <t>9786256360204</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Allah Benimle</t>
+          <t>Yobi Besmeleyi Öğreniyor / Yapbozlu Kitap 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256360334</t>
+          <t>1520508060744</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerle Süper Oluyorum</t>
+          <t>Kendim İçin Ne Yapmalıyım? - Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256360129</t>
+          <t>1520508060751</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Dini Değerler</t>
+          <t>İnsanlara Nasıl Davranmalıyım- Görgü Kuralları Serisi - Oyun Hamurlu Kitap Seti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256360068</t>
+          <t>9786256360136</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Sürprizleri - Ara Bul</t>
+          <t>Beni Çok Seven Rabbim</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256360075</t>
+          <t>9786256360105</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Cami</t>
+          <t>Allah Benimle</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050844931</t>
+          <t>9786256360334</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dualarla Süper Oluyorum</t>
+          <t>İbadetlerle Süper Oluyorum</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786050843453</t>
+          <t>9786256360129</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’an-ı Kerim Sözlüğüm (Ciltli)</t>
+          <t>Oyunlarla Dini Değerler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256360662</t>
+          <t>9786256360068</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar Peygamberimi Anlatıyor (Fleksi Kapak)</t>
+          <t>Ramazan Sürprizleri - Ara Bul</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256360631</t>
+          <t>9786256360075</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayal Tepelerine Yolculuk</t>
+          <t>Mutlu Cami</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256360167</t>
+          <t>9786050844931</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Dualarla Süper Oluyorum</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256360150</t>
+          <t>9786050843453</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Havadaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Benim Kur’an-ı Kerim Sözlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256360143</t>
+          <t>9786256360662</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikteki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
+          <t>Sevimli Hayvanlar Peygamberimi Anlatıyor (Fleksi Kapak)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256360006</t>
+          <t>9786256360631</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler - Planet Ömer 1</t>
+          <t>Hayal Tepelerine Yolculuk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050845082</t>
+          <t>9786256360167</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Can Can - Dini Hikayelerle Ahlak Eğitimi</t>
+          <t>Sudaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050844801</t>
+          <t>9786256360150</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Sevgili Peygamberim</t>
+          <t>Havadaki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050844023</t>
+          <t>9786256360143</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Matara - Güzel Dinim Tatlı Değerlerim</t>
+          <t>Çiftlikteki Hayvanlar - Ara Bul - Allah Ne Güzel Yaratmış</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050844498</t>
+          <t>9786256360006</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>365 Günde Peygamberimin Arkadaşları</t>
+          <t>Vay Başıma Gelenler - Planet Ömer 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050844481</t>
+          <t>9786050845082</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kur’an’ımdan Öyküler</t>
+          <t>Can Can - Dini Hikayelerle Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050843675</t>
+          <t>9786050844801</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Taze Portakal Suyu</t>
+          <t>365 Günde Sevgili Peygamberim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050843538</t>
+          <t>9786050844023</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 2: İman Ediyorum</t>
+          <t>Kayıp Matara - Güzel Dinim Tatlı Değerlerim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050843545</t>
+          <t>9786050844498</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 3: İbadet Ediyorum</t>
+          <t>365 Günde Peygamberimin Arkadaşları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050843521</t>
+          <t>9786050844481</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakı Öğreniyorum - Renklerle Güzel Dinim Boyama Kitabı 1</t>
+          <t>Sevgili Kur’an’ımdan Öyküler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050843552</t>
+          <t>9786050843675</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabım 4: Kitabım Kur’an</t>
+          <t>Taze Portakal Suyu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050843514</t>
+          <t>9786050843538</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Güzel Dinim Boyama Kitabı 5: Peygamberimin Hayatı</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 2: İman Ediyorum</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050839388</t>
+          <t>9786050843545</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'daki Hayvanlar Ara-Bul</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 3: İbadet Ediyorum</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050839395</t>
+          <t>9786050843521</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleriyle Elifba (Kur'an Harflerini) Öğreniyorum</t>
+          <t>Güzel Ahlakı Öğreniyorum - Renklerle Güzel Dinim Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050838961</t>
+          <t>9786050843552</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yolcu Kutu Oyunu - Macera Çoktan Başladı</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabım 4: Kitabım Kur’an</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>475</v>
+        <v>50</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786050838923</t>
+          <t>9786050843514</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Babam İçin Teşekkür Ederim Allah'ım</t>
+          <t>Renklerle Güzel Dinim Boyama Kitabı 5: Peygamberimin Hayatı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786050838916</t>
+          <t>9786050839388</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İçin Teşekkür Ederim Allah'ım</t>
+          <t>Kur'an'daki Hayvanlar Ara-Bul</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786050838930</t>
+          <t>9786050839395</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Annem İçin Teşekkür Ederim Allah'ım</t>
+          <t>Hafıza Teknikleriyle Elifba (Kur'an Harflerini) Öğreniyorum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786050838893</t>
+          <t>9786050838961</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Teşekkür Ederim Allah'ım (4 Kitap Takım)</t>
+          <t>Yolcu Kutu Oyunu - Macera Çoktan Başladı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>720</v>
+        <v>475</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050838534</t>
+          <t>9786050838923</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı Set (10 Kitap)</t>
+          <t>Babam İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786050833140</t>
+          <t>9786050838916</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayını Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Kardeşim İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786050833034</t>
+          <t>9786050838930</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Can ile Canan Peygamberimizi Seviyoruz 2 (5 Kitap Takım)</t>
+          <t>Annem İçin Teşekkür Ederim Allah'ım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786050833065</t>
+          <t>9786050838893</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Çok Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Teşekkür Ederim Allah'ım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>720</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786050833089</t>
+          <t>9786050838534</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dua Eden Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Peygamberimizin Hayatı Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786050833072</t>
+          <t>9786050833140</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dargınları Barıştıran Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Ramazan Ayını Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050833058</t>
+          <t>9786050833034</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bilgiye Önem Veren Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
+          <t>Can ile Canan Peygamberimizi Seviyoruz 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786050831979</t>
+          <t>9786050833065</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Mucizeleri</t>
+          <t>Çocukları Çok Seven Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050830156</t>
+          <t>9786050833089</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mucizeleri</t>
+          <t>Dua Eden Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786050829938</t>
+          <t>9786050833072</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Besmele Hazinesi</t>
+          <t>Dargınları Barıştıran Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786050829082</t>
+          <t>9786050833058</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Merhametli Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Bilgiye Önem Veren Peygamberim - Can ile Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786050829105</t>
+          <t>9786050831979</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Peygamberlerin Mucizeleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786050829075</t>
+          <t>9786050830156</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Peygamberimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050829068</t>
+          <t>9786050829938</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Cömert Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Besmele Hazinesi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050829099</t>
+          <t>9786050829082</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tertemiz Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
+          <t>Merhametli Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050829051</t>
+          <t>9786050829105</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Can İle Canan Peygamberimizi Seviyoruz Seti (5 Kitap Takım)</t>
+          <t>Çalışkan Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786050828627</t>
+          <t>9786050829075</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Elif İle Ahmet'in Umre Günlüğü</t>
+          <t>Dürüst Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050825763</t>
+          <t>9786050829068</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Süsü Oruç</t>
+          <t>Cömert Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050825503</t>
+          <t>9786050829099</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki İpuçları</t>
+          <t>Tertemiz Peygamberim - Can İle Canan Peygamberimizi Seviyoruz</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050824827</t>
+          <t>9786050829051</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yücelerden Yüce Allahım (Ciltli)</t>
+          <t>Can İle Canan Peygamberimizi Seviyoruz Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752635463</t>
+          <t>9786050828627</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Yunus Yoyo</t>
+          <t>Elif İle Ahmet'in Umre Günlüğü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050822045</t>
+          <t>9786050825763</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şükürler Olsun Allah'ım</t>
+          <t>Kalbimin Süsü Oruç</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786050813340</t>
+          <t>9786050825503</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Tabiat ve Teknoloji</t>
+          <t>Yoldaki İpuçları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753629157</t>
+          <t>9786050824827</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Merak Ediyorum - Dinimi Öğreniyorum</t>
+          <t>Yücelerden Yüce Allahım (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050820058</t>
+          <t>9789752635463</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 2 : Kral Aslan Sercan Ötekileştirmemek</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Yunus Yoyo</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050820119</t>
+          <t>9786050822045</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi 8 : Ördek Rengarenk Danışmak</t>
+          <t>Şükürler Olsun Allah'ım</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>35</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786050820003</t>
+          <t>9786050813340</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler Set (10 Kitap Takım)</t>
+          <t>Tabiat ve Teknoloji</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050820027</t>
+          <t>9789753629157</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 10 - Yaprak Böceği Yami Selam</t>
+          <t>Cenneti Merak Ediyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786050820010</t>
+          <t>9786050820058</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 8 - Sincap Sinko Ziyaret Adabı</t>
+          <t>Hadis Bahçesi 2 : Kral Aslan Sercan Ötekileştirmemek</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786050819991</t>
+          <t>9786050820119</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 6 - Midilli Mini Allah İnancı</t>
+          <t>Hadis Bahçesi 8 : Ördek Rengarenk Danışmak</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786050819960</t>
+          <t>9786050820003</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 3 - Kurbağa Kuriş Dua</t>
+          <t>Hikayelerle Dini Değerler Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>35</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786050819922</t>
+          <t>9786050820027</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 7 - Ayıcık Kayu Sabır</t>
+          <t>Hikayelerle Dini Değerler 10 - Yaprak Böceği Yami Selam</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786050819946</t>
+          <t>9786050820010</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Dini Değerler 1 - Fino Foli Sadaka</t>
+          <t>Hikayelerle Dini Değerler 8 - Sincap Sinko Ziyaret Adabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786050820140</t>
+          <t>9786050819991</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hadis Bahçesi (10 Kitap Takım)</t>
+          <t>Hikayelerle Dini Değerler 6 - Midilli Mini Allah İnancı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786050818215</t>
+          <t>9786050819960</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sevgim Herkese Yeter mi?</t>
+          <t>Hikayelerle Dini Değerler 3 - Kurbağa Kuriş Dua</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786050818208</t>
+          <t>9786050819922</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Karıncayı İncitmemek Ne Demek?</t>
+          <t>Hikayelerle Dini Değerler 7 - Ayıcık Kayu Sabır</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786050818192</t>
+          <t>9786050819946</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Ne Zaman Büyüyecek?</t>
+          <t>Hikayelerle Dini Değerler 1 - Fino Foli Sadaka</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786050807233</t>
+          <t>9786050820140</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dedemden Mektuplar Seti (10 Kitap Takım)</t>
+          <t>Hadis Bahçesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786050818260</t>
+          <t>9786050818215</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Büyükler Her Şeyi Bilir mi?</t>
+          <t>Sevgim Herkese Yeter mi?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786050818253</t>
+          <t>9786050818208</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Salıncakla Gökyüzüne Dokunabilir miyim?</t>
+          <t>Karıncayı İncitmemek Ne Demek?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786050818246</t>
+          <t>9786050818192</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dualarımın Hepsi Kabul Olur mu?</t>
+          <t>Kardeşim Ne Zaman Büyüyecek?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786050818239</t>
+          <t>9786050807233</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kediye Havuç Versem Olmaz mı?</t>
+          <t>Dedemden Mektuplar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050818222</t>
+          <t>9786050818260</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ağzım Kulaklarıma Varır mı?</t>
+          <t>Büyükler Her Şeyi Bilir mi?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050818185</t>
+          <t>9786050818253</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Okulu Nerede?</t>
+          <t>Salıncakla Gökyüzüne Dokunabilir miyim?</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786050818178</t>
+          <t>9786050818246</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Dinazorlar Gerçekten Var mıydı?</t>
+          <t>Dualarımın Hepsi Kabul Olur mu?</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786050800982</t>
+          <t>9786050818239</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hastaları Unutmuyoruz - Hadisleri Öğreniyorum</t>
+          <t>Kediye Havuç Versem Olmaz mı?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786050813302</t>
+          <t>9786050818222</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Renkli Dünyası</t>
+          <t>Ağzım Kulaklarıma Varır mı?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786050800944</t>
+          <t>9786050818185</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sevgimizi Paylaşıyoruz - Hadisleri Öğreniyorum</t>
+          <t>Kuşların Okulu Nerede?</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051141992</t>
+          <t>9786050818178</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İsimlerini Öğreniyorum - 2 (10 Kitap Takım)</t>
+          <t>Dinazorlar Gerçekten Var mıydı?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753628440</t>
+          <t>9786050800982</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimlerini Biliyorum - Dinimi Öğreniyorum</t>
+          <t>Hastaları Unutmuyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752635470</t>
+          <t>9786050813302</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum; Ahtapot Oktobus</t>
+          <t>Bitkilerin Renkli Dünyası</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753628426</t>
+          <t>9786050800944</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa</t>
+          <t>Sevgimizi Paylaşıyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753629034</t>
+          <t>9786051141992</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hz. Davud</t>
+          <t>Allah’ın İsimlerini Öğreniyorum - 2 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>900</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786050813326</t>
+          <t>9789753628440</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü ve Ötesi</t>
+          <t>Allah'ın Güzel İsimlerini Biliyorum - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786050813364</t>
+          <t>9789752635470</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzündeki Güzellikler</t>
+          <t>Allah'ın İsimlerini Öğreniyorum; Ahtapot Oktobus</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786050813357</t>
+          <t>9789753628426</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Yolculuk</t>
+          <t>Hz. İsa</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752636217</t>
+          <t>9789753629034</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Nurdan Tacım Güzel Ahlakım</t>
+          <t>Hz. Davud</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050813289</t>
+          <t>9786050813326</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz ve Biz</t>
+          <t>Gökyüzü ve Ötesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753629140</t>
+          <t>9786050813364</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Melekler Beni Seviyor</t>
+          <t>Yeryüzündeki Güzellikler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752635432</t>
+          <t>9786050813357</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Denizatı Dıgıdık</t>
+          <t>Yeraltına Yolculuk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789752635944</t>
+          <t>9789752636217</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Kunduz Kumpaz</t>
+          <t>Nurdan Tacım Güzel Ahlakım</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753628457</t>
+          <t>9786050813289</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kitabımın Kur’an Olduğunu Biliyorum</t>
+          <t>Vücudumuz ve Biz</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752634404</t>
+          <t>9789753629140</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Küçük Sevgim Büyük</t>
+          <t>Melekler Beni Seviyor</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752635487</t>
+          <t>9789752635432</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: İpekböceği Pırpır</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Denizatı Dıgıdık</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786050811681</t>
+          <t>9789752635944</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İlk Öğretmenim Peygamberim (Ciltli)</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Kunduz Kumpaz</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786050813265</t>
+          <t>9789753628457</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Allah’ı Anlatıyor - (10 Kitap Takım)</t>
+          <t>Kitabımın Kur’an Olduğunu Biliyorum</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786050800975</t>
+          <t>9789752634404</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hediye Hazırlıyoruz - Hadisleri Öğreniyorum</t>
+          <t>Kalbim Küçük Sevgim Büyük</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050813296</t>
+          <t>9789752635487</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Renkli Dünyası</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: İpekböceği Pırpır</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752635517</t>
+          <t>9786050811681</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Deve Hörgüç</t>
+          <t>İlk Öğretmenim Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786050813319</t>
+          <t>9786050813265</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Canlılar ve Yetenekleri</t>
+          <t>Her Şey Allah’ı Anlatıyor - (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752635425</t>
+          <t>9786050800975</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Su Aygırı Hipos</t>
+          <t>Hediye Hazırlıyoruz - Hadisleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050813333</t>
+          <t>9786050813296</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Su Altına Yolculuk</t>
+          <t>Hayvanların Renkli Dünyası</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752635449</t>
+          <t>9789752635517</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Somon Simsim</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Deve Hörgüç</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050804324</t>
+          <t>9786050813319</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Kuranımdan Öyküler (Ciltli)</t>
+          <t>Canlılar ve Yetenekleri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>49.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752635500</t>
+          <t>9789752635425</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Serçe Kuşu Benekli</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Su Aygırı Hipos</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752635456</t>
+          <t>9786050813333</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Öğreniyorum: Penguen Badi</t>
+          <t>Su Altına Yolculuk</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786050813272</t>
+          <t>9789752635449</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler ve Dünyamız</t>
+          <t>Allah'ın İsimlerini Öğreniyorum: Somon Simsim</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753628471</t>
+          <t>9786050804324</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Beni Kimin Yarattığını Biliyorum</t>
+          <t>Sevgili Kuranımdan Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>60</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
+          <t>9789752635500</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın İsimlerini Öğreniyorum: Serçe Kuşu Benekli</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789752635456</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ın İsimlerini Öğreniyorum: Penguen Badi</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786050813272</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimler ve Dünyamız</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789753628471</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Beni Kimin Yarattığını Biliyorum</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
           <t>9789752637375</t>
         </is>
       </c>
-      <c r="B297" s="1" t="inlineStr">
+      <c r="B301" s="1" t="inlineStr">
         <is>
           <t>Allah’ın İsimlerini Öğreniyorum (10 Kitap Takım)</t>
         </is>
       </c>
-      <c r="C297" s="1">
-        <v>750</v>
+      <c r="C301" s="1">
+        <v>900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>