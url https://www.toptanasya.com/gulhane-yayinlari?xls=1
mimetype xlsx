--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -109,96 +109,96 @@
         <is>
           <t>9786258150476</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Oradaydık (Asrın Felaketi, 6 Şubat Depremi)</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786258150216</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Öğretmenin Not Defteri 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786258150209</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Öğretmenin Not Defteri 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786258150193</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Öğretmenin Not Defteri 1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057409713</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mevsimlik Küçük İşci</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786258150469</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Futbolun Değerli Dünyası - Erdem Takımı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786258150452</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
@@ -274,51 +274,51 @@
         <is>
           <t>9786258150254</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Çağ Açıp Çağ Kapatan Gazi Sultan Fatih</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055914851</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055914493</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Çocuğum 10 Lira Eder Mi?</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9799944537086</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>