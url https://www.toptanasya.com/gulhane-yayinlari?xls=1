--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,1495 +85,1585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258150476</t>
+          <t>9786055914301</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Oradaydık (Asrın Felaketi, 6 Şubat Depremi)</t>
+          <t>Hayaller ve Gerçekler Arasında New York</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258150216</t>
+          <t>9786055914202</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri 3</t>
+          <t>Kur’an’dan Evrensel Mesajlar ve Müjdeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258150209</t>
+          <t>9789944592932</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri 2</t>
+          <t>Kırk Ambar Duygu ve Hikmet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258150193</t>
+          <t>9786055914219</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri 1</t>
+          <t>Kendi Yıldızını Yakala</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057409713</t>
+          <t>9786055914042</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlik Küçük İşci</t>
+          <t>İslam’da Kurtuluşun Anahtarı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258150469</t>
+          <t>9786055914080</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Değerli Dünyası - Erdem Takımı</t>
+          <t>Alemlere Rahmet Hz. Muhammed</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258150452</t>
+          <t>9786258150476</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Önce Alkışladılar Sonra Öldürdüler</t>
+          <t>Oradaydık (Asrın Felaketi, 6 Şubat Depremi)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258150445</t>
+          <t>9786258150216</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçimize Bakmak</t>
+          <t>Öğretmenin Not Defteri 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258150438</t>
+          <t>9786258150209</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Fetih Bir Gönüle Girmek</t>
+          <t>Öğretmenin Not Defteri 2</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258150421</t>
+          <t>9786258150193</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Sevmek Kudüs</t>
+          <t>Öğretmenin Not Defteri 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258150414</t>
+          <t>9786057409713</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Manifest</t>
+          <t>Mevsimlik Küçük İşci</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258150254</t>
+          <t>9786258150469</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çağ Açıp Çağ Kapatan Gazi Sultan Fatih</t>
+          <t>Futbolun Değerli Dünyası - Erdem Takımı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055914851</t>
+          <t>9786258150452</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Hızlı Okuma Teknikleri</t>
+          <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055914493</t>
+          <t>9786258150445</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum 10 Lira Eder Mi?</t>
+          <t>Kendi İçimize Bakmak</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799944537086</t>
+          <t>9786258150438</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğitimcilere Bilgece Sözler</t>
+          <t>Bitmeyen Fetih Bir Gönüle Girmek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799944537024</t>
+          <t>9786258150421</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Önce Sevgi</t>
+          <t>Uzaktan Sevmek Kudüs</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9799944537031</t>
+          <t>9786258150414</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Merkezli Eğitim</t>
+          <t>Manifest</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944592925</t>
+          <t>9786258150254</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ambar Öykülerin Büyüsü</t>
+          <t>Çağ Açıp Çağ Kapatan Gazi Sultan Fatih</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799944537048</t>
+          <t>9786055914851</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İsimlerin Sırları</t>
+          <t>Gençler İçin Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799944592917</t>
+          <t>9786055914493</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gülümseyen Eğitimciler</t>
+          <t>Çocuğum 10 Lira Eder Mi?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799944537079</t>
+          <t>9799944537086</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Eğitim Kurumları</t>
+          <t>Eğitimcilere Bilgece Sözler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799944537093</t>
+          <t>9799944537024</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Kalite Yolculuğu</t>
+          <t>Önce Sevgi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9799944592900</t>
+          <t>9799944537031</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Yolunda Pano Yazıları</t>
+          <t>Öğrenci Merkezli Eğitim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799944537062</t>
+          <t>9789944592925</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu Evler</t>
+          <t>Kırk Ambar Öykülerin Büyüsü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258150391</t>
+          <t>9799944537048</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Farkınız İslam Olsun</t>
+          <t>İsimlerin Sırları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055914318</t>
+          <t>9799944592917</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımaz Gezgin</t>
+          <t>Gülümseyen Eğitimciler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258150377</t>
+          <t>9799944537079</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin 99 Esma-i Hüsna</t>
+          <t>Geçmişten Günümüze Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258150360</t>
+          <t>9799944537093</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Şehir Şehir Türkiye</t>
+          <t>Eğitimde Kalite Yolculuğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258150230</t>
+          <t>9799944592900</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim Peygamberim Hz. Muhammed (S.a.v.) (Ciltli)</t>
+          <t>Aydınlanma Yolunda Pano Yazıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258150346</t>
+          <t>9799944537062</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Kalıcı Öğrenmek İçin Hafıza Teknikleri</t>
+          <t>Aile Okulu Evler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258150353</t>
+          <t>9786258150391</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Soykırım Günlüğü</t>
+          <t>Farkınız İslam Olsun</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258150322</t>
+          <t>9786055914318</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Sosyal ve Hukuki Açıdan Boşanma</t>
+          <t>Sınır Tanımaz Gezgin</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258150292</t>
+          <t>9786258150377</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Anaokulu</t>
+          <t>Çocuklar İçin 99 Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258150308</t>
+          <t>9786258150360</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Merkezli Çocuk Eğitimi</t>
+          <t>Şehir Şehir Türkiye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258150278</t>
+          <t>9786258150230</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Maneviyat Dünyamızda İz Bırakanlar</t>
+          <t>Benim Peygamberim Hz. Muhammed (S.a.v.) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258150261</t>
+          <t>9786258150346</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Afacan Yumurtalar</t>
+          <t>Etkili ve Kalıcı Öğrenmek İçin Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258150223</t>
+          <t>9786258150353</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Penceremden Masal Doldu</t>
+          <t>Soykırım Günlüğü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258150186</t>
+          <t>9786258150322</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Olur Musun?</t>
+          <t>Psiko-Sosyal ve Hukuki Açıdan Boşanma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258150179</t>
+          <t>9786258150292</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Dacin Efsanesi</t>
+          <t>Ebeveyn Anaokulu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258150155</t>
+          <t>9786258150308</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adınla Başlar Her Şey</t>
+          <t>Sevgi Merkezli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>129.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258150117</t>
+          <t>9786258150278</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Civanmert</t>
+          <t>Maneviyat Dünyamızda İz Bırakanlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258150094</t>
+          <t>9786258150261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>“Hayallerine Sahip Çık” 2. Kısım Anka’nın Anahtarı</t>
+          <t>Afacan Yumurtalar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258150100</t>
+          <t>9786258150223</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu Yunus Emre'm</t>
+          <t>Penceremden Masal Doldu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258150087</t>
+          <t>9786258150186</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>“Hayallerine Sahip Çık” 1. Kısım Kara Kutunun Gizemi</t>
+          <t>Kahramanım Olur Musun?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258150070</t>
+          <t>9786258150179</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Doğada Dikkat ve Odaklanma</t>
+          <t>Bir Dacin Efsanesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055914738</t>
+          <t>9786258150155</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Hafıza Teknikleri</t>
+          <t>Adınla Başlar Her Şey</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057409737</t>
+          <t>9786258150117</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Nasıl Anlamalı? Nasıl Anlatmalı?</t>
+          <t>Civanmert</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057409751</t>
+          <t>9786258150094</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Siren Sesleri</t>
+          <t>“Hayallerine Sahip Çık” 2. Kısım Anka’nın Anahtarı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057409744</t>
+          <t>9786258150100</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İnancın Varsa Zafer Senindir</t>
+          <t>Aşk Yolcusu Yunus Emre'm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057409720</t>
+          <t>9786258150087</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Aile</t>
+          <t>“Hayallerine Sahip Çık” 1. Kısım Kara Kutunun Gizemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055914981</t>
+          <t>9786258150070</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Felsefe Bahçesi</t>
+          <t>Doğada Dikkat ve Odaklanma</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055914974</t>
+          <t>9786055914738</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Küçük Koca Adımlar 2</t>
+          <t>Gençler İçin Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055914967</t>
+          <t>9786057409737</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük Koca Adımlar 1</t>
+          <t>Allah’ı Nasıl Anlamalı? Nasıl Anlatmalı?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055914950</t>
+          <t>9786057409751</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şehir Şehir Yar</t>
+          <t>Siren Sesleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>139.5</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055914936</t>
+          <t>9786057409744</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Kalemi Meçhulistan</t>
+          <t>İnancın Varsa Zafer Senindir</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055914929</t>
+          <t>9786057409720</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Para İnsan Sistem</t>
+          <t>Öğrenen Aile</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055914912</t>
+          <t>9786055914981</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Etkili Test Çözme Teknikleri</t>
+          <t>Bilim ve Felsefe Bahçesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055914899</t>
+          <t>9786055914974</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kan Dolaşımı - Efsane Mozaikler 5</t>
+          <t>Küçük Koca Adımlar 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>4000000000266</t>
+          <t>9786055914967</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Efsane Mozaikler Serisi 5 Kitap Takım</t>
+          <t>Küçük Koca Adımlar 1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055914882</t>
+          <t>9786055914950</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Robotik Kodlama - Efsane Mozaikler 4</t>
+          <t>Şehir Şehir Yar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055914875</t>
+          <t>9786055914936</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Keşifşörler İş Başında - Efsane Mozaikler 1</t>
+          <t>Yüreğimin Kalemi Meçhulistan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055914868</t>
+          <t>9786055914929</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Köstekli Saat - Efsane Mozaikler 2</t>
+          <t>Para İnsan Sistem</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055914905</t>
+          <t>9786055914912</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Makinesi - Efsane Mozaikler 3</t>
+          <t>Etkili Test Çözme Teknikleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055914820</t>
+          <t>9786055914899</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Allah Şükredene Artırır</t>
+          <t>Küçük Kan Dolaşımı - Efsane Mozaikler 5</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055914837</t>
+          <t>4000000000266</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Öne Çıkan Salavatlar</t>
+          <t>Efsane Mozaikler Serisi 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>55</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055914844</t>
+          <t>9786055914882</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sevgi İletişimi</t>
+          <t>Robotik Kodlama - Efsane Mozaikler 4</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055914790</t>
+          <t>9786055914875</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İklim Oluşturan Öğretmen</t>
+          <t>Keşifşörler İş Başında - Efsane Mozaikler 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055914806</t>
+          <t>9786055914868</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Evimizdeki Elmaslar</t>
+          <t>Köstekli Saat - Efsane Mozaikler 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055914783</t>
+          <t>9786055914905</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Parolamız Başarı - Mazeret Yok</t>
+          <t>Fotoğraf Makinesi - Efsane Mozaikler 3</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055914769</t>
+          <t>9786055914820</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın 5 Şartı</t>
+          <t>Allah Şükredene Artırır</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055914752</t>
+          <t>9786055914837</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gül-ü Hezar</t>
+          <t>Öne Çıkan Salavatlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>129.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055914691</t>
+          <t>9786055914844</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlmihal (2 Cilt)</t>
+          <t>Ailede Sevgi İletişimi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055914684</t>
+          <t>9786055914790</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Beyazın Karanlığı</t>
+          <t>İklim Oluşturan Öğretmen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055914660</t>
+          <t>9786055914806</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Mimarları</t>
+          <t>Evimizdeki Elmaslar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>139.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055914646</t>
+          <t>9786055914783</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İftiranın Faturası</t>
+          <t>Parolamız Başarı - Mazeret Yok</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055914547</t>
+          <t>9786055914769</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kim Güzel Konuşmak İstemez Ki?</t>
+          <t>İslam’ın 5 Şartı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055914578</t>
+          <t>9786055914752</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cennet Cehennem</t>
+          <t>Gül-ü Hezar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>120</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055914592</t>
+          <t>9786055914691</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kabir ve Ahiret Hayatı</t>
+          <t>İlmihal (2 Cilt)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055914585</t>
+          <t>9786055914684</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet; Yeniden Diriliş</t>
+          <t>Beyazın Karanlığı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055914387</t>
+          <t>9786055914660</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Fatiha- İhlas Ayet'el- Kürsi Sırları ve Faziletleri</t>
+          <t>Medeniyetimizin Mimarları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055914639</t>
+          <t>9786055914646</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beyninizin Rotası</t>
+          <t>İftiranın Faturası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055914622</t>
+          <t>9786055914547</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sinemalarında Türk İzi</t>
+          <t>Kim Güzel Konuşmak İstemez Ki?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055914615</t>
+          <t>9786055914578</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gülsema</t>
+          <t>Cennet Cehennem</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>129.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059514608</t>
+          <t>9786055914592</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bahçe</t>
+          <t>Kabir ve Ahiret Hayatı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055914516</t>
+          <t>9786055914585</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Son Değildir</t>
+          <t>Kıyamet; Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055914509</t>
+          <t>9786055914387</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hazan Şiirlerim</t>
+          <t>Yasin-i Şerif Fatiha- İhlas Ayet'el- Kürsi Sırları ve Faziletleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>129.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055914417</t>
+          <t>9786055914639</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Beyninizin Rotası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055914424</t>
+          <t>9786055914622</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Dünya Sinemalarında Türk İzi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055914455</t>
+          <t>9786055914615</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Gülsema</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055914370</t>
+          <t>9786059514608</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sinedeki Cevher</t>
+          <t>Bahçe</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>139.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055914356</t>
+          <t>9786055914516</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ölüm Son Değildir</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055914295</t>
+          <t>9786055914509</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesindeki Evliyalardan Hayat Dersleri 2</t>
+          <t>Hazan Şiirlerim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055914257</t>
+          <t>9786055914417</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055914653</t>
+          <t>9786055914424</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055623845</t>
+          <t>9786055914455</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Bahçesinden Yedi Yüz Hadis</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055914141</t>
+          <t>9786055914370</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Salavatlar</t>
+          <t>Sinedeki Cevher</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>60</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
+          <t>9786055914356</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786055914295</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Gül Bahçesindeki Evliyalardan Hayat Dersleri 2</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786055914257</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Anlayarak Hızlı Okuma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786055914653</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Gülümse</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786055623845</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Sünnetin Bahçesinden Yedi Yüz Hadis</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786055914141</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Seçilmiş Salavatlar</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
           <t>9786055914332</t>
         </is>
       </c>
-      <c r="B98" s="1" t="inlineStr">
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Bir Fırsattır Her Sorun</t>
         </is>
       </c>
-      <c r="C98" s="1">
-        <v>140</v>
+      <c r="C104" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>