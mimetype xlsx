--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,10840 +85,11305 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255709295</t>
+          <t>9786255709646</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
+          <t>Anayasal, Demokratik, Lâik, Sosyal Hukuk Devleti Bir Ütopya Mıdır?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255709356</t>
+          <t>9786255709639</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dökülen Satırlar</t>
+          <t>Konuşamadıkları İçin Hayvan Gibi Yazdık</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255709363</t>
+          <t>9786255709660</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
+          <t>Almancı Veli</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255709233</t>
+          <t>9786255709622</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Taci ve Maya Mantarları</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255709288</t>
+          <t>9786255709677</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255709202</t>
+          <t>9786255709653</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mani Bahçesi</t>
+          <t>Gençlerimiz İçin Meslek Etiği ve Kariyer Gelişimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255709110</t>
+          <t>9786255709608</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
+          <t>Nakkalü-l-Ulum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>2500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255709103</t>
+          <t>9786255709561</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
+          <t>Soluk Kırmızı Kiremitler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255709240</t>
+          <t>9786255709554</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevdalıyım Arkadaş</t>
+          <t>Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255709271</t>
+          <t>9786255709530</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Turunç Çiçeği Kadınları</t>
+          <t>Satuk Buğra Han</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255592712</t>
+          <t>9786255709592</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
+          <t>Çağrışım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255592361</t>
+          <t>9786255709370</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran Kimdir?</t>
+          <t>Ehlibeyt Gerçeği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>780</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255709141</t>
+          <t>9786255709585</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
+          <t>Senden Sebep</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255592286</t>
+          <t>9786255709387</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Milli Bilinç</t>
+          <t>Ölümsüz Kadınlar</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255709226</t>
+          <t>9786255709547</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çarmıhında</t>
+          <t>Söz Uçar Yazı Kalır</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255709257</t>
+          <t>9786255709523</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Nergis'in İz Düşümü</t>
+          <t>Annemi de Vaftiz Ettirdim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255709264</t>
+          <t>9786255709486</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
+          <t>Kur'an'da Şüphesi Olanlar İçin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255709189</t>
+          <t>9786255709516</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
+          <t>Men Rabbuke Rabbinle Yeniden Tanış</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255709196</t>
+          <t>9786255709349</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Dost</t>
+          <t>Sevgi Deposu</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255709127</t>
+          <t>9786255709479</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş ve Dava Adamı</t>
+          <t>Aşk-ı Neriman</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255996190</t>
+          <t>9786255709455</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
+          <t>İlk Harf (Elif) - Büyük Sır</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256300767</t>
+          <t>9786255709493</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
+          <t>Gel Gör Beni</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255709158</t>
+          <t>9786255709462</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sefîne II</t>
+          <t>Geldiler Gördüler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255709219</t>
+          <t>9786255709448</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sınav Terapisi</t>
+          <t>Mutlu ve Umutlu</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257681612</t>
+          <t>9786255709431</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aklın Özgürleşmesi</t>
+          <t>Maziye Mühürlü Satırlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255709035</t>
+          <t>9786255709394</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Hilde</t>
+          <t>Hoş Seda</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255709172</t>
+          <t>9786255709424</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255709066</t>
+          <t>9786255709325</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
+          <t>Bediüzzaman Tefsiri III</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255709028</t>
+          <t>9786255709318</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>74. Sayfa</t>
+          <t>Bediüzzaman Tefsiri II</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255709165</t>
+          <t>9786255709301</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sadadan Esintiler</t>
+          <t>Bediüzzaman Tefsiri I</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255709073</t>
+          <t>9786255709332</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Kadınlar</t>
+          <t>Bediüzzaman Tefsiri IV-V</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255709134</t>
+          <t>9786255709295</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şikayetçiyim</t>
+          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255709080</t>
+          <t>9786255709356</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Al-i Beyt-i Muhammed</t>
+          <t>Yürekten Dökülen Satırlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255709097</t>
+          <t>9786255709363</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve İlahi Denge</t>
+          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255709059</t>
+          <t>9786255709233</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Taci ve Maya Mantarları</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255592941</t>
+          <t>9786255709288</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği Kitaba Bandıran Kadın</t>
+          <t>Vay Canına</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255592934</t>
+          <t>9786255709202</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bilmeceleri</t>
+          <t>Mani Bahçesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255709042</t>
+          <t>9786255709110</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
+          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255709011</t>
+          <t>9786255709103</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Onun Sadık Dostu Cesur</t>
+          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255592958</t>
+          <t>9786255709240</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
+          <t>Sevdalıyım Arkadaş</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255592880</t>
+          <t>9786255709271</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (2)</t>
+          <t>Turunç Çiçeği Kadınları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255592927</t>
+          <t>9786255592712</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (1)</t>
+          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255592965</t>
+          <t>9786255592361</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kanadını Rahmete Aç</t>
+          <t>Sahipkıran Kimdir?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>780</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255592897</t>
+          <t>9786255709141</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255592910</t>
+          <t>9786255592286</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kod</t>
+          <t>Uyanış - Milli Bilinç</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255592866</t>
+          <t>9786255709226</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimde Yara Var</t>
+          <t>Zamanın Çarmıhında</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255592903</t>
+          <t>9786255709257</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gönül Rüzgârı</t>
+          <t>Bir Nergis'in İz Düşümü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255592781</t>
+          <t>9786255709264</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255592774</t>
+          <t>9786255709189</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
+          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255592859</t>
+          <t>9786255709196</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Değişen Dünya</t>
+          <t>Altın Kalpli Dost</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255592835</t>
+          <t>9786255709127</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Seyahatlerim</t>
+          <t>Milli Görüş ve Dava Adamı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255592811</t>
+          <t>9786255996190</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mürekkebi</t>
+          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255592651</t>
+          <t>9786256300767</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gurbetin Çocukları</t>
+          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255592842</t>
+          <t>9786255709158</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Yolum</t>
+          <t>Sefîne II</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255592767</t>
+          <t>9786255709219</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Kraliçesi</t>
+          <t>Sınav Terapisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255592828</t>
+          <t>9786257681612</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Düşler</t>
+          <t>Aklın Özgürleşmesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255592743</t>
+          <t>9786255709035</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Saatler Vurunca Vakit Durunca</t>
+          <t>Yükseliş Hilde</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255592736</t>
+          <t>9786255709172</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kunduz Ailesi</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255592750</t>
+          <t>9786255709066</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Müslümanlık</t>
+          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255592729</t>
+          <t>9786255709028</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Fısıltısı</t>
+          <t>74. Sayfa</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255592699</t>
+          <t>9786255709165</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 1</t>
+          <t>Hoş Sadadan Esintiler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255592705</t>
+          <t>9786255709073</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 2</t>
+          <t>Ah Şu Kadınlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255592798</t>
+          <t>9786255709134</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Süreyya</t>
+          <t>Şikayetçiyim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255592668</t>
+          <t>9786255709080</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Uyanışı</t>
+          <t>Al-i Beyt-i Muhammed</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255592675</t>
+          <t>9786255709097</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygunun Teşekkülü</t>
+          <t>Hayatın Anlamı ve İlahi Denge</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255592637</t>
+          <t>9786255709059</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam Hakkında Soru-Yorum</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255592590</t>
+          <t>9786255592941</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yörük Gızı (Silifke)</t>
+          <t>Ekmeği Kitaba Bandıran Kadın</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255592644</t>
+          <t>9786255592934</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Etimolojik Sözlük Numunesi</t>
+          <t>Çocuk Bilmeceleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255592613</t>
+          <t>9786255709042</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirleri Hikâyeleri II</t>
+          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255592538</t>
+          <t>9786255709011</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Messaldo Antepte</t>
+          <t>Dedem ve Onun Sadık Dostu Cesur</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255592620</t>
+          <t>9786255592958</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yakılacak Mektuplar</t>
+          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255592606</t>
+          <t>9786255592880</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Yolcusun Ey Garip Hazırlan (2)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255592583</t>
+          <t>9786255592927</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Damladaki Derya</t>
+          <t>Yolcusun Ey Garip Hazırlan (1)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256300194</t>
+          <t>9786255592965</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Maria İle Luka Sordular Söyledik</t>
+          <t>Kanadını Rahmete Aç</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255592552</t>
+          <t>9786255592897</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255592576</t>
+          <t>9786255592910</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şehadet Şerife Bacı</t>
+          <t>Kod</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255592521</t>
+          <t>9786255592866</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>GünEşim</t>
+          <t>Ciğerimde Yara Var</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255592514</t>
+          <t>9786255592903</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dilhane Yokuşları</t>
+          <t>Gönül Rüzgârı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255592446</t>
+          <t>9786255592781</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gitme Kervancı</t>
+          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255592545</t>
+          <t>9786255592774</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Danışıklı Dövüş</t>
+          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255592484</t>
+          <t>9786255592859</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Sevgiyle Değişen Dünya</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255592354</t>
+          <t>9786255592835</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kayıp Sayfaları</t>
+          <t>Azerbaycan Seyahatlerim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>780</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255592491</t>
+          <t>9786255592811</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Bir Dönüp Baktım</t>
+          <t>Gönül Mürekkebi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255592507</t>
+          <t>9786255592651</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Aynı Gurbetin Çocukları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255592095</t>
+          <t>9786255592842</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Bu Benim Yolum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>790</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255592415</t>
+          <t>9786255592767</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
+          <t>Güllerin Kraliçesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255592453</t>
+          <t>9786255592828</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Gül Sevdim</t>
+          <t>İmgesel Düşler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255592439</t>
+          <t>9786255592743</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemlerden Gizemli Maceralar</t>
+          <t>Saatler Vurunca Vakit Durunca</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255592460</t>
+          <t>9786255592736</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
+          <t>Kunduz Ailesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255592477</t>
+          <t>9786255592750</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tamer</t>
+          <t>Gecekondu Müslümanlık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255592422</t>
+          <t>9786255592729</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dil Bilgisi</t>
+          <t>Rüzgarın Fısıltısı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255592385</t>
+          <t>9786255592699</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Palandöken Hep Gazaptaydı</t>
+          <t>Kerkükname 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255592347</t>
+          <t>9786255592705</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Şehrinde Yeniden Doğmak</t>
+          <t>Kerkükname 2</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255592279</t>
+          <t>9786255592798</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zeyrek Kayıp</t>
+          <t>Süreyya</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255592330</t>
+          <t>9786255592668</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
+          <t>Ruhun Uyanışı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255592392</t>
+          <t>9786255592675</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Engellenen Güzel Ülkem</t>
+          <t>Çocukta Dini Duygunun Teşekkülü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255592408</t>
+          <t>9786255592637</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
+          <t>İslam Hakkında Soru-Yorum</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255592378</t>
+          <t>9786255592590</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Yörük Gızı (Silifke)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255592309</t>
+          <t>9786255592644</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
+          <t>Etimolojik Sözlük Numunesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255592316</t>
+          <t>9786255592613</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Yazılan</t>
+          <t>Hayatı Şiirleri Hikâyeleri II</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255592293</t>
+          <t>9786255592538</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sefine I</t>
+          <t>Messaldo Antepte</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255592323</t>
+          <t>9786255592620</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Anam Çaput Bağlar Gül Dalına</t>
+          <t>Yakılacak Mektuplar</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255592149</t>
+          <t>9786255592606</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gitardaki Sır ve Gizemli Hazine</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255592200</t>
+          <t>9786255592583</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşkla Sema Etmek</t>
+          <t>Damladaki Derya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255592262</t>
+          <t>9786256300194</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Serseri Düşler</t>
+          <t>Maria İle Luka Sordular Söyledik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255592255</t>
+          <t>9786255592552</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Huzur</t>
+          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255592248</t>
+          <t>9786255592576</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Alp Aydınlık Ada Ülkesinde</t>
+          <t>Beyaz Şehadet Şerife Bacı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255592231</t>
+          <t>9786255592521</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karacaören</t>
+          <t>GünEşim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255592170</t>
+          <t>9786255592514</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Güzel Düşün Güzeli Düşün</t>
+          <t>Dilhane Yokuşları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255592217</t>
+          <t>9786255592446</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Öfke ve Sel</t>
+          <t>Gitme Kervancı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255592224</t>
+          <t>9786255592545</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
+          <t>Danışıklı Dövüş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255592187</t>
+          <t>9786255592484</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kitap ve Toplum</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255592194</t>
+          <t>9786255592354</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ruhu</t>
+          <t>Tarihin Kayıp Sayfaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>555</v>
+        <v>780</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255996794</t>
+          <t>9786255592491</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
+          <t>Şöyle Bir Dönüp Baktım</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255996923</t>
+          <t>9786255592507</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255996770</t>
+          <t>9786255592095</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>790</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255996558</t>
+          <t>9786255592415</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255996671</t>
+          <t>9786255592453</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Külahta</t>
+          <t>Ben Bir Gül Sevdim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255996664</t>
+          <t>9786255592439</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Ayarlı Şiirler</t>
+          <t>Genç Kalemlerden Gizemli Maceralar</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255996657</t>
+          <t>9786255592460</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yolculuk Şifa Olsun</t>
+          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255996343</t>
+          <t>9786255592477</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aile Dizimi Öyküleri-1 Abadha</t>
+          <t>Tamer</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255996374</t>
+          <t>9786255592422</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Acı Türküler</t>
+          <t>Herkes İçin Dil Bilgisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255996381</t>
+          <t>9786255592385</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Palandöken Hep Gazaptaydı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255996084</t>
+          <t>9786255592347</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kaldırımda Açan Çiçek</t>
+          <t>Ölüler Şehrinde Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256300842</t>
+          <t>9786255592279</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Başarının Altın Anahtarları</t>
+          <t>Zeyrek Kayıp</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256300477</t>
+          <t>9786255592330</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Karşı Kıyısı</t>
+          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256300606</t>
+          <t>9786255592392</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şerif Ali'nin Gizemli Hayatı</t>
+          <t>Engellenen Güzel Ülkem</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256300521</t>
+          <t>9786255592408</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
+          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256300538</t>
+          <t>9786255592378</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256300439</t>
+          <t>9786255592309</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Keçi Ezgisi</t>
+          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256300248</t>
+          <t>9786255592316</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gençler Soruyor</t>
+          <t>Gölgeye Yazılan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256300217</t>
+          <t>9786255592293</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
+          <t>Sefine I</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256300125</t>
+          <t>9786255592323</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
+          <t>Anam Çaput Bağlar Gül Dalına</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256300118</t>
+          <t>9786255592149</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ateist Kardeşlerim İçin</t>
+          <t>Gitardaki Sır ve Gizemli Hazine</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256300057</t>
+          <t>9786255592200</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
+          <t>İlahi Aşkla Sema Etmek</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256300064</t>
+          <t>9786255592262</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
+          <t>Serseri Düşler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256300071</t>
+          <t>9786255592255</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
+          <t>Bir Avuç Huzur</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256747876</t>
+          <t>9786255592248</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
+          <t>Alp Aydınlık Ada Ülkesinde</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256747838</t>
+          <t>9786255592231</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Anılar</t>
+          <t>Karacaören</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258116366</t>
+          <t>9786255592170</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Güzel Düşün Güzeli Düşün</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256747463</t>
+          <t>9786255592217</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Demez</t>
+          <t>Öfke ve Sel</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256747449</t>
+          <t>9786255592224</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Serra - Berra</t>
+          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256747432</t>
+          <t>9786255592187</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Naçizane Hayatım</t>
+          <t>İnsan Kitap ve Toplum</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256747418</t>
+          <t>9786255592194</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
+          <t>Diriliş Ruhu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>555</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256747395</t>
+          <t>9786255996794</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256747388</t>
+          <t>9786255996923</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Sofrası</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256747364</t>
+          <t>9786255996770</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İrfan İkliminde Seherden Kalbe</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256747340</t>
+          <t>9786255996558</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256747333</t>
+          <t>9786255996671</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Hayat Memat</t>
+          <t>Çekirdek Külahta</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256747302</t>
+          <t>9786255996664</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
+          <t>Sevgiye Ayarlı Şiirler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256747319</t>
+          <t>9786255996657</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
+          <t>Anılarda Yolculuk Şifa Olsun</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256747326</t>
+          <t>9786255996343</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kütahya’dan Gülücük Esintileri</t>
+          <t>Aile Dizimi Öyküleri-1 Abadha</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256747180</t>
+          <t>9786255996374</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Portre Hikayeleri</t>
+          <t>Acı Türküler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256747173</t>
+          <t>9786255996381</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256747234</t>
+          <t>9786255996084</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
+          <t>Kaldırımda Açan Çiçek</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256747241</t>
+          <t>9786256300842</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Başarının Altın Anahtarları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256747258</t>
+          <t>9786256300477</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Az Kaldı</t>
+          <t>Şehrin Karşı Kıyısı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256747203</t>
+          <t>9786256300606</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
+          <t>Şerif Ali'nin Gizemli Hayatı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256747227</t>
+          <t>9786256300521</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 2</t>
+          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256747265</t>
+          <t>9786256300538</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
+          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256747210</t>
+          <t>9786256300439</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
+          <t>Keçi Ezgisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256747289</t>
+          <t>9786256300248</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kur’andan Damlalar Gönülden Dualar</t>
+          <t>Gençler Soruyor</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256747197</t>
+          <t>9786256300217</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Ontolojik Yazılar</t>
+          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256747142</t>
+          <t>9786256300125</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Pranayama</t>
+          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256747159</t>
+          <t>9786256300118</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga</t>
+          <t>Ateist Kardeşlerim İçin</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>600</v>
+        <v>420</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256747098</t>
+          <t>9786256300057</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256747067</t>
+          <t>9786256300064</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>480</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256747081</t>
+          <t>9786256300071</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Seyre Dalan Ruhum</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256747029</t>
+          <t>9786256747876</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
+          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256874961</t>
+          <t>9786256747838</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Kopuş</t>
+          <t>Gümrükten Geçen Anılar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256747074</t>
+          <t>9786258116366</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yudum Yudum Aşk</t>
+          <t>Şen Yuva</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256874992</t>
+          <t>9786256747463</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna</t>
+          <t>Kaza Geliyorum Demez</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256747012</t>
+          <t>9786256747449</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Emir’in Gelecek Çabası</t>
+          <t>Serra - Berra</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256874978</t>
+          <t>9786256747432</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Seçkin ve Sıradan</t>
+          <t>Naçizane Hayatım</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256747036</t>
+          <t>9786256747418</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dile</t>
+          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256874985</t>
+          <t>9786256747395</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256874541</t>
+          <t>9786256747388</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Derdiyar</t>
+          <t>Tanrılar Sofrası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256874886</t>
+          <t>9786256747364</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim</t>
+          <t>İrfan İkliminde Seherden Kalbe</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256874862</t>
+          <t>9786256747340</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yağmurum</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256874947</t>
+          <t>9786256747333</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çınardaki İzler</t>
+          <t>Her Daim Hayat Memat</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256874954</t>
+          <t>9786256747302</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Mendil</t>
+          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256874916</t>
+          <t>9786256747319</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Deprem Umutsuzluğa Yolculuk</t>
+          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256874909</t>
+          <t>9786256747326</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Öyküsü Saklambaç</t>
+          <t>Kütahya’dan Gülücük Esintileri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256874879</t>
+          <t>9786256747180</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
+          <t>Portre Hikayeleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256874855</t>
+          <t>9786256747173</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>10 Usta Kalem Şiirler</t>
+          <t>Tanzimat</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256874817</t>
+          <t>9786256747234</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
+          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256874770</t>
+          <t>9786256747241</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinde Erdem Arayışı</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256874763</t>
+          <t>9786256747258</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İnsanzede</t>
+          <t>Güneşe Az Kaldı</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256874848</t>
+          <t>9786256747203</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Anadolu</t>
+          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256874824</t>
+          <t>9786256747227</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İki Hece</t>
+          <t>Özümden Öz Sözler - 2</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256874756</t>
+          <t>9786256747265</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256874749</t>
+          <t>9786256747210</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256874732</t>
+          <t>9786256747289</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Can Parçam</t>
+          <t>Kur’andan Damlalar Gönülden Dualar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256874718</t>
+          <t>9786256747197</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Demiş</t>
+          <t>Sosyo-Ontolojik Yazılar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256874725</t>
+          <t>9786256747142</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil Böyle</t>
+          <t>MGA Yoga Pranayama</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256874695</t>
+          <t>9786256747159</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimin Sızısı</t>
+          <t>MGA Yoga</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256874701</t>
+          <t>9786256747098</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gül Vakti</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256874688</t>
+          <t>9786256747067</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zembil 2</t>
+          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>295</v>
+        <v>480</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256874619</t>
+          <t>9786256747081</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şarkısız İnsanlar</t>
+          <t>Seyre Dalan Ruhum</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256874602</t>
+          <t>9786256747029</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve İnsan</t>
+          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256874626</t>
+          <t>9786256874961</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Şapka</t>
+          <t>Zoraki Kopuş</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>95</v>
+        <v>225</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256874640</t>
+          <t>9786256747074</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
+          <t>Yudum Yudum Aşk</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256874657</t>
+          <t>9786256874992</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk</t>
+          <t>Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256874589</t>
+          <t>9786256747012</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Merdiven</t>
+          <t>Emir’in Gelecek Çabası</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256874633</t>
+          <t>9786256874978</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yaşatanlar</t>
+          <t>Seçkin ve Sıradan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256874596</t>
+          <t>9786256747036</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikayemiz</t>
+          <t>Yürekten Dile</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256874572</t>
+          <t>9786256874985</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Olsun Sana</t>
+          <t>Kayıtsız Kimlikler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256874558</t>
+          <t>9786256874541</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Can Tanelerim Öğrencilerime Şiirler</t>
+          <t>Derdiyar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256874565</t>
+          <t>9786256874886</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Deli Gönül</t>
+          <t>Makalelerim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256874534</t>
+          <t>9786256874862</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Şairler</t>
+          <t>Çöl Yağmurum</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256874527</t>
+          <t>9786256874947</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
+          <t>Çınardaki İzler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256874510</t>
+          <t>9786256874954</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
+          <t>Camdaki Mendil</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256874497</t>
+          <t>9786256874916</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Allah</t>
+          <t>Deprem Umutsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256874480</t>
+          <t>9786256874909</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
+          <t>Bir Kaçış Öyküsü Saklambaç</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256874442</t>
+          <t>9786256874879</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bala Vatan’dan Yavru Vatan’a</t>
+          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256874459</t>
+          <t>9786256874855</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Herkes Değilsin Sen</t>
+          <t>10 Usta Kalem Şiirler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256874473</t>
+          <t>9786256874817</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
+          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256874367</t>
+          <t>9786256874770</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
+          <t>İnsanlık Tarihinde Erdem Arayışı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256874381</t>
+          <t>9786256874763</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkü Söylenir Bizim Ellerde</t>
+          <t>İnsanzede</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256874428</t>
+          <t>9786256874848</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Vurgunum</t>
+          <t>Ayağa Kalk Anadolu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256874350</t>
+          <t>9786256874824</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
+          <t>İki Hece</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256874374</t>
+          <t>9786256874756</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Düştü Toprağa</t>
+          <t>Nefesler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256874299</t>
+          <t>9786256874749</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kapıdan Ömür Geçer</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256874336</t>
+          <t>9786256874732</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Lal Geceler</t>
+          <t>Can Parçam</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256874343</t>
+          <t>9786256874718</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
+          <t>Kim Ne Demiş</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256874312</t>
+          <t>9786256874725</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Garip Teselli</t>
+          <t>Öyle Değil Böyle</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256874329</t>
+          <t>9786256874695</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Recalim Var</t>
+          <t>Ciğerimin Sızısı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256874268</t>
+          <t>9786256874701</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Fıkralar</t>
+          <t>Gül Vakti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256874275</t>
+          <t>9786256874688</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
+          <t>Zembil 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256874251</t>
+          <t>9786256874619</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dağlara Döneceğim</t>
+          <t>Şarkısız İnsanlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256874121</t>
+          <t>9786256874602</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Danişmendli Emir Melikgazi</t>
+          <t>Yönetim ve İnsan</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256874220</t>
+          <t>9786256874626</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Garip Bir Şapka</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256874213</t>
+          <t>9786256874640</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gardenya</t>
+          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256874015</t>
+          <t>9786256874657</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gardırop</t>
+          <t>Ey Aşk</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256874183</t>
+          <t>9786256874589</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şiirler</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256874138</t>
+          <t>9786256874633</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
+          <t>Hayallerini Yaşatanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256874114</t>
+          <t>9786256874596</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybedersin</t>
+          <t>Bitmeyen Hikayemiz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256874176</t>
+          <t>9786256874572</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Makalelerim</t>
+          <t>Sözüm Olsun Sana</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256874206</t>
+          <t>9786256874558</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balon</t>
+          <t>Can Tanelerim Öğrencilerime Şiirler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256874145</t>
+          <t>9786256874565</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Şehbalden Dökülenler</t>
+          <t>Deli Gönül</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256874169</t>
+          <t>9786256874534</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Sevdalısı</t>
+          <t>Veteriner Şairler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256874190</t>
+          <t>9786256874527</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman ve Usul’ül-ilim</t>
+          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256874107</t>
+          <t>9786256874510</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhsin’den Bin Muhsin’e</t>
+          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256874077</t>
+          <t>9786256874497</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Gibi Şiirler</t>
+          <t>Varlık ve Allah</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256874084</t>
+          <t>9786256874480</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Çocuk Gibidir</t>
+          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256874022</t>
+          <t>9786256874442</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nandi</t>
+          <t>Bala Vatan’dan Yavru Vatan’a</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256874060</t>
+          <t>9786256874459</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
+          <t>Herkes Değilsin Sen</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256874053</t>
+          <t>9786256874473</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>...Ve Sevdan Söyletir</t>
+          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256874046</t>
+          <t>9786256874367</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sesinden Şiirler</t>
+          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256369948</t>
+          <t>9786256874381</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Bir Türkü Söylenir Bizim Ellerde</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256874039</t>
+          <t>9786256874428</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gidecek Misin Böyle</t>
+          <t>Vurgunum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256874008</t>
+          <t>9786256874350</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalanlar</t>
+          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256369931</t>
+          <t>9786256874374</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kader ve İrade Yasa ve Özgürlük</t>
+          <t>Kalbim Düştü Toprağa</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256369962</t>
+          <t>9786256874299</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kerkükde Türk Soykırımları</t>
+          <t>Kapıdan Ömür Geçer</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256369986</t>
+          <t>9786256874336</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
+          <t>Lal Geceler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256369924</t>
+          <t>9786256874343</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Yolculuğu</t>
+          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256369955</t>
+          <t>9786256874312</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nur Hüzmesi</t>
+          <t>Garip Teselli</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256369917</t>
+          <t>9786256874329</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gürcistanlı Nino</t>
+          <t>Recalim Var</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256369832</t>
+          <t>9786256874268</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Pusu 1</t>
+          <t>Hayatın İçinden Fıkralar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256369887</t>
+          <t>9786256874275</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Biz Üç Kişiydik</t>
+          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256369900</t>
+          <t>9786256874251</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Tefekkür</t>
+          <t>Dağlara Döneceğim</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256369894</t>
+          <t>9786256874121</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Sesleniş</t>
+          <t>Danişmendli Emir Melikgazi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256369801</t>
+          <t>9786256874220</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256369825</t>
+          <t>9786256874213</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Yaradılış</t>
+          <t>Gardenya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256369795</t>
+          <t>9786256874015</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğime</t>
+          <t>Gardırop</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256369863</t>
+          <t>9786256874183</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
+          <t>Yitik Şiirler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256369788</t>
+          <t>9786256874138</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tevrat Da Mucizedir</t>
+          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>495</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256369771</t>
+          <t>9786256874114</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kerküklü Koca Türkmen</t>
+          <t>Sen Kaybedersin</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256369733</t>
+          <t>9786256874176</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali</t>
+          <t>Azerbaycan Makalelerim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256369726</t>
+          <t>9786256874206</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Arol</t>
+          <t>Kırmızı Balon</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256369641</t>
+          <t>9786256874145</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
+          <t>Şehbalden Dökülenler</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256369658</t>
+          <t>9786256874169</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gibiler Aynasında</t>
+          <t>Azerbaycan Sevdalısı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256369573</t>
+          <t>9786256874190</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dediysek Kelebek Değil!</t>
+          <t>Bediüzzaman ve Usul’ül-ilim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>90</v>
+        <v>495</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256369610</t>
+          <t>9786256874107</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Huzur Köşemde Gül Ağacı</t>
+          <t>Bir Muhsin’den Bin Muhsin’e</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256369627</t>
+          <t>9786256874077</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Garip Kuşlar</t>
+          <t>Yağmur Gibi Şiirler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256369580</t>
+          <t>9786256874084</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Gerçek</t>
+          <t>Şiirler Çocuk Gibidir</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256369597</t>
+          <t>9786256874022</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’ın Gurbeti</t>
+          <t>Nandi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256369559</t>
+          <t>9786256874060</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bizim Oralarda</t>
+          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256369399</t>
+          <t>9786256874053</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Efendisi</t>
+          <t>...Ve Sevdan Söyletir</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256369436</t>
+          <t>9786256874046</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
+          <t>Kalbimin Sesinden Şiirler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256369481</t>
+          <t>9786256369948</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Lapis Lazuli</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256369412</t>
+          <t>9786256874039</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
+          <t>Şimdi Gidecek Misin Böyle</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256369443</t>
+          <t>9786256874008</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Puslu Aynasından</t>
+          <t>Dünden Kalanlar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256369405</t>
+          <t>9786256369931</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
+          <t>Kader ve İrade Yasa ve Özgürlük</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256369344</t>
+          <t>9786256369962</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
+          <t>Kerkükde Türk Soykırımları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256369320</t>
+          <t>9786256369986</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256369306</t>
+          <t>9786256369924</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
+          <t>Çobanın Yolculuğu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256369221</t>
+          <t>9786256369955</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Yarışanlar</t>
+          <t>Nur Hüzmesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256369238</t>
+          <t>9786256369917</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
+          <t>Gürcistanlı Nino</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256369245</t>
+          <t>9786256369832</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
+          <t>Pusu 1</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256369207</t>
+          <t>9786256369887</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Biz Üç Kişiydik</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256369191</t>
+          <t>9786256369900</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Kar Taneleri</t>
+          <t>Beş Yıldızlı Tefekkür</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256369146</t>
+          <t>9786256369894</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım</t>
+          <t>Bir Garip Sesleniş</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256369153</t>
+          <t>9786256369801</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan’ın Kılıcı</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256369184</t>
+          <t>9786256369825</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Köşker Dağı’nın Suna’sı</t>
+          <t>Ayet ve Hadis Işığında Yaradılış</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256369092</t>
+          <t>9786256369795</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sevesim Geldi</t>
+          <t>Sevdiğime</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256369177</t>
+          <t>9786256369863</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Gül Sevdası</t>
+          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258116984</t>
+          <t>9786256369788</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
+          <t>Tevrat Da Mucizedir</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256369078</t>
+          <t>9786256369771</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ses</t>
+          <t>Kerküklü Koca Türkmen</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256369016</t>
+          <t>9786256369733</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Taksici</t>
+          <t>Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>85</v>
+        <v>495</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258116953</t>
+          <t>9786256369726</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ve Gül</t>
+          <t>Arol</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258116977</t>
+          <t>9786256369641</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
+          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258116915</t>
+          <t>9786256369658</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yerdeyim</t>
+          <t>Gibiler Aynasında</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258116779</t>
+          <t>9786256369573</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>Hayvan Dediysek Kelebek Değil!</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258116861</t>
+          <t>9786256369610</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Görevi Şiir Mesleği Şair</t>
+          <t>Huzur Köşemde Gül Ağacı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>230</v>
+        <v>80</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258116854</t>
+          <t>9786256369627</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Beş Çarpı Beş Düşünmek</t>
+          <t>Garip Kuşlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258116885</t>
+          <t>9786256369580</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bağışla</t>
+          <t>Mitoloji ve Gerçek</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258116878</t>
+          <t>9786256369597</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>O Köye Hiç Gitmemeliydim</t>
+          <t>Yıldız’ın Gurbeti</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258116892</t>
+          <t>9786256369559</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
+          <t>Bizim Oralarda</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258116809</t>
+          <t>9786256369399</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sedalar</t>
+          <t>Gecenin Efendisi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258116847</t>
+          <t>9786256369436</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
+          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258116786</t>
+          <t>9786256369481</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Kitap</t>
+          <t>Kayıp Lapis Lazuli</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>390</v>
+        <v>85</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258116762</t>
+          <t>9786256369412</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
+          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258116755</t>
+          <t>9786256369443</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
+          <t>Tarihin Puslu Aynasından</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258116731</t>
+          <t>9786256369405</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kavramı</t>
+          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258116458</t>
+          <t>9786256369344</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gel Sevdiğim</t>
+          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>80</v>
+        <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258116694</t>
+          <t>9786256369320</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258116618</t>
+          <t>9786256369306</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Aşk</t>
+          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258116687</t>
+          <t>9786256369221</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan</t>
+          <t>Sırat-ı Müstakim’de Yarışanlar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258116670</t>
+          <t>9786256369238</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bizim Topraklar</t>
+          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258116649</t>
+          <t>9786256369245</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Benimle Aşık Konuş</t>
+          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258116656</t>
+          <t>9786256369207</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gündönümü</t>
+          <t>Gönül Telimden Dökülenler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258116663</t>
+          <t>9786256369191</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Gitmeden</t>
+          <t>Geçmişin Kar Taneleri</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258116625</t>
+          <t>9786256369146</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
+          <t>Yaşadıklarım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258116557</t>
+          <t>9786256369153</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Düşün Korkma Sor!</t>
+          <t>Oğuz Kağan’ın Kılıcı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258116595</t>
+          <t>9786256369184</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>Köşker Dağı’nın Suna’sı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>50</v>
+        <v>225</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258116533</t>
+          <t>9786256369092</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Allah'a Dualar</t>
+          <t>Sevesim Geldi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258116502</t>
+          <t>9786256369177</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sen Olsan Ne Dilerdin?</t>
+          <t>Gül Sevdası</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258116274</t>
+          <t>9786258116984</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
+          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258116281</t>
+          <t>9786256369078</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
+          <t>İçimizdeki Ses</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258116328</t>
+          <t>9786256369016</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Saklanan Kur'an</t>
+          <t>Taksici</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258116250</t>
+          <t>9786258116953</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
+          <t>Ateş Ve Gül</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258116229</t>
+          <t>9786258116977</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında - 2</t>
+          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258116106</t>
+          <t>9786258116915</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zulamdaki Korkular</t>
+          <t>Aynı Yerdeyim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258116120</t>
+          <t>9786258116779</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bir Şizofrenin Şiir Defteri</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258116038</t>
+          <t>9786258116861</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Çay Molası</t>
+          <t>Görevi Şiir Mesleği Şair</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258116045</t>
+          <t>9786258116854</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ey Can</t>
+          <t>Beş Çarpı Beş Düşünmek</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>45</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258116052</t>
+          <t>9786258116885</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Nil'in Tuvalet Eğitimi</t>
+          <t>Bağışla</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257536950</t>
+          <t>9786258116878</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
+          <t>O Köye Hiç Gitmemeliydim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257536943</t>
+          <t>9786258116892</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257536615</t>
+          <t>9786258116809</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kedim En İyi Arkadaşım</t>
+          <t>Hoş Sedalar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257536844</t>
+          <t>9786258116847</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Şiirler</t>
+          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257536882</t>
+          <t>9786258116786</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sevseydin Gitmezdin</t>
+          <t>Kur'an ve Ehl-i Kitap</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257536837</t>
+          <t>9786258116762</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sarsar Apartmanı</t>
+          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257536806</t>
+          <t>9786258116755</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yeni Düzen</t>
+          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257536790</t>
+          <t>9786258116731</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
+          <t>Sevgi Kavramı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257536523</t>
+          <t>9786258116458</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Oğlumun Renkleri</t>
+          <t>Gel Sevdiğim</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257536578</t>
+          <t>9786258116694</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 3</t>
+          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257536677</t>
+          <t>9786258116618</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Define: Mutluluk</t>
+          <t>Şiirlerle Aşk</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257536721</t>
+          <t>9786258116687</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Seyyah - Beş Taş</t>
+          <t>İyi İnsan</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257536714</t>
+          <t>9786258116670</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım Mı Yaşlandım Mı</t>
+          <t>Bizim Topraklar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>255</v>
+        <v>70</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257536745</t>
+          <t>9786258116649</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
+          <t>Benimle Aşık Konuş</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786056998119</t>
+          <t>9786258116656</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Karamık</t>
+          <t>Gündönümü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257536097</t>
+          <t>9786258116663</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Girişimcilik</t>
+          <t>Güvercinler Gitmeden</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257536332</t>
+          <t>9786258116625</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Amayrosi</t>
+          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257536196</t>
+          <t>9786258116557</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Aramak</t>
+          <t>Düşün Korkma Sor!</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257536233</t>
+          <t>9786258116595</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Önsüz ve Sonsuz</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257681919</t>
+          <t>9786258116533</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Deyimler İskelesi</t>
+          <t>Şiirlerle Allah'a Dualar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257536271</t>
+          <t>9786258116502</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Şiir Denizinde Bir Sandal</t>
+          <t>Sen Olsan Ne Dilerdin?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>235</v>
+        <v>65</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257681568</t>
+          <t>9786258116274</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe Çocuk Kalır İnsan</t>
+          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257681988</t>
+          <t>9786258116281</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Yüreğine Dokunmak</t>
+          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>19</v>
+        <v>75</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257681810</t>
+          <t>9786258116328</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
+          <t>Saklanan Kur'an</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057489333</t>
+          <t>9786258116250</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlığın Alemi Var</t>
+          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257681513</t>
+          <t>9786258116229</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ben Hakimim Masum Bey</t>
+          <t>Dalgaların Kıyısında - 2</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257681308</t>
+          <t>9786258116106</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası "Lulu"</t>
+          <t>Zulamdaki Korkular</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>19</v>
+        <v>55</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257681322</t>
+          <t>9786258116120</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ispartalı Momi Kirazlı Köyde</t>
+          <t>Bir Şizofrenin Şiir Defteri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>19</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257681315</t>
+          <t>9786258116038</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
+          <t>Çay Molası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>19</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257681100</t>
+          <t>9786258116045</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
+          <t>Ey Can</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257681094</t>
+          <t>9786258116052</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkünün Hikayesi</t>
+          <t>Nil'in Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257681070</t>
+          <t>9786257536950</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
+          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257681599</t>
+          <t>9786257536943</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kalp Temizliği</t>
+          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257681179</t>
+          <t>9786257536615</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
+          <t>Kedim En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257536417</t>
+          <t>9786257536844</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sadaka ve Şükrün Mucizesi</t>
+          <t>Rengarenk Şiirler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257536370</t>
+          <t>9786257536882</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Gönlüme</t>
+          <t>Sevseydin Gitmezdin</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257536028</t>
+          <t>9786257536837</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Serçe’nin Gözyaşları (Ciltli)</t>
+          <t>Sarsar Apartmanı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257681865</t>
+          <t>9786257536806</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra...</t>
+          <t>Yeşil Yeni Düzen</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257536530</t>
+          <t>9786257536790</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
+          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057489302</t>
+          <t>9786257536523</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hitit Kralının Laneti</t>
+          <t>Oğlumun Renkleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257536134</t>
+          <t>9786257536578</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sur Halkı Kralı</t>
+          <t>Şah-ı Şiirler 3</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257536424</t>
+          <t>9786257536677</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Nil Okula Başlıyor</t>
+          <t>Kaybolan Define: Mutluluk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257681018</t>
+          <t>9786257536721</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Tarihi</t>
+          <t>Bir Garip Seyyah - Beş Taş</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>80</v>
+        <v>235</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057015891</t>
+          <t>9786257536714</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Radyo Tiyatrosu Sanatı</t>
+          <t>Yaşadım Mı Yaşlandım Mı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>70</v>
+        <v>255</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057489371</t>
+          <t>9786257536745</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Pratikmatik -2</t>
+          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257681766</t>
+          <t>9786056998119</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti Sözleri</t>
+          <t>Karamık</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257536264</t>
+          <t>9786257536097</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>10 Adımda Girişimcilik</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257681742</t>
+          <t>9786257536332</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsanın Yol Haritası</t>
+          <t>Amayrosi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257681759</t>
+          <t>9786257536196</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Namaz Mucizesi</t>
+          <t>Allah’ı Aramak</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257536219</t>
+          <t>9786257536233</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Galakside İnecek Var!</t>
+          <t>Önsüz ve Sonsuz</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257536073</t>
+          <t>9786257681919</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Hab</t>
+          <t>Deyimler İskelesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057015877</t>
+          <t>9786257536271</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Resim</t>
+          <t>Şiir Denizinde Bir Sandal</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>45</v>
+        <v>235</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786050650792</t>
+          <t>9786257681568</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>Sevdikçe Çocuk Kalır İnsan</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257681971</t>
+          <t>9786257681988</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>B'aşk'a Şiir</t>
+          <t>Bir Babanın Yüreğine Dokunmak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257536240</t>
+          <t>9786257681810</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257681001</t>
+          <t>9786057489333</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
+          <t>Hayvanlığın Alemi Var</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786050650723</t>
+          <t>9786257681513</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Determinantı</t>
+          <t>Ben Hakimim Masum Bey</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>18</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257681193</t>
+          <t>9786257681308</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Blues</t>
+          <t>Su Damlası "Lulu"</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257681858</t>
+          <t>9786257681322</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kafiye Kılavuzu</t>
+          <t>Ispartalı Momi Kirazlı Köyde</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>19</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257681841</t>
+          <t>9786257681315</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Liseler İçin Uyak Kılavuzu</t>
+          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>19</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257681834</t>
+          <t>9786257681100</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullar İçin Uyak Kılavuzu</t>
+          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257681407</t>
+          <t>9786257681094</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Uçan Eşek</t>
+          <t>Bir Türkünün Hikayesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>22</v>
+        <v>85</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257681278</t>
+          <t>9786257681070</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 1</t>
+          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>170</v>
+        <v>19</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257681285</t>
+          <t>9786257681599</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 2</t>
+          <t>Gerçek Kalp Temizliği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786050676310</t>
+          <t>9786257681179</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
+          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057489388</t>
+          <t>9786257536417</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seninle Güzeldi</t>
+          <t>Sadaka ve Şükrün Mucizesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786050676389</t>
+          <t>9786257536370</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Kaçıran Kurtuldu</t>
+          <t>Hoş Geldin Gönlüme</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786050682311</t>
+          <t>9786257536028</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Beni Alanı Zengin Ederim</t>
+          <t>Serçe’nin Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786050682304</t>
+          <t>9786257681865</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sarmaşıklar</t>
+          <t>Ya Sonra...</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>18</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786056998164</t>
+          <t>9786257536530</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Nazende Aşk</t>
+          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786056998140</t>
+          <t>9786057489302</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İyiden Daha İyi Olmak</t>
+          <t>Hitit Kralının Laneti</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786056998126</t>
+          <t>9786257536134</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'nin Soneleri</t>
+          <t>Sur Halkı Kralı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786050682366</t>
+          <t>9786257536424</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlam Arayışı</t>
+          <t>Nil Okula Başlıyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057489357</t>
+          <t>9786257681018</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Devletlerin Savcılığı</t>
+          <t>Türkoloji Tarihi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057015808</t>
+          <t>9786057015891</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Üstüm Başım Tozum Dumanım</t>
+          <t>Radyo Tiyatrosu Sanatı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057015822</t>
+          <t>9786057489371</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Nereye Göçüyoruz?</t>
+          <t>Pratikmatik -2</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057015815</t>
+          <t>9786257681766</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tarih</t>
+          <t>Seher Vakti Sözleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257681247</t>
+          <t>9786257536264</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Gariplerden Bir Yolcu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786050682380</t>
+          <t>9786257681742</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
+          <t>Erdemli İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257681377</t>
+          <t>9786257681759</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru</t>
+          <t>Namaz Mucizesi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257681544</t>
+          <t>9786257536219</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Su Destanı</t>
+          <t>Galakside İnecek Var!</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786050676358</t>
+          <t>9786257536073</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Geven Dağına Cemreler Düşerken</t>
+          <t>Alem-i Hab</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786050676334</t>
+          <t>9786057015877</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düş İklimleri</t>
+          <t>Ağlayan Resim</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257681506</t>
+          <t>9786050650792</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Böyle D/okundu Kader</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257681339</t>
+          <t>9786257681971</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Üstü Kalsın</t>
+          <t>B'aşk'a Şiir</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786056998171</t>
+          <t>9786257536240</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257681216</t>
+          <t>9786257681001</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
+          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257681230</t>
+          <t>9786050650723</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
+          <t>Sessizliğin Determinantı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050682328</t>
+          <t>9786257681193</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>English Grammar and Practice</t>
+          <t>Blues</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786050682335</t>
+          <t>9786257681858</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Matematik Aşısı</t>
+          <t>Kafiye Kılavuzu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050682359</t>
+          <t>9786257681841</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gülüştüğümüze Memnun Oldum</t>
+          <t>Liseler İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786255592156</t>
+          <t>9786257681834</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Öyküler</t>
+          <t>Ortaokullar İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258116144</t>
+          <t>9786257681407</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Uyanınca</t>
+          <t>Uçan Eşek</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>390</v>
+        <v>22</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257681698</t>
+          <t>9786257681278</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
+          <t>Türkçe-İngilizce Fable 1</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257536820</t>
+          <t>9786257681285</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsim Bahar</t>
+          <t>Türkçe-İngilizce Fable 2</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257536851</t>
+          <t>9786050676310</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bir Azerbaycan Kitabı</t>
+          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257536899</t>
+          <t>9786057489388</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ramazanname</t>
+          <t>Hayat Seninle Güzeldi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257536905</t>
+          <t>9786050676389</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Safsata ve Gerçekler</t>
+          <t>Gözünü Kaçıran Kurtuldu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786255592033</t>
+          <t>9786050682311</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Zaman Otostopçuları</t>
+          <t>Beni Alanı Zengin Ederim</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786255592132</t>
+          <t>9786050682304</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Söylemez Hanım</t>
+          <t>Sihirli Sarmaşıklar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786255592088</t>
+          <t>9786056998164</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Mezarcı Kzagan</t>
+          <t>Nazende Aşk</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786255592040</t>
+          <t>9786056998140</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Oyun Bilgisayarı</t>
+          <t>İyiden Daha İyi Olmak</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786255996596</t>
+          <t>9786056998126</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Babamın Defteri</t>
+          <t>Shakespeare'nin Soneleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786255592019</t>
+          <t>9786050682366</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
+          <t>Bir Anlam Arayışı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786255592064</t>
+          <t>9786057489357</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
+          <t>Yabancı Devletlerin Savcılığı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786255592071</t>
+          <t>9786057015808</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Şuurlu Serçe Şuurun Sâyesi</t>
+          <t>Üstüm Başım Tozum Dumanım</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786255996992</t>
+          <t>9786057015822</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sırrının Omega Anahtarı</t>
+          <t>Nereye Göçüyoruz?</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786255592101</t>
+          <t>9786057015815</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Arûz Nağmeleri</t>
+          <t>Neşeli Tarih</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786255592057</t>
+          <t>9786257681247</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786255996985</t>
+          <t>9786050682380</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786255592026</t>
+          <t>9786257681377</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Oyun Aynası</t>
+          <t>Gözümün Nuru</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786255592002</t>
+          <t>9786257681544</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
+          <t>Su Destanı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786255592118</t>
+          <t>9786050676358</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret ve E-İş</t>
+          <t>Geven Dağına Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786255996978</t>
+          <t>9786050676334</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Görgü ve Ahlak</t>
+          <t>Yitik Düş İklimleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>36</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786255996961</t>
+          <t>9786257681506</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Maceralar</t>
+          <t>Böyle D/okundu Kader</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256747005</t>
+          <t>9786257681339</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Gönlü Deren Yangınlar</t>
+          <t>Üstü Kalsın</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786255996718</t>
+          <t>9786056998171</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>The Torah Is A Miracle</t>
+          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>495</v>
+        <v>90</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786255996787</t>
+          <t>9786257681216</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786255996831</t>
+          <t>9786257681230</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Beyvada</t>
+          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786255996909</t>
+          <t>9786050682328</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Aradığım Şifa</t>
+          <t>English Grammar and Practice</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786255996947</t>
+          <t>9786050682335</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 1</t>
+          <t>Yeniden Matematik Aşısı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786255996916</t>
+          <t>9786050682359</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dualar Demeti</t>
+          <t>Gülüştüğümüze Memnun Oldum</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786255996930</t>
+          <t>9786255592156</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 3</t>
+          <t>Anılar ve Öyküler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786255996954</t>
+          <t>9786258116144</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 2</t>
+          <t>Ve İnsan Uyanınca</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786255996855</t>
+          <t>9786257681698</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sanatı: Başarının Anahtarı</t>
+          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786255996862</t>
+          <t>9786257536820</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
+          <t>Her Mevsim Bahar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786255996848</t>
+          <t>9786257536851</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ferişte</t>
+          <t>Bir Azerbaycan Kitabı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786255996893</t>
+          <t>9786257536899</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Yalnız Hayaller</t>
+          <t>Ramazanname</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786255996749</t>
+          <t>9786257536905</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İstiklalimizin Amentüsü</t>
+          <t>Safsata ve Gerçekler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786255996879</t>
+          <t>9786255592033</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yıldızın Peşinde</t>
+          <t>Zaman Otostopçuları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786255996763</t>
+          <t>9786255592132</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
+          <t>Söylemez Hanım</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786255996886</t>
+          <t>9786255592088</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Zeytun “Bir İsyan Romanı”</t>
+          <t>Mezarcı Kzagan</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786255996466</t>
+          <t>9786255592040</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Okudum Hayatım Değişti</t>
+          <t>Gizemli Oyun Bilgisayarı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255996473</t>
+          <t>9786255996596</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kitaplar</t>
+          <t>Babamın Defteri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255996756</t>
+          <t>9786255592019</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
+          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255996732</t>
+          <t>9786255592064</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Nizipli Aliş</t>
+          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786255996800</t>
+          <t>9786255592071</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Gönül Nevası</t>
+          <t>Şuurlu Serçe Şuurun Sâyesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255996534</t>
+          <t>9786255996992</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Risale-i Nur Okuyor</t>
+          <t>İnsan Sırrının Omega Anahtarı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786255996725</t>
+          <t>9786255592101</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
+          <t>Arûz Nağmeleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255996572</t>
+          <t>9786255592057</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yaşam Sanatı</t>
+          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255996688</t>
+          <t>9786255996985</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255996701</t>
+          <t>9786255592026</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Telveli Geometri</t>
+          <t>Oyun Aynası</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255996626</t>
+          <t>9786255592002</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Baş-ka-la-şım</t>
+          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255996640</t>
+          <t>9786255592118</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Mektubu</t>
+          <t>E-Ticaret ve E-İş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786255996527</t>
+          <t>9786255996978</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
+          <t>Çocuklar İçin Görgü ve Ahlak</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786255996589</t>
+          <t>9786255996961</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
+          <t>Ormandaki Maceralar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786255996633</t>
+          <t>9786256747005</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Şey’ler</t>
+          <t>Gönlü Deren Yangınlar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786255996565</t>
+          <t>9786255996718</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Sevdalı Mektuplar</t>
+          <t>The Torah Is A Miracle</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786255996497</t>
+          <t>9786255996787</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Muallakat</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786255996503</t>
+          <t>9786255996831</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kutub</t>
+          <t>Beyvada</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786255996619</t>
+          <t>9786255996909</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
+          <t>Aradığım Şifa</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786255996510</t>
+          <t>9786255996947</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı İmam Nursi</t>
+          <t>Sükut Gümüş Söz Altın - 1</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255996459</t>
+          <t>9786255996916</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Işıkları</t>
+          <t>Dualar Demeti</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255996480</t>
+          <t>9786255996930</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Vani</t>
+          <t>Özümden Öz Sözler - 3</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256369818</t>
+          <t>9786255996954</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
+          <t>Sükut Gümüş Söz Altın - 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256874237</t>
+          <t>9786255996855</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Bedel Hikaye - İclal</t>
+          <t>Yönetim Sanatı: Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786255996312</t>
+          <t>9786255996862</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
+          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786255996367</t>
+          <t>9786255996848</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tarihin Sırları</t>
+          <t>Ferişte</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786255996404</t>
+          <t>9786255996893</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
+          <t>Cebimdeki Yalnız Hayaller</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786255996350</t>
+          <t>9786255996749</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>An</t>
+          <t>İstiklalimizin Amentüsü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786255996428</t>
+          <t>9786255996879</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Üç Ağaç</t>
+          <t>Kayıp Yıldızın Peşinde</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786255996435</t>
+          <t>9786255996763</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
+          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786255996442</t>
+          <t>9786255996886</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
+          <t>Zeytun “Bir İsyan Romanı”</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786255996398</t>
+          <t>9786255996466</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
+          <t>Bir Kitap Okudum Hayatım Değişti</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786255996411</t>
+          <t>9786255996473</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
+          <t>Dünyayı Değiştiren Kitaplar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786255996183</t>
+          <t>9786255996756</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Aşk</t>
+          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786256300835</t>
+          <t>9786255996732</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
+          <t>Nizipli Aliş</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257536172</t>
+          <t>9786255996800</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
+          <t>Gönül Nevası</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786255996268</t>
+          <t>9786255996534</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Keşke 1 - Alacakaranlığım</t>
+          <t>Çocuklar Risale-i Nur Okuyor</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786255996336</t>
+          <t>9786255996725</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelin</t>
+          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786255996329</t>
+          <t>9786255996572</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nostalji</t>
+          <t>Güzel Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786255996169</t>
+          <t>9786255996688</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Defile</t>
+          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786255996282</t>
+          <t>9786255996701</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Artes</t>
+          <t>Telveli Geometri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786255996305</t>
+          <t>9786255996626</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
+          <t>Baş-ka-la-şım</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786255996275</t>
+          <t>9786255996640</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Bir Şehidin Mektubu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786255996299</t>
+          <t>9786255996527</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Sesi</t>
+          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786255996145</t>
+          <t>9786255996589</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
+          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786255996251</t>
+          <t>9786255996633</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Ateşi</t>
+          <t>Şey’ler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257536660</t>
+          <t>9786255996565</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Örüntü</t>
+          <t>Zindandan Sevdalı Mektuplar</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786255996176</t>
+          <t>9786255996497</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Saçlılar Ülkesi</t>
+          <t>Muallakat</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786255996213</t>
+          <t>9786255996503</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
+          <t>Kutub</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786255996237</t>
+          <t>9786255996619</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Not Defteri</t>
+          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786255996152</t>
+          <t>9786255996510</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Mavi Atlas Mutlu</t>
+          <t>Evrad-ı İmam Nursi</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786255996244</t>
+          <t>9786255996459</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
+          <t>Şehrin Işıkları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786255996138</t>
+          <t>9786255996480</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Minik Kedi Vani</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786255996114</t>
+          <t>9786256369818</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Aynıyız Birbirlerimize Aynayız</t>
+          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256300880</t>
+          <t>9786256874237</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
+          <t>Bir Ömre Bedel Hikaye - İclal</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>390</v>
+        <v>145</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786255996091</t>
+          <t>9786255996312</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kozluçay Köyü</t>
+          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786255996015</t>
+          <t>9786255996367</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba (Şiir)</t>
+          <t>Gençlere Tarihin Sırları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786255996022</t>
+          <t>9786255996404</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba</t>
+          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786255996077</t>
+          <t>9786255996350</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Melankoliymiş Hastalığımın Adı</t>
+          <t>An</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786255996046</t>
+          <t>9786255996428</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gölgesinde</t>
+          <t>Üç Ağaç</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786256300965</t>
+          <t>9786255996435</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
+          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786255996053</t>
+          <t>9786255996442</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Sözler</t>
+          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786256300989</t>
+          <t>9786255996398</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Gülnar Gülistan Gülnar</t>
+          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786256300958</t>
+          <t>9786255996411</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Zembil 3</t>
+          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786256300996</t>
+          <t>9786255996183</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kıta</t>
+          <t>Sürgün ve Aşk</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786255996008</t>
+          <t>9786256300835</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
+          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786256300934</t>
+          <t>9786257536172</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Şira Yıldızı</t>
+          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786256300910</t>
+          <t>9786255996268</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İki Satırlık Hakikatler</t>
+          <t>Keşke 1 - Alacakaranlığım</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786256300897</t>
+          <t>9786255996336</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yazara Darbe</t>
+          <t>Küçük Gelin</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786256300873</t>
+          <t>9786255996329</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
+          <t>Biraz Nostalji</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786256300828</t>
+          <t>9786255996169</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığı II Deneme Yazılarım</t>
+          <t>Ormandaki Defile</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786256300798</t>
+          <t>9786255996282</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Ceylanım</t>
+          <t>Artes</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786256300811</t>
+          <t>9786255996305</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ne Belli</t>
+          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786256300743</t>
+          <t>9786255996275</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hitabım ve Cefan “Serzeniş”</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786256300729</t>
+          <t>9786255996299</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevinç</t>
+          <t>Sensizliğin Sesi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786256300705</t>
+          <t>9786255996145</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetsiz Kelimeler</t>
+          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256300750</t>
+          <t>9786255996251</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
+          <t>Öfkenin Ateşi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256300682</t>
+          <t>9786257536660</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
+          <t>Beyaz Örüntü</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256300712</t>
+          <t>9786255996176</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İmzasız Aşk</t>
+          <t>Yaprak Saçlılar Ülkesi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256300699</t>
+          <t>9786255996213</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
+          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256300675</t>
+          <t>9786255996237</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
+          <t>Not Defteri</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256300668</t>
+          <t>9786255996152</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
+          <t>Mavi Atlas Mutlu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786256300651</t>
+          <t>9786255996244</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
+          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256300637</t>
+          <t>9786255996138</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim ve Sevdam</t>
+          <t>Gönül Telimden Dökülenler</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256300613</t>
+          <t>9786255996114</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hüzzam Mektuplar ve Hikayeler</t>
+          <t>Aynıyız Birbirlerimize Aynayız</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256300415</t>
+          <t>9786256300880</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Hazanda Bir Gül</t>
+          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256300569</t>
+          <t>9786255996091</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalan</t>
+          <t>Kozluçay Köyü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786256300583</t>
+          <t>9786255996015</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Aşkı</t>
+          <t>Bir Garip Kitapçı Baba (Şiir)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>395</v>
+        <v>380</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256300491</t>
+          <t>9786255996022</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
+          <t>Bir Garip Kitapçı Baba</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786256300361</t>
+          <t>9786255996077</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Atölyemiz</t>
+          <t>Melankoliymiş Hastalığımın Adı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786255996695</t>
+          <t>9786255996046</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Uygarya</t>
+          <t>Kalbin Gölgesinde</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256300224</t>
+          <t>9786256300965</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Elizan</t>
+          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786256300132</t>
+          <t>9786255996053</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Deli Kiraz</t>
+          <t>Rüzgara Karşı Sözler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256747883</t>
+          <t>9786256300989</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Alevilik</t>
+          <t>Gülnar Gülistan Gülnar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256747920</t>
+          <t>9786256300958</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Oku</t>
+          <t>Zembil 3</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256747777</t>
+          <t>9786256300996</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Siyaset</t>
+          <t>Yedinci Kıta</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256747517</t>
+          <t>9786255996008</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kaldığı Yerden Daha İleriden</t>
+          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256747425</t>
+          <t>9786256300934</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Adalet Sevdam Benim</t>
+          <t>Şira Yıldızı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256747104</t>
+          <t>9786256300910</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Keşfin Yolculuğu</t>
+          <t>İki Satırlık Hakikatler</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258116137</t>
+          <t>9786256300897</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>Yazara Darbe</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256747128</t>
+          <t>9786256300873</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Surya Namaskar B</t>
+          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256874923</t>
+          <t>9786256300828</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hava ve Yıldızlar</t>
+          <t>Mum Işığı II Deneme Yazılarım</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256874800</t>
+          <t>9786256300798</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerler Olarak 54 Farz</t>
+          <t>Ürkek Ceylanım</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256339351</t>
+          <t>9786256300811</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Demiş?</t>
+          <t>Ne Belli</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256874244</t>
+          <t>9786256300743</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk İnsanlık</t>
+          <t>Hitabım ve Cefan “Serzeniş”</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256874152</t>
+          <t>9786256300729</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İlle De Yozgat</t>
+          <t>Buruk Sevinç</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256369696</t>
+          <t>9786256300705</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ben Okuma Bilmem</t>
+          <t>Kıyafetsiz Kelimeler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256369719</t>
+          <t>9786256300750</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Cin Arif</t>
+          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256369689</t>
+          <t>9786256300682</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hece Hece Şiir Dünyam</t>
+          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256369450</t>
+          <t>9786256300712</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
+          <t>İmzasız Aşk</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256369498</t>
+          <t>9786256300699</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
+          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256369375</t>
+          <t>9786256300675</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Meteorolojik Haritalar</t>
+          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256369368</t>
+          <t>9786256300668</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Çam Ağacı</t>
+          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256369276</t>
+          <t>9786256300651</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şemsiye</t>
+          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256369313</t>
+          <t>9786256300637</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Sevgi</t>
+          <t>Hayallerim ve Sevdam</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256369269</t>
+          <t>9786256300613</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Fra Morket Til Lyset</t>
+          <t>Hüzzam Mektuplar ve Hikayeler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>95</v>
+        <v>280</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256369283</t>
+          <t>9786256300415</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Nur’lanmak</t>
+          <t>Hazanda Bir Gül</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256369160</t>
+          <t>9786256300569</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>O‘g‘uzxonning Qilichi</t>
+          <t>Sende Kalan</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256369030</t>
+          <t>9786256300583</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
+          <t>Hukuk Aşkı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256369085</t>
+          <t>9786256300491</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mat</t>
+          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256369047</t>
+          <t>9786256300361</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kötü Patron</t>
+          <t>Çalışma Atölyemiz</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256369009</t>
+          <t>9786255996695</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Harput’ta Halay Sesi Var</t>
+          <t>Uygarya</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258116946</t>
+          <t>9786256300224</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Elizan</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258116908</t>
+          <t>9786256300132</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
+          <t>Deli Kiraz</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258116823</t>
+          <t>9786256747883</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Şiirimsin</t>
+          <t>Tarihte ve Günümüzde Alevilik</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258116472</t>
+          <t>9786256747920</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Şiir Antolojisi</t>
+          <t>Güle Güle Oku</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258116434</t>
+          <t>9786256747777</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tükenen Bir Sen Değilsin</t>
+          <t>Tarihten Günümüze Siyaset</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258116403</t>
+          <t>9786256747517</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
+          <t>Kaldığı Yerden Daha İleriden</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258116410</t>
+          <t>9786256747425</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Darbeleri</t>
+          <t>Adalet Sevdam Benim</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258116359</t>
+          <t>9786256747104</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Gülüşe Gülüşe Anlaşalım</t>
+          <t>Keşfin Yolculuğu</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258116212</t>
+          <t>9786258116137</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>La Leyl</t>
+          <t>Karapınar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258116175</t>
+          <t>9786256747128</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
+          <t>MGA Yoga Surya Namaskar B</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258116076</t>
+          <t>9786256874923</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
+          <t>Ateş Hava ve Yıldızlar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258116090</t>
+          <t>9786256874800</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
+          <t>Ahlaki Değerler Olarak 54 Farz</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257536868</t>
+          <t>9786256339351</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Efes</t>
+          <t>Atalar Ne Demiş?</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257536875</t>
+          <t>9786256874244</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Mahirane Söylemler</t>
+          <t>Ayağa Kalk İnsanlık</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257681780</t>
+          <t>9786256874152</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük</t>
+          <t>İlle De Yozgat</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258116069</t>
+          <t>9786256369696</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sabah Güneşi</t>
+          <t>Ben Okuma Bilmem</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258116021</t>
+          <t>9786256369719</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sevdaya Zan'lı Şiirler</t>
+          <t>Cin Arif</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258116014</t>
+          <t>9786256369689</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
+          <t>Hece Hece Şiir Dünyam</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257536998</t>
+          <t>9786256369450</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
+          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>60</v>
+        <v>145</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258116007</t>
+          <t>9786256369498</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Astım Gökkuşağını</t>
+          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>50</v>
+        <v>145</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257536936</t>
+          <t>9786256369375</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Mavi</t>
+          <t>Meteorolojik Haritalar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257536981</t>
+          <t>9786256369368</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Mecnun Darlığı</t>
+          <t>Benim Adım Çam Ağacı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257536929</t>
+          <t>9786256369276</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yadigar - Bergüzarlarda Yaşamak</t>
+          <t>Beyaz Şemsiye</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257536974</t>
+          <t>9786256369313</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Seninle Döndü Devran</t>
+          <t>Engelsiz Sevgi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257536967</t>
+          <t>9786256369269</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Keder Ektim Yüreğime</t>
+          <t>Fra Morket Til Lyset</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257536912</t>
+          <t>9786256369283</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kolye</t>
+          <t>Nur’lanmak</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257536783</t>
+          <t>9786256369160</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Renkli Sokakta</t>
+          <t>O‘g‘uzxonning Qilichi</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>55</v>
+        <v>90</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257536776</t>
+          <t>9786256369030</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Gönül Sesi</t>
+          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257536752</t>
+          <t>9786256369085</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Birazcık Tebessüm</t>
+          <t>Aşk Mat</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257536769</t>
+          <t>9786256369047</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>Kötü Patron</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257536707</t>
+          <t>9786256369009</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Delirişimizin Tarihçesi</t>
+          <t>Harput’ta Halay Sesi Var</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257536691</t>
+          <t>9786258116946</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257536684</t>
+          <t>9786258116908</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
+          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257536622</t>
+          <t>9786258116823</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
+          <t>Bitmeyen Şiirimsin</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257536646</t>
+          <t>9786258116472</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Düşlerine Gül Bıraktım</t>
+          <t>Gümrükten Geçen Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257536653</t>
+          <t>9786258116434</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Can’a Gül Değdi</t>
+          <t>Tükenen Bir Sen Değilsin</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257536592</t>
+          <t>9786258116403</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257536516</t>
+          <t>9786258116410</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Sesi Yeter Bana</t>
+          <t>Kaderin Darbeleri</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257536448</t>
+          <t>9786258116359</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Gülüşe Gülüşe Anlaşalım</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257536509</t>
+          <t>9786258116212</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle...</t>
+          <t>La Leyl</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257536493</t>
+          <t>9786258116175</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Suya Gark Olmak</t>
+          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257536486</t>
+          <t>9786258116076</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
+          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257536431</t>
+          <t>9786258116090</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kör Karanlığım</t>
+          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257536479</t>
+          <t>9786257536868</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kardeş!..</t>
+          <t>Efes</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257536455</t>
+          <t>9786257536875</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
+          <t>Mahirane Söylemler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257536387</t>
+          <t>9786257681780</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Yar Pınarı</t>
+          <t>Resimli Sözlük</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257681940</t>
+          <t>9786258116069</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
+          <t>Sabah Güneşi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257536394</t>
+          <t>9786258116021</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Neyse O</t>
+          <t>Sevdaya Zan'lı Şiirler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257536356</t>
+          <t>9786258116014</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İki Hemşehri</t>
+          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257536318</t>
+          <t>9786257536998</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Ana/Dolu</t>
+          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257536301</t>
+          <t>9786258116007</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Güneşe Astım Gökkuşağını</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257536288</t>
+          <t>9786257536936</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Güle Gülümse</t>
+          <t>Hayalimdeki Mavi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257536257</t>
+          <t>9786257536981</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>En Önemli Şey Nedir?</t>
+          <t>Mecnun Darlığı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257536295</t>
+          <t>9786257536929</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalem</t>
+          <t>Yadigar - Bergüzarlarda Yaşamak</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257681964</t>
+          <t>9786257536974</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güvercin</t>
+          <t>Seninle Döndü Devran</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257536226</t>
+          <t>9786257536967</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Artık Bitmeli</t>
+          <t>Keder Ektim Yüreğime</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257536189</t>
+          <t>9786257536912</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Zaferi</t>
+          <t>Kayıp Kolye</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257536165</t>
+          <t>9786257536783</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Dile Sitem</t>
+          <t>Turuncu Renkli Sokakta</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257536141</t>
+          <t>9786257536776</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İptila</t>
+          <t>Şükrü Dede’nin Gönül Sesi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257536158</t>
+          <t>9786257536752</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Lal</t>
+          <t>Birazcık Tebessüm</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257536127</t>
+          <t>9786257536769</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrım</t>
+          <t>Kayıtsız Kimlikler</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257536080</t>
+          <t>9786257536707</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atın Süvarisi</t>
+          <t>Delirişimizin Tarihçesi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257536066</t>
+          <t>9786257536691</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Tutamadım</t>
+          <t>Gün Olur</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257536059</t>
+          <t>9786257536684</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
+          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257536042</t>
+          <t>9786257536622</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşığı</t>
+          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257536004</t>
+          <t>9786257536646</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Öp Beni</t>
+          <t>Düşlerine Gül Bıraktım</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257681803</t>
+          <t>9786257536653</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Çocukluktan Gidilir</t>
+          <t>Can’a Gül Değdi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257681933</t>
+          <t>9786257536592</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Teftiş Bahane</t>
+          <t>Karapınar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786258116724</t>
+          <t>9786257536516</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Şiirle Yönetmek</t>
+          <t>Yüreğimin Sesi Yeter Bana</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257681872</t>
+          <t>9786257536448</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Mavi Martı</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257681827</t>
+          <t>9786257536509</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kitabet-i Kemal</t>
+          <t>Aşk İle...</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257681735</t>
+          <t>9786257536493</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Gözlü Kadın</t>
+          <t>Suya Gark Olmak</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257681711</t>
+          <t>9786257536486</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
+          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257681728</t>
+          <t>9786257536431</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kayınpeder!...</t>
+          <t>Kör Karanlığım</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257681704</t>
+          <t>9786257536479</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
+          <t>Kardeş!..</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257681667</t>
+          <t>9786257536455</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Asrın Yemini</t>
+          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257681650</t>
+          <t>9786257536387</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sevda Ahmera</t>
+          <t>Yar Pınarı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257681674</t>
+          <t>9786257681940</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Adalete Adanan Yıllar-m</t>
+          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257681575</t>
+          <t>9786257536394</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Düzen</t>
+          <t>Neyse O</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257681551</t>
+          <t>9786257536356</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında</t>
+          <t>İki Hemşehri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257681582</t>
+          <t>9786257536318</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ustalara Selam Olsun</t>
+          <t>Sancılı Ana/Dolu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257681537</t>
+          <t>9786257536301</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Payı</t>
+          <t>Şen Yuva</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257681490</t>
+          <t>9786257536288</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Biricik Sevgili'ye Yakarış</t>
+          <t>Güle Gülümse</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257681520</t>
+          <t>9786257536257</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Toplum</t>
+          <t>En Önemli Şey Nedir?</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257681476</t>
+          <t>9786257536295</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Canım</t>
+          <t>Hüzünlü Kalem</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257681483</t>
+          <t>9786257681964</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Aslan</t>
+          <t>Beyaz Güvercin</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257681469</t>
+          <t>9786257536226</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Gizem</t>
+          <t>Artık Bitmeli</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257681452</t>
+          <t>9786257536189</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Gördüğüm</t>
+          <t>Kaplumbağanın Zaferi</t>
         </is>
       </c>
       <c r="C681" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257681445</t>
+          <t>9786257536165</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Yar Denince</t>
+          <t>Dile Sitem</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257681391</t>
+          <t>9786257536141</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Gönlümde Renkli Bir Resim</t>
+          <t>İptila</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257681421</t>
+          <t>9786257536158</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bi 'Yere' Kadar</t>
+          <t>Dil ve Lal</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257681346</t>
+          <t>9786257536127</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>İlk Göz Ağrım</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>255</v>
+        <v>85</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257681360</t>
+          <t>9786257536080</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Başlamak ve Başarmak</t>
+          <t>Beyaz Atın Süvarisi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>245</v>
+        <v>55</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257681254</t>
+          <t>9786257536066</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
+          <t>Zamanı Tutamadım</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257681261</t>
+          <t>9786257536059</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yazısı Edebiyat</t>
+          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>320</v>
+        <v>115</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257681292</t>
+          <t>9786257536042</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Söz Can Sırrıdır</t>
+          <t>Vatan Aşığı</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786050676303</t>
+          <t>9786257536004</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Mentor Anne-Baba</t>
+          <t>Yüreğimden Öp Beni</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257681186</t>
+          <t>9786257681803</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Damlalar</t>
+          <t>Başarıya Çocukluktan Gidilir</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257681209</t>
+          <t>9786257681933</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
+          <t>Teftiş Bahane</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257681223</t>
+          <t>9786258116724</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Dili</t>
+          <t>Vatanı Şiirle Yönetmek</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257681162</t>
+          <t>9786257681872</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Çerçinin Çırağı</t>
+          <t>Mavi Martı</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257681155</t>
+          <t>9786257681827</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Nehr-i Zaman</t>
+          <t>Kitabet-i Kemal</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257681117</t>
+          <t>9786257681735</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İzleri</t>
+          <t>Turkuaz Gözlü Kadın</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257681148</t>
+          <t>9786257681711</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Penceremden Kelimeler</t>
+          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257681087</t>
+          <t>9786257681728</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Senin Başkentinde</t>
+          <t>Kayınpeder!...</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257681124</t>
+          <t>9786257681704</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İkindi Yalnızlığı</t>
+          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257681131</t>
+          <t>9786257681667</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+          <t>Asrın Yemini</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257681049</t>
+          <t>9786257681650</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Adsız Sokak Çocukları</t>
+          <t>Mavi Sevda Ahmera</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257681025</t>
+          <t>9786257681674</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Parmakların Büyüsü</t>
+          <t>Adalete Adanan Yıllar-m</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057015860</t>
+          <t>9786257681575</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+          <t>Dağınık Düzen</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057015846</t>
+          <t>9786257681551</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+          <t>Dalgaların Kıyısında</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257681032</t>
+          <t>9786257681582</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Ustalara Selam Olsun</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057489395</t>
+          <t>9786257681537</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sen Bağışladın</t>
+          <t>Kardeş Payı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057489340</t>
+          <t>9786257681490</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Umudun 41 Düşü</t>
+          <t>Biricik Sevgili'ye Yakarış</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057489319</t>
+          <t>9786257681520</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İçinde</t>
+          <t>Adalet ve Toplum</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057489326</t>
+          <t>9786257681476</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kapı Korkuları</t>
+          <t>Pembegül Canım</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786050650778</t>
+          <t>9786257681483</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Son Misafir</t>
+          <t>Pembegül Aslan</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786050650785</t>
+          <t>9786257681469</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>Pembegül Gizem</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786050650747</t>
+          <t>9786257681452</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Canım Gülnar</t>
+          <t>Gözlerinde Gördüğüm</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786050650761</t>
+          <t>9786257681445</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Gül Şafağı</t>
+          <t>Yar Denince</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786050676372</t>
+          <t>9786257681391</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Yazar</t>
+          <t>Hayalin Gönlümde Renkli Bir Resim</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786050676341</t>
+          <t>9786257681421</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+          <t>Bi 'Yere' Kadar</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786050676327</t>
+          <t>9786257681346</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+          <t>Gariplerden Bir Yolcu</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>75</v>
+        <v>255</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786050682397</t>
+          <t>9786257681360</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Can ve Emre Dinozorlar Diyarında</t>
+          <t>Başlamak ve Başarmak</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786050682342</t>
+          <t>9786257681254</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Bir Nevi Hı(n)zır Cevap</t>
+          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786056998188</t>
+          <t>9786257681261</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Güzergah Arayışı</t>
+          <t>İnsanın Yazısı Edebiyat</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786056998157</t>
+          <t>9786257681292</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Mizah Atölyesi</t>
+          <t>Söz Can Sırrıdır</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
+          <t>9786050676303</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Mentor Anne-Baba</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786257681186</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Yürekten Damlalar</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786257681209</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786257681223</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Dili</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786257681162</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Çerçinin Çırağı</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786257681155</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Nehr-i Zaman</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786257681117</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep İzleri</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786257681148</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Penceremden Kelimeler</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786257681087</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Senin Başkentinde</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786257681124</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786257681131</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786257681049</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Adsız Sokak Çocukları</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786257681025</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Kınalı Parmakların Büyüsü</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786057015860</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786057015846</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786257681032</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Hazan</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786057489395</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bağışladın</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786057489340</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Umudun 41 Düşü</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786057489319</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin İçinde</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786057489326</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Korkuları</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786050650778</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Son Misafir</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786050650785</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dile</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786050650747</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Canım Gülnar</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786050650761</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Gül Şafağı</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786050676372</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah Yazar</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786050676341</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786050676327</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786050682397</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Can ve Emre Dinozorlar Diyarında</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786050682342</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nevi Hı(n)zır Cevap</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786056998188</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Güzergah Arayışı</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786056998157</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Mizah Atölyesi</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
           <t>9786056998133</t>
         </is>
       </c>
-      <c r="B721" s="1" t="inlineStr">
+      <c r="B752" s="1" t="inlineStr">
         <is>
           <t>Bitkilerle Sohbet</t>
         </is>
       </c>
-      <c r="C721" s="1">
+      <c r="C752" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>