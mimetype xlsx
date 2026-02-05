--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,11305 +85,11650 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255709646</t>
+          <t>9786255709905</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anayasal, Demokratik, Lâik, Sosyal Hukuk Devleti Bir Ütopya Mıdır?</t>
+          <t>Sisli Hatıralar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255709639</t>
+          <t>9786255709981</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Konuşamadıkları İçin Hayvan Gibi Yazdık</t>
+          <t>Bizi Bize Vurdurttular</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255709660</t>
+          <t>9786255709950</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Almancı Veli</t>
+          <t>Hesapları Bitirdim Suda Kaldı İzleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255709622</t>
+          <t>9786255709851</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>2957’den 0’a</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255709677</t>
+          <t>9786255709967</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Nutuk’un Satır Araları I (19 Mayıs 1919 – 23 Nisan 1920) Bir Analiz Denemesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255709653</t>
+          <t>9786255709974</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gençlerimiz İçin Meslek Etiği ve Kariyer Gelişimi</t>
+          <t>Nutuk’un Satır Araları II (23 Nisan 1920 – 29 Ekim 1923) Bir Analiz Denemesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255709608</t>
+          <t>9786255709943</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nakkalü-l-Ulum</t>
+          <t>Biraz Daha Ağla</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255709561</t>
+          <t>9786255709806</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Soluk Kırmızı Kiremitler</t>
+          <t>Anka Kuşu ve Lidya'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255709554</t>
+          <t>9786255709769</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yumağı</t>
+          <t>Yaşamın Stratejik İlkeleri Zeka, Etik ve Eylem Sanatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255709530</t>
+          <t>9786255709868</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han</t>
+          <t>Bir Ömrün Sessiz Notları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255709592</t>
+          <t>9786255709783</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çağrışım</t>
+          <t>Toprak, Zaman ve Şantiye Peyzaj Kanunları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>990</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255709370</t>
+          <t>9786255709844</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Gerçeği</t>
+          <t>Sağlıklı Evlilik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255709585</t>
+          <t>9786255709776</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Senden Sebep</t>
+          <t>Adın Şahlandı Kalbimde</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255709387</t>
+          <t>9786255709790</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kadınlar</t>
+          <t>Rami Suskunlar Mezarlığı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255709547</t>
+          <t>9786255709820</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Yazı Kalır</t>
+          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255709523</t>
+          <t>9786255709714</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Annemi de Vaftiz Ettirdim</t>
+          <t>Modern Dünya Yeniden Nezaket ve Görgü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255709486</t>
+          <t>9786255709721</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Şüphesi Olanlar İçin</t>
+          <t>İlkbahar Olurum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255709516</t>
+          <t>9786255709400</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Men Rabbuke Rabbinle Yeniden Tanış</t>
+          <t>Bir Hâkimin Feryadı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255709349</t>
+          <t>9786255709738</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Deposu</t>
+          <t>Medeniyetin Ufuklarına Doğru</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255709479</t>
+          <t>9786255709691</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Neriman</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255709455</t>
+          <t>9786255709684</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlk Harf (Elif) - Büyük Sır</t>
+          <t>Olimpiyat Yolunda Okçuluğun Altın Kızları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255709493</t>
+          <t>9786255709615</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gel Gör Beni</t>
+          <t>Gurbet Yolculuğum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255709462</t>
+          <t>9786255709707</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Geldiler Gördüler</t>
+          <t>Yayla İnsanı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255709448</t>
+          <t>9786255709646</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Umutlu</t>
+          <t>Anayasal, Demokratik, Lâik, Sosyal Hukuk Devleti Bir Ütopya Mıdır?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255709431</t>
+          <t>9786255709639</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Maziye Mühürlü Satırlar</t>
+          <t>Konuşamadıkları İçin Hayvan Gibi Yazdık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255709394</t>
+          <t>9786255709660</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hoş Seda</t>
+          <t>Almancı Veli</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255709424</t>
+          <t>9786255709622</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255709325</t>
+          <t>9786255709677</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri III</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255709318</t>
+          <t>9786255709653</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri II</t>
+          <t>Gençlerimiz İçin Meslek Etiği ve Kariyer Gelişimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255709301</t>
+          <t>9786255709608</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri I</t>
+          <t>Nakkalü-l-Ulum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255709332</t>
+          <t>9786255709561</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri IV-V</t>
+          <t>Soluk Kırmızı Kiremitler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255709295</t>
+          <t>9786255709554</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
+          <t>Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255709356</t>
+          <t>9786255709530</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dökülen Satırlar</t>
+          <t>Satuk Buğra Han</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255709363</t>
+          <t>9786255709592</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
+          <t>Çağrışım</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255709233</t>
+          <t>9786255709370</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Taci ve Maya Mantarları</t>
+          <t>Ehlibeyt Gerçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255709288</t>
+          <t>9786255709585</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına</t>
+          <t>Senden Sebep</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255709202</t>
+          <t>9786255709387</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mani Bahçesi</t>
+          <t>Ölümsüz Kadınlar</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255709110</t>
+          <t>9786255709547</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
+          <t>Söz Uçar Yazı Kalır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>2500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255709103</t>
+          <t>9786255709523</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
+          <t>Annemi de Vaftiz Ettirdim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>2500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255709240</t>
+          <t>9786255709486</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevdalıyım Arkadaş</t>
+          <t>Kur'an'da Şüphesi Olanlar İçin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255709271</t>
+          <t>9786255709516</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Turunç Çiçeği Kadınları</t>
+          <t>Men Rabbuke Rabbinle Yeniden Tanış</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255592712</t>
+          <t>9786255709349</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
+          <t>Sevgi Deposu</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255592361</t>
+          <t>9786255709479</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran Kimdir?</t>
+          <t>Aşk-ı Neriman</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>780</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255709141</t>
+          <t>9786255709455</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
+          <t>İlk Harf (Elif) - Büyük Sır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255592286</t>
+          <t>9786255709493</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Milli Bilinç</t>
+          <t>Gel Gör Beni</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255709226</t>
+          <t>9786255709462</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çarmıhında</t>
+          <t>Geldiler Gördüler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255709257</t>
+          <t>9786255709448</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Nergis'in İz Düşümü</t>
+          <t>Mutlu ve Umutlu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255709264</t>
+          <t>9786255709431</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
+          <t>Maziye Mühürlü Satırlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255709189</t>
+          <t>9786255709394</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
+          <t>Hoş Seda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255709196</t>
+          <t>9786255709424</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Dost</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255709127</t>
+          <t>9786255709325</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş ve Dava Adamı</t>
+          <t>Bediüzzaman Tefsiri III</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255996190</t>
+          <t>9786255709318</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
+          <t>Bediüzzaman Tefsiri II</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256300767</t>
+          <t>9786255709301</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
+          <t>Bediüzzaman Tefsiri I</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255709158</t>
+          <t>9786255709332</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sefîne II</t>
+          <t>Bediüzzaman Tefsiri IV-V</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255709219</t>
+          <t>9786255709295</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sınav Terapisi</t>
+          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257681612</t>
+          <t>9786255709356</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aklın Özgürleşmesi</t>
+          <t>Yürekten Dökülen Satırlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255709035</t>
+          <t>9786255709363</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Hilde</t>
+          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255709172</t>
+          <t>9786255709233</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Taci ve Maya Mantarları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255709066</t>
+          <t>9786255709288</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
+          <t>Vay Canına</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255709028</t>
+          <t>9786255709202</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>74. Sayfa</t>
+          <t>Mani Bahçesi</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255709165</t>
+          <t>9786255709110</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sadadan Esintiler</t>
+          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255709073</t>
+          <t>9786255709103</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Kadınlar</t>
+          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>280</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255709134</t>
+          <t>9786255709240</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şikayetçiyim</t>
+          <t>Sevdalıyım Arkadaş</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255709080</t>
+          <t>9786255709271</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Al-i Beyt-i Muhammed</t>
+          <t>Turunç Çiçeği Kadınları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255709097</t>
+          <t>9786255592712</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve İlahi Denge</t>
+          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255709059</t>
+          <t>9786255592361</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Sahipkıran Kimdir?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>780</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255592941</t>
+          <t>9786255709141</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği Kitaba Bandıran Kadın</t>
+          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255592934</t>
+          <t>9786255592286</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bilmeceleri</t>
+          <t>Uyanış - Milli Bilinç</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255709042</t>
+          <t>9786255709226</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
+          <t>Zamanın Çarmıhında</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255709011</t>
+          <t>9786255709257</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Onun Sadık Dostu Cesur</t>
+          <t>Bir Nergis'in İz Düşümü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255592958</t>
+          <t>9786255709264</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255592880</t>
+          <t>9786255709189</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (2)</t>
+          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255592927</t>
+          <t>9786255709196</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (1)</t>
+          <t>Altın Kalpli Dost</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255592965</t>
+          <t>9786255709127</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kanadını Rahmete Aç</t>
+          <t>Milli Görüş ve Dava Adamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255592897</t>
+          <t>9786255996190</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255592910</t>
+          <t>9786256300767</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kod</t>
+          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255592866</t>
+          <t>9786255709158</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimde Yara Var</t>
+          <t>Sefîne II</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255592903</t>
+          <t>9786255709219</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gönül Rüzgârı</t>
+          <t>Sınav Terapisi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255592781</t>
+          <t>9786257681612</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
+          <t>Aklın Özgürleşmesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255592774</t>
+          <t>9786255709035</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
+          <t>Yükseliş Hilde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255592859</t>
+          <t>9786255709172</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Değişen Dünya</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255592835</t>
+          <t>9786255709066</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Seyahatlerim</t>
+          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255592811</t>
+          <t>9786255709028</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mürekkebi</t>
+          <t>74. Sayfa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255592651</t>
+          <t>9786255709165</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gurbetin Çocukları</t>
+          <t>Hoş Sadadan Esintiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255592842</t>
+          <t>9786255709073</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Yolum</t>
+          <t>Ah Şu Kadınlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255592767</t>
+          <t>9786255709134</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Kraliçesi</t>
+          <t>Şikayetçiyim</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255592828</t>
+          <t>9786255709080</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Düşler</t>
+          <t>Al-i Beyt-i Muhammed</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255592743</t>
+          <t>9786255709097</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Saatler Vurunca Vakit Durunca</t>
+          <t>Hayatın Anlamı ve İlahi Denge</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255592736</t>
+          <t>9786255709059</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kunduz Ailesi</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255592750</t>
+          <t>9786255592941</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Müslümanlık</t>
+          <t>Ekmeği Kitaba Bandıran Kadın</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255592729</t>
+          <t>9786255592934</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Fısıltısı</t>
+          <t>Çocuk Bilmeceleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255592699</t>
+          <t>9786255709042</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 1</t>
+          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255592705</t>
+          <t>9786255709011</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 2</t>
+          <t>Dedem ve Onun Sadık Dostu Cesur</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255592798</t>
+          <t>9786255592958</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Süreyya</t>
+          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255592668</t>
+          <t>9786255592880</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Uyanışı</t>
+          <t>Yolcusun Ey Garip Hazırlan (2)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255592675</t>
+          <t>9786255592927</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygunun Teşekkülü</t>
+          <t>Yolcusun Ey Garip Hazırlan (1)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255592637</t>
+          <t>9786255592965</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İslam Hakkında Soru-Yorum</t>
+          <t>Kanadını Rahmete Aç</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255592590</t>
+          <t>9786255592897</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yörük Gızı (Silifke)</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255592644</t>
+          <t>9786255592910</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Etimolojik Sözlük Numunesi</t>
+          <t>Kod</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255592613</t>
+          <t>9786255592866</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirleri Hikâyeleri II</t>
+          <t>Ciğerimde Yara Var</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255592538</t>
+          <t>9786255592903</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Messaldo Antepte</t>
+          <t>Gönül Rüzgârı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255592620</t>
+          <t>9786255592781</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yakılacak Mektuplar</t>
+          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255592606</t>
+          <t>9786255592774</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255592583</t>
+          <t>9786255592859</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Damladaki Derya</t>
+          <t>Sevgiyle Değişen Dünya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256300194</t>
+          <t>9786255592835</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Maria İle Luka Sordular Söyledik</t>
+          <t>Azerbaycan Seyahatlerim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255592552</t>
+          <t>9786255592811</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
+          <t>Gönül Mürekkebi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255592576</t>
+          <t>9786255592651</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şehadet Şerife Bacı</t>
+          <t>Aynı Gurbetin Çocukları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255592521</t>
+          <t>9786255592842</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>GünEşim</t>
+          <t>Bu Benim Yolum</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255592514</t>
+          <t>9786255592767</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dilhane Yokuşları</t>
+          <t>Güllerin Kraliçesi</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255592446</t>
+          <t>9786255592828</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gitme Kervancı</t>
+          <t>İmgesel Düşler</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255592545</t>
+          <t>9786255592743</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Danışıklı Dövüş</t>
+          <t>Saatler Vurunca Vakit Durunca</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255592484</t>
+          <t>9786255592736</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Kunduz Ailesi</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255592354</t>
+          <t>9786255592750</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kayıp Sayfaları</t>
+          <t>Gecekondu Müslümanlık</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>780</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255592491</t>
+          <t>9786255592729</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Bir Dönüp Baktım</t>
+          <t>Rüzgarın Fısıltısı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255592507</t>
+          <t>9786255592699</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Kerkükname 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255592095</t>
+          <t>9786255592705</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Kerkükname 2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>790</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255592415</t>
+          <t>9786255592798</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
+          <t>Süreyya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255592453</t>
+          <t>9786255592668</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Gül Sevdim</t>
+          <t>Ruhun Uyanışı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255592439</t>
+          <t>9786255592675</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemlerden Gizemli Maceralar</t>
+          <t>Çocukta Dini Duygunun Teşekkülü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255592460</t>
+          <t>9786255592637</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
+          <t>İslam Hakkında Soru-Yorum</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255592477</t>
+          <t>9786255592590</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tamer</t>
+          <t>Yörük Gızı (Silifke)</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255592422</t>
+          <t>9786255592644</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dil Bilgisi</t>
+          <t>Etimolojik Sözlük Numunesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255592385</t>
+          <t>9786255592613</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Palandöken Hep Gazaptaydı</t>
+          <t>Hayatı Şiirleri Hikâyeleri II</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255592347</t>
+          <t>9786255592538</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Şehrinde Yeniden Doğmak</t>
+          <t>Messaldo Antepte</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255592279</t>
+          <t>9786255592620</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Zeyrek Kayıp</t>
+          <t>Yakılacak Mektuplar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255592330</t>
+          <t>9786255592606</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255592392</t>
+          <t>9786255592583</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Engellenen Güzel Ülkem</t>
+          <t>Damladaki Derya</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255592408</t>
+          <t>9786256300194</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
+          <t>Maria İle Luka Sordular Söyledik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255592378</t>
+          <t>9786255592552</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255592309</t>
+          <t>9786255592576</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
+          <t>Beyaz Şehadet Şerife Bacı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255592316</t>
+          <t>9786255592521</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Yazılan</t>
+          <t>GünEşim</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255592293</t>
+          <t>9786255592514</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sefine I</t>
+          <t>Dilhane Yokuşları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255592323</t>
+          <t>9786255592446</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Anam Çaput Bağlar Gül Dalına</t>
+          <t>Gitme Kervancı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255592149</t>
+          <t>9786255592545</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gitardaki Sır ve Gizemli Hazine</t>
+          <t>Danışıklı Dövüş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255592200</t>
+          <t>9786255592484</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşkla Sema Etmek</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255592262</t>
+          <t>9786255592354</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Serseri Düşler</t>
+          <t>Tarihin Kayıp Sayfaları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>270</v>
+        <v>780</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255592255</t>
+          <t>9786255592491</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Huzur</t>
+          <t>Şöyle Bir Dönüp Baktım</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255592248</t>
+          <t>9786255592507</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Alp Aydınlık Ada Ülkesinde</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255592231</t>
+          <t>9786255592095</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Karacaören</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255592170</t>
+          <t>9786255592415</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Güzel Düşün Güzeli Düşün</t>
+          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255592217</t>
+          <t>9786255592453</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Öfke ve Sel</t>
+          <t>Ben Bir Gül Sevdim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255592224</t>
+          <t>9786255592439</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
+          <t>Genç Kalemlerden Gizemli Maceralar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255592187</t>
+          <t>9786255592460</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kitap ve Toplum</t>
+          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255592194</t>
+          <t>9786255592477</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ruhu</t>
+          <t>Tamer</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>555</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255996794</t>
+          <t>9786255592422</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
+          <t>Herkes İçin Dil Bilgisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255996923</t>
+          <t>9786255592385</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Palandöken Hep Gazaptaydı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255996770</t>
+          <t>9786255592347</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
+          <t>Ölüler Şehrinde Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255996558</t>
+          <t>9786255592279</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Zeyrek Kayıp</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255996671</t>
+          <t>9786255592330</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Külahta</t>
+          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255996664</t>
+          <t>9786255592392</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Ayarlı Şiirler</t>
+          <t>Engellenen Güzel Ülkem</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255996657</t>
+          <t>9786255592408</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yolculuk Şifa Olsun</t>
+          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255996343</t>
+          <t>9786255592378</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aile Dizimi Öyküleri-1 Abadha</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255996374</t>
+          <t>9786255592309</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Acı Türküler</t>
+          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255996381</t>
+          <t>9786255592316</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Gölgeye Yazılan</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255996084</t>
+          <t>9786255592293</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kaldırımda Açan Çiçek</t>
+          <t>Sefine I</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256300842</t>
+          <t>9786255592323</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Başarının Altın Anahtarları</t>
+          <t>Anam Çaput Bağlar Gül Dalına</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256300477</t>
+          <t>9786255592149</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Karşı Kıyısı</t>
+          <t>Gitardaki Sır ve Gizemli Hazine</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256300606</t>
+          <t>9786255592200</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şerif Ali'nin Gizemli Hayatı</t>
+          <t>İlahi Aşkla Sema Etmek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256300521</t>
+          <t>9786255592262</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
+          <t>Serseri Düşler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256300538</t>
+          <t>9786255592255</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
+          <t>Bir Avuç Huzur</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256300439</t>
+          <t>9786255592248</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Keçi Ezgisi</t>
+          <t>Alp Aydınlık Ada Ülkesinde</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256300248</t>
+          <t>9786255592231</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gençler Soruyor</t>
+          <t>Karacaören</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256300217</t>
+          <t>9786255592170</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
+          <t>Güzel Düşün Güzeli Düşün</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256300125</t>
+          <t>9786255592217</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
+          <t>Öfke ve Sel</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256300118</t>
+          <t>9786255592224</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ateist Kardeşlerim İçin</t>
+          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256300057</t>
+          <t>9786255592187</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
+          <t>İnsan Kitap ve Toplum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256300064</t>
+          <t>9786255592194</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
+          <t>Diriliş Ruhu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>555</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256300071</t>
+          <t>9786255996794</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256747876</t>
+          <t>9786255996923</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256747838</t>
+          <t>9786255996770</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Anılar</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258116366</t>
+          <t>9786255996558</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256747463</t>
+          <t>9786255996671</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Demez</t>
+          <t>Çekirdek Külahta</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256747449</t>
+          <t>9786255996664</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Serra - Berra</t>
+          <t>Sevgiye Ayarlı Şiirler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256747432</t>
+          <t>9786255996657</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Naçizane Hayatım</t>
+          <t>Anılarda Yolculuk Şifa Olsun</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256747418</t>
+          <t>9786255996343</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
+          <t>Aile Dizimi Öyküleri-1 Abadha</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256747395</t>
+          <t>9786255996374</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
+          <t>Acı Türküler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256747388</t>
+          <t>9786255996381</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Sofrası</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256747364</t>
+          <t>9786255996084</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İrfan İkliminde Seherden Kalbe</t>
+          <t>Kaldırımda Açan Çiçek</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256747340</t>
+          <t>9786256300842</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Başarının Altın Anahtarları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256747333</t>
+          <t>9786256300477</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Hayat Memat</t>
+          <t>Şehrin Karşı Kıyısı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256747302</t>
+          <t>9786256300606</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
+          <t>Şerif Ali'nin Gizemli Hayatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256747319</t>
+          <t>9786256300521</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
+          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256747326</t>
+          <t>9786256300538</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kütahya’dan Gülücük Esintileri</t>
+          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256747180</t>
+          <t>9786256300439</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Portre Hikayeleri</t>
+          <t>Keçi Ezgisi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256747173</t>
+          <t>9786256300248</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat</t>
+          <t>Gençler Soruyor</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256747234</t>
+          <t>9786256300217</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
+          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256747241</t>
+          <t>9786256300125</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256747258</t>
+          <t>9786256300118</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Az Kaldı</t>
+          <t>Ateist Kardeşlerim İçin</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256747203</t>
+          <t>9786256300057</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256747227</t>
+          <t>9786256300064</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 2</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256747265</t>
+          <t>9786256300071</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256747210</t>
+          <t>9786256747876</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
+          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256747289</t>
+          <t>9786256747838</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kur’andan Damlalar Gönülden Dualar</t>
+          <t>Gümrükten Geçen Anılar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256747197</t>
+          <t>9786258116366</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Ontolojik Yazılar</t>
+          <t>Şen Yuva</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256747142</t>
+          <t>9786256747463</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Pranayama</t>
+          <t>Kaza Geliyorum Demez</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256747159</t>
+          <t>9786256747449</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga</t>
+          <t>Serra - Berra</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256747098</t>
+          <t>9786256747432</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Naçizane Hayatım</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256747067</t>
+          <t>9786256747418</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
+          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256747081</t>
+          <t>9786256747395</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Seyre Dalan Ruhum</t>
+          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256747029</t>
+          <t>9786256747388</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
+          <t>Tanrılar Sofrası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256874961</t>
+          <t>9786256747364</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Kopuş</t>
+          <t>İrfan İkliminde Seherden Kalbe</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256747074</t>
+          <t>9786256747340</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yudum Yudum Aşk</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256874992</t>
+          <t>9786256747333</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna</t>
+          <t>Her Daim Hayat Memat</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256747012</t>
+          <t>9786256747302</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Emir’in Gelecek Çabası</t>
+          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256874978</t>
+          <t>9786256747319</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Seçkin ve Sıradan</t>
+          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256747036</t>
+          <t>9786256747326</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dile</t>
+          <t>Kütahya’dan Gülücük Esintileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256874985</t>
+          <t>9786256747180</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>Portre Hikayeleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256874541</t>
+          <t>9786256747173</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Derdiyar</t>
+          <t>Tanzimat</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256874886</t>
+          <t>9786256747234</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim</t>
+          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256874862</t>
+          <t>9786256747241</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yağmurum</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256874947</t>
+          <t>9786256747258</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çınardaki İzler</t>
+          <t>Güneşe Az Kaldı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256874954</t>
+          <t>9786256747203</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Mendil</t>
+          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256874916</t>
+          <t>9786256747227</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Deprem Umutsuzluğa Yolculuk</t>
+          <t>Özümden Öz Sözler - 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256874909</t>
+          <t>9786256747265</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Öyküsü Saklambaç</t>
+          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256874879</t>
+          <t>9786256747210</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
+          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256874855</t>
+          <t>9786256747289</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>10 Usta Kalem Şiirler</t>
+          <t>Kur’andan Damlalar Gönülden Dualar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256874817</t>
+          <t>9786256747197</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
+          <t>Sosyo-Ontolojik Yazılar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256874770</t>
+          <t>9786256747142</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinde Erdem Arayışı</t>
+          <t>MGA Yoga Pranayama</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256874763</t>
+          <t>9786256747159</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İnsanzede</t>
+          <t>MGA Yoga</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256874848</t>
+          <t>9786256747098</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Anadolu</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256874824</t>
+          <t>9786256747067</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İki Hece</t>
+          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256874756</t>
+          <t>9786256747081</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>Seyre Dalan Ruhum</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256874749</t>
+          <t>9786256747029</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256874732</t>
+          <t>9786256874961</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Can Parçam</t>
+          <t>Zoraki Kopuş</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256874718</t>
+          <t>9786256747074</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Demiş</t>
+          <t>Yudum Yudum Aşk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256874725</t>
+          <t>9786256874992</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil Böyle</t>
+          <t>Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256874695</t>
+          <t>9786256747012</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimin Sızısı</t>
+          <t>Emir’in Gelecek Çabası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256874701</t>
+          <t>9786256874978</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gül Vakti</t>
+          <t>Seçkin ve Sıradan</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256874688</t>
+          <t>9786256747036</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zembil 2</t>
+          <t>Yürekten Dile</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256874619</t>
+          <t>9786256874985</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şarkısız İnsanlar</t>
+          <t>Kayıtsız Kimlikler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256874602</t>
+          <t>9786256874541</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve İnsan</t>
+          <t>Derdiyar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256874626</t>
+          <t>9786256874886</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Şapka</t>
+          <t>Makalelerim</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256874640</t>
+          <t>9786256874862</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
+          <t>Çöl Yağmurum</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>95</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256874657</t>
+          <t>9786256874947</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk</t>
+          <t>Çınardaki İzler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256874589</t>
+          <t>9786256874954</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Merdiven</t>
+          <t>Camdaki Mendil</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256874633</t>
+          <t>9786256874916</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yaşatanlar</t>
+          <t>Deprem Umutsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256874596</t>
+          <t>9786256874909</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikayemiz</t>
+          <t>Bir Kaçış Öyküsü Saklambaç</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256874572</t>
+          <t>9786256874879</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Olsun Sana</t>
+          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256874558</t>
+          <t>9786256874855</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Can Tanelerim Öğrencilerime Şiirler</t>
+          <t>10 Usta Kalem Şiirler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256874565</t>
+          <t>9786256874817</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Deli Gönül</t>
+          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256874534</t>
+          <t>9786256874770</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Şairler</t>
+          <t>İnsanlık Tarihinde Erdem Arayışı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256874527</t>
+          <t>9786256874763</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
+          <t>İnsanzede</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256874510</t>
+          <t>9786256874848</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
+          <t>Ayağa Kalk Anadolu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256874497</t>
+          <t>9786256874824</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Allah</t>
+          <t>İki Hece</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256874480</t>
+          <t>9786256874756</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
+          <t>Nefesler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256874442</t>
+          <t>9786256874749</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bala Vatan’dan Yavru Vatan’a</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256874459</t>
+          <t>9786256874732</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Herkes Değilsin Sen</t>
+          <t>Can Parçam</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256874473</t>
+          <t>9786256874718</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
+          <t>Kim Ne Demiş</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256874367</t>
+          <t>9786256874725</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
+          <t>Öyle Değil Böyle</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256874381</t>
+          <t>9786256874695</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkü Söylenir Bizim Ellerde</t>
+          <t>Ciğerimin Sızısı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256874428</t>
+          <t>9786256874701</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Vurgunum</t>
+          <t>Gül Vakti</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256874350</t>
+          <t>9786256874688</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
+          <t>Zembil 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256874374</t>
+          <t>9786256874619</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Düştü Toprağa</t>
+          <t>Şarkısız İnsanlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256874299</t>
+          <t>9786256874602</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kapıdan Ömür Geçer</t>
+          <t>Yönetim ve İnsan</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256874336</t>
+          <t>9786256874626</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Lal Geceler</t>
+          <t>Garip Bir Şapka</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256874343</t>
+          <t>9786256874640</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
+          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256874312</t>
+          <t>9786256874657</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Garip Teselli</t>
+          <t>Ey Aşk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256874329</t>
+          <t>9786256874589</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Recalim Var</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256874268</t>
+          <t>9786256874633</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Fıkralar</t>
+          <t>Hayallerini Yaşatanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256874275</t>
+          <t>9786256874596</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
+          <t>Bitmeyen Hikayemiz</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256874251</t>
+          <t>9786256874572</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dağlara Döneceğim</t>
+          <t>Sözüm Olsun Sana</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256874121</t>
+          <t>9786256874558</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Danişmendli Emir Melikgazi</t>
+          <t>Can Tanelerim Öğrencilerime Şiirler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256874220</t>
+          <t>9786256874565</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Deli Gönül</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256874213</t>
+          <t>9786256874534</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gardenya</t>
+          <t>Veteriner Şairler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256874015</t>
+          <t>9786256874527</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Gardırop</t>
+          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256874183</t>
+          <t>9786256874510</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şiirler</t>
+          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256874138</t>
+          <t>9786256874497</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
+          <t>Varlık ve Allah</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256874114</t>
+          <t>9786256874480</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybedersin</t>
+          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256874176</t>
+          <t>9786256874442</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Makalelerim</t>
+          <t>Bala Vatan’dan Yavru Vatan’a</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256874206</t>
+          <t>9786256874459</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balon</t>
+          <t>Herkes Değilsin Sen</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256874145</t>
+          <t>9786256874473</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şehbalden Dökülenler</t>
+          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256874169</t>
+          <t>9786256874367</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Sevdalısı</t>
+          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256874190</t>
+          <t>9786256874381</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman ve Usul’ül-ilim</t>
+          <t>Bir Türkü Söylenir Bizim Ellerde</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256874107</t>
+          <t>9786256874428</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhsin’den Bin Muhsin’e</t>
+          <t>Vurgunum</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256874077</t>
+          <t>9786256874350</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Gibi Şiirler</t>
+          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256874084</t>
+          <t>9786256874374</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Çocuk Gibidir</t>
+          <t>Kalbim Düştü Toprağa</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256874022</t>
+          <t>9786256874299</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Nandi</t>
+          <t>Kapıdan Ömür Geçer</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256874060</t>
+          <t>9786256874336</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
+          <t>Lal Geceler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256874053</t>
+          <t>9786256874343</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>...Ve Sevdan Söyletir</t>
+          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256874046</t>
+          <t>9786256874312</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sesinden Şiirler</t>
+          <t>Garip Teselli</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256369948</t>
+          <t>9786256874329</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Recalim Var</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256874039</t>
+          <t>9786256874268</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gidecek Misin Böyle</t>
+          <t>Hayatın İçinden Fıkralar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256874008</t>
+          <t>9786256874275</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalanlar</t>
+          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256369931</t>
+          <t>9786256874251</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kader ve İrade Yasa ve Özgürlük</t>
+          <t>Dağlara Döneceğim</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256369962</t>
+          <t>9786256874121</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kerkükde Türk Soykırımları</t>
+          <t>Danişmendli Emir Melikgazi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256369986</t>
+          <t>9786256874220</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256369924</t>
+          <t>9786256874213</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Yolculuğu</t>
+          <t>Gardenya</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256369955</t>
+          <t>9786256874015</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Nur Hüzmesi</t>
+          <t>Gardırop</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256369917</t>
+          <t>9786256874183</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gürcistanlı Nino</t>
+          <t>Yitik Şiirler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256369832</t>
+          <t>9786256874138</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Pusu 1</t>
+          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256369887</t>
+          <t>9786256874114</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Biz Üç Kişiydik</t>
+          <t>Sen Kaybedersin</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256369900</t>
+          <t>9786256874176</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Tefekkür</t>
+          <t>Azerbaycan Makalelerim</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256369894</t>
+          <t>9786256874206</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Sesleniş</t>
+          <t>Kırmızı Balon</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256369801</t>
+          <t>9786256874145</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Şehbalden Dökülenler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256369825</t>
+          <t>9786256874169</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Yaradılış</t>
+          <t>Azerbaycan Sevdalısı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256369795</t>
+          <t>9786256874190</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğime</t>
+          <t>Bediüzzaman ve Usul’ül-ilim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>80</v>
+        <v>495</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256369863</t>
+          <t>9786256874107</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
+          <t>Bir Muhsin’den Bin Muhsin’e</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256369788</t>
+          <t>9786256874077</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tevrat Da Mucizedir</t>
+          <t>Yağmur Gibi Şiirler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>495</v>
+        <v>110</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256369771</t>
+          <t>9786256874084</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kerküklü Koca Türkmen</t>
+          <t>Şiirler Çocuk Gibidir</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256369733</t>
+          <t>9786256874022</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali</t>
+          <t>Nandi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256369726</t>
+          <t>9786256874060</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Arol</t>
+          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256369641</t>
+          <t>9786256874053</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
+          <t>...Ve Sevdan Söyletir</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256369658</t>
+          <t>9786256874046</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gibiler Aynasında</t>
+          <t>Kalbimin Sesinden Şiirler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256369573</t>
+          <t>9786256369948</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dediysek Kelebek Değil!</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256369610</t>
+          <t>9786256874039</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Huzur Köşemde Gül Ağacı</t>
+          <t>Şimdi Gidecek Misin Böyle</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256369627</t>
+          <t>9786256874008</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Garip Kuşlar</t>
+          <t>Dünden Kalanlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256369580</t>
+          <t>9786256369931</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Gerçek</t>
+          <t>Kader ve İrade Yasa ve Özgürlük</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256369597</t>
+          <t>9786256369962</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’ın Gurbeti</t>
+          <t>Kerkükde Türk Soykırımları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256369559</t>
+          <t>9786256369986</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bizim Oralarda</t>
+          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256369399</t>
+          <t>9786256369924</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Efendisi</t>
+          <t>Çobanın Yolculuğu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256369436</t>
+          <t>9786256369955</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
+          <t>Nur Hüzmesi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256369481</t>
+          <t>9786256369917</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Lapis Lazuli</t>
+          <t>Gürcistanlı Nino</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256369412</t>
+          <t>9786256369832</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
+          <t>Pusu 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>35</v>
+        <v>295</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256369443</t>
+          <t>9786256369887</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Puslu Aynasından</t>
+          <t>Biz Üç Kişiydik</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256369405</t>
+          <t>9786256369900</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
+          <t>Beş Yıldızlı Tefekkür</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256369344</t>
+          <t>9786256369894</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
+          <t>Bir Garip Sesleniş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256369320</t>
+          <t>9786256369801</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>175</v>
+        <v>85</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256369306</t>
+          <t>9786256369825</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
+          <t>Ayet ve Hadis Işığında Yaradılış</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256369221</t>
+          <t>9786256369795</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Yarışanlar</t>
+          <t>Sevdiğime</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256369238</t>
+          <t>9786256369863</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
+          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256369245</t>
+          <t>9786256369788</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
+          <t>Tevrat Da Mucizedir</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>240</v>
+        <v>495</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256369207</t>
+          <t>9786256369771</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Kerküklü Koca Türkmen</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256369191</t>
+          <t>9786256369733</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Kar Taneleri</t>
+          <t>Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>80</v>
+        <v>495</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256369146</t>
+          <t>9786256369726</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım</t>
+          <t>Arol</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256369153</t>
+          <t>9786256369641</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan’ın Kılıcı</t>
+          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256369184</t>
+          <t>9786256369658</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Köşker Dağı’nın Suna’sı</t>
+          <t>Gibiler Aynasında</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256369092</t>
+          <t>9786256369573</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sevesim Geldi</t>
+          <t>Hayvan Dediysek Kelebek Değil!</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256369177</t>
+          <t>9786256369610</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Gül Sevdası</t>
+          <t>Huzur Köşemde Gül Ağacı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258116984</t>
+          <t>9786256369627</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
+          <t>Garip Kuşlar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256369078</t>
+          <t>9786256369580</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ses</t>
+          <t>Mitoloji ve Gerçek</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256369016</t>
+          <t>9786256369597</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Taksici</t>
+          <t>Yıldız’ın Gurbeti</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258116953</t>
+          <t>9786256369559</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ve Gül</t>
+          <t>Bizim Oralarda</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258116977</t>
+          <t>9786256369399</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
+          <t>Gecenin Efendisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258116915</t>
+          <t>9786256369436</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yerdeyim</t>
+          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258116779</t>
+          <t>9786256369481</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>Kayıp Lapis Lazuli</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258116861</t>
+          <t>9786256369412</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Görevi Şiir Mesleği Şair</t>
+          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258116854</t>
+          <t>9786256369443</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Beş Çarpı Beş Düşünmek</t>
+          <t>Tarihin Puslu Aynasından</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258116885</t>
+          <t>9786256369405</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bağışla</t>
+          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258116878</t>
+          <t>9786256369344</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>O Köye Hiç Gitmemeliydim</t>
+          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258116892</t>
+          <t>9786256369320</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>80</v>
+        <v>175</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258116809</t>
+          <t>9786256369306</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sedalar</t>
+          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>85</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258116847</t>
+          <t>9786256369221</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
+          <t>Sırat-ı Müstakim’de Yarışanlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258116786</t>
+          <t>9786256369238</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Kitap</t>
+          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258116762</t>
+          <t>9786256369245</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
+          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258116755</t>
+          <t>9786256369207</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
+          <t>Gönül Telimden Dökülenler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258116731</t>
+          <t>9786256369191</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kavramı</t>
+          <t>Geçmişin Kar Taneleri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258116458</t>
+          <t>9786256369146</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gel Sevdiğim</t>
+          <t>Yaşadıklarım</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258116694</t>
+          <t>9786256369153</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
+          <t>Oğuz Kağan’ın Kılıcı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258116618</t>
+          <t>9786256369184</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Aşk</t>
+          <t>Köşker Dağı’nın Suna’sı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258116687</t>
+          <t>9786256369092</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan</t>
+          <t>Sevesim Geldi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258116670</t>
+          <t>9786256369177</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bizim Topraklar</t>
+          <t>Gül Sevdası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258116649</t>
+          <t>9786258116984</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Benimle Aşık Konuş</t>
+          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258116656</t>
+          <t>9786256369078</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gündönümü</t>
+          <t>İçimizdeki Ses</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258116663</t>
+          <t>9786256369016</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Gitmeden</t>
+          <t>Taksici</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258116625</t>
+          <t>9786258116953</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
+          <t>Ateş Ve Gül</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258116557</t>
+          <t>9786258116977</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Düşün Korkma Sor!</t>
+          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258116595</t>
+          <t>9786258116915</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>Aynı Yerdeyim</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258116533</t>
+          <t>9786258116779</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Allah'a Dualar</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258116502</t>
+          <t>9786258116861</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sen Olsan Ne Dilerdin?</t>
+          <t>Görevi Şiir Mesleği Şair</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258116274</t>
+          <t>9786258116854</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
+          <t>Beş Çarpı Beş Düşünmek</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258116281</t>
+          <t>9786258116885</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
+          <t>Bağışla</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258116328</t>
+          <t>9786258116878</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Saklanan Kur'an</t>
+          <t>O Köye Hiç Gitmemeliydim</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258116250</t>
+          <t>9786258116892</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258116229</t>
+          <t>9786258116809</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında - 2</t>
+          <t>Hoş Sedalar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258116106</t>
+          <t>9786258116847</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Zulamdaki Korkular</t>
+          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258116120</t>
+          <t>9786258116786</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bir Şizofrenin Şiir Defteri</t>
+          <t>Kur'an ve Ehl-i Kitap</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258116038</t>
+          <t>9786258116762</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çay Molası</t>
+          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258116045</t>
+          <t>9786258116755</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Ey Can</t>
+          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258116052</t>
+          <t>9786258116731</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nil'in Tuvalet Eğitimi</t>
+          <t>Sevgi Kavramı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257536950</t>
+          <t>9786258116458</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
+          <t>Gel Sevdiğim</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257536943</t>
+          <t>9786258116694</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
+          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257536615</t>
+          <t>9786258116618</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kedim En İyi Arkadaşım</t>
+          <t>Şiirlerle Aşk</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257536844</t>
+          <t>9786258116687</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Şiirler</t>
+          <t>İyi İnsan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257536882</t>
+          <t>9786258116670</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sevseydin Gitmezdin</t>
+          <t>Bizim Topraklar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257536837</t>
+          <t>9786258116649</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sarsar Apartmanı</t>
+          <t>Benimle Aşık Konuş</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257536806</t>
+          <t>9786258116656</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yeni Düzen</t>
+          <t>Gündönümü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257536790</t>
+          <t>9786258116663</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
+          <t>Güvercinler Gitmeden</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257536523</t>
+          <t>9786258116625</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Oğlumun Renkleri</t>
+          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257536578</t>
+          <t>9786258116557</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 3</t>
+          <t>Düşün Korkma Sor!</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257536677</t>
+          <t>9786258116595</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Define: Mutluluk</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257536721</t>
+          <t>9786258116533</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Seyyah - Beş Taş</t>
+          <t>Şiirlerle Allah'a Dualar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>235</v>
+        <v>50</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257536714</t>
+          <t>9786258116502</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım Mı Yaşlandım Mı</t>
+          <t>Sen Olsan Ne Dilerdin?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>255</v>
+        <v>65</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257536745</t>
+          <t>9786258116274</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
+          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786056998119</t>
+          <t>9786258116281</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Karamık</t>
+          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257536097</t>
+          <t>9786258116328</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Girişimcilik</t>
+          <t>Saklanan Kur'an</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257536332</t>
+          <t>9786258116250</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Amayrosi</t>
+          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257536196</t>
+          <t>9786258116229</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Aramak</t>
+          <t>Dalgaların Kıyısında - 2</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257536233</t>
+          <t>9786258116106</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Önsüz ve Sonsuz</t>
+          <t>Zulamdaki Korkular</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257681919</t>
+          <t>9786258116120</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Deyimler İskelesi</t>
+          <t>Bir Şizofrenin Şiir Defteri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257536271</t>
+          <t>9786258116038</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Şiir Denizinde Bir Sandal</t>
+          <t>Çay Molası</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257681568</t>
+          <t>9786258116045</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe Çocuk Kalır İnsan</t>
+          <t>Ey Can</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257681988</t>
+          <t>9786258116052</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Yüreğine Dokunmak</t>
+          <t>Nil'in Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257681810</t>
+          <t>9786257536950</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
+          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057489333</t>
+          <t>9786257536943</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlığın Alemi Var</t>
+          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257681513</t>
+          <t>9786257536615</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ben Hakimim Masum Bey</t>
+          <t>Kedim En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257681308</t>
+          <t>9786257536844</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası "Lulu"</t>
+          <t>Rengarenk Şiirler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257681322</t>
+          <t>9786257536882</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ispartalı Momi Kirazlı Köyde</t>
+          <t>Sevseydin Gitmezdin</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257681315</t>
+          <t>9786257536837</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
+          <t>Sarsar Apartmanı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>19</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257681100</t>
+          <t>9786257536806</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
+          <t>Yeşil Yeni Düzen</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257681094</t>
+          <t>9786257536790</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkünün Hikayesi</t>
+          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257681070</t>
+          <t>9786257536523</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
+          <t>Oğlumun Renkleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257681599</t>
+          <t>9786257536578</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kalp Temizliği</t>
+          <t>Şah-ı Şiirler 3</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257681179</t>
+          <t>9786257536677</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
+          <t>Kaybolan Define: Mutluluk</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257536417</t>
+          <t>9786257536721</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sadaka ve Şükrün Mucizesi</t>
+          <t>Bir Garip Seyyah - Beş Taş</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257536370</t>
+          <t>9786257536714</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Gönlüme</t>
+          <t>Yaşadım Mı Yaşlandım Mı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>50</v>
+        <v>255</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257536028</t>
+          <t>9786257536745</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Serçe’nin Gözyaşları (Ciltli)</t>
+          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257681865</t>
+          <t>9786056998119</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra...</t>
+          <t>Karamık</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257536530</t>
+          <t>9786257536097</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
+          <t>10 Adımda Girişimcilik</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>36</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057489302</t>
+          <t>9786257536332</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hitit Kralının Laneti</t>
+          <t>Amayrosi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257536134</t>
+          <t>9786257536196</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sur Halkı Kralı</t>
+          <t>Allah’ı Aramak</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257536424</t>
+          <t>9786257536233</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Nil Okula Başlıyor</t>
+          <t>Önsüz ve Sonsuz</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257681018</t>
+          <t>9786257681919</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Tarihi</t>
+          <t>Deyimler İskelesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057015891</t>
+          <t>9786257536271</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Radyo Tiyatrosu Sanatı</t>
+          <t>Şiir Denizinde Bir Sandal</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>70</v>
+        <v>235</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057489371</t>
+          <t>9786257681568</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Pratikmatik -2</t>
+          <t>Sevdikçe Çocuk Kalır İnsan</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257681766</t>
+          <t>9786257681988</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti Sözleri</t>
+          <t>Bir Babanın Yüreğine Dokunmak</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>160</v>
+        <v>19</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257536264</t>
+          <t>9786257681810</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257681742</t>
+          <t>9786057489333</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsanın Yol Haritası</t>
+          <t>Hayvanlığın Alemi Var</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257681759</t>
+          <t>9786257681513</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Namaz Mucizesi</t>
+          <t>Ben Hakimim Masum Bey</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257536219</t>
+          <t>9786257681308</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Galakside İnecek Var!</t>
+          <t>Su Damlası "Lulu"</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257536073</t>
+          <t>9786257681322</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Hab</t>
+          <t>Ispartalı Momi Kirazlı Köyde</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>90</v>
+        <v>19</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057015877</t>
+          <t>9786257681315</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Resim</t>
+          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>45</v>
+        <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786050650792</t>
+          <t>9786257681100</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257681971</t>
+          <t>9786257681094</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>B'aşk'a Şiir</t>
+          <t>Bir Türkünün Hikayesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257536240</t>
+          <t>9786257681070</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257681001</t>
+          <t>9786257681599</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
+          <t>Gerçek Kalp Temizliği</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050650723</t>
+          <t>9786257681179</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Determinantı</t>
+          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257681193</t>
+          <t>9786257536417</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Blues</t>
+          <t>Sadaka ve Şükrün Mucizesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257681858</t>
+          <t>9786257536370</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kafiye Kılavuzu</t>
+          <t>Hoş Geldin Gönlüme</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257681841</t>
+          <t>9786257536028</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Liseler İçin Uyak Kılavuzu</t>
+          <t>Serçe’nin Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257681834</t>
+          <t>9786257681865</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullar İçin Uyak Kılavuzu</t>
+          <t>Ya Sonra...</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257681407</t>
+          <t>9786257536530</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Uçan Eşek</t>
+          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>22</v>
+        <v>36</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257681278</t>
+          <t>9786057489302</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 1</t>
+          <t>Hitit Kralının Laneti</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257681285</t>
+          <t>9786257536134</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 2</t>
+          <t>Sur Halkı Kralı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050676310</t>
+          <t>9786257536424</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
+          <t>Nil Okula Başlıyor</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057489388</t>
+          <t>9786257681018</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seninle Güzeldi</t>
+          <t>Türkoloji Tarihi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786050676389</t>
+          <t>9786057015891</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Kaçıran Kurtuldu</t>
+          <t>Radyo Tiyatrosu Sanatı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786050682311</t>
+          <t>9786057489371</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Beni Alanı Zengin Ederim</t>
+          <t>Pratikmatik -2</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>18</v>
+        <v>160</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786050682304</t>
+          <t>9786257681766</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sarmaşıklar</t>
+          <t>Seher Vakti Sözleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>18</v>
+        <v>160</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786056998164</t>
+          <t>9786257536264</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Nazende Aşk</t>
+          <t>Gariplerden Bir Yolcu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786056998140</t>
+          <t>9786257681742</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İyiden Daha İyi Olmak</t>
+          <t>Erdemli İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786056998126</t>
+          <t>9786257681759</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'nin Soneleri</t>
+          <t>Namaz Mucizesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786050682366</t>
+          <t>9786257536219</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlam Arayışı</t>
+          <t>Galakside İnecek Var!</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057489357</t>
+          <t>9786257536073</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Devletlerin Savcılığı</t>
+          <t>Alem-i Hab</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057015808</t>
+          <t>9786057015877</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Üstüm Başım Tozum Dumanım</t>
+          <t>Ağlayan Resim</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057015822</t>
+          <t>9786050650792</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Nereye Göçüyoruz?</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057015815</t>
+          <t>9786257681971</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tarih</t>
+          <t>B'aşk'a Şiir</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257681247</t>
+          <t>9786257536240</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786050682380</t>
+          <t>9786257681001</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
+          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786257681377</t>
+          <t>9786050650723</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru</t>
+          <t>Sessizliğin Determinantı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257681544</t>
+          <t>9786257681193</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Su Destanı</t>
+          <t>Blues</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786050676358</t>
+          <t>9786257681858</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Geven Dağına Cemreler Düşerken</t>
+          <t>Kafiye Kılavuzu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786050676334</t>
+          <t>9786257681841</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düş İklimleri</t>
+          <t>Liseler İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>36</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257681506</t>
+          <t>9786257681834</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Böyle D/okundu Kader</t>
+          <t>Ortaokullar İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257681339</t>
+          <t>9786257681407</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Üstü Kalsın</t>
+          <t>Uçan Eşek</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786056998171</t>
+          <t>9786257681278</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
+          <t>Türkçe-İngilizce Fable 1</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257681216</t>
+          <t>9786257681285</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
+          <t>Türkçe-İngilizce Fable 2</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786257681230</t>
+          <t>9786050676310</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
+          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786050682328</t>
+          <t>9786057489388</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>English Grammar and Practice</t>
+          <t>Hayat Seninle Güzeldi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050682335</t>
+          <t>9786050676389</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Matematik Aşısı</t>
+          <t>Gözünü Kaçıran Kurtuldu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050682359</t>
+          <t>9786050682311</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Gülüştüğümüze Memnun Oldum</t>
+          <t>Beni Alanı Zengin Ederim</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>185</v>
+        <v>18</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786255592156</t>
+          <t>9786050682304</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Öyküler</t>
+          <t>Sihirli Sarmaşıklar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>400</v>
+        <v>18</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258116144</t>
+          <t>9786056998164</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Uyanınca</t>
+          <t>Nazende Aşk</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257681698</t>
+          <t>9786056998140</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
+          <t>İyiden Daha İyi Olmak</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257536820</t>
+          <t>9786056998126</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsim Bahar</t>
+          <t>Shakespeare'nin Soneleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257536851</t>
+          <t>9786050682366</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bir Azerbaycan Kitabı</t>
+          <t>Bir Anlam Arayışı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257536899</t>
+          <t>9786057489357</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ramazanname</t>
+          <t>Yabancı Devletlerin Savcılığı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>95</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257536905</t>
+          <t>9786057015808</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Safsata ve Gerçekler</t>
+          <t>Üstüm Başım Tozum Dumanım</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786255592033</t>
+          <t>9786057015822</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Zaman Otostopçuları</t>
+          <t>Nereye Göçüyoruz?</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786255592132</t>
+          <t>9786057015815</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Söylemez Hanım</t>
+          <t>Neşeli Tarih</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786255592088</t>
+          <t>9786257681247</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Mezarcı Kzagan</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786255592040</t>
+          <t>9786050682380</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Oyun Bilgisayarı</t>
+          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255996596</t>
+          <t>9786257681377</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Babamın Defteri</t>
+          <t>Gözümün Nuru</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>390</v>
+        <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255592019</t>
+          <t>9786257681544</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
+          <t>Su Destanı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255592064</t>
+          <t>9786050676358</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
+          <t>Geven Dağına Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786255592071</t>
+          <t>9786050676334</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Şuurlu Serçe Şuurun Sâyesi</t>
+          <t>Yitik Düş İklimleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255996992</t>
+          <t>9786257681506</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sırrının Omega Anahtarı</t>
+          <t>Böyle D/okundu Kader</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>425</v>
+        <v>40</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786255592101</t>
+          <t>9786257681339</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Arûz Nağmeleri</t>
+          <t>Üstü Kalsın</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255592057</t>
+          <t>9786056998171</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
+          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255996985</t>
+          <t>9786257681216</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255592026</t>
+          <t>9786257681230</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Oyun Aynası</t>
+          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255592002</t>
+          <t>9786050682328</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
+          <t>English Grammar and Practice</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255592118</t>
+          <t>9786050682335</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret ve E-İş</t>
+          <t>Yeniden Matematik Aşısı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786255996978</t>
+          <t>9786050682359</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Görgü ve Ahlak</t>
+          <t>Gülüştüğümüze Memnun Oldum</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786255996961</t>
+          <t>9786255592156</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Maceralar</t>
+          <t>Anılar ve Öyküler</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256747005</t>
+          <t>9786258116144</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Gönlü Deren Yangınlar</t>
+          <t>Ve İnsan Uyanınca</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786255996718</t>
+          <t>9786257681698</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>The Torah Is A Miracle</t>
+          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786255996787</t>
+          <t>9786257536820</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
+          <t>Her Mevsim Bahar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786255996831</t>
+          <t>9786257536851</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Beyvada</t>
+          <t>Bir Azerbaycan Kitabı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786255996909</t>
+          <t>9786257536899</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Aradığım Şifa</t>
+          <t>Ramazanname</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786255996947</t>
+          <t>9786257536905</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 1</t>
+          <t>Safsata ve Gerçekler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255996916</t>
+          <t>9786255592033</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Dualar Demeti</t>
+          <t>Zaman Otostopçuları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255996930</t>
+          <t>9786255592132</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 3</t>
+          <t>Söylemez Hanım</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255996954</t>
+          <t>9786255592088</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 2</t>
+          <t>Mezarcı Kzagan</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786255996855</t>
+          <t>9786255592040</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sanatı: Başarının Anahtarı</t>
+          <t>Gizemli Oyun Bilgisayarı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786255996862</t>
+          <t>9786255996596</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
+          <t>Babamın Defteri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786255996848</t>
+          <t>9786255592019</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ferişte</t>
+          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786255996893</t>
+          <t>9786255592064</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Yalnız Hayaller</t>
+          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786255996749</t>
+          <t>9786255592071</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İstiklalimizin Amentüsü</t>
+          <t>Şuurlu Serçe Şuurun Sâyesi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786255996879</t>
+          <t>9786255996992</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yıldızın Peşinde</t>
+          <t>İnsan Sırrının Omega Anahtarı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786255996763</t>
+          <t>9786255592101</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
+          <t>Arûz Nağmeleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786255996886</t>
+          <t>9786255592057</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Zeytun “Bir İsyan Romanı”</t>
+          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786255996466</t>
+          <t>9786255996985</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Okudum Hayatım Değişti</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786255996473</t>
+          <t>9786255592026</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kitaplar</t>
+          <t>Oyun Aynası</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786255996756</t>
+          <t>9786255592002</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
+          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786255996732</t>
+          <t>9786255592118</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Nizipli Aliş</t>
+          <t>E-Ticaret ve E-İş</t>
         </is>
       </c>
       <c r="C506" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786255996800</t>
+          <t>9786255996978</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Gönül Nevası</t>
+          <t>Çocuklar İçin Görgü ve Ahlak</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786255996534</t>
+          <t>9786255996961</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Risale-i Nur Okuyor</t>
+          <t>Ormandaki Maceralar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786255996725</t>
+          <t>9786256747005</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
+          <t>Gönlü Deren Yangınlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786255996572</t>
+          <t>9786255996718</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yaşam Sanatı</t>
+          <t>The Torah Is A Miracle</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786255996688</t>
+          <t>9786255996787</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786255996701</t>
+          <t>9786255996831</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Telveli Geometri</t>
+          <t>Beyvada</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786255996626</t>
+          <t>9786255996909</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Baş-ka-la-şım</t>
+          <t>Aradığım Şifa</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786255996640</t>
+          <t>9786255996947</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Mektubu</t>
+          <t>Sükut Gümüş Söz Altın - 1</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786255996527</t>
+          <t>9786255996916</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
+          <t>Dualar Demeti</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786255996589</t>
+          <t>9786255996930</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
+          <t>Özümden Öz Sözler - 3</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786255996633</t>
+          <t>9786255996954</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Şey’ler</t>
+          <t>Sükut Gümüş Söz Altın - 2</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786255996565</t>
+          <t>9786255996855</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Sevdalı Mektuplar</t>
+          <t>Yönetim Sanatı: Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786255996497</t>
+          <t>9786255996862</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Muallakat</t>
+          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786255996503</t>
+          <t>9786255996848</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kutub</t>
+          <t>Ferişte</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786255996619</t>
+          <t>9786255996893</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
+          <t>Cebimdeki Yalnız Hayaller</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786255996510</t>
+          <t>9786255996749</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı İmam Nursi</t>
+          <t>İstiklalimizin Amentüsü</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786255996459</t>
+          <t>9786255996879</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Işıkları</t>
+          <t>Kayıp Yıldızın Peşinde</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786255996480</t>
+          <t>9786255996763</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Vani</t>
+          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786256369818</t>
+          <t>9786255996886</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
+          <t>Zeytun “Bir İsyan Romanı”</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786256874237</t>
+          <t>9786255996466</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Bedel Hikaye - İclal</t>
+          <t>Bir Kitap Okudum Hayatım Değişti</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786255996312</t>
+          <t>9786255996473</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
+          <t>Dünyayı Değiştiren Kitaplar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786255996367</t>
+          <t>9786255996756</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tarihin Sırları</t>
+          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786255996404</t>
+          <t>9786255996732</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
+          <t>Nizipli Aliş</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786255996350</t>
+          <t>9786255996800</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>An</t>
+          <t>Gönül Nevası</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786255996428</t>
+          <t>9786255996534</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Üç Ağaç</t>
+          <t>Çocuklar Risale-i Nur Okuyor</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786255996435</t>
+          <t>9786255996725</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
+          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786255996442</t>
+          <t>9786255996572</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
+          <t>Güzel Yaşam Sanatı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786255996398</t>
+          <t>9786255996688</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
+          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786255996411</t>
+          <t>9786255996701</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
+          <t>Telveli Geometri</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786255996183</t>
+          <t>9786255996626</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Aşk</t>
+          <t>Baş-ka-la-şım</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786256300835</t>
+          <t>9786255996640</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
+          <t>Bir Şehidin Mektubu</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257536172</t>
+          <t>9786255996527</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
+          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786255996268</t>
+          <t>9786255996589</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Keşke 1 - Alacakaranlığım</t>
+          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786255996336</t>
+          <t>9786255996633</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelin</t>
+          <t>Şey’ler</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786255996329</t>
+          <t>9786255996565</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nostalji</t>
+          <t>Zindandan Sevdalı Mektuplar</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786255996169</t>
+          <t>9786255996497</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Defile</t>
+          <t>Muallakat</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786255996282</t>
+          <t>9786255996503</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Artes</t>
+          <t>Kutub</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786255996305</t>
+          <t>9786255996619</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
+          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786255996275</t>
+          <t>9786255996510</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Evrad-ı İmam Nursi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786255996299</t>
+          <t>9786255996459</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Sesi</t>
+          <t>Şehrin Işıkları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786255996145</t>
+          <t>9786255996480</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
+          <t>Minik Kedi Vani</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786255996251</t>
+          <t>9786256369818</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Ateşi</t>
+          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257536660</t>
+          <t>9786256874237</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Örüntü</t>
+          <t>Bir Ömre Bedel Hikaye - İclal</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786255996176</t>
+          <t>9786255996312</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Saçlılar Ülkesi</t>
+          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786255996213</t>
+          <t>9786255996367</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
+          <t>Gençlere Tarihin Sırları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786255996237</t>
+          <t>9786255996404</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Not Defteri</t>
+          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786255996152</t>
+          <t>9786255996350</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Mavi Atlas Mutlu</t>
+          <t>An</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786255996244</t>
+          <t>9786255996428</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
+          <t>Üç Ağaç</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786255996138</t>
+          <t>9786255996435</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786255996114</t>
+          <t>9786255996442</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Aynıyız Birbirlerimize Aynayız</t>
+          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256300880</t>
+          <t>9786255996398</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
+          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786255996091</t>
+          <t>9786255996411</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kozluçay Köyü</t>
+          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786255996015</t>
+          <t>9786255996183</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba (Şiir)</t>
+          <t>Sürgün ve Aşk</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786255996022</t>
+          <t>9786256300835</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba</t>
+          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786255996077</t>
+          <t>9786257536172</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Melankoliymiş Hastalığımın Adı</t>
+          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786255996046</t>
+          <t>9786255996268</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gölgesinde</t>
+          <t>Keşke 1 - Alacakaranlığım</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786256300965</t>
+          <t>9786255996336</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
+          <t>Küçük Gelin</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786255996053</t>
+          <t>9786255996329</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Sözler</t>
+          <t>Biraz Nostalji</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786256300989</t>
+          <t>9786255996169</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gülnar Gülistan Gülnar</t>
+          <t>Ormandaki Defile</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786256300958</t>
+          <t>9786255996282</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Zembil 3</t>
+          <t>Artes</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256300996</t>
+          <t>9786255996305</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kıta</t>
+          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786255996008</t>
+          <t>9786255996275</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
+          <t>Serzeniş</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256300934</t>
+          <t>9786255996299</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Şira Yıldızı</t>
+          <t>Sensizliğin Sesi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256300910</t>
+          <t>9786255996145</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İki Satırlık Hakikatler</t>
+          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256300897</t>
+          <t>9786255996251</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yazara Darbe</t>
+          <t>Öfkenin Ateşi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256300873</t>
+          <t>9786257536660</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
+          <t>Beyaz Örüntü</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256300828</t>
+          <t>9786255996176</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığı II Deneme Yazılarım</t>
+          <t>Yaprak Saçlılar Ülkesi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256300798</t>
+          <t>9786255996213</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Ceylanım</t>
+          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256300811</t>
+          <t>9786255996237</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ne Belli</t>
+          <t>Not Defteri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256300743</t>
+          <t>9786255996152</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hitabım ve Cefan “Serzeniş”</t>
+          <t>Mavi Atlas Mutlu</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256300729</t>
+          <t>9786255996244</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevinç</t>
+          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256300705</t>
+          <t>9786255996138</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetsiz Kelimeler</t>
+          <t>Gönül Telimden Dökülenler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256300750</t>
+          <t>9786255996114</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
+          <t>Aynıyız Birbirlerimize Aynayız</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256300682</t>
+          <t>9786256300880</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
+          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256300712</t>
+          <t>9786255996091</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İmzasız Aşk</t>
+          <t>Kozluçay Köyü</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786256300699</t>
+          <t>9786255996015</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
+          <t>Bir Garip Kitapçı Baba (Şiir)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256300675</t>
+          <t>9786255996022</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
+          <t>Bir Garip Kitapçı Baba</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256300668</t>
+          <t>9786255996077</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
+          <t>Melankoliymiş Hastalığımın Adı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256300651</t>
+          <t>9786255996046</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
+          <t>Kalbin Gölgesinde</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256300637</t>
+          <t>9786256300965</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim ve Sevdam</t>
+          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256300613</t>
+          <t>9786255996053</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hüzzam Mektuplar ve Hikayeler</t>
+          <t>Rüzgara Karşı Sözler</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256300415</t>
+          <t>9786256300989</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hazanda Bir Gül</t>
+          <t>Gülnar Gülistan Gülnar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256300569</t>
+          <t>9786256300958</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalan</t>
+          <t>Zembil 3</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256300583</t>
+          <t>9786256300996</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Aşkı</t>
+          <t>Yedinci Kıta</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256300491</t>
+          <t>9786255996008</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
+          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256300361</t>
+          <t>9786256300934</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Atölyemiz</t>
+          <t>Şira Yıldızı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786255996695</t>
+          <t>9786256300910</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Uygarya</t>
+          <t>İki Satırlık Hakikatler</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256300224</t>
+          <t>9786256300897</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Elizan</t>
+          <t>Yazara Darbe</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256300132</t>
+          <t>9786256300873</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Deli Kiraz</t>
+          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256747883</t>
+          <t>9786256300828</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Alevilik</t>
+          <t>Mum Işığı II Deneme Yazılarım</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>185</v>
+        <v>390</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256747920</t>
+          <t>9786256300798</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Oku</t>
+          <t>Ürkek Ceylanım</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256747777</t>
+          <t>9786256300811</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Siyaset</t>
+          <t>Ne Belli</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256747517</t>
+          <t>9786256300743</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kaldığı Yerden Daha İleriden</t>
+          <t>Hitabım ve Cefan “Serzeniş”</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256747425</t>
+          <t>9786256300729</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Adalet Sevdam Benim</t>
+          <t>Buruk Sevinç</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256747104</t>
+          <t>9786256300705</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Keşfin Yolculuğu</t>
+          <t>Kıyafetsiz Kelimeler</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258116137</t>
+          <t>9786256300750</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256747128</t>
+          <t>9786256300682</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Surya Namaskar B</t>
+          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256874923</t>
+          <t>9786256300712</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hava ve Yıldızlar</t>
+          <t>İmzasız Aşk</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256874800</t>
+          <t>9786256300699</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerler Olarak 54 Farz</t>
+          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256339351</t>
+          <t>9786256300675</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Demiş?</t>
+          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256874244</t>
+          <t>9786256300668</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk İnsanlık</t>
+          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256874152</t>
+          <t>9786256300651</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>İlle De Yozgat</t>
+          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256369696</t>
+          <t>9786256300637</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Ben Okuma Bilmem</t>
+          <t>Hayallerim ve Sevdam</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>95</v>
+        <v>195</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256369719</t>
+          <t>9786256300613</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Cin Arif</t>
+          <t>Hüzzam Mektuplar ve Hikayeler</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256369689</t>
+          <t>9786256300415</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Hece Hece Şiir Dünyam</t>
+          <t>Hazanda Bir Gül</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256369450</t>
+          <t>9786256300569</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
+          <t>Sende Kalan</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256369498</t>
+          <t>9786256300583</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
+          <t>Hukuk Aşkı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256369375</t>
+          <t>9786256300491</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Meteorolojik Haritalar</t>
+          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256369368</t>
+          <t>9786256300361</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Çam Ağacı</t>
+          <t>Çalışma Atölyemiz</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786256369276</t>
+          <t>9786255996695</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şemsiye</t>
+          <t>Uygarya</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256369313</t>
+          <t>9786256300224</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Sevgi</t>
+          <t>Elizan</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256369269</t>
+          <t>9786256300132</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Fra Morket Til Lyset</t>
+          <t>Deli Kiraz</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256369283</t>
+          <t>9786256747883</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Nur’lanmak</t>
+          <t>Tarihte ve Günümüzde Alevilik</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256369160</t>
+          <t>9786256747920</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>O‘g‘uzxonning Qilichi</t>
+          <t>Güle Güle Oku</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256369030</t>
+          <t>9786256747777</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
+          <t>Tarihten Günümüze Siyaset</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256369085</t>
+          <t>9786256747517</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mat</t>
+          <t>Kaldığı Yerden Daha İleriden</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256369047</t>
+          <t>9786256747425</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kötü Patron</t>
+          <t>Adalet Sevdam Benim</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256369009</t>
+          <t>9786256747104</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Harput’ta Halay Sesi Var</t>
+          <t>Keşfin Yolculuğu</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258116946</t>
+          <t>9786258116137</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Karapınar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258116908</t>
+          <t>9786256747128</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
+          <t>MGA Yoga Surya Namaskar B</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>495</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258116823</t>
+          <t>9786256874923</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Şiirimsin</t>
+          <t>Ateş Hava ve Yıldızlar</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258116472</t>
+          <t>9786256874800</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Şiir Antolojisi</t>
+          <t>Ahlaki Değerler Olarak 54 Farz</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258116434</t>
+          <t>9786256339351</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tükenen Bir Sen Değilsin</t>
+          <t>Atalar Ne Demiş?</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258116403</t>
+          <t>9786256874244</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
+          <t>Ayağa Kalk İnsanlık</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258116410</t>
+          <t>9786256874152</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Darbeleri</t>
+          <t>İlle De Yozgat</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258116359</t>
+          <t>9786256369696</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Gülüşe Gülüşe Anlaşalım</t>
+          <t>Ben Okuma Bilmem</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258116212</t>
+          <t>9786256369719</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>La Leyl</t>
+          <t>Cin Arif</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258116175</t>
+          <t>9786256369689</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
+          <t>Hece Hece Şiir Dünyam</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258116076</t>
+          <t>9786256369450</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
+          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>55</v>
+        <v>145</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258116090</t>
+          <t>9786256369498</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
+          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257536868</t>
+          <t>9786256369375</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Efes</t>
+          <t>Meteorolojik Haritalar</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257536875</t>
+          <t>9786256369368</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Mahirane Söylemler</t>
+          <t>Benim Adım Çam Ağacı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257681780</t>
+          <t>9786256369276</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük</t>
+          <t>Beyaz Şemsiye</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>185</v>
+        <v>80</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258116069</t>
+          <t>9786256369313</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sabah Güneşi</t>
+          <t>Engelsiz Sevgi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258116021</t>
+          <t>9786256369269</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Sevdaya Zan'lı Şiirler</t>
+          <t>Fra Morket Til Lyset</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786258116014</t>
+          <t>9786256369283</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
+          <t>Nur’lanmak</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257536998</t>
+          <t>9786256369160</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
+          <t>O‘g‘uzxonning Qilichi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258116007</t>
+          <t>9786256369030</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Astım Gökkuşağını</t>
+          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257536936</t>
+          <t>9786256369085</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Mavi</t>
+          <t>Aşk Mat</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257536981</t>
+          <t>9786256369047</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mecnun Darlığı</t>
+          <t>Kötü Patron</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257536929</t>
+          <t>9786256369009</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Yadigar - Bergüzarlarda Yaşamak</t>
+          <t>Harput’ta Halay Sesi Var</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257536974</t>
+          <t>9786258116946</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Seninle Döndü Devran</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257536967</t>
+          <t>9786258116908</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Keder Ektim Yüreğime</t>
+          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257536912</t>
+          <t>9786258116823</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kolye</t>
+          <t>Bitmeyen Şiirimsin</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257536783</t>
+          <t>9786258116472</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Renkli Sokakta</t>
+          <t>Gümrükten Geçen Şiir Antolojisi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257536776</t>
+          <t>9786258116434</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Gönül Sesi</t>
+          <t>Tükenen Bir Sen Değilsin</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257536752</t>
+          <t>9786258116403</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Birazcık Tebessüm</t>
+          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257536769</t>
+          <t>9786258116410</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>Kaderin Darbeleri</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257536707</t>
+          <t>9786258116359</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Delirişimizin Tarihçesi</t>
+          <t>Gülüşe Gülüşe Anlaşalım</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257536691</t>
+          <t>9786258116212</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur</t>
+          <t>La Leyl</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257536684</t>
+          <t>9786258116175</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
+          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257536622</t>
+          <t>9786258116076</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
+          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257536646</t>
+          <t>9786258116090</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Düşlerine Gül Bıraktım</t>
+          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257536653</t>
+          <t>9786257536868</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Can’a Gül Değdi</t>
+          <t>Efes</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257536592</t>
+          <t>9786257536875</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>Mahirane Söylemler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257536516</t>
+          <t>9786257681780</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Sesi Yeter Bana</t>
+          <t>Resimli Sözlük</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257536448</t>
+          <t>9786258116069</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Sabah Güneşi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257536509</t>
+          <t>9786258116021</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle...</t>
+          <t>Sevdaya Zan'lı Şiirler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257536493</t>
+          <t>9786258116014</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Suya Gark Olmak</t>
+          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257536486</t>
+          <t>9786257536998</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
+          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257536431</t>
+          <t>9786258116007</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kör Karanlığım</t>
+          <t>Güneşe Astım Gökkuşağını</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257536479</t>
+          <t>9786257536936</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kardeş!..</t>
+          <t>Hayalimdeki Mavi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257536455</t>
+          <t>9786257536981</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
+          <t>Mecnun Darlığı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257536387</t>
+          <t>9786257536929</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yar Pınarı</t>
+          <t>Yadigar - Bergüzarlarda Yaşamak</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257681940</t>
+          <t>9786257536974</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
+          <t>Seninle Döndü Devran</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257536394</t>
+          <t>9786257536967</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Neyse O</t>
+          <t>Keder Ektim Yüreğime</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257536356</t>
+          <t>9786257536912</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>İki Hemşehri</t>
+          <t>Kayıp Kolye</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257536318</t>
+          <t>9786257536783</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Ana/Dolu</t>
+          <t>Turuncu Renkli Sokakta</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257536301</t>
+          <t>9786257536776</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Şükrü Dede’nin Gönül Sesi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257536288</t>
+          <t>9786257536752</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Güle Gülümse</t>
+          <t>Birazcık Tebessüm</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257536257</t>
+          <t>9786257536769</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>En Önemli Şey Nedir?</t>
+          <t>Kayıtsız Kimlikler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257536295</t>
+          <t>9786257536707</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalem</t>
+          <t>Delirişimizin Tarihçesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257681964</t>
+          <t>9786257536691</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güvercin</t>
+          <t>Gün Olur</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257536226</t>
+          <t>9786257536684</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Artık Bitmeli</t>
+          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257536189</t>
+          <t>9786257536622</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Zaferi</t>
+          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257536165</t>
+          <t>9786257536646</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Dile Sitem</t>
+          <t>Düşlerine Gül Bıraktım</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257536141</t>
+          <t>9786257536653</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>İptila</t>
+          <t>Can’a Gül Değdi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>160</v>
+        <v>70</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257536158</t>
+          <t>9786257536592</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Lal</t>
+          <t>Karapınar</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257536127</t>
+          <t>9786257536516</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrım</t>
+          <t>Yüreğimin Sesi Yeter Bana</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257536080</t>
+          <t>9786257536448</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atın Süvarisi</t>
+          <t>Söyleyemediklerim</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257536066</t>
+          <t>9786257536509</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Tutamadım</t>
+          <t>Aşk İle...</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257536059</t>
+          <t>9786257536493</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
+          <t>Suya Gark Olmak</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>115</v>
+        <v>150</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257536042</t>
+          <t>9786257536486</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşığı</t>
+          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257536004</t>
+          <t>9786257536431</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Öp Beni</t>
+          <t>Kör Karanlığım</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257681803</t>
+          <t>9786257536479</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Çocukluktan Gidilir</t>
+          <t>Kardeş!..</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257681933</t>
+          <t>9786257536455</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Teftiş Bahane</t>
+          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786258116724</t>
+          <t>9786257536387</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Şiirle Yönetmek</t>
+          <t>Yar Pınarı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257681872</t>
+          <t>9786257681940</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Mavi Martı</t>
+          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257681827</t>
+          <t>9786257536394</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kitabet-i Kemal</t>
+          <t>Neyse O</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257681735</t>
+          <t>9786257536356</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Gözlü Kadın</t>
+          <t>İki Hemşehri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257681711</t>
+          <t>9786257536318</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
+          <t>Sancılı Ana/Dolu</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257681728</t>
+          <t>9786257536301</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kayınpeder!...</t>
+          <t>Şen Yuva</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257681704</t>
+          <t>9786257536288</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
+          <t>Güle Gülümse</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257681667</t>
+          <t>9786257536257</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Asrın Yemini</t>
+          <t>En Önemli Şey Nedir?</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257681650</t>
+          <t>9786257536295</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sevda Ahmera</t>
+          <t>Hüzünlü Kalem</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257681674</t>
+          <t>9786257681964</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Adalete Adanan Yıllar-m</t>
+          <t>Beyaz Güvercin</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257681575</t>
+          <t>9786257536226</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Düzen</t>
+          <t>Artık Bitmeli</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257681551</t>
+          <t>9786257536189</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında</t>
+          <t>Kaplumbağanın Zaferi</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257681582</t>
+          <t>9786257536165</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ustalara Selam Olsun</t>
+          <t>Dile Sitem</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257681537</t>
+          <t>9786257536141</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Payı</t>
+          <t>İptila</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257681490</t>
+          <t>9786257536158</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Biricik Sevgili'ye Yakarış</t>
+          <t>Dil ve Lal</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257681520</t>
+          <t>9786257536127</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Toplum</t>
+          <t>İlk Göz Ağrım</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257681476</t>
+          <t>9786257536080</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Canım</t>
+          <t>Beyaz Atın Süvarisi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257681483</t>
+          <t>9786257536066</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Aslan</t>
+          <t>Zamanı Tutamadım</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257681469</t>
+          <t>9786257536059</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Gizem</t>
+          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257681452</t>
+          <t>9786257536042</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Gördüğüm</t>
+          <t>Vatan Aşığı</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257681445</t>
+          <t>9786257536004</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yar Denince</t>
+          <t>Yüreğimden Öp Beni</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257681391</t>
+          <t>9786257681803</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Gönlümde Renkli Bir Resim</t>
+          <t>Başarıya Çocukluktan Gidilir</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257681421</t>
+          <t>9786257681933</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Bi 'Yere' Kadar</t>
+          <t>Teftiş Bahane</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257681346</t>
+          <t>9786258116724</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>Vatanı Şiirle Yönetmek</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>255</v>
+        <v>75</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257681360</t>
+          <t>9786257681872</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Başlamak ve Başarmak</t>
+          <t>Mavi Martı</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257681254</t>
+          <t>9786257681827</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
+          <t>Kitabet-i Kemal</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257681261</t>
+          <t>9786257681735</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yazısı Edebiyat</t>
+          <t>Turkuaz Gözlü Kadın</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257681292</t>
+          <t>9786257681711</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Söz Can Sırrıdır</t>
+          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786050676303</t>
+          <t>9786257681728</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Mentor Anne-Baba</t>
+          <t>Kayınpeder!...</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257681186</t>
+          <t>9786257681704</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Damlalar</t>
+          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257681209</t>
+          <t>9786257681667</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
+          <t>Asrın Yemini</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257681223</t>
+          <t>9786257681650</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Dili</t>
+          <t>Mavi Sevda Ahmera</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257681162</t>
+          <t>9786257681674</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Çerçinin Çırağı</t>
+          <t>Adalete Adanan Yıllar-m</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257681155</t>
+          <t>9786257681575</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Nehr-i Zaman</t>
+          <t>Dağınık Düzen</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257681117</t>
+          <t>9786257681551</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İzleri</t>
+          <t>Dalgaların Kıyısında</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257681148</t>
+          <t>9786257681582</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Penceremden Kelimeler</t>
+          <t>Ustalara Selam Olsun</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257681087</t>
+          <t>9786257681537</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Senin Başkentinde</t>
+          <t>Kardeş Payı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257681124</t>
+          <t>9786257681490</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>İkindi Yalnızlığı</t>
+          <t>Biricik Sevgili'ye Yakarış</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257681131</t>
+          <t>9786257681520</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+          <t>Adalet ve Toplum</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257681049</t>
+          <t>9786257681476</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Adsız Sokak Çocukları</t>
+          <t>Pembegül Canım</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257681025</t>
+          <t>9786257681483</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Parmakların Büyüsü</t>
+          <t>Pembegül Aslan</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786057015860</t>
+          <t>9786257681469</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+          <t>Pembegül Gizem</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786057015846</t>
+          <t>9786257681452</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+          <t>Gözlerinde Gördüğüm</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257681032</t>
+          <t>9786257681445</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Yar Denince</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057489395</t>
+          <t>9786257681391</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sen Bağışladın</t>
+          <t>Hayalin Gönlümde Renkli Bir Resim</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786057489340</t>
+          <t>9786257681421</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Umudun 41 Düşü</t>
+          <t>Bi 'Yere' Kadar</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786057489319</t>
+          <t>9786257681346</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İçinde</t>
+          <t>Gariplerden Bir Yolcu</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>50</v>
+        <v>255</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786057489326</t>
+          <t>9786257681360</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kapı Korkuları</t>
+          <t>Başlamak ve Başarmak</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>50</v>
+        <v>245</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786050650778</t>
+          <t>9786257681254</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Son Misafir</t>
+          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786050650785</t>
+          <t>9786257681261</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>İnsanın Yazısı Edebiyat</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786050650747</t>
+          <t>9786257681292</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Canım Gülnar</t>
+          <t>Söz Can Sırrıdır</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050650761</t>
+          <t>9786050676303</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gül Şafağı</t>
+          <t>Mentor Anne-Baba</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786050676372</t>
+          <t>9786257681186</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Yazar</t>
+          <t>Yürekten Damlalar</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786050676341</t>
+          <t>9786257681209</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786050676327</t>
+          <t>9786257681223</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+          <t>Kalbimin Dili</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786050682397</t>
+          <t>9786257681162</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Can ve Emre Dinozorlar Diyarında</t>
+          <t>Çerçinin Çırağı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786050682342</t>
+          <t>9786257681155</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bir Nevi Hı(n)zır Cevap</t>
+          <t>Nehr-i Zaman</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786056998188</t>
+          <t>9786257681117</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Güzergah Arayışı</t>
+          <t>Mürekkep İzleri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786056998157</t>
+          <t>9786257681148</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Mizah Atölyesi</t>
+          <t>Penceremden Kelimeler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
+          <t>9786257681087</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Senin Başkentinde</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786257681124</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786257681131</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786257681049</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Adsız Sokak Çocukları</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786257681025</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Kınalı Parmakların Büyüsü</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786057015860</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786057015846</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786257681032</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Hazan</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786057489395</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bağışladın</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786057489340</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Umudun 41 Düşü</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786057489319</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin İçinde</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786057489326</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Korkuları</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786050650778</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Son Misafir</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786050650785</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dile</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786050650747</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Canım Gülnar</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786050650761</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Gül Şafağı</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786050676372</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah Yazar</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786050676341</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786050676327</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786050682397</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Can ve Emre Dinozorlar Diyarında</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786050682342</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nevi Hı(n)zır Cevap</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786056998188</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Güzergah Arayışı</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786056998157</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Mizah Atölyesi</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
           <t>9786056998133</t>
         </is>
       </c>
-      <c r="B752" s="1" t="inlineStr">
+      <c r="B775" s="1" t="inlineStr">
         <is>
           <t>Bitkilerle Sohbet</t>
         </is>
       </c>
-      <c r="C752" s="1">
+      <c r="C775" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>