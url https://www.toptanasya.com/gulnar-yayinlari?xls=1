--- v2 (2026-02-05)
+++ v3 (2026-03-29)
@@ -85,11650 +85,15385 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255709905</t>
+          <t>9786258649130</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sisli Hatıralar</t>
+          <t>Vahyin Gölgesinde Kur’anî Bakış 2 “Tevhid ve Şirk”</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255709981</t>
+          <t>9786258649147</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bize Vurdurttular</t>
+          <t>Sefine 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255709950</t>
+          <t>9786258649093</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hesapları Bitirdim Suda Kaldı İzleri</t>
+          <t>Mahşerin Atlıları Nene Hatun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255709851</t>
+          <t>9786258649123</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2957’den 0’a</t>
+          <t>Benzemez Kimse Sana “Memleket”</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255709967</t>
+          <t>9786258649086</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’un Satır Araları I (19 Mayıs 1919 – 23 Nisan 1920) Bir Analiz Denemesi</t>
+          <t>Yunanistan’ın Kıbrıs İşgaline Karşı Kıbrıs Barış Harekâtı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255709974</t>
+          <t>9786258649079</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nutuk’un Satır Araları II (23 Nisan 1920 – 29 Ekim 1923) Bir Analiz Denemesi</t>
+          <t>Gospina “Yıldız Tohumu”</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255709943</t>
+          <t>9786258649062</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha Ağla</t>
+          <t>İçimizdeki Yonca "Dört Yaprakla Kendine Dönüş Yolculuğu”</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255709806</t>
+          <t>9786258649055</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu ve Lidya'nın Gözyaşları</t>
+          <t>Deloğlan</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255709769</t>
+          <t>9786258649017</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Stratejik İlkeleri Zeka, Etik ve Eylem Sanatı</t>
+          <t>Modern Çağda Kulluk Bilinci</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255709868</t>
+          <t>9786258649031</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömrün Sessiz Notları</t>
+          <t>Söylenecek Ne Kaldı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255709783</t>
+          <t>9786258649048</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Toprak, Zaman ve Şantiye Peyzaj Kanunları</t>
+          <t>Benim Eskiye Dönesim Var</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>990</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255709844</t>
+          <t>9786258649024</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Evlilik</t>
+          <t>Çiçekler Sen Kokuyordu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255709776</t>
+          <t>9786255709813</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Adın Şahlandı Kalbimde</t>
+          <t>Gençlik Nasihatnamesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255709790</t>
+          <t>9786255709837</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rami Suskunlar Mezarlığı</t>
+          <t>Gölgedeki Işık Beyaz Karanlık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255709820</t>
+          <t>9786255996206</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
+          <t>Gelenekten Geleceğe Toplumsal Yüzümüz (2)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255709714</t>
+          <t>9786255996121</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünya Yeniden Nezaket ve Görgü</t>
+          <t>Gelenekten Geleceğe Toplumsal Yüzümüz (1)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255709721</t>
+          <t>9786255996107</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlkbahar Olurum</t>
+          <t>Kristal Boyutlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255709400</t>
+          <t>9786256300972</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Hâkimin Feryadı</t>
+          <t>Bu Hicran Yarası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255709738</t>
+          <t>9786256300941</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Ufuklarına Doğru</t>
+          <t>Kolay Gün, Dündü!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255709691</t>
+          <t>9786256300552</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Söz Ver Oğul</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255709684</t>
+          <t>9786256300507</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Yolunda Okçuluğun Altın Kızları</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255709615</t>
+          <t>9786256300927</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Yolculuğum</t>
+          <t>Nasrettin Hoca’dan Oku Öğren Boya Eğlen</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255709707</t>
+          <t>9786256300903</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yayla İnsanı</t>
+          <t>Söğütlülü Destancı Aşık Ali Şahin</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255709646</t>
+          <t>9786256300781</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anayasal, Demokratik, Lâik, Sosyal Hukuk Devleti Bir Ütopya Mıdır?</t>
+          <t>Noktasız Virgülsüz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255709639</t>
+          <t>9786256300866</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Konuşamadıkları İçin Hayvan Gibi Yazdık</t>
+          <t>Çikolata Renkli Koala’nın Can Sıkıntısı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255709660</t>
+          <t>9786256300859</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Almancı Veli</t>
+          <t>Sena “Sevgi Yoksunu Hayatlar”</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255709622</t>
+          <t>9786256300736</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Hayatı Şiirleri Nükteleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255709677</t>
+          <t>9786256300804</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>İnsan Hayatı Kısa Bir Film veya Bir Romandır</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255709653</t>
+          <t>9786256300774</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gençlerimiz İçin Meslek Etiği ve Kariyer Gelişimi</t>
+          <t>Bütünsel Sağlık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255709608</t>
+          <t>9786256300644</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nakkalü-l-Ulum</t>
+          <t>Akif'in Maceraları - Akif Surelerin Anlamlarını Öğreniyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255709561</t>
+          <t>9786256300620</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Soluk Kırmızı Kiremitler</t>
+          <t>Dilsiz Kaval</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255709554</t>
+          <t>9786256300545</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yumağı</t>
+          <t>Kayseri Şeker Fabrikası’nda İz Bırakanlar “Bayraklı Belgeseli”</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255709530</t>
+          <t>9786256300514</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han</t>
+          <t>Ayakkabıcı Dede ve Torunları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255709592</t>
+          <t>9786256300576</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çağrışım</t>
+          <t>Martılar ve Dalgalar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255709370</t>
+          <t>9786256300484</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ehlibeyt Gerçeği</t>
+          <t>Bi Fasille Bi Pilaf</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255709585</t>
+          <t>9786256300422</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Senden Sebep</t>
+          <t>Vuslata Doğru</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255709387</t>
+          <t>9786256300460</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Kadınlar</t>
+          <t>Berber Hasan’ın Çırağı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255709547</t>
+          <t>9786256300446</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Yazı Kalır</t>
+          <t>Evlilikte Mutluluğun ve Mutsuzluğun Nedenleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255709523</t>
+          <t>9786256300385</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Annemi de Vaftiz Ettirdim</t>
+          <t>Mimarsinanlı Sade’lerin Yol Hikayesi - Gönül Pınarları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255709486</t>
+          <t>9786256300453</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Şüphesi Olanlar İçin</t>
+          <t>Yasak Aşk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255709516</t>
+          <t>9786256300378</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Men Rabbuke Rabbinle Yeniden Tanış</t>
+          <t>İlklerim ve Sonlarım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255709349</t>
+          <t>9786256300354</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Deposu</t>
+          <t>Usül-ü Cezaiyye</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255709479</t>
+          <t>9786256300330</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Neriman</t>
+          <t>Gönül Teline Dokunmak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255709455</t>
+          <t>9786256300347</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İlk Harf (Elif) - Büyük Sır</t>
+          <t>Dinozordan Damlalar II</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255709493</t>
+          <t>9786256300392</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gel Gör Beni</t>
+          <t>O Sonbaharda Esen Fırtına Değil Kasırga</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255709462</t>
+          <t>9786256300408</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geldiler Gördüler</t>
+          <t>Olmaz Deme Olur</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255709448</t>
+          <t>9786256300309</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Umutlu</t>
+          <t>Güç Aileden Gelir G.A.G. 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255709431</t>
+          <t>9786256300316</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Maziye Mühürlü Satırlar</t>
+          <t>Sonya - Beyaz Panter'in Laneti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255709394</t>
+          <t>9786256300323</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hoş Seda</t>
+          <t>Ay Ağılı Hareler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255709424</t>
+          <t>9786256300255</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada</t>
+          <t>İki Gelinliğin Hikayesi (Güncel)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255709325</t>
+          <t>9786256300262</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri III</t>
+          <t>Karakter Tasvirleri (Otantik)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255709318</t>
+          <t>9786256300279</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri II</t>
+          <t>İmtihansız Aşk Olmaz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255709301</t>
+          <t>9786256300286</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri I</t>
+          <t>Hasretim Sensin</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255709332</t>
+          <t>9786256300187</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Tefsiri IV-V</t>
+          <t>İmanın İlimle Yorumu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255709295</t>
+          <t>9786256300231</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
+          <t>Seni Seversem Kaybederim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255709356</t>
+          <t>9786256300200</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dökülen Satırlar</t>
+          <t>“Yelkenimizde Saklı Hikayeler” Çorlu Fevzi Çakmak İlkokulu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255709363</t>
+          <t>9786256300170</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
+          <t>Asar-ı Nefise</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255709233</t>
+          <t>9786256300156</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Taci ve Maya Mantarları</t>
+          <t>Dinozordan Damlalar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255709288</t>
+          <t>9786256874671</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına</t>
+          <t>Umudun (Şiir) Sesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255709202</t>
+          <t>9786256300163</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mani Bahçesi</t>
+          <t>Koparılmış Çiçekler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255709110</t>
+          <t>9786256300149</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
+          <t>Dramalı Hasan’ın Namus Davası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255709103</t>
+          <t>9786256300101</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
+          <t>Diller ve Kavramlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>2500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255709240</t>
+          <t>9786256300026</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sevdalıyım Arkadaş</t>
+          <t>Şampiyon Somon</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255709271</t>
+          <t>9786256300095</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Turunç Çiçeği Kadınları</t>
+          <t>Bana Yari Getirin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255592712</t>
+          <t>9786256300033</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
+          <t>Ayşe Gelin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255592361</t>
+          <t>9786256300040</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sahipkıran Kimdir?</t>
+          <t>Ana Yüreği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>780</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255709141</t>
+          <t>9786256300088</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
+          <t>Yürek Yarası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>800</v>
+        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255592286</t>
+          <t>9786256300019</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Milli Bilinç</t>
+          <t>Aynı Göğün Altında</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255709226</t>
+          <t>9786256747944</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Çarmıhında</t>
+          <t>OyunBozan</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255709257</t>
+          <t>9786256300002</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Nergis'in İz Düşümü</t>
+          <t>Dilimden Dökülen Kelime Dinim, Devletim, Vatanım, Milletim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255709264</t>
+          <t>9786256874398</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
+          <t>Kanlı Yağmur</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255709189</t>
+          <t>9786256874893</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
+          <t>Soğuk Yalnızlık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>480</v>
+        <v>185</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255709196</t>
+          <t>9786256747951</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Altın Kalpli Dost</t>
+          <t>Sana Ölmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255709127</t>
+          <t>9786256747975</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş ve Dava Adamı</t>
+          <t>Vuslata Mektuplar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255996190</t>
+          <t>9786256747968</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
+          <t>Kutsal Obalar Teorisi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256300767</t>
+          <t>9786256747999</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
+          <t>Beyaz Piramitler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255709158</t>
+          <t>9786256747982</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sefîne II</t>
+          <t>Zaman Arsızı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>420</v>
+        <v>185</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255709219</t>
+          <t>9786256747937</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sınav Terapisi</t>
+          <t>İslam Ülkelerinde Kadın ve Çocuk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257681612</t>
+          <t>9786256747845</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aklın Özgürleşmesi</t>
+          <t>Kelebek ve Papatya</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255709035</t>
+          <t>9786256747913</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yükseliş Hilde</t>
+          <t>Oku Yaz Anlat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255709172</t>
+          <t>9786256747869</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Hayal Mavisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255709066</t>
+          <t>9786256747821</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
+          <t>Eskimeyen Eskiler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255709028</t>
+          <t>9786256747852</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>74. Sayfa</t>
+          <t>Minik Kalemlerden Öyküler Murat Kölük İlkokulu Öğrencilerinden Öyküler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255709165</t>
+          <t>9786256747906</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sadadan Esintiler</t>
+          <t>Yüreğine Sor Beni</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255709073</t>
+          <t>9786256747890</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Kadınlar</t>
+          <t>Yok Böyle Sevda</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255709134</t>
+          <t>9786256747739</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şikayetçiyim</t>
+          <t>Parla ve Manisa</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255709080</t>
+          <t>9786256747807</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Al-i Beyt-i Muhammed</t>
+          <t>Yıldızlara Yoldaş Olmak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255709097</t>
+          <t>9786256747814</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Anlamı ve İlahi Denge</t>
+          <t>Piaf - Serçe İç Sesler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255709059</t>
+          <t>9786256747746</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Sırlı Bahçenin Gizli Aşkları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255592941</t>
+          <t>9786256747722</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ekmeği Kitaba Bandıran Kadın</t>
+          <t>Hac İbadetinin Farklı Boyutları</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255592934</t>
+          <t>9786256747760</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bilmeceleri</t>
+          <t>Aynı Yolun Yolcuları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255709042</t>
+          <t>9786256747753</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
+          <t>Onu Hatırladıkça Üşüyorum</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255709011</t>
+          <t>9786256747715</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Onun Sadık Dostu Cesur</t>
+          <t>Aşk-ı Gümüş Hasret’in Evi Nerede</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255592958</t>
+          <t>9786256747708</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
+          <t>En Güzele Yürümek "Mihenk Taşı Düşünceler”</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255592880</t>
+          <t>9786256747654</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (2)</t>
+          <t>Kutsal İklime Yolculuk Mekke Medine 02-26 Mart 2019</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255592927</t>
+          <t>9786256747661</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yolcusun Ey Garip Hazırlan (1)</t>
+          <t>Tarihe Düşülen Notlar -1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255592965</t>
+          <t>9786256747616</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kanadını Rahmete Aç</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255592897</t>
+          <t>9786256747685</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Sonra Ne Oldu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255592910</t>
+          <t>9786256747630</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kod</t>
+          <t>Namaza Çağrı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255592866</t>
+          <t>9786256747678</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimde Yara Var</t>
+          <t>Mum Işığı Deneme Yazılarım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255592903</t>
+          <t>9786256747401</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gönül Rüzgârı</t>
+          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç 3</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255592781</t>
+          <t>9786256747623</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
+          <t>Sözcüklerin Fısıltısı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255592774</t>
+          <t>9786256747647</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
+          <t>Dört Halifenin Son Günleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255592859</t>
+          <t>9786256747296</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sevgiyle Değişen Dünya</t>
+          <t>Şiirsiz Değiliz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255592835</t>
+          <t>9786256747609</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Seyahatlerim</t>
+          <t>Lora</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255592811</t>
+          <t>9786256747586</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gönül Mürekkebi</t>
+          <t>Yönetim Mi? Yöne-itim Mi?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255592651</t>
+          <t>9786256747579</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aynı Gurbetin Çocukları</t>
+          <t>Meçhul Öğretmenin Kaleminden Yüreklere Dokunmak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255592842</t>
+          <t>9786256747555</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Yolum</t>
+          <t>Çatal Yolu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255592767</t>
+          <t>9786256747500</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Kraliçesi</t>
+          <t>Karanlıktaki Çığlık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255592828</t>
+          <t>9786256747524</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Düşler</t>
+          <t>Gül Kanayınca - Kar Yangını</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255592743</t>
+          <t>9786256747593</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Saatler Vurunca Vakit Durunca</t>
+          <t>Aşkın İkindi Vakti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255592736</t>
+          <t>9786256747470</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kunduz Ailesi</t>
+          <t>Allah’ın Askerleri Şeytan Karargahı Ortasındaki Kılıç 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255592750</t>
+          <t>9786256747562</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Müslümanlık</t>
+          <t>Bize Her Şey Onu Hatırlatıyor</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255592729</t>
+          <t>9786256747531</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Fısıltısı</t>
+          <t>Ortaya Karışık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255592699</t>
+          <t>9786256747548</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 1</t>
+          <t>Gençlerle Yolculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255592705</t>
+          <t>9786256747487</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kerkükname 2</t>
+          <t>Bir İlkokul Öğretmeninin Çizim Defteri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255592798</t>
+          <t>9786256747494</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Süreyya</t>
+          <t>Sokak Hayvanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255592668</t>
+          <t>9786256747456</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Uyanışı</t>
+          <t>Güz Yanığı Bağ Bozumu Şarkıları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255592675</t>
+          <t>9786256747371</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dini Duygunun Teşekkülü</t>
+          <t>Savaşçı Kadın</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255592637</t>
+          <t>9786256747357</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İslam Hakkında Soru-Yorum</t>
+          <t>Aile Emanettir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255592590</t>
+          <t>9786256747272</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yörük Gızı (Silifke)</t>
+          <t>Ay Laçın Can Laçın</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255592644</t>
+          <t>9786256747166</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Etimolojik Sözlük Numunesi</t>
+          <t>Çığlık Köy Enstitüsünden Huzurevine Uzanan Yol</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255592613</t>
+          <t>9786256747135</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Şiirleri Hikâyeleri II</t>
+          <t>MGA Yoga Surya Namaskar C</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255592538</t>
+          <t>9786256747111</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Messaldo Antepte</t>
+          <t>MGA Yoga Surya Namaskar A</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255592620</t>
+          <t>9786256747050</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yakılacak Mektuplar</t>
+          <t>Hudutsuz Acılar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255592606</t>
+          <t>9786256747043</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Kayıp İnsanlık</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255592583</t>
+          <t>9786256874930</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Damladaki Derya</t>
+          <t>Güfte Bizden Beste Sizden</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256300194</t>
+          <t>9786256874404</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maria İle Luka Sordular Söyledik</t>
+          <t>Kayseri Şeker Fabrikası Belgeseli Söğütlü Kahvenin Müdavimleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255592552</t>
+          <t>9786256874794</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
+          <t>Günümüzde Yanlış Bilinen İslâmi Gerçekler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255592576</t>
+          <t>9786256874664</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şehadet Şerife Bacı</t>
+          <t>Nergis’ten Şiirler 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255592521</t>
+          <t>9786256874466</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>GünEşim</t>
+          <t>Özlenen Asımın Nesli</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255592514</t>
+          <t>9786256874435</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dilhane Yokuşları</t>
+          <t>Hindistan’ın Nazileştirilmesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255592446</t>
+          <t>9786256874411</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gitme Kervancı</t>
+          <t>Bir Kelebek Hayali Şiirler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255592545</t>
+          <t>9786256874282</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Danışıklı Dövüş</t>
+          <t>İbadetler Manaları, Hakikatleri, Faydaları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255592484</t>
+          <t>9786256874091</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Sensiz Kalan Şiirler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255592354</t>
+          <t>9786256369993</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kayıp Sayfaları</t>
+          <t>Yoksa Rüya Mı?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>780</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255592491</t>
+          <t>9786256369979</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şöyle Bir Dönüp Baktım</t>
+          <t>Kerkük Horyatlarım Kərkük Horyatlarım (Bayatılarım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255592507</t>
+          <t>9786256369870</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Silinmeyen İzler</t>
+          <t>Sırlar Dağının Melekleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255592095</t>
+          <t>9786256369672</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Evren=Titreşim=Harfler=Sayılar=Esmaül Hüsna</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>790</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255592415</t>
+          <t>9786256369856</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
+          <t>Kur’an Işığında Hz. Peygamberler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255592453</t>
+          <t>9786256369849</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Gül Sevdim</t>
+          <t>Örtü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255592439</t>
+          <t>9786256369757</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemlerden Gizemli Maceralar</t>
+          <t>Sınandım</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255592460</t>
+          <t>9786256369740</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
+          <t>Gülfeza</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255592477</t>
+          <t>9786256369764</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tamer</t>
+          <t>Aşikar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255592422</t>
+          <t>9786256369702</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dil Bilgisi</t>
+          <t>Camdaki Mendil</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>330</v>
+        <v>135</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255592385</t>
+          <t>9786256369634</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Palandöken Hep Gazaptaydı</t>
+          <t>Anılardan Kareler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255592347</t>
+          <t>9786256369603</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ölüler Şehrinde Yeniden Doğmak</t>
+          <t>Kur’an’ın Evrenselliği ve Kur’an Sembollerinin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255592279</t>
+          <t>9786256369542</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zeyrek Kayıp</t>
+          <t>Yaralı Adam</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255592330</t>
+          <t>9786256369474</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
+          <t>Sevdamız Eskipazar -2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255592392</t>
+          <t>9786256369467</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Engellenen Güzel Ülkem</t>
+          <t>Senbahar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255592408</t>
+          <t>9786256369528</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
+          <t>Risalet’in Dili</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255592378</t>
+          <t>9786256369535</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Özümden Öz Sözler - I</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255592309</t>
+          <t>9786256369504</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
+          <t>Sözden Kadere</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255592316</t>
+          <t>9786256369511</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gölgeye Yazılan</t>
+          <t>Söyleyemedim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255592293</t>
+          <t>9786256369429</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sefine I</t>
+          <t>Serpilce</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>420</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786255592323</t>
+          <t>9786256369382</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anam Çaput Bağlar Gül Dalına</t>
+          <t>Bilim, Mantık, Etik, Adalet ve Sevgi İçin: Aşı, Tohum ve Maya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>220</v>
+        <v>95</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255592149</t>
+          <t>9786256369337</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gitardaki Sır ve Gizemli Hazine</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786255592200</t>
+          <t>9786256369290</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşkla Sema Etmek</t>
+          <t>Diriliş Haktır</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255592262</t>
+          <t>9786256369122</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Serseri Düşler</t>
+          <t>Sürgün Ve Aşk</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786255592255</t>
+          <t>9786256369252</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Huzur</t>
+          <t>Biyografili Bulmaca Anı Kitabı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255592248</t>
+          <t>9786256369214</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Alp Aydınlık Ada Ülkesinde</t>
+          <t>Kur’an’ın Evrenselliği Ve Kur’an Sembollerinin Dili</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786255592231</t>
+          <t>9786256369115</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Karacaören</t>
+          <t>Dokunmasın Kimse</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786255592170</t>
+          <t>9786256369108</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Güzel Düşün Güzeli Düşün</t>
+          <t>Tutundum Yüreğine</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>380</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786255592217</t>
+          <t>9786256369139</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Öfke ve Sel</t>
+          <t>Şah-ı Şiirler 5</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255592224</t>
+          <t>9786256369054</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
+          <t>Bir Mühendis Öğretmen İle Bilim Varlık Ve Allah’a Dair Mailler Bilim - Din Barışı İçin)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255592187</t>
+          <t>9786256369061</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kitap ve Toplum</t>
+          <t>Gizli Operasyon Grubu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>520</v>
+        <v>80</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255592194</t>
+          <t>9786256369023</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ruhu</t>
+          <t>Önce Vatan! Diyen Unutulmaz Kahramanlarımız</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>555</v>
+        <v>85</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786255996794</t>
+          <t>9786258116793</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
+          <t>Cebimdeki Yazılar "Kibrit Çöpleri”</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786255996923</t>
+          <t>9786258116991</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Kasımpatı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786255996770</t>
+          <t>9786258116960</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255996558</t>
+          <t>9786258116922</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kehribar</t>
+          <t>Aşk Seninle Güzel Maria</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255996671</t>
+          <t>9786258116816</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çekirdek Külahta</t>
+          <t>En İyi Arkadaşım Sensin</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255996664</t>
+          <t>9786258116830</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Ayarlı Şiirler</t>
+          <t>Nerde O Eski Sen</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255996657</t>
+          <t>9786258116748</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yolculuk Şifa Olsun</t>
+          <t>Elimi Tut Öğretmenim</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786255996343</t>
+          <t>9786258116717</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Aile Dizimi Öyküleri-1 Abadha</t>
+          <t>İslam'da Namazın Evreleri ve Mi'rac Sonrası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786255996374</t>
+          <t>9786258116700</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Acı Türküler</t>
+          <t>Bir Çocuğun Dünyasından Şiirler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786255996381</t>
+          <t>9786258116632</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Radyo Hld Sonsuzluk Bağı Antoloji Şiirler - 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786255996084</t>
+          <t>9786258116588</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kaldırımda Açan Çiçek</t>
+          <t>Evlat Savaşı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256300842</t>
+          <t>9786258116571</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Başarının Altın Anahtarları</t>
+          <t>Cennete Götüren Masallar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256300477</t>
+          <t>9786258116601</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Karşı Kıyısı</t>
+          <t>Ölmek İstemiyorum Anna!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256300606</t>
+          <t>9786258116564</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şerif Ali'nin Gizemli Hayatı</t>
+          <t>Vuslat</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256300521</t>
+          <t>9786258116496</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
+          <t>Kaçırdığımız Trenler Şaşırdığımız Yollar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>390</v>
+        <v>65</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256300538</t>
+          <t>9786258116540</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
+          <t>Mezopotamya'da Bir Eylül</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256300439</t>
+          <t>9786258116489</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Keçi Ezgisi</t>
+          <t>Ve Velhasılıkelam</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256300248</t>
+          <t>9786258116519</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gençler Soruyor</t>
+          <t>Nasihatler ve Hikmetler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256300217</t>
+          <t>9786258116526</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256300125</t>
+          <t>9786258116441</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
+          <t>Mutant Kişilikler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>320</v>
+        <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256300118</t>
+          <t>9786258116427</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ateist Kardeşlerim İçin</t>
+          <t>Yüreğime Köz Düştü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256300057</t>
+          <t>9786258116465</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
+          <t>Gel de Söyleme</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256300064</t>
+          <t>9786258116380</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
+          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Dünyası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256300071</t>
+          <t>9786258116267</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
+          <t>Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi- 1 ”Rengârenk”</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256747876</t>
+          <t>9786258116236</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
+          <t>Sırat Köprüsü Bu Dünya</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256747838</t>
+          <t>9786258116335</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Anılar</t>
+          <t>Rima</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258116366</t>
+          <t>9786258116342</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Fısıltı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256747463</t>
+          <t>9786258116182</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kaza Geliyorum Demez</t>
+          <t>Elimi Tut</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256747449</t>
+          <t>9786258116304</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Serra - Berra</t>
+          <t>Gültanem</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256747432</t>
+          <t>9786258116311</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Naçizane Hayatım</t>
+          <t>Gönül Aynasında Gördüklerim</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256747418</t>
+          <t>9786258116298</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
+          <t>Sonsuzluk Bağı Antoloji Şiirler - 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256747395</t>
+          <t>9786258116243</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
+          <t>Bağban Ve Gülşan Evlilik Öyküleri - 1</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256747388</t>
+          <t>9786258116205</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Sofrası</t>
+          <t>Gün Yüzü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256747364</t>
+          <t>9786258116168</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İrfan İkliminde Seherden Kalbe</t>
+          <t>Bir Demet Nemli Şiir</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256747340</t>
+          <t>9786258116199</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Sosyal Hukuk Alanındaki Problemlerin Çözümünde "İçtihad ve Taklid”</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256747333</t>
+          <t>9786258116113</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Hayat Memat</t>
+          <t>İncilay'dan inciler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256747302</t>
+          <t>9786258116151</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
+          <t>Madam Serofima</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256747319</t>
+          <t>9786258116083</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
+          <t>Kanser X 2-1=0</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>280</v>
+        <v>85</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256747326</t>
+          <t>9786257536813</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kütahya’dan Gülücük Esintileri</t>
+          <t>İçimdeki Duygular</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>195</v>
+        <v>40</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256747180</t>
+          <t>9786257536738</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Portre Hikayeleri</t>
+          <t>Ürek Dağı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256747173</t>
+          <t>9786257536202</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat</t>
+          <t>İş’in İçinde Değil, Üstünde Olmak</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256747234</t>
+          <t>9786257536011</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
+          <t>Samedağa Ağamalıoğlu: Bir Ömrün Hikayesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256747241</t>
+          <t>9786257681889</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Ber - Esmaü'l-Hüsna 1. Cilt</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256747258</t>
+          <t>9786257681896</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Az Kaldı</t>
+          <t>Senetsiz Sevgiler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256747203</t>
+          <t>9786257681902</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
+          <t>Gönül Gülleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256747227</t>
+          <t>9786257681629</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 2</t>
+          <t>Can Çiçekleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256747265</t>
+          <t>9786257681995</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
+          <t>Duru'nun Dünyası</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256747210</t>
+          <t>9786057015884</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
+          <t>Vatan Pervaneleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256747289</t>
+          <t>9786257681438</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kur’andan Damlalar Gönülden Dualar</t>
+          <t>Batılı Zihniyetin Demokrasi Prangaları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256747197</t>
+          <t>9786257681353</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Ontolojik Yazılar</t>
+          <t>Efsunlu Gözler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256747142</t>
+          <t>9786257536103</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Pranayama</t>
+          <t>Meftun Duygular</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256747159</t>
+          <t>9786257681957</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga</t>
+          <t>Hiç Böyle Düşünmemiştim</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256747098</t>
+          <t>9786057015839</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Vefa</t>
+          <t>Başkan Annem</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256747067</t>
+          <t>9786257536462</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
+          <t>Küldeki Kor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256747081</t>
+          <t>9786257681643</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Seyre Dalan Ruhum</t>
+          <t>Otizmde Bir Sevgi Sözcüğü “Mıyık”</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256747029</t>
+          <t>9786257681681</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
+          <t>727’den Kaçış Fbı’ın Aranan İsmi D.B. Cooper</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256874961</t>
+          <t>9786050650716</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Kopuş</t>
+          <t>İki İnsan Bir Cihan</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256747074</t>
+          <t>9786257536325</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yudum Yudum Aşk</t>
+          <t>Ay Ağılı Hareler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256874992</t>
+          <t>9786257536400</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna</t>
+          <t>Bir Mevsimde Üç Bahar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256747012</t>
+          <t>9786257536035</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Emir’in Gelecek Çabası</t>
+          <t>Ey Anka</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786256874978</t>
+          <t>9786057489364</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Seçkin ve Sıradan</t>
+          <t>Pratikmatik -1</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786256747036</t>
+          <t>9786257681773</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Dile</t>
+          <t>Kader Evleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256874985</t>
+          <t>9786257681797</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>Söz Harmanı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256874541</t>
+          <t>9786050676365</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Derdiyar</t>
+          <t>Bir Nefes Kadar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256874886</t>
+          <t>9786050650754</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim</t>
+          <t>Karıştırılan İkiz Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256874862</t>
+          <t>9786050676396</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yağmurum</t>
+          <t>Zor Karar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>95</v>
+        <v>39</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256874947</t>
+          <t>9786050650709</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çınardaki İzler</t>
+          <t>Gençliğin Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256874954</t>
+          <t>9786257681605</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Camdaki Mendil</t>
+          <t>Ömürname</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256874916</t>
+          <t>9786056998195</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Deprem Umutsuzluğa Yolculuk</t>
+          <t>2020 Beyaz Ütopya</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>185</v>
+        <v>139</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256874909</t>
+          <t>9786056998102</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaçış Öyküsü Saklambaç</t>
+          <t>Mutluluğumun Sabahı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>185</v>
+        <v>50</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256874879</t>
+          <t>9786257681636</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
+          <t>Başsız Beyitler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256874855</t>
+          <t>9786050650730</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>10 Usta Kalem Şiirler</t>
+          <t>Ata Çocuk</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256874817</t>
+          <t>9786257681414</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
+          <t>Dilemma</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256874770</t>
+          <t>9786257681384</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Tarihinde Erdem Arayışı</t>
+          <t>Yenidünya</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256874763</t>
+          <t>9786050682373</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İnsanzede</t>
+          <t>Karıştırılan Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256874848</t>
+          <t>9786255709998</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk Anadolu</t>
+          <t>Fırat’la Şanlıurfa Maceraları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256874824</t>
+          <t>9786258649000</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İki Hece</t>
+          <t>Kusursuz Cinayet</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256874756</t>
+          <t>9786255709875</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>İnsan İlişkileri Üzerine Bozkırın Sözleri 1</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256874749</t>
+          <t>9786255709882</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>İnsan İlişkileri Üzerine Bozkırın Sözleri 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256874732</t>
+          <t>9786255709899</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Can Parçam</t>
+          <t>Asmakaradam Köyü’ndeki Nohan Kümesi Başkanı Horoz Haykime’nin Stratejik Hegemonya Planı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256874718</t>
+          <t>9786255709929</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Demiş</t>
+          <t>Türk Tarihinden Hakikatler ve Hikâyeler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256874725</t>
+          <t>9786255709936</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil Böyle</t>
+          <t>Osmanlı’da Üç Bilge Sultan: Fatih, Yavuz, Kanuni</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256874695</t>
+          <t>9786255709905</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ciğerimin Sızısı</t>
+          <t>Sisli Hatıralar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256874701</t>
+          <t>9786255709981</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Gül Vakti</t>
+          <t>Bizi Bize Vurdurttular</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256874688</t>
+          <t>9786255709950</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Zembil 2</t>
+          <t>Hesapları Bitirdim Suda Kaldı İzleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256874619</t>
+          <t>9786255709851</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Şarkısız İnsanlar</t>
+          <t>2957’den 0’a</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256874602</t>
+          <t>9786255709967</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve İnsan</t>
+          <t>Nutuk’un Satır Araları I (19 Mayıs 1919 – 23 Nisan 1920) Bir Analiz Denemesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256874626</t>
+          <t>9786255709974</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Garip Bir Şapka</t>
+          <t>Nutuk’un Satır Araları II (23 Nisan 1920 – 29 Ekim 1923) Bir Analiz Denemesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>95</v>
+        <v>650</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256874640</t>
+          <t>9786255709943</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
+          <t>Biraz Daha Ağla</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256874657</t>
+          <t>9786255709806</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk</t>
+          <t>Anka Kuşu ve Lidya'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256874589</t>
+          <t>9786255709769</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Merdiven</t>
+          <t>Yaşamın Stratejik İlkeleri Zeka, Etik ve Eylem Sanatı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256874633</t>
+          <t>9786255709868</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Yaşatanlar</t>
+          <t>Bir Ömrün Sessiz Notları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256874596</t>
+          <t>9786255709783</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hikayemiz</t>
+          <t>Toprak, Zaman ve Şantiye Peyzaj Kanunları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>990</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256874572</t>
+          <t>9786255709844</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sözüm Olsun Sana</t>
+          <t>Sağlıklı Evlilik</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256874558</t>
+          <t>9786255709776</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Can Tanelerim Öğrencilerime Şiirler</t>
+          <t>Adın Şahlandı Kalbimde</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256874565</t>
+          <t>9786255709790</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Deli Gönül</t>
+          <t>Rami Suskunlar Mezarlığı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256874534</t>
+          <t>9786255709820</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Şairler</t>
+          <t>Var mısın ki Yok Olmaktan Korkuyorsun?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256874527</t>
+          <t>9786255709714</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
+          <t>Modern Dünya Yeniden Nezaket ve Görgü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256874510</t>
+          <t>9786255709721</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
+          <t>İlkbahar Olurum</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256874497</t>
+          <t>9786255709400</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Varlık ve Allah</t>
+          <t>Bir Hâkimin Feryadı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256874480</t>
+          <t>9786255709738</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
+          <t>Medeniyetin Ufuklarına Doğru</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256874442</t>
+          <t>9786255709691</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bala Vatan’dan Yavru Vatan’a</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256874459</t>
+          <t>9786255709684</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Herkes Değilsin Sen</t>
+          <t>Olimpiyat Yolunda Okçuluğun Altın Kızları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256874473</t>
+          <t>9786255709615</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
+          <t>Gurbet Yolculuğum</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256874367</t>
+          <t>9786255709707</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
+          <t>Yayla İnsanı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256874381</t>
+          <t>9786255709646</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkü Söylenir Bizim Ellerde</t>
+          <t>Anayasal, Demokratik, Lâik, Sosyal Hukuk Devleti Bir Ütopya Mıdır?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256874428</t>
+          <t>9786255709639</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Vurgunum</t>
+          <t>Konuşamadıkları İçin Hayvan Gibi Yazdık</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>850</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256874350</t>
+          <t>9786255709660</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
+          <t>Almancı Veli</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256874374</t>
+          <t>9786255709622</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Düştü Toprağa</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256874299</t>
+          <t>9786255709677</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kapıdan Ömür Geçer</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256874336</t>
+          <t>9786255709653</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Lal Geceler</t>
+          <t>Gençlerimiz İçin Meslek Etiği ve Kariyer Gelişimi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256874343</t>
+          <t>9786255709608</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
+          <t>Nakkalü-l-Ulum</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256874312</t>
+          <t>9786255709561</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Garip Teselli</t>
+          <t>Soluk Kırmızı Kiremitler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256874329</t>
+          <t>9786255709554</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Recalim Var</t>
+          <t>Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256874268</t>
+          <t>9786255709530</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Fıkralar</t>
+          <t>Satuk Buğra Han</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256874275</t>
+          <t>9786255709592</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
+          <t>Çağrışım</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256874251</t>
+          <t>9786255709370</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dağlara Döneceğim</t>
+          <t>Ehlibeyt Gerçeği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256874121</t>
+          <t>9786255709585</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Danişmendli Emir Melikgazi</t>
+          <t>Senden Sebep</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256874220</t>
+          <t>9786255709387</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yangın</t>
+          <t>Ölümsüz Kadınlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256874213</t>
+          <t>9786255709547</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gardenya</t>
+          <t>Söz Uçar Yazı Kalır</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256874015</t>
+          <t>9786255709523</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Gardırop</t>
+          <t>Annemi de Vaftiz Ettirdim</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256874183</t>
+          <t>9786255709486</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şiirler</t>
+          <t>Kur'an'da Şüphesi Olanlar İçin</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256874138</t>
+          <t>9786255709516</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
+          <t>Men Rabbuke Rabbinle Yeniden Tanış</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256874114</t>
+          <t>9786255709349</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sen Kaybedersin</t>
+          <t>Sevgi Deposu</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256874176</t>
+          <t>9786255709479</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Makalelerim</t>
+          <t>Aşk-ı Neriman</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256874206</t>
+          <t>9786255709455</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balon</t>
+          <t>İlk Harf (Elif) - Büyük Sır</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256874145</t>
+          <t>9786255709493</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şehbalden Dökülenler</t>
+          <t>Gel Gör Beni</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256874169</t>
+          <t>9786255709462</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Sevdalısı</t>
+          <t>Geldiler Gördüler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256874190</t>
+          <t>9786255709448</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman ve Usul’ül-ilim</t>
+          <t>Mutlu ve Umutlu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256874107</t>
+          <t>9786255709431</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Muhsin’den Bin Muhsin’e</t>
+          <t>Maziye Mühürlü Satırlar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256874077</t>
+          <t>9786255709394</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Gibi Şiirler</t>
+          <t>Hoş Seda</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256874084</t>
+          <t>9786255709424</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Çocuk Gibidir</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256874022</t>
+          <t>9786255709325</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Nandi</t>
+          <t>Bediüzzaman Tefsiri III</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256874060</t>
+          <t>9786255709318</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
+          <t>Bediüzzaman Tefsiri II</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256874053</t>
+          <t>9786255709301</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>...Ve Sevdan Söyletir</t>
+          <t>Bediüzzaman Tefsiri I</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256874046</t>
+          <t>9786255709332</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sesinden Şiirler</t>
+          <t>Bediüzzaman Tefsiri IV-V</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256369948</t>
+          <t>9786255709295</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Yüreğin Sonsuza Dek Yüreğimde</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256874039</t>
+          <t>9786255709356</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Gidecek Misin Böyle</t>
+          <t>Yürekten Dökülen Satırlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256874008</t>
+          <t>9786255709363</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalanlar</t>
+          <t>Kur'an'da Matematiksel Hata İddiasına Cevap</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256369931</t>
+          <t>9786255709233</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kader ve İrade Yasa ve Özgürlük</t>
+          <t>Taci ve Maya Mantarları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256369962</t>
+          <t>9786255709288</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kerkükde Türk Soykırımları</t>
+          <t>Vay Canına</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256369986</t>
+          <t>9786255709202</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
+          <t>Mani Bahçesi</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256369924</t>
+          <t>9786255709110</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Yolculuğu</t>
+          <t>Rüzgârlı Burun Anamur 2. Cilt</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256369955</t>
+          <t>9786255709103</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Nur Hüzmesi</t>
+          <t>Rüzgârlı Burun Anamur 1. Cilt</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>130</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256369917</t>
+          <t>9786255709240</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Gürcistanlı Nino</t>
+          <t>Sevdalıyım Arkadaş</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256369832</t>
+          <t>9786255709271</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Pusu 1</t>
+          <t>Turunç Çiçeği Kadınları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256369887</t>
+          <t>9786255592712</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Biz Üç Kişiydik</t>
+          <t>Kur’an ve Bilimin Kesiştiği Ufuklar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256369900</t>
+          <t>9786255592361</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Tefekkür</t>
+          <t>Sahipkıran Kimdir?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>240</v>
+        <v>780</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256369894</t>
+          <t>9786255709141</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Sesleniş</t>
+          <t>Yoga'da Elementlerle Uyanış Yolculuğu ve Pratikleri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256369801</t>
+          <t>9786255592286</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hasbihal</t>
+          <t>Uyanış - Milli Bilinç</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256369825</t>
+          <t>9786255709226</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadis Işığında Yaradılış</t>
+          <t>Zamanın Çarmıhında</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256369795</t>
+          <t>9786255709257</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğime</t>
+          <t>Bir Nergis'in İz Düşümü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>80</v>
+        <v>360</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256369863</t>
+          <t>9786255709264</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 5</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256369788</t>
+          <t>9786255709189</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tevrat Da Mucizedir</t>
+          <t>İçindeki Güç ile Hayatının Kontrolü Sende</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>495</v>
+        <v>480</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256369771</t>
+          <t>9786255709196</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kerküklü Koca Türkmen</t>
+          <t>Altın Kalpli Dost</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256369733</t>
+          <t>9786255709127</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali</t>
+          <t>Milli Görüş ve Dava Adamı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>495</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256369726</t>
+          <t>9786255996190</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Arol</t>
+          <t>Dedemin Gizemli İksiri “Ahşap Sandık”</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256369641</t>
+          <t>9786256300767</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
+          <t>Adsız Ülke Efsanesi “Bilge Nasniratnam”</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256369658</t>
+          <t>9786255709158</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Gibiler Aynasında</t>
+          <t>Sefîne II</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256369573</t>
+          <t>9786255709219</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dediysek Kelebek Değil!</t>
+          <t>Sınav Terapisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256369610</t>
+          <t>9786257681612</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Huzur Köşemde Gül Ağacı</t>
+          <t>Aklın Özgürleşmesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256369627</t>
+          <t>9786255709035</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Garip Kuşlar</t>
+          <t>Yükseliş Hilde</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256369580</t>
+          <t>9786255709172</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Gerçek</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256369597</t>
+          <t>9786255709066</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’ın Gurbeti</t>
+          <t>İbn Sîna’nın Sırrı: Kitap Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256369559</t>
+          <t>9786255709028</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bizim Oralarda</t>
+          <t>74. Sayfa</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256369399</t>
+          <t>9786255709165</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Efendisi</t>
+          <t>Hoş Sadadan Esintiler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256369436</t>
+          <t>9786255709073</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
+          <t>Ah Şu Kadınlar</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256369481</t>
+          <t>9786255709134</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Lapis Lazuli</t>
+          <t>Şikayetçiyim</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>85</v>
+        <v>330</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256369412</t>
+          <t>9786255709080</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
+          <t>Al-i Beyt-i Muhammed</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>35</v>
+        <v>390</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256369443</t>
+          <t>9786255709097</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Puslu Aynasından</t>
+          <t>Hayatın Anlamı ve İlahi Denge</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256369405</t>
+          <t>9786255709059</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256369344</t>
+          <t>9786255592941</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
+          <t>Ekmeği Kitaba Bandıran Kadın</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256369320</t>
+          <t>9786255592934</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Savcı</t>
+          <t>Çocuk Bilmeceleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256369306</t>
+          <t>9786255709042</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
+          <t>İslam Ekonomisi İle İlgili Çalışmalarım</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256369221</t>
+          <t>9786255709011</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Yarışanlar</t>
+          <t>Dedem ve Onun Sadık Dostu Cesur</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256369238</t>
+          <t>9786255592958</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
+          <t>Kendime 1 Kala Değişime Hazır mısın?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256369245</t>
+          <t>9786255592880</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
+          <t>Yolcusun Ey Garip Hazırlan (2)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256369207</t>
+          <t>9786255592927</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Yolcusun Ey Garip Hazırlan (1)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256369191</t>
+          <t>9786255592965</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Kar Taneleri</t>
+          <t>Kanadını Rahmete Aç</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256369146</t>
+          <t>9786255592897</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıklarım</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256369153</t>
+          <t>9786255592910</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan’ın Kılıcı</t>
+          <t>Kod</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256369184</t>
+          <t>9786255592866</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Köşker Dağı’nın Suna’sı</t>
+          <t>Ciğerimde Yara Var</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256369092</t>
+          <t>9786255592903</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sevesim Geldi</t>
+          <t>Gönül Rüzgârı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256369177</t>
+          <t>9786255592781</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gül Sevdası</t>
+          <t>Öğretmen Kılavuz Kitabı ve Öğrenci Etkinlikleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258116984</t>
+          <t>9786255592774</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
+          <t>Kurtuluş 1922 Tarihin İzinde Bir Çocuk Yolculuğu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256369078</t>
+          <t>9786255592859</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ses</t>
+          <t>Sevgiyle Değişen Dünya</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256369016</t>
+          <t>9786255592835</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Taksici</t>
+          <t>Azerbaycan Seyahatlerim</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258116953</t>
+          <t>9786255592811</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ateş Ve Gül</t>
+          <t>Gönül Mürekkebi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258116977</t>
+          <t>9786255592651</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
+          <t>Aynı Gurbetin Çocukları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258116915</t>
+          <t>9786255592842</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yerdeyim</t>
+          <t>Bu Benim Yolum</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258116779</t>
+          <t>9786255592767</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>Güllerin Kraliçesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258116861</t>
+          <t>9786255592828</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Görevi Şiir Mesleği Şair</t>
+          <t>İmgesel Düşler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258116854</t>
+          <t>9786255592743</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Beş Çarpı Beş Düşünmek</t>
+          <t>Saatler Vurunca Vakit Durunca</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258116885</t>
+          <t>9786255592736</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bağışla</t>
+          <t>Kunduz Ailesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258116878</t>
+          <t>9786255592750</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>O Köye Hiç Gitmemeliydim</t>
+          <t>Gecekondu Müslümanlık</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258116892</t>
+          <t>9786255592729</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
+          <t>Rüzgarın Fısıltısı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258116809</t>
+          <t>9786255592699</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hoş Sedalar</t>
+          <t>Kerkükname 1</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258116847</t>
+          <t>9786255592705</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
+          <t>Kerkükname 2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258116786</t>
+          <t>9786255592798</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Ehl-i Kitap</t>
+          <t>Süreyya</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258116762</t>
+          <t>9786255592668</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
+          <t>Ruhun Uyanışı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258116755</t>
+          <t>9786255592675</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
+          <t>Çocukta Dini Duygunun Teşekkülü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258116731</t>
+          <t>9786255592637</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kavramı</t>
+          <t>İslam Hakkında Soru-Yorum</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>75</v>
+        <v>600</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258116458</t>
+          <t>9786255592590</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Gel Sevdiğim</t>
+          <t>Yörük Gızı (Silifke)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258116694</t>
+          <t>9786255592644</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
+          <t>Etimolojik Sözlük Numunesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258116618</t>
+          <t>9786255592613</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Aşk</t>
+          <t>Hayatı Şiirleri Hikâyeleri II</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258116687</t>
+          <t>9786255592538</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan</t>
+          <t>Messaldo Antepte</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258116670</t>
+          <t>9786255592620</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bizim Topraklar</t>
+          <t>Yakılacak Mektuplar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258116649</t>
+          <t>9786255592606</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Benimle Aşık Konuş</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258116656</t>
+          <t>9786255592583</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Gündönümü</t>
+          <t>Damladaki Derya</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258116663</t>
+          <t>9786256300194</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Güvercinler Gitmeden</t>
+          <t>Maria İle Luka Sordular Söyledik</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258116625</t>
+          <t>9786255592552</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
+          <t>Bir Ruhun Güncesinde Gizlenen Notlar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258116557</t>
+          <t>9786255592576</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Düşün Korkma Sor!</t>
+          <t>Beyaz Şehadet Şerife Bacı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258116595</t>
+          <t>9786255592521</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Yolunu Bulursun</t>
+          <t>GünEşim</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258116533</t>
+          <t>9786255592514</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Allah'a Dualar</t>
+          <t>Dilhane Yokuşları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258116502</t>
+          <t>9786255592446</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sen Olsan Ne Dilerdin?</t>
+          <t>Gitme Kervancı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258116274</t>
+          <t>9786255592545</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
+          <t>Danışıklı Dövüş</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258116281</t>
+          <t>9786255592484</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258116328</t>
+          <t>9786255592354</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Saklanan Kur'an</t>
+          <t>Tarihin Kayıp Sayfaları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>780</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258116250</t>
+          <t>9786255592491</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
+          <t>Şöyle Bir Dönüp Baktım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258116229</t>
+          <t>9786255592507</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında - 2</t>
+          <t>Silinmeyen İzler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258116106</t>
+          <t>9786255592095</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zulamdaki Korkular</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>55</v>
+        <v>790</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258116120</t>
+          <t>9786255592415</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bir Şizofrenin Şiir Defteri</t>
+          <t>Hanoğlu Köyü Kuruluş Tarihi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258116038</t>
+          <t>9786255592453</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Çay Molası</t>
+          <t>Ben Bir Gül Sevdim</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258116045</t>
+          <t>9786255592439</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ey Can</t>
+          <t>Genç Kalemlerden Gizemli Maceralar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258116052</t>
+          <t>9786255592460</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Nil'in Tuvalet Eğitimi</t>
+          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257536950</t>
+          <t>9786255592477</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
+          <t>Tamer</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257536943</t>
+          <t>9786255592422</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
+          <t>Herkes İçin Dil Bilgisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>65</v>
+        <v>330</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257536615</t>
+          <t>9786255592385</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kedim En İyi Arkadaşım</t>
+          <t>Palandöken Hep Gazaptaydı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257536844</t>
+          <t>9786255592347</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Şiirler</t>
+          <t>Ölüler Şehrinde Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257536882</t>
+          <t>9786255592279</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sevseydin Gitmezdin</t>
+          <t>Zeyrek Kayıp</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257536837</t>
+          <t>9786255592330</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sarsar Apartmanı</t>
+          <t>Kristal Yıldız Gemisi ve Renk Küresi Gezegeni</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257536806</t>
+          <t>9786255592392</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yeni Düzen</t>
+          <t>Engellenen Güzel Ülkem</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257536790</t>
+          <t>9786255592408</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
+          <t>Mustafa Öztürk, Dücane Cündioğlu, İsrafil Balcı ve Nurcular</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>40</v>
+        <v>650</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257536523</t>
+          <t>9786255592378</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Oğlumun Renkleri</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>180</v>
+        <v>750</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257536578</t>
+          <t>9786255592309</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 3</t>
+          <t>Hüzünlü Neşeli ve Bilgi Yüklü Kurgusal Mektuplar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257536677</t>
+          <t>9786255592316</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Define: Mutluluk</t>
+          <t>Gölgeye Yazılan</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257536721</t>
+          <t>9786255592293</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Seyyah - Beş Taş</t>
+          <t>Sefine I</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>235</v>
+        <v>420</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257536714</t>
+          <t>9786255592323</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yaşadım Mı Yaşlandım Mı</t>
+          <t>Anam Çaput Bağlar Gül Dalına</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257536745</t>
+          <t>9786255592149</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
+          <t>Gitardaki Sır ve Gizemli Hazine</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786056998119</t>
+          <t>9786255592200</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Karamık</t>
+          <t>İlahi Aşkla Sema Etmek</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257536097</t>
+          <t>9786255592262</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Girişimcilik</t>
+          <t>Serseri Düşler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257536332</t>
+          <t>9786255592255</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Amayrosi</t>
+          <t>Bir Avuç Huzur</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257536196</t>
+          <t>9786255592248</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Aramak</t>
+          <t>Alp Aydınlık Ada Ülkesinde</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257536233</t>
+          <t>9786255592231</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Önsüz ve Sonsuz</t>
+          <t>Karacaören</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786257681919</t>
+          <t>9786255592170</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Deyimler İskelesi</t>
+          <t>Güzel Düşün Güzeli Düşün</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257536271</t>
+          <t>9786255592217</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Şiir Denizinde Bir Sandal</t>
+          <t>Öfke ve Sel</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257681568</t>
+          <t>9786255592224</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sevdikçe Çocuk Kalır İnsan</t>
+          <t>Önce İnsan Özde İnsan Önde İnsan II</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786257681988</t>
+          <t>9786255592187</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Babanın Yüreğine Dokunmak</t>
+          <t>İnsan Kitap ve Toplum</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>19</v>
+        <v>520</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786257681810</t>
+          <t>9786255592194</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
+          <t>Diriliş Ruhu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>555</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057489333</t>
+          <t>9786255996794</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlığın Alemi Var</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) III</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257681513</t>
+          <t>9786255996923</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ben Hakimim Masum Bey</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257681308</t>
+          <t>9786255996770</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası "Lulu"</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) I</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>19</v>
+        <v>400</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257681322</t>
+          <t>9786255996558</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ispartalı Momi Kirazlı Köyde</t>
+          <t>Kehribar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>19</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786257681315</t>
+          <t>9786255996671</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
+          <t>Çekirdek Külahta</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257681100</t>
+          <t>9786255996664</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
+          <t>Sevgiye Ayarlı Şiirler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257681094</t>
+          <t>9786255996657</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bir Türkünün Hikayesi</t>
+          <t>Anılarda Yolculuk Şifa Olsun</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257681070</t>
+          <t>9786255996343</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
+          <t>Aile Dizimi Öyküleri-1 Abadha</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>19</v>
+        <v>350</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257681599</t>
+          <t>9786255996374</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kalp Temizliği</t>
+          <t>Acı Türküler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257681179</t>
+          <t>9786255996381</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257536417</t>
+          <t>9786255996084</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sadaka ve Şükrün Mucizesi</t>
+          <t>Kaldırımda Açan Çiçek</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257536370</t>
+          <t>9786256300842</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Gönlüme</t>
+          <t>Başarının Altın Anahtarları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257536028</t>
+          <t>9786256300477</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Serçe’nin Gözyaşları (Ciltli)</t>
+          <t>Şehrin Karşı Kıyısı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257681865</t>
+          <t>9786256300606</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra...</t>
+          <t>Şerif Ali'nin Gizemli Hayatı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786257536530</t>
+          <t>9786256300521</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
+          <t>Bir Maliyecinin Anısı Kuru İncirdeki Zehir Aflatoksin</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>36</v>
+        <v>390</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057489302</t>
+          <t>9786256300538</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hitit Kralının Laneti</t>
+          <t>Asmakaradam Köyü’nde Yaşayan Tavuk Döba ile Piliç Tuçel’in Tartışmaları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257536134</t>
+          <t>9786256300439</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sur Halkı Kralı</t>
+          <t>Keçi Ezgisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257536424</t>
+          <t>9786256300248</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Nil Okula Başlıyor</t>
+          <t>Gençler Soruyor</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257681018</t>
+          <t>9786256300217</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Tarihi</t>
+          <t>Selçuklu-Haçlı Münasebetleri 1097-1192</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057015891</t>
+          <t>9786256300125</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Radyo Tiyatrosu Sanatı</t>
+          <t>Bizi Biz Yapan Sözler ve Deyimler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057489371</t>
+          <t>9786256300118</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Pratikmatik -2</t>
+          <t>Ateist Kardeşlerim İçin</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786257681766</t>
+          <t>9786256300057</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti Sözleri</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı (Hayatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257536264</t>
+          <t>9786256300064</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı 100 Makalesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257681742</t>
+          <t>9786256300071</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İnsanın Yol Haritası</t>
+          <t>Kerkük’ün Milli Yazarı Ata Terzibaşı Armağanı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786257681759</t>
+          <t>9786256747876</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Namaz Mucizesi</t>
+          <t>Kürt Tarihi ve Kesikköprü Köyü</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786257536219</t>
+          <t>9786256747838</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Galakside İnecek Var!</t>
+          <t>Gümrükten Geçen Anılar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257536073</t>
+          <t>9786258116366</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Alem-i Hab</t>
+          <t>Şen Yuva</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057015877</t>
+          <t>9786256747463</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Resim</t>
+          <t>Kaza Geliyorum Demez</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786050650792</t>
+          <t>9786256747449</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa</t>
+          <t>Serra - Berra</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786257681971</t>
+          <t>9786256747432</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>B'aşk'a Şiir</t>
+          <t>Naçizane Hayatım</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786257536240</t>
+          <t>9786256747418</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yalan</t>
+          <t>Rasim Özdenören’in Eserlerinde Müslümanca Duruş</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786257681001</t>
+          <t>9786256747395</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
+          <t>İnsan Hayatının Varoluşsal İzdüşümü Varoluş İçin Kendini Bil Kendin Ol!</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786050650723</t>
+          <t>9786256747388</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Determinantı</t>
+          <t>Tanrılar Sofrası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>18</v>
+        <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786257681193</t>
+          <t>9786256747364</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Blues</t>
+          <t>İrfan İkliminde Seherden Kalbe</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786257681858</t>
+          <t>9786256747340</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kafiye Kılavuzu</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786257681841</t>
+          <t>9786256747333</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Liseler İçin Uyak Kılavuzu</t>
+          <t>Her Daim Hayat Memat</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786257681834</t>
+          <t>9786256747302</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ortaokullar İçin Uyak Kılavuzu</t>
+          <t>Ülkemizde Müzik ve Güzel Sanatlar Eğitimi Köşe Yazılarım</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786257681407</t>
+          <t>9786256747319</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Uçan Eşek</t>
+          <t>Eğitim, Kültür, Müzik Alanı Seçme Yazılarım</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>22</v>
+        <v>280</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257681278</t>
+          <t>9786256747326</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 1</t>
+          <t>Kütahya’dan Gülücük Esintileri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257681285</t>
+          <t>9786256747180</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-İngilizce Fable 2</t>
+          <t>Portre Hikayeleri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786050676310</t>
+          <t>9786256747173</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
+          <t>Tanzimat</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057489388</t>
+          <t>9786256747234</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seninle Güzeldi</t>
+          <t>Şiir Diliyle Yüce Allah'ın En Güzel İsimleri ve Kur'an'dan Yansımalar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786050676389</t>
+          <t>9786256747241</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gözünü Kaçıran Kurtuldu</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786050682311</t>
+          <t>9786256747258</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Beni Alanı Zengin Ederim</t>
+          <t>Güneşe Az Kaldı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>18</v>
+        <v>120</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786050682304</t>
+          <t>9786256747203</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Sarmaşıklar</t>
+          <t>Elif ve Vav (Ev) Onur ve Huzur</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>18</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786056998164</t>
+          <t>9786256747227</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Nazende Aşk</t>
+          <t>Özümden Öz Sözler - 2</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786056998140</t>
+          <t>9786256747265</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İyiden Daha İyi Olmak</t>
+          <t>Mutluluğun Sırrı Huzurun Kaynağı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786056998126</t>
+          <t>9786256747210</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'nin Soneleri</t>
+          <t>Özümüz Anadolu - Sözümüz Mana Dolu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786050682366</t>
+          <t>9786256747289</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bir Anlam Arayışı</t>
+          <t>Kur’andan Damlalar Gönülden Dualar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057489357</t>
+          <t>9786256747197</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Devletlerin Savcılığı</t>
+          <t>Sosyo-Ontolojik Yazılar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>95</v>
+        <v>390</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057015808</t>
+          <t>9786256747142</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Üstüm Başım Tozum Dumanım</t>
+          <t>MGA Yoga Pranayama</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057015822</t>
+          <t>9786256747159</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Nereye Göçüyoruz?</t>
+          <t>MGA Yoga</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057015815</t>
+          <t>9786256747098</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Tarih</t>
+          <t>Vefa</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257681247</t>
+          <t>9786256747067</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Anadolu Bağrında Bir Türkmen Köyü Barak</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786050682380</t>
+          <t>9786256747081</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
+          <t>Seyre Dalan Ruhum</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257681377</t>
+          <t>9786256747029</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Gözümün Nuru</t>
+          <t>Ergenlik Dönemi Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257681544</t>
+          <t>9786256874961</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Su Destanı</t>
+          <t>Zoraki Kopuş</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050676358</t>
+          <t>9786256747074</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Geven Dağına Cemreler Düşerken</t>
+          <t>Yudum Yudum Aşk</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>35</v>
+        <v>110</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050676334</t>
+          <t>9786256874992</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yitik Düş İklimleri</t>
+          <t>Esmaü'l Hüsna</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>36</v>
+        <v>225</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257681506</t>
+          <t>9786256747012</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Böyle D/okundu Kader</t>
+          <t>Emir’in Gelecek Çabası</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257681339</t>
+          <t>9786256874978</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Üstü Kalsın</t>
+          <t>Seçkin ve Sıradan</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786056998171</t>
+          <t>9786256747036</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
+          <t>Yürekten Dile</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257681216</t>
+          <t>9786256874985</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
+          <t>Kayıtsız Kimlikler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257681230</t>
+          <t>9786256874541</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
+          <t>Derdiyar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786050682328</t>
+          <t>9786256874886</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>English Grammar and Practice</t>
+          <t>Makalelerim</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786050682335</t>
+          <t>9786256874862</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Matematik Aşısı</t>
+          <t>Çöl Yağmurum</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786050682359</t>
+          <t>9786256874947</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gülüştüğümüze Memnun Oldum</t>
+          <t>Çınardaki İzler</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786255592156</t>
+          <t>9786256874954</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Anılar ve Öyküler</t>
+          <t>Camdaki Mendil</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258116144</t>
+          <t>9786256874916</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Ve İnsan Uyanınca</t>
+          <t>Deprem Umutsuzluğa Yolculuk</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257681698</t>
+          <t>9786256874909</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
+          <t>Bir Kaçış Öyküsü Saklambaç</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257536820</t>
+          <t>9786256874879</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Her Mevsim Bahar</t>
+          <t>Etnografik Bir Bakışla Karacakurt Türkmen Köylüsü</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257536851</t>
+          <t>9786256874855</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Azerbaycan Kitabı</t>
+          <t>10 Usta Kalem Şiirler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257536899</t>
+          <t>9786256874817</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ramazanname</t>
+          <t>Kerkük Şairleri "Irak Türkmen Şairleri”</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>45</v>
+        <v>320</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257536905</t>
+          <t>9786256874770</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Safsata ve Gerçekler</t>
+          <t>İnsanlık Tarihinde Erdem Arayışı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255592033</t>
+          <t>9786256874763</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Zaman Otostopçuları</t>
+          <t>İnsanzede</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255592132</t>
+          <t>9786256874848</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Söylemez Hanım</t>
+          <t>Ayağa Kalk Anadolu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255592088</t>
+          <t>9786256874824</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Mezarcı Kzagan</t>
+          <t>İki Hece</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786255592040</t>
+          <t>9786256874756</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Oyun Bilgisayarı</t>
+          <t>Nefesler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786255996596</t>
+          <t>9786256874749</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Babamın Defteri</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786255592019</t>
+          <t>9786256874732</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
+          <t>Can Parçam</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786255592064</t>
+          <t>9786256874718</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
+          <t>Kim Ne Demiş</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786255592071</t>
+          <t>9786256874725</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Şuurlu Serçe Şuurun Sâyesi</t>
+          <t>Öyle Değil Böyle</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786255996992</t>
+          <t>9786256874695</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sırrının Omega Anahtarı</t>
+          <t>Ciğerimin Sızısı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786255592101</t>
+          <t>9786256874701</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Arûz Nağmeleri</t>
+          <t>Gül Vakti</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786255592057</t>
+          <t>9786256874688</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
+          <t>Zembil 2</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786255996985</t>
+          <t>9786256874619</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Şarkısız İnsanlar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786255592026</t>
+          <t>9786256874602</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Oyun Aynası</t>
+          <t>Yönetim ve İnsan</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786255592002</t>
+          <t>9786256874626</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
+          <t>Garip Bir Şapka</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786255592118</t>
+          <t>9786256874640</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret ve E-İş</t>
+          <t>Resul Rıza Uzak Ellerin Yakın Töhfeleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786255996978</t>
+          <t>9786256874657</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Görgü ve Ahlak</t>
+          <t>Ey Aşk</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786255996961</t>
+          <t>9786256874589</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Maceralar</t>
+          <t>Merdiven</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786256747005</t>
+          <t>9786256874633</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Gönlü Deren Yangınlar</t>
+          <t>Hayallerini Yaşatanlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786255996718</t>
+          <t>9786256874596</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>The Torah Is A Miracle</t>
+          <t>Bitmeyen Hikayemiz</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786255996787</t>
+          <t>9786256874572</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
+          <t>Sözüm Olsun Sana</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786255996831</t>
+          <t>9786256874558</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Beyvada</t>
+          <t>Can Tanelerim Öğrencilerime Şiirler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786255996909</t>
+          <t>9786256874565</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Aradığım Şifa</t>
+          <t>Deli Gönül</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786255996947</t>
+          <t>9786256874534</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 1</t>
+          <t>Veteriner Şairler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786255996916</t>
+          <t>9786256874527</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dualar Demeti</t>
+          <t>Özlem Yüklü Anıların İzinde –Yaşamdan Öğrendiklerim-</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786255996930</t>
+          <t>9786256874510</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Özümden Öz Sözler - 3</t>
+          <t>Ateşte Demlenen Şiirler Antoloji 2</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786255996954</t>
+          <t>9786256874497</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sükut Gümüş Söz Altın - 2</t>
+          <t>Varlık ve Allah</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786255996855</t>
+          <t>9786256874480</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sanatı: Başarının Anahtarı</t>
+          <t>Allah’ın Askerleri - Şeytan Karargahı Ortasındaki Kılıç</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786255996862</t>
+          <t>9786256874442</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
+          <t>Bala Vatan’dan Yavru Vatan’a</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786255996848</t>
+          <t>9786256874459</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Ferişte</t>
+          <t>Herkes Değilsin Sen</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786255996893</t>
+          <t>9786256874473</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Yalnız Hayaller</t>
+          <t>Cennetle Müjdelenen Sahabe Zübeyr B. Avvam</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786255996749</t>
+          <t>9786256874367</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İstiklalimizin Amentüsü</t>
+          <t>Bir Başka Dünya Krallar Savaşı - İstila</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786255996879</t>
+          <t>9786256874381</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yıldızın Peşinde</t>
+          <t>Bir Türkü Söylenir Bizim Ellerde</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786255996763</t>
+          <t>9786256874428</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
+          <t>Vurgunum</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786255996886</t>
+          <t>9786256874350</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Zeytun “Bir İsyan Romanı”</t>
+          <t>Aşk Kokusu Var Ömrümün Son Deminde</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786255996466</t>
+          <t>9786256874374</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Okudum Hayatım Değişti</t>
+          <t>Kalbim Düştü Toprağa</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786255996473</t>
+          <t>9786256874299</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kitaplar</t>
+          <t>Kapıdan Ömür Geçer</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786255996756</t>
+          <t>9786256874336</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
+          <t>Lal Geceler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786255996732</t>
+          <t>9786256874343</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Nizipli Aliş</t>
+          <t>İbn Teymiyye’ye Göre Akıl-Nakil İlişkisi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786255996800</t>
+          <t>9786256874312</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Gönül Nevası</t>
+          <t>Garip Teselli</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786255996534</t>
+          <t>9786256874329</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Risale-i Nur Okuyor</t>
+          <t>Recalim Var</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786255996725</t>
+          <t>9786256874268</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
+          <t>Hayatın İçinden Fıkralar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786255996572</t>
+          <t>9786256874275</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yaşam Sanatı</t>
+          <t>İnsan Nedir’in Cevabı veya Gerçek Hümanizm</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786255996688</t>
+          <t>9786256874251</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
+          <t>Dağlara Döneceğim</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786255996701</t>
+          <t>9786256874121</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Telveli Geometri</t>
+          <t>Danişmendli Emir Melikgazi</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786255996626</t>
+          <t>9786256874220</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Baş-ka-la-şım</t>
+          <t>Yangın</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786255996640</t>
+          <t>9786256874213</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehidin Mektubu</t>
+          <t>Gardenya</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786255996527</t>
+          <t>9786256874015</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
+          <t>Gardırop</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786255996589</t>
+          <t>9786256874183</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
+          <t>Yitik Şiirler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786255996633</t>
+          <t>9786256874138</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Şey’ler</t>
+          <t>Dağların Efsanesi Eşkıya Deli Çölloğ</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786255996565</t>
+          <t>9786256874114</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Sevdalı Mektuplar</t>
+          <t>Sen Kaybedersin</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786255996497</t>
+          <t>9786256874176</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Muallakat</t>
+          <t>Azerbaycan Makalelerim</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786255996503</t>
+          <t>9786256874206</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kutub</t>
+          <t>Kırmızı Balon</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786255996619</t>
+          <t>9786256874145</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
+          <t>Şehbalden Dökülenler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786255996510</t>
+          <t>9786256874169</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı İmam Nursi</t>
+          <t>Azerbaycan Sevdalısı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786255996459</t>
+          <t>9786256874190</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Işıkları</t>
+          <t>Bediüzzaman ve Usul’ül-ilim</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786255996480</t>
+          <t>9786256874107</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Minik Kedi Vani</t>
+          <t>Bir Muhsin’den Bin Muhsin’e</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786256369818</t>
+          <t>9786256874077</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
+          <t>Yağmur Gibi Şiirler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786256874237</t>
+          <t>9786256874084</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Bedel Hikaye - İclal</t>
+          <t>Şiirler Çocuk Gibidir</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>145</v>
+        <v>110</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786255996312</t>
+          <t>9786256874022</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
+          <t>Nandi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786255996367</t>
+          <t>9786256874060</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tarihin Sırları</t>
+          <t>Nasrettin Hoca'dan Fıkralı Şiirler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786255996404</t>
+          <t>9786256874053</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
+          <t>...Ve Sevdan Söyletir</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786255996350</t>
+          <t>9786256874046</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>An</t>
+          <t>Kalbimin Sesinden Şiirler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786255996428</t>
+          <t>9786256369948</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Üç Ağaç</t>
+          <t>Şiirlerim</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786255996435</t>
+          <t>9786256874039</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
+          <t>Şimdi Gidecek Misin Böyle</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786255996442</t>
+          <t>9786256874008</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
+          <t>Dünden Kalanlar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786255996398</t>
+          <t>9786256369931</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
+          <t>Kader ve İrade Yasa ve Özgürlük</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786255996411</t>
+          <t>9786256369962</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
+          <t>Kerkükde Türk Soykırımları</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786255996183</t>
+          <t>9786256369986</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Aşk</t>
+          <t>Cumhuriyetin 100. Yılında İz Bırakan Kalemler Edebiyat Antolojisi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786256300835</t>
+          <t>9786256369924</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
+          <t>Çobanın Yolculuğu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257536172</t>
+          <t>9786256369955</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
+          <t>Nur Hüzmesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786255996268</t>
+          <t>9786256369917</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Keşke 1 - Alacakaranlığım</t>
+          <t>Gürcistanlı Nino</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786255996336</t>
+          <t>9786256369832</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gelin</t>
+          <t>Pusu 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786255996329</t>
+          <t>9786256369887</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nostalji</t>
+          <t>Biz Üç Kişiydik</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786255996169</t>
+          <t>9786256369900</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Defile</t>
+          <t>Beş Yıldızlı Tefekkür</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786255996282</t>
+          <t>9786256369894</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Artes</t>
+          <t>Bir Garip Sesleniş</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786255996305</t>
+          <t>9786256369801</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
+          <t>Hasbihal</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786255996275</t>
+          <t>9786256369825</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Serzeniş</t>
+          <t>Ayet ve Hadis Işığında Yaradılış</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786255996299</t>
+          <t>9786256369795</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğin Sesi</t>
+          <t>Sevdiğime</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786255996145</t>
+          <t>9786256369863</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
+          <t>Gençlerle Sohbetler 7 Başarının Sırları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786255996251</t>
+          <t>9786256369788</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Ateşi</t>
+          <t>Tevrat Da Mucizedir</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257536660</t>
+          <t>9786256369771</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Örüntü</t>
+          <t>Kerküklü Koca Türkmen</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786255996176</t>
+          <t>9786256369733</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Saçlılar Ülkesi</t>
+          <t>Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786255996213</t>
+          <t>9786256369726</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
+          <t>Arol</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786255996237</t>
+          <t>9786256369641</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Not Defteri</t>
+          <t>Kıbrıs Darbesi Yunan İstilası 15 Temmuz 1974</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786255996152</t>
+          <t>9786256369658</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Mavi Atlas Mutlu</t>
+          <t>Gibiler Aynasında</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786255996244</t>
+          <t>9786256369573</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
+          <t>Hayvan Dediysek Kelebek Değil!</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786255996138</t>
+          <t>9786256369610</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telimden Dökülenler</t>
+          <t>Huzur Köşemde Gül Ağacı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786255996114</t>
+          <t>9786256369627</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Aynıyız Birbirlerimize Aynayız</t>
+          <t>Garip Kuşlar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256300880</t>
+          <t>9786256369580</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
+          <t>Mitoloji ve Gerçek</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786255996091</t>
+          <t>9786256369597</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kozluçay Köyü</t>
+          <t>Yıldız’ın Gurbeti</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786255996015</t>
+          <t>9786256369559</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba (Şiir)</t>
+          <t>Bizim Oralarda</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>380</v>
+        <v>85</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786255996022</t>
+          <t>9786256369399</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Kitapçı Baba</t>
+          <t>Gecenin Efendisi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786255996077</t>
+          <t>9786256369436</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Melankoliymiş Hastalığımın Adı</t>
+          <t>Azerbaycan Kurtları Bakü’den Paris’e Takip</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786255996046</t>
+          <t>9786256369481</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Gölgesinde</t>
+          <t>Kayıp Lapis Lazuli</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256300965</t>
+          <t>9786256369412</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
+          <t>Ayşe Lavanta Kokulu Köyünde Yumuşacık Yatağında Rüyalarda</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786255996053</t>
+          <t>9786256369443</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Sözler</t>
+          <t>Tarihin Puslu Aynasından</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256300989</t>
+          <t>9786256369405</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gülnar Gülistan Gülnar</t>
+          <t>Efendimizi (Sav) Ne Kadar Seviyoruz</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>450</v>
+        <v>95</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256300958</t>
+          <t>9786256369344</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Zembil 3</t>
+          <t>Risale-i Nur Üzerine Kritikler (Dokuzuncu, Yirmi Üçüncü ve Otuzuncu Lem’alar)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256300996</t>
+          <t>9786256369320</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Kıta</t>
+          <t>Savcı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786255996008</t>
+          <t>9786256369306</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
+          <t>Köy Enstitüleri Gerçeğinde Pazarören</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256300934</t>
+          <t>9786256369221</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Şira Yıldızı</t>
+          <t>Sırat-ı Müstakim’de Yarışanlar</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256300910</t>
+          <t>9786256369238</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İki Satırlık Hakikatler</t>
+          <t>Sırat-ı Müstakim’de Rehberlerimiz</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256300897</t>
+          <t>9786256369245</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Yazara Darbe</t>
+          <t>Sırat-ı Müstakim’de İz Bırakanlar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786256300873</t>
+          <t>9786256369207</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
+          <t>Gönül Telimden Dökülenler</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786256300828</t>
+          <t>9786256369191</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Mum Işığı II Deneme Yazılarım</t>
+          <t>Geçmişin Kar Taneleri</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>390</v>
+        <v>80</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256300798</t>
+          <t>9786256369146</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ürkek Ceylanım</t>
+          <t>Yaşadıklarım</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256300811</t>
+          <t>9786256369153</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ne Belli</t>
+          <t>Oğuz Kağan’ın Kılıcı</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256300743</t>
+          <t>9786256369184</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hitabım ve Cefan “Serzeniş”</t>
+          <t>Köşker Dağı’nın Suna’sı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256300729</t>
+          <t>9786256369092</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Buruk Sevinç</t>
+          <t>Sevesim Geldi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256300705</t>
+          <t>9786256369177</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetsiz Kelimeler</t>
+          <t>Gül Sevdası</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256300750</t>
+          <t>9786258116984</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
+          <t>Türkülerle Din Ticareti Kadersiz Türküler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786256300682</t>
+          <t>9786256369078</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
+          <t>İçimizdeki Ses</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256300712</t>
+          <t>9786256369016</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İmzasız Aşk</t>
+          <t>Taksici</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256300699</t>
+          <t>9786258116953</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
+          <t>Ateş Ve Gül</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256300675</t>
+          <t>9786258116977</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
+          <t>Şuaat‑ı Marifetin‑nebi Peygamber Bilgisinin Işınları) Hz. Muhammed’in Peygamberliğinin En Parlak Delilleri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256300668</t>
+          <t>9786258116915</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
+          <t>Aynı Yerdeyim</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786256300651</t>
+          <t>9786258116779</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256300637</t>
+          <t>9786258116861</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Hayallerim ve Sevdam</t>
+          <t>Görevi Şiir Mesleği Şair</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786256300613</t>
+          <t>9786258116854</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Hüzzam Mektuplar ve Hikayeler</t>
+          <t>Beş Çarpı Beş Düşünmek</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786256300415</t>
+          <t>9786258116885</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Hazanda Bir Gül</t>
+          <t>Bağışla</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786256300569</t>
+          <t>9786258116878</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalan</t>
+          <t>O Köye Hiç Gitmemeliydim</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786256300583</t>
+          <t>9786258116892</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Aşkı</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 4</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>395</v>
+        <v>80</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786256300491</t>
+          <t>9786258116809</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
+          <t>Hoş Sedalar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>280</v>
+        <v>85</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786256300361</t>
+          <t>9786258116847</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Atölyemiz</t>
+          <t>Hafız Esad Dönemi Suriye - Rusya İlişkileri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786255996695</t>
+          <t>9786258116786</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Uygarya</t>
+          <t>Kur'an ve Ehl-i Kitap</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786256300224</t>
+          <t>9786258116762</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Elizan</t>
+          <t>Ateizm, Agnostisizm Ve Deizme Yönelme</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786256300132</t>
+          <t>9786258116755</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Deli Kiraz</t>
+          <t>Gerçekten Beni Duyuyor Musunuz? Ben Bir Gencim</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786256747883</t>
+          <t>9786258116731</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Günümüzde Alevilik</t>
+          <t>Sevgi Kavramı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786256747920</t>
+          <t>9786258116458</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Güle Güle Oku</t>
+          <t>Gel Sevdiğim</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786256747777</t>
+          <t>9786258116694</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Siyaset</t>
+          <t>Allah’ım Biz Seni Her Şeyden Daha Fazla Seviyoruz</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>185</v>
+        <v>60</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786256747517</t>
+          <t>9786258116618</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kaldığı Yerden Daha İleriden</t>
+          <t>Şiirlerle Aşk</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786256747425</t>
+          <t>9786258116687</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Adalet Sevdam Benim</t>
+          <t>İyi İnsan</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786256747104</t>
+          <t>9786258116670</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Keşfin Yolculuğu</t>
+          <t>Bizim Topraklar</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258116137</t>
+          <t>9786258116649</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>Benimle Aşık Konuş</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786256747128</t>
+          <t>9786258116656</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>MGA Yoga Surya Namaskar B</t>
+          <t>Gündönümü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786256874923</t>
+          <t>9786258116663</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hava ve Yıldızlar</t>
+          <t>Güvercinler Gitmeden</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786256874800</t>
+          <t>9786258116625</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerler Olarak 54 Farz</t>
+          <t>Gelenekten Geleceğe Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786256339351</t>
+          <t>9786258116557</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Atalar Ne Demiş?</t>
+          <t>Düşün Korkma Sor!</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786256874244</t>
+          <t>9786258116595</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ayağa Kalk İnsanlık</t>
+          <t>Sen Bir Yolunu Bulursun</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>140</v>
+        <v>50</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786256874152</t>
+          <t>9786258116533</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İlle De Yozgat</t>
+          <t>Şiirlerle Allah'a Dualar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786256369696</t>
+          <t>9786258116502</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ben Okuma Bilmem</t>
+          <t>Sen Olsan Ne Dilerdin?</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786256369719</t>
+          <t>9786258116274</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Cin Arif</t>
+          <t>Ev İşi Kimin İşi? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 2</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786256369689</t>
+          <t>9786258116281</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hece Hece Şiir Dünyam</t>
+          <t>Büyüyence Ne Olsam? - Öykülerle Toplumsal Cinsiyet Eşitliği Eğitimi 3</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>95</v>
+        <v>75</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786256369450</t>
+          <t>9786258116328</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
+          <t>Saklanan Kur'an</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786256369498</t>
+          <t>9786258116250</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
+          <t>Mesleki ve Teknik Eğitim - Görüşler</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786256369375</t>
+          <t>9786258116229</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Meteorolojik Haritalar</t>
+          <t>Dalgaların Kıyısında - 2</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786256369368</t>
+          <t>9786258116106</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Çam Ağacı</t>
+          <t>Zulamdaki Korkular</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786256369276</t>
+          <t>9786258116120</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Şemsiye</t>
+          <t>Bir Şizofrenin Şiir Defteri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786256369313</t>
+          <t>9786258116038</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Sevgi</t>
+          <t>Çay Molası</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786256369269</t>
+          <t>9786258116045</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Fra Morket Til Lyset</t>
+          <t>Ey Can</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786256369283</t>
+          <t>9786258116052</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Nur’lanmak</t>
+          <t>Nil'in Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786256369160</t>
+          <t>9786257536950</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>O‘g‘uzxonning Qilichi</t>
+          <t>Babadan Oğula - Gönül Diliyle Muhabbet</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786256369030</t>
+          <t>9786257536943</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
+          <t>Aşkta Vuslat Olmuyor - Bir Bürokratın Not Defteri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786256369085</t>
+          <t>9786257536615</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mat</t>
+          <t>Kedim En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786256369047</t>
+          <t>9786257536844</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kötü Patron</t>
+          <t>Rengarenk Şiirler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786256369009</t>
+          <t>9786257536882</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Harput’ta Halay Sesi Var</t>
+          <t>Sevseydin Gitmezdin</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>195</v>
+        <v>60</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258116946</t>
+          <t>9786257536837</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerim</t>
+          <t>Sarsar Apartmanı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258116908</t>
+          <t>9786257536806</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
+          <t>Yeşil Yeni Düzen</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>495</v>
+        <v>160</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258116823</t>
+          <t>9786257536790</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Şiirimsin</t>
+          <t>Eğitimin ve Sevginin Açtığı Kapı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258116472</t>
+          <t>9786257536523</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Gümrükten Geçen Şiir Antolojisi</t>
+          <t>Oğlumun Renkleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786258116434</t>
+          <t>9786257536578</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Tükenen Bir Sen Değilsin</t>
+          <t>Şah-ı Şiirler 3</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258116403</t>
+          <t>9786257536677</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
+          <t>Kaybolan Define: Mutluluk</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258116410</t>
+          <t>9786257536721</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Darbeleri</t>
+          <t>Bir Garip Seyyah - Beş Taş</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>75</v>
+        <v>235</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258116359</t>
+          <t>9786257536714</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Gülüşe Gülüşe Anlaşalım</t>
+          <t>Yaşadım Mı Yaşlandım Mı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786258116212</t>
+          <t>9786257536745</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>La Leyl</t>
+          <t>Tüm Yönleriyle Mobbing Ve Siber Mobbing</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786258116175</t>
+          <t>9786056998119</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
+          <t>Karamık</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786258116076</t>
+          <t>9786257536097</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
+          <t>10 Adımda Girişimcilik</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258116090</t>
+          <t>9786257536332</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
+          <t>Amayrosi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257536868</t>
+          <t>9786257536196</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Efes</t>
+          <t>Allah’ı Aramak</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257536875</t>
+          <t>9786257536233</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Mahirane Söylemler</t>
+          <t>Önsüz ve Sonsuz</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257681780</t>
+          <t>9786257681919</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Resimli Sözlük</t>
+          <t>Deyimler İskelesi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786258116069</t>
+          <t>9786257536271</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sabah Güneşi</t>
+          <t>Şiir Denizinde Bir Sandal</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786258116021</t>
+          <t>9786257681568</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sevdaya Zan'lı Şiirler</t>
+          <t>Sevdikçe Çocuk Kalır İnsan</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786258116014</t>
+          <t>9786257681988</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
+          <t>Bir Babanın Yüreğine Dokunmak</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>50</v>
+        <v>19</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257536998</t>
+          <t>9786257681810</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
+          <t>Hüsn ü Aşk Mesnevisine Roman Gözüyle Bakmak</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786258116007</t>
+          <t>9786057489333</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Astım Gökkuşağını</t>
+          <t>Hayvanlığın Alemi Var</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257536936</t>
+          <t>9786257681513</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Mavi</t>
+          <t>Ben Hakimim Masum Bey</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257536981</t>
+          <t>9786257681308</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Mecnun Darlığı</t>
+          <t>Su Damlası "Lulu"</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257536929</t>
+          <t>9786257681322</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yadigar - Bergüzarlarda Yaşamak</t>
+          <t>Ispartalı Momi Kirazlı Köyde</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>180</v>
+        <v>19</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257536974</t>
+          <t>9786257681315</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Seninle Döndü Devran</t>
+          <t>Pandemi: Salgın - Haydi! Sağlıklı Günlere Momi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>60</v>
+        <v>19</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257536967</t>
+          <t>9786257681100</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Keder Ektim Yüreğime</t>
+          <t>Doğada Yapılan Yürüyüşler Trekking ile Hiking</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257536912</t>
+          <t>9786257681094</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kolye</t>
+          <t>Bir Türkünün Hikayesi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257536783</t>
+          <t>9786257681070</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Renkli Sokakta</t>
+          <t>Sevgi Bütün Engelleri Kaldırır "Şeker Kız"</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>55</v>
+        <v>19</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257536776</t>
+          <t>9786257681599</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Şükrü Dede’nin Gönül Sesi</t>
+          <t>Gerçek Kalp Temizliği</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257536752</t>
+          <t>9786257681179</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Birazcık Tebessüm</t>
+          <t>Ben Mustafa Mu Kıtasının Işığında Altın Çağ Başlıyor</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257536769</t>
+          <t>9786257536417</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kayıtsız Kimlikler</t>
+          <t>Sadaka ve Şükrün Mucizesi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257536707</t>
+          <t>9786257536370</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Delirişimizin Tarihçesi</t>
+          <t>Hoş Geldin Gönlüme</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257536691</t>
+          <t>9786257536028</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur</t>
+          <t>Serçe’nin Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257536684</t>
+          <t>9786257681865</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
+          <t>Ya Sonra...</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257536622</t>
+          <t>9786257536530</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
+          <t>Aşkın Sultanı Abdulkadir-i Geylani</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>36</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257536646</t>
+          <t>9786057489302</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Düşlerine Gül Bıraktım</t>
+          <t>Hitit Kralının Laneti</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257536653</t>
+          <t>9786257536134</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Can’a Gül Değdi</t>
+          <t>Sur Halkı Kralı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257536592</t>
+          <t>9786257536424</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Karapınar</t>
+          <t>Nil Okula Başlıyor</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257536516</t>
+          <t>9786257681018</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimin Sesi Yeter Bana</t>
+          <t>Türkoloji Tarihi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257536448</t>
+          <t>9786057015891</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediklerim</t>
+          <t>Radyo Tiyatrosu Sanatı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257536509</t>
+          <t>9786057489371</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle...</t>
+          <t>Pratikmatik -2</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257536493</t>
+          <t>9786257681766</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Suya Gark Olmak</t>
+          <t>Seher Vakti Sözleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257536486</t>
+          <t>9786257536264</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
+          <t>Gariplerden Bir Yolcu</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257536431</t>
+          <t>9786257681742</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kör Karanlığım</t>
+          <t>Erdemli İnsanın Yol Haritası</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257536479</t>
+          <t>9786257681759</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kardeş!..</t>
+          <t>Namaz Mucizesi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257536455</t>
+          <t>9786257536219</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
+          <t>Galakside İnecek Var!</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257536387</t>
+          <t>9786257536073</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yar Pınarı</t>
+          <t>Alem-i Hab</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257681940</t>
+          <t>9786057015877</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
+          <t>Ağlayan Resim</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257536394</t>
+          <t>9786050650792</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Neyse O</t>
+          <t>Ahde Vefa</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257536356</t>
+          <t>9786257681971</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>İki Hemşehri</t>
+          <t>B'aşk'a Şiir</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257536318</t>
+          <t>9786257536240</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Sancılı Ana/Dolu</t>
+          <t>Yalan</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257536301</t>
+          <t>9786257681001</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Şen Yuva</t>
+          <t>Sevimli Hayvanların Gizemli Dünyası - Bilimsever Çocuklar Serisi 1</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257536288</t>
+          <t>9786050650723</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Güle Gülümse</t>
+          <t>Sessizliğin Determinantı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257536257</t>
+          <t>9786257681193</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>En Önemli Şey Nedir?</t>
+          <t>Blues</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257536295</t>
+          <t>9786257681858</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalem</t>
+          <t>Kafiye Kılavuzu</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>65</v>
+        <v>160</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257681964</t>
+          <t>9786257681841</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güvercin</t>
+          <t>Liseler İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257536226</t>
+          <t>9786257681834</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Artık Bitmeli</t>
+          <t>Ortaokullar İçin Uyak Kılavuzu</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257536189</t>
+          <t>9786257681407</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağanın Zaferi</t>
+          <t>Uçan Eşek</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>50</v>
+        <v>22</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257536165</t>
+          <t>9786257681278</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Dile Sitem</t>
+          <t>Türkçe-İngilizce Fable 1</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257536141</t>
+          <t>9786257681285</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İptila</t>
+          <t>Türkçe-İngilizce Fable 2</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257536158</t>
+          <t>9786050676310</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Lal</t>
+          <t>Selanik Drama Sancağı Nüfus Yapısı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257536127</t>
+          <t>9786057489388</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İlk Göz Ağrım</t>
+          <t>Hayat Seninle Güzeldi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257536080</t>
+          <t>9786050676389</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Atın Süvarisi</t>
+          <t>Gözünü Kaçıran Kurtuldu</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257536066</t>
+          <t>9786050682311</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Tutamadım</t>
+          <t>Beni Alanı Zengin Ederim</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257536059</t>
+          <t>9786050682304</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
+          <t>Sihirli Sarmaşıklar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257536042</t>
+          <t>9786056998164</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşığı</t>
+          <t>Nazende Aşk</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257536004</t>
+          <t>9786056998140</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Öp Beni</t>
+          <t>İyiden Daha İyi Olmak</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257681803</t>
+          <t>9786056998126</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Çocukluktan Gidilir</t>
+          <t>Shakespeare'nin Soneleri</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>260</v>
+        <v>95</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257681933</t>
+          <t>9786050682366</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Teftiş Bahane</t>
+          <t>Bir Anlam Arayışı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786258116724</t>
+          <t>9786057489357</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Şiirle Yönetmek</t>
+          <t>Yabancı Devletlerin Savcılığı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257681872</t>
+          <t>9786057015808</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Mavi Martı</t>
+          <t>Üstüm Başım Tozum Dumanım</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257681827</t>
+          <t>9786057015822</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kitabet-i Kemal</t>
+          <t>Nereye Göçüyoruz?</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257681735</t>
+          <t>9786057015815</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Turkuaz Gözlü Kadın</t>
+          <t>Neşeli Tarih</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257681711</t>
+          <t>9786257681247</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257681728</t>
+          <t>9786050682380</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kayınpeder!...</t>
+          <t>Kelimelerin Kadınları - İngiliz Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257681704</t>
+          <t>9786257681377</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
+          <t>Gözümün Nuru</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257681667</t>
+          <t>9786257681544</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Asrın Yemini</t>
+          <t>Su Destanı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257681650</t>
+          <t>9786050676358</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sevda Ahmera</t>
+          <t>Geven Dağına Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257681674</t>
+          <t>9786050676334</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Adalete Adanan Yıllar-m</t>
+          <t>Yitik Düş İklimleri</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>180</v>
+        <v>36</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257681575</t>
+          <t>9786257681506</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Düzen</t>
+          <t>Böyle D/okundu Kader</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257681551</t>
+          <t>9786257681339</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Dalgaların Kıyısında</t>
+          <t>Üstü Kalsın</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257681582</t>
+          <t>9786056998171</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ustalara Selam Olsun</t>
+          <t>Kırt Kırt Etkinlikler - Fırçanı Al Gel</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257681537</t>
+          <t>9786257681216</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Payı</t>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 3</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257681490</t>
+          <t>9786257681230</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Biricik Sevgili'ye Yakarış</t>
+          <t>Çocuklara ve Çocuk Kalabilenlere Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257681520</t>
+          <t>9786050682328</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Toplum</t>
+          <t>English Grammar and Practice</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257681476</t>
+          <t>9786050682335</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Canım</t>
+          <t>Yeniden Matematik Aşısı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257681483</t>
+          <t>9786050682359</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Aslan</t>
+          <t>Gülüştüğümüze Memnun Oldum</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257681469</t>
+          <t>9786255592156</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Pembegül Gizem</t>
+          <t>Anılar ve Öyküler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257681452</t>
+          <t>9786258116144</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinde Gördüğüm</t>
+          <t>Ve İnsan Uyanınca</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257681445</t>
+          <t>9786257681698</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Yar Denince</t>
+          <t>Ahengimiz Akordumuz Nefesimiz: Özdeyişler</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257681391</t>
+          <t>9786257536820</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Gönlümde Renkli Bir Resim</t>
+          <t>Her Mevsim Bahar</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257681421</t>
+          <t>9786257536851</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Bi 'Yere' Kadar</t>
+          <t>Bir Azerbaycan Kitabı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257681346</t>
+          <t>9786257536899</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Gariplerden Bir Yolcu</t>
+          <t>Ramazanname</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>255</v>
+        <v>45</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257681360</t>
+          <t>9786257536905</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Başlamak ve Başarmak</t>
+          <t>Safsata ve Gerçekler</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257681254</t>
+          <t>9786255592033</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
+          <t>Zaman Otostopçuları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257681261</t>
+          <t>9786255592132</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yazısı Edebiyat</t>
+          <t>Söylemez Hanım</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257681292</t>
+          <t>9786255592088</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Söz Can Sırrıdır</t>
+          <t>Mezarcı Kzagan</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786050676303</t>
+          <t>9786255592040</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mentor Anne-Baba</t>
+          <t>Gizemli Oyun Bilgisayarı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257681186</t>
+          <t>9786255996596</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Damlalar</t>
+          <t>Babamın Defteri</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257681209</t>
+          <t>9786255592019</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
+          <t>Taif Üzümleri de Çok Tatlıymış - “Canım Peygamberim”</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>35</v>
+        <v>180</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257681223</t>
+          <t>9786255592064</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Dili</t>
+          <t>Kadim Dünya Rüyalar Senfonisi "Arayış"</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257681162</t>
+          <t>9786255592071</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Çerçinin Çırağı</t>
+          <t>Şuurlu Serçe Şuurun Sâyesi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257681155</t>
+          <t>9786255996992</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Nehr-i Zaman</t>
+          <t>İnsan Sırrının Omega Anahtarı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>50</v>
+        <v>425</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257681117</t>
+          <t>9786255592101</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep İzleri</t>
+          <t>Arûz Nağmeleri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257681148</t>
+          <t>9786255592057</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Penceremden Kelimeler</t>
+          <t>Bay Kırlangıç Rara’nın Sâyesi</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257681087</t>
+          <t>9786255996985</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Senin Başkentinde</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257681124</t>
+          <t>9786255592026</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İkindi Yalnızlığı</t>
+          <t>Oyun Aynası</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786257681131</t>
+          <t>9786255592002</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+          <t>Gönüller Üzerinde İnşa Edilmiş Bir İnstitute İlimkat</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786257681049</t>
+          <t>9786255592118</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Adsız Sokak Çocukları</t>
+          <t>E-Ticaret ve E-İş</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786257681025</t>
+          <t>9786255996978</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Parmakların Büyüsü</t>
+          <t>Çocuklar İçin Görgü ve Ahlak</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057015860</t>
+          <t>9786255996961</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+          <t>Ormandaki Maceralar</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057015846</t>
+          <t>9786256747005</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+          <t>Gönlü Deren Yangınlar</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786257681032</t>
+          <t>9786255996718</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>The Torah Is A Miracle</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>90</v>
+        <v>495</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057489395</t>
+          <t>9786255996787</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sen Bağışladın</t>
+          <t>Damıtılmış Damlalar (1001 Kelam) II</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057489340</t>
+          <t>9786255996831</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Umudun 41 Düşü</t>
+          <t>Beyvada</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057489319</t>
+          <t>9786255996909</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İçinde</t>
+          <t>Aradığım Şifa</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057489326</t>
+          <t>9786255996947</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kapı Korkuları</t>
+          <t>Sükut Gümüş Söz Altın - 1</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786050650778</t>
+          <t>9786255996916</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Son Misafir</t>
+          <t>Dualar Demeti</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786050650785</t>
+          <t>9786255996930</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile</t>
+          <t>Özümden Öz Sözler - 3</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786050650747</t>
+          <t>9786255996954</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Canım Gülnar</t>
+          <t>Sükut Gümüş Söz Altın - 2</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786050650761</t>
+          <t>9786255996855</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Gül Şafağı</t>
+          <t>Yönetim Sanatı: Başarının Anahtarı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786050676372</t>
+          <t>9786255996862</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Yazar</t>
+          <t>Eğitim Yönetimi: Geleceğin Anahtarı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786050676341</t>
+          <t>9786255996848</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+          <t>Ferişte</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786050676327</t>
+          <t>9786255996893</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+          <t>Cebimdeki Yalnız Hayaller</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>75</v>
+        <v>220</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786050682397</t>
+          <t>9786255996749</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Can ve Emre Dinozorlar Diyarında</t>
+          <t>İstiklalimizin Amentüsü</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786050682342</t>
+          <t>9786255996879</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Bir Nevi Hı(n)zır Cevap</t>
+          <t>Kayıp Yıldızın Peşinde</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786056998188</t>
+          <t>9786255996763</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Güzergah Arayışı</t>
+          <t>Türkiye’de Tarımın Yüzyıllık Yönetimi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786056998157</t>
+          <t>9786255996886</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Mizah Atölyesi</t>
+          <t>Zeytun “Bir İsyan Romanı”</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
+          <t>9786255996466</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kitap Okudum Hayatım Değişti</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786255996473</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Değiştiren Kitaplar</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786255996756</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Karaisalı’dan Destancı Aşık Ali Durna ve Dedesi</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786255996732</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Nizipli Aliş</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786255996800</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Nevası</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786255996534</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar Risale-i Nur Okuyor</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786255996725</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Ediz ile Tuhaf Kuşun Serüveni</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786255996572</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Yaşam Sanatı</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786255996688</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Hepimiz Bu Dünyaya İnsan Olmaya Geldik</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786255996701</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Telveli Geometri</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786255996626</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Baş-ka-la-şım</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786255996640</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şehidin Mektubu</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786255996527</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>İmam Nursi ve Üçler, Yediler, Kırklar</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786255996589</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Risale-i Nur Külliyatından Muhakemat Şerh ve İzahı</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786255996633</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Şey’ler</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786255996565</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Zindandan Sevdalı Mektuplar</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786255996497</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Muallakat</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786255996503</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Kutub</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786255996619</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>“Canım Peygamberim” Kırmızı Gagalı Kuş</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786255996510</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Evrad-ı İmam Nursi</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786255996459</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin Işıkları</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786255996480</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kedi Vani</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786256369818</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Şiirler “Adı Çocuk Dersiniz”</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786256874237</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ömre Bedel Hikaye - İclal</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786255996312</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Arşivden Anılardan-1 (1972-2023) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786255996367</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere Tarihin Sırları</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786255996404</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>04.17 Depremzede Çocukların Resimlerdeki Dünyası</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786255996350</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>An</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786255996428</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ağaç</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786255996435</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Vahyin Gölgesinde Kur’an’î Bakış</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786255996442</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’da Bilim, Geçmiş ve Gelecek</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786255996398</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Cumhuriyeti’nde Havacılık Sanayiinin Gelişimi</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786255996411</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Beşinci Raşit Halife Ömer b. Abdülaziz</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786255996183</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Sürgün ve Aşk</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786256300835</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Tatmayan Kalp Öksüzdür</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786257536172</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Türküler Bizi Söyler Şarkılar Bizi Özler</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786255996268</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Keşke 1 - Alacakaranlığım</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786255996336</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Gelin</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786255996329</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Nostalji</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786255996169</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki Defile</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786255996282</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Artes</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786255996305</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Sen Neymişsin Be Hayat - Sevdam ve Kavgam Müfettişlik I</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786255996275</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Serzeniş</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786255996299</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Sensizliğin Sesi</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786255996145</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Pamukpınar Bir Köy Enstitüsü Hikayesi</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786255996251</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Öfkenin Ateşi</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786257536660</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Örüntü</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786255996176</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Yaprak Saçlılar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786255996213</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Omzu Heybeli Adam Şakir Yıldırım</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786255996237</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Not Defteri</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786255996152</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Atlas Mutlu</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786255996244</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bir İmtihansa Adım Yazar Çıkarım</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786255996138</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Telimden Dökülenler</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786255996114</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Aynıyız Birbirlerimize Aynayız</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786256300880</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Van’dan Bahseden Kitaplar</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786255996091</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Kozluçay Köyü</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786255996015</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Bir Garip Kitapçı Baba (Şiir)</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786255996022</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Bir Garip Kitapçı Baba</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786255996077</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Melankoliymiş Hastalığımın Adı</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786255996046</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786256300965</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Çin Sanatıyla Terapi - İnsan Sanat İlişkisi</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786255996053</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgara Karşı Sözler</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786256300989</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Gülnar Gülistan Gülnar</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786256300958</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Zembil 3</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786256300996</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Yedinci Kıta</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786255996008</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Işığını Gizleyen Ateşböceği İçin Günahsızlanma Günü</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786256300934</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Şira Yıldızı</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786256300910</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>İki Satırlık Hakikatler</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786256300897</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Yazara Darbe</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786256300873</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Diyanet İşleri Başkanlığı Kur’an Yolu - Türkçe Meal ve Tefsir Değerlendirmesi</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786256300828</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Mum Işığı II Deneme Yazılarım</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786256300798</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Ürkek Ceylanım</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786256300811</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Ne Belli</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786256300743</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Hitabım ve Cefan “Serzeniş”</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786256300729</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Buruk Sevinç</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786256300705</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Kıyafetsiz Kelimeler</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786256300750</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kültüründe Besmele Hamdele Salvele</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786256300682</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Parmaklarımla Da Konuşabiliyorum - Engelliliği Tanıyalım Seti 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786256300712</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>İmzasız Aşk</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786256300699</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Arkadaş Edindim - Engelliliği Tanıyalım Seti 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786256300675</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Görmeden Yürüyebilir Misin Ki? - Engelliliği Tanıyalım Seti 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786256300668</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Dua İle İyileşme 2 “Kur’an ve Sünnet Işığında Manevi Şifanın Derinlikleri”</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786256300651</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Dua İle İyileşme 1 İslami ve Bilimsel Perspektifler Işığında Dua Terapisi”</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786256300637</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerim ve Sevdam</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786256300613</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Hüzzam Mektuplar ve Hikayeler</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786256300415</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Hazanda Bir Gül</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786256300569</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Sende Kalan</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786256300583</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Aşkı</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786256300491</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Yolunda Bir Ömür "Üftade"</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786256300361</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Çalışma Atölyemiz</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786255996695</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Uygarya</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786256300224</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Elizan</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786256300132</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Deli Kiraz</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786256747883</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte ve Günümüzde Alevilik</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786256747920</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Oku</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786256747777</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Günümüze Siyaset</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786256747517</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Kaldığı Yerden Daha İleriden</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786256747425</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Sevdam Benim</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786256747104</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Keşfin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786258116137</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Karapınar</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786256747128</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>MGA Yoga Surya Namaskar B</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786256874923</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Hava ve Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786256874800</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaki Değerler Olarak 54 Farz</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786256339351</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Atalar Ne Demiş?</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786256874244</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Ayağa Kalk İnsanlık</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786256874152</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>İlle De Yozgat</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786256369696</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Ben Okuma Bilmem</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786256369719</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Cin Arif</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786256369689</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Hece Hece Şiir Dünyam</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786256369450</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>İnsana ve Doğaya Saygı İçin; Ayağa Kalk Adalet!</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786256369498</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Emekli Mehmet Efendi’den Bilgelikler</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786256369375</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Meteorolojik Haritalar</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786256369368</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Çam Ağacı</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786256369276</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Şemsiye</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786256369313</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Engelsiz Sevgi</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786256369269</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Fra Morket Til Lyset</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786256369283</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Nur’lanmak</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786256369160</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>O‘g‘uzxonning Qilichi</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786256369030</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Van Kız Öğretmen Okulu Belgeseli Van’ Dan Anadolu’ Ya</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786256369085</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Mat</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786256369047</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Patron</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786256369009</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Harput’ta Halay Sesi Var</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786258116946</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Şiirlerim</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786258116908</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>İlmi Ve Edebi Yazılar Bilim - Din Barışı İçin)</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786258116823</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Şiirimsin</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786258116472</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Gümrükten Geçen Şiir Antolojisi</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786258116434</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Tükenen Bir Sen Değilsin</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786258116403</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Beşi Her Yerde - 1 “Seksen Dokuz Buçuk Günde Fevr-i Alem”</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786258116410</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Darbeleri</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786258116359</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Gülüşe Gülüşe Anlaşalım</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786258116212</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>La Leyl</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786258116175</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Ekseninde Makaleler ve İncelemeler</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786258116076</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Düş Dokunuşlu Zamanlara Sığındık</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786258116090</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Berr - Esmaü'l - Hüsna 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786257536868</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Efes</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786257536875</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Mahirane Söylemler</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786257681780</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Sözlük</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786258116069</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Sabah Güneşi</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786258116021</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Sevdaya Zan'lı Şiirler</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786258116014</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Şükrü Dede’nin Yaşam Şiirleri</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786257536998</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Şah-ı Şiirler 4 - Bizi Bizle Bir Tutan Şiirler Antolojimiz</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786258116007</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe Astım Gökkuşağını</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786257536936</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Hayalimdeki Mavi</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786257536981</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Mecnun Darlığı</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786257536929</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Yadigar - Bergüzarlarda Yaşamak</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786257536974</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Seninle Döndü Devran</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786257536967</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Keder Ektim Yüreğime</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786257536912</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kolye</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786257536783</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Turuncu Renkli Sokakta</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786257536776</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Şükrü Dede’nin Gönül Sesi</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786257536752</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Birazcık Tebessüm</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786257536769</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Kayıtsız Kimlikler</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786257536707</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Delirişimizin Tarihçesi</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786257536691</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Gün Olur</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786257536684</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bir Yalnızlık Şarkısıdır</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786257536622</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sen Olmalıydın Yanı Başımızda</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786257536646</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerine Gül Bıraktım</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786257536653</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Can’a Gül Değdi</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786257536592</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Karapınar</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786257536516</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimin Sesi Yeter Bana</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786257536448</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Söyleyemediklerim</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786257536509</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İle...</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786257536493</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Suya Gark Olmak</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786257536486</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Adavatan Girit’ten Anavatana Çelebiler</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786257536431</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Kör Karanlığım</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786257536479</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş!..</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786257536455</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Beşikten Mezara “Anamur ve Bozyazı’da Doğum, Evlenme ve Ölüm Gelenekleri”</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786257536387</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Yar Pınarı</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786257681940</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Ya İstanbul Ya Cennet "İstanbul'un Fethi"</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786257536394</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Neyse O</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786257536356</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>İki Hemşehri</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786257536318</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Sancılı Ana/Dolu</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786257536301</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Şen Yuva</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786257536288</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Güle Gülümse</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786257536257</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>En Önemli Şey Nedir?</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786257536295</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Kalem</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786257681964</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Güvercin</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786257536226</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Artık Bitmeli</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786257536189</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Kaplumbağanın Zaferi</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786257536165</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Dile Sitem</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786257536141</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>İptila</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786257536158</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Dil ve Lal</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786257536127</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>İlk Göz Ağrım</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786257536080</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Atın Süvarisi</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786257536066</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Zamanı Tutamadım</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786257536059</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>İslamda Nikahın Kadına Yüklediği Sorumluluklar</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786257536042</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Vatan Aşığı</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786257536004</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimden Öp Beni</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786257681803</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Başarıya Çocukluktan Gidilir</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786257681933</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Teftiş Bahane</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786258116724</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Vatanı Şiirle Yönetmek</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786257681872</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Martı</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786257681827</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Kitabet-i Kemal</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786257681735</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Turkuaz Gözlü Kadın</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786257681711</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Manzum Yazdım Öykümü ve Amcamın Karboğazı Destanı</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786257681728</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Kayınpeder!...</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786257681704</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Manzum Destan Geleneği ve Kahramanmaraş Ağız Destanları</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786257681667</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Asrın Yemini</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786257681650</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Sevda Ahmera</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786257681674</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Adalete Adanan Yıllar-m</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786257681575</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Dağınık Düzen</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786257681551</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Dalgaların Kıyısında</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786257681582</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Ustalara Selam Olsun</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786257681537</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Payı</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786257681490</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Biricik Sevgili'ye Yakarış</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786257681520</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Adalet ve Toplum</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786257681476</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Pembegül Canım</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786257681483</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Pembegül Aslan</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786257681469</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Pembegül Gizem</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786257681452</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerinde Gördüğüm</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786257681445</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Yar Denince</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786257681391</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Hayalin Gönlümde Renkli Bir Resim</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786257681421</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Bi 'Yere' Kadar</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786257681346</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Gariplerden Bir Yolcu</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786257681360</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Başlamak ve Başarmak</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786257681254</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatora Hayriye Köveng’in Yollarında</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786257681261</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Yazısı Edebiyat</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786257681292</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Söz Can Sırrıdır</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786050676303</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Mentor Anne-Baba</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786257681186</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Yürekten Damlalar</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786257681209</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>1 Avuç Şair 1 Avuç Şiir - Bir Avuç Şiir Grubu 2</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786257681223</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Dili</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786257681162</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Çerçinin Çırağı</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786257681155</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Nehr-i Zaman</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786257681117</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep İzleri</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786257681148</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Penceremden Kelimeler</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786257681087</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Senin Başkentinde</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786257681124</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>İkindi Yalnızlığı</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786257681131</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın İnsanlık Kahrolsun Korona</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786257681049</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Adsız Sokak Çocukları</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786257681025</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Kınalı Parmakların Büyüsü</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786057015860</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Amasya’dan Ankara’ya Gazi Mustafa Kemal Paşa</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786057015846</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>Öğretmen ve 99 Kardeş (Piyes)</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786257681032</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>Hazan</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786057489395</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bağışladın</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786057489340</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Umudun 41 Düşü</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786057489319</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Şehrin İçinde</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>9786057489326</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Kapı Korkuları</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786050650778</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Son Misafir</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786050650785</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Gönülden Dile</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786050650747</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Canım Gülnar</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786050650761</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Gül Şafağı</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786050676372</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah Yazar</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786050676341</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Ben Çocukken Van Bambaşka Bir Yerdi</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786050676327</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Altın Çıkını - Anadolu'dan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786050682397</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Can ve Emre Dinozorlar Diyarında</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786050682342</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Bir Nevi Hı(n)zır Cevap</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786056998188</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Güzergah Arayışı</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786056998157</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Mizah Atölyesi</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
           <t>9786056998133</t>
         </is>
       </c>
-      <c r="B775" s="1" t="inlineStr">
+      <c r="B1024" s="1" t="inlineStr">
         <is>
           <t>Bitkilerle Sohbet</t>
         </is>
       </c>
-      <c r="C775" s="1">
+      <c r="C1024" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>