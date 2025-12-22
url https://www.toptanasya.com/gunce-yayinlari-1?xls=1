--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,3160 +85,3205 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256710382</t>
+          <t>9786255613653</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Filmdir İçerisi Gerçektir</t>
+          <t>Fabula Narratur: Öykü Üzerine Anlatıbilimsel Okumalar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256710337</t>
+          <t>9786255613639</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Martı Fiko ve Musti’nin Yaşam Yolculuğu</t>
+          <t>Ettik mi O Kadar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256710351</t>
+          <t>9786255613592</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Asker De Bizim Askerdir</t>
+          <t>Öykü Nasıl Okunur</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256710320</t>
+          <t>9786256710382</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Aynalar Filmdir İçerisi Gerçektir</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256710344</t>
+          <t>9786256710337</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tabii Tabii Biraderlerin Dini İnanışları</t>
+          <t>Martı Fiko ve Musti’nin Yaşam Yolculuğu</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258264586</t>
+          <t>9786256710351</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Musti Fiko ve Adaşlarının Curası: Kuşlarla Yolculuk</t>
+          <t>Uzaktaki Asker De Bizim Askerdir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258264920</t>
+          <t>9786256710320</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çöğmenli'nin Şeytanlarla Dansı</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444444295</t>
+          <t>9786256710344</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 4. Sayı</t>
+          <t>Tabii Tabii Biraderlerin Dini İnanışları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>4444444443989</t>
+          <t>9786258264586</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 3. Sayı</t>
+          <t>Musti Fiko ve Adaşlarının Curası: Kuşlarla Yolculuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>4444444443404</t>
+          <t>9786258264920</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 1. Sayı</t>
+          <t>Çöğmenli'nin Şeytanlarla Dansı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256710702</t>
+          <t>4444444444295</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Ekonomik Büyüme</t>
+          <t>Eleştiriyorum 4. Sayı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256710733</t>
+          <t>4444444443989</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk, Gelir Dağılımı ve Evrensel Temel Gelir Sistemi</t>
+          <t>Eleştiriyorum 3. Sayı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050679052</t>
+          <t>4444444443404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Sokaklar - Menteşe</t>
+          <t>Eleştiriyorum 1. Sayı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050600469</t>
+          <t>9786256710702</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Söze Âşık Gönüller</t>
+          <t>Sosyal Sermaye ve Ekonomik Büyüme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256710931</t>
+          <t>9786256710733</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Uygur Halk Tıbbı</t>
+          <t>Yoksulluk, Gelir Dağılımı ve Evrensel Temel Gelir Sistemi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4444444443738</t>
+          <t>9786050679052</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 2. Sayı</t>
+          <t>Konuşan Sokaklar - Menteşe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256710962</t>
+          <t>9786050600469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çağrılırsın Sevda Diye</t>
+          <t>Söze Âşık Gönüller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256710948</t>
+          <t>9786256710931</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Uygur Halk Tıbbı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256710900</t>
+          <t>4444444443738</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Heceye Dökülen Duygular</t>
+          <t>Eleştiriyorum 2. Sayı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256710870</t>
+          <t>9786256710962</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Akımlar</t>
+          <t>Çağrılırsın Sevda Diye</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256710924</t>
+          <t>9786256710948</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu'nun Öykülerinde Toplumsal Doku ve Anlatı Estetiği</t>
+          <t>Anlaşma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256710894</t>
+          <t>9786256710900</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Bir Yazarın Portresi Leyla Erbil</t>
+          <t>Heceye Dökülen Duygular</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256710832</t>
+          <t>9786256710870</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gitmeler Yorgunu</t>
+          <t>Batı Edebiyatında Akımlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256710887</t>
+          <t>9786256710924</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Arjantin Tango Dansçısının El Kitabı ve Tango Dj'liği</t>
+          <t>Yakup Kadri Karaosmanoğlu'nun Öykülerinde Toplumsal Doku ve Anlatı Estetiği</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256710641</t>
+          <t>9786256710894</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisadın Temelleri</t>
+          <t>Sınırları Aşan Bir Yazarın Portresi Leyla Erbil</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256710443</t>
+          <t>9786256710832</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçine Yolculuk</t>
+          <t>Gitmeler Yorgunu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256710856</t>
+          <t>9786256710887</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Akif’in Sevdası Melih’in Rüyası</t>
+          <t>Arjantin Tango Dansçısının El Kitabı ve Tango Dj'liği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256710825</t>
+          <t>9786256710641</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Söyleşileri 1</t>
+          <t>Makro İktisadın Temelleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256710726</t>
+          <t>9786256710443</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Mahmut’a Sunulan Şiirler</t>
+          <t>Hayatın İçine Yolculuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256710672</t>
+          <t>9786256710856</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Gürcü Postmodern Edebiyatlarının Karşılaştırılması</t>
+          <t>Akif’in Sevdası Melih’in Rüyası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256710771</t>
+          <t>9786256710825</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hisar’dan Portreler</t>
+          <t>Çukurova Söyleşileri 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256710764</t>
+          <t>9786256710726</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hasret Çiçeklerim</t>
+          <t>Sultan II. Mahmut’a Sunulan Şiirler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256710757</t>
+          <t>9786256710672</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Maris</t>
+          <t>Türk ve Gürcü Postmodern Edebiyatlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256710689</t>
+          <t>9786256710771</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kutuda Yaşayanlar</t>
+          <t>Hisar’dan Portreler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256710696</t>
+          <t>9786256710764</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Edebî Mekân Poetikası</t>
+          <t>Hasret Çiçeklerim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056880070</t>
+          <t>9786256710757</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aç Kollarını Annem</t>
+          <t>Maris</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256710436</t>
+          <t>9786256710689</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aslında Beslenme</t>
+          <t>Kutuda Yaşayanlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258264692</t>
+          <t>9786256710696</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sanat Nutku</t>
+          <t>Metaverse ve Edebî Mekân Poetikası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256710634</t>
+          <t>9786056880070</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayalografi</t>
+          <t>Aç Kollarını Annem</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050679007</t>
+          <t>9786256710436</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Düş: Şeyh Gâlib’e Şiirler</t>
+          <t>Aslında Beslenme</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050679038</t>
+          <t>9786258264692</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Akşam</t>
+          <t>Atatürk’ün Sanat Nutku</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256710658</t>
+          <t>9786256710634</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eksik Poetika: Türk Şiiri Üzerine Eleştirel Okumalar</t>
+          <t>Hayalografi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256710665</t>
+          <t>9786050679007</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Umudu</t>
+          <t>Ateş ve Düş: Şeyh Gâlib’e Şiirler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256710559</t>
+          <t>9786050679038</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Kahvehanesi</t>
+          <t>Aynadaki Akşam</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256710474</t>
+          <t>9786256710658</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gülmecenin Dilleri</t>
+          <t>Eksik Poetika: Türk Şiiri Üzerine Eleştirel Okumalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256710566</t>
+          <t>9786256710665</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şinasi’nin Poetikası: Şiir, Dil ve Anlam Üzerine Bir İnceleme</t>
+          <t>Kelebeğin Umudu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256710573</t>
+          <t>9786256710559</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İletişim Teknoloji Edebiyat</t>
+          <t>Günbatımı Kahvehanesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256710610</t>
+          <t>9786256710474</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Heyula</t>
+          <t>Gülmecenin Dilleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256710627</t>
+          <t>9786256710566</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Eserlerle Resfebeleniyorum</t>
+          <t>Şinasi’nin Poetikası: Şiir, Dil ve Anlam Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256710450</t>
+          <t>9786256710573</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Deyişbilim</t>
+          <t>İletişim Teknoloji Edebiyat</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256710528</t>
+          <t>9786256710610</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İçin</t>
+          <t>Heyula</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256710467</t>
+          <t>9786256710627</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yürümek</t>
+          <t>Eserlerle Resfebeleniyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256710368</t>
+          <t>9786256710450</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ehlileşmeyen Ruhlar</t>
+          <t>Edebiyatta Deyişbilim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256710399</t>
+          <t>9786256710528</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yıldızı</t>
+          <t>Kardeşim İçin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256710412</t>
+          <t>9786256710467</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Canım Adana</t>
+          <t>Birlikte Yürümek</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256710405</t>
+          <t>9786256710368</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adana Mektubu</t>
+          <t>Ehlileşmeyen Ruhlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056880063</t>
+          <t>9786256710399</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Bahçesine Dönsün Dünya</t>
+          <t>Sevgi Yıldızı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256710375</t>
+          <t>9786256710412</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Geyiği Kendinden Meşhur Asi Bir Hürriyet Kahramanı Resneli Niyazi</t>
+          <t>Canım Adana</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256710306</t>
+          <t>9786256710405</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Izbrannyye Proizvedeniya Turetskoy Literatury</t>
+          <t>Adana Mektubu</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256710313</t>
+          <t>9786056880063</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Nasturi Güneşi Arzella</t>
+          <t>Çiçek Bahçesine Dönsün Dünya</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256710191</t>
+          <t>9786256710375</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türk’üm Doğruyum Adanalıyım</t>
+          <t>Türk Edebiyatında Geyiği Kendinden Meşhur Asi Bir Hürriyet Kahramanı Resneli Niyazi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256710245</t>
+          <t>9786256710306</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ben Ali</t>
+          <t>Izbrannyye Proizvedeniya Turetskoy Literatury</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256710221</t>
+          <t>9786256710313</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Ayak İzleri</t>
+          <t>Nasturi Güneşi Arzella</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256710207</t>
+          <t>9786256710191</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gölgesinde Kalanlar</t>
+          <t>Türk’üm Doğruyum Adanalıyım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256710214</t>
+          <t>9786256710245</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güle Ezgi Şiirleri</t>
+          <t>Ben Ali</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256710252</t>
+          <t>9786256710221</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Melekler Buraya Uğramadı</t>
+          <t>Ninemin Ayak İzleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256710146</t>
+          <t>9786256710207</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaprağı Ört Yaran Üstüne</t>
+          <t>Güneşin Gölgesinde Kalanlar</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256710153</t>
+          <t>9786256710214</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Itırşahi</t>
+          <t>Güle Ezgi Şiirleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256710184</t>
+          <t>9786256710252</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Beni Linç Eder Misiniz?</t>
+          <t>Melekler Buraya Uğramadı</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256710177</t>
+          <t>9786256710146</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Edebi Metinlerde Türk Harp Edebiyatı: Cenk Duyguları</t>
+          <t>Gül Yaprağı Ört Yaran Üstüne</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256710115</t>
+          <t>9786256710153</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kahve Falım</t>
+          <t>Itırşahi</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258264548</t>
+          <t>9786256710184</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Künye</t>
+          <t>Beni Linç Eder Misiniz?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256710061</t>
+          <t>9786256710177</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Yuvaya Döndü</t>
+          <t>Edebi Metinlerde Türk Harp Edebiyatı: Cenk Duyguları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256710047</t>
+          <t>9786256710115</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bay Korona Geldi Başköşeye Kuruldu</t>
+          <t>Kahve Falım</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256710030</t>
+          <t>9786258264548</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arıyor Bu Yürek</t>
+          <t>Künye</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258264012</t>
+          <t>9786256710061</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Zemherin Senin</t>
+          <t>Karabaş Yuvaya Döndü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786058215689</t>
+          <t>9786256710047</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Son Hüzün de Çekilir Aramızdan</t>
+          <t>Bay Korona Geldi Başköşeye Kuruldu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058068452</t>
+          <t>9786256710030</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatı</t>
+          <t>Arıyor Bu Yürek</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786058068483</t>
+          <t>9786258264012</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cam-ı Aşk</t>
+          <t>Zemherin Senin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258264883</t>
+          <t>9786058215689</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kalbini Kim Çaldı</t>
+          <t>Son Hüzün de Çekilir Aramızdan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258264906</t>
+          <t>9786058068452</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Başta Çok İyi Gidiyordu</t>
+          <t>Modern Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256710023</t>
+          <t>9786058068483</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Qorjynnan Tögılgen Angımeler</t>
+          <t>Cam-ı Aşk</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256710016</t>
+          <t>9786258264883</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kurjundagı Aŋgemeler</t>
+          <t>Babamın Kalbini Kim Çaldı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256710009</t>
+          <t>9786258264906</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Esrik Bir Tanıdık Dersin</t>
+          <t>Her Şey Başta Çok İyi Gidiyordu</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258264111</t>
+          <t>9786256710023</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Söyleşiler</t>
+          <t>Qorjynnan Tögılgen Angımeler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258264951</t>
+          <t>9786256710016</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Sudi Bey'in Romanları</t>
+          <t>Kurjundagı Aŋgemeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256710085</t>
+          <t>9786256710009</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Esrik Bir Tanıdık Dersin</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258264937</t>
+          <t>9786258264111</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Cüret ve Feragat</t>
+          <t>Edebiyat Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258264302</t>
+          <t>9786258264951</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>The Greek Theater and Its Drama</t>
+          <t>Süleyman Sudi Bey'in Romanları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258264968</t>
+          <t>9786256710085</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı ve Yapıcı İşyeri Sapma Davranışları: Örnek Olay İncelemeli</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258264630</t>
+          <t>9786258264937</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Edebiyat ve Öteki Şeyler</t>
+          <t>Cüret ve Feragat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258264845</t>
+          <t>9786258264302</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>The Greek Theater and Its Drama</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258264890</t>
+          <t>9786258264968</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testere</t>
+          <t>Yıkıcı ve Yapıcı İşyeri Sapma Davranışları: Örnek Olay İncelemeli</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258264852</t>
+          <t>9786258264630</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Öyle Kal</t>
+          <t>Aşk, Edebiyat ve Öteki Şeyler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258264838</t>
+          <t>9786258264845</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Soğuksun Ayrılık</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258264760</t>
+          <t>9786258264890</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnanışlar ve Gelenekler Bağlamında Türk ve Slav Kültürlerinde Renk Sembolizmi</t>
+          <t>Kırık Testere</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258264753</t>
+          <t>9786258264852</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</t>
+          <t>Öyle Kal</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258264784</t>
+          <t>9786258264838</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kaleydoskopik Karşılaştırmalı Üstünlükler Hipotezi Çerçevesinde Uluslararası Ticaret, İstihdam ve Gelir Dağılımı İlişkisinin Analizi</t>
+          <t>Soğuksun Ayrılık</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258264661</t>
+          <t>9786258264760</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sevmek</t>
+          <t>İnanışlar ve Gelenekler Bağlamında Türk ve Slav Kültürlerinde Renk Sembolizmi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258264678</t>
+          <t>9786258264753</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Koca Sakarya</t>
+          <t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258264654</t>
+          <t>9786258264784</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ölüm Kalım Savaşı</t>
+          <t>Kaleydoskopik Karşılaştırmalı Üstünlükler Hipotezi Çerçevesinde Uluslararası Ticaret, İstihdam ve Gelir Dağılımı İlişkisinin Analizi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258264616</t>
+          <t>9786258264661</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Can Parçası</t>
+          <t>Sevmek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258264623</t>
+          <t>9786258264678</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Darbesi’nin Türk Romanına Yansıması</t>
+          <t>Koca Sakarya</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258264579</t>
+          <t>9786258264654</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Arzunun Görüngüleri</t>
+          <t>İstanbul’un Ölüm Kalım Savaşı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258264562</t>
+          <t>9786258264616</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Altın Balık: Tatar Halk Masalları</t>
+          <t>Kırılan Can Parçası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057163233</t>
+          <t>9786258264623</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mısralar Dile Düştü</t>
+          <t>27 Mayıs Darbesi’nin Türk Romanına Yansıması</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258264531</t>
+          <t>9786258264579</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Edebî Metinlere Edebiyat Kuramları Ekseninde Bir Bakış</t>
+          <t>Türk Romanında Arzunun Görüngüleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258264524</t>
+          <t>9786258264562</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Duygular</t>
+          <t>Altın Balık: Tatar Halk Masalları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258264494</t>
+          <t>9786057163233</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Könül Sayakatı Kırgızstan</t>
+          <t>Mısralar Dile Düştü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258264500</t>
+          <t>9786258264531</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi ve Sosyoeleştiri</t>
+          <t>Edebî Metinlere Edebiyat Kuramları Ekseninde Bir Bakış</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258264470</t>
+          <t>9786258264524</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arsızınoğlu</t>
+          <t>Yaşayan Duygular</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258264463</t>
+          <t>9786258264494</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yitik Mucize</t>
+          <t>Könül Sayakatı Kırgızstan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258264487</t>
+          <t>9786258264500</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Bulut Büyüdü</t>
+          <t>Edebiyat Sosyolojisi ve Sosyoeleştiri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258264418</t>
+          <t>9786258264470</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Yadigar</t>
+          <t>Arsızınoğlu</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258264395</t>
+          <t>9786258264463</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dinle Çocuk</t>
+          <t>Yitik Mucize</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258264456</t>
+          <t>9786258264487</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm Kavşağında Selim İleri Romancılığı</t>
+          <t>İçimde Bir Bulut Büyüdü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258264425</t>
+          <t>9786258264418</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Tarih Hayal Etmek: Türk Edebiyatında Ükronya</t>
+          <t>Atatürk’ten Yadigar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258264401</t>
+          <t>9786258264395</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Hüznü</t>
+          <t>Dinle Çocuk</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258264104</t>
+          <t>9786258264456</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Çarşısı</t>
+          <t>Postmodernizm Kavşağında Selim İleri Romancılığı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258264289</t>
+          <t>9786258264425</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>The Republic of Cicero</t>
+          <t>Başka Bir Tarih Hayal Etmek: Türk Edebiyatında Ükronya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258264241</t>
+          <t>9786258264401</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Roman Britain in 1914</t>
+          <t>Sonbahar Hüznü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258264234</t>
+          <t>9786258264104</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mysticism in English Literature</t>
+          <t>Aynalar Çarşısı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258264203</t>
+          <t>9786258264289</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Intentions</t>
+          <t>The Republic of Cicero</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258264180</t>
+          <t>9786258264241</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>An Essay on Criticism</t>
+          <t>Roman Britain in 1914</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258264173</t>
+          <t>9786258264234</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>A Modern Utopia</t>
+          <t>Mysticism in English Literature</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258264135</t>
+          <t>9786258264203</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>A Critical Essay on Shakespeare</t>
+          <t>Intentions</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258264128</t>
+          <t>9786258264180</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Neler Oldu Bize</t>
+          <t>An Essay on Criticism</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057144294</t>
+          <t>9786258264173</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İrlandalı Boksör ile Esnaf Hikayesi</t>
+          <t>A Modern Utopia</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258264067</t>
+          <t>9786258264135</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sözler Perişan</t>
+          <t>A Critical Essay on Shakespeare</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258264081</t>
+          <t>9786258264128</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Panthera</t>
+          <t>Neler Oldu Bize</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258264098</t>
+          <t>9786057144294</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Feminist Edebiyat Kuramı Bağlamında Gülten Akın Şiiri</t>
+          <t>İrlandalı Boksör ile Esnaf Hikayesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258264357</t>
+          <t>9786258264067</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Devri Daim</t>
+          <t>Sözler Perişan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258264371</t>
+          <t>9786258264081</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmaydı Sevdası Yüreğimizin</t>
+          <t>Kızıl Panthera</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258264364</t>
+          <t>9786258264098</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demledim İçmez Miydiniz</t>
+          <t>Feminist Edebiyat Kuramı Bağlamında Gülten Akın Şiiri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258264319</t>
+          <t>9786258264357</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Çocuk</t>
+          <t>Devri Daim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258264333</t>
+          <t>9786258264371</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Eli</t>
+          <t>Uçurtmaydı Sevdası Yüreğimizin</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258264340</t>
+          <t>9786258264364</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Remzi Bey Destanı</t>
+          <t>Öykü Demledim İçmez Miydiniz</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258264388</t>
+          <t>9786258264319</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknolojiler, Dijital Dönüşüm ve İş Modelleri</t>
+          <t>Güneyli Çocuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258264074</t>
+          <t>9786258264333</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hayat Esnaf Lokantası</t>
+          <t>Gurbet Eli</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057163240</t>
+          <t>9786258264340</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Munis Faik Ozansoy: Yaşamı, Yapıtları, Sanatı</t>
+          <t>Ahmet Remzi Bey Destanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258264043</t>
+          <t>9786258264388</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Seyir Şiir Defteri</t>
+          <t>Yeni Teknolojiler, Dijital Dönüşüm ve İş Modelleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258264036</t>
+          <t>9786258264074</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Peşinde</t>
+          <t>Hayat Esnaf Lokantası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057163288</t>
+          <t>9786057163240</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Romanında 6-7 Eylül Olayları</t>
+          <t>Munis Faik Ozansoy: Yaşamı, Yapıtları, Sanatı</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057163257</t>
+          <t>9786258264043</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fransızca ve Türkçenin Sözdizimi</t>
+          <t>Kaptanın Seyir Şiir Defteri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057163226</t>
+          <t>9786258264036</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Könil Saiahaty Qazaqstan</t>
+          <t>Hakikat Peşinde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057144287</t>
+          <t>9786057163288</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cemre Şiirleri</t>
+          <t>Çağdaş Türk Romanında 6-7 Eylül Olayları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057163219</t>
+          <t>9786057163257</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal ve Kurtuluş'un Telgraf Ordusu</t>
+          <t>Fransızca ve Türkçenin Sözdizimi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057163202</t>
+          <t>9786057163226</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Könil Saiahaty Qazaqstan</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057144232</t>
+          <t>9786057144287</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kalp İncisi</t>
+          <t>Cemre Şiirleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057144263</t>
+          <t>9786057163219</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Denizin Delisi</t>
+          <t>Gazi Mustafa Kemal ve Kurtuluş'un Telgraf Ordusu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057144270</t>
+          <t>9786057163202</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kar Küreyici</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057144225</t>
+          <t>9786057144232</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tasarımda Göstergebilim: Kansei Mühendisliğinin Temelleri</t>
+          <t>Kalp İncisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057144256</t>
+          <t>9786057144263</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gül</t>
+          <t>Denizin Delisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057144249</t>
+          <t>9786057144270</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aralarda Sen</t>
+          <t>Kar Küreyici</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057375599</t>
+          <t>9786057144225</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sende Kayboldum</t>
+          <t>Tasarımda Göstergebilim: Kansei Mühendisliğinin Temelleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057144201</t>
+          <t>9786057144256</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Klinik</t>
+          <t>Kırmızı Gül</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057406859</t>
+          <t>9786057144249</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Kemal</t>
+          <t>Aralarda Sen</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057375582</t>
+          <t>9786057375599</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gül Masalı</t>
+          <t>Sende Kayboldum</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057375575</t>
+          <t>9786057144201</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çıkışa Doğru</t>
+          <t>Klinik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057375551</t>
+          <t>9786057406859</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ko'ngil Sayohati O'zbekiston</t>
+          <t>Yıldırım Kemal</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057375537</t>
+          <t>9786057375582</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yedi Tepeli Şehir</t>
+          <t>Güzel Bir Gül Masalı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057375506</t>
+          <t>9786057375575</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Köpeği</t>
+          <t>Çıkışa Doğru</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057406897</t>
+          <t>9786057375551</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Gül</t>
+          <t>Ko'ngil Sayohati O'zbekiston</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057406880</t>
+          <t>9786057375537</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Faik Ali Ozansoy</t>
+          <t>Yedi Tepeli Şehir</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057406873</t>
+          <t>9786057375506</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Son Parti</t>
+          <t>Köpeği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057406842</t>
+          <t>9786057406897</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Balığın Arzusu</t>
+          <t>Kanayan Gül</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057406828</t>
+          <t>9786057406880</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İnce Hatıra</t>
+          <t>Faik Ali Ozansoy</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057406835</t>
+          <t>9786057406873</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Her Telden Şiirler</t>
+          <t>Son Parti</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057406811</t>
+          <t>9786057406842</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bende Gülüşün Kaldı</t>
+          <t>Balığın Arzusu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057406804</t>
+          <t>9786057406828</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgesinde Arınma</t>
+          <t>İnce Hatıra</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057051967</t>
+          <t>9786057406835</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Paralel Evren Öyküleri</t>
+          <t>Her Telden Şiirler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057051981</t>
+          <t>9786057406811</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kaçamak</t>
+          <t>Bende Gülüşün Kaldı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057051950</t>
+          <t>9786057406804</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Büyüsü</t>
+          <t>Geçmişin Gölgesinde Arınma</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057051936</t>
+          <t>9786057051967</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tutuşan Dizeler</t>
+          <t>Paralel Evren Öyküleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057051905</t>
+          <t>9786057051981</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kuşluk Vakti Şiirleri</t>
+          <t>Kaçamak</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057480477</t>
+          <t>9786057051950</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Üç Telden Şiirler</t>
+          <t>Hikayenin Büyüsü</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057051912</t>
+          <t>9786057051936</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Coli</t>
+          <t>Tutuşan Dizeler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057480491</t>
+          <t>9786057051905</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Karşı - Yavru Civciv</t>
+          <t>Kuşluk Vakti Şiirleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057480484</t>
+          <t>9786057480477</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İlk Tanışma - Yavru Civciv</t>
+          <t>Üç Telden Şiirler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057480453</t>
+          <t>9786057051912</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Alıp Başımı Gitsem</t>
+          <t>Coli</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057480446</t>
+          <t>9786057480491</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ay Parçası</t>
+          <t>Gökyüzüne Karşı - Yavru Civciv</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057480408</t>
+          <t>9786057480484</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Anlamı Sensin</t>
+          <t>İlk Tanışma - Yavru Civciv</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786050679069</t>
+          <t>9786057480453</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Renklerdeki Gerçeklik</t>
+          <t>Alıp Başımı Gitsem</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050679014</t>
+          <t>9786057480446</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İki Güneş (Ciltli)</t>
+          <t>Ay Parçası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050679021</t>
+          <t>9786057480408</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Balast Suyu Yönetimi</t>
+          <t>Hayatımın Anlamı Sensin</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050600476</t>
+          <t>9786050679069</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Memleketime Şiirler</t>
+          <t>Renklerdeki Gerçeklik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050600483</t>
+          <t>9786050679014</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Aşk</t>
+          <t>İki Güneş (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050600438</t>
+          <t>9786050679021</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Böyle Yarışmacı Düşman Başına</t>
+          <t>Balast Suyu Yönetimi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050600414</t>
+          <t>9786050600476</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bach Çiçek Terapisi</t>
+          <t>Memleketime Şiirler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058068490</t>
+          <t>9786050600483</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Öykü Nasıl Okunur (Ciltli)</t>
+          <t>Aşk Olsun Aşk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050600407</t>
+          <t>9786050600438</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Düşlerini Bekleyen Ülke</t>
+          <t>Böyle Yarışmacı Düşman Başına</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058068469</t>
+          <t>9786050600414</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı</t>
+          <t>Bach Çiçek Terapisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058068476</t>
+          <t>9786058068490</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şiirim Bana Benzer</t>
+          <t>Öykü Nasıl Okunur (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786056914522</t>
+          <t>9786050600407</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiiri</t>
+          <t>Düşlerini Bekleyen Ülke</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056880049</t>
+          <t>9786058068469</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı Şiirleri</t>
+          <t>Yazma Sanatı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056914515</t>
+          <t>9786058068476</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Denen Hayat Sahnesi</t>
+          <t>Şiirim Bana Benzer</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056914508</t>
+          <t>9786056914522</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilimkurgu Edebiyatı ve Arketipler</t>
+          <t>Türk Tasavvuf Şiiri</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786058068421</t>
+          <t>9786056880049</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalıkları ve Homeopati</t>
+          <t>Gönül Dağı Şiirleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786056914584</t>
+          <t>9786056914515</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayata Gülümse</t>
+          <t>Tiyatro Denen Hayat Sahnesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786056914553</t>
+          <t>9786056914508</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ebemkuşağı: Halit Ziya Hikayeciliğinde Renklerin Dili</t>
+          <t>Türk Bilimkurgu Edebiyatı ve Arketipler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786056880094</t>
+          <t>9786058068421</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Çocuk Hastalıkları ve Homeopati</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056914539</t>
+          <t>9786056914584</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bak! Ne Diyor Yüreğin</t>
+          <t>Yeni Bir Hayata Gülümse</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056914546</t>
+          <t>9786056914553</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sevda Vurgunu</t>
+          <t>Edebiyatın Ebemkuşağı: Halit Ziya Hikayeciliğinde Renklerin Dili</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056880001</t>
+          <t>9786056880094</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Şair ve Okur</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786058215696</t>
+          <t>9786056914539</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Gökyüzü Aydınlığı</t>
+          <t>Bak! Ne Diyor Yüreğin</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786058215672</t>
+          <t>9786056914546</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şiirler</t>
+          <t>Sevda Vurgunu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786058215627</t>
+          <t>9786056880001</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gece Uzuyor Ellerinle Yüzümde</t>
+          <t>Şiir, Şair ve Okur</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
+          <t>9786058215696</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gökyüzü Aydınlığı</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786058215672</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Şiirler</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786058215627</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uzuyor Ellerinle Yüzümde</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
           <t>9786058215634</t>
         </is>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B212" s="1" t="inlineStr">
         <is>
           <t>İncir Çekirdeği</t>
         </is>
       </c>
-      <c r="C209" s="1">
+      <c r="C212" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>