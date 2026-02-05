--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -85,3205 +85,3580 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255613653</t>
+          <t>9786256710535</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fabula Narratur: Öykü Üzerine Anlatıbilimsel Okumalar</t>
+          <t>Nizamülmülk ve Machiavelli’nin Siyaset Anlayışlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255613639</t>
+          <t>9786256710481</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ettik mi O Kadar</t>
+          <t>Yetsin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255613592</t>
+          <t>9786256710498</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Öykü Nasıl Okunur</t>
+          <t>Kirli Düş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256710382</t>
+          <t>9786256710504</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Filmdir İçerisi Gerçektir</t>
+          <t>Adım Adım Adana</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256710337</t>
+          <t>9786256710283</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Martı Fiko ve Musti’nin Yaşam Yolculuğu</t>
+          <t>Türk Romanında Bilimkurgu (1996-2019)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256710351</t>
+          <t>9786256710276</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Asker De Bizim Askerdir</t>
+          <t>Türk Romanında Distopya (1990-2019)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256710320</t>
+          <t>9786256710269</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Şairler Başka Söyler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256710344</t>
+          <t>9786256710160</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tabii Tabii Biraderlerin Dini İnanışları</t>
+          <t>Divanü Lugati’t-Türk’te Tematik Söz Varlığı ve Çok Anlamlılık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258264586</t>
+          <t>9786256710139</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Musti Fiko ve Adaşlarının Curası: Kuşlarla Yolculuk</t>
+          <t>Türk Ocaklarının Osmanlı Dağılma Dönemine Etkileri, Millî Mücadele ve Cumhuriyet Dönemine Katkıları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258264920</t>
+          <t>9786256710108</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çöğmenli'nin Şeytanlarla Dansı</t>
+          <t>Tatarca Öğreniyoruz 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444444295</t>
+          <t>9786258264913</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 4. Sayı</t>
+          <t>Cumhuriyet Dönemi Türk Şiirinde Mizah ve İroni</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4444444443989</t>
+          <t>9786258264999</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 3. Sayı</t>
+          <t>Porter’ın Elmas Modeli ile Bodrum Yarımadası Tersane Kümelenmesindeki İşletmelerin Bilgi Paylaşım ve Yenilikçilik Performansının İncelenmesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4444444443404</t>
+          <t>9786258264944</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 1. Sayı</t>
+          <t>Mustafa Kemal’in Yemini</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256710702</t>
+          <t>9786258264227</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Ekonomik Büyüme</t>
+          <t>Moral Poison in Modern Fiction</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256710733</t>
+          <t>9786258264197</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk, Gelir Dağılımı ve Evrensel Temel Gelir Sistemi</t>
+          <t>Essays in the Art of Writing</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050679052</t>
+          <t>9786258264142</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Sokaklar - Menteşe</t>
+          <t>A History of Chinese Literature</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050600469</t>
+          <t>9786258264814</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Söze Âşık Gönüller</t>
+          <t>Üniversiteler için Türk Dili Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256710931</t>
+          <t>9786258264739</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uygur Halk Tıbbı</t>
+          <t>Hanefi Fıkhında Aile Hukuku</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4444444443738</t>
+          <t>9786258264685</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eleştiriyorum 2. Sayı</t>
+          <t>Atatürk ve Sanat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256710962</t>
+          <t>9786258264555</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağrılırsın Sevda Diye</t>
+          <t>Feminist Distopyalarda Birey, Toplum ve Devlet Olgularının Cinsiyete Dayalı İndirgemeye Etkileri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256710948</t>
+          <t>9786258264517</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anlaşma</t>
+          <t>Türk Romanında Narsisizm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256710900</t>
+          <t>9786258264005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Heceye Dökülen Duygular</t>
+          <t>Türk Şiiri Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256710870</t>
+          <t>9786057480422</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatında Akımlar</t>
+          <t>Cemil Kavukçu Öykücülüğü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256710924</t>
+          <t>9786255613738</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu'nun Öykülerinde Toplumsal Doku ve Anlatı Estetiği</t>
+          <t>Tırnak Çizikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256710894</t>
+          <t>4444444444449</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşan Bir Yazarın Portresi Leyla Erbil</t>
+          <t>Eleştiriyorum 5. Sayı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256710832</t>
+          <t>9786255613653</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gitmeler Yorgunu</t>
+          <t>Fabula Narratur: Öykü Üzerine Anlatıbilimsel Okumalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256710887</t>
+          <t>9786255613639</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Arjantin Tango Dansçısının El Kitabı ve Tango Dj'liği</t>
+          <t>Ettik mi O Kadar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256710641</t>
+          <t>9786255613592</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisadın Temelleri</t>
+          <t>Öykü Nasıl Okunur</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256710443</t>
+          <t>9786256710382</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçine Yolculuk</t>
+          <t>Aynalar Filmdir İçerisi Gerçektir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256710856</t>
+          <t>9786256710337</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Akif’in Sevdası Melih’in Rüyası</t>
+          <t>Martı Fiko ve Musti’nin Yaşam Yolculuğu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256710825</t>
+          <t>9786256710351</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çukurova Söyleşileri 1</t>
+          <t>Uzaktaki Asker De Bizim Askerdir</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256710726</t>
+          <t>9786256710320</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Mahmut’a Sunulan Şiirler</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256710672</t>
+          <t>9786256710344</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Gürcü Postmodern Edebiyatlarının Karşılaştırılması</t>
+          <t>Tabii Tabii Biraderlerin Dini İnanışları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256710771</t>
+          <t>9786258264586</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hisar’dan Portreler</t>
+          <t>Musti Fiko ve Adaşlarının Curası: Kuşlarla Yolculuk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256710764</t>
+          <t>9786258264920</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hasret Çiçeklerim</t>
+          <t>Çöğmenli'nin Şeytanlarla Dansı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256710757</t>
+          <t>4444444444295</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Maris</t>
+          <t>Eleştiriyorum 4. Sayı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256710689</t>
+          <t>4444444443989</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kutuda Yaşayanlar</t>
+          <t>Eleştiriyorum 3. Sayı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256710696</t>
+          <t>4444444443404</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Edebî Mekân Poetikası</t>
+          <t>Eleştiriyorum 1. Sayı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056880070</t>
+          <t>9786256710702</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aç Kollarını Annem</t>
+          <t>Sosyal Sermaye ve Ekonomik Büyüme</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256710436</t>
+          <t>9786256710733</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aslında Beslenme</t>
+          <t>Yoksulluk, Gelir Dağılımı ve Evrensel Temel Gelir Sistemi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258264692</t>
+          <t>9786050679052</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sanat Nutku</t>
+          <t>Konuşan Sokaklar - Menteşe</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256710634</t>
+          <t>9786050600469</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayalografi</t>
+          <t>Söze Âşık Gönüller</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050679007</t>
+          <t>9786256710931</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Düş: Şeyh Gâlib’e Şiirler</t>
+          <t>Uygur Halk Tıbbı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050679038</t>
+          <t>4444444443738</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Akşam</t>
+          <t>Eleştiriyorum 2. Sayı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256710658</t>
+          <t>9786256710962</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eksik Poetika: Türk Şiiri Üzerine Eleştirel Okumalar</t>
+          <t>Çağrılırsın Sevda Diye</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256710665</t>
+          <t>9786256710948</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Umudu</t>
+          <t>Anlaşma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256710559</t>
+          <t>9786256710900</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Günbatımı Kahvehanesi</t>
+          <t>Heceye Dökülen Duygular</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256710474</t>
+          <t>9786256710870</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gülmecenin Dilleri</t>
+          <t>Batı Edebiyatında Akımlar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256710566</t>
+          <t>9786256710924</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şinasi’nin Poetikası: Şiir, Dil ve Anlam Üzerine Bir İnceleme</t>
+          <t>Yakup Kadri Karaosmanoğlu'nun Öykülerinde Toplumsal Doku ve Anlatı Estetiği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256710573</t>
+          <t>9786256710894</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İletişim Teknoloji Edebiyat</t>
+          <t>Sınırları Aşan Bir Yazarın Portresi Leyla Erbil</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256710610</t>
+          <t>9786256710832</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Heyula</t>
+          <t>Gitmeler Yorgunu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256710627</t>
+          <t>9786256710887</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eserlerle Resfebeleniyorum</t>
+          <t>Arjantin Tango Dansçısının El Kitabı ve Tango Dj'liği</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256710450</t>
+          <t>9786256710641</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Deyişbilim</t>
+          <t>Makro İktisadın Temelleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256710528</t>
+          <t>9786256710443</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İçin</t>
+          <t>Hayatın İçine Yolculuk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256710467</t>
+          <t>9786256710856</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yürümek</t>
+          <t>Akif’in Sevdası Melih’in Rüyası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256710368</t>
+          <t>9786256710825</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ehlileşmeyen Ruhlar</t>
+          <t>Çukurova Söyleşileri 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>230</v>
+        <v>470</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256710399</t>
+          <t>9786256710726</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yıldızı</t>
+          <t>Sultan II. Mahmut’a Sunulan Şiirler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256710412</t>
+          <t>9786256710672</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Canım Adana</t>
+          <t>Türk ve Gürcü Postmodern Edebiyatlarının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256710405</t>
+          <t>9786256710771</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Adana Mektubu</t>
+          <t>Hisar’dan Portreler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786056880063</t>
+          <t>9786256710764</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Bahçesine Dönsün Dünya</t>
+          <t>Hasret Çiçeklerim</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256710375</t>
+          <t>9786256710757</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Geyiği Kendinden Meşhur Asi Bir Hürriyet Kahramanı Resneli Niyazi</t>
+          <t>Maris</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256710306</t>
+          <t>9786256710689</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Izbrannyye Proizvedeniya Turetskoy Literatury</t>
+          <t>Kutuda Yaşayanlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256710313</t>
+          <t>9786256710696</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nasturi Güneşi Arzella</t>
+          <t>Metaverse ve Edebî Mekân Poetikası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256710191</t>
+          <t>9786056880070</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türk’üm Doğruyum Adanalıyım</t>
+          <t>Aç Kollarını Annem</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256710245</t>
+          <t>9786256710436</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ben Ali</t>
+          <t>Aslında Beslenme</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256710221</t>
+          <t>9786258264692</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Ayak İzleri</t>
+          <t>Atatürk’ün Sanat Nutku</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256710207</t>
+          <t>9786256710634</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Gölgesinde Kalanlar</t>
+          <t>Hayalografi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256710214</t>
+          <t>9786050679007</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güle Ezgi Şiirleri</t>
+          <t>Ateş ve Düş: Şeyh Gâlib’e Şiirler</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256710252</t>
+          <t>9786050679038</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Melekler Buraya Uğramadı</t>
+          <t>Aynadaki Akşam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256710146</t>
+          <t>9786256710658</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gül Yaprağı Ört Yaran Üstüne</t>
+          <t>Eksik Poetika: Türk Şiiri Üzerine Eleştirel Okumalar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256710153</t>
+          <t>9786256710665</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Itırşahi</t>
+          <t>Kelebeğin Umudu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256710184</t>
+          <t>9786256710559</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beni Linç Eder Misiniz?</t>
+          <t>Günbatımı Kahvehanesi</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256710177</t>
+          <t>9786256710474</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Edebi Metinlerde Türk Harp Edebiyatı: Cenk Duyguları</t>
+          <t>Gülmecenin Dilleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256710115</t>
+          <t>9786256710566</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kahve Falım</t>
+          <t>Şinasi’nin Poetikası: Şiir, Dil ve Anlam Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258264548</t>
+          <t>9786256710573</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Künye</t>
+          <t>İletişim Teknoloji Edebiyat</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256710061</t>
+          <t>9786256710610</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Yuvaya Döndü</t>
+          <t>Heyula</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256710047</t>
+          <t>9786256710627</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bay Korona Geldi Başköşeye Kuruldu</t>
+          <t>Eserlerle Resfebeleniyorum</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256710030</t>
+          <t>9786256710450</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Arıyor Bu Yürek</t>
+          <t>Edebiyatta Deyişbilim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258264012</t>
+          <t>9786256710528</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zemherin Senin</t>
+          <t>Kardeşim İçin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786058215689</t>
+          <t>9786256710467</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Son Hüzün de Çekilir Aramızdan</t>
+          <t>Birlikte Yürümek</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058068452</t>
+          <t>9786256710368</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Edebiyatı</t>
+          <t>Ehlileşmeyen Ruhlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058068483</t>
+          <t>9786256710399</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Cam-ı Aşk</t>
+          <t>Sevgi Yıldızı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258264883</t>
+          <t>9786256710412</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Babamın Kalbini Kim Çaldı</t>
+          <t>Canım Adana</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258264906</t>
+          <t>9786256710405</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Başta Çok İyi Gidiyordu</t>
+          <t>Adana Mektubu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256710023</t>
+          <t>9786056880063</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Qorjynnan Tögılgen Angımeler</t>
+          <t>Çiçek Bahçesine Dönsün Dünya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256710016</t>
+          <t>9786256710375</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kurjundagı Aŋgemeler</t>
+          <t>Türk Edebiyatında Geyiği Kendinden Meşhur Asi Bir Hürriyet Kahramanı Resneli Niyazi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256710009</t>
+          <t>9786256710306</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Esrik Bir Tanıdık Dersin</t>
+          <t>Izbrannyye Proizvedeniya Turetskoy Literatury</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258264111</t>
+          <t>9786256710313</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Söyleşiler</t>
+          <t>Nasturi Güneşi Arzella</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258264951</t>
+          <t>9786256710191</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Sudi Bey'in Romanları</t>
+          <t>Türk’üm Doğruyum Adanalıyım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256710085</t>
+          <t>9786256710245</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bozgun</t>
+          <t>Ben Ali</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258264937</t>
+          <t>9786256710221</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cüret ve Feragat</t>
+          <t>Ninemin Ayak İzleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258264302</t>
+          <t>9786256710207</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>The Greek Theater and Its Drama</t>
+          <t>Güneşin Gölgesinde Kalanlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258264968</t>
+          <t>9786256710214</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı ve Yapıcı İşyeri Sapma Davranışları: Örnek Olay İncelemeli</t>
+          <t>Güle Ezgi Şiirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258264630</t>
+          <t>9786256710252</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Edebiyat ve Öteki Şeyler</t>
+          <t>Melekler Buraya Uğramadı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258264845</t>
+          <t>9786256710146</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Gül Yaprağı Ört Yaran Üstüne</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258264890</t>
+          <t>9786256710153</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testere</t>
+          <t>Itırşahi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258264852</t>
+          <t>9786256710184</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Öyle Kal</t>
+          <t>Beni Linç Eder Misiniz?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258264838</t>
+          <t>9786256710177</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Soğuksun Ayrılık</t>
+          <t>Edebi Metinlerde Türk Harp Edebiyatı: Cenk Duyguları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258264760</t>
+          <t>9786256710115</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnanışlar ve Gelenekler Bağlamında Türk ve Slav Kültürlerinde Renk Sembolizmi</t>
+          <t>Kahve Falım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258264753</t>
+          <t>9786258264548</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</t>
+          <t>Künye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258264784</t>
+          <t>9786256710061</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kaleydoskopik Karşılaştırmalı Üstünlükler Hipotezi Çerçevesinde Uluslararası Ticaret, İstihdam ve Gelir Dağılımı İlişkisinin Analizi</t>
+          <t>Karabaş Yuvaya Döndü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258264661</t>
+          <t>9786256710047</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sevmek</t>
+          <t>Bay Korona Geldi Başköşeye Kuruldu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258264678</t>
+          <t>9786256710030</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Koca Sakarya</t>
+          <t>Arıyor Bu Yürek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258264654</t>
+          <t>9786258264012</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Ölüm Kalım Savaşı</t>
+          <t>Zemherin Senin</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258264616</t>
+          <t>9786058215689</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Can Parçası</t>
+          <t>Son Hüzün de Çekilir Aramızdan</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258264623</t>
+          <t>9786058068452</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Darbesi’nin Türk Romanına Yansıması</t>
+          <t>Modern Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258264579</t>
+          <t>9786058068483</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Arzunun Görüngüleri</t>
+          <t>Cam-ı Aşk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258264562</t>
+          <t>9786258264883</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Altın Balık: Tatar Halk Masalları</t>
+          <t>Babamın Kalbini Kim Çaldı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057163233</t>
+          <t>9786258264906</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mısralar Dile Düştü</t>
+          <t>Her Şey Başta Çok İyi Gidiyordu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258264531</t>
+          <t>9786256710023</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Edebî Metinlere Edebiyat Kuramları Ekseninde Bir Bakış</t>
+          <t>Qorjynnan Tögılgen Angımeler</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258264524</t>
+          <t>9786256710016</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Duygular</t>
+          <t>Kurjundagı Aŋgemeler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258264494</t>
+          <t>9786256710009</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Könül Sayakatı Kırgızstan</t>
+          <t>Esrik Bir Tanıdık Dersin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258264500</t>
+          <t>9786258264111</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi ve Sosyoeleştiri</t>
+          <t>Edebiyat Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258264470</t>
+          <t>9786258264951</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Arsızınoğlu</t>
+          <t>Süleyman Sudi Bey'in Romanları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258264463</t>
+          <t>9786256710085</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yitik Mucize</t>
+          <t>Bozgun</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258264487</t>
+          <t>9786258264937</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İçimde Bir Bulut Büyüdü</t>
+          <t>Cüret ve Feragat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258264418</t>
+          <t>9786258264302</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Yadigar</t>
+          <t>The Greek Theater and Its Drama</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258264395</t>
+          <t>9786258264968</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dinle Çocuk</t>
+          <t>Yıkıcı ve Yapıcı İşyeri Sapma Davranışları: Örnek Olay İncelemeli</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258264456</t>
+          <t>9786258264630</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm Kavşağında Selim İleri Romancılığı</t>
+          <t>Aşk, Edebiyat ve Öteki Şeyler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258264425</t>
+          <t>9786258264845</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Tarih Hayal Etmek: Türk Edebiyatında Ükronya</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258264401</t>
+          <t>9786258264890</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar Hüznü</t>
+          <t>Kırık Testere</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258264104</t>
+          <t>9786258264852</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Çarşısı</t>
+          <t>Öyle Kal</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258264289</t>
+          <t>9786258264838</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>The Republic of Cicero</t>
+          <t>Soğuksun Ayrılık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258264241</t>
+          <t>9786258264760</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Roman Britain in 1914</t>
+          <t>İnanışlar ve Gelenekler Bağlamında Türk ve Slav Kültürlerinde Renk Sembolizmi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258264234</t>
+          <t>9786258264753</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mysticism in English Literature</t>
+          <t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258264203</t>
+          <t>9786258264784</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Intentions</t>
+          <t>Kaleydoskopik Karşılaştırmalı Üstünlükler Hipotezi Çerçevesinde Uluslararası Ticaret, İstihdam ve Gelir Dağılımı İlişkisinin Analizi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258264180</t>
+          <t>9786258264661</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>An Essay on Criticism</t>
+          <t>Sevmek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258264173</t>
+          <t>9786258264678</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>A Modern Utopia</t>
+          <t>Koca Sakarya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258264135</t>
+          <t>9786258264654</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>A Critical Essay on Shakespeare</t>
+          <t>İstanbul’un Ölüm Kalım Savaşı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258264128</t>
+          <t>9786258264616</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Neler Oldu Bize</t>
+          <t>Kırılan Can Parçası</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057144294</t>
+          <t>9786258264623</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İrlandalı Boksör ile Esnaf Hikayesi</t>
+          <t>27 Mayıs Darbesi’nin Türk Romanına Yansıması</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258264067</t>
+          <t>9786258264579</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sözler Perişan</t>
+          <t>Türk Romanında Arzunun Görüngüleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258264081</t>
+          <t>9786258264562</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Panthera</t>
+          <t>Altın Balık: Tatar Halk Masalları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258264098</t>
+          <t>9786057163233</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Feminist Edebiyat Kuramı Bağlamında Gülten Akın Şiiri</t>
+          <t>Mısralar Dile Düştü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258264357</t>
+          <t>9786258264531</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Devri Daim</t>
+          <t>Edebî Metinlere Edebiyat Kuramları Ekseninde Bir Bakış</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258264371</t>
+          <t>9786258264524</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmaydı Sevdası Yüreğimizin</t>
+          <t>Yaşayan Duygular</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258264364</t>
+          <t>9786258264494</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Öykü Demledim İçmez Miydiniz</t>
+          <t>Könül Sayakatı Kırgızstan</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258264319</t>
+          <t>9786258264500</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Çocuk</t>
+          <t>Edebiyat Sosyolojisi ve Sosyoeleştiri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258264333</t>
+          <t>9786258264470</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Eli</t>
+          <t>Arsızınoğlu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258264340</t>
+          <t>9786258264463</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Remzi Bey Destanı</t>
+          <t>Yitik Mucize</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258264388</t>
+          <t>9786258264487</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Teknolojiler, Dijital Dönüşüm ve İş Modelleri</t>
+          <t>İçimde Bir Bulut Büyüdü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258264074</t>
+          <t>9786258264418</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hayat Esnaf Lokantası</t>
+          <t>Atatürk’ten Yadigar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057163240</t>
+          <t>9786258264395</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Munis Faik Ozansoy: Yaşamı, Yapıtları, Sanatı</t>
+          <t>Dinle Çocuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258264043</t>
+          <t>9786258264456</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Seyir Şiir Defteri</t>
+          <t>Postmodernizm Kavşağında Selim İleri Romancılığı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258264036</t>
+          <t>9786258264425</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Peşinde</t>
+          <t>Başka Bir Tarih Hayal Etmek: Türk Edebiyatında Ükronya</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057163288</t>
+          <t>9786258264401</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Romanında 6-7 Eylül Olayları</t>
+          <t>Sonbahar Hüznü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057163257</t>
+          <t>9786258264104</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Fransızca ve Türkçenin Sözdizimi</t>
+          <t>Aynalar Çarşısı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057163226</t>
+          <t>9786258264289</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Könil Saiahaty Qazaqstan</t>
+          <t>The Republic of Cicero</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057144287</t>
+          <t>9786258264241</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Cemre Şiirleri</t>
+          <t>Roman Britain in 1914</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057163219</t>
+          <t>9786258264234</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal ve Kurtuluş'un Telgraf Ordusu</t>
+          <t>Mysticism in English Literature</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057163202</t>
+          <t>9786258264203</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz</t>
+          <t>Intentions</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057144232</t>
+          <t>9786258264180</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kalp İncisi</t>
+          <t>An Essay on Criticism</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057144263</t>
+          <t>9786258264173</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Denizin Delisi</t>
+          <t>A Modern Utopia</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057144270</t>
+          <t>9786258264135</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kar Küreyici</t>
+          <t>A Critical Essay on Shakespeare</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057144225</t>
+          <t>9786258264128</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tasarımda Göstergebilim: Kansei Mühendisliğinin Temelleri</t>
+          <t>Neler Oldu Bize</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057144256</t>
+          <t>9786057144294</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gül</t>
+          <t>İrlandalı Boksör ile Esnaf Hikayesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057144249</t>
+          <t>9786258264067</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aralarda Sen</t>
+          <t>Sözler Perişan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057375599</t>
+          <t>9786258264081</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sende Kayboldum</t>
+          <t>Kızıl Panthera</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057144201</t>
+          <t>9786258264098</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Klinik</t>
+          <t>Feminist Edebiyat Kuramı Bağlamında Gülten Akın Şiiri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057406859</t>
+          <t>9786258264357</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Kemal</t>
+          <t>Devri Daim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057375582</t>
+          <t>9786258264371</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gül Masalı</t>
+          <t>Uçurtmaydı Sevdası Yüreğimizin</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057375575</t>
+          <t>9786258264364</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çıkışa Doğru</t>
+          <t>Öykü Demledim İçmez Miydiniz</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057375551</t>
+          <t>9786258264319</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ko'ngil Sayohati O'zbekiston</t>
+          <t>Güneyli Çocuk</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057375537</t>
+          <t>9786258264333</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Yedi Tepeli Şehir</t>
+          <t>Gurbet Eli</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057375506</t>
+          <t>9786258264340</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Köpeği</t>
+          <t>Ahmet Remzi Bey Destanı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057406897</t>
+          <t>9786258264388</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Gül</t>
+          <t>Yeni Teknolojiler, Dijital Dönüşüm ve İş Modelleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057406880</t>
+          <t>9786258264074</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Faik Ali Ozansoy</t>
+          <t>Hayat Esnaf Lokantası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057406873</t>
+          <t>9786057163240</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Son Parti</t>
+          <t>Munis Faik Ozansoy: Yaşamı, Yapıtları, Sanatı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057406842</t>
+          <t>9786258264043</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Balığın Arzusu</t>
+          <t>Kaptanın Seyir Şiir Defteri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057406828</t>
+          <t>9786258264036</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İnce Hatıra</t>
+          <t>Hakikat Peşinde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057406835</t>
+          <t>9786057163288</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Her Telden Şiirler</t>
+          <t>Çağdaş Türk Romanında 6-7 Eylül Olayları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057406811</t>
+          <t>9786057163257</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bende Gülüşün Kaldı</t>
+          <t>Fransızca ve Türkçenin Sözdizimi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057406804</t>
+          <t>9786057163226</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgesinde Arınma</t>
+          <t>Könil Saiahaty Qazaqstan</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057051967</t>
+          <t>9786057144287</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Paralel Evren Öyküleri</t>
+          <t>Cemre Şiirleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057051981</t>
+          <t>9786057163219</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kaçamak</t>
+          <t>Gazi Mustafa Kemal ve Kurtuluş'un Telgraf Ordusu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057051950</t>
+          <t>9786057163202</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Büyüsü</t>
+          <t>Büyük Taarruz</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057051936</t>
+          <t>9786057144232</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tutuşan Dizeler</t>
+          <t>Kalp İncisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057051905</t>
+          <t>9786057144263</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kuşluk Vakti Şiirleri</t>
+          <t>Denizin Delisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057480477</t>
+          <t>9786057144270</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Üç Telden Şiirler</t>
+          <t>Kar Küreyici</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057051912</t>
+          <t>9786057144225</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Coli</t>
+          <t>Tasarımda Göstergebilim: Kansei Mühendisliğinin Temelleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057480491</t>
+          <t>9786057144256</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Karşı - Yavru Civciv</t>
+          <t>Kırmızı Gül</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057480484</t>
+          <t>9786057144249</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İlk Tanışma - Yavru Civciv</t>
+          <t>Aralarda Sen</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057480453</t>
+          <t>9786057375599</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Alıp Başımı Gitsem</t>
+          <t>Sende Kayboldum</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057480446</t>
+          <t>9786057144201</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ay Parçası</t>
+          <t>Klinik</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057480408</t>
+          <t>9786057406859</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Anlamı Sensin</t>
+          <t>Yıldırım Kemal</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050679069</t>
+          <t>9786057375582</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Renklerdeki Gerçeklik</t>
+          <t>Güzel Bir Gül Masalı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050679014</t>
+          <t>9786057375575</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İki Güneş (Ciltli)</t>
+          <t>Çıkışa Doğru</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786050679021</t>
+          <t>9786057375551</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Balast Suyu Yönetimi</t>
+          <t>Ko'ngil Sayohati O'zbekiston</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786050600476</t>
+          <t>9786057375537</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Memleketime Şiirler</t>
+          <t>Yedi Tepeli Şehir</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050600483</t>
+          <t>9786057375506</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Aşk</t>
+          <t>Köpeği</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050600438</t>
+          <t>9786057406897</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Böyle Yarışmacı Düşman Başına</t>
+          <t>Kanayan Gül</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786050600414</t>
+          <t>9786057406880</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bach Çiçek Terapisi</t>
+          <t>Faik Ali Ozansoy</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058068490</t>
+          <t>9786057406873</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Öykü Nasıl Okunur (Ciltli)</t>
+          <t>Son Parti</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786050600407</t>
+          <t>9786057406842</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Düşlerini Bekleyen Ülke</t>
+          <t>Balığın Arzusu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786058068469</t>
+          <t>9786057406828</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı</t>
+          <t>İnce Hatıra</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786058068476</t>
+          <t>9786057406835</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Şiirim Bana Benzer</t>
+          <t>Her Telden Şiirler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056914522</t>
+          <t>9786057406811</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Şiiri</t>
+          <t>Bende Gülüşün Kaldı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786056880049</t>
+          <t>9786057406804</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı Şiirleri</t>
+          <t>Geçmişin Gölgesinde Arınma</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786056914515</t>
+          <t>9786057051967</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Denen Hayat Sahnesi</t>
+          <t>Paralel Evren Öyküleri</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786056914508</t>
+          <t>9786057051981</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilimkurgu Edebiyatı ve Arketipler</t>
+          <t>Kaçamak</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786058068421</t>
+          <t>9786057051950</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalıkları ve Homeopati</t>
+          <t>Hikayenin Büyüsü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056914584</t>
+          <t>9786057051936</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayata Gülümse</t>
+          <t>Tutuşan Dizeler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786056914553</t>
+          <t>9786057051905</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Ebemkuşağı: Halit Ziya Hikayeciliğinde Renklerin Dili</t>
+          <t>Kuşluk Vakti Şiirleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056880094</t>
+          <t>9786057480477</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Üç Telden Şiirler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056914539</t>
+          <t>9786057051912</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bak! Ne Diyor Yüreğin</t>
+          <t>Coli</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786056914546</t>
+          <t>9786057480491</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sevda Vurgunu</t>
+          <t>Gökyüzüne Karşı - Yavru Civciv</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786056880001</t>
+          <t>9786057480484</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Şair ve Okur</t>
+          <t>İlk Tanışma - Yavru Civciv</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786058215696</t>
+          <t>9786057480453</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Gökyüzü Aydınlığı</t>
+          <t>Alıp Başımı Gitsem</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786058215672</t>
+          <t>9786057480446</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Öteki Şiirler</t>
+          <t>Ay Parçası</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786058215627</t>
+          <t>9786057480408</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gece Uzuyor Ellerinle Yüzümde</t>
+          <t>Hayatımın Anlamı Sensin</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
+          <t>9786050679069</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Renklerdeki Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786050679014</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>İki Güneş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786050679021</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Balast Suyu Yönetimi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786050600476</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Memleketime Şiirler</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786050600483</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Olsun Aşk</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786050600438</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Yarışmacı Düşman Başına</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786050600414</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Bach Çiçek Terapisi</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786058068490</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Nasıl Okunur (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786050600407</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Düşlerini Bekleyen Ülke</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786058068469</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Yazma Sanatı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786058068476</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Şiirim Bana Benzer</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786056914522</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tasavvuf Şiiri</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786056880049</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Dağı Şiirleri</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786056914515</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Denen Hayat Sahnesi</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786056914508</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Türk Bilimkurgu Edebiyatı ve Arketipler</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786058068421</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Hastalıkları ve Homeopati</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786056914584</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Hayata Gülümse</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786056914553</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatın Ebemkuşağı: Halit Ziya Hikayeciliğinde Renklerin Dili</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786056880094</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786056914539</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Bak! Ne Diyor Yüreğin</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786056914546</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Sevda Vurgunu</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786056880001</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Şiir, Şair ve Okur</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786058215696</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gökyüzü Aydınlığı</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786058215672</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Şiirler</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786058215627</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Gece Uzuyor Ellerinle Yüzümde</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
           <t>9786058215634</t>
         </is>
       </c>
-      <c r="B212" s="1" t="inlineStr">
+      <c r="B237" s="1" t="inlineStr">
         <is>
           <t>İncir Çekirdeği</t>
         </is>
       </c>
-      <c r="C212" s="1">
+      <c r="C237" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>