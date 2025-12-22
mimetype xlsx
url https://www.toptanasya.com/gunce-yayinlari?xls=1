--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,670 +85,700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259875491</t>
+          <t>9786259397726</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Büyüdür Yaşam</t>
+          <t>2026 At Senesi Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>890</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259397702</t>
+          <t>9786259397719</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Lazus Rex Pontus</t>
+          <t>2026 Astroloji Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056888973</t>
+          <t>9786259875491</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran'ın Öfkesi - Fantastik Yaratıklar Uzmanı 2. Kitap</t>
+          <t>Bir Büyüdür Yaşam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>44</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057139023</t>
+          <t>9786259397702</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2024 Astroloji Ajandası (Ciltli)</t>
+          <t>Lazus Rex Pontus</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259875477</t>
+          <t>9786056888973</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Materia Medica Viva 2. Cilt (Ciltli)</t>
+          <t>Şahmaran'ın Öfkesi - Fantastik Yaratıklar Uzmanı 2. Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>600</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259875484</t>
+          <t>9786057139023</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui Pusula İçimizde</t>
+          <t>2024 Astroloji Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>890</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259875460</t>
+          <t>9786259875477</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2025 Yılan Senesi Yaşam Rehberi</t>
+          <t>Materia Medica Viva 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057139061</t>
+          <t>9786259875484</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>365 Tao</t>
+          <t>Feng Shui Pusula İçimizde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>890</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259875453</t>
+          <t>9786259875460</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2025 Astroloji Ajandası</t>
+          <t>2025 Yılan Senesi Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259875446</t>
+          <t>9786057139061</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şifa ve İyileşme</t>
+          <t>365 Tao</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259875422</t>
+          <t>9786259875453</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Materia Medica Viva 1 Homeopatik Remedi Ansikloperdisi - A</t>
+          <t>2025 Astroloji Ajandası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259875439</t>
+          <t>9786259875446</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşk için Feng Shui</t>
+          <t>Şifa ve İyileşme</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057066015</t>
+          <t>9786259875422</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Otunun İçsel Yolculuğu</t>
+          <t>Materia Medica Viva 1 Homeopatik Remedi Ansikloperdisi - A</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259875408</t>
+          <t>9786259875439</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2024 Ejderha Senesi Yaşam Rehberi</t>
+          <t>Aşk için Feng Shui</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056886966</t>
+          <t>9786057066015</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pratik ve Kolay Astroloji</t>
+          <t>Ayrık Otunun İçsel Yolculuğu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056886980</t>
+          <t>9786259875408</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>On Bin Yıllık Çin Takvimi</t>
+          <t>2024 Ejderha Senesi Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057139092</t>
+          <t>9786056886966</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Homeopati - Milenyumun Tedavi Sistemi</t>
+          <t>Pratik ve Kolay Astroloji</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057139085</t>
+          <t>9786056886980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2023 Tavşan Senesi Yaşam Rehberi</t>
+          <t>On Bin Yıllık Çin Takvimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057139078</t>
+          <t>9786057139092</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anne Lütfen!</t>
+          <t>Homeopati - Milenyumun Tedavi Sistemi</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057139054</t>
+          <t>9786057139085</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Sevmek</t>
+          <t>2023 Tavşan Senesi Yaşam Rehberi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057139047</t>
+          <t>9786057139078</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaygı ve Kıskançlık</t>
+          <t>Anne Lütfen!</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057139030</t>
+          <t>9786057139054</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Gerçekleri</t>
+          <t>Yeniden Sevmek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056886973</t>
+          <t>9786057139047</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran’ın Öfkesi</t>
+          <t>Kaygı ve Kıskançlık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056886997</t>
+          <t>9786057139030</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Defne - Sabır da bir gün yorulur…</t>
+          <t>Yeni Dünyanın Gerçekleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052235096</t>
+          <t>9786056886973</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta - Yoldan Çıkanlar</t>
+          <t>Şahmaran’ın Öfkesi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058183957</t>
+          <t>9786056886997</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Yaralarımızı Sarmak İçin Yoga</t>
+          <t>Defne - Sabır da bir gün yorulur…</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052027219</t>
+          <t>9786052235096</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Dostlar - Dünyanın En Harika Köpeği</t>
+          <t>Üç Nokta - Yoldan Çıkanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052235324</t>
+          <t>9786058183957</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Homeopati Bilimi</t>
+          <t>Yaşam Yaralarımızı Sarmak İçin Yoga</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052027035</t>
+          <t>9786052027219</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Fark Yaratan Anne Baba</t>
+          <t>Tüylü Dostlar - Dünyanın En Harika Köpeği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059782951</t>
+          <t>9786052235324</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bunların Hepsi Hikaye</t>
+          <t>Homeopati Bilimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059782623</t>
+          <t>9786052027035</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Homeopatinin Temel İlkeleri</t>
+          <t>Fark Yaratan Anne Baba</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057066022</t>
+          <t>9786059782951</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yastaki Çocuğa Nasıl Yardım Edebiliriz?</t>
+          <t>Bunların Hepsi Hikaye</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057066046</t>
+          <t>9786059782623</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Hastalık İçin Yeni Model</t>
+          <t>Homeopatinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056886904</t>
+          <t>9786057066022</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Uçuşu - Fantastik Yaratıklar Uzmanı Birinci Kitap</t>
+          <t>Yastaki Çocuğa Nasıl Yardım Edebiliriz?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057066008</t>
+          <t>9786057066046</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özel Çocuklar İçin Özel Oyunlar</t>
+          <t>Sağlık ve Hastalık İçin Yeni Model</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056886942</t>
+          <t>9786056886904</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yade Ölmek Kolaydı...</t>
+          <t>Anka’nın Uçuşu - Fantastik Yaratıklar Uzmanı Birinci Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056886959</t>
+          <t>9786057066008</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Seviyeleri</t>
+          <t>Özel Çocuklar İçin Özel Oyunlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056886911</t>
+          <t>9786056886942</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Yogası</t>
+          <t>Yade Ölmek Kolaydı...</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056886928</t>
+          <t>9786056886959</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yastan İyileşme - El Kitabı</t>
+          <t>Sağlık Seviyeleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052235416</t>
+          <t>9786056886911</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Ejderha Avcısı - Ejderha Zirvesi Efsanesi 1</t>
+          <t>Kahkaha Yogası</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057139016</t>
+          <t>9786056886928</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Doğsun</t>
+          <t>Yastan İyileşme - El Kitabı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786052235416</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Zoraki Ejderha Avcısı - Ejderha Zirvesi Efsanesi 1</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057139016</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Güneş'in Doğsun</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
           <t>9786057139009</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Bırakmak</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C45" s="1">
         <v>480</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>