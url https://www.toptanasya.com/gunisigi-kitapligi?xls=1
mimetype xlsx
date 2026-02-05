--- v0 (2025-10-30)
+++ v1 (2026-02-05)
@@ -85,7405 +85,7480 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256915565</t>
+          <t>9786256915657</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Deli Yangın</t>
+          <t>Üç Tekerlekli Kütüphane</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256915572</t>
+          <t>9786256915626</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İnsan Çıkabilir!</t>
+          <t>Çiçek ve Kaplan Gözü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256915558</t>
+          <t>9786256915619</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Güvencinleri</t>
+          <t>Süper Hazineler Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256915008</t>
+          <t>9786256915589</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Evi</t>
+          <t>İstanbul Senin Olacak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256915541</t>
+          <t>9786256915596</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Babamın Köyünde</t>
+          <t>Yaşasın Kitap!</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756227121</t>
+          <t>9786256915565</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Minik Tosbi Evini Arıyor - İlk Kitabını Kendin Boya</t>
+          <t>Deli Yangın</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>35</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944717823</t>
+          <t>9786256915572</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Yoyo</t>
+          <t>Dikkat İnsan Çıkabilir!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256915510</t>
+          <t>9786256915558</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çölde Piknik</t>
+          <t>Yeryüzü Güvercinleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256915534</t>
+          <t>9786256915008</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>O-Ne-O Gezegeni</t>
+          <t>Yapboz Evi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256915503</t>
+          <t>9786256915541</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Okyanus</t>
+          <t>Babamın Köyünde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256915497</t>
+          <t>9789756227121</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küskünler</t>
+          <t>Minik Tosbi Evini Arıyor - İlk Kitabını Kendin Boya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>215</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256915480</t>
+          <t>9789944717823</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Utanç</t>
+          <t>Kırmızı Yoyo</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256915473</t>
+          <t>9786256915510</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Plastik Kasaba</t>
+          <t>Çölde Piknik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256915466</t>
+          <t>9786256915534</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uyku</t>
+          <t>O-Ne-O Gezegeni</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256915459</t>
+          <t>9786256915503</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Elli Kahraman</t>
+          <t>İçimdeki Okyanus</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256915053</t>
+          <t>9786256915497</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ayşe'nin Bulut Projesi</t>
+          <t>Küskünler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000030763</t>
+          <t>9786256915480</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Palyaçolar Örgütü</t>
+          <t>Gurur ve Utanç</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>28</v>
+        <v>205</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059405850</t>
+          <t>9786256915473</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Haylazların Kralı</t>
+          <t>Plastik Kasaba</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059952309</t>
+          <t>9786256915466</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Dedektif</t>
+          <t>Büyük Uyku</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756227039</t>
+          <t>9786256915459</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>100 Dünya’nın Gizli Yüzü</t>
+          <t>Çıplak Elli Kahraman</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>10.19</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789944717847</t>
+          <t>9786256915053</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>15: Yaramaz Bu Kitap</t>
+          <t>Ayşe'nin Bulut Projesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>28</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054603039</t>
+          <t>3990000030763</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Deniz Yolculuğu</t>
+          <t>Mutsuz Palyaçolar Örgütü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>245</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054603985</t>
+          <t>9786059405850</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kız</t>
+          <t>Haylazların Kralı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054603763</t>
+          <t>9786059952309</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mistral</t>
+          <t>İyi Uykular Dedektif</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>16.67</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054603510</t>
+          <t>9789756227039</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Kapısı</t>
+          <t>100 Dünya’nın Gizli Yüzü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>14</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059405751</t>
+          <t>9789944717847</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kamyon Kafe</t>
+          <t>15: Yaramaz Bu Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>185</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059952620</t>
+          <t>9786054603039</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağı Çocukları</t>
+          <t>Acayip Bir Deniz Yolculuğu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000047842</t>
+          <t>9786054603985</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır Felsefe Serisi (31 Kitap Takım)</t>
+          <t>Hayal Kız</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>682</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054603152</t>
+          <t>9786054603763</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Küçük Korsan Hazine Peşinde</t>
+          <t>Mistral</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756227534</t>
+          <t>9786054603510</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Nasıl Korsan Olursun</t>
+          <t>Kıyamet Kapısı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756227527</t>
+          <t>9786059405751</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhanı Nasıl Eğitirsin</t>
+          <t>Kamyon Kafe</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756227541</t>
+          <t>9786059952620</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhaca Nasıl Konuşursun?</t>
+          <t>Umut Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054603480</t>
+          <t>3990000047842</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Laneti Nasıl Bozulur</t>
+          <t>Çıtır Çıtır Felsefe Serisi (31 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15</v>
+        <v>682</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756227749</t>
+          <t>9786054603152</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gözleri</t>
+          <t>Küçük Korsan Hazine Peşinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756227299</t>
+          <t>9789756227534</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kaptan, Balina ve Çocuklar</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Nasıl Korsan Olursun</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944717496</t>
+          <t>9789756227527</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Üç Çocuktuk</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhanı Nasıl Eğitirsin</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756227701</t>
+          <t>9789756227541</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İnkalar’ın Sırrı</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhaca Nasıl Konuşursun?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758142033</t>
+          <t>9786054603480</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Deniz</t>
+          <t>Ejderha Laneti Nasıl Bozulur</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756227688</t>
+          <t>9789756227749</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Son Kayıt</t>
+          <t>Karanlığın Gözleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054603190</t>
+          <t>9789756227299</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı Dayım</t>
+          <t>Kaptan, Balina ve Çocuklar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>155</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758142941</t>
+          <t>9789944717496</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Şövalyeleri İstanbul Dehlizlerinde</t>
+          <t>İzmir’de Üç Çocuktuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>12.96</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756227237</t>
+          <t>9789756227701</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar 1 : Temizlikçi Cadı</t>
+          <t>İnkalar’ın Sırrı</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756227572</t>
+          <t>9789758142033</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Sarman Midilli</t>
+          <t>İlk Kitabını Kendin Boya - Deniz</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758142620</t>
+          <t>9789756227688</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Minik Ejderha</t>
+          <t>Evrendeki Son Kayıt</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>35</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756227558</t>
+          <t>9786054603190</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Taşımacılığı</t>
+          <t>Çat Kapı Dayım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35</v>
+        <v>185</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756227329</t>
+          <t>9789758142941</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Bay Uzunçizme</t>
+          <t>Cankurtaran Şövalyeleri İstanbul Dehlizlerinde</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756227589</t>
+          <t>9789756227237</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Arkadaşım Bir Griskok</t>
+          <t>Büyülü Küçük Kitaplar 1 : Temizlikçi Cadı</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756227985</t>
+          <t>9789756227572</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyükbaba Taşınıyor</t>
+          <t>Büyülü Küçük Kitaplar - Sarman Midilli</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756227077</t>
+          <t>9789758142620</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Büyülü Küçük Kitaplar - Minik Ejderha</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756227626</t>
+          <t>9789756227558</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - İntikam Planı</t>
+          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Taşımacılığı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>205</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756227053</t>
+          <t>9789756227329</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Anna’yı Seviyor</t>
+          <t>Büyülü Küçük Kitaplar - Bay Uzunçizme</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756227336</t>
+          <t>9789756227589</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Servisi</t>
+          <t>Büyülü Küçük Kitaplar - Arkadaşım Bir Griskok</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756227657</t>
+          <t>9789756227985</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Başkadeniz’e Dönüş</t>
+          <t>Büyükbaba Taşınıyor</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>10.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758142828</t>
+          <t>9789756227077</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alfabe</t>
+          <t>Beyaz Yalanlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756227794</t>
+          <t>9789756227626</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Mumya Olmak İstemiyorum!</t>
+          <t>Beter İkizler - İntikam Planı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054603268</t>
+          <t>9789756227053</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yerde Ağır Gökte Hafif</t>
+          <t>Benjamin Anna’yı Seviyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944717748</t>
+          <t>9789756227336</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Zümrüdüanka</t>
+          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Servisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944717717</t>
+          <t>9789756227657</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Dans Eden Pabuçlar</t>
+          <t>Başkadeniz’e Dönüş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>35</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944717700</t>
+          <t>9789758142828</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Koku Bombası</t>
+          <t>Alfabe</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944717731</t>
+          <t>9789756227794</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Baba Yaga</t>
+          <t>Zamanda Gezinen Üç Kafadar - Mumya Olmak İstemiyorum!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>14</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944717724</t>
+          <t>9786054603268</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Devler</t>
+          <t>Yerde Ağır Gökte Hafif</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054603305</t>
+          <t>9789944717748</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yürümek Koşmak Uçmak</t>
+          <t>Taşi ve Zümrüdüanka</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944717915</t>
+          <t>9789944717717</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Aile</t>
+          <t>Taşi ve Dans Eden Pabuçlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758142316</t>
+          <t>9789944717700</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gökler, Kızarmış Patatesler</t>
+          <t>Taşi ve Koku Bombası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758142323</t>
+          <t>9789944717731</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Kuşkular ve Dinozor Kemikleri</t>
+          <t>Taşi ve Baba Yaga</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756227732</t>
+          <t>9789944717724</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Mırnav Kedi</t>
+          <t>Taşi ve Devler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756227367</t>
+          <t>9786054603305</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mini Kayak Tatilinde</t>
+          <t>Yürümek Koşmak Uçmak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944717243</t>
+          <t>9789944717915</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Küçük Korsan İşbaşında</t>
+          <t>Şanslı Aile</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753632744</t>
+          <t>9789758142316</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gökdelene Giren Bulut</t>
+          <t>Mavi Gökler, Kızarmış Patatesler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2.31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054603770</t>
+          <t>9789758142323</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Tehlikesi Nasıl Savuşturulur</t>
+          <t>Minik İzciler - Kuşkular ve Dinozor Kemikleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059405294</t>
+          <t>9789756227732</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Kalpli</t>
+          <t>Mini ve Mırnav Kedi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059952729</t>
+          <t>9789756227367</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolmak (Ciltli Özel Baskı)</t>
+          <t>Mini Kayak Tatilinde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>27.78</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059952736</t>
+          <t>9789944717243</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak (Ciltli Özel Baskı)</t>
+          <t>Küçük Korsan İşbaşında</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054603527</t>
+          <t>9789753632744</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Batık Şehrin İşareti</t>
+          <t>Gökdelene Giren Bulut</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12.96</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054603534</t>
+          <t>9786054603770</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kaya Çıkmazı’ndaki Okul</t>
+          <t>Ejderha Tehlikesi Nasıl Savuşturulur</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>3990000031650</t>
+          <t>9786059405294</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak / Haritada Kaybolmak (Özel Baskı Kutulu) (Ciltli)</t>
+          <t>Kocaman Kalpli</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>46.3</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758142132</t>
+          <t>9786059952729</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Andlar'ın Sırrı</t>
+          <t>Haritada Kaybolmak (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>6.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059405782</t>
+          <t>9786059952736</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Oyuncağın Sırrı - İnanılmaz Hikaye 2</t>
+          <t>Kraliçeyi Kurtarmak (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>215</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059405485</t>
+          <t>9786054603527</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Harika Tarif</t>
+          <t>Batık Şehrin İşareti</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>270</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256915442</t>
+          <t>9786054603534</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Leb Demeden Leblebi</t>
+          <t>Kaya Çıkmazı’ndaki Okul</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>185</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256915435</t>
+          <t>3990000031650</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Okulum Hakkındaki Gerçek</t>
+          <t>Kraliçeyi Kurtarmak / Haritada Kaybolmak (Özel Baskı Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256915428</t>
+          <t>9789758142132</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Çelik</t>
+          <t>Andlar'ın Sırrı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>170</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256915411</t>
+          <t>9786059405782</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Findel Gizemi</t>
+          <t>Oyuncağın Sırrı - İnanılmaz Hikaye 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256915398</t>
+          <t>9786059405485</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâr Kapanı</t>
+          <t>Harika Tarif</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256915404</t>
+          <t>9786256915442</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Derin Uykular Tatlı Rüyalar</t>
+          <t>Leb Demeden Leblebi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256915374</t>
+          <t>9786256915435</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ba’nın Olağanüstü Kitabevi</t>
+          <t>İnanılmaz Okulum Hakkındaki Gerçek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256915381</t>
+          <t>9786256915428</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bülbüllerin Şarkı Söylediği Yer</t>
+          <t>Arkadaşım Çelik</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>295</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057797209</t>
+          <t>9786256915411</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Asılı Dağ’ın Kahini</t>
+          <t>Findel Gizemi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256915367</t>
+          <t>9786256915398</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İçli Bir Çubuk Kraker</t>
+          <t>Rüzgâr Kapanı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256915350</t>
+          <t>9786256915404</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dertsiz Şehri’nde Tuhaf Olaylar</t>
+          <t>Derin Uykular Tatlı Rüyalar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256915343</t>
+          <t>9786256915374</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçe</t>
+          <t>Ba’nın Olağanüstü Kitabevi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256915336</t>
+          <t>9786256915381</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Kalbi</t>
+          <t>Bülbüllerin Şarkı Söylediği Yer</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059405539</t>
+          <t>9786057797209</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenler Kulübü</t>
+          <t>Asılı Dağ’ın Kahini</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054603121</t>
+          <t>9786256915367</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimm Benim</t>
+          <t>İçli Bir Çubuk Kraker</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944717595</t>
+          <t>9786256915350</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Delidolu Arkadaşım</t>
+          <t>Dertsiz Şehri’nde Tuhaf Olaylar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944717441</t>
+          <t>9786256915343</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Vay Vay Samuray!</t>
+          <t>Son Bahçe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057797049</t>
+          <t>9786256915336</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okula Gelirken Çok Komik Şeyler Oldu</t>
+          <t>Hikayenin Kalbi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059405973</t>
+          <t>9786059405539</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne İstersen</t>
+          <t>Kaybedenler Kulübü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057797063</t>
+          <t>9786054603121</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Keki</t>
+          <t>Kardeşimm Benim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256915329</t>
+          <t>9789944717595</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nedir Acaba?</t>
+          <t>Delidolu Arkadaşım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256915299</t>
+          <t>9789944717441</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Barış’ın Akıl Almaz Yolculukları</t>
+          <t>Zamanda Gezinen Üç Kafadar - Vay Vay Samuray!</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256915312</t>
+          <t>9786057797049</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Turna Teleği</t>
+          <t>Okula Gelirken Çok Komik Şeyler Oldu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256915305</t>
+          <t>9786059405973</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Oda</t>
+          <t>Sen Ne İstersen</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256915282</t>
+          <t>9786057797063</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Gördüm</t>
+          <t>Kahkaha Keki</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256915268</t>
+          <t>9786256915329</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Güven ve İhanet</t>
+          <t>Sevgi Nedir Acaba?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256915251</t>
+          <t>9786256915299</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şut ve Gol!</t>
+          <t>Barış’ın Akıl Almaz Yolculukları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256915244</t>
+          <t>9786256915312</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ecmen Takımı</t>
+          <t>Turna Teleği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256915237</t>
+          <t>9786256915305</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Bayırı Çocukları</t>
+          <t>Dağınık Oda</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944717885</t>
+          <t>9786256915282</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumdaki Tiyatro</t>
+          <t>Her Şeyi Gördüm</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059952866</t>
+          <t>9786256915268</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yazı</t>
+          <t>Güven ve İhanet</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059405249</t>
+          <t>9786256915251</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Kibele</t>
+          <t>Şut ve Gol!</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059405232</t>
+          <t>9786256915244</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kaptan</t>
+          <t>Ecmen Takımı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944717373</t>
+          <t>9786256915237</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Konuşmak Yok!</t>
+          <t>Kırlangıç Bayırı Çocukları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756227930</t>
+          <t>9789944717885</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 4 - Kentte Tek Başına</t>
+          <t>Akvaryumdaki Tiyatro</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756227275</t>
+          <t>9786059952866</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Golat Kalesi Tutsağı</t>
+          <t>Gökkuşağı Yazı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944717762</t>
+          <t>9786059405249</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fenerden Taşınan Işık</t>
+          <t>Cankurtaran Kibele</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756227442</t>
+          <t>9786059405232</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Çirkinlik - Çıtır Çıtır Felsefe 5</t>
+          <t>Amazon Kaptan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756227282</t>
+          <t>9789944717373</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Dümeni</t>
+          <t>Konuşmak Yok!</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756227633</t>
+          <t>9789756227930</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Yıl 2095</t>
+          <t>Kanatlı Kediler Masalı 4 - Kentte Tek Başına</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944717458</t>
+          <t>9789756227275</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Da Vinci Bize Dahi Dedi</t>
+          <t>Golat Kalesi Tutsağı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>155</v>
+        <v>325</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944717571</t>
+          <t>9789944717762</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yenisi</t>
+          <t>Fenerden Taşınan Işık</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054603169</t>
+          <t>9789756227442</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Satılan Gülüş</t>
+          <t>Güzellik ve Çirkinlik - Çıtır Çıtır Felsefe 5</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054603312</t>
+          <t>9789756227282</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Saklı Miras</t>
+          <t>Arkadaş Dümeni</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758142309</t>
+          <t>9789756227633</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Havuz Partisi</t>
+          <t>Zamanda Gezinen Üç Kafadar - Yıl 2095</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059952187</t>
+          <t>9789944717458</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Piranalarla Yüzen Çocuk</t>
+          <t>Zamanda Gezinen Üç Kafadar - Da Vinci Bize Dahi Dedi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057797124</t>
+          <t>9789944717571</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ev Değil Çarşamba Pazarı</t>
+          <t>Sınıfın Yenisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756227619</t>
+          <t>9786054603169</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Annen Mağara Kadını Olmuş!</t>
+          <t>Satılan Gülüş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057797384</t>
+          <t>9786054603312</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Kuş</t>
+          <t>Saklı Miras</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059405577</t>
+          <t>9789758142309</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çiko'nun Seçimi</t>
+          <t>Minik İzciler - Havuz Partisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256915220</t>
+          <t>9786059952187</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Bir Gün</t>
+          <t>Piranalarla Yüzen Çocuk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>155</v>
+        <v>325</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256915206</t>
+          <t>9786057797124</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Uyku Şehir</t>
+          <t>Ev Değil Çarşamba Pazarı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256915190</t>
+          <t>9789756227619</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Tembelliği</t>
+          <t>Zamanda Gezinen Üç Kafadar - Annen Mağara Kadını Olmuş!</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256915183</t>
+          <t>9786057797384</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Müzede Çok Komik Şeyler Oldu</t>
+          <t>Tuhaf Kuş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256915138</t>
+          <t>9786059405577</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Volkandan Kaçmak</t>
+          <t>Çiko'nun Seçimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256915091</t>
+          <t>9786256915220</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamak İçin Güzel Bir Gün</t>
+          <t>Günlerden Bir Gün</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256915152</t>
+          <t>9786256915206</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ne Gündü Ama!</t>
+          <t>Uyku Şehir</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256915121</t>
+          <t>9786256915190</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bennane'nin Uçan Koltuğu</t>
+          <t>Yıldızların Tembelliği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256915145</t>
+          <t>9786256915183</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yaşında Bir Çınar</t>
+          <t>Müzede Çok Komik Şeyler Oldu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256915114</t>
+          <t>9786256915138</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dünyalar</t>
+          <t>Volkandan Kaçmak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>335</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256915084</t>
+          <t>9786256915091</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>AşrıOrman</t>
+          <t>Hatırlamak İçin Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256915077</t>
+          <t>9786256915152</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Yaz Tatilim Hakkındaki Gerçek</t>
+          <t>Ne Gündü Ama!</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256915046</t>
+          <t>9786256915121</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflar Kulübü</t>
+          <t>Bennane'nin Uçan Koltuğu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256915060</t>
+          <t>9786256915145</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ceplerine Çiçek Dolduran Çocuk</t>
+          <t>Yüz Yaşında Bir Çınar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256915039</t>
+          <t>9786256915114</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelen</t>
+          <t>Uzak Dünyalar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256915015</t>
+          <t>9786256915084</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fakirdağ</t>
+          <t>AşrıOrman</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057797889</t>
+          <t>9786256915077</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Deli Nehir</t>
+          <t>İnanılmaz Yaz Tatilim Hakkındaki Gerçek</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057797995</t>
+          <t>9786256915046</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mayısın Üçüncü Haftası</t>
+          <t>Tuhaflar Kulübü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057797582</t>
+          <t>9786256915060</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Ceplerine Çiçek Dolduran Çocuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057797988</t>
+          <t>9786256915039</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bas Pedala Luna</t>
+          <t>Yeni Gelen</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057797971</t>
+          <t>9786256915015</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Bir Uzaylı Macerası - Halfeti</t>
+          <t>Fakirdağ</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057797957</t>
+          <t>9786057797889</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Dünya</t>
+          <t>Deli Nehir</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057797926</t>
+          <t>9786057797995</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Berberdeki Papağan</t>
+          <t>Mayısın Üçüncü Haftası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057797865</t>
+          <t>9786057797582</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayan Kasaba</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057797896</t>
+          <t>9786057797988</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Akasyalı Meydanın Çocukları</t>
+          <t>Bas Pedala Luna</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057797872</t>
+          <t>9786057797971</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şu Benim Mavi Babam</t>
+          <t>Tüylü Bir Uzaylı Macerası - Halfeti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057797834</t>
+          <t>9786057797957</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe’nin Maceraları</t>
+          <t>Sanatçılar ve Dünya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057797841</t>
+          <t>9786057797926</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Babaannem, Kurbağalar ve Hayat</t>
+          <t>Berberdeki Papağan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057797100</t>
+          <t>9786057797865</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Yaz</t>
+          <t>Sıkıntıdan Patlayan Kasaba</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057797728</t>
+          <t>9786057797896</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mavi 55</t>
+          <t>Akasyalı Meydanın Çocukları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057797759</t>
+          <t>9786057797872</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Bir Uzaylı Macerası</t>
+          <t>Şu Benim Mavi Babam</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057797735</t>
+          <t>9786057797834</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Pusula</t>
+          <t>Kraliçe’nin Maceraları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057797742</t>
+          <t>9786057797841</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Süper Güçler Kitabı</t>
+          <t>Babaannem, Kurbağalar ve Hayat</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057797698</t>
+          <t>9786057797100</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım İçin</t>
+          <t>Kuzeyde Bir Yaz</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057797704</t>
+          <t>9786057797728</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Ucube</t>
+          <t>Mavi 55</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057797681</t>
+          <t>9786057797759</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Aşağistanbul</t>
+          <t>Tüylü Bir Uzaylı Macerası</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057797575</t>
+          <t>9786057797735</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Karga Feramuz’un Aşkı</t>
+          <t>Bozuk Pusula</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059405645</t>
+          <t>9786057797742</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Futbol Hikayesi</t>
+          <t>Süper Güçler Kitabı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059405652</t>
+          <t>9786057797698</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Köpek Hikayesi</t>
+          <t>Arkadaşım İçin</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059405836</t>
+          <t>9786057797704</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler!</t>
+          <t>Sevgili Ucube</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059405744</t>
+          <t>9786057797681</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kız Volante</t>
+          <t>Aşağistanbul</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059405867</t>
+          <t>9786057797575</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Günler</t>
+          <t>Karga Feramuz’un Aşkı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059405355</t>
+          <t>9786059405645</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bulutlara Şiir Yazan Çocuk</t>
+          <t>Franz ve Futbol Hikayesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059405317</t>
+          <t>9786059405652</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmak ve Anlaşamamak - Çıtır Çıtır Felsefe 30</t>
+          <t>Franz ve Köpek Hikayesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059405195</t>
+          <t>9786059405836</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Havaya Bak</t>
+          <t>Kardeşler!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059952552</t>
+          <t>9786059405744</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Makineler ve İnsanlar - Çıtır Çıtır Felsefe 28</t>
+          <t>Uçan Kız Volante</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059952170</t>
+          <t>9786059405867</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bana Sesini Bırak</t>
+          <t>Neşeli Günler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>335</v>
+        <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054603954</t>
+          <t>9786059405355</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kömür Karası Çocuk</t>
+          <t>Bulutlara Şiir Yazan Çocuk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059952002</t>
+          <t>9786059405317</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bilyeler</t>
+          <t>Anlaşmak ve Anlaşamamak - Çıtır Çıtır Felsefe 30</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054603947</t>
+          <t>9786059405195</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Postayla Gelen Deniz Kabuğu</t>
+          <t>Havaya Bak</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054603848</t>
+          <t>9786059952552</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>On Numara Çocuklar</t>
+          <t>Makineler ve İnsanlar - Çıtır Çıtır Felsefe 28</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944717182</t>
+          <t>9786059952170</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aklından Düşünceler Geçen Çocuk</t>
+          <t>Bana Sesini Bırak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>155</v>
+        <v>375</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054603299</t>
+          <t>9786054603954</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtaki Ev</t>
+          <t>Kömür Karası Çocuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944717144</t>
+          <t>9786059952002</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubur Peşinde - Balonlu Sakız Ağacı</t>
+          <t>Bilyeler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756227084</t>
+          <t>9786054603947</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>5 Çocuk 5 İstanbul</t>
+          <t>Postayla Gelen Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758142958</t>
+          <t>9786054603848</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>35 Kilo Tembel Teneke</t>
+          <t>On Numara Çocuklar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944717212</t>
+          <t>9789944717182</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Patlamış Mısır Korsanları</t>
+          <t>Aklından Düşünceler Geçen Çocuk</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944717229</t>
+          <t>9786054603299</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çubuk Makarna Düğümü</t>
+          <t>Ağaçtaki Ev</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059952163</t>
+          <t>9789944717144</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Olmak ve Sahip Olmak - Çıtır Çıtır Felsefe 27</t>
+          <t>Abur Cubur Peşinde - Balonlu Sakız Ağacı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059952019</t>
+          <t>9789756227084</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dört Kozalak</t>
+          <t>5 Çocuk 5 İstanbul</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054603619</t>
+          <t>9789758142958</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Ç Harfi Kardeşliği</t>
+          <t>35 Kilo Tembel Teneke</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059405102</t>
+          <t>9789944717212</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayat Pastanesi</t>
+          <t>Patlamış Mısır Korsanları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059952965</t>
+          <t>9789944717229</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Gezegen</t>
+          <t>Çubuk Makarna Düğümü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059952798</t>
+          <t>9786059952163</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşları</t>
+          <t>Olmak ve Sahip Olmak - Çıtır Çıtır Felsefe 27</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057797421</t>
+          <t>9786059952019</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Yakalanmak</t>
+          <t>Dört Kozalak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059952859</t>
+          <t>9786054603619</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Yolu</t>
+          <t>Yaşasın Ç Harfi Kardeşliği</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059405348</t>
+          <t>9786059405102</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Berk Operacı Oldu</t>
+          <t>Hayat Pastanesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059405263</t>
+          <t>9786059952965</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye Yaz İçinde İnsan Olsun</t>
+          <t>Çatıdaki Gezegen</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059405072</t>
+          <t>9786059952798</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bitlerimi Geri Verin</t>
+          <t>Gece Uçuşları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059952347</t>
+          <t>9786057797421</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sirki</t>
+          <t>Karanlığa Yakalanmak</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059952606</t>
+          <t>9786059952859</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Darmadağın</t>
+          <t>Sırlar Yolu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059405553</t>
+          <t>9786059405348</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>100 Şatolu Çocuk</t>
+          <t>Berk Operacı Oldu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059405522</t>
+          <t>9786059405263</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Taşkafa</t>
+          <t>Bir Hikaye Yaz İçinde İnsan Olsun</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059405416</t>
+          <t>9786059405072</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yüksek Kitap Dağı</t>
+          <t>Bitlerimi Geri Verin</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059405324</t>
+          <t>9786059952347</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Daralan</t>
+          <t>Düşler Sirki</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059405041</t>
+          <t>9786059952606</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ailede Grev Var</t>
+          <t>Darmadağın</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059405737</t>
+          <t>9786059405553</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yanlış Anlayan Kedi</t>
+          <t>100 Şatolu Çocuk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059405546</t>
+          <t>9786059405522</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gökçe'nin Yolu</t>
+          <t>Taşkafa</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059405331</t>
+          <t>9786059405416</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Annemle Uzayda</t>
+          <t>Dünyanın En Yüksek Kitap Dağı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059405362</t>
+          <t>9786059405324</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Babam Şiir Yazıyor!</t>
+          <t>Daralan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059405287</t>
+          <t>9786059405041</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Duvarda 3 Hafta</t>
+          <t>Ailede Grev Var</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059405225</t>
+          <t>9786059405737</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Gıcır</t>
+          <t>Her Şeyi Yanlış Anlayan Kedi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059405218</t>
+          <t>9786059405546</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yasemin ve Lavanta</t>
+          <t>Gökçe'nin Yolu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059405508</t>
+          <t>9786059405331</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ada ve Adam</t>
+          <t>Annemle Uzayda</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059952774</t>
+          <t>9786059405362</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bebek Annem</t>
+          <t>Eyvah, Babam Şiir Yazıyor!</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059952286</t>
+          <t>9786059405287</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sustu Dağ Konuştu</t>
+          <t>Duvarda 3 Hafta</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059952040</t>
+          <t>9786059405225</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Devin Şarkısı</t>
+          <t>Çizmeli Gıcır</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059952972</t>
+          <t>9786059405218</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Uykusunu Arayan Çocuk</t>
+          <t>Yasemin ve Lavanta</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059952323</t>
+          <t>9786059405508</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Seke Seke Uçtu Öyküler</t>
+          <t>Ada ve Adam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054603978</t>
+          <t>9786059952774</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Olan ve Olmayan - Çıtır Çıtır Felsefe 26</t>
+          <t>Bebek Annem</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059405300</t>
+          <t>9786059952286</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bulut Delisi</t>
+          <t>Dağ Sustu Dağ Konuştu</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756227060</t>
+          <t>9786059952040</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Şeroks</t>
+          <t>Devin Şarkısı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054603008</t>
+          <t>9786059952972</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçücek</t>
+          <t>Uykusunu Arayan Çocuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944717908</t>
+          <t>9786059952323</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kuuzu ve Lunapark Ailesi</t>
+          <t>Seke Seke Uçtu Öyküler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059952767</t>
+          <t>9786054603978</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak</t>
+          <t>Ahlaki Olan ve Olmayan - Çıtır Çıtır Felsefe 26</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944717250</t>
+          <t>9786059405300</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kralın Elçisi</t>
+          <t>Bulut Delisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756227947</t>
+          <t>9789756227060</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kuki</t>
+          <t>Küçük Cadı Şeroks</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789758142903</t>
+          <t>9786054603008</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Konuk Değil Baş Belası</t>
+          <t>Küçücek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789758142859</t>
+          <t>9789944717908</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Konrad ya da Konserve Kutusundan Çıkan Çocuk</t>
+          <t>Kuuzu ve Lunapark Ailesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756227817</t>
+          <t>9786059952767</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Ağlama</t>
+          <t>Kraliçeyi Kurtarmak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756227756</t>
+          <t>9789944717250</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kim Takar Salatalık Kral’ı</t>
+          <t>Kralın Elçisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944717809</t>
+          <t>9789756227947</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kısa Pantolonlu Sevda</t>
+          <t>Köstebek Kuki</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756227503</t>
+          <t>9789758142903</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Keskin Naneli Öyküler</t>
+          <t>Konuk Değil Baş Belası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756227220</t>
+          <t>9789758142859</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aslan Sanan Şola</t>
+          <t>Konrad ya da Konserve Kutusundan Çıkan Çocuk</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756227978</t>
+          <t>9789756227817</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Keleş Osman</t>
+          <t>Kolaysa Ağlama</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944717137</t>
+          <t>9789756227756</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Kaybolma Mevsimi</t>
+          <t>Kim Takar Salatalık Kral’ı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944717779</t>
+          <t>9789944717809</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyacı</t>
+          <t>Kısa Pantolonlu Sevda</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944717199</t>
+          <t>9789756227503</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Katuna’da Dokuz Ay</t>
+          <t>Keskin Naneli Öyküler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944717021</t>
+          <t>9789756227220</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Karne Oyunu</t>
+          <t>Kendini Aslan Sanan Şola</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054603022</t>
+          <t>9789756227978</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Kitabı</t>
+          <t>Keleş Osman</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756227879</t>
+          <t>9789944717137</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü 2 / Partinin Gözbebeği</t>
+          <t>Kedilerin Kaybolma Mevsimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756227893</t>
+          <t>9789944717779</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü Kayboldu</t>
+          <t>Kayıp Rüyacı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756227886</t>
+          <t>9789944717199</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü ile Tatil Maceraları</t>
+          <t>Katuna’da Dokuz Ay</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756227862</t>
+          <t>9789944717021</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü Hoş Geldi</t>
+          <t>Karne Oyunu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944717007</t>
+          <t>9786054603022</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Kraliçe</t>
+          <t>Karikatür Kitabı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>525</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756227916</t>
+          <t>9789756227879</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 2 - Yuvaya Dönüş</t>
+          <t>Karaböcü 2 / Partinin Gözbebeği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756227923</t>
+          <t>9789756227893</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 3 - Yeni Arkadaş</t>
+          <t>Karaböcü - Karaböcü Kayboldu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756227909</t>
+          <t>9789756227886</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 1 - Dört Yavru</t>
+          <t>Karaböcü - Karaböcü ile Tatil Maceraları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756227565</t>
+          <t>9789756227862</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Uçakla Gizli Gizli Macera</t>
+          <t>Karaböcü - Karaböcü Hoş Geldi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>285</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756227206</t>
+          <t>9789944717007</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İşte Şimdi Hapı Yuttum!</t>
+          <t>Kaplan Kraliçe</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944717564</t>
+          <t>9789756227916</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Çalıyorlar! - Ömer Hepçözer Dedektiflik Bürosu 1</t>
+          <t>Kanatlı Kediler Masalı 2 - Yuvaya Dönüş</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758142866</t>
+          <t>9789756227923</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Masalı</t>
+          <t>Kanatlı Kediler Masalı 3 - Yeni Arkadaş</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>495</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789758142934</t>
+          <t>9789756227909</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Ülkeler</t>
+          <t>Kanatlı Kediler Masalı 1 - Dört Yavru</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758142811</t>
+          <t>9789756227565</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Uçaklar</t>
+          <t>Kağıt Uçakla Gizli Gizli Macera</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789758142521</t>
+          <t>9789756227206</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Türü Tükenen Hayvanlar</t>
+          <t>İşte Şimdi Hapı Yuttum!</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>135</v>
+        <v>325</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756227015</t>
+          <t>9789944717564</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Küçük Kara Koyun</t>
+          <t>İstanbul’u Çalıyorlar! - Ömer Hepçözer Dedektiflik Bürosu 1</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789758142668</t>
+          <t>9789758142866</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Gemiler</t>
+          <t>İstanbul Masalı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>135</v>
+        <v>525</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756227114</t>
+          <t>9789758142934</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Evler</t>
+          <t>İlk Kitabını Kendin Boya - Ülkeler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758142675</t>
+          <t>9789758142811</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Alara’nın Bir Günü</t>
+          <t>İlk Kitabını Kendin Boya - Uçaklar</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054603213</t>
+          <t>9789758142521</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Üzümüm</t>
+          <t>İlk Kitabını Kendin Boya - Türü Tükenen Hayvanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054603220</t>
+          <t>9789756227015</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hödük, Güdük, Bir De Bıdık, Rap Rap Rap!</t>
+          <t>İlk Kitabını Kendin Boya - Küçük Kara Koyun</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054603275</t>
+          <t>9789758142668</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hiç Adil Değil!</t>
+          <t>İlk Kitabını Kendin Boya - Gemiler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756227138</t>
+          <t>9789756227114</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tosbi</t>
+          <t>İlk Kitabını Kendin Boya - Evler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944717854</t>
+          <t>9789758142675</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hazırlıksız</t>
+          <t>İlk Kitabını Kendin Boya - Alara’nın Bir Günü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756227213</t>
+          <t>9786054603213</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hayaletli Gölün Çocukları</t>
+          <t>İki Gözüm Üzümüm</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944717397</t>
+          <t>9786054603220</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Havva ile Kaplumbağa</t>
+          <t>Hödük, Güdük, Bir De Bıdık, Rap Rap Rap!</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059952750</t>
+          <t>9786054603275</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolmak</t>
+          <t>Hiç Adil Değil!</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789758142071</t>
+          <t>9789756227138</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Haremağasının Sırrı</t>
+          <t>Hızlı Tosbi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944717236</t>
+          <t>9789944717854</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Halka Çörek Zinciri</t>
+          <t>Hazırlıksız</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789756227008</t>
+          <t>9789756227213</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ama Baba!</t>
+          <t>Hayaletli Gölün Çocukları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789758142552</t>
+          <t>9789944717397</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Güzelce’de Bir Kaçak, Memo</t>
+          <t>Havva ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944717014</t>
+          <t>9786059952750</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Bile Tamir Eden Adam</t>
+          <t>Haritada Kaybolmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758142354</t>
+          <t>9789758142071</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gül Sokağı’nın Dikenleri</t>
+          <t>Haremağasının Sırrı</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756227961</t>
+          <t>9789944717236</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gizli Formül Hangi Zarfta!</t>
+          <t>Halka Çörek Zinciri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054603398</t>
+          <t>9789756227008</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Günler</t>
+          <t>Hadi Ama Baba!</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054603282</t>
+          <t>9789758142552</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gevrekçiii</t>
+          <t>Güzelce’de Bir Kaçak, Memo</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756227190</t>
+          <t>9789944717014</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görme Ortaklığı</t>
+          <t>Güneşi Bile Tamir Eden Adam</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054603251</t>
+          <t>9789758142354</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Tırmanan Merdiven</t>
+          <t>Gül Sokağı’nın Dikenleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944717793</t>
+          <t>9789756227961</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gece Güneşi</t>
+          <t>Gizli Formül Hangi Zarfta!</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756227046</t>
+          <t>9786054603398</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Garajdaki Giz</t>
+          <t>Gizemli Günler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944717656</t>
+          <t>9786054603282</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Galata’nın Tembel Martısı</t>
+          <t>Gevrekçiii</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756227640</t>
+          <t>9789756227190</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kitap!</t>
+          <t>Geleceği Görme Ortaklığı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789758142545</t>
+          <t>9786054603251</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Eylül’de Aşklar</t>
+          <t>Geçmişe Tırmanan Merdiven</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944717601</t>
+          <t>9789944717793</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Uzakta</t>
+          <t>Gece Güneşi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944717311</t>
+          <t>9789756227046</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Komşu Geri Dönüyor</t>
+          <t>Garajdaki Giz</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944717304</t>
+          <t>9789944717656</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Komşu</t>
+          <t>Galata’nın Tembel Martısı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789758142927</t>
+          <t>9789756227640</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ege Kıyılarından Eski Zaman Masalları</t>
+          <t>Eyvah Kitap!</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789758142514</t>
+          <t>9789758142545</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Dünya Büyülü Bir Yer</t>
+          <t>Eylül’de Aşklar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944717991</t>
+          <t>9789944717601</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dur Bakalım Petek</t>
+          <t>Evde ve Uzakta</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789756227824</t>
+          <t>9789944717311</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Kırılacak Eşya</t>
+          <t>Esrarengiz Komşu Geri Dönüyor</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944717892</t>
+          <t>9789944717304</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Deniz Olsun Adı</t>
+          <t>Esrarengiz Komşu</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054603459</t>
+          <t>9789758142927</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Defne’yi Beklerken</t>
+          <t>Ege Kıyılarından Eski Zaman Masalları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944717670</t>
+          <t>9789758142514</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Kiraz Ağacı</t>
+          <t>Dünya Büyülü Bir Yer</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054603473</t>
+          <t>9789944717991</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dayım Balon Olmuş...</t>
+          <t>Dur Bakalım Petek</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944717632</t>
+          <t>9789756227824</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çok ve Zaman Yok - Çıtır Çıtır Felsefe 19</t>
+          <t>Dikkat! Kırılacak Eşya</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944717335</t>
+          <t>9789944717892</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm - Çıtır Çıtır Felsefe 17</t>
+          <t>Deniz Olsun Adı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054603244</t>
+          <t>9786054603459</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Şiddetsizlik - Çıtır Çıtır Felsefe 22</t>
+          <t>Defne’yi Beklerken</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944717861</t>
+          <t>9789944717670</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Sessizlik - Çıtır Çıtır Felsefe 20</t>
+          <t>Dedem Bir Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789756227497</t>
+          <t>9786054603473</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış - Çıtır Çıtır Felsefe 7</t>
+          <t>Dayım Balon Olmuş...</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789756227473</t>
+          <t>9789944717632</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olan ve Olmayan - Çıtır Çıtır Felsefe 9</t>
+          <t>Zaman Çok ve Zaman Yok - Çıtır Çıtır Felsefe 19</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944717045</t>
+          <t>9789944717335</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Mutsuzluk - Çıtır Çıtır Felsefe 12</t>
+          <t>Yaşam ve Ölüm - Çıtır Çıtır Felsefe 17</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944717106</t>
+          <t>9786054603244</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Liderler ve Diğerleri - Çıtır Çıtır Felsefe 13</t>
+          <t>Şiddet ve Şiddetsizlik - Çıtır Çıtır Felsefe 22</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789756227480</t>
+          <t>9789944717861</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İş ve Para - Çıtır Çıtır Felsefe 8</t>
+          <t>Söz ve Sessizlik - Çıtır Çıtır Felsefe 20</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789756227435</t>
+          <t>9789756227497</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten ve Yalancıktan - Çıtır Çıtır Felsefe 3</t>
+          <t>Savaş ve Barış - Çıtır Çıtır Felsefe 7</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756227459</t>
+          <t>9789756227473</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Kirlilik - Çıtır Çıtır Felsefe 10</t>
+          <t>Özgür Olan ve Olmayan - Çıtır Çıtır Felsefe 9</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756227466</t>
+          <t>9789944717045</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerimiz ve Bilmediklerimiz - Çıtır Çıtır Felsefe 6</t>
+          <t>Mutluluk ve Mutsuzluk - Çıtır Çıtır Felsefe 12</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944717151</t>
+          <t>9789944717106</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Başarısızlık - Çıtır Çıtır Felsefe 14</t>
+          <t>Liderler ve Diğerleri - Çıtır Çıtır Felsefe 13</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756227404</t>
+          <t>9789756227480</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Haksızlık - Çıtır Çıtır Felsefe 2</t>
+          <t>İş ve Para - Çıtır Çıtır Felsefe 8</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789758142996</t>
+          <t>9789756227435</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Babam</t>
+          <t>Gerçekten ve Yalancıktan - Çıtır Çıtır Felsefe 3</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944717380</t>
+          <t>9789756227459</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Başkaları - Çıtır Çıtır Felsefe 16</t>
+          <t>Doğa ve Kirlilik - Çıtır Çıtır Felsefe 10</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789756227848</t>
+          <t>9789756227466</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Olmak Zorunda Mıyım?</t>
+          <t>Bildiklerimiz ve Bilmediklerimiz - Çıtır Çıtır Felsefe 6</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789756227763</t>
+          <t>9789944717151</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzak</t>
+          <t>Başarı ve Başarısızlık - Çıtır Çıtır Felsefe 14</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054603145</t>
+          <t>9789756227404</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabındaki Köpek</t>
+          <t>Adalet ve Haksızlık - Çıtır Çıtır Felsefe 2</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789756227992</t>
+          <t>9789758142996</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bunun Adı Findel</t>
+          <t>Çılgın Babam</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944717694</t>
+          <t>9789944717380</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bugün Adım Kaktüs Benim</t>
+          <t>Ben ve Başkaları - Çıtır Çıtır Felsefe 16</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944717922</t>
+          <t>9789756227848</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşçisi</t>
+          <t>Çevreci Olmak Zorunda Mıyım?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944717786</t>
+          <t>9789756227763</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yitiren Kral</t>
+          <t>Büyük Tuzak</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756227169</t>
+          <t>9786054603145</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Turist Kapanı</t>
+          <t>Buzdolabındaki Köpek</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054603497</t>
+          <t>9789756227992</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Sirkin Cambazı</t>
+          <t>Bunun Adı Findel</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756227305</t>
+          <t>9789944717694</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Kasabanın Altında</t>
+          <t>Bugün Adım Kaktüs Benim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944717359</t>
+          <t>9789944717922</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Ödevler - Çıtır Çıtır Felsefe 15</t>
+          <t>Boğa Güreşçisi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756227145</t>
+          <t>9789944717786</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Acayip Yaratıklar</t>
+          <t>Gücünü Yitiren Kral</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944717090</t>
+          <t>9789756227169</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Berber Pire Tellal Deve</t>
+          <t>Beter İkizler - Turist Kapanı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789758142224</t>
+          <t>9786054603497</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ben, Çınar Ağacı ve Pufböreği</t>
+          <t>Beter İkizler - Sirkin Cambazı</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054603237</t>
+          <t>9789756227305</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Yemini</t>
+          <t>Beter İkizler - Kasabanın Altında</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756227800</t>
+          <t>9789944717359</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bataklığın Kıyısındaki Ev</t>
+          <t>Haklar ve Ödevler - Çıtır Çıtır Felsefe 15</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756227091</t>
+          <t>9789756227145</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Ballı Çörek Kafeteryası</t>
+          <t>Beter İkizler - Acayip Yaratıklar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756227718</t>
+          <t>9789944717090</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Berber Pire Tellal Deve</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944717175</t>
+          <t>9789758142224</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Babam Nereye Gitti?</t>
+          <t>Ben, Çınar Ağacı ve Pufböreği</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944717816</t>
+          <t>9786054603237</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Tırmanan Çocuk</t>
+          <t>Baykuş Yemini</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944717052</t>
+          <t>9789756227800</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ay Denizle Buluşunca</t>
+          <t>Bataklığın Kıyısındaki Ev</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944717540</t>
+          <t>9789756227091</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Attım Kapağı Yurtdışına</t>
+          <t>Ballı Çörek Kafeteryası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756227022</t>
+          <t>9789756227718</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aslı Pazarı Bekliyor</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944717472</t>
+          <t>9789944717175</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Arkana Bakma</t>
+          <t>Babam Nereye Gitti?</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756227831</t>
+          <t>9789944717816</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ay’ı Boyamak</t>
+          <t>Ay’a Tırmanan Çocuk</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944717618</t>
+          <t>9789944717052</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Arda’nın Derdi Ne?</t>
+          <t>Ay Denizle Buluşunca</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944717663</t>
+          <t>9789944717540</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Anneme Bir Ev Alacağım</t>
+          <t>Attım Kapağı Yurtdışına</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944717465</t>
+          <t>9789756227022</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı</t>
+          <t>Aslı Pazarı Bekliyor</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944717625</t>
+          <t>9789944717472</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Amcama Neler Oluyor?</t>
+          <t>Arkana Bakma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758142507</t>
+          <t>9789756227831</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>6 Yıl Tam Pansiyon</t>
+          <t>Ay’ı Boyamak</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944717649</t>
+          <t>9789944717618</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Alevler Arasında</t>
+          <t>Arda’nın Derdi Ne?</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944717434</t>
+          <t>9789944717663</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Alev Saçlı Çocuk</t>
+          <t>Anneme Bir Ev Alacağım</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944717069</t>
+          <t>9789944717465</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Geveze Su Boruları</t>
+          <t>Ankaralı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789756227152</t>
+          <t>9789944717625</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ala Çocuk Yollarda</t>
+          <t>Amcama Neler Oluyor?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054603176</t>
+          <t>9789758142507</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aydede Her Yerde</t>
+          <t>6 Yıl Tam Pansiyon</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054603695</t>
+          <t>9789944717649</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kahramanlar</t>
+          <t>Alevler Arasında</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054603558</t>
+          <t>9789944717434</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Elden Düşme</t>
+          <t>Alev Saçlı Çocuk</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054603701</t>
+          <t>9789944717069</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Curcuna Evi</t>
+          <t>Alaaddin’in Geveze Su Boruları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054603572</t>
+          <t>9789756227152</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Lataşiba - İki Kentin Arasında</t>
+          <t>Ala Çocuk Yollarda</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>205</v>
+        <v>420</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758142644</t>
+          <t>9786054603176</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zor Sevgiler</t>
+          <t>Aydede Her Yerde</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756227596</t>
+          <t>9786054603695</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Ne Halin Varsa Gör Gladyatör</t>
+          <t>Kaçak Kahramanlar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789758142699</t>
+          <t>9786054603558</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızı</t>
+          <t>Elden Düşme</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944717113</t>
+          <t>9786054603701</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Tansiyonlu Çınar Ağacı</t>
+          <t>Curcuna Evi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054603114</t>
+          <t>9786054603572</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler Ejderhalardan Neden Korkar?</t>
+          <t>Lataşiba - İki Kentin Arasında</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944717489</t>
+          <t>9789758142644</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tatil</t>
+          <t>Zor Sevgiler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789944717830</t>
+          <t>9789756227596</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yandım Ali</t>
+          <t>Zamanda Gezinen Üç Kafadar - Ne Halin Varsa Gör Gladyatör</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944717502</t>
+          <t>9789758142699</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Şahit</t>
+          <t>Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944717281</t>
+          <t>9789944717113</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vapurları Seven Çocuk</t>
+          <t>Yüksek Tansiyonlu Çınar Ağacı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789756227183</t>
+          <t>9786054603114</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Üstüme Kar Yağıyor</t>
+          <t>Yetişkinler Ejderhalardan Neden Korkar?</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944717588</t>
+          <t>9789944717489</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Yatılı Okul</t>
+          <t>Yeşil Tatil</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756227770</t>
+          <t>9789944717830</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Uçuçböceği Bon Bon</t>
+          <t>Yandım Ali</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944717403</t>
+          <t>9789944717502</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Uçan Salı</t>
+          <t>Yalancı Şahit</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944717267</t>
+          <t>9789944717281</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Troya Masalı</t>
+          <t>Vapurları Seven Çocuk</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758142330</t>
+          <t>9789756227183</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Troia Surlarının Ardında</t>
+          <t>Üstüme Kar Yağıyor</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054603374</t>
+          <t>9789944717588</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bizim Tombiş Taştan Hiç Anlamıyor</t>
+          <t>Uzayda Bir Yatılı Okul</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944717977</t>
+          <t>9789756227770</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Karışım</t>
+          <t>Uçuçböceği Bon Bon</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944717687</t>
+          <t>9789944717403</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Tek mi? Çift mi?</t>
+          <t>Uçan Salı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789758142910</t>
+          <t>9789944717267</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeye 3 Yolculuk</t>
+          <t>Troya Masalı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756227855</t>
+          <t>9789758142330</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasına Yolculuk</t>
+          <t>Troia Surlarının Ardında</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944717755</t>
+          <t>9786054603374</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Kral Mezarı</t>
+          <t>Bizim Tombiş Taştan Hiç Anlamıyor</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944717410</t>
+          <t>9789944717977</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şimugula</t>
+          <t>Benim Bir Karışım</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789756227107</t>
+          <t>9789944717687</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Susi’nin ve Paul’ün Gizli Günlükleri</t>
+          <t>Tek mi? Çift mi?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944717083</t>
+          <t>9789758142910</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Tek Başına</t>
+          <t>Tehlikeye 3 Yolculuk</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>335</v>
+        <v>290</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944717557</t>
+          <t>9789756227855</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Korkmayan Tek Kuş</t>
+          <t>Tavan Arasına Yolculuk</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944717076</t>
+          <t>9789944717755</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek</t>
+          <t>Taşi ve Kral Mezarı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>285</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054603466</t>
+          <t>9789944717410</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Çocuk</t>
+          <t>Şimugula</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944717168</t>
+          <t>9789756227107</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yürek</t>
+          <t>Susi’nin ve Paul’ün Gizli Günlükleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789756227954</t>
+          <t>9789944717083</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sen Islık Çalmayı Bilir Misin?</t>
+          <t>Sokakta Tek Başına</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944717366</t>
+          <t>9789944717557</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Saklıköy’ün Kuşçusu</t>
+          <t>Soğuktan Korkmayan Tek Kuş</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944717328</t>
+          <t>9789944717076</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Cengaver</t>
+          <t>Sivrisinek</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>205</v>
+        <v>325</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944717298</t>
+          <t>9786054603466</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Perşembeleri Çok Severim</t>
+          <t>Sıradan Bir Çocuk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756227695</t>
+          <t>9789944717168</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Patenli Kız</t>
+          <t>Sessiz Yürek</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758142798</t>
+          <t>9789756227954</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Pat Pat Papatya</t>
+          <t>Sen Islık Çalmayı Bilir Misin?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944717519</t>
+          <t>9789944717366</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Pat Karikatür Okulu</t>
+          <t>Saklıköy’ün Kuşçusu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944717427</t>
+          <t>9789944717328</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Ebrusu</t>
+          <t>Şaşkın Cengaver</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789756227664</t>
+          <t>9789944717298</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Öykü Öykü Gezen Kedi</t>
+          <t>Perşembeleri Çok Severim</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944717274</t>
+          <t>9789756227695</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ötesi Yok</t>
+          <t>Patenli Kız</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944717205</t>
+          <t>9789758142798</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Odada Yalnız</t>
+          <t>Pat Pat Papatya</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789756227510</t>
+          <t>9789944717519</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İkili</t>
+          <t>Pat Karikatür Okulu</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789758142378</t>
+          <t>9789944717427</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Sahne Korkusu</t>
+          <t>Padişahın Ebrusu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758142385</t>
+          <t>9789756227664</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Minik İzci Gezegeni</t>
+          <t>Öykü Öykü Gezen Kedi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758142347</t>
+          <t>9789944717274</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Kitapkurdu Kafadarlar</t>
+          <t>Ötesi Yok</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789756227398</t>
+          <t>9789944717205</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Yılbaşı Armağanları</t>
+          <t>Odada Yalnız</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789756227350</t>
+          <t>9789756227510</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Doğum Günü Partisi</t>
+          <t>Muhteşem İkili</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789756227374</t>
+          <t>9789758142378</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Mini Küçük Dedektif</t>
+          <t>Minik İzciler - Sahne Korkusu</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756227725</t>
+          <t>9789758142385</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mini - Mini Denizde</t>
+          <t>Minik İzciler - Minik İzci Gezegeni</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944717526</t>
+          <t>9789758142347</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Midas ve Sihirbaz</t>
+          <t>Minik İzciler - Kitapkurdu Kafadarlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057797339</t>
+          <t>9789756227398</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mızıkacı</t>
+          <t>Mini ve Yılbaşı Armağanları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758142965</t>
+          <t>9789756227350</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Lollipop</t>
+          <t>Mini ve Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054603183</t>
+          <t>9789756227374</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Leylek Havada</t>
+          <t>Mini Küçük Dedektif</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054603541</t>
+          <t>9789756227725</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başındakiler</t>
+          <t>Mini - Mini Denizde</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059405010</t>
+          <t>9789944717526</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Konaktakiler</t>
+          <t>Midas ve Sihirbaz</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059952897</t>
+          <t>9786057797339</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin İçine Uzaylı Kaçtı!</t>
+          <t>Mızıkacı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059952262</t>
+          <t>9789758142965</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Müze</t>
+          <t>Lollipop</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059405119</t>
+          <t>9786054603183</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Gökdelene Giren Bulut</t>
+          <t>Leylek Havada</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>285</v>
+        <v>325</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059405034</t>
+          <t>9786054603541</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Ne Renktir?</t>
+          <t>Yolun Başındakiler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059952804</t>
+          <t>9786059405010</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Palyaçolar Örgütü</t>
+          <t>Konaktakiler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059952613</t>
+          <t>9786059952897</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Zaman Doğdum ?</t>
+          <t>Babaannemin İçine Uzaylı Kaçtı!</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054603756</t>
+          <t>9786059952262</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Kent - Ömer Hepçözer Dedektiflik Bürosu 2</t>
+          <t>Müze</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054603824</t>
+          <t>9786059405119</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Menekşe İstasyonu</t>
+          <t>Gökdelene Giren Bulut</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054603794</t>
+          <t>9786059405034</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Altın Köle</t>
+          <t>Öpücük Ne Renktir?</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059405379</t>
+          <t>9786059952804</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Portakal Yıldızı</t>
+          <t>Mutsuz Palyaçolar Örgütü</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059405270</t>
+          <t>9786059952613</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Gelen?</t>
+          <t>Ben Ne Zaman Doğdum ?</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059405201</t>
+          <t>9786054603756</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Maya'nın Ağacı</t>
+          <t>Çalınan Kent - Ömer Hepçözer Dedektiflik Bürosu 2</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059405058</t>
+          <t>9786054603824</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çantasızlar Kampı</t>
+          <t>Menekşe İstasyonu</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059952873</t>
+          <t>9786054603794</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Berk Mucit Oldu</t>
+          <t>Altın Köle</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059952330</t>
+          <t>9786059405379</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Anahtar</t>
+          <t>Portakal Yıldızı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059952293</t>
+          <t>9786059405270</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuştu</t>
+          <t>Kim Bu Gelen?</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059952781</t>
+          <t>9786059405201</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamak ve Unutmak - Çıtır Çıtır Felsefe 29</t>
+          <t>Maya'nın Ağacı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059952545</t>
+          <t>9786059405058</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Hikaye</t>
+          <t>Çantasızlar Kampı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059952026</t>
+          <t>9786059952873</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kısa Pantolonlular Çetesi</t>
+          <t>Berk Mucit Oldu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054603565</t>
+          <t>9786059952330</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kızlar</t>
+          <t>Gizemli Anahtar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054603626</t>
+          <t>9786059952293</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>Ayasofya Konuştu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059405096</t>
+          <t>9786059952781</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Montsuzlar</t>
+          <t>Hatırlamak ve Unutmak - Çıtır Çıtır Felsefe 29</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059952590</t>
+          <t>9786059952545</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Öğretmenim</t>
+          <t>Elde Var Hikaye</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059952316</t>
+          <t>9786059952026</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Adı</t>
+          <t>Kısa Pantolonlular Çetesi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054603589</t>
+          <t>9786054603565</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bizim Tombiş Fiyonk Makarnayı Çok Seviyor</t>
+          <t>Korsan Kızlar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054603718</t>
+          <t>9786054603626</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İnanmak ve Bilmek - Çıtır Çıtır Felsefe 25</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059952958</t>
+          <t>9786059405096</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dondurmam Tılsım</t>
+          <t>Montsuzlar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059952903</t>
+          <t>9786059952590</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Festival Mühendisi</t>
+          <t>Sevgili Öğretmenim</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059952576</t>
+          <t>9786059952316</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Ömür Adam</t>
+          <t>Kitabın Adı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059952156</t>
+          <t>9786054603589</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Sen</t>
+          <t>Bizim Tombiş Fiyonk Makarnayı Çok Seviyor</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054603992</t>
+          <t>9786054603718</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yarından Sonra</t>
+          <t>İnanmak ve Bilmek - Çıtır Çıtır Felsefe 25</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054603923</t>
+          <t>9786059952958</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Şeroks 3 : Barış Odaları</t>
+          <t>Dondurmam Tılsım</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054603855</t>
+          <t>9786059952903</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kuş</t>
+          <t>Festival Mühendisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059952248</t>
+          <t>9786059952576</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Küçük Tren</t>
+          <t>Benim Babam Ömür Adam</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059405805</t>
+          <t>9786059952156</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Lokumlu Masa</t>
+          <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057797292</t>
+          <t>9786054603992</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bir Hikaye</t>
+          <t>Yarından Sonra</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057797216</t>
+          <t>9786054603923</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Altı Kırk Dört Dalgası</t>
+          <t>Küçük Cadı Şeroks 3 : Barış Odaları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057797117</t>
+          <t>9786054603855</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Mum</t>
+          <t>Bulut Kuş</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057797360</t>
+          <t>9786059952248</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler</t>
+          <t>Eve Giden Küçük Tren</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057797568</t>
+          <t>9786059405805</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Mardeş Deme Bana!</t>
+          <t>Lokumlu Masa</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057797520</t>
+          <t>9786057797292</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Suda Kaybolmak</t>
+          <t>Hepsi Bir Hikaye</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057797483</t>
+          <t>9786057797216</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Burası Bizim Evimizmiş Şimdi!</t>
+          <t>Altı Kırk Dört Dalgası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057797094</t>
+          <t>9786057797117</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Rolü</t>
+          <t>Karanlıktan Korkan Mum</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057797513</t>
+          <t>9786057797360</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Olmayan Şeyler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>335</v>
+        <v>245</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057797285</t>
+          <t>9786057797568</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ali Cavid’e Karşı</t>
+          <t>Kardeş Mardeş Deme Bana!</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057797162</t>
+          <t>9786057797520</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili Süper Kahraman</t>
+          <t>Suda Kaybolmak</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057797315</t>
+          <t>9786057797483</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Günlükte Saklı Sırlar</t>
+          <t>Burası Bizim Evimizmiş Şimdi!</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057797155</t>
+          <t>9786057797094</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha ve Gözyaşları - Çıtır Çıtır Felsefe 32</t>
+          <t>Hayatımın Rolü</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057797414</t>
+          <t>9786057797513</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ender Kuş</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057797346</t>
+          <t>9786057797285</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlı Gül ve Hayal</t>
+          <t>Ali Cavid’e Karşı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057797056</t>
+          <t>9786057797162</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dünya - Baltı</t>
+          <t>En Sevgili Süper Kahraman</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057797025</t>
+          <t>9786057797315</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Burası Orman Değil!</t>
+          <t>Günlükte Saklı Sırlar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057797537</t>
+          <t>9786057797155</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Havada Asılı Kalan Top</t>
+          <t>Kahkaha ve Gözyaşları - Çıtır Çıtır Felsefe 32</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>295</v>
+        <v>205</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057797544</t>
+          <t>9786057797414</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Defter</t>
+          <t>Ender Kuş</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057797551</t>
+          <t>9786057797346</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Son Şans Durağı</t>
+          <t>Ağaçlı Gül ve Hayal</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>215</v>
+        <v>325</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057797407</t>
+          <t>9786057797056</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gümüşsu Zamanı</t>
+          <t>Eksik Dünya - Baltı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057797452</t>
+          <t>9786057797025</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Kitabı 2 - Yaşasın Çocuklar!</t>
+          <t>Hayır! Burası Orman Değil!</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057797438</t>
+          <t>9786057797537</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Karaca Olmak İsteyen Tilki</t>
+          <t>Havada Asılı Kalan Top</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054603602</t>
+          <t>9786057797544</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Rengini Arayan Pudra</t>
+          <t>Kayıp Defter</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057797087</t>
+          <t>9786057797551</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gezgini Ile Hapşu Teyze</t>
+          <t>Son Şans Durağı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057797223</t>
+          <t>9786057797407</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Bir Deniz</t>
+          <t>Gümüşsu Zamanı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>155</v>
+        <v>325</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057797193</t>
+          <t>9786057797452</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Oralı Olmamak</t>
+          <t>Karikatür Kitabı 2 - Yaşasın Çocuklar!</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>285</v>
+        <v>525</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057797070</t>
+          <t>9786057797438</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Paspas Tepemde Kapiş Paçamda</t>
+          <t>Karaca Olmak İsteyen Tilki</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057797377</t>
+          <t>9786054603602</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>İyi Günler Eczanesi</t>
+          <t>Rengini Arayan Pudra</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057797032</t>
+          <t>9786057797087</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ödevimi Yapmadım Çünkü Acayip Şeyler Oldu</t>
+          <t>Yaz Gezgini Ile Hapşu Teyze</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059405904</t>
+          <t>9786057797223</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Denek E.E.E.</t>
+          <t>Çok Uzak Bir Deniz</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059405898</t>
+          <t>9786057797193</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Berk ve Çıp Çıp Dedektif Oldu</t>
+          <t>Oralı Olmamak</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059405157</t>
+          <t>9786057797070</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Fısıldayan Çocuklar</t>
+          <t>Paspas Tepemde Kapiş Paçamda</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059405980</t>
+          <t>9786057797377</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Turne Dedektifleri</t>
+          <t>İyi Günler Eczanesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057797018</t>
+          <t>9786057797032</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Defalarca Kayboldum</t>
+          <t>Ödevimi Yapmadım Çünkü Acayip Şeyler Oldu</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059405775</t>
+          <t>9786059405904</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Düz Çizgi Tepetaklak</t>
+          <t>Denek E.E.E.</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059405638</t>
+          <t>9786059405898</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Arkadaşlık Hikayesi</t>
+          <t>Berk ve Çıp Çıp Dedektif Oldu</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059405669</t>
+          <t>9786059405157</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Dedektiflik Hikayesi</t>
+          <t>Doğaya Fısıldayan Çocuklar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059405997</t>
+          <t>9786059405980</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Neydik N’olduk Ailesi</t>
+          <t>Turne Dedektifleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059405935</t>
+          <t>9786057797018</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikir Pastası</t>
+          <t>Defalarca Kayboldum</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059405799</t>
+          <t>9786059405775</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük - İnanılmaz Hikaye 1</t>
+          <t>Düz Çizgi Tepetaklak</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>215</v>
+        <v>185</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059405874</t>
+          <t>9786059405638</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pis Yeşil Böcek</t>
+          <t>Franz ve Arkadaşlık Hikayesi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786057797001</t>
+          <t>9786059405669</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Bendi</t>
+          <t>Franz ve Dedektiflik Hikayesi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059405942</t>
+          <t>9786059405997</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sevenler Kış Sevenler</t>
+          <t>Neydik N’olduk Ailesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059405560</t>
+          <t>9786059405935</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Küçük Koşucular</t>
+          <t>Parlak Fikir Pastası</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059405591</t>
+          <t>9786059405799</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bugün Çok Sıkıldım Ben</t>
+          <t>Sihirli Yüzük - İnanılmaz Hikaye 1</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059405584</t>
+          <t>9786059405874</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bugün Hayal Kuracaktım</t>
+          <t>Küçük Pis Yeşil Böcek</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059405966</t>
+          <t>9786057797001</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sarımsaklanır mı Kedi?</t>
+          <t>Günaydın Bendi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059405768</t>
+          <t>9786059405942</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Radyo Pencere</t>
+          <t>Yaz Sevenler Kış Sevenler</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059405829</t>
+          <t>9786059405560</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>31 Şans ve Şanssızlık - Çıtır Çıtır Felsefe</t>
+          <t>Küçük Koşucular</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059405393</t>
+          <t>9786059405591</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Belalı Dörtlü'ye Karşı</t>
+          <t>Bugün Çok Sıkıldım Ben</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>205</v>
+        <v>185</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059405959</t>
+          <t>9786059405584</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Dişli Bir Gözlemcinin Notları</t>
+          <t>Bugün Hayal Kuracaktım</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059405843</t>
+          <t>9786059405966</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Babam Şimdi Çok Uzaklarda</t>
+          <t>Sarımsaklanır mı Kedi?</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059405492</t>
+          <t>9786059405768</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Maskeli Baloya Katılmak İstemiyor</t>
+          <t>Radyo Pencere</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
+          <t>9786059405829</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>31 Şans ve Şanssızlık - Çıtır Çıtır Felsefe</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786059405393</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Belalı Dörtlü'ye Karşı</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786059405959</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan Dişli Bir Gözlemcinin Notları</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786059405843</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Babam Şimdi Çok Uzaklarda</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786059405492</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Tombiş Maskeli Baloya Katılmak İstemiyor</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
           <t>9786057797858</t>
         </is>
       </c>
-      <c r="B492" s="1" t="inlineStr">
+      <c r="B497" s="1" t="inlineStr">
         <is>
           <t>Ateşten Kaçmak</t>
         </is>
       </c>
-      <c r="C492" s="1">
-        <v>295</v>
+      <c r="C497" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>