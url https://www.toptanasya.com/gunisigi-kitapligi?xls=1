--- v1 (2026-02-05)
+++ v2 (2026-03-29)
@@ -85,7480 +85,7510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256915657</t>
+          <t>9786256915664</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Üç Tekerlekli Kütüphane</t>
+          <t>Denizoğlan Madalyonun Peşinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256915626</t>
+          <t>9786256915640</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çiçek ve Kaplan Gözü</t>
+          <t>Dünyanın İki Ucu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256915619</t>
+          <t>9786256915657</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Süper Hazineler Kitabı</t>
+          <t>Üç Tekerlekli Kütüphane</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256915589</t>
+          <t>9786256915626</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Senin Olacak</t>
+          <t>Çiçek ve Kaplan Gözü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256915596</t>
+          <t>9786256915619</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kitap!</t>
+          <t>Süper Hazineler Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256915565</t>
+          <t>9786256915589</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Deli Yangın</t>
+          <t>İstanbul Senin Olacak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256915572</t>
+          <t>9786256915596</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dikkat İnsan Çıkabilir!</t>
+          <t>Yaşasın Kitap!</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256915558</t>
+          <t>9786256915565</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Güvercinleri</t>
+          <t>Deli Yangın</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256915008</t>
+          <t>9786256915572</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Evi</t>
+          <t>Dikkat İnsan Çıkabilir!</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256915541</t>
+          <t>9786256915558</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Babamın Köyünde</t>
+          <t>Yeryüzü Güvercinleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756227121</t>
+          <t>9786256915008</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Minik Tosbi Evini Arıyor - İlk Kitabını Kendin Boya</t>
+          <t>Yapboz Evi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>35</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789944717823</t>
+          <t>9786256915541</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Yoyo</t>
+          <t>Babamın Köyünde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256915510</t>
+          <t>9789756227121</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çölde Piknik</t>
+          <t>Minik Tosbi Evini Arıyor - İlk Kitabını Kendin Boya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256915534</t>
+          <t>9789944717823</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>O-Ne-O Gezegeni</t>
+          <t>Kırmızı Yoyo</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>205</v>
+        <v>375</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256915503</t>
+          <t>9786256915510</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Okyanus</t>
+          <t>Çölde Piknik</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256915497</t>
+          <t>9786256915534</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Küskünler</t>
+          <t>O-Ne-O Gezegeni</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256915480</t>
+          <t>9786256915503</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Utanç</t>
+          <t>İçimdeki Okyanus</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>205</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256915473</t>
+          <t>9786256915497</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Plastik Kasaba</t>
+          <t>Küskünler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256915466</t>
+          <t>9786256915480</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uyku</t>
+          <t>Gurur ve Utanç</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256915459</t>
+          <t>9786256915473</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Elli Kahraman</t>
+          <t>Plastik Kasaba</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256915053</t>
+          <t>9786256915466</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayşe'nin Bulut Projesi</t>
+          <t>Büyük Uyku</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000030763</t>
+          <t>9786256915459</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Palyaçolar Örgütü</t>
+          <t>Çıplak Elli Kahraman</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059405850</t>
+          <t>9786256915053</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Haylazların Kralı</t>
+          <t>Ayşe'nin Bulut Projesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059952309</t>
+          <t>3990000030763</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Dedektif</t>
+          <t>Mutsuz Palyaçolar Örgütü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756227039</t>
+          <t>9786059405850</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>100 Dünya’nın Gizli Yüzü</t>
+          <t>Haylazların Kralı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>10.19</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789944717847</t>
+          <t>9786059952309</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>15: Yaramaz Bu Kitap</t>
+          <t>İyi Uykular Dedektif</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>28</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054603039</t>
+          <t>9789756227039</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Deniz Yolculuğu</t>
+          <t>100 Dünya’nın Gizli Yüzü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>290</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054603985</t>
+          <t>9789944717847</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kız</t>
+          <t>15: Yaramaz Bu Kitap</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054603763</t>
+          <t>9786054603039</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mistral</t>
+          <t>Acayip Bir Deniz Yolculuğu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>16.67</v>
+        <v>290</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054603510</t>
+          <t>9786054603985</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Kapısı</t>
+          <t>Hayal Kız</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>14</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059405751</t>
+          <t>9786054603763</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kamyon Kafe</t>
+          <t>Mistral</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059952620</t>
+          <t>9786054603510</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Umut Sokağı Çocukları</t>
+          <t>Kıyamet Kapısı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000047842</t>
+          <t>9786059405751</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır Felsefe Serisi (31 Kitap Takım)</t>
+          <t>Kamyon Kafe</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>682</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054603152</t>
+          <t>9786059952620</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Korsan Hazine Peşinde</t>
+          <t>Umut Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>22</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756227534</t>
+          <t>3990000047842</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Nasıl Korsan Olursun</t>
+          <t>Çıtır Çıtır Felsefe Serisi (31 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>682</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756227527</t>
+          <t>9786054603152</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhanı Nasıl Eğitirsin</t>
+          <t>Küçük Korsan Hazine Peşinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756227541</t>
+          <t>9789756227534</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhaca Nasıl Konuşursun?</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Nasıl Korsan Olursun</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054603480</t>
+          <t>9789756227527</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Laneti Nasıl Bozulur</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhanı Nasıl Eğitirsin</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756227749</t>
+          <t>9789756227541</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Gözleri</t>
+          <t>Korkunç Gıcık 3. Hıçkıdık - Ejderhaca Nasıl Konuşursun?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756227299</t>
+          <t>9786054603480</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kaptan, Balina ve Çocuklar</t>
+          <t>Ejderha Laneti Nasıl Bozulur</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789944717496</t>
+          <t>9789756227749</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İzmir’de Üç Çocuktuk</t>
+          <t>Karanlığın Gözleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756227701</t>
+          <t>9789756227299</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnkalar’ın Sırrı</t>
+          <t>Kaptan, Balina ve Çocuklar</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758142033</t>
+          <t>9789944717496</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Deniz</t>
+          <t>İzmir’de Üç Çocuktuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>35</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756227688</t>
+          <t>9789756227701</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Evrendeki Son Kayıt</t>
+          <t>İnkalar’ın Sırrı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054603190</t>
+          <t>9789758142033</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı Dayım</t>
+          <t>İlk Kitabını Kendin Boya - Deniz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>185</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789758142941</t>
+          <t>9789756227688</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Şövalyeleri İstanbul Dehlizlerinde</t>
+          <t>Evrendeki Son Kayıt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>12.96</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756227237</t>
+          <t>9786054603190</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar 1 : Temizlikçi Cadı</t>
+          <t>Çat Kapı Dayım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>35</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756227572</t>
+          <t>9789758142941</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Sarman Midilli</t>
+          <t>Cankurtaran Şövalyeleri İstanbul Dehlizlerinde</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758142620</t>
+          <t>9789756227237</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Minik Ejderha</t>
+          <t>Büyülü Küçük Kitaplar 1 : Temizlikçi Cadı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756227558</t>
+          <t>9789756227572</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Taşımacılığı</t>
+          <t>Büyülü Küçük Kitaplar - Sarman Midilli</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789756227329</t>
+          <t>9789758142620</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Bay Uzunçizme</t>
+          <t>Büyülü Küçük Kitaplar - Minik Ejderha</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756227589</t>
+          <t>9789756227558</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Arkadaşım Bir Griskok</t>
+          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Taşımacılığı</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756227985</t>
+          <t>9789756227329</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyükbaba Taşınıyor</t>
+          <t>Büyülü Küçük Kitaplar - Bay Uzunçizme</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756227077</t>
+          <t>9789756227589</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Büyülü Küçük Kitaplar - Arkadaşım Bir Griskok</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756227626</t>
+          <t>9789756227985</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - İntikam Planı</t>
+          <t>Büyükbaba Taşınıyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>245</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756227053</t>
+          <t>9789756227077</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Anna’yı Seviyor</t>
+          <t>Beyaz Yalanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756227336</t>
+          <t>9789756227626</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Servisi</t>
+          <t>Beter İkizler - İntikam Planı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>35</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756227657</t>
+          <t>9789756227053</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Başkadeniz’e Dönüş</t>
+          <t>Benjamin Anna’yı Seviyor</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>10.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758142828</t>
+          <t>9789756227336</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Alfabe</t>
+          <t>Büyülü Küçük Kitaplar - Büyülü Süpürge Servisi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789756227794</t>
+          <t>9789756227657</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Mumya Olmak İstemiyorum!</t>
+          <t>Başkadeniz’e Dönüş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>185</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054603268</t>
+          <t>9789758142828</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yerde Ağır Gökte Hafif</t>
+          <t>Alfabe</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944717748</t>
+          <t>9789756227794</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Zümrüdüanka</t>
+          <t>Zamanda Gezinen Üç Kafadar - Mumya Olmak İstemiyorum!</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944717717</t>
+          <t>9786054603268</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Dans Eden Pabuçlar</t>
+          <t>Yerde Ağır Gökte Hafif</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944717700</t>
+          <t>9789944717748</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Koku Bombası</t>
+          <t>Taşi ve Zümrüdüanka</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944717731</t>
+          <t>9789944717717</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Baba Yaga</t>
+          <t>Taşi ve Dans Eden Pabuçlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944717724</t>
+          <t>9789944717700</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Devler</t>
+          <t>Taşi ve Koku Bombası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>35</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054603305</t>
+          <t>9789944717731</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yürümek Koşmak Uçmak</t>
+          <t>Taşi ve Baba Yaga</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944717915</t>
+          <t>9789944717724</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Aile</t>
+          <t>Taşi ve Devler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758142316</t>
+          <t>9786054603305</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gökler, Kızarmış Patatesler</t>
+          <t>Yürümek Koşmak Uçmak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789758142323</t>
+          <t>9789944717915</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Kuşkular ve Dinozor Kemikleri</t>
+          <t>Şanslı Aile</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>35</v>
+        <v>325</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756227732</t>
+          <t>9789758142316</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Mırnav Kedi</t>
+          <t>Mavi Gökler, Kızarmış Patatesler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756227367</t>
+          <t>9789758142323</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mini Kayak Tatilinde</t>
+          <t>Minik İzciler - Kuşkular ve Dinozor Kemikleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944717243</t>
+          <t>9789756227732</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Korsan İşbaşında</t>
+          <t>Mini ve Mırnav Kedi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>25</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753632744</t>
+          <t>9789756227367</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gökdelene Giren Bulut</t>
+          <t>Mini Kayak Tatilinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>2.31</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054603770</t>
+          <t>9789944717243</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Tehlikesi Nasıl Savuşturulur</t>
+          <t>Küçük Korsan İşbaşında</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059405294</t>
+          <t>9789753632744</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Kalpli</t>
+          <t>Gökdelene Giren Bulut</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059952729</t>
+          <t>9786054603770</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolmak (Ciltli Özel Baskı)</t>
+          <t>Ejderha Tehlikesi Nasıl Savuşturulur</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059952736</t>
+          <t>9786059405294</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak (Ciltli Özel Baskı)</t>
+          <t>Kocaman Kalpli</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>27.78</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054603527</t>
+          <t>9786059952729</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Batık Şehrin İşareti</t>
+          <t>Haritada Kaybolmak (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054603534</t>
+          <t>9786059952736</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kaya Çıkmazı’ndaki Okul</t>
+          <t>Kraliçeyi Kurtarmak (Ciltli Özel Baskı)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000031650</t>
+          <t>9786054603527</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak / Haritada Kaybolmak (Özel Baskı Kutulu) (Ciltli)</t>
+          <t>Batık Şehrin İşareti</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>46.3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758142132</t>
+          <t>9786054603534</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Andlar'ın Sırrı</t>
+          <t>Kaya Çıkmazı’ndaki Okul</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>6.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059405782</t>
+          <t>3990000031650</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Oyuncağın Sırrı - İnanılmaz Hikaye 2</t>
+          <t>Kraliçeyi Kurtarmak / Haritada Kaybolmak (Özel Baskı Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>215</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059405485</t>
+          <t>9789758142132</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Harika Tarif</t>
+          <t>Andlar'ın Sırrı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>325</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256915442</t>
+          <t>9786059405782</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Leb Demeden Leblebi</t>
+          <t>Oyuncağın Sırrı - İnanılmaz Hikaye 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256915435</t>
+          <t>9786059405485</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Okulum Hakkındaki Gerçek</t>
+          <t>Harika Tarif</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256915428</t>
+          <t>9786256915442</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Çelik</t>
+          <t>Leb Demeden Leblebi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256915411</t>
+          <t>9786256915435</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Findel Gizemi</t>
+          <t>İnanılmaz Okulum Hakkındaki Gerçek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256915398</t>
+          <t>9786256915428</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâr Kapanı</t>
+          <t>Arkadaşım Çelik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256915404</t>
+          <t>9786256915411</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Derin Uykular Tatlı Rüyalar</t>
+          <t>Findel Gizemi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256915374</t>
+          <t>9786256915398</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ba’nın Olağanüstü Kitabevi</t>
+          <t>Rüzgâr Kapanı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256915381</t>
+          <t>9786256915404</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bülbüllerin Şarkı Söylediği Yer</t>
+          <t>Derin Uykular Tatlı Rüyalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057797209</t>
+          <t>9786256915374</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Asılı Dağ’ın Kahini</t>
+          <t>Ba’nın Olağanüstü Kitabevi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256915367</t>
+          <t>9786256915381</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İçli Bir Çubuk Kraker</t>
+          <t>Bülbüllerin Şarkı Söylediği Yer</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256915350</t>
+          <t>9786057797209</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dertsiz Şehri’nde Tuhaf Olaylar</t>
+          <t>Asılı Dağ’ın Kahini</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256915343</t>
+          <t>9786256915367</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçe</t>
+          <t>İçli Bir Çubuk Kraker</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256915336</t>
+          <t>9786256915350</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin Kalbi</t>
+          <t>Dertsiz Şehri’nde Tuhaf Olaylar</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059405539</t>
+          <t>9786256915343</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenler Kulübü</t>
+          <t>Son Bahçe</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054603121</t>
+          <t>9786256915336</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimm Benim</t>
+          <t>Hikayenin Kalbi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944717595</t>
+          <t>9786059405539</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Delidolu Arkadaşım</t>
+          <t>Kaybedenler Kulübü</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944717441</t>
+          <t>9786054603121</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Vay Vay Samuray!</t>
+          <t>Kardeşimm Benim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057797049</t>
+          <t>9789944717595</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Okula Gelirken Çok Komik Şeyler Oldu</t>
+          <t>Delidolu Arkadaşım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059405973</t>
+          <t>9789944717441</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne İstersen</t>
+          <t>Zamanda Gezinen Üç Kafadar - Vay Vay Samuray!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057797063</t>
+          <t>9786057797049</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Keki</t>
+          <t>Okula Gelirken Çok Komik Şeyler Oldu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256915329</t>
+          <t>9786059405973</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nedir Acaba?</t>
+          <t>Sen Ne İstersen</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256915299</t>
+          <t>9786057797063</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Barış’ın Akıl Almaz Yolculukları</t>
+          <t>Kahkaha Keki</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256915312</t>
+          <t>9786256915329</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Turna Teleği</t>
+          <t>Sevgi Nedir Acaba?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256915305</t>
+          <t>9786256915299</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Oda</t>
+          <t>Barış’ın Akıl Almaz Yolculukları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256915282</t>
+          <t>9786256915312</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Gördüm</t>
+          <t>Turna Teleği</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256915268</t>
+          <t>9786256915305</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Güven ve İhanet</t>
+          <t>Dağınık Oda</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256915251</t>
+          <t>9786256915282</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şut ve Gol!</t>
+          <t>Her Şeyi Gördüm</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256915244</t>
+          <t>9786256915268</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ecmen Takımı</t>
+          <t>Güven ve İhanet</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256915237</t>
+          <t>9786256915251</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Bayırı Çocukları</t>
+          <t>Şut ve Gol!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944717885</t>
+          <t>9786256915244</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumdaki Tiyatro</t>
+          <t>Ecmen Takımı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059952866</t>
+          <t>9786256915237</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yazı</t>
+          <t>Kırlangıç Bayırı Çocukları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059405249</t>
+          <t>9789944717885</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cankurtaran Kibele</t>
+          <t>Akvaryumdaki Tiyatro</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059405232</t>
+          <t>9786059952866</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kaptan</t>
+          <t>Gökkuşağı Yazı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944717373</t>
+          <t>9786059405249</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Konuşmak Yok!</t>
+          <t>Cankurtaran Kibele</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756227930</t>
+          <t>9786059405232</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 4 - Kentte Tek Başına</t>
+          <t>Amazon Kaptan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756227275</t>
+          <t>9789944717373</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Golat Kalesi Tutsağı</t>
+          <t>Konuşmak Yok!</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944717762</t>
+          <t>9789756227930</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Fenerden Taşınan Işık</t>
+          <t>Kanatlı Kediler Masalı 4 - Kentte Tek Başına</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756227442</t>
+          <t>9789756227275</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Çirkinlik - Çıtır Çıtır Felsefe 5</t>
+          <t>Golat Kalesi Tutsağı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>205</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756227282</t>
+          <t>9789944717762</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Dümeni</t>
+          <t>Fenerden Taşınan Işık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756227633</t>
+          <t>9789756227442</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Yıl 2095</t>
+          <t>Güzellik ve Çirkinlik - Çıtır Çıtır Felsefe 5</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>185</v>
+        <v>205</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944717458</t>
+          <t>9789756227282</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Da Vinci Bize Dahi Dedi</t>
+          <t>Arkadaş Dümeni</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944717571</t>
+          <t>9789756227633</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yenisi</t>
+          <t>Zamanda Gezinen Üç Kafadar - Yıl 2095</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054603169</t>
+          <t>9789944717458</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Satılan Gülüş</t>
+          <t>Zamanda Gezinen Üç Kafadar - Da Vinci Bize Dahi Dedi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054603312</t>
+          <t>9789944717571</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Saklı Miras</t>
+          <t>Sınıfın Yenisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758142309</t>
+          <t>9786054603169</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Havuz Partisi</t>
+          <t>Satılan Gülüş</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059952187</t>
+          <t>9786054603312</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Piranalarla Yüzen Çocuk</t>
+          <t>Saklı Miras</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057797124</t>
+          <t>9789758142309</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ev Değil Çarşamba Pazarı</t>
+          <t>Minik İzciler - Havuz Partisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756227619</t>
+          <t>9786059952187</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Annen Mağara Kadını Olmuş!</t>
+          <t>Piranalarla Yüzen Çocuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057797384</t>
+          <t>9786057797124</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Kuş</t>
+          <t>Ev Değil Çarşamba Pazarı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059405577</t>
+          <t>9789756227619</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çiko'nun Seçimi</t>
+          <t>Zamanda Gezinen Üç Kafadar - Annen Mağara Kadını Olmuş!</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256915220</t>
+          <t>9786057797384</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Günlerden Bir Gün</t>
+          <t>Tuhaf Kuş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256915206</t>
+          <t>9786059405577</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uyku Şehir</t>
+          <t>Çiko'nun Seçimi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256915190</t>
+          <t>9786256915220</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Tembelliği</t>
+          <t>Günlerden Bir Gün</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256915183</t>
+          <t>9786256915206</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Müzede Çok Komik Şeyler Oldu</t>
+          <t>Uyku Şehir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256915138</t>
+          <t>9786256915190</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Volkandan Kaçmak</t>
+          <t>Yıldızların Tembelliği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256915091</t>
+          <t>9786256915183</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamak İçin Güzel Bir Gün</t>
+          <t>Müzede Çok Komik Şeyler Oldu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256915152</t>
+          <t>9786256915138</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ne Gündü Ama!</t>
+          <t>Volkandan Kaçmak</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256915121</t>
+          <t>9786256915091</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bennane'nin Uçan Koltuğu</t>
+          <t>Hatırlamak İçin Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256915145</t>
+          <t>9786256915152</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yaşında Bir Çınar</t>
+          <t>Ne Gündü Ama!</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256915114</t>
+          <t>9786256915121</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Uzak Dünyalar</t>
+          <t>Bennane'nin Uçan Koltuğu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256915084</t>
+          <t>9786256915145</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>AşrıOrman</t>
+          <t>Yüz Yaşında Bir Çınar</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256915077</t>
+          <t>9786256915114</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Yaz Tatilim Hakkındaki Gerçek</t>
+          <t>Uzak Dünyalar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256915046</t>
+          <t>9786256915084</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflar Kulübü</t>
+          <t>AşrıOrman</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256915060</t>
+          <t>9786256915077</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ceplerine Çiçek Dolduran Çocuk</t>
+          <t>İnanılmaz Yaz Tatilim Hakkındaki Gerçek</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256915039</t>
+          <t>9786256915046</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yeni Gelen</t>
+          <t>Tuhaflar Kulübü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256915015</t>
+          <t>9786256915060</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fakirdağ</t>
+          <t>Ceplerine Çiçek Dolduran Çocuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057797889</t>
+          <t>9786256915039</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Deli Nehir</t>
+          <t>Yeni Gelen</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057797995</t>
+          <t>9786256915015</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mayısın Üçüncü Haftası</t>
+          <t>Fakirdağ</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057797582</t>
+          <t>9786057797889</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Deli Nehir</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057797988</t>
+          <t>9786057797995</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bas Pedala Luna</t>
+          <t>Mayısın Üçüncü Haftası</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057797971</t>
+          <t>9786057797582</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Bir Uzaylı Macerası - Halfeti</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057797957</t>
+          <t>9786057797988</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sanatçılar ve Dünya</t>
+          <t>Bas Pedala Luna</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057797926</t>
+          <t>9786057797971</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Berberdeki Papağan</t>
+          <t>Tüylü Bir Uzaylı Macerası - Halfeti</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057797865</t>
+          <t>9786057797957</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntıdan Patlayan Kasaba</t>
+          <t>Sanatçılar ve Dünya</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057797896</t>
+          <t>9786057797926</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Akasyalı Meydanın Çocukları</t>
+          <t>Berberdeki Papağan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057797872</t>
+          <t>9786057797865</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şu Benim Mavi Babam</t>
+          <t>Sıkıntıdan Patlayan Kasaba</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057797834</t>
+          <t>9786057797896</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe’nin Maceraları</t>
+          <t>Akasyalı Meydanın Çocukları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057797841</t>
+          <t>9786057797872</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Babaannem, Kurbağalar ve Hayat</t>
+          <t>Şu Benim Mavi Babam</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057797100</t>
+          <t>9786057797834</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuzeyde Bir Yaz</t>
+          <t>Kraliçe’nin Maceraları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057797728</t>
+          <t>9786057797841</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mavi 55</t>
+          <t>Babaannem, Kurbağalar ve Hayat</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057797759</t>
+          <t>9786057797100</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Bir Uzaylı Macerası</t>
+          <t>Kuzeyde Bir Yaz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057797735</t>
+          <t>9786057797728</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Pusula</t>
+          <t>Mavi 55</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057797742</t>
+          <t>9786057797759</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Süper Güçler Kitabı</t>
+          <t>Tüylü Bir Uzaylı Macerası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057797698</t>
+          <t>9786057797735</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım İçin</t>
+          <t>Bozuk Pusula</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057797704</t>
+          <t>9786057797742</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Ucube</t>
+          <t>Süper Güçler Kitabı</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057797681</t>
+          <t>9786057797698</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşağistanbul</t>
+          <t>Arkadaşım İçin</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057797575</t>
+          <t>9786057797704</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Karga Feramuz’un Aşkı</t>
+          <t>Sevgili Ucube</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059405645</t>
+          <t>9786057797681</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Futbol Hikayesi</t>
+          <t>Aşağistanbul</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059405652</t>
+          <t>9786057797575</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Köpek Hikayesi</t>
+          <t>Karga Feramuz’un Aşkı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059405836</t>
+          <t>9786059405645</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler!</t>
+          <t>Franz ve Futbol Hikayesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059405744</t>
+          <t>9786059405652</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kız Volante</t>
+          <t>Franz ve Köpek Hikayesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059405867</t>
+          <t>9786059405836</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Günler</t>
+          <t>Kardeşler!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059405355</t>
+          <t>9786059405744</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bulutlara Şiir Yazan Çocuk</t>
+          <t>Uçan Kız Volante</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059405317</t>
+          <t>9786059405867</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anlaşmak ve Anlaşamamak - Çıtır Çıtır Felsefe 30</t>
+          <t>Neşeli Günler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059405195</t>
+          <t>9786059405355</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Havaya Bak</t>
+          <t>Bulutlara Şiir Yazan Çocuk</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059952552</t>
+          <t>9786059405317</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Makineler ve İnsanlar - Çıtır Çıtır Felsefe 28</t>
+          <t>Anlaşmak ve Anlaşamamak - Çıtır Çıtır Felsefe 30</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059952170</t>
+          <t>9786059405195</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bana Sesini Bırak</t>
+          <t>Havaya Bak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054603954</t>
+          <t>9786059952552</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kömür Karası Çocuk</t>
+          <t>Makineler ve İnsanlar - Çıtır Çıtır Felsefe 28</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059952002</t>
+          <t>9786059952170</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bilyeler</t>
+          <t>Bana Sesini Bırak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054603947</t>
+          <t>9786054603954</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Postayla Gelen Deniz Kabuğu</t>
+          <t>Kömür Karası Çocuk</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054603848</t>
+          <t>9786059952002</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>On Numara Çocuklar</t>
+          <t>Bilyeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944717182</t>
+          <t>9786054603947</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aklından Düşünceler Geçen Çocuk</t>
+          <t>Postayla Gelen Deniz Kabuğu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054603299</t>
+          <t>9786054603848</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtaki Ev</t>
+          <t>On Numara Çocuklar</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944717144</t>
+          <t>9789944717182</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubur Peşinde - Balonlu Sakız Ağacı</t>
+          <t>Aklından Düşünceler Geçen Çocuk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>165</v>
+        <v>185</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756227084</t>
+          <t>9786054603299</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>5 Çocuk 5 İstanbul</t>
+          <t>Ağaçtaki Ev</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758142958</t>
+          <t>9789944717144</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>35 Kilo Tembel Teneke</t>
+          <t>Abur Cubur Peşinde - Balonlu Sakız Ağacı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944717212</t>
+          <t>9789756227084</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Patlamış Mısır Korsanları</t>
+          <t>5 Çocuk 5 İstanbul</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944717229</t>
+          <t>9789758142958</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çubuk Makarna Düğümü</t>
+          <t>35 Kilo Tembel Teneke</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059952163</t>
+          <t>9789944717212</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Olmak ve Sahip Olmak - Çıtır Çıtır Felsefe 27</t>
+          <t>Patlamış Mısır Korsanları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059952019</t>
+          <t>9789944717229</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dört Kozalak</t>
+          <t>Çubuk Makarna Düğümü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054603619</t>
+          <t>9786059952163</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Ç Harfi Kardeşliği</t>
+          <t>Olmak ve Sahip Olmak - Çıtır Çıtır Felsefe 27</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059405102</t>
+          <t>9786059952019</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hayat Pastanesi</t>
+          <t>Dört Kozalak</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059952965</t>
+          <t>9786054603619</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki Gezegen</t>
+          <t>Yaşasın Ç Harfi Kardeşliği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059952798</t>
+          <t>9786059405102</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşları</t>
+          <t>Hayat Pastanesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057797421</t>
+          <t>9786059952965</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Yakalanmak</t>
+          <t>Çatıdaki Gezegen</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059952859</t>
+          <t>9786059952798</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Yolu</t>
+          <t>Gece Uçuşları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059405348</t>
+          <t>9786057797421</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Berk Operacı Oldu</t>
+          <t>Karanlığa Yakalanmak</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059405263</t>
+          <t>9786059952859</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikaye Yaz İçinde İnsan Olsun</t>
+          <t>Sırlar Yolu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059405072</t>
+          <t>9786059405348</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bitlerimi Geri Verin</t>
+          <t>Berk Operacı Oldu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059952347</t>
+          <t>9786059405263</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Düşler Sirki</t>
+          <t>Bir Hikaye Yaz İçinde İnsan Olsun</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059952606</t>
+          <t>9786059405072</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Darmadağın</t>
+          <t>Bitlerimi Geri Verin</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059405553</t>
+          <t>9786059952347</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>100 Şatolu Çocuk</t>
+          <t>Düşler Sirki</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059405522</t>
+          <t>9786059952606</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Taşkafa</t>
+          <t>Darmadağın</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059405416</t>
+          <t>9786059405553</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yüksek Kitap Dağı</t>
+          <t>100 Şatolu Çocuk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059405324</t>
+          <t>9786059405522</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Daralan</t>
+          <t>Taşkafa</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059405041</t>
+          <t>9786059405416</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ailede Grev Var</t>
+          <t>Dünyanın En Yüksek Kitap Dağı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059405737</t>
+          <t>9786059405324</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yanlış Anlayan Kedi</t>
+          <t>Daralan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059405546</t>
+          <t>9786059405041</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Gökçe'nin Yolu</t>
+          <t>Ailede Grev Var</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059405331</t>
+          <t>9786059405737</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Annemle Uzayda</t>
+          <t>Her Şeyi Yanlış Anlayan Kedi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059405362</t>
+          <t>9786059405546</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Babam Şiir Yazıyor!</t>
+          <t>Gökçe'nin Yolu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059405287</t>
+          <t>9786059405331</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Duvarda 3 Hafta</t>
+          <t>Annemle Uzayda</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059405225</t>
+          <t>9786059405362</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Gıcır</t>
+          <t>Eyvah, Babam Şiir Yazıyor!</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059405218</t>
+          <t>9786059405287</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yasemin ve Lavanta</t>
+          <t>Duvarda 3 Hafta</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059405508</t>
+          <t>9786059405225</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ada ve Adam</t>
+          <t>Çizmeli Gıcır</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059952774</t>
+          <t>9786059405218</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bebek Annem</t>
+          <t>Yasemin ve Lavanta</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059952286</t>
+          <t>9786059405508</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sustu Dağ Konuştu</t>
+          <t>Ada ve Adam</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059952040</t>
+          <t>9786059952774</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Devin Şarkısı</t>
+          <t>Bebek Annem</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059952972</t>
+          <t>9786059952286</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uykusunu Arayan Çocuk</t>
+          <t>Dağ Sustu Dağ Konuştu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059952323</t>
+          <t>9786059952040</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seke Seke Uçtu Öyküler</t>
+          <t>Devin Şarkısı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>205</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054603978</t>
+          <t>9786059952972</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Olan ve Olmayan - Çıtır Çıtır Felsefe 26</t>
+          <t>Uykusunu Arayan Çocuk</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059405300</t>
+          <t>9786059952323</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bulut Delisi</t>
+          <t>Seke Seke Uçtu Öyküler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756227060</t>
+          <t>9786054603978</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Şeroks</t>
+          <t>Ahlaki Olan ve Olmayan - Çıtır Çıtır Felsefe 26</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054603008</t>
+          <t>9786059405300</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Küçücek</t>
+          <t>Bulut Delisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944717908</t>
+          <t>9789756227060</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kuuzu ve Lunapark Ailesi</t>
+          <t>Küçük Cadı Şeroks</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059952767</t>
+          <t>9786054603008</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kraliçeyi Kurtarmak</t>
+          <t>Küçücek</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>325</v>
+        <v>155</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944717250</t>
+          <t>9789944717908</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kralın Elçisi</t>
+          <t>Kuuzu ve Lunapark Ailesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756227947</t>
+          <t>9786059952767</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Kuki</t>
+          <t>Kraliçeyi Kurtarmak</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789758142903</t>
+          <t>9789944717250</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Konuk Değil Baş Belası</t>
+          <t>Kralın Elçisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758142859</t>
+          <t>9789756227947</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Konrad ya da Konserve Kutusundan Çıkan Çocuk</t>
+          <t>Köstebek Kuki</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756227817</t>
+          <t>9789758142903</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kolaysa Ağlama</t>
+          <t>Konuk Değil Baş Belası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756227756</t>
+          <t>9789758142859</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kim Takar Salatalık Kral’ı</t>
+          <t>Konrad ya da Konserve Kutusundan Çıkan Çocuk</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944717809</t>
+          <t>9789756227817</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kısa Pantolonlu Sevda</t>
+          <t>Kolaysa Ağlama</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756227503</t>
+          <t>9789756227756</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Keskin Naneli Öyküler</t>
+          <t>Kim Takar Salatalık Kral’ı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756227220</t>
+          <t>9789944717809</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aslan Sanan Şola</t>
+          <t>Kısa Pantolonlu Sevda</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756227978</t>
+          <t>9789756227503</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Keleş Osman</t>
+          <t>Keskin Naneli Öyküler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944717137</t>
+          <t>9789756227220</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Kaybolma Mevsimi</t>
+          <t>Kendini Aslan Sanan Şola</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944717779</t>
+          <t>9789756227978</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyacı</t>
+          <t>Keleş Osman</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944717199</t>
+          <t>9789944717137</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Katuna’da Dokuz Ay</t>
+          <t>Kedilerin Kaybolma Mevsimi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944717021</t>
+          <t>9789944717779</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karne Oyunu</t>
+          <t>Kayıp Rüyacı</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054603022</t>
+          <t>9789944717199</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Kitabı</t>
+          <t>Katuna’da Dokuz Ay</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756227879</t>
+          <t>9789944717021</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü 2 / Partinin Gözbebeği</t>
+          <t>Karne Oyunu</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756227893</t>
+          <t>9786054603022</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü Kayboldu</t>
+          <t>Karikatür Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>525</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756227886</t>
+          <t>9789756227879</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü ile Tatil Maceraları</t>
+          <t>Karaböcü 2 / Partinin Gözbebeği</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756227862</t>
+          <t>9789756227893</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Karaböcü - Karaböcü Hoş Geldi</t>
+          <t>Karaböcü - Karaböcü Kayboldu</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944717007</t>
+          <t>9789756227886</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Kraliçe</t>
+          <t>Karaböcü - Karaböcü ile Tatil Maceraları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756227916</t>
+          <t>9789756227862</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 2 - Yuvaya Dönüş</t>
+          <t>Karaböcü - Karaböcü Hoş Geldi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756227923</t>
+          <t>9789944717007</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 3 - Yeni Arkadaş</t>
+          <t>Kaplan Kraliçe</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756227909</t>
+          <t>9789756227916</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kediler Masalı 1 - Dört Yavru</t>
+          <t>Kanatlı Kediler Masalı 2 - Yuvaya Dönüş</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756227565</t>
+          <t>9789756227923</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Uçakla Gizli Gizli Macera</t>
+          <t>Kanatlı Kediler Masalı 3 - Yeni Arkadaş</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756227206</t>
+          <t>9789756227909</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İşte Şimdi Hapı Yuttum!</t>
+          <t>Kanatlı Kediler Masalı 1 - Dört Yavru</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944717564</t>
+          <t>9789756227565</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Çalıyorlar! - Ömer Hepçözer Dedektiflik Bürosu 1</t>
+          <t>Kağıt Uçakla Gizli Gizli Macera</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789758142866</t>
+          <t>9789756227206</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Masalı</t>
+          <t>İşte Şimdi Hapı Yuttum!</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>525</v>
+        <v>325</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789758142934</t>
+          <t>9789944717564</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Ülkeler</t>
+          <t>İstanbul’u Çalıyorlar! - Ömer Hepçözer Dedektiflik Bürosu 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758142811</t>
+          <t>9789758142866</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Uçaklar</t>
+          <t>İstanbul Masalı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>525</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789758142521</t>
+          <t>9789758142934</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Türü Tükenen Hayvanlar</t>
+          <t>İlk Kitabını Kendin Boya - Ülkeler</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756227015</t>
+          <t>9789758142811</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Küçük Kara Koyun</t>
+          <t>İlk Kitabını Kendin Boya - Uçaklar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789758142668</t>
+          <t>9789758142521</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Gemiler</t>
+          <t>İlk Kitabını Kendin Boya - Türü Tükenen Hayvanlar</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756227114</t>
+          <t>9789756227015</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Evler</t>
+          <t>İlk Kitabını Kendin Boya - Küçük Kara Koyun</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789758142675</t>
+          <t>9789758142668</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitabını Kendin Boya - Alara’nın Bir Günü</t>
+          <t>İlk Kitabını Kendin Boya - Gemiler</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054603213</t>
+          <t>9789756227114</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Üzümüm</t>
+          <t>İlk Kitabını Kendin Boya - Evler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054603220</t>
+          <t>9789758142675</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hödük, Güdük, Bir De Bıdık, Rap Rap Rap!</t>
+          <t>İlk Kitabını Kendin Boya - Alara’nın Bir Günü</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054603275</t>
+          <t>9786054603213</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hiç Adil Değil!</t>
+          <t>İki Gözüm Üzümüm</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756227138</t>
+          <t>9786054603220</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Tosbi</t>
+          <t>Hödük, Güdük, Bir De Bıdık, Rap Rap Rap!</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944717854</t>
+          <t>9786054603275</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hazırlıksız</t>
+          <t>Hiç Adil Değil!</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789756227213</t>
+          <t>9789756227138</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hayaletli Gölün Çocukları</t>
+          <t>Hızlı Tosbi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944717397</t>
+          <t>9789944717854</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Havva ile Kaplumbağa</t>
+          <t>Hazırlıksız</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059952750</t>
+          <t>9789756227213</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Haritada Kaybolmak</t>
+          <t>Hayaletli Gölün Çocukları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758142071</t>
+          <t>9789944717397</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Haremağasının Sırrı</t>
+          <t>Havva ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944717236</t>
+          <t>9786059952750</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Halka Çörek Zinciri</t>
+          <t>Haritada Kaybolmak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756227008</t>
+          <t>9789758142071</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hadi Ama Baba!</t>
+          <t>Haremağasının Sırrı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789758142552</t>
+          <t>9789944717236</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Güzelce’de Bir Kaçak, Memo</t>
+          <t>Halka Çörek Zinciri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944717014</t>
+          <t>9789756227008</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Bile Tamir Eden Adam</t>
+          <t>Hadi Ama Baba!</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789758142354</t>
+          <t>9789758142552</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gül Sokağı’nın Dikenleri</t>
+          <t>Güzelce’de Bir Kaçak, Memo</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756227961</t>
+          <t>9789944717014</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gizli Formül Hangi Zarfta!</t>
+          <t>Güneşi Bile Tamir Eden Adam</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054603398</t>
+          <t>9789758142354</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Günler</t>
+          <t>Gül Sokağı’nın Dikenleri</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054603282</t>
+          <t>9789756227961</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gevrekçiii</t>
+          <t>Gizli Formül Hangi Zarfta!</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756227190</t>
+          <t>9786054603398</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Görme Ortaklığı</t>
+          <t>Gizemli Günler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054603251</t>
+          <t>9786054603282</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Tırmanan Merdiven</t>
+          <t>Gevrekçiii</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944717793</t>
+          <t>9789756227190</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gece Güneşi</t>
+          <t>Geleceği Görme Ortaklığı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789756227046</t>
+          <t>9786054603251</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Garajdaki Giz</t>
+          <t>Geçmişe Tırmanan Merdiven</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944717656</t>
+          <t>9789944717793</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Galata’nın Tembel Martısı</t>
+          <t>Gece Güneşi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756227640</t>
+          <t>9789756227046</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kitap!</t>
+          <t>Garajdaki Giz</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789758142545</t>
+          <t>9789944717656</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Eylül’de Aşklar</t>
+          <t>Galata’nın Tembel Martısı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944717601</t>
+          <t>9789756227640</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Uzakta</t>
+          <t>Eyvah Kitap!</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944717311</t>
+          <t>9789758142545</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Komşu Geri Dönüyor</t>
+          <t>Eylül’de Aşklar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944717304</t>
+          <t>9789944717601</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Komşu</t>
+          <t>Evde ve Uzakta</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789758142927</t>
+          <t>9789944717311</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ege Kıyılarından Eski Zaman Masalları</t>
+          <t>Esrarengiz Komşu Geri Dönüyor</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789758142514</t>
+          <t>9789944717304</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dünya Büyülü Bir Yer</t>
+          <t>Esrarengiz Komşu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944717991</t>
+          <t>9789758142927</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dur Bakalım Petek</t>
+          <t>Ege Kıyılarından Eski Zaman Masalları</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789756227824</t>
+          <t>9789758142514</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Kırılacak Eşya</t>
+          <t>Dünya Büyülü Bir Yer</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944717892</t>
+          <t>9789944717991</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Deniz Olsun Adı</t>
+          <t>Dur Bakalım Petek</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054603459</t>
+          <t>9789756227824</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Defne’yi Beklerken</t>
+          <t>Dikkat! Kırılacak Eşya</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944717670</t>
+          <t>9789944717892</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Kiraz Ağacı</t>
+          <t>Deniz Olsun Adı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054603473</t>
+          <t>9786054603459</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dayım Balon Olmuş...</t>
+          <t>Defne’yi Beklerken</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944717632</t>
+          <t>9789944717670</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Zaman Çok ve Zaman Yok - Çıtır Çıtır Felsefe 19</t>
+          <t>Dedem Bir Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>205</v>
+        <v>325</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944717335</t>
+          <t>9786054603473</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm - Çıtır Çıtır Felsefe 17</t>
+          <t>Dayım Balon Olmuş...</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054603244</t>
+          <t>9789944717632</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Şiddetsizlik - Çıtır Çıtır Felsefe 22</t>
+          <t>Zaman Çok ve Zaman Yok - Çıtır Çıtır Felsefe 19</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944717861</t>
+          <t>9789944717335</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Sessizlik - Çıtır Çıtır Felsefe 20</t>
+          <t>Yaşam ve Ölüm - Çıtır Çıtır Felsefe 17</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789756227497</t>
+          <t>9786054603244</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış - Çıtır Çıtır Felsefe 7</t>
+          <t>Şiddet ve Şiddetsizlik - Çıtır Çıtır Felsefe 22</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756227473</t>
+          <t>9789944717861</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olan ve Olmayan - Çıtır Çıtır Felsefe 9</t>
+          <t>Söz ve Sessizlik - Çıtır Çıtır Felsefe 20</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944717045</t>
+          <t>9789756227497</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Mutsuzluk - Çıtır Çıtır Felsefe 12</t>
+          <t>Savaş ve Barış - Çıtır Çıtır Felsefe 7</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944717106</t>
+          <t>9789756227473</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Liderler ve Diğerleri - Çıtır Çıtır Felsefe 13</t>
+          <t>Özgür Olan ve Olmayan - Çıtır Çıtır Felsefe 9</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756227480</t>
+          <t>9789944717045</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İş ve Para - Çıtır Çıtır Felsefe 8</t>
+          <t>Mutluluk ve Mutsuzluk - Çıtır Çıtır Felsefe 12</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789756227435</t>
+          <t>9789944717106</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten ve Yalancıktan - Çıtır Çıtır Felsefe 3</t>
+          <t>Liderler ve Diğerleri - Çıtır Çıtır Felsefe 13</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756227459</t>
+          <t>9789756227480</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Kirlilik - Çıtır Çıtır Felsefe 10</t>
+          <t>İş ve Para - Çıtır Çıtır Felsefe 8</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789756227466</t>
+          <t>9789756227435</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerimiz ve Bilmediklerimiz - Çıtır Çıtır Felsefe 6</t>
+          <t>Gerçekten ve Yalancıktan - Çıtır Çıtır Felsefe 3</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944717151</t>
+          <t>9789756227459</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Başarısızlık - Çıtır Çıtır Felsefe 14</t>
+          <t>Doğa ve Kirlilik - Çıtır Çıtır Felsefe 10</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789756227404</t>
+          <t>9789756227466</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Haksızlık - Çıtır Çıtır Felsefe 2</t>
+          <t>Bildiklerimiz ve Bilmediklerimiz - Çıtır Çıtır Felsefe 6</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758142996</t>
+          <t>9789944717151</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Babam</t>
+          <t>Başarı ve Başarısızlık - Çıtır Çıtır Felsefe 14</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944717380</t>
+          <t>9789756227404</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Başkaları - Çıtır Çıtır Felsefe 16</t>
+          <t>Adalet ve Haksızlık - Çıtır Çıtır Felsefe 2</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756227848</t>
+          <t>9789758142996</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çevreci Olmak Zorunda Mıyım?</t>
+          <t>Çılgın Babam</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756227763</t>
+          <t>9789944717380</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzak</t>
+          <t>Ben ve Başkaları - Çıtır Çıtır Felsefe 16</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054603145</t>
+          <t>9789756227848</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Buzdolabındaki Köpek</t>
+          <t>Çevreci Olmak Zorunda Mıyım?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756227992</t>
+          <t>9789756227763</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bunun Adı Findel</t>
+          <t>Büyük Tuzak</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944717694</t>
+          <t>9786054603145</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bugün Adım Kaktüs Benim</t>
+          <t>Buzdolabındaki Köpek</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944717922</t>
+          <t>9789756227992</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Boğa Güreşçisi</t>
+          <t>Bunun Adı Findel</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944717786</t>
+          <t>9789944717694</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Yitiren Kral</t>
+          <t>Bugün Adım Kaktüs Benim</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756227169</t>
+          <t>9789944717922</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Turist Kapanı</t>
+          <t>Boğa Güreşçisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054603497</t>
+          <t>9789944717786</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Sirkin Cambazı</t>
+          <t>Gücünü Yitiren Kral</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756227305</t>
+          <t>9789756227169</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Kasabanın Altında</t>
+          <t>Beter İkizler - Turist Kapanı</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944717359</t>
+          <t>9786054603497</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Haklar ve Ödevler - Çıtır Çıtır Felsefe 15</t>
+          <t>Beter İkizler - Sirkin Cambazı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756227145</t>
+          <t>9789756227305</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Beter İkizler - Acayip Yaratıklar</t>
+          <t>Beter İkizler - Kasabanın Altında</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944717090</t>
+          <t>9789944717359</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Berber Pire Tellal Deve</t>
+          <t>Haklar ve Ödevler - Çıtır Çıtır Felsefe 15</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758142224</t>
+          <t>9789756227145</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ben, Çınar Ağacı ve Pufböreği</t>
+          <t>Beter İkizler - Acayip Yaratıklar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054603237</t>
+          <t>9789944717090</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Baykuş Yemini</t>
+          <t>Berber Pire Tellal Deve</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756227800</t>
+          <t>9789758142224</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bataklığın Kıyısındaki Ev</t>
+          <t>Ben, Çınar Ağacı ve Pufböreği</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756227091</t>
+          <t>9786054603237</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ballı Çörek Kafeteryası</t>
+          <t>Baykuş Yemini</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756227718</t>
+          <t>9789756227800</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Bataklığın Kıyısındaki Ev</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944717175</t>
+          <t>9789756227091</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Babam Nereye Gitti?</t>
+          <t>Ballı Çörek Kafeteryası</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944717816</t>
+          <t>9789756227718</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Tırmanan Çocuk</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944717052</t>
+          <t>9789944717175</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ay Denizle Buluşunca</t>
+          <t>Babam Nereye Gitti?</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944717540</t>
+          <t>9789944717816</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Attım Kapağı Yurtdışına</t>
+          <t>Ay’a Tırmanan Çocuk</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789756227022</t>
+          <t>9789944717052</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Aslı Pazarı Bekliyor</t>
+          <t>Ay Denizle Buluşunca</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944717472</t>
+          <t>9789944717540</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Arkana Bakma</t>
+          <t>Attım Kapağı Yurtdışına</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789756227831</t>
+          <t>9789756227022</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ay’ı Boyamak</t>
+          <t>Aslı Pazarı Bekliyor</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944717618</t>
+          <t>9789944717472</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Arda’nın Derdi Ne?</t>
+          <t>Arkana Bakma</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944717663</t>
+          <t>9789756227831</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Anneme Bir Ev Alacağım</t>
+          <t>Ay’ı Boyamak</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944717465</t>
+          <t>9789944717618</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ankaralı</t>
+          <t>Arda’nın Derdi Ne?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944717625</t>
+          <t>9789944717663</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Amcama Neler Oluyor?</t>
+          <t>Anneme Bir Ev Alacağım</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789758142507</t>
+          <t>9789944717465</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>6 Yıl Tam Pansiyon</t>
+          <t>Ankaralı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944717649</t>
+          <t>9789944717625</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Alevler Arasında</t>
+          <t>Amcama Neler Oluyor?</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944717434</t>
+          <t>9789758142507</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Alev Saçlı Çocuk</t>
+          <t>6 Yıl Tam Pansiyon</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944717069</t>
+          <t>9789944717649</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Geveze Su Boruları</t>
+          <t>Alevler Arasında</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789756227152</t>
+          <t>9789944717434</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ala Çocuk Yollarda</t>
+          <t>Alev Saçlı Çocuk</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054603176</t>
+          <t>9789944717069</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aydede Her Yerde</t>
+          <t>Alaaddin’in Geveze Su Boruları</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054603695</t>
+          <t>9789756227152</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kahramanlar</t>
+          <t>Ala Çocuk Yollarda</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054603558</t>
+          <t>9786054603176</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Elden Düşme</t>
+          <t>Aydede Her Yerde</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054603701</t>
+          <t>9786054603695</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Curcuna Evi</t>
+          <t>Kaçak Kahramanlar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054603572</t>
+          <t>9786054603558</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Lataşiba - İki Kentin Arasında</t>
+          <t>Elden Düşme</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758142644</t>
+          <t>9786054603701</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Zor Sevgiler</t>
+          <t>Curcuna Evi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756227596</t>
+          <t>9786054603572</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Gezinen Üç Kafadar - Ne Halin Varsa Gör Gladyatör</t>
+          <t>Lataşiba - İki Kentin Arasında</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758142699</t>
+          <t>9789758142644</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızı</t>
+          <t>Zor Sevgiler</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944717113</t>
+          <t>9789756227596</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Tansiyonlu Çınar Ağacı</t>
+          <t>Zamanda Gezinen Üç Kafadar - Ne Halin Varsa Gör Gladyatör</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054603114</t>
+          <t>9789758142699</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler Ejderhalardan Neden Korkar?</t>
+          <t>Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944717489</t>
+          <t>9789944717113</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tatil</t>
+          <t>Yüksek Tansiyonlu Çınar Ağacı</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944717830</t>
+          <t>9786054603114</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yandım Ali</t>
+          <t>Yetişkinler Ejderhalardan Neden Korkar?</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944717502</t>
+          <t>9789944717489</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Şahit</t>
+          <t>Yeşil Tatil</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944717281</t>
+          <t>9789944717830</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Vapurları Seven Çocuk</t>
+          <t>Yandım Ali</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789756227183</t>
+          <t>9789944717502</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Üstüme Kar Yağıyor</t>
+          <t>Yalancı Şahit</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944717588</t>
+          <t>9789944717281</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Yatılı Okul</t>
+          <t>Vapurları Seven Çocuk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756227770</t>
+          <t>9789756227183</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Uçuçböceği Bon Bon</t>
+          <t>Üstüme Kar Yağıyor</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944717403</t>
+          <t>9789944717588</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Uçan Salı</t>
+          <t>Uzayda Bir Yatılı Okul</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944717267</t>
+          <t>9789756227770</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Troya Masalı</t>
+          <t>Uçuçböceği Bon Bon</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758142330</t>
+          <t>9789944717403</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Troia Surlarının Ardında</t>
+          <t>Uçan Salı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054603374</t>
+          <t>9789944717267</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bizim Tombiş Taştan Hiç Anlamıyor</t>
+          <t>Troya Masalı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944717977</t>
+          <t>9789758142330</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Benim Bir Karışım</t>
+          <t>Troia Surlarının Ardında</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944717687</t>
+          <t>9786054603374</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tek mi? Çift mi?</t>
+          <t>Bizim Tombiş Taştan Hiç Anlamıyor</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789758142910</t>
+          <t>9789944717977</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeye 3 Yolculuk</t>
+          <t>Benim Bir Karışım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789756227855</t>
+          <t>9789944717687</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tavan Arasına Yolculuk</t>
+          <t>Tek mi? Çift mi?</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944717755</t>
+          <t>9789758142910</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Taşi ve Kral Mezarı</t>
+          <t>Tehlikeye 3 Yolculuk</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944717410</t>
+          <t>9789756227855</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şimugula</t>
+          <t>Tavan Arasına Yolculuk</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789756227107</t>
+          <t>9789944717755</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Susi’nin ve Paul’ün Gizli Günlükleri</t>
+          <t>Taşi ve Kral Mezarı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944717083</t>
+          <t>9789944717410</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Tek Başına</t>
+          <t>Şimugula</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944717557</t>
+          <t>9789756227107</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Soğuktan Korkmayan Tek Kuş</t>
+          <t>Susi’nin ve Paul’ün Gizli Günlükleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944717076</t>
+          <t>9789944717083</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sivrisinek</t>
+          <t>Sokakta Tek Başına</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054603466</t>
+          <t>9789944717557</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Çocuk</t>
+          <t>Soğuktan Korkmayan Tek Kuş</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944717168</t>
+          <t>9789944717076</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yürek</t>
+          <t>Sivrisinek</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789756227954</t>
+          <t>9786054603466</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sen Islık Çalmayı Bilir Misin?</t>
+          <t>Sıradan Bir Çocuk</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944717366</t>
+          <t>9789944717168</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Saklıköy’ün Kuşçusu</t>
+          <t>Sessiz Yürek</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944717328</t>
+          <t>9789756227954</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Cengaver</t>
+          <t>Sen Islık Çalmayı Bilir Misin?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944717298</t>
+          <t>9789944717366</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Perşembeleri Çok Severim</t>
+          <t>Saklıköy’ün Kuşçusu</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756227695</t>
+          <t>9789944717328</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Patenli Kız</t>
+          <t>Şaşkın Cengaver</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758142798</t>
+          <t>9789944717298</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Pat Pat Papatya</t>
+          <t>Perşembeleri Çok Severim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944717519</t>
+          <t>9789756227695</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Pat Karikatür Okulu</t>
+          <t>Patenli Kız</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944717427</t>
+          <t>9789758142798</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Ebrusu</t>
+          <t>Pat Pat Papatya</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756227664</t>
+          <t>9789944717519</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Öykü Öykü Gezen Kedi</t>
+          <t>Pat Karikatür Okulu</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944717274</t>
+          <t>9789944717427</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ötesi Yok</t>
+          <t>Padişahın Ebrusu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944717205</t>
+          <t>9789756227664</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Odada Yalnız</t>
+          <t>Öykü Öykü Gezen Kedi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789756227510</t>
+          <t>9789944717274</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem İkili</t>
+          <t>Ötesi Yok</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758142378</t>
+          <t>9789944717205</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Sahne Korkusu</t>
+          <t>Odada Yalnız</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789758142385</t>
+          <t>9789756227510</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Minik İzci Gezegeni</t>
+          <t>Muhteşem İkili</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789758142347</t>
+          <t>9789758142378</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Minik İzciler - Kitapkurdu Kafadarlar</t>
+          <t>Minik İzciler - Sahne Korkusu</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789756227398</t>
+          <t>9789758142385</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Yılbaşı Armağanları</t>
+          <t>Minik İzciler - Minik İzci Gezegeni</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756227350</t>
+          <t>9789758142347</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Mini ve Doğum Günü Partisi</t>
+          <t>Minik İzciler - Kitapkurdu Kafadarlar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756227374</t>
+          <t>9789756227398</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Mini Küçük Dedektif</t>
+          <t>Mini ve Yılbaşı Armağanları</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789756227725</t>
+          <t>9789756227350</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mini - Mini Denizde</t>
+          <t>Mini ve Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944717526</t>
+          <t>9789756227374</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Midas ve Sihirbaz</t>
+          <t>Mini Küçük Dedektif</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057797339</t>
+          <t>9789756227725</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Mızıkacı</t>
+          <t>Mini - Mini Denizde</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758142965</t>
+          <t>9789944717526</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Lollipop</t>
+          <t>Midas ve Sihirbaz</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054603183</t>
+          <t>9786057797339</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Leylek Havada</t>
+          <t>Mızıkacı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054603541</t>
+          <t>9789758142965</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yolun Başındakiler</t>
+          <t>Lollipop</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059405010</t>
+          <t>9786054603183</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Konaktakiler</t>
+          <t>Leylek Havada</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059952897</t>
+          <t>9786054603541</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin İçine Uzaylı Kaçtı!</t>
+          <t>Yolun Başındakiler</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059952262</t>
+          <t>9786059405010</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Müze</t>
+          <t>Konaktakiler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059405119</t>
+          <t>9786059952897</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gökdelene Giren Bulut</t>
+          <t>Babaannemin İçine Uzaylı Kaçtı!</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059405034</t>
+          <t>9786059952262</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Ne Renktir?</t>
+          <t>Müze</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059952804</t>
+          <t>9786059405119</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Palyaçolar Örgütü</t>
+          <t>Gökdelene Giren Bulut</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059952613</t>
+          <t>9786059405034</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Zaman Doğdum ?</t>
+          <t>Öpücük Ne Renktir?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054603756</t>
+          <t>9786059952804</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Kent - Ömer Hepçözer Dedektiflik Bürosu 2</t>
+          <t>Mutsuz Palyaçolar Örgütü</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054603824</t>
+          <t>9786059952613</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Menekşe İstasyonu</t>
+          <t>Ben Ne Zaman Doğdum ?</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054603794</t>
+          <t>9786054603756</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Altın Köle</t>
+          <t>Çalınan Kent - Ömer Hepçözer Dedektiflik Bürosu 2</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059405379</t>
+          <t>9786054603824</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Portakal Yıldızı</t>
+          <t>Menekşe İstasyonu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059405270</t>
+          <t>9786054603794</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Gelen?</t>
+          <t>Altın Köle</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059405201</t>
+          <t>9786059405379</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Maya'nın Ağacı</t>
+          <t>Portakal Yıldızı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059405058</t>
+          <t>9786059405270</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Çantasızlar Kampı</t>
+          <t>Kim Bu Gelen?</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059952873</t>
+          <t>9786059405201</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Berk Mucit Oldu</t>
+          <t>Maya'nın Ağacı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059952330</t>
+          <t>9786059405058</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Anahtar</t>
+          <t>Çantasızlar Kampı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059952293</t>
+          <t>9786059952873</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ayasofya Konuştu</t>
+          <t>Berk Mucit Oldu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059952781</t>
+          <t>9786059952330</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamak ve Unutmak - Çıtır Çıtır Felsefe 29</t>
+          <t>Gizemli Anahtar</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059952545</t>
+          <t>9786059952293</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Hikaye</t>
+          <t>Ayasofya Konuştu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059952026</t>
+          <t>9786059952781</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kısa Pantolonlular Çetesi</t>
+          <t>Hatırlamak ve Unutmak - Çıtır Çıtır Felsefe 29</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054603565</t>
+          <t>9786059952545</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kızlar</t>
+          <t>Elde Var Hikaye</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054603626</t>
+          <t>9786059952026</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>Kısa Pantolonlular Çetesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059405096</t>
+          <t>9786054603565</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Montsuzlar</t>
+          <t>Korsan Kızlar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059952590</t>
+          <t>9786054603626</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Öğretmenim</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059952316</t>
+          <t>9786059405096</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Adı</t>
+          <t>Montsuzlar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054603589</t>
+          <t>9786059952590</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bizim Tombiş Fiyonk Makarnayı Çok Seviyor</t>
+          <t>Sevgili Öğretmenim</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054603718</t>
+          <t>9786059952316</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İnanmak ve Bilmek - Çıtır Çıtır Felsefe 25</t>
+          <t>Kitabın Adı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059952958</t>
+          <t>9786054603589</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Dondurmam Tılsım</t>
+          <t>Bizim Tombiş Fiyonk Makarnayı Çok Seviyor</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059952903</t>
+          <t>9786054603718</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Festival Mühendisi</t>
+          <t>İnanmak ve Bilmek - Çıtır Çıtır Felsefe 25</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059952576</t>
+          <t>9786059952958</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Ömür Adam</t>
+          <t>Dondurmam Tılsım</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059952156</t>
+          <t>9786059952903</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Sen</t>
+          <t>Festival Mühendisi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054603992</t>
+          <t>9786059952576</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yarından Sonra</t>
+          <t>Benim Babam Ömür Adam</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054603923</t>
+          <t>9786059952156</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Şeroks 3 : Barış Odaları</t>
+          <t>Ben ve Sen</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054603855</t>
+          <t>9786054603992</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kuş</t>
+          <t>Yarından Sonra</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059952248</t>
+          <t>9786054603923</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Küçük Tren</t>
+          <t>Küçük Cadı Şeroks 3 : Barış Odaları</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059405805</t>
+          <t>9786054603855</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Lokumlu Masa</t>
+          <t>Bulut Kuş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057797292</t>
+          <t>9786059952248</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Bir Hikaye</t>
+          <t>Eve Giden Küçük Tren</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057797216</t>
+          <t>9786059405805</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Altı Kırk Dört Dalgası</t>
+          <t>Lokumlu Masa</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057797117</t>
+          <t>9786057797292</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Mum</t>
+          <t>Hepsi Bir Hikaye</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057797360</t>
+          <t>9786057797216</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Şeyler</t>
+          <t>Altı Kırk Dört Dalgası</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057797568</t>
+          <t>9786057797117</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Mardeş Deme Bana!</t>
+          <t>Karanlıktan Korkan Mum</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057797520</t>
+          <t>9786057797360</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Suda Kaybolmak</t>
+          <t>Olmayan Şeyler</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057797483</t>
+          <t>9786057797568</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Burası Bizim Evimizmiş Şimdi!</t>
+          <t>Kardeş Mardeş Deme Bana!</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057797094</t>
+          <t>9786057797520</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Rolü</t>
+          <t>Suda Kaybolmak</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057797513</t>
+          <t>9786057797483</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kış Güneşi</t>
+          <t>Burası Bizim Evimizmiş Şimdi!</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057797285</t>
+          <t>9786057797094</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ali Cavid’e Karşı</t>
+          <t>Hayatımın Rolü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057797162</t>
+          <t>9786057797513</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili Süper Kahraman</t>
+          <t>Kış Güneşi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057797315</t>
+          <t>9786057797285</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Günlükte Saklı Sırlar</t>
+          <t>Ali Cavid’e Karşı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057797155</t>
+          <t>9786057797162</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha ve Gözyaşları - Çıtır Çıtır Felsefe 32</t>
+          <t>En Sevgili Süper Kahraman</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057797414</t>
+          <t>9786057797315</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ender Kuş</t>
+          <t>Günlükte Saklı Sırlar</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057797346</t>
+          <t>9786057797155</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlı Gül ve Hayal</t>
+          <t>Kahkaha ve Gözyaşları - Çıtır Çıtır Felsefe 32</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057797056</t>
+          <t>9786057797414</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Eksik Dünya - Baltı</t>
+          <t>Ender Kuş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057797025</t>
+          <t>9786057797346</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hayır! Burası Orman Değil!</t>
+          <t>Ağaçlı Gül ve Hayal</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057797537</t>
+          <t>9786057797056</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Havada Asılı Kalan Top</t>
+          <t>Eksik Dünya - Baltı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057797544</t>
+          <t>9786057797025</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Defter</t>
+          <t>Hayır! Burası Orman Değil!</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057797551</t>
+          <t>9786057797537</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Son Şans Durağı</t>
+          <t>Havada Asılı Kalan Top</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057797407</t>
+          <t>9786057797544</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gümüşsu Zamanı</t>
+          <t>Kayıp Defter</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057797452</t>
+          <t>9786057797551</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Karikatür Kitabı 2 - Yaşasın Çocuklar!</t>
+          <t>Son Şans Durağı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>525</v>
+        <v>245</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057797438</t>
+          <t>9786057797407</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Karaca Olmak İsteyen Tilki</t>
+          <t>Gümüşsu Zamanı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054603602</t>
+          <t>9786057797452</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Rengini Arayan Pudra</t>
+          <t>Karikatür Kitabı 2 - Yaşasın Çocuklar!</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>290</v>
+        <v>525</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057797087</t>
+          <t>9786057797438</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gezgini Ile Hapşu Teyze</t>
+          <t>Karaca Olmak İsteyen Tilki</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>205</v>
+        <v>420</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057797223</t>
+          <t>9786054603602</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çok Uzak Bir Deniz</t>
+          <t>Rengini Arayan Pudra</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057797193</t>
+          <t>9786057797087</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Oralı Olmamak</t>
+          <t>Yaz Gezgini Ile Hapşu Teyze</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>325</v>
+        <v>205</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057797070</t>
+          <t>9786057797223</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Paspas Tepemde Kapiş Paçamda</t>
+          <t>Çok Uzak Bir Deniz</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>375</v>
+        <v>185</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786057797377</t>
+          <t>9786057797193</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İyi Günler Eczanesi</t>
+          <t>Oralı Olmamak</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786057797032</t>
+          <t>9786057797070</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ödevimi Yapmadım Çünkü Acayip Şeyler Oldu</t>
+          <t>Paspas Tepemde Kapiş Paçamda</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059405904</t>
+          <t>9786057797377</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Denek E.E.E.</t>
+          <t>İyi Günler Eczanesi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059405898</t>
+          <t>9786057797032</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Berk ve Çıp Çıp Dedektif Oldu</t>
+          <t>Ödevimi Yapmadım Çünkü Acayip Şeyler Oldu</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059405157</t>
+          <t>9786059405904</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Fısıldayan Çocuklar</t>
+          <t>Denek E.E.E.</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059405980</t>
+          <t>9786059405898</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Turne Dedektifleri</t>
+          <t>Berk ve Çıp Çıp Dedektif Oldu</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786057797018</t>
+          <t>9786059405157</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Defalarca Kayboldum</t>
+          <t>Doğaya Fısıldayan Çocuklar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059405775</t>
+          <t>9786059405980</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Düz Çizgi Tepetaklak</t>
+          <t>Turne Dedektifleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059405638</t>
+          <t>9786057797018</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Arkadaşlık Hikayesi</t>
+          <t>Defalarca Kayboldum</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059405669</t>
+          <t>9786059405775</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Franz ve Dedektiflik Hikayesi</t>
+          <t>Düz Çizgi Tepetaklak</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059405997</t>
+          <t>9786059405638</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Neydik N’olduk Ailesi</t>
+          <t>Franz ve Arkadaşlık Hikayesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059405935</t>
+          <t>9786059405669</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Parlak Fikir Pastası</t>
+          <t>Franz ve Dedektiflik Hikayesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059405799</t>
+          <t>9786059405997</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük - İnanılmaz Hikaye 1</t>
+          <t>Neydik N’olduk Ailesi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059405874</t>
+          <t>9786059405935</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Küçük Pis Yeşil Böcek</t>
+          <t>Parlak Fikir Pastası</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786057797001</t>
+          <t>9786059405799</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Bendi</t>
+          <t>Sihirli Yüzük - İnanılmaz Hikaye 1</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059405942</t>
+          <t>9786059405874</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sevenler Kış Sevenler</t>
+          <t>Küçük Pis Yeşil Böcek</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059405560</t>
+          <t>9786057797001</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Küçük Koşucular</t>
+          <t>Günaydın Bendi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059405591</t>
+          <t>9786059405942</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bugün Çok Sıkıldım Ben</t>
+          <t>Yaz Sevenler Kış Sevenler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059405584</t>
+          <t>9786059405560</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bugün Hayal Kuracaktım</t>
+          <t>Küçük Koşucular</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059405966</t>
+          <t>9786059405591</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sarımsaklanır mı Kedi?</t>
+          <t>Bugün Çok Sıkıldım Ben</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059405768</t>
+          <t>9786059405584</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Radyo Pencere</t>
+          <t>Bugün Hayal Kuracaktım</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059405829</t>
+          <t>9786059405966</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>31 Şans ve Şanssızlık - Çıtır Çıtır Felsefe</t>
+          <t>Sarımsaklanır mı Kedi?</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059405393</t>
+          <t>9786059405768</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Belalı Dörtlü'ye Karşı</t>
+          <t>Radyo Pencere</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059405959</t>
+          <t>9786059405829</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Dişli Bir Gözlemcinin Notları</t>
+          <t>31 Şans ve Şanssızlık - Çıtır Çıtır Felsefe</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059405843</t>
+          <t>9786059405393</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Babam Şimdi Çok Uzaklarda</t>
+          <t>Belalı Dörtlü'ye Karşı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059405492</t>
+          <t>9786059405959</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Maskeli Baloya Katılmak İstemiyor</t>
+          <t>Tavşan Dişli Bir Gözlemcinin Notları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
+          <t>9786059405843</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Babam Şimdi Çok Uzaklarda</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059405492</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Tombiş Maskeli Baloya Katılmak İstemiyor</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
           <t>9786057797858</t>
         </is>
       </c>
-      <c r="B497" s="1" t="inlineStr">
+      <c r="B499" s="1" t="inlineStr">
         <is>
           <t>Ateşten Kaçmak</t>
         </is>
       </c>
-      <c r="C497" s="1">
+      <c r="C499" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>