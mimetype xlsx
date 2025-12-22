--- v0 (2025-11-02)
+++ v1 (2025-12-22)
@@ -85,2275 +85,3295 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258434538</t>
+          <t>9789758810673</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Keşke Sakınsan!</t>
+          <t>Tüm Detaylarıyla Namaz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2770000042604</t>
+          <t>9789758810857</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Durusu'l Lugati'l Arabiyye 1 Takım</t>
+          <t>El-Akidetu’l - Vasıtıyye ve Şerhi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258434996</t>
+          <t>9789758810000</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerde Gevşeklik</t>
+          <t>Peygamber Evinde Bir Gün (s.a.s)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758810710</t>
+          <t>3990000017228</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Furkan</t>
+          <t>Kitabu't Tevhid</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256686366</t>
+          <t>9786052107638</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Kuralları</t>
+          <t>Müslüman Ebeveynin Çocuk Terbiyesi El Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055387938</t>
+          <t>9786256686182</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Seti Cilt 3 - Durusu’ l - Lugati’ l - Arabiyye</t>
+          <t>Yahudilerle Savaşımız</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055387921</t>
+          <t>9786258434385</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Seti Cilt 2 - Durusu’ l - Lugati’ l - Arabiyye</t>
+          <t>Kur'an'la Şifa Şer-i Rukye</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055387914</t>
+          <t>9786052107881</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Seti Cilt 1 - Durusu’l Lugati’l - Arabiyye</t>
+          <t>Et-Tefsiru'l-Müyesser (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055387907</t>
+          <t>9786052107157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arapça Öğretim Seti 3 Cilt Takım - Durusul Lugatil Arabiyye</t>
+          <t>Et - Tibyan Kur'an Ehlinin Sahip Olması Gereken Özellikler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256686519</t>
+          <t>9786052107713</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Rabbim - Esmau'l Hüsna</t>
+          <t>Hayatta Başarının Sırrı Namaz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256686502</t>
+          <t>9786052107270</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayır Mevsimlerine Hazırlık</t>
+          <t>Kulluk ve Tevhid Açısından Mescidleri Titreten Fatiha Suresi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055387433</t>
+          <t>9786052107485</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hısnu'l Müslim (Orta Boy)</t>
+          <t>İbn Kayyım Külliyatı'ndan Seçmeler 2 Cilt</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>80</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758810017</t>
+          <t>9786055387761</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hısnu’l Müslim Dua ve Zikirler (Şamua - Küçük Boy)</t>
+          <t>Helal Rızık Kazanmanın 17 Yolu</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258434323</t>
+          <t>9786052107324</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulüne Giriş</t>
+          <t>150 Soru - Cevapla Tevhid Gerçeği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059301787</t>
+          <t>9786052107263</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Riyazü's Salihin Türkçe Metin</t>
+          <t>Tevhid</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055387624</t>
+          <t>9786052107416</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin İhtilafları</t>
+          <t>Yoldaki İşaretler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758810628</t>
+          <t>9786052107348</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Gemisi Bin ve Kurtul</t>
+          <t>El-Ezkar: Peygamber (s.a.v.)'den Gelen Dualar ve Zikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758810185</t>
+          <t>9786052107041</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Müslümanın Hayatındaki Önemi</t>
+          <t>Sahih Deliller Işığında Namaz Kılma Şekli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758810604</t>
+          <t>9789758810772</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tahavi Şerhi Gençler İçin Akaid Dersleri</t>
+          <t>Üzülme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055387037</t>
+          <t>9789758810871</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Tuzakları ve Korunma Yolları</t>
+          <t>Üç Temel Esas</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758810543</t>
+          <t>9789758810758</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sorulu - Cevaplı İslam Akaidi</t>
+          <t>Şüpheleri Yok Eden Tevhid Gerçeği</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758820382</t>
+          <t>9789758810635</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sevgili (s.a.v) ile Bir Gün</t>
+          <t>Sorulu Cevaplı İslam’ın Rukünleri (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>900</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758810833</t>
+          <t>9789788810093</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Selefilik (Ciltli)</t>
+          <t>Sahabe Hakkında İnancımız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758810895</t>
+          <t>9789759242084</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sahabeden Öğütler</t>
+          <t>Kur’an ve Sünnet Işığında Rüya Hakikati ve Tabiri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789759242022</t>
+          <t>9789758810826</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rasullah Sevgisi ve Alametleri</t>
+          <t>Kadınlar Arası Ziyaretleşme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758810024</t>
+          <t>9789758810581</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Kişisel ve Ahlaki Özellikleri</t>
+          <t>Kabir Ziyaretleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758810031</t>
+          <t>9789758810482</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Önce Tevhid</t>
+          <t>İlim Talebesinin Süsü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758810659</t>
+          <t>9789758810932</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tanımı Fazileti Kılınma Şekli</t>
+          <t>El-Kavaidu’l - Musla</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758810789</t>
+          <t>9789758810451</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mü’minler İçin Başarı ve Zaferin Gerçek Anlamı</t>
+          <t>El - Akidetu’t - Tahaviyye (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758810741</t>
+          <t>3990000011104</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’in Işığında Cihad Eğitimi</t>
+          <t>Dört İmamın İtikadı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758810550</t>
+          <t>9789758810048</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Sihir</t>
+          <t>Ehl-i Sünnet İnancı - Biz Böyle İnanıyoruz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758810611</t>
+          <t>9789758810338</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kırk Oturumda Sevgili Peygamberimiz</t>
+          <t>Bir Günde 1000 Sünnet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758810055</t>
+          <t>9789758810352</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kalp Amelleri</t>
+          <t>Mü’min Hanımlar İçin 30 Şer’i Yasak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055387358</t>
+          <t>9786055387051</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Müzik ve Teganni</t>
+          <t>Tevessül</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758810123</t>
+          <t>9786055387334</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Dostluk ve Düşmanlık</t>
+          <t>Dört Mezhep Arasında / Akide Birliği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758810864</t>
+          <t>9789758810956</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Sigara</t>
+          <t>Kur'an Tilavetinde Mükemmellik (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758810598</t>
+          <t>9786055387471</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İsa Aleyhisselam’ın Nuzulü Meselesi</t>
+          <t>İhyau Ulumi'd- Din Özü : Muhtasar Minhacu'l- Kasıdin (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758810796</t>
+          <t>9786055387587</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’in Işığında İslam’ın Şartları</t>
+          <t>Kalp Hastalıkları ve Tedavisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059301367</t>
+          <t>9786055387600</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’in Işığında Hac ve Umre Rehberi</t>
+          <t>Resulullah (s.a.v.)’in Son Vasiyeti Namaz, Namaz!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758810437</t>
+          <t>9789758810246</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İşte Peygamberimiz</t>
+          <t>Tefsiru’s Sa’di Özlü Kur’an Tefsiri (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758810819</t>
+          <t>9786059301558</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife’nin İtikat Esasları (Ciltli)</t>
+          <t>Rahmet Peygamberi (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9780000000002</t>
+          <t>9789758810116</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İbadette, Muamelatta ve Ahlakta Muhammedi Yol</t>
+          <t>İslami Açıdan Müzik ve Teganni</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758810925</t>
+          <t>9786055387020</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hurafe Değil Gerçek Mehdi</t>
+          <t>Hicab</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789758810130</t>
+          <t>9786055387006</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslami Açıdan Yılbaşı Kutlamaları</t>
+          <t>Ehl-i Sünnet Akidesine Göre Rukye</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758810963</t>
+          <t>9786055387105</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Nübüvvet</t>
+          <t>Ehl-i Beyt ve Sahabe Arasındaki Rahmet Bağı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052107300</t>
+          <t>9786055387082</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Sonuncusu Muhammed (sav) Hayatı</t>
+          <t>Ehl-i Beyt ve Hakları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258434347</t>
+          <t>9786059301626</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulüne Giriş</t>
+          <t>Kalbin İlacı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258434248</t>
+          <t>9786059301138</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslamda Evlilik; Saliha Bir Eş ve Başarılı Bir Anne Olmak</t>
+          <t>Esmau'l Husna</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052107553</t>
+          <t>9786059301152</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Tedavi Hacamat</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258434545</t>
+          <t>9786055387075</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şafii Fıkhı (2 Cilt) (Ciltli)</t>
+          <t>Şerh-i Akidetu'l Vasıtıyye (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052107966</t>
+          <t>9786055387991</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Gelen Adam</t>
+          <t>Esmau'l Husna (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052107409</t>
+          <t>9786055387945</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kitabu'z - Zühd - Zahidlerin Yolu (Ciltli)</t>
+          <t>Durusu'l-Lugati'l Arabiyye</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052107744</t>
+          <t>9789758810918</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tarih Düşünce ve Metottur</t>
+          <t>Sabah-Akşam Zikirleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052107652</t>
+          <t>9786059301800</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Çocuğun Ahlakı</t>
+          <t>Fatiha Suresi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052107751</t>
+          <t>9786059301008</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Cehaleti İle Alimlerin Acizliği Arasında İslam</t>
+          <t>Esmau'l Hüsna</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052107669</t>
+          <t>9786059301015</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Filistin ile İlgili 40 Hadis</t>
+          <t>İdeal Müslümanın Şahsiyeti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052107171</t>
+          <t>9786055387679</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dinin Direği Namaz</t>
+          <t>Riyazü's Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052107683</t>
+          <t>9786055387686</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar</t>
+          <t>Riyazü’s Salihin (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>550</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052107782</t>
+          <t>9786055387754</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Buluğu'l Meram (Ciltli)</t>
+          <t>Hayatın Tadını Çıkar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052107423</t>
+          <t>9786055387693</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İstikbal Bu Dinin Olacaktır</t>
+          <t>Fıkhu’s Sire - Rasulullah Sallallahu Aleyhi ve Sellem'in Hayatından İmani Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758810266</t>
+          <t>9786055387426</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre Kadın Hakları</t>
+          <t>Hısnu'l- Müslim Şerhi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052107614</t>
+          <t>9786055387839</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Reyha'dan Başlayan Uyanış</t>
+          <t>Kitabu't Terhid Şerhi - El Kavlu'l Müfid (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>90</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052107317</t>
+          <t>9786055387792</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Çalışanlar İçin 40 Hadis</t>
+          <t>Keşke...</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059301657</t>
+          <t>9786055387747</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İsyankarlara! Tevbe Kapısı Açıktır</t>
+          <t>Haksızlıklar Karşısında Kadın</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059301596</t>
+          <t>9789758810086</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın ve Rasülünün Lanetlediği 100 Zümre</t>
+          <t>Kulluk ve Hakikati - El Ubudiyye</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059301510</t>
+          <t>9786055387259</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Zadu'l Mead'den Seçmeler</t>
+          <t>40 Hadis Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>900</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052107133</t>
+          <t>9786052107560</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sünnet İlahi Vahyin Bir Parçasıdır</t>
+          <t>İslam Akidesi / Soru-Cevaplı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052107256</t>
+          <t>9786052107065</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Akide Siyer Adab Ahkam Temel Bilgiler - Kurtuluş Yolları</t>
+          <t>Sorulu Cevaplı Dört İmamın Akidesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052107195</t>
+          <t>9786258434538</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hanbeli Fıkhı (2 Kitap Set) (Ciltli)</t>
+          <t>Keşke Sakınsan!</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052107454</t>
+          <t>2770000042604</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bu Din!..</t>
+          <t>Durusu'l Lugati'l Arabiyye 1 Takım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052107058</t>
+          <t>9786258434996</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sorulu-Cevaplı Şia İtikadı</t>
+          <t>İbadetlerde Gevşeklik</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059301961</t>
+          <t>9789758810710</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül Olaylarının Gerçek Faili</t>
+          <t>Furkan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059301251</t>
+          <t>9786256686366</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından Kadınlarla İlgili 100 Hadis</t>
+          <t>Tecvid Kuralları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059301749</t>
+          <t>9786055387938</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Ehli Sünnet'e Karşı Savaş Projesi</t>
+          <t>Arapça Öğretim Seti Cilt 3 - Durusu’ l - Lugati’ l - Arabiyye</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055387303</t>
+          <t>9786055387921</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu İhlas</t>
+          <t>Arapça Öğretim Seti Cilt 2 - Durusu’ l - Lugati’ l - Arabiyye</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059301732</t>
+          <t>9786055387914</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Haricilik ve Sakınılması Gereken Bazı Özellikleri</t>
+          <t>Arapça Öğretim Seti Cilt 1 - Durusu’l Lugati’l - Arabiyye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059301541</t>
+          <t>9786055387907</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Saliha Eş Nasıl Olmalı?</t>
+          <t>Arapça Öğretim Seti 3 Cilt Takım - Durusul Lugatil Arabiyye</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059301503</t>
+          <t>9786256686519</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ticaret İlmihali (Ciltli)</t>
+          <t>İşte Benim Rabbim - Esmau'l Hüsna</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055387961</t>
+          <t>9786256686502</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Gizli Şirk</t>
+          <t>Hayır Mevsimlerine Hazırlık</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758810994</t>
+          <t>9786055387433</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kaza ve Kader ile İlgili Fetvalar</t>
+          <t>Hısnu'l Müslim (Orta Boy)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055387112</t>
+          <t>9789758810017</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet'ten Şia'ya - Kalpten Kalbe</t>
+          <t>Hısnu’l Müslim Dua ve Zikirler (Şamua - Küçük Boy)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055387013</t>
+          <t>9786258434323</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İbadetlerde Şer'i Ölçü</t>
+          <t>Hadis Usulüne Giriş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758810987</t>
+          <t>9786059301787</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Batıl Te'vil Tehlikesi ve Yıkıcı Etkileri</t>
+          <t>Riyazü's Salihin Türkçe Metin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>90</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059301183</t>
+          <t>9786055387624</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cemaatle Namazın 40 Faydası</t>
+          <t>Ümmetin İhtilafları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059301282</t>
+          <t>9789758810628</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden En Güzel Kıssalar</t>
+          <t>Tevhid Gemisi Bin ve Kurtul</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059301299</t>
+          <t>9789758810185</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Bir İz Bırak</t>
+          <t>Tevhid ve Müslümanın Hayatındaki Önemi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059301244</t>
+          <t>9789758810604</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve'l-Cemaat İnancında Kaza ve Kadere İman</t>
+          <t>Tahavi Şerhi Gençler İçin Akaid Dersleri</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059301169</t>
+          <t>9786055387037</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İstikamet Yolu</t>
+          <t>Şeytanın Tuzakları ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059301268</t>
+          <t>9789758810543</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi Konusunda 40 Hadis</t>
+          <t>Sorulu - Cevaplı İslam Akaidi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059301190</t>
+          <t>9789758820382</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cibril Hadisi Şerhi</t>
+          <t>Sevgili (s.a.v) ile Bir Gün</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059301336</t>
+          <t>9789758810833</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İslam'da 50 Güzel İlke</t>
+          <t>Selefilik (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059301213</t>
+          <t>9789758810895</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Müslümanların Durumu</t>
+          <t>Sahabeden Öğütler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055387884</t>
+          <t>9789759242022</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Medine'ye Giden Yol</t>
+          <t>Rasullah Sevgisi ve Alametleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055387969</t>
+          <t>9789758810024</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Geçtiği Üç Aşama - Dünya, Berzah, Ahiret</t>
+          <t>Peygamberimizin Kişisel ve Ahlaki Özellikleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055387860</t>
+          <t>9789758810031</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ömrü Uzatan 50 Salih Amel</t>
+          <t>Önce Tevhid</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758810062</t>
+          <t>9789758810659</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet Ve’l - Cemaat’e Göre İman (Ciltli)</t>
+          <t>Namaz Tanımı Fazileti Kılınma Şekli</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9799758810313</t>
+          <t>9789758810789</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dini İlim Bir Zorunluluktur</t>
+          <t>Mü’minler İçin Başarı ve Zaferin Gerçek Anlamı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758810109</t>
+          <t>9789758810741</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dindarlarla Alay Etmek</t>
+          <t>Kur’an ve Sünnet’in Işığında Cihad Eğitimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758810420</t>
+          <t>9789758810550</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Davetçinin El Kitabı</t>
+          <t>Kur’an ve Sünnet Işığında Sihir</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055387648</t>
+          <t>9789758810611</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İfrat ve Tefrit Arasında İstikamet (Ciltli)</t>
+          <t>Kırk Oturumda Sevgili Peygamberimiz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055387891</t>
+          <t>9789758810055</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Tanıdığı En Büyük İnsan</t>
+          <t>Kalp Amelleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055387211</t>
+          <t>9786055387358</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Kutlaması ve Kafirlere Benzemek</t>
+          <t>İslami Açıdan Müzik ve Teganni</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055387815</t>
+          <t>9789758810123</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ramazanı Nasıl Karşılamalıyız?</t>
+          <t>İslami Açıdan Dostluk ve Düşmanlık</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055387808</t>
+          <t>9789758810864</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve sünnete Göre 10 Şer’i Hak</t>
+          <t>İslam’a Göre Sigara</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055387730</t>
+          <t>9789758810598</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Cemaat Kavramı</t>
+          <t>İsa Aleyhisselam’ın Nuzulü Meselesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758810307</t>
+          <t>9789758810796</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet'ten Delilleriyle Sorulu Cevaplı Oruç İlmihali (Ciltli)</t>
+          <t>Kur’an ve Sünnet’in Işığında İslam’ın Şartları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055387778</t>
+          <t>9786059301367</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hidayet</t>
+          <t>Kur’an ve Sünnet’in Işığında Hac ve Umre Rehberi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055387723</t>
+          <t>9789758810437</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi</t>
+          <t>İşte Peygamberimiz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055387716</t>
+          <t>9789758810819</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendim'izin Dilinden Sahih Kıssalar</t>
+          <t>İmam Ebu Hanife’nin İtikat Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055387709</t>
+          <t>9780000000002</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İman Rüzgarı Esince</t>
+          <t>İbadette, Muamelatta ve Ahlakta Muhammedi Yol</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055387495</t>
+          <t>9789758810925</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Öncelikleri</t>
+          <t>Hurafe Değil Gerçek Mehdi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055387532</t>
+          <t>9789758810130</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ey Müslüman Bacım</t>
+          <t>İslami Açıdan Yılbaşı Kutlamaları</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055387341</t>
+          <t>9789758810963</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Meşru ve Gayrimeşru Tevessül Çeşitleri ve Hükümleri</t>
+          <t>Muhammedi Nübüvvet</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758810208</t>
+          <t>9786052107300</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslam Gençliğine Öğütler</t>
+          <t>Peygamberlerin Sonuncusu Muhammed (sav) Hayatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055387396</t>
+          <t>9786258434347</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sektör ve Eldeki Fırsatlar - Gelecek Vizyonu</t>
+          <t>Fıkıh Usulüne Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055387402</t>
+          <t>9786258434248</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pratik İslam Fıkhı (Ciltli)</t>
+          <t>İslamda Evlilik; Saliha Bir Eş ve Başarılı Bir Anne Olmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055387389</t>
+          <t>9786052107553</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Peygambersiz Kur'ancılar ve Kur'an'ın Anlaşılıp Yaşanmasında Sünneti Değersizleştirme Gayretleri (Ciltli)</t>
+          <t>Mucizevi Tedavi Hacamat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055387273</t>
+          <t>9786258434545</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Batı Açısından Hoşgörü ve Saldırganlık</t>
+          <t>Şafii Fıkhı (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>130</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055387549</t>
+          <t>9786052107966</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Namaz’da Tadil-i Erkan</t>
+          <t>Uzaktan Gelen Adam</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055387488</t>
+          <t>9786052107409</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Dindeki Yeri</t>
+          <t>Kitabu'z - Zühd - Zahidlerin Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055387419</t>
+          <t>9786052107744</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mecusilerin Geri Dönüşü</t>
+          <t>Tarih Düşünce ve Metottur</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055387556</t>
+          <t>9786052107652</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kulluk</t>
+          <t>Müslüman Çocuğun Ahlakı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055387525</t>
+          <t>9786052107751</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslami Adab (Kitabu’l Adab Tercümesi) (Ciltli)</t>
+          <t>Müslümanların Cehaleti İle Alimlerin Acizliği Arasında İslam</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055387501</t>
+          <t>9786052107669</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadının Yol Azığı</t>
+          <t>Filistin ile İlgili 40 Hadis</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055387518</t>
+          <t>9786052107171</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İstiğfar</t>
+          <t>Dinin Direği Namaz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055387655</t>
+          <t>9786052107683</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rafu'l-Melam</t>
+          <t>Büyük Günahlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>90</v>
+        <v>900</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055387662</t>
+          <t>9786052107782</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Seç!</t>
+          <t>Buluğu'l Meram (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>80</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055387631</t>
+          <t>9786052107423</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Davette Peygamberlerin Metodu</t>
+          <t>İstikbal Bu Dinin Olacaktır</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055387990</t>
+          <t>9789758810266</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>99 Hadiste İslam'ın Temel Esasları</t>
+          <t>İslam'a Göre Kadın Hakları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055387280</t>
+          <t>9786052107614</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş Uygarlık Açısından Uluslararası İlişkiler</t>
+          <t>Reyha'dan Başlayan Uyanış</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055387099</t>
+          <t>9786052107317</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ehli-i Sünnet ve'l-Cemaate Göre Ehli-i Beyt</t>
+          <t>İş Hayatında Çalışanlar İçin 40 Hadis</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758810192</t>
+          <t>9786059301657</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Sünnet Işığında Nafile Namaz</t>
+          <t>İsyankarlara! Tevbe Kapısı Açıktır</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055387044</t>
+          <t>9786059301596</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Namaz ve Önemi</t>
+          <t>Allah'ın ve Rasülünün Lanetlediği 100 Zümre</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055387136</t>
+          <t>9786059301510</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Riyazu's-Salihin (5 Cilt Takım) (Ciltli)</t>
+          <t>Zadu'l Mead'den Seçmeler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>3500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758810161</t>
+          <t>9786052107133</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hayal ile Gerçek Arasında Mutluluk</t>
+          <t>Sünnet İlahi Vahyin Bir Parçasıdır</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758810802</t>
+          <t>9786052107256</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Ulemasına Göre Şirk ve Sebepleri</t>
+          <t>Akide Siyer Adab Ahkam Temel Bilgiler - Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758810383</t>
+          <t>9786052107195</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gözlerinle Görüyormuşçasına Muhammed Sallallahu Aleyhi ve Sellem</t>
+          <t>Muhtasar Hanbeli Fıkhı (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>110</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758810949</t>
+          <t>9786052107454</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Ehl-i Sünnet Akidesi</t>
+          <t>Bu Din!..</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758810888</t>
+          <t>9786052107058</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Rasulullah</t>
+          <t>Sorulu-Cevaplı Şia İtikadı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789758810642</t>
+          <t>9786059301961</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bid’at ve Ümmet Üzerindeki Olumsuz Etkileri</t>
+          <t>11 Eylül Olaylarının Gerçek Faili</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758810499</t>
+          <t>9786059301251</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Anneler Babalar ve Eğitimciler İçin İdeal Eğitim Yöntemleri</t>
+          <t>Nübüvvet Pınarından Kadınlarla İlgili 100 Hadis</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789758810390</t>
+          <t>9786059301749</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Fıkhı (Ciltli)</t>
+          <t>Amerika'nın Ehli Sünnet'e Karşı Savaş Projesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758810840</t>
+          <t>9786055387303</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Alimlerin Eti Zehirlidir</t>
+          <t>Kurtuluş Yolu İhlas</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758810215</t>
+          <t>9786059301732</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ahad Haber Ve Delil Olması</t>
+          <t>Haricilik ve Sakınılması Gereken Bazı Özellikleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055387327</t>
+          <t>9786059301541</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri</t>
+          <t>Saliha Eş Nasıl Olmalı?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758810321</t>
+          <t>9786059301503</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğunun Temel Dinamikleri</t>
+          <t>Ticaret İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>20</v>
+        <v>900</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758810529</t>
+          <t>9786055387961</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>30 Adımda Çocuk Terbiyesi</t>
+          <t>Küçük ve Gizli Şirk</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055387952</t>
+          <t>9789758810994</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Birliğini Sağlamada Ehl-i Sünnetin İlkesi</t>
+          <t>Kaza ve Kader ile İlgili Fetvalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
+          <t>9786055387112</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet'ten Şia'ya - Kalpten Kalbe</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786055387013</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>İbadetlerde Şer'i Ölçü</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789758810987</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Batıl Te'vil Tehlikesi ve Yıkıcı Etkileri</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786059301183</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Cemaatle Namazın 40 Faydası</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786059301282</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Dilinden En Güzel Kıssalar</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059301299</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Ölmeden Önce Bir İz Bırak</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059301244</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet ve'l-Cemaat İnancında Kaza ve Kadere İman</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059301169</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin İstikamet Yolu</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059301268</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Siyer-i Nebi Konusunda 40 Hadis</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786059301190</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Cibril Hadisi Şerhi</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786059301336</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da 50 Güzel İlke</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786059301213</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Günahkar Müslümanların Durumu</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786055387884</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Medine'ye Giden Yol</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786055387969</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Geçtiği Üç Aşama - Dünya, Berzah, Ahiret</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786055387860</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Ömrü Uzatan 50 Salih Amel</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789758810062</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Ehl-i Sünnet Ve’l - Cemaat’e Göre İman (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9799758810313</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Dini İlim Bir Zorunluluktur</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789758810109</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Dindarlarla Alay Etmek</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789758810420</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Davetçinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786055387648</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>İfrat ve Tefrit Arasında İstikamet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786055387891</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>İnsanoğlunun Tanıdığı En Büyük İnsan</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786055387211</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Yılbaşı Kutlaması ve Kafirlere Benzemek</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786055387815</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Ramazanı Nasıl Karşılamalıyız?</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786055387808</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve sünnete Göre 10 Şer’i Hak</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786055387730</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Sünnet ve Cemaat Kavramı</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789758810307</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Sünnet'ten Delilleriyle Sorulu Cevaplı Oruç İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786055387778</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Hidayet</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786055387723</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevgisi</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786055387716</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Efendim'izin Dilinden Sahih Kıssalar</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786055387709</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>İman Rüzgarı Esince</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786055387495</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Kadının Öncelikleri</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786055387532</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Ey Müslüman Bacım</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786055387341</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Meşru ve Gayrimeşru Tevessül Çeşitleri ve Hükümleri</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789758810208</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>İslam Gençliğine Öğütler</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786055387396</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Sektör ve Eldeki Fırsatlar - Gelecek Vizyonu</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786055387402</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Pratik İslam Fıkhı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786055387389</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Peygambersiz Kur'ancılar ve Kur'an'ın Anlaşılıp Yaşanmasında Sünneti Değersizleştirme Gayretleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786055387273</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Batı Açısından Hoşgörü ve Saldırganlık</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786055387549</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Namaz’da Tadil-i Erkan</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786055387488</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Sünnet ve Dindeki Yeri</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786055387419</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Mecusilerin Geri Dönüşü</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786055387556</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Kulluk</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786055387525</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>İslami Adab (Kitabu’l Adab Tercümesi) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786055387501</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Kadının Yol Azığı</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786055387518</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>İstiğfar</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786055387655</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Rafu'l-Melam</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786055387662</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Yolunu Seç!</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786055387631</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Allah’a Davette Peygamberlerin Metodu</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786055387990</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>99 Hadiste İslam'ın Temel Esasları</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786055387280</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve Çağdaş Uygarlık Açısından Uluslararası İlişkiler</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786055387099</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Ehli-i Sünnet ve'l-Cemaate Göre Ehli-i Beyt</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789758810192</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Kitap ve Sünnet Işığında Nafile Namaz</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786055387044</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Namaz ve Önemi</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786055387136</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Şerh-i Riyazu's-Salihin (5 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789758810161</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Hayal ile Gerçek Arasında Mutluluk</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789758810802</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Ulemasına Göre Şirk ve Sebepleri</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789758810383</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerinle Görüyormuşçasına Muhammed Sallallahu Aleyhi ve Sellem</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789758810949</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Ehl-i Sünnet Akidesi</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789758810888</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Örnek Rasulullah</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789758810642</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Bid’at ve Ümmet Üzerindeki Olumsuz Etkileri</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789758810499</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Anneler Babalar ve Eğitimciler İçin İdeal Eğitim Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789758810390</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla İslam Fıkhı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789758810840</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Alimlerin Eti Zehirlidir</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789758810215</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Ahad Haber Ve Delil Olması</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786055387327</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Akaid Risaleleri</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789758810321</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Aile Mutluluğunun Temel Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789758810529</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>30 Adımda Çocuk Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786055387952</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Müslümanların Birliğini Sağlamada Ehl-i Sünnetin İlkesi</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
           <t>9789758810970</t>
         </is>
       </c>
-      <c r="B150" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Hanımların Özel Halleriyle İlgili 60 Fetva</t>
         </is>
       </c>
-      <c r="C150" s="1">
-        <v>70</v>
+      <c r="C218" s="1">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>