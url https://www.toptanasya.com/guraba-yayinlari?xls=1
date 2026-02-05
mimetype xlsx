--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -634,51 +634,51 @@
         <is>
           <t>9789758810956</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kur'an Tilavetinde Mükemmellik (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786055387471</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>İhyau Ulumi'd- Din Özü : Muhtasar Minhacu'l- Kasıdin (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786055387587</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kalp Hastalıkları ve Tedavisi</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786055387600</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
@@ -1069,51 +1069,51 @@
         <is>
           <t>9789758810086</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Kulluk ve Hakikati - El Ubudiyye</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786055387259</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>40 Hadis Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786052107560</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>İslam Akidesi / Soru-Cevaplı</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786052107065</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>