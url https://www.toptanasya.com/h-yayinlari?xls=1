--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,2755 +85,2830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256618237</t>
+          <t>9786057670380</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Melamet Uyanmaktır</t>
+          <t>Yunus Emre Külliyatı (Kutulu 2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256618244</t>
+          <t>9786256618251</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İnsan (Ciltli)</t>
+          <t>Sahaflar Şeyhi Muzaffer OzakKitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058001084</t>
+          <t>9786256618268</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Bayrami Şeyhi Ulalı Hüsam Efendi ve Mehmed Şafii'nin Hayatı - İlahileri (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256618220</t>
+          <t>9786059559720</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Selâmî Ali Celvetî</t>
+          <t>Kaybolmuş Ümidini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256618213</t>
+          <t>9786054042944</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Divan-ı Hikmet Yorumları -1</t>
+          <t>Melamet Kalesinin Hazinedarı - Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256618206</t>
+          <t>9786256618237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlahi Birlik</t>
+          <t>Melamet Uyanmaktır</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256618190</t>
+          <t>9786256618244</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Konrapalı Hayreddin Efendi</t>
+          <t>İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>840</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057670410</t>
+          <t>9786058001084</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar'ın Esnafları</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057670687</t>
+          <t>9786256618220</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dîvân-ı Vassâf</t>
+          <t>Üsküdarlı Selâmî Ali Celvetî</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057670717</t>
+          <t>9786256618213</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayriyye</t>
+          <t>Kur'an ve Sünnet Işığında Divan-ı Hikmet Yorumları -1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054042708</t>
+          <t>9786256618206</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Rüyası</t>
+          <t>İlahi Birlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256618183</t>
+          <t>9786256618190</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ozanca</t>
+          <t>Konrapalı Hayreddin Efendi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256618015</t>
+          <t>9786057670410</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlâhî Birlik</t>
+          <t>Üsküdar'ın Esnafları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057670946</t>
+          <t>9786057670687</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Dîvân-ı Vassâf</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>650</v>
+        <v>720</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059559409</t>
+          <t>9786057670717</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sızıntıları</t>
+          <t>Hayriyye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256618176</t>
+          <t>9786054042708</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Devran</t>
+          <t>Türkistan Rüyası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059559454</t>
+          <t>9786256618183</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Sülük Mektupları</t>
+          <t>Ozanca</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059559096</t>
+          <t>9786256618015</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bin Gemiye</t>
+          <t>İlâhî Birlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256618169</t>
+          <t>9786057670946</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Pervaneler Nara Feda</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256618152</t>
+          <t>9786059559409</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mutasavvıf, Şair, Bestekar Manisalı Kenzî Hasan Efendi</t>
+          <t>İrfan Sızıntıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059559126</t>
+          <t>9786256618176</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Gösteren Ayna</t>
+          <t>Devran</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057670984</t>
+          <t>9786059559454</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Paspi</t>
+          <t>Seyr ü Sülük Mektupları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>720</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256618145</t>
+          <t>9786059559096</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Denizlili Bir Eren Üzüm Dedesi Hüseyin Hulusi Efendi</t>
+          <t>Bin Gemiye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054042623</t>
+          <t>9786256618169</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Orhan Veli</t>
+          <t>Pervaneler Nara Feda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256618046</t>
+          <t>9786256618152</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zahid Bizi Ta'n Eyleme</t>
+          <t>Mutasavvıf, Şair, Bestekar Manisalı Kenzî Hasan Efendi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>900</v>
+        <v>410</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256618084</t>
+          <t>9786059559126</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Melami Seyyid Muhammed Nüru’l-Arabi Külliyatı</t>
+          <t>Gerçeği Gösteren Ayna</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>2800</v>
+        <v>720</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057670434</t>
+          <t>9786057670984</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkü Söyler Bu Dilim Mustafa Kafalı Hoca’yla Konuşmalar</t>
+          <t>Paspi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059559812</t>
+          <t>9786256618145</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Şerhi</t>
+          <t>Denizlili Bir Eren Üzüm Dedesi Hüseyin Hulusi Efendi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256618138</t>
+          <t>9786054042623</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şah’ın Nefesi</t>
+          <t>Belgelerle Orhan Veli</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256618107</t>
+          <t>9786256618046</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dilimiz Yunus Emre</t>
+          <t>Zahid Bizi Ta'n Eyleme</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256618077</t>
+          <t>9786256618084</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Behcetü'l Esrar'ın İlk Türkçe Manzum Tercümesi: Abdülkadir Geylanî'nin Menkıbeleri</t>
+          <t>Pir-i Melami Seyyid Muhammed Nüru’l-Arabi Külliyatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>900</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256618053</t>
+          <t>9786057670434</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Herkesten Saklar Gibi</t>
+          <t>Türkü Söyler Bu Dilim Mustafa Kafalı Hoca’yla Konuşmalar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256618060</t>
+          <t>9786059559812</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Manevi Fatihi Akşemseddin</t>
+          <t>Hacı Bayram-ı Veli Şerhi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059559072</t>
+          <t>9786256618138</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Miracın Tasavvufi Boyutu</t>
+          <t>Şah’ın Nefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059559546</t>
+          <t>9786256618107</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Asmalımescit’te Cinayet</t>
+          <t>Aşk Dilimiz Yunus Emre</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054042746</t>
+          <t>9786256618077</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kemalname-i Al-i Aba</t>
+          <t>Behcetü'l Esrar'ın İlk Türkçe Manzum Tercümesi: Abdülkadir Geylanî'nin Menkıbeleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054042715</t>
+          <t>9786256618053</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcuları</t>
+          <t>Yüzünü Herkesten Saklar Gibi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059559102</t>
+          <t>9786256618060</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Göç</t>
+          <t>İstanbul'un Manevi Fatihi Akşemseddin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256618039</t>
+          <t>9786059559072</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Pir'den Cemaleddin Aziz'e Halveti Şabaniler</t>
+          <t>Miracın Tasavvufi Boyutu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256618022</t>
+          <t>9786059559546</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı</t>
+          <t>Asmalımescit’te Cinayet</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256618008</t>
+          <t>9786054042746</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sophia</t>
+          <t>Kemalname-i Al-i Aba</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057670427</t>
+          <t>9786054042715</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Aşk Yolcuları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057670953</t>
+          <t>9786059559102</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Alp Er Tunga Destanı</t>
+          <t>Aşk ve Göç</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057670922</t>
+          <t>9786256618039</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Hazret-i Pir'den Cemaleddin Aziz'e Halveti Şabaniler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057670786</t>
+          <t>9786256618022</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Postüla</t>
+          <t>Yavuz Sultan Selim Divanı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>770</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057670908</t>
+          <t>9786256618008</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayretİ ve İnanç Dünyası</t>
+          <t>İlahi Sophia</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057670915</t>
+          <t>9786057670427</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nizamoğlu Seyyid Seyfullah</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057670861</t>
+          <t>9786057670953</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis</t>
+          <t>Alp Er Tunga Destanı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057670878</t>
+          <t>9786057670922</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih</t>
+          <t>Divan-ı İlahiyat</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057670236</t>
+          <t>9786057670786</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat / Eşrefoğlu Rumi</t>
+          <t>Postüla</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057670892</t>
+          <t>9786057670908</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi Divanı</t>
+          <t>Hayretİ ve İnanç Dünyası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057670854</t>
+          <t>9786057670915</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın El Kitabı</t>
+          <t>Nizamoğlu Seyyid Seyfullah</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057670830</t>
+          <t>9786057670861</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin ve İlahileri</t>
+          <t>Yedi Meclis</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>600</v>
+        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057670762</t>
+          <t>9786057670878</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şecerei Terakime</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>500</v>
+        <v>770</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057670779</t>
+          <t>9786057670236</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han Tezkireleri</t>
+          <t>Divan-ı İlahiyat / Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057670755</t>
+          <t>9786057670892</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Şecerei Türk</t>
+          <t>Aziz Mahmud Hüdayi Divanı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>800</v>
+        <v>720</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057670823</t>
+          <t>9786057670854</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bolulu Mustafa Safi Halveti Menakıbnamesi</t>
+          <t>Müslüman'ın El Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057670656</t>
+          <t>9786057670830</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Limni'den Geliyorum</t>
+          <t>Akşemseddin ve İlahileri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>990</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057670793</t>
+          <t>9786057670762</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Kitabı</t>
+          <t>Şecerei Terakime</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057670731</t>
+          <t>9786057670779</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hermes Trismegistus'un Tasavvuf Risalesi ve Şerhi</t>
+          <t>Satuk Buğra Han Tezkireleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>770</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057670847</t>
+          <t>9786057670755</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Erenlerin Makamları</t>
+          <t>Şecerei Türk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057670748</t>
+          <t>9786057670823</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Halveti - Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
+          <t>Bolulu Mustafa Safi Halveti Menakıbnamesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>700</v>
+        <v>620</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057670724</t>
+          <t>9786057670656</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dedikleri - Yunusça Öyküler</t>
+          <t>Limni'den Geliyorum</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057670649</t>
+          <t>9786057670793</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Menkıbeler ve Minyatürlerle Dilden Dile Yunus Emre (Ciltli)</t>
+          <t>Akşemseddin Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>1500</v>
+        <v>990</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057670472</t>
+          <t>9786057670731</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İyilik Hikayeleri</t>
+          <t>Hermes Trismegistus'un Tasavvuf Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>710</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057670625</t>
+          <t>9786057670847</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi Şerhleri</t>
+          <t>Erenlerin Makamları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>640</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057670618</t>
+          <t>9786057670748</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yunus Düştü Yolumuza</t>
+          <t>Pir-i Halveti - Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>990</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057670601</t>
+          <t>9786057670724</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Görklü Avazı</t>
+          <t>Dünya Dedikleri - Yunusça Öyküler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057670489</t>
+          <t>9786057670649</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Aşka</t>
+          <t>Menkıbeler ve Minyatürlerle Dilden Dile Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057670571</t>
+          <t>9786057670472</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Prizrenli Abdürrahim Fedai Külliyatı ve Bestelenmiş İlahileri</t>
+          <t>İyilik Hikayeleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>700</v>
+        <v>410</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057670465</t>
+          <t>9786057670625</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yar Yüreğim Yar</t>
+          <t>İbn Arabi Şerhleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>990</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057670458</t>
+          <t>9786057670618</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yunus'un Kemali Osman Kemali’nin Yunus’u</t>
+          <t>Yunus Düştü Yolumuza</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>670</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057670366</t>
+          <t>9786057670601</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eskişehirli Melami Ali Rıza Doksanyedi Eserleri ve Şiirleri</t>
+          <t>Yunus’un Görklü Avazı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057670335</t>
+          <t>9786057670489</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Sema Hakkında</t>
+          <t>Dönüş Aşka</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057670328</t>
+          <t>9786057670571</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Üftade’den Aşk Dersleri</t>
+          <t>Prizrenli Abdürrahim Fedai Külliyatı ve Bestelenmiş İlahileri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057670311</t>
+          <t>9786057670465</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Maddesi Sağlığın Sermayesi</t>
+          <t>Yar Yüreğim Yar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057670441</t>
+          <t>9786057670458</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Her Genç Bir Yunus</t>
+          <t>Yunus'un Kemali Osman Kemali’nin Yunus’u</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057670298</t>
+          <t>9786057670366</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Denizinde</t>
+          <t>Eskişehirli Melami Ali Rıza Doksanyedi Eserleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057670274</t>
+          <t>9786057670335</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rakkase</t>
+          <t>Zikir ve Sema Hakkında</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057670267</t>
+          <t>9786057670328</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yunus Bir Söz Söylemiş</t>
+          <t>Üftade’den Aşk Dersleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057670083</t>
+          <t>9786057670311</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Hakikati</t>
+          <t>Hayatın Maddesi Sağlığın Sermayesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059559799</t>
+          <t>9786057670441</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Kökleri</t>
+          <t>Her Genç Bir Yunus</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>600</v>
+        <v>640</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057670250</t>
+          <t>9786057670298</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Pir Hacı Bayram-ı Veli</t>
+          <t>Yunus’un Denizinde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057670229</t>
+          <t>9786057670274</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İki Kutbu</t>
+          <t>Rakkase</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057670205</t>
+          <t>9786057670267</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Neş’esinden Serpintiler</t>
+          <t>Yunus Bir Söz Söylemiş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057670199</t>
+          <t>9786057670083</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Neş’esinden Esintiler</t>
+          <t>Sinemanın Hakikati</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057670212</t>
+          <t>9786059559799</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Mektebe Uğradım</t>
+          <t>Sinemanın Kökleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057670175</t>
+          <t>9786057670250</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ben Doğurdum Anamı</t>
+          <t>Bir Ulu Pir Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057670137</t>
+          <t>9786057670229</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Varidat Şerhi - Nuru'l-Arabi Külliyatı 7. Cilt</t>
+          <t>Varlığın İki Kutbu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057670038</t>
+          <t>9786057670205</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Parlak Cevherleri</t>
+          <t>Mevlana Neş’esinden Serpintiler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057670144</t>
+          <t>9786057670199</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Nurlar - Nuru'l-Arabi Külliyatı</t>
+          <t>Mevlana Neş’esinden Esintiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057670151</t>
+          <t>9786057670212</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Can U Canan</t>
+          <t>Bir Mektebe Uğradım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057670069</t>
+          <t>9786057670175</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı (Ciltli)</t>
+          <t>Ben Doğurdum Anamı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057670120</t>
+          <t>9786057670137</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'den Yolcuya Öğütler (Ciltli)</t>
+          <t>Varidat Şerhi - Nuru'l-Arabi Külliyatı 7. Cilt</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1000</v>
+        <v>990</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057670076</t>
+          <t>9786057670038</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Canım Dosta Gider</t>
+          <t>Mesnevi'nin Parlak Cevherleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057670090</t>
+          <t>9786057670144</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Söyler Bu Dilim</t>
+          <t>Muhammedi Nurlar - Nuru'l-Arabi Külliyatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057670007</t>
+          <t>9786057670151</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Aşık Yunus - Yunus Emre'nin Gönül Çocuğu</t>
+          <t>Can U Canan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059559997</t>
+          <t>9786057670069</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>In the Education of Tasawwuf Nafs Tawhid and Zat</t>
+          <t>Yunus Emre Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059559614</t>
+          <t>9786057670120</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Rüyası</t>
+          <t>Yunus Emre'den Yolcuya Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059559959</t>
+          <t>9786057670076</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Mürşidi Tapduk Emre</t>
+          <t>Canım Dosta Gider</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>640</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058669376</t>
+          <t>9786057670090</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Türk Çocuk Oyunları</t>
+          <t>Aşktan Söyler Bu Dilim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>670</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059559911</t>
+          <t>9786057670007</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Leyla'nın Defteri</t>
+          <t>Bursalı Aşık Yunus - Yunus Emre'nin Gönül Çocuğu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>500</v>
+        <v>620</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059559904</t>
+          <t>9786059559997</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Mehmed Nasuhi Halveti - Hayatı ve İlahileri</t>
+          <t>In the Education of Tasawwuf Nafs Tawhid and Zat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059559508</t>
+          <t>9786059559614</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Olayım Bir Zaman</t>
+          <t>Kimsenin Rüyası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059559898</t>
+          <t>9786059559959</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Has'ı</t>
+          <t>Yunus Emre’nin Mürşidi Tapduk Emre</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059559874</t>
+          <t>9786058669376</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yadigar-ı İhvan</t>
+          <t>Anadolu’dan Türk Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059559850</t>
+          <t>9786059559911</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Devriyye</t>
+          <t>Leyla'nın Defteri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1000</v>
+        <v>720</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054042814</t>
+          <t>9786059559904</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Dair</t>
+          <t>Üsküdarlı Mehmed Nasuhi Halveti - Hayatı ve İlahileri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054042777</t>
+          <t>9786059559508</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Nuru'l - Arabi</t>
+          <t>Seyyah Olayım Bir Zaman</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054042975</t>
+          <t>9786059559898</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Kandil</t>
+          <t>Şiirin Has'ı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054042807</t>
+          <t>9786059559874</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Erenin Söyledikleri</t>
+          <t>Yadigar-ı İhvan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059559249</t>
+          <t>9786059559850</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Erenlerinde Mana Dili (Ciltli)</t>
+          <t>Türk Edebiyatında Manzum Devriyye</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>600</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059559836</t>
+          <t>9786054042814</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ey Gönül</t>
+          <t>Tasavvufa Dair</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059559829</t>
+          <t>9786054042777</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Halveti Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
+          <t>Muhammed Nuru'l - Arabi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>650</v>
+        <v>460</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057670014</t>
+          <t>9786054042975</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Yorumları (Ciltli)</t>
+          <t>Gece ve Kandil</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059559577</t>
+          <t>9786054042807</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İbn Ata Tefsiri</t>
+          <t>Bir Erenin Söyledikleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054042906</t>
+          <t>9786059559249</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Divançe-i İlahiyat</t>
+          <t>Elmalı Erenlerinde Mana Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059559751</t>
+          <t>9786059559836</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nokta Şerhi</t>
+          <t>Ey Gönül</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059559805</t>
+          <t>9786059559829</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Metin Şerhine Giriş</t>
+          <t>Pir-i Halveti Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059559782</t>
+          <t>9786057670014</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Türk Ninnileri</t>
+          <t>Yunus Emre Yorumları (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059559775</t>
+          <t>9786059559577</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>İbn Ata Tefsiri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059559744</t>
+          <t>9786054042906</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Mektuplar</t>
+          <t>Divançe-i İlahiyat</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059559362</t>
+          <t>9786059559751</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Eğitiminde Nefs - Tevhid - Zat</t>
+          <t>Nokta Şerhi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059559522</t>
+          <t>9786059559805</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Erenlerden Aşk Sözleri</t>
+          <t>Metin Şerhine Giriş</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059559515</t>
+          <t>9786059559782</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İndiragandi</t>
+          <t>Anadolu’dan Türk Ninnileri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>360</v>
+        <v>820</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059559591</t>
+          <t>9786059559775</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Pir Şaban-ı Veli Kitabı (Ciltli)</t>
+          <t>Nefesler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1000</v>
+        <v>520</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059559584</t>
+          <t>9786059559744</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Rüyası</t>
+          <t>Tasavvufi Mektuplar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059559560</t>
+          <t>9786059559362</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>Tasavvuf Eğitiminde Nefs - Tevhid - Zat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059559317</t>
+          <t>9786059559522</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Tercümesi (Ciltli)</t>
+          <t>Erenlerden Aşk Sözleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059559430</t>
+          <t>9786059559515</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>İndiragandi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059559423</t>
+          <t>9786059559591</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olduğun Yer</t>
+          <t>Hazret-i Pir Şaban-ı Veli Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059559485</t>
+          <t>9786059559584</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bahçe</t>
+          <t>Yusuf’un Rüyası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059559447</t>
+          <t>9786059559560</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Erenler Kitabı</t>
+          <t>Karşılaşmalar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>900</v>
+        <v>640</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059559461</t>
+          <t>9786059559317</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>On Fasılda İnsan Olmak</t>
+          <t>Kur’an-ı Kerim ve Türkçe Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059559478</t>
+          <t>9786059559430</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bilgeleri</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059559416</t>
+          <t>9786059559423</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Nereden Gelip Nereye Gidiyor İnsan</t>
+          <t>Başkası Olduğun Yer</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059559386</t>
+          <t>9786059559485</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Nefs</t>
+          <t>Ateş ve Bahçe</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059559379</t>
+          <t>9786059559447</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi Divanı</t>
+          <t>Erenler Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059559393</t>
+          <t>9786059559461</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aşıklara Ayna ve Terazi</t>
+          <t>On Fasılda İnsan Olmak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059559355</t>
+          <t>9786059559478</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Namazın Hakikati</t>
+          <t>Azerbaycan Bilgeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>230.4</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059559324</t>
+          <t>9786059559416</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Erler Demine</t>
+          <t>Nereden Gelip Nereye Gidiyor İnsan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059559331</t>
+          <t>9786059559386</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İzmir'de Tasavvuf Kültürü</t>
+          <t>Klasik Türk Şiirinde Nefs</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>710</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054042876</t>
+          <t>9786059559379</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Şemseddin-i Sivasi Divanı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054042838</t>
+          <t>9786059559393</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Mecdüddin Bayrami  Menakıbı ve Saliklerin Adabı - Nutk - i Şerifler</t>
+          <t>Aşıklara Ayna ve Terazi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059559256</t>
+          <t>9786059559355</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname</t>
+          <t>Namazın Hakikati</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3996059559270</t>
+          <t>9786059559324</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Pınarı</t>
+          <t>Erler Demine</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059559263</t>
+          <t>9786059559331</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolunda İnsan</t>
+          <t>İzmir'de Tasavvuf Kültürü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059559195</t>
+          <t>9786054042876</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlahiler ve Kutbü'l - Maani</t>
+          <t>Divan-ı İlahiyat</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059559218</t>
+          <t>9786054042838</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Akaidi Şerhi</t>
+          <t>Şeyh Mecdüddin Bayrami Menakıbı ve Saliklerin Adabı - Nutk-i Şerifler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059559188</t>
+          <t>9786059559256</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dem Yüzü</t>
+          <t>Nasihatname</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059559157</t>
+          <t>3996059559270</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sun'ullah-ı Gaybi Divanı (Ciltli)</t>
+          <t>Bilgelik Pınarı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059559881</t>
+          <t>9786059559263</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Osman Kemali Aşk Sızıntıları Şerhi</t>
+          <t>Aşkın Yolunda İnsan</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059559119</t>
+          <t>9786059559195</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesinden Mektuplar</t>
+          <t>İlahiler ve Kutbü'l - Maani</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>500</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059559065</t>
+          <t>9786059559218</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cihangir'de Bir Aşk ve İrfan Ocağı</t>
+          <t>Nesefi Akaidi Şerhi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059559034</t>
+          <t>9786059559188</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ünsi Halveti ve Menakıbnamesi</t>
+          <t>Dem Yüzü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>590</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054042999</t>
+          <t>9786059559157</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Uşşaki'de Bul Aşkı</t>
+          <t>Sun'ullah-ı Gaybi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054042913</t>
+          <t>9786059559881</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Nuru'l Arabi Külliyatı 1. Cilt</t>
+          <t>Osman Kemali Aşk Sızıntıları Şerhi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054042845</t>
+          <t>9786059559119</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Konuşmalar</t>
+          <t>Gül Bahçesinden Mektuplar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054042883</t>
+          <t>9786059559065</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Halveti ve Tefsir Günlüğü</t>
+          <t>Cihangir'de Bir Aşk ve İrfan Ocağı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054042692</t>
+          <t>9786059559034</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Halveti Divan-ı İlahiyat (Ciltli)</t>
+          <t>Hasan Ünsi Halveti ve Menakıbnamesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054042616</t>
+          <t>9786054042999</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı Şerhi</t>
+          <t>Uşşaki'de Bul Aşkı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>750</v>
+        <v>580</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054042722</t>
+          <t>9786054042913</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Güzelin 1001 Yüzü</t>
+          <t>Nuru'l Arabi Külliyatı 1. Cilt</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054042630</t>
+          <t>9786054042845</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Şeyh Seyyid Hace Muhammed Nuru'l-Arabi</t>
+          <t>Tasavvufi Konuşmalar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054042647</t>
+          <t>9786054042883</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şehrim Aşk</t>
+          <t>İsmail Hakkı Halveti ve Tefsir Günlüğü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>770</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054042210</t>
+          <t>9786054042692</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Divançe-i İlahiyat</t>
+          <t>Niyazi-i Mısri Halveti Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054042685</t>
+          <t>9786054042616</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan Hoca Ahmed Yesevi</t>
+          <t>Niyazi-i Mısri Divanı Şerhi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054042586</t>
+          <t>9786054042722</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Delili ve Müşkillerin Anahtarı</t>
+          <t>Güzelin 1001 Yüzü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054042852</t>
+          <t>9786054042630</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hü Şiirleri</t>
+          <t>Menakıb-ı Şeyh Seyyid Hace Muhammed Nuru'l-Arabi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054042579</t>
+          <t>9786054042647</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Koydum Kazana</t>
+          <t>Şehrim Aşk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054042593</t>
+          <t>9786054042210</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Veliler ve Deliler</t>
+          <t>Divançe-i İlahiyat</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057670045</t>
+          <t>9786054042685</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yunus’ta Hak ve Halk Sevgisi</t>
+          <t>Pir-i Türkistan Hoca Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054042180</t>
+          <t>9786054042586</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Düşüncesinde Muhyiddin İbn’ül Arabi</t>
+          <t>Ariflerin Delili ve Müşkillerin Anahtarı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058669345</t>
+          <t>9786054042852</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Şerhi</t>
+          <t>Türk Edebiyatında Hü Şiirleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1100</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054042333</t>
+          <t>9786054042579</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Üzerine Araştırmalar</t>
+          <t>Kerpiç Koydum Kazana</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059559171</t>
+          <t>9786054042593</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Limni’de Sürgün Bir Veli</t>
+          <t>Veliler ve Deliler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058669352</t>
+          <t>9786057670045</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Halveti Şabani Yolunun Adabı (Ciltli)</t>
+          <t>Yunus’ta Hak ve Halk Sevgisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059559027</t>
+          <t>9786054042180</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur Menakıbnamesi</t>
+          <t>Türk İslam Düşüncesinde Muhyiddin İbn’ül Arabi</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054042203</t>
+          <t>9786058669345</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Mevlid Şerhi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058669321</t>
+          <t>9786054042333</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat - İstanbullu Bir Eren Senayi Hasan Şabani</t>
+          <t>Mesnevi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058669338</t>
+          <t>9786059559171</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat - Geredeli Mustafa Rumi Şabani</t>
+          <t>Limni’de Sürgün Bir Veli</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
+          <t>9786058669352</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Halveti Şabani Yolunun Adabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786059559027</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Hallac-ı Mansur Menakıbnamesi</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786054042203</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786058669321</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat - İstanbullu Bir Eren Senayi Hasan Şabani</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786058669338</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat - Geredeli Mustafa Rumi Şabani</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
           <t>9786059559133</t>
         </is>
       </c>
-      <c r="B182" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Divan-ı İlahiyat</t>
         </is>
       </c>
-      <c r="C182" s="1">
-        <v>1200</v>
+      <c r="C187" s="1">
+        <v>1900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>