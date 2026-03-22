--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,2830 +85,3775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057670380</t>
+          <t>9786256618336</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Külliyatı (Kutulu 2 Cilt) (Ciltli)</t>
+          <t>Kaybolan Gölgeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>10000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256618251</t>
+          <t>9786256618282</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Şeyhi Muzaffer OzakKitabı</t>
+          <t>Divan-ı İlahiyat (Gülaboğlu Mehmed Askeri) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>480</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256618268</t>
+          <t>9786256618275</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bayrami Şeyhi Ulalı Hüsam Efendi ve Mehmed Şafii'nin Hayatı - İlahileri (Ciltli)</t>
+          <t>Divan-ı İlahiyat (Çavdaroğlu Müfti Derviş) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1080</v>
+        <v>900</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059559720</t>
+          <t>9786256618305</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Ümidini Arayan Salyangoz</t>
+          <t>Beş Er Külliyatı (5 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054042944</t>
+          <t>9786256618329</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Melamet Kalesinin Hazinedarı - Niyazi-i Mısri</t>
+          <t>Rüya Tabirnamesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256618237</t>
+          <t>9786256618312</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Melamet Uyanmaktır</t>
+          <t>Ot Dibinde Bir Göcen</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256618244</t>
+          <t>9786054042951</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İnsan (Ciltli)</t>
+          <t>Düş (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>840</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058001084</t>
+          <t>9786059559928</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>İlahiyat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>480</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256618220</t>
+          <t>9786059559843</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Selâmî Ali Celvetî</t>
+          <t>Delailü'l-Hayrat Şerhi - Nuru'l-Arabi Külliyatı 6. Cilt</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256618213</t>
+          <t>9786059559300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Divan-ı Hikmet Yorumları -1</t>
+          <t>Bozkırın Serdarı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256618206</t>
+          <t>9786054042821</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlahi Birlik</t>
+          <t>Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256618190</t>
+          <t>9786059559492</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Konrapalı Hayreddin Efendi</t>
+          <t>Risaleler -1 (Nuru’l-Arabi Külliyatı 4. Cilt)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057670410</t>
+          <t>9786054042982</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar'ın Esnafları</t>
+          <t>Oğuzname (İngiltere Nüshaları)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>520</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057670687</t>
+          <t>9786059559348</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dîvân-ı Vassâf</t>
+          <t>Vahdet Konuşmaları / Nuru’l-Arabi Külliyatı 3. Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>720</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057670717</t>
+          <t>9786059559713</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayriyye</t>
+          <t>Adını Sevmeyen Kedi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054042708</t>
+          <t>9786059559225</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Rüyası</t>
+          <t>Yesevi Ata'dan Öyküler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256618183</t>
+          <t>9786059559232</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ozanca</t>
+          <t>Çitlembik'in Maceraları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>360</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256618015</t>
+          <t>9786059559089</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İlâhî Birlik</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>600</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057670946</t>
+          <t>9786058669383</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Balkanlardaki Miras : Tekkeler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>750</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059559409</t>
+          <t>9786054042654</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sızıntıları</t>
+          <t>Miskinname</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>590</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256618176</t>
+          <t>9786054042968</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Devran</t>
+          <t>Ten Cehennemdir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059559454</t>
+          <t>9786059559140</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Sülük Mektupları</t>
+          <t>Aziz Mahmud Hüdayi Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>720</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059559096</t>
+          <t>9786054042920</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bin Gemiye</t>
+          <t>Rumeli Alperenleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256618169</t>
+          <t>9786054042760</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Pervaneler Nara Feda</t>
+          <t>Günümüzün Aşk Yolcusuna Divan-ı Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256618152</t>
+          <t>9786058669390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mutasavvıf, Şair, Bestekar Manisalı Kenzî Hasan Efendi</t>
+          <t>Nereden Gelip Nereye Gidiyor İnsan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>410</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059559126</t>
+          <t>9786054042784</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Gösteren Ayna</t>
+          <t>Diyamandi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>720</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057670984</t>
+          <t>9786059559058</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Paspi</t>
+          <t>Yunus Emre İle Aşk Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256618145</t>
+          <t>9786057670281</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Denizlili Bir Eren Üzüm Dedesi Hüseyin Hulusi Efendi</t>
+          <t>Prizrenli Aluş Nuş Besteleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>460</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054042623</t>
+          <t>9786057670496</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Orhan Veli</t>
+          <t>Oğuzname (7 Cilt Kutulu)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256618046</t>
+          <t>9786057670632</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zahid Bizi Ta'n Eyleme</t>
+          <t>Birliğe Yolculuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256618084</t>
+          <t>9786057670595</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Melami Seyyid Muhammed Nüru’l-Arabi Külliyatı</t>
+          <t>Yunus Emre Seti (3 Kitap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>3850</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057670434</t>
+          <t>9786057670373</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkü Söyler Bu Dilim Mustafa Kafalı Hoca’yla Konuşmalar</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059559812</t>
+          <t>9786054042869</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Şerhi</t>
+          <t>İrfan Mektebi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256618138</t>
+          <t>9786054042456</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şah’ın Nefesi</t>
+          <t>Tasavvufta Allah ve İnsan</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256618107</t>
+          <t>9789756743287</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dilimiz Yunus Emre</t>
+          <t>Tasavvufi Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256618077</t>
+          <t>9789756743188</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Behcetü'l Esrar'ın İlk Türkçe Manzum Tercümesi: Abdülkadir Geylanî'nin Menkıbeleri</t>
+          <t>Tasavvufi Mektuplar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1400</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256618053</t>
+          <t>9786054042418</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yüzünü Herkesten Saklar Gibi</t>
+          <t>Şekuri Divanı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256618060</t>
+          <t>9786054042005</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Manevi Fatihi Akşemseddin</t>
+          <t>Şabaniye Silsilesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059559072</t>
+          <t>9786054042265</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Miracın Tasavvufi Boyutu</t>
+          <t>Niyazi-i Mısri (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>410</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059559546</t>
+          <t>9786054042098</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asmalımescit’te Cinayet</t>
+          <t>Modernleşme Sürecinde Mevleviler ve Jön Türkler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054042746</t>
+          <t>9786054042326</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kemalname-i Al-i Aba</t>
+          <t>Kaside-i Bürde Tesbi’i</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054042715</t>
+          <t>9789756743034</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcuları</t>
+          <t>İnsan-ı Kamil Sözleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059559102</t>
+          <t>9786054042104</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Göç</t>
+          <t>İnsana Yolculuk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256618039</t>
+          <t>9789756743171</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Pir'den Cemaleddin Aziz'e Halveti Şabaniler</t>
+          <t>İbreti Divan-ı İlahiyat</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>520</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256618022</t>
+          <t>9789756743263</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Divanı</t>
+          <t>Hz. Peygamber Yolunda Tasavvuf Eğitimi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>770</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256618008</t>
+          <t>9786058669314</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İlahi Sophia</t>
+          <t>Hazret-i Pir Şeyh Şaban-ı Veli ve Şabaniyye</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057670427</t>
+          <t>9786054042470</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Yunus Emre’nin Poetikası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>850</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057670953</t>
+          <t>9786054042029</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Alp Er Tunga Destanı</t>
+          <t>Elmalı’nın Canları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057670922</t>
+          <t>9786054042067</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Divan-ı İlahiyat (Aziz Mahmud İlahiyat)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>410</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057670786</t>
+          <t>9786054042197</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Postüla</t>
+          <t>Divan Şiiri Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057670908</t>
+          <t>9786054042142</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayretİ ve İnanç Dünyası</t>
+          <t>Divan Şiiri Sözlüğü - Açıklamalı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>520</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057670915</t>
+          <t>9786054042050</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nizamoğlu Seyyid Seyfullah</t>
+          <t>Yunus Emre Divan-ı İlahiyat (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>360</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057670861</t>
+          <t>9786054042135</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis</t>
+          <t>Dervişler Hüma Kuşu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>520</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057670878</t>
+          <t>9786054042296</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fihi Ma Fih</t>
+          <t>Büyük Türk-İslam Düşünürü Niyazi-i Mısri’den Esintiler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>770</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057670236</t>
+          <t>3990000011333</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat / Eşrefoğlu Rumi</t>
+          <t>Yunus Emre Külliyatı (6 Cilt Takım)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>410</v>
+        <v>166.67</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057670892</t>
+          <t>9786054042111</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aziz Mahmud Hüdayi Divanı</t>
+          <t>Yine Geldi Aşk Elçisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>720</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057670854</t>
+          <t>9786054042173</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın El Kitabı</t>
+          <t>Bir Hikayem Vardı Anlatamamıştım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057670830</t>
+          <t>9786054042739</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin ve İlahileri</t>
+          <t>Anadolu’yu Mayalayanlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>990</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057670762</t>
+          <t>9786054042234</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şecerei Terakime</t>
+          <t>Menakıb-ı Akşemseddin</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>900</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057670779</t>
+          <t>9789756743164</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han Tezkireleri</t>
+          <t>Yunus Emre Divan ve Risaletü’n-Nushiyye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>770</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057670755</t>
+          <t>9786054042791</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şecerei Türk</t>
+          <t>Hazret-i Adem ve Safiyet</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057670823</t>
+          <t>9786050064063</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bolulu Mustafa Safi Halveti Menakıbnamesi</t>
+          <t>Hallac-ı Mansur Menakıbnamesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>620</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057670656</t>
+          <t>9786050064049</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Limni'den Geliyorum</t>
+          <t>Yunus Emre Külliyatı 5 - Yunus Emre Şerhleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>360</v>
+        <v>27.77</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057670793</t>
+          <t>9786057670380</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Kitabı</t>
+          <t>Yunus Emre Külliyatı (Kutulu 2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>990</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057670731</t>
+          <t>9786256618251</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hermes Trismegistus'un Tasavvuf Risalesi ve Şerhi</t>
+          <t>Sahaflar Şeyhi Muzaffer OzakKitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>710</v>
+        <v>480</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057670847</t>
+          <t>9786256618268</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Erenlerin Makamları</t>
+          <t>Bayrami Şeyhi Ulalı Hüsam Efendi ve Mehmed Şafii'nin Hayatı - İlahileri (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>640</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057670748</t>
+          <t>9786059559720</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Halveti - Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
+          <t>Kaybolmuş Ümidini Arayan Salyangoz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>990</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057670724</t>
+          <t>9786054042944</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dedikleri - Yunusça Öyküler</t>
+          <t>Melamet Kalesinin Hazinedarı - Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057670649</t>
+          <t>9786256618237</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Menkıbeler ve Minyatürlerle Dilden Dile Yunus Emre (Ciltli)</t>
+          <t>Melamet Uyanmaktır</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057670472</t>
+          <t>9786256618244</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İyilik Hikayeleri</t>
+          <t>İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>410</v>
+        <v>840</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057670625</t>
+          <t>9786058001084</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi Şerhleri</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>990</v>
+        <v>480</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057670618</t>
+          <t>9786256618220</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yunus Düştü Yolumuza</t>
+          <t>Üsküdarlı Selâmî Ali Celvetî</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>670</v>
+        <v>320</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057670601</t>
+          <t>9786256618213</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Görklü Avazı</t>
+          <t>Kur'an ve Sünnet Işığında Divan-ı Hikmet Yorumları -1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057670489</t>
+          <t>9786256618206</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Aşka</t>
+          <t>İlahi Birlik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057670571</t>
+          <t>9786256618190</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Prizrenli Abdürrahim Fedai Külliyatı ve Bestelenmiş İlahileri</t>
+          <t>Konrapalı Hayreddin Efendi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057670465</t>
+          <t>9786057670410</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yar Yüreğim Yar</t>
+          <t>Üsküdar'ın Esnafları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057670458</t>
+          <t>9786057670687</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yunus'un Kemali Osman Kemali’nin Yunus’u</t>
+          <t>Dîvân-ı Vassâf</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>290</v>
+        <v>720</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057670366</t>
+          <t>9786057670717</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Eskişehirli Melami Ali Rıza Doksanyedi Eserleri ve Şiirleri</t>
+          <t>Hayriyye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057670335</t>
+          <t>9786054042708</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Sema Hakkında</t>
+          <t>Türkistan Rüyası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057670328</t>
+          <t>9786256618183</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Üftade’den Aşk Dersleri</t>
+          <t>Ozanca</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057670311</t>
+          <t>9786256618015</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Maddesi Sağlığın Sermayesi</t>
+          <t>İlâhî Birlik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057670441</t>
+          <t>9786057670946</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Her Genç Bir Yunus</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>640</v>
+        <v>750</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057670298</t>
+          <t>9786059559409</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yunus’un Denizinde</t>
+          <t>İrfan Sızıntıları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057670274</t>
+          <t>9786256618176</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rakkase</t>
+          <t>Devran</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057670267</t>
+          <t>9786059559454</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yunus Bir Söz Söylemiş</t>
+          <t>Seyr ü Sülük Mektupları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057670083</t>
+          <t>9786059559096</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Hakikati</t>
+          <t>Bin Gemiye</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059559799</t>
+          <t>9786256618169</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Kökleri</t>
+          <t>Pervaneler Nara Feda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>900</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057670250</t>
+          <t>9786256618152</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Pir Hacı Bayram-ı Veli</t>
+          <t>Mutasavvıf, Şair, Bestekar Manisalı Kenzî Hasan Efendi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057670229</t>
+          <t>9786059559126</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İki Kutbu</t>
+          <t>Gerçeği Gösteren Ayna</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>390</v>
+        <v>720</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057670205</t>
+          <t>9786057670984</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Neş’esinden Serpintiler</t>
+          <t>Paspi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057670199</t>
+          <t>9786256618145</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Neş’esinden Esintiler</t>
+          <t>Denizlili Bir Eren Üzüm Dedesi Hüseyin Hulusi Efendi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057670212</t>
+          <t>9786054042623</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Mektebe Uğradım</t>
+          <t>Belgelerle Orhan Veli</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>540</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057670175</t>
+          <t>9786256618046</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ben Doğurdum Anamı</t>
+          <t>Zahid Bizi Ta'n Eyleme</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>230</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057670137</t>
+          <t>9786256618084</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Varidat Şerhi - Nuru'l-Arabi Külliyatı 7. Cilt</t>
+          <t>Pir-i Melami Seyyid Muhammed Nüru’l-Arabi Külliyatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>990</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057670038</t>
+          <t>9786057670434</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'nin Parlak Cevherleri</t>
+          <t>Türkü Söyler Bu Dilim Mustafa Kafalı Hoca’yla Konuşmalar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057670144</t>
+          <t>9786059559812</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Muhammedi Nurlar - Nuru'l-Arabi Külliyatı</t>
+          <t>Hacı Bayram-ı Veli Şerhi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057670151</t>
+          <t>9786256618138</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Can U Canan</t>
+          <t>Şah’ın Nefesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>620</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057670069</t>
+          <t>9786256618107</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı (Ciltli)</t>
+          <t>Aşk Dilimiz Yunus Emre</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>2800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057670120</t>
+          <t>9786256618077</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'den Yolcuya Öğütler (Ciltli)</t>
+          <t>Behcetü'l Esrar'ın İlk Türkçe Manzum Tercümesi: Abdülkadir Geylanî'nin Menkıbeleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1600</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057670076</t>
+          <t>9786256618053</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Canım Dosta Gider</t>
+          <t>Yüzünü Herkesten Saklar Gibi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>640</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057670090</t>
+          <t>9786256618060</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Söyler Bu Dilim</t>
+          <t>İstanbul'un Manevi Fatihi Akşemseddin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>670</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057670007</t>
+          <t>9786059559072</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Aşık Yunus - Yunus Emre'nin Gönül Çocuğu</t>
+          <t>Miracın Tasavvufi Boyutu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>620</v>
+        <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059559997</t>
+          <t>9786059559546</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>In the Education of Tasawwuf Nafs Tawhid and Zat</t>
+          <t>Asmalımescit’te Cinayet</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059559614</t>
+          <t>9786054042746</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Rüyası</t>
+          <t>Kemalname-i Al-i Aba</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059559959</t>
+          <t>9786054042715</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Mürşidi Tapduk Emre</t>
+          <t>Aşk Yolcuları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058669376</t>
+          <t>9786059559102</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Türk Çocuk Oyunları</t>
+          <t>Aşk ve Göç</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059559911</t>
+          <t>9786256618039</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Leyla'nın Defteri</t>
+          <t>Hazret-i Pir'den Cemaleddin Aziz'e Halveti Şabaniler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>720</v>
+        <v>520</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059559904</t>
+          <t>9786256618022</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Üsküdarlı Mehmed Nasuhi Halveti - Hayatı ve İlahileri</t>
+          <t>Yavuz Sultan Selim Divanı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>720</v>
+        <v>770</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059559508</t>
+          <t>9786256618008</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Seyyah Olayım Bir Zaman</t>
+          <t>İlahi Sophia</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>720</v>
+        <v>520</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059559898</t>
+          <t>9786057670427</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Has'ı</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059559874</t>
+          <t>9786057670953</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yadigar-ı İhvan</t>
+          <t>Alp Er Tunga Destanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059559850</t>
+          <t>9786057670922</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Devriyye</t>
+          <t>Divan-ı İlahiyat</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054042814</t>
+          <t>9786057670786</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufa Dair</t>
+          <t>Postüla</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054042777</t>
+          <t>9786057670908</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Nuru'l - Arabi</t>
+          <t>Hayretİ ve İnanç Dünyası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>460</v>
+        <v>520</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054042975</t>
+          <t>9786057670915</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gece ve Kandil</t>
+          <t>Nizamoğlu Seyyid Seyfullah</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054042807</t>
+          <t>9786057670861</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bir Erenin Söyledikleri</t>
+          <t>Yedi Meclis</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059559249</t>
+          <t>9786057670878</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Elmalı Erenlerinde Mana Dili (Ciltli)</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>900</v>
+        <v>770</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059559836</t>
+          <t>9786057670236</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ey Gönül</t>
+          <t>Divan-ı İlahiyat / Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059559829</t>
+          <t>9786057670892</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Halveti Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
+          <t>Aziz Mahmud Hüdayi Divanı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>990</v>
+        <v>720</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057670014</t>
+          <t>9786057670854</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Yorumları (Ciltli)</t>
+          <t>Müslüman'ın El Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059559577</t>
+          <t>9786057670830</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İbn Ata Tefsiri</t>
+          <t>Akşemseddin ve İlahileri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>720</v>
+        <v>990</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054042906</t>
+          <t>9786057670762</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Divançe-i İlahiyat</t>
+          <t>Şecerei Terakime</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>410</v>
+        <v>900</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059559751</t>
+          <t>9786057670779</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Nokta Şerhi</t>
+          <t>Satuk Buğra Han Tezkireleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>770</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059559805</t>
+          <t>9786057670755</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Metin Şerhine Giriş</t>
+          <t>Şecerei Türk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>460</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059559782</t>
+          <t>9786057670823</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Türk Ninnileri</t>
+          <t>Bolulu Mustafa Safi Halveti Menakıbnamesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>820</v>
+        <v>620</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059559775</t>
+          <t>9786057670656</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nefesler</t>
+          <t>Limni'den Geliyorum</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>520</v>
+        <v>360</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059559744</t>
+          <t>9786057670793</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Mektuplar</t>
+          <t>Akşemseddin Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>990</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059559362</t>
+          <t>9786057670731</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Eğitiminde Nefs - Tevhid - Zat</t>
+          <t>Hermes Trismegistus'un Tasavvuf Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>290</v>
+        <v>710</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059559522</t>
+          <t>9786057670847</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Erenlerden Aşk Sözleri</t>
+          <t>Erenlerin Makamları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>360</v>
+        <v>640</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059559515</t>
+          <t>9786057670748</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İndiragandi</t>
+          <t>Pir-i Halveti - Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>520</v>
+        <v>990</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059559591</t>
+          <t>9786057670724</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hazret-i Pir Şaban-ı Veli Kitabı (Ciltli)</t>
+          <t>Dünya Dedikleri - Yunusça Öyküler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>1540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059559584</t>
+          <t>9786057670649</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yusuf’un Rüyası</t>
+          <t>Menkıbeler ve Minyatürlerle Dilden Dile Yunus Emre (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059559560</t>
+          <t>9786057670472</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar</t>
+          <t>İyilik Hikayeleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>640</v>
+        <v>410</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059559317</t>
+          <t>9786057670625</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Tercümesi (Ciltli)</t>
+          <t>İbn Arabi Şerhleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1700</v>
+        <v>990</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059559430</t>
+          <t>9786057670618</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Yunus Düştü Yolumuza</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>360</v>
+        <v>670</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059559423</t>
+          <t>9786057670601</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başkası Olduğun Yer</t>
+          <t>Yunus’un Görklü Avazı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059559485</t>
+          <t>9786057670489</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Bahçe</t>
+          <t>Dönüş Aşka</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059559447</t>
+          <t>9786057670571</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erenler Kitabı</t>
+          <t>Prizrenli Abdürrahim Fedai Külliyatı ve Bestelenmiş İlahileri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1300</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059559461</t>
+          <t>9786057670465</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>On Fasılda İnsan Olmak</t>
+          <t>Yar Yüreğim Yar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>620</v>
+        <v>650</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059559478</t>
+          <t>9786057670458</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bilgeleri</t>
+          <t>Yunus'un Kemali Osman Kemali’nin Yunus’u</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230.4</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059559416</t>
+          <t>9786057670366</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nereden Gelip Nereye Gidiyor İnsan</t>
+          <t>Eskişehirli Melami Ali Rıza Doksanyedi Eserleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059559386</t>
+          <t>9786057670335</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Nefs</t>
+          <t>Zikir ve Sema Hakkında</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>710</v>
+        <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059559379</t>
+          <t>9786057670328</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi Divanı</t>
+          <t>Üftade’den Aşk Dersleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059559393</t>
+          <t>9786057670311</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aşıklara Ayna ve Terazi</t>
+          <t>Hayatın Maddesi Sağlığın Sermayesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059559355</t>
+          <t>9786057670441</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Namazın Hakikati</t>
+          <t>Her Genç Bir Yunus</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>290</v>
+        <v>640</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059559324</t>
+          <t>9786057670298</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Erler Demine</t>
+          <t>Yunus’un Denizinde</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>540</v>
+        <v>310</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059559331</t>
+          <t>9786057670274</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İzmir'de Tasavvuf Kültürü</t>
+          <t>Rakkase</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054042876</t>
+          <t>9786057670267</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Yunus Bir Söz Söylemiş</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054042838</t>
+          <t>9786057670083</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Mecdüddin Bayrami Menakıbı ve Saliklerin Adabı - Nutk-i Şerifler</t>
+          <t>Sinemanın Hakikati</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>580</v>
+        <v>800</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059559256</t>
+          <t>9786059559799</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nasihatname</t>
+          <t>Sinemanın Kökleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3996059559270</t>
+          <t>9786057670250</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Pınarı</t>
+          <t>Bir Ulu Pir Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059559263</t>
+          <t>9786057670229</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolunda İnsan</t>
+          <t>Varlığın İki Kutbu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059559195</t>
+          <t>9786057670205</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İlahiler ve Kutbü'l - Maani</t>
+          <t>Mevlana Neş’esinden Serpintiler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059559218</t>
+          <t>9786057670199</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nesefi Akaidi Şerhi</t>
+          <t>Mevlana Neş’esinden Esintiler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059559188</t>
+          <t>9786057670212</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dem Yüzü</t>
+          <t>Bir Mektebe Uğradım</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>590</v>
+        <v>540</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059559157</t>
+          <t>9786057670175</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sun'ullah-ı Gaybi Divanı (Ciltli)</t>
+          <t>Ben Doğurdum Anamı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059559881</t>
+          <t>9786057670137</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Osman Kemali Aşk Sızıntıları Şerhi</t>
+          <t>Varidat Şerhi - Nuru'l-Arabi Külliyatı 7. Cilt</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>850</v>
+        <v>990</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059559119</t>
+          <t>9786057670038</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gül Bahçesinden Mektuplar</t>
+          <t>Mesnevi'nin Parlak Cevherleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>720</v>
+        <v>460</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059559065</t>
+          <t>9786057670144</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cihangir'de Bir Aşk ve İrfan Ocağı</t>
+          <t>Muhammedi Nurlar - Nuru'l-Arabi Külliyatı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059559034</t>
+          <t>9786057670151</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ünsi Halveti ve Menakıbnamesi</t>
+          <t>Can U Canan</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>590</v>
+        <v>620</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054042999</t>
+          <t>9786057670069</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uşşaki'de Bul Aşkı</t>
+          <t>Yunus Emre Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>580</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054042913</t>
+          <t>9786057670120</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Nuru'l Arabi Külliyatı 1. Cilt</t>
+          <t>Yunus Emre'den Yolcuya Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054042845</t>
+          <t>9786057670076</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Konuşmalar</t>
+          <t>Canım Dosta Gider</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>290</v>
+        <v>640</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054042883</t>
+          <t>9786057670090</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Halveti ve Tefsir Günlüğü</t>
+          <t>Aşktan Söyler Bu Dilim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>770</v>
+        <v>670</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054042692</t>
+          <t>9786057670007</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Halveti Divan-ı İlahiyat (Ciltli)</t>
+          <t>Bursalı Aşık Yunus - Yunus Emre'nin Gönül Çocuğu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>2000</v>
+        <v>620</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054042616</t>
+          <t>9786059559997</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri Divanı Şerhi</t>
+          <t>In the Education of Tasawwuf Nafs Tawhid and Zat</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>1240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054042722</t>
+          <t>9786059559614</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Güzelin 1001 Yüzü</t>
+          <t>Kimsenin Rüyası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054042630</t>
+          <t>9786059559959</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Şeyh Seyyid Hace Muhammed Nuru'l-Arabi</t>
+          <t>Yunus Emre’nin Mürşidi Tapduk Emre</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054042647</t>
+          <t>9786058669376</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şehrim Aşk</t>
+          <t>Anadolu’dan Türk Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>580</v>
+        <v>550</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054042210</t>
+          <t>9786059559911</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Divançe-i İlahiyat</t>
+          <t>Leyla'nın Defteri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>720</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054042685</t>
+          <t>9786059559904</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pir-i Türkistan Hoca Ahmed Yesevi</t>
+          <t>Üsküdarlı Mehmed Nasuhi Halveti - Hayatı ve İlahileri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>900</v>
+        <v>720</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054042586</t>
+          <t>9786059559508</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Delili ve Müşkillerin Anahtarı</t>
+          <t>Seyyah Olayım Bir Zaman</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>410</v>
+        <v>720</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054042852</t>
+          <t>9786059559898</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Hü Şiirleri</t>
+          <t>Şiirin Has'ı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054042579</t>
+          <t>9786059559874</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kerpiç Koydum Kazana</t>
+          <t>Yadigar-ı İhvan</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>360</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054042593</t>
+          <t>9786059559850</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Veliler ve Deliler</t>
+          <t>Türk Edebiyatında Manzum Devriyye</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057670045</t>
+          <t>9786054042814</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yunus’ta Hak ve Halk Sevgisi</t>
+          <t>Tasavvufa Dair</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054042180</t>
+          <t>9786054042777</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Düşüncesinde Muhyiddin İbn’ül Arabi</t>
+          <t>Muhammed Nuru'l - Arabi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058669345</t>
+          <t>9786054042975</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Şerhi</t>
+          <t>Gece ve Kandil</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054042333</t>
+          <t>9786054042807</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Üzerine Araştırmalar</t>
+          <t>Bir Erenin Söyledikleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059559171</t>
+          <t>9786059559249</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Limni’de Sürgün Bir Veli</t>
+          <t>Elmalı Erenlerinde Mana Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058669352</t>
+          <t>9786059559836</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Halveti Şabani Yolunun Adabı (Ciltli)</t>
+          <t>Ey Gönül</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>720</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059559027</t>
+          <t>9786059559829</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hallac-ı Mansur Menakıbnamesi</t>
+          <t>Pir-i Halveti Seyyid Yahya-yı Şirvani Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>470</v>
+        <v>990</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054042203</t>
+          <t>9786057670014</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat</t>
+          <t>Yunus Emre Yorumları (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>460</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058669321</t>
+          <t>9786059559577</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat - İstanbullu Bir Eren Senayi Hasan Şabani</t>
+          <t>İbn Ata Tefsiri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>990</v>
+        <v>720</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058669338</t>
+          <t>9786054042906</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı İlahiyat - Geredeli Mustafa Rumi Şabani</t>
+          <t>Divançe-i İlahiyat</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>640</v>
+        <v>410</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
+          <t>9786059559751</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Nokta Şerhi</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786059559805</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Metin Şerhine Giriş</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786059559782</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’dan Türk Ninnileri</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786059559775</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Nefesler</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786059559744</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufi Mektuplar</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786059559362</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Eğitiminde Nefs - Tevhid - Zat</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786059559522</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Erenlerden Aşk Sözleri</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786059559515</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>İndiragandi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786059559591</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Hazret-i Pir Şaban-ı Veli Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786059559584</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf’un Rüyası</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059559560</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaşmalar</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059559317</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an-ı Kerim ve Türkçe Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059559430</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Maya</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059559423</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Başkası Olduğun Yer</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059559485</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Ateş ve Bahçe</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059559447</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Erenler Kitabı</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059559461</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>On Fasılda İnsan Olmak</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059559478</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Bilgeleri</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>230.4</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786059559416</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Nereden Gelip Nereye Gidiyor İnsan</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786059559386</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Türk Şiirinde Nefs</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786059559379</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Şemseddin-i Sivasi Divanı</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786059559393</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Aşıklara Ayna ve Terazi</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786059559355</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Namazın Hakikati</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786059559324</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Erler Demine</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786059559331</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>İzmir'de Tasavvuf Kültürü</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786054042876</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786054042838</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Mecdüddin Bayrami Menakıbı ve Saliklerin Adabı - Nutk-i Şerifler</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059559256</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Nasihatname</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>3996059559270</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Bilgelik Pınarı</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059559263</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Yolunda İnsan</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059559195</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>İlahiler ve Kutbü'l - Maani</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059559218</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Nesefi Akaidi Şerhi</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059559188</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Dem Yüzü</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059559157</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Sun'ullah-ı Gaybi Divanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059559881</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Osman Kemali Aşk Sızıntıları Şerhi</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059559119</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Gül Bahçesinden Mektuplar</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059559065</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Cihangir'de Bir Aşk ve İrfan Ocağı</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059559034</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Ünsi Halveti ve Menakıbnamesi</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786054042999</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Uşşaki'de Bul Aşkı</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786054042913</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Nuru'l Arabi Külliyatı 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786054042845</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufi Konuşmalar</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054042883</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>İsmail Hakkı Halveti ve Tefsir Günlüğü</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786054042692</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Niyazi-i Mısri Halveti Divan-ı İlahiyat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054042616</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Niyazi-i Mısri Divanı Şerhi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786054042722</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Güzelin 1001 Yüzü</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786054042630</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Menakıb-ı Şeyh Seyyid Hace Muhammed Nuru'l-Arabi</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786054042647</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Şehrim Aşk</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786054042210</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Divançe-i İlahiyat</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786054042685</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Pir-i Türkistan Hoca Ahmed Yesevi</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786054042586</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Ariflerin Delili ve Müşkillerin Anahtarı</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786054042852</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Türk Edebiyatında Hü Şiirleri</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786054042579</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Kerpiç Koydum Kazana</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786054042593</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Veliler ve Deliler</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786057670045</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yunus’ta Hak ve Halk Sevgisi</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786054042180</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Düşüncesinde Muhyiddin İbn’ül Arabi</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786058669345</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Mevlid Şerhi</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786054042333</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi Üzerine Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059559171</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Limni’de Sürgün Bir Veli</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786058669352</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Halveti Şabani Yolunun Adabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059559027</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Hallac-ı Mansur Menakıbnamesi</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786054042203</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786058669321</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat - İstanbullu Bir Eren Senayi Hasan Şabani</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786058669338</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Divan-ı İlahiyat - Geredeli Mustafa Rumi Şabani</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
           <t>9786059559133</t>
         </is>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Divan-ı İlahiyat</t>
         </is>
       </c>
-      <c r="C187" s="1">
+      <c r="C250" s="1">
         <v>1900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>