--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,2905 +85,2935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256058163</t>
+          <t>9786057637161</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Çukurovası</t>
+          <t>Kurtlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199</v>
+        <v>479</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256058149</t>
+          <t>9786256058170</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Balaban</t>
+          <t>Ölülerin Göçü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256058156</t>
+          <t>9786256058163</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Dünya</t>
+          <t>Yalnızlığın Çukurovası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256058095</t>
+          <t>9786256058149</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Epiktetus’ta Bilgelik</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256058132</t>
+          <t>9786256058156</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalan Yarın</t>
+          <t>Olağanüstü Dünya</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256058125</t>
+          <t>9786256058095</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sağanaktan Önce</t>
+          <t>Epiktetus’ta Bilgelik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>289</v>
+        <v>159</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256058101</t>
+          <t>9786256058132</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kovgunları</t>
+          <t>Dünden Kalan Yarın</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256058118</t>
+          <t>9786256058125</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Sağanaktan Önce</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057637901</t>
+          <t>9786256058101</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yalancısı</t>
+          <t>Toprak Kovgunları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256058019</t>
+          <t>9786256058118</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Düşbazın Yolculuğu</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057637970</t>
+          <t>9786057637901</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bizim Köyün Ermenileri</t>
+          <t>Yalanın Yalancısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>239</v>
+        <v>159</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256058040</t>
+          <t>9786256058019</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>De Ki Mi</t>
+          <t>Düşbazın Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>389</v>
+        <v>159</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256058064</t>
+          <t>9786057637970</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kabus Gibi</t>
+          <t>Bizim Köyün Ermenileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256058057</t>
+          <t>9786256058040</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gibi</t>
+          <t>De Ki Mi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256058026</t>
+          <t>9786256058064</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çoktandır Söylenmemiş</t>
+          <t>Kabus Gibi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057637857</t>
+          <t>9786256058057</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Marksizmi Özgürleştirmek</t>
+          <t>Rüya Gibi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>289</v>
+        <v>329</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256058002</t>
+          <t>9786256058026</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Samsara</t>
+          <t>Çoktandır Söylenmemiş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256058033</t>
+          <t>9786057637857</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Doktorun Bölük Pörçük Anıları</t>
+          <t>Marksizmi Özgürleştirmek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057637994</t>
+          <t>9786256058002</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Teslim Olmayanlar</t>
+          <t>Samsara</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>329</v>
+        <v>289</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057637949</t>
+          <t>9786256058033</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Masalı Ağaç Dikme Duası</t>
+          <t>Bir Doktorun Bölük Pörçük Anıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>99</v>
+        <v>159</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057637956</t>
+          <t>9786057637994</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Masalı İkiz Kızlar Gediz ile Banaz</t>
+          <t>Teslim Olmayanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>99</v>
+        <v>329</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057637963</t>
+          <t>9786057637949</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare FA ile TO</t>
+          <t>Bir Yörük Masalı Ağaç Dikme Duası</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057637932</t>
+          <t>9786057637956</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Bir Yörük Masalı İkiz Kızlar Gediz ile Banaz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>129</v>
+        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057637925</t>
+          <t>9786057637963</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmasın</t>
+          <t>Minik Fare FA ile TO</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057637918</t>
+          <t>9786057637932</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kendini Anlatır</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057637055</t>
+          <t>9786057637925</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Ölümleri</t>
+          <t>Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057637802</t>
+          <t>9786057637918</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aliye’nin Öyküleri</t>
+          <t>Müzik Kendini Anlatır</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057637789</t>
+          <t>9786057637055</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz Muhit</t>
+          <t>İlkyaz Ölümleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057637741</t>
+          <t>9786057637802</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Edebiyat Matineleri</t>
+          <t>Aliye’nin Öyküleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>229</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057637819</t>
+          <t>9786057637789</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İsyan Günleri 68</t>
+          <t>Düzenbaz Muhit</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057637895</t>
+          <t>9786057637741</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Keşkesi Olmayan Bir Geçmiş</t>
+          <t>Türkiye’de Edebiyat Matineleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>259</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057637840</t>
+          <t>9786057637819</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Uşak'ta Köy Komünleri</t>
+          <t>İsyan Günleri 68</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057637833</t>
+          <t>9786057637895</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mreydi Çarşısı</t>
+          <t>Keşkesi Olmayan Bir Geçmiş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>209</v>
+        <v>259</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057637536</t>
+          <t>9786057637840</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aheste Tango</t>
+          <t>Uşak'ta Köy Komünleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057637758</t>
+          <t>9786057637833</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Düş Ustası</t>
+          <t>Mreydi Çarşısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>139</v>
+        <v>209</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057637765</t>
+          <t>9786057637536</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Menekşe</t>
+          <t>Aheste Tango</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057637826</t>
+          <t>9786057637758</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Düğünü - Antakya Öyküleri</t>
+          <t>Düş Ustası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>259</v>
+        <v>139</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057637710</t>
+          <t>9786057637765</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Ziraatçıları İyriboz Kardeşler</t>
+          <t>Menekşe</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057637673</t>
+          <t>9786057637826</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yumyummoşlar - Can Dostlardan Masallar ve Şiirler</t>
+          <t>Bir Dağ Düğünü - Antakya Öyküleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>309</v>
+        <v>259</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057637697</t>
+          <t>9786057637710</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adana Sokakları Turunç Kokuyor</t>
+          <t>Cumhuriyet’in Ziraatçıları İyriboz Kardeşler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057637727</t>
+          <t>9786057637673</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>O Yazar Muhtemelen Benim</t>
+          <t>Yumyummoşlar - Can Dostlardan Masallar ve Şiirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>169</v>
+        <v>309</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057637703</t>
+          <t>9786057637697</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kapitone</t>
+          <t>Adana Sokakları Turunç Kokuyor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057637734</t>
+          <t>9786057637727</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öteki Sesler</t>
+          <t>O Yazar Muhtemelen Benim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057637680</t>
+          <t>9786057637703</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Göçün Çukurovası</t>
+          <t>Kapitone</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054906642</t>
+          <t>9786057637734</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Dünü</t>
+          <t>Öteki Sesler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>339</v>
+        <v>179</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057637666</t>
+          <t>9786057637680</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Neden Müzik Dinleriz?</t>
+          <t>Göçün Çukurovası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057637581</t>
+          <t>9786054906642</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Film Yönetimi Atölyesi</t>
+          <t>Sinemanın Dünü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>389</v>
+        <v>339</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057637659</t>
+          <t>9786057637666</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>LaLi Berte'ye Mektuplar</t>
+          <t>Neden Müzik Dinleriz?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057637215</t>
+          <t>9786057637581</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ucunda</t>
+          <t>Film Yönetimi Atölyesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057637598</t>
+          <t>9786057637659</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Taneleri</t>
+          <t>LaLi Berte'ye Mektuplar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057637635</t>
+          <t>9786057637215</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Devrim, Siyaset</t>
+          <t>Gecenin Ucunda</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>239</v>
+        <v>379</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057637628</t>
+          <t>9786057637598</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kenara Yakın</t>
+          <t>Karanlığın Taneleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057637574</t>
+          <t>9786057637635</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar</t>
+          <t>Devlet, Devrim, Siyaset</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057637604</t>
+          <t>9786057637628</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aynı Düşün İçinde</t>
+          <t>Kenara Yakın</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057637567</t>
+          <t>9786057637574</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte 3 Patron 50 Yıl</t>
+          <t>Yanılsamalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057637062</t>
+          <t>9786057637604</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cellat Ağlıyor</t>
+          <t>Aynı Düşün İçinde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057637611</t>
+          <t>9786057637567</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Çukurovası</t>
+          <t>Gazetecilikte 3 Patron 50 Yıl</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057637543</t>
+          <t>9786057637062</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Zeytin Ağacıyım</t>
+          <t>Cellat Ağlıyor</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057637529</t>
+          <t>9786057637611</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Duygudan Sağlıklı Yaşama Yolculuk</t>
+          <t>Emeğin Çukurovası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057637550</t>
+          <t>9786057637543</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Diplomat Şair</t>
+          <t>Ben Bir Zeytin Ağacıyım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057637475</t>
+          <t>9786057637529</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pisikolojik Öyküler - Kediler Sahiplendiklerini Anlatıyor</t>
+          <t>Duygudan Sağlıklı Yaşama Yolculuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057637505</t>
+          <t>9786057637550</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yaz’Ankara</t>
+          <t>Diplomat Şair</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057637512</t>
+          <t>9786057637475</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Taş Üşümesi</t>
+          <t>Pisikolojik Öyküler - Kediler Sahiplendiklerini Anlatıyor</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057637048</t>
+          <t>9786057637505</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçeler</t>
+          <t>Yaz’Ankara</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>189</v>
+        <v>279</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057637499</t>
+          <t>9786057637512</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Umut Distopya Siyaset</t>
+          <t>Taş Üşümesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057637451</t>
+          <t>9786057637048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Yaşarsam İki Olsun</t>
+          <t>Son Bahçeler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054906659</t>
+          <t>9786057637499</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Kalan Portreler</t>
+          <t>Umut Distopya Siyaset</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057637482</t>
+          <t>9786057637451</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Şehir Söner Biz Yanarız - Pavyon Öyküleri ve İzmirli Burcu</t>
+          <t>Bir Daha Yaşarsam İki Olsun</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057637444</t>
+          <t>9786054906659</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Şampiyon</t>
+          <t>Anılarda Kalan Portreler</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057637413</t>
+          <t>9786057637482</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 100. Yılında Enver Gökçe’ye Armağan</t>
+          <t>Şehir Söner Biz Yanarız - Pavyon Öyküleri ve İzmirli Burcu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057637468</t>
+          <t>9786057637444</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Halkla İmtihanı</t>
+          <t>Sessiz Şampiyon</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057637437</t>
+          <t>9786057637413</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Psikodiyet - Bedeni Sev Ruhunu Besle</t>
+          <t>Doğumunun 100. Yılında Enver Gökçe’ye Armağan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>239</v>
+        <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057637420</t>
+          <t>9786057637468</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şöhret Dediğin - Ferdi Özbeğen</t>
+          <t>Demokrasinin Halkla İmtihanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057637321</t>
+          <t>9786057637437</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Devir Saati</t>
+          <t>Psikodiyet - Bedeni Sev Ruhunu Besle</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057637390</t>
+          <t>9786057637420</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Orada Neler Oluyor?</t>
+          <t>Şöhret Dediğin - Ferdi Özbeğen</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057637406</t>
+          <t>9786057637321</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kilosophia - Kilo Bilgeliği</t>
+          <t>Devir Saati</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054906871</t>
+          <t>9786057637390</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Ağzı</t>
+          <t>Orada Neler Oluyor?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057637291</t>
+          <t>9786057637406</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Melahat Hanımın Düzenli Yaşamı</t>
+          <t>Kilosophia - Kilo Bilgeliği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057637345</t>
+          <t>9786054906871</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Beethoven</t>
+          <t>Ölümün Ağzı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057637369</t>
+          <t>9786057637291</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mesut İktu - Cumhuriyet’in 50 Yıllık Sesi</t>
+          <t>Melahat Hanımın Düzenli Yaşamı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>329</v>
+        <v>169</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057637376</t>
+          <t>9786057637345</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Beethoven</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>239</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057637383</t>
+          <t>9786057637369</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Derin Virüs</t>
+          <t>Mesut İktu - Cumhuriyet’in 50 Yıllık Sesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054906833</t>
+          <t>9786057637376</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Sevda</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054906895</t>
+          <t>9786057637383</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Büyük Soytarı</t>
+          <t>Derin Virüs</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057637017</t>
+          <t>9786054906833</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bay Konsolos</t>
+          <t>Yorgun Sevda</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057637086</t>
+          <t>9786054906895</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Büyük Soytarı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054906826</t>
+          <t>9786057637017</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Pulsuz Tavla</t>
+          <t>Bay Konsolos</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057637352</t>
+          <t>9786057637086</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Ruhu</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057637239</t>
+          <t>9786054906826</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dar Yol</t>
+          <t>Pulsuz Tavla</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057637338</t>
+          <t>9786057637352</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Derinliklerinde Olup Bitenler</t>
+          <t>Kasabanın Ruhu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057637260</t>
+          <t>9786057637239</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anlatılanların Gerçekle Uzaktan İlgisi Vardır</t>
+          <t>Dar Yol</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057637024</t>
+          <t>9786057637338</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zaman O Zaman Değil</t>
+          <t>Yeryüzünün Derinliklerinde Olup Bitenler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054906932</t>
+          <t>9786057637260</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 1 - Var Olmak</t>
+          <t>Anlatılanların Gerçekle Uzaktan İlgisi Vardır</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054906949</t>
+          <t>9786057637024</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 3 - Vatan Tutkusu</t>
+          <t>Zaman O Zaman Değil</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054906918</t>
+          <t>9786054906932</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 2 - Hükümet Meydanı</t>
+          <t>Kurtuluş Savaşı Üçlüsü 1 - Var Olmak</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057637307</t>
+          <t>9786054906949</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bu Kulaklar Neler Duydu</t>
+          <t>Kurtuluş Savaşı Üçlüsü 3 - Vatan Tutkusu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>599</v>
+        <v>249</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057637093</t>
+          <t>9786054906918</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bir Hanımefendinin Ölümü</t>
+          <t>Kurtuluş Savaşı Üçlüsü 2 - Hükümet Meydanı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054906857</t>
+          <t>9786057637307</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam ve Ben</t>
+          <t>Bu Kulaklar Neler Duydu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>179</v>
+        <v>599</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057637079</t>
+          <t>9786057637093</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Biz Güzel Bir Aileyiz</t>
+          <t>Bir Hanımefendinin Ölümü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057637031</t>
+          <t>9786054906857</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gariplikler</t>
+          <t>Annem Babam ve Ben</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054906796</t>
+          <t>9786057637079</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Psikodiyet - Bir Grup Terapisi Hikayesi</t>
+          <t>Biz Güzel Bir Aileyiz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054906710</t>
+          <t>9786057637031</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Avludakiler</t>
+          <t>Gariplikler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057637000</t>
+          <t>9786054906796</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yalpa</t>
+          <t>Psikodiyet - Bir Grup Terapisi Hikayesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054906758</t>
+          <t>9786054906710</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Faşizm</t>
+          <t>Avludakiler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054906963</t>
+          <t>9786057637000</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Madamlar Gidince Anladık</t>
+          <t>Yalpa</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054906987</t>
+          <t>9786054906758</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Seni Koruyan Kadınlar Var Bu Dünyada</t>
+          <t>Almanya'da Faşizm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054906307</t>
+          <t>9786054906963</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Miryam</t>
+          <t>Madamlar Gidince Anladık</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>259</v>
+        <v>199</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054906970</t>
+          <t>9786054906987</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Lipödem ve Tedavisi</t>
+          <t>Seni Koruyan Kadınlar Var Bu Dünyada</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>319</v>
+        <v>169</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054906802</t>
+          <t>9786054906307</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Genelevde Yas</t>
+          <t>Miryam</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>219</v>
+        <v>259</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054906512</t>
+          <t>9786054906970</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yirmibeş Kuruşa Amerika</t>
+          <t>Lipödem ve Tedavisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054906611</t>
+          <t>9786054906802</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mümkünse Sıra Başı Olsun Lütfen!</t>
+          <t>Genelevde Yas</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054906789</t>
+          <t>9786054906512</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yüzünden Anlaşılıyor - İş Dünyası İçin Mikro İfadeler</t>
+          <t>Yirmibeş Kuruşa Amerika</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054906765</t>
+          <t>9786054906611</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Müzik Politikaları</t>
+          <t>Mümkünse Sıra Başı Olsun Lütfen!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054906673</t>
+          <t>9786054906789</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sendikaların Dönüşümü</t>
+          <t>Yüzünden Anlaşılıyor - İş Dünyası İçin Mikro İfadeler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054906734</t>
+          <t>9786054906765</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tahir Elçi Hikayesi</t>
+          <t>Cumhuriyetin Müzik Politikaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054906741</t>
+          <t>9786054906673</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tahir Elçi Hikayesi (Ciltli)</t>
+          <t>Sendikaların Dönüşümü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054906727</t>
+          <t>9786054906734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şehir Düştü</t>
+          <t>Tahir Elçi Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054906680</t>
+          <t>9786054906741</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pansiyon Huzur</t>
+          <t>Tahir Elçi Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054906666</t>
+          <t>9786054906727</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdakiler</t>
+          <t>Şehir Düştü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054906697</t>
+          <t>9786054906680</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şecere</t>
+          <t>Pansiyon Huzur</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054906703</t>
+          <t>9786054906666</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Babam Aharon Usta</t>
+          <t>Aşağıdakiler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054906604</t>
+          <t>9786054906697</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uzun Atlama</t>
+          <t>Kayıp Şecere</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054906482</t>
+          <t>9786054906703</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Külleri</t>
+          <t>Babam Aharon Usta</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054906475</t>
+          <t>9786054906604</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Hayata</t>
+          <t>Uzun Atlama</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054906598</t>
+          <t>9786054906482</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tembel Bir Gölgenin Devamı</t>
+          <t>Geçmiş Zaman Külleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054906574</t>
+          <t>9786054906475</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Film Çekmek</t>
+          <t>Ölümden Hayata</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054906581</t>
+          <t>9786054906598</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Politika</t>
+          <t>Tembel Bir Gölgenin Devamı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054906567</t>
+          <t>9786054906574</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kürdün Meyhanesi</t>
+          <t>Film Çekmek</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054906543</t>
+          <t>9786054906581</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yerli Sinemada Hollywood Kuşağı</t>
+          <t>Müzik ve Politika</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>269</v>
+        <v>229</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054906536</t>
+          <t>9786054906567</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Saydam Parıltılar</t>
+          <t>Kürdün Meyhanesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054906529</t>
+          <t>9786054906543</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Öğle Rakıları</t>
+          <t>Yerli Sinemada Hollywood Kuşağı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054906444</t>
+          <t>9786054906536</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Erman - İzlenmemiş Bir Yeşilçam Filmi</t>
+          <t>Saydam Parıltılar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>409</v>
+        <v>169</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054906550</t>
+          <t>9786054906529</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>An Kara</t>
+          <t>Öğle Rakıları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054906499</t>
+          <t>9786054906444</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İki De Bir</t>
+          <t>Hürrem Erman - İzlenmemiş Bir Yeşilçam Filmi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>229</v>
+        <v>409</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054906451</t>
+          <t>9786054906550</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fareyi Öldürmek</t>
+          <t>An Kara</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054906505</t>
+          <t>9786054906499</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İkisi Bi Arada</t>
+          <t>İki De Bir</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>269</v>
+        <v>229</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054906468</t>
+          <t>9786054906451</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Yalnızlığın Tarihçesi</t>
+          <t>Fareyi Öldürmek</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054906437</t>
+          <t>9786054906505</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yaftalı Tabut</t>
+          <t>İkisi Bi Arada</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054906406</t>
+          <t>9786054906468</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gitmek</t>
+          <t>Uzun Bir Yalnızlığın Tarihçesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>259</v>
+        <v>219</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054906390</t>
+          <t>9786054906437</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Eyyüb</t>
+          <t>Yaftalı Tabut</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054906383</t>
+          <t>9786054906406</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kanser, Alzheimer, Parkinson Kalp-Damar Hastalıklarında Keleyşın Tedavisi</t>
+          <t>Gitmek</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>199</v>
+        <v>259</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054906291</t>
+          <t>9786054906390</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Akdeniz</t>
+          <t>Sabırsız Eyyüb</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054906369</t>
+          <t>9786054906383</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Şirket</t>
+          <t>Kanser, Alzheimer, Parkinson Kalp-Damar Hastalıklarında Keleyşın Tedavisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>429</v>
+        <v>199</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054906178</t>
+          <t>9786054906291</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın Krallığı</t>
+          <t>Akdeniz Akdeniz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054906338</t>
+          <t>9786054906369</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayal Satıcısı</t>
+          <t>Dünyayı Değiştiren Şirket</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>179</v>
+        <v>429</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054906345</t>
+          <t>9786054906178</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Klasik Müzik Serüveni - İllüzyon</t>
+          <t>Bu Dünyanın Krallığı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>399</v>
+        <v>159</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054906352</t>
+          <t>9786054906338</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Cinsellik ve Toplumsal Cinsiyet</t>
+          <t>Bir Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054906321</t>
+          <t>9786054906345</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kadınının Feminizm Macerası ve Hamidiye Modernleşmesi</t>
+          <t>Cumhuriyet'in Klasik Müzik Serüveni - İllüzyon</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054906314</t>
+          <t>9786054906352</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Supra - Bir Parçacık Sonsuzluk</t>
+          <t>Müzikte Cinsellik ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>239</v>
+        <v>219</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054906260</t>
+          <t>9786054906321</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kanserden Korkma Modası Geçmiş Tedaviden Kork</t>
+          <t>Bir Osmanlı Kadınının Feminizm Macerası ve Hamidiye Modernleşmesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054906253</t>
+          <t>9786054906314</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Vazoya Bir Gül Düştü</t>
+          <t>Supra - Bir Parçacık Sonsuzluk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054906284</t>
+          <t>9786054906260</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Serseri</t>
+          <t>Kanserden Korkma Modası Geçmiş Tedaviden Kork</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054906246</t>
+          <t>9786054906253</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gücü</t>
+          <t>Vazoya Bir Gül Düştü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>319</v>
+        <v>169</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054906277</t>
+          <t>9786054906284</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Parçalı Bulutlar Ülkesi</t>
+          <t>Serseri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054906147</t>
+          <t>9786054906246</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeniden Üretimi</t>
+          <t>Sözün Gücü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054906222</t>
+          <t>9786054906277</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yarının Şafağında</t>
+          <t>Parçalı Bulutlar Ülkesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054906154</t>
+          <t>9786054906147</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gezi'den Sonra Sınıf</t>
+          <t>Sınıfın Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054906215</t>
+          <t>9786054906222</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yunan Sol'u: Syriza'nın Solundaki Parti ve Örgütler</t>
+          <t>Yarının Şafağında</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054906208</t>
+          <t>9786054906154</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>New York New York</t>
+          <t>Gezi'den Sonra Sınıf</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054906185</t>
+          <t>9786054906215</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Öteki Yunan Sol'u: Syriza'nın Solundaki Parti ve Örgütler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>319</v>
+        <v>159</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054906161</t>
+          <t>9786054906208</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>SSCB'de Komünist Muhalefet Troçkistler Cilt 1</t>
+          <t>New York New York</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054906123</t>
+          <t>9786054906185</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Refah Devletinin Yükselişi ve Düşüşü</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>349</v>
+        <v>319</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054906079</t>
+          <t>9786054906161</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şifacı: Işığın Getirdiği</t>
+          <t>SSCB'de Komünist Muhalefet Troçkistler Cilt 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>239</v>
+        <v>159</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054906055</t>
+          <t>9786054906123</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Ölü</t>
+          <t>Refah Devletinin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054906062</t>
+          <t>9786054906079</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Programı</t>
+          <t>Şifacı: Işığın Getirdiği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054906086</t>
+          <t>9786054906055</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Albinizmli Bir Çocuk Yetiştirmek</t>
+          <t>Canavar ve Ölü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>479</v>
+        <v>299</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054906031</t>
+          <t>9786054906062</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Köz</t>
+          <t>Günümüz Programı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054906024</t>
+          <t>9786054906086</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kurşunlu Benzinin Gizli Tarihi</t>
+          <t>Albinizmli Bir Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>219</v>
+        <v>479</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054906093</t>
+          <t>9786054906031</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Lodos Güncesi</t>
+          <t>Köz</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054906109</t>
+          <t>9786054906024</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kirov Cinayeti ve Stalin</t>
+          <t>Kurşunlu Benzinin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054906017</t>
+          <t>9786054906093</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamayı Öğrenmek</t>
+          <t>Lodos Güncesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054906239</t>
+          <t>9786054906109</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Kapıları</t>
+          <t>Kirov Cinayeti ve Stalin</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054906048</t>
+          <t>9786054906017</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İktisatçıların İktisadı</t>
+          <t>Birlikte Yaşamayı Öğrenmek</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058670068</t>
+          <t>9786054906239</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Felsefesi Filozofların Kedileri</t>
+          <t>Rüyanın Kapıları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056247316</t>
+          <t>9786054906048</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dizim Başladı! Kapat, Sonra Anlatırım</t>
+          <t>İktisatçıların İktisadı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056247354</t>
+          <t>9786058670068</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Voodoo Büyüleri Kitabı</t>
+          <t>Kedilerin Felsefesi Filozofların Kedileri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>429</v>
+        <v>179</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058670020</t>
+          <t>9786056247316</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tüm Renklerin Kabilesine Mesaj</t>
+          <t>Dizim Başladı! Kapat, Sonra Anlatırım</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058670013</t>
+          <t>9786056247354</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Düzenin İnşası</t>
+          <t>Voodoo Büyüleri Kitabı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>319</v>
+        <v>429</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786056247378</t>
+          <t>9786058670020</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tekel’in Elleri</t>
+          <t>Tüm Renklerin Kabilesine Mesaj</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056247347</t>
+          <t>9786058670013</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Maddecilik Üzerine</t>
+          <t>Toplumsal Düzenin İnşası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058670037</t>
+          <t>9786056247378</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Ölürüz</t>
+          <t>Tekel’in Elleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>419</v>
+        <v>169</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056247323</t>
+          <t>9786056247347</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kirazcan ile Kirazım - Sihirli İksirin Peşinde</t>
+          <t>Tarihsel Maddecilik Üzerine</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786056247309</t>
+          <t>9786058670037</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kirazcan ile Kirazım - Karakurtçuklara Karşı</t>
+          <t>Nasıl Ölürüz</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>239</v>
+        <v>419</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056247330</t>
+          <t>9786056247323</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çökerken</t>
+          <t>Kirazcan ile Kirazım - Sihirli İksirin Peşinde</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>269</v>
+        <v>239</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786056247361</t>
+          <t>9786056247309</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Tanrısı</t>
+          <t>Kirazcan ile Kirazım - Karakurtçuklara Karşı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>379</v>
+        <v>239</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786056247392</t>
+          <t>9786056247330</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Birlikte Büyümek</t>
+          <t>Karanlık Çökerken</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056247385</t>
+          <t>9786056247361</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın En İyi Saklanan Sırrı</t>
+          <t>Einstein’ın Tanrısı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058670006</t>
+          <t>9786056247392</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Algı Kalesi</t>
+          <t>Çocukla Birlikte Büyümek</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058670051</t>
+          <t>9786056247385</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfı Kimlikler Arasında</t>
+          <t>Amerika’nın En İyi Saklanan Sırrı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>339</v>
+        <v>349</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058670075</t>
+          <t>9786058670006</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Terapisi</t>
+          <t>Algı Kalesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
+          <t>9786058670051</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>İşçi Sınıfı Kimlikler Arasında</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786058670075</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Terapisi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
           <t>9786058670044</t>
         </is>
       </c>
-      <c r="B192" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>İşçi Sınıfı Araf’ta</t>
         </is>
       </c>
-      <c r="C192" s="1">
+      <c r="C194" s="1">
         <v>339</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>