--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,2935 +85,2965 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057637161</t>
+          <t>9786256058279</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar</t>
+          <t>Remil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>479</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256058170</t>
+          <t>9786256058262</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Göçü</t>
+          <t>Dünyanın Acemisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256058163</t>
+          <t>9786057637161</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Çukurovası</t>
+          <t>Kurtlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>199</v>
+        <v>479</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256058149</t>
+          <t>9786256058170</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Balaban</t>
+          <t>Ölülerin Göçü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256058156</t>
+          <t>9786256058163</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Dünya</t>
+          <t>Yalnızlığın Çukurovası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256058095</t>
+          <t>9786256058149</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Epiktetus’ta Bilgelik</t>
+          <t>Balaban</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256058132</t>
+          <t>9786256058156</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kalan Yarın</t>
+          <t>Olağanüstü Dünya</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256058125</t>
+          <t>9786256058095</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sağanaktan Önce</t>
+          <t>Epiktetus’ta Bilgelik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>289</v>
+        <v>159</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256058101</t>
+          <t>9786256058132</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kovgunları</t>
+          <t>Dünden Kalan Yarın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256058118</t>
+          <t>9786256058125</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Sağanaktan Önce</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>349</v>
+        <v>289</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057637901</t>
+          <t>9786256058101</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Yalancısı</t>
+          <t>Toprak Kovgunları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256058019</t>
+          <t>9786256058118</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Düşbazın Yolculuğu</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>159</v>
+        <v>349</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057637970</t>
+          <t>9786057637901</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bizim Köyün Ermenileri</t>
+          <t>Yalanın Yalancısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>239</v>
+        <v>159</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256058040</t>
+          <t>9786256058019</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>De Ki Mi</t>
+          <t>Düşbazın Yolculuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>389</v>
+        <v>159</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256058064</t>
+          <t>9786057637970</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kabus Gibi</t>
+          <t>Bizim Köyün Ermenileri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>329</v>
+        <v>239</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256058057</t>
+          <t>9786256058040</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gibi</t>
+          <t>De Ki Mi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>329</v>
+        <v>389</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256058026</t>
+          <t>9786256058064</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çoktandır Söylenmemiş</t>
+          <t>Kabus Gibi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057637857</t>
+          <t>9786256058057</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Marksizmi Özgürleştirmek</t>
+          <t>Rüya Gibi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>289</v>
+        <v>329</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256058002</t>
+          <t>9786256058026</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Samsara</t>
+          <t>Çoktandır Söylenmemiş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>289</v>
+        <v>179</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256058033</t>
+          <t>9786057637857</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Doktorun Bölük Pörçük Anıları</t>
+          <t>Marksizmi Özgürleştirmek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>159</v>
+        <v>289</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057637994</t>
+          <t>9786256058002</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Teslim Olmayanlar</t>
+          <t>Samsara</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>329</v>
+        <v>289</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057637949</t>
+          <t>9786256058033</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Masalı Ağaç Dikme Duası</t>
+          <t>Bir Doktorun Bölük Pörçük Anıları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>99</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057637956</t>
+          <t>9786057637994</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Yörük Masalı İkiz Kızlar Gediz ile Banaz</t>
+          <t>Teslim Olmayanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>99</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057637963</t>
+          <t>9786057637949</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare FA ile TO</t>
+          <t>Bir Yörük Masalı Ağaç Dikme Duası</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057637932</t>
+          <t>9786057637956</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gülce</t>
+          <t>Bir Yörük Masalı İkiz Kızlar Gediz ile Banaz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>129</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057637925</t>
+          <t>9786057637963</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmasın</t>
+          <t>Minik Fare FA ile TO</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>179</v>
+        <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057637918</t>
+          <t>9786057637932</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kendini Anlatır</t>
+          <t>Gülce</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057637055</t>
+          <t>9786057637925</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Ölümleri</t>
+          <t>Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057637802</t>
+          <t>9786057637918</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aliye’nin Öyküleri</t>
+          <t>Müzik Kendini Anlatır</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057637789</t>
+          <t>9786057637055</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz Muhit</t>
+          <t>İlkyaz Ölümleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057637741</t>
+          <t>9786057637802</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Edebiyat Matineleri</t>
+          <t>Aliye’nin Öyküleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>229</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057637819</t>
+          <t>9786057637789</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İsyan Günleri 68</t>
+          <t>Düzenbaz Muhit</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057637895</t>
+          <t>9786057637741</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Keşkesi Olmayan Bir Geçmiş</t>
+          <t>Türkiye’de Edebiyat Matineleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>259</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057637840</t>
+          <t>9786057637819</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uşak'ta Köy Komünleri</t>
+          <t>İsyan Günleri 68</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057637833</t>
+          <t>9786057637895</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mreydi Çarşısı</t>
+          <t>Keşkesi Olmayan Bir Geçmiş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>209</v>
+        <v>259</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057637536</t>
+          <t>9786057637840</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aheste Tango</t>
+          <t>Uşak'ta Köy Komünleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057637758</t>
+          <t>9786057637833</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düş Ustası</t>
+          <t>Mreydi Çarşısı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>139</v>
+        <v>209</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057637765</t>
+          <t>9786057637536</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Menekşe</t>
+          <t>Aheste Tango</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>129</v>
+        <v>209</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057637826</t>
+          <t>9786057637758</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağ Düğünü - Antakya Öyküleri</t>
+          <t>Düş Ustası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>259</v>
+        <v>139</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057637710</t>
+          <t>9786057637765</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Ziraatçıları İyriboz Kardeşler</t>
+          <t>Menekşe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057637673</t>
+          <t>9786057637826</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yumyummoşlar - Can Dostlardan Masallar ve Şiirler</t>
+          <t>Bir Dağ Düğünü - Antakya Öyküleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>309</v>
+        <v>259</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057637697</t>
+          <t>9786057637710</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Adana Sokakları Turunç Kokuyor</t>
+          <t>Cumhuriyet’in Ziraatçıları İyriboz Kardeşler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057637727</t>
+          <t>9786057637673</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>O Yazar Muhtemelen Benim</t>
+          <t>Yumyummoşlar - Can Dostlardan Masallar ve Şiirler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>169</v>
+        <v>309</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057637703</t>
+          <t>9786057637697</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kapitone</t>
+          <t>Adana Sokakları Turunç Kokuyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057637734</t>
+          <t>9786057637727</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öteki Sesler</t>
+          <t>O Yazar Muhtemelen Benim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057637680</t>
+          <t>9786057637703</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Göçün Çukurovası</t>
+          <t>Kapitone</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054906642</t>
+          <t>9786057637734</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Dünü</t>
+          <t>Öteki Sesler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>339</v>
+        <v>179</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057637666</t>
+          <t>9786057637680</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Neden Müzik Dinleriz?</t>
+          <t>Göçün Çukurovası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057637581</t>
+          <t>9786054906642</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Film Yönetimi Atölyesi</t>
+          <t>Sinemanın Dünü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>389</v>
+        <v>339</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057637659</t>
+          <t>9786057637666</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>LaLi Berte'ye Mektuplar</t>
+          <t>Neden Müzik Dinleriz?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057637215</t>
+          <t>9786057637581</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ucunda</t>
+          <t>Film Yönetimi Atölyesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057637598</t>
+          <t>9786057637659</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Taneleri</t>
+          <t>LaLi Berte'ye Mektuplar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057637635</t>
+          <t>9786057637215</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Devrim, Siyaset</t>
+          <t>Gecenin Ucunda</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>239</v>
+        <v>379</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057637628</t>
+          <t>9786057637598</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kenara Yakın</t>
+          <t>Karanlığın Taneleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057637574</t>
+          <t>9786057637635</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar</t>
+          <t>Devlet, Devrim, Siyaset</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057637604</t>
+          <t>9786057637628</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aynı Düşün İçinde</t>
+          <t>Kenara Yakın</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057637567</t>
+          <t>9786057637574</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilikte 3 Patron 50 Yıl</t>
+          <t>Yanılsamalar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>269</v>
+        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057637062</t>
+          <t>9786057637604</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cellat Ağlıyor</t>
+          <t>Aynı Düşün İçinde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057637611</t>
+          <t>9786057637567</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Çukurovası</t>
+          <t>Gazetecilikte 3 Patron 50 Yıl</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057637543</t>
+          <t>9786057637062</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Zeytin Ağacıyım</t>
+          <t>Cellat Ağlıyor</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057637529</t>
+          <t>9786057637611</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Duygudan Sağlıklı Yaşama Yolculuk</t>
+          <t>Emeğin Çukurovası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057637550</t>
+          <t>9786057637543</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Diplomat Şair</t>
+          <t>Ben Bir Zeytin Ağacıyım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057637475</t>
+          <t>9786057637529</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pisikolojik Öyküler - Kediler Sahiplendiklerini Anlatıyor</t>
+          <t>Duygudan Sağlıklı Yaşama Yolculuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>179</v>
+        <v>169</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057637505</t>
+          <t>9786057637550</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yaz’Ankara</t>
+          <t>Diplomat Şair</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057637512</t>
+          <t>9786057637475</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Taş Üşümesi</t>
+          <t>Pisikolojik Öyküler - Kediler Sahiplendiklerini Anlatıyor</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057637048</t>
+          <t>9786057637505</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Son Bahçeler</t>
+          <t>Yaz’Ankara</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>189</v>
+        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057637499</t>
+          <t>9786057637512</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Umut Distopya Siyaset</t>
+          <t>Taş Üşümesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057637451</t>
+          <t>9786057637048</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Yaşarsam İki Olsun</t>
+          <t>Son Bahçeler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054906659</t>
+          <t>9786057637499</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Kalan Portreler</t>
+          <t>Umut Distopya Siyaset</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057637482</t>
+          <t>9786057637451</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şehir Söner Biz Yanarız - Pavyon Öyküleri ve İzmirli Burcu</t>
+          <t>Bir Daha Yaşarsam İki Olsun</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057637444</t>
+          <t>9786054906659</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Şampiyon</t>
+          <t>Anılarda Kalan Portreler</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057637413</t>
+          <t>9786057637482</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 100. Yılında Enver Gökçe’ye Armağan</t>
+          <t>Şehir Söner Biz Yanarız - Pavyon Öyküleri ve İzmirli Burcu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>279</v>
+        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057637468</t>
+          <t>9786057637444</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Halkla İmtihanı</t>
+          <t>Sessiz Şampiyon</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>359</v>
+        <v>199</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057637437</t>
+          <t>9786057637413</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Psikodiyet - Bedeni Sev Ruhunu Besle</t>
+          <t>Doğumunun 100. Yılında Enver Gökçe’ye Armağan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>239</v>
+        <v>279</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057637420</t>
+          <t>9786057637468</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şöhret Dediğin - Ferdi Özbeğen</t>
+          <t>Demokrasinin Halkla İmtihanı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>179</v>
+        <v>359</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057637321</t>
+          <t>9786057637437</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Devir Saati</t>
+          <t>Psikodiyet - Bedeni Sev Ruhunu Besle</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057637390</t>
+          <t>9786057637420</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Orada Neler Oluyor?</t>
+          <t>Şöhret Dediğin - Ferdi Özbeğen</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057637406</t>
+          <t>9786057637321</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kilosophia - Kilo Bilgeliği</t>
+          <t>Devir Saati</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054906871</t>
+          <t>9786057637390</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Ağzı</t>
+          <t>Orada Neler Oluyor?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>219</v>
+        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057637291</t>
+          <t>9786057637406</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Melahat Hanımın Düzenli Yaşamı</t>
+          <t>Kilosophia - Kilo Bilgeliği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057637345</t>
+          <t>9786054906871</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Beethoven</t>
+          <t>Ölümün Ağzı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057637369</t>
+          <t>9786057637291</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mesut İktu - Cumhuriyet’in 50 Yıllık Sesi</t>
+          <t>Melahat Hanımın Düzenli Yaşamı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>329</v>
+        <v>169</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057637376</t>
+          <t>9786057637345</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Beethoven</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>239</v>
+        <v>199</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057637383</t>
+          <t>9786057637369</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Derin Virüs</t>
+          <t>Mesut İktu - Cumhuriyet’in 50 Yıllık Sesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054906833</t>
+          <t>9786057637376</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Sevda</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054906895</t>
+          <t>9786057637383</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Büyük Soytarı</t>
+          <t>Derin Virüs</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057637017</t>
+          <t>9786054906833</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bay Konsolos</t>
+          <t>Yorgun Sevda</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>239</v>
+        <v>189</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057637086</t>
+          <t>9786054906895</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mektup</t>
+          <t>Büyük Soytarı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054906826</t>
+          <t>9786057637017</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Pulsuz Tavla</t>
+          <t>Bay Konsolos</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057637352</t>
+          <t>9786057637086</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Ruhu</t>
+          <t>Mektup</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057637239</t>
+          <t>9786054906826</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dar Yol</t>
+          <t>Pulsuz Tavla</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>259</v>
+        <v>169</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057637338</t>
+          <t>9786057637352</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Derinliklerinde Olup Bitenler</t>
+          <t>Kasabanın Ruhu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057637260</t>
+          <t>9786057637239</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anlatılanların Gerçekle Uzaktan İlgisi Vardır</t>
+          <t>Dar Yol</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057637024</t>
+          <t>9786057637338</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zaman O Zaman Değil</t>
+          <t>Yeryüzünün Derinliklerinde Olup Bitenler</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054906932</t>
+          <t>9786057637260</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 1 - Var Olmak</t>
+          <t>Anlatılanların Gerçekle Uzaktan İlgisi Vardır</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054906949</t>
+          <t>9786057637024</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 3 - Vatan Tutkusu</t>
+          <t>Zaman O Zaman Değil</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>249</v>
+        <v>169</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054906918</t>
+          <t>9786054906932</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Üçlüsü 2 - Hükümet Meydanı</t>
+          <t>Kurtuluş Savaşı Üçlüsü 1 - Var Olmak</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057637307</t>
+          <t>9786054906949</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bu Kulaklar Neler Duydu</t>
+          <t>Kurtuluş Savaşı Üçlüsü 3 - Vatan Tutkusu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>599</v>
+        <v>249</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057637093</t>
+          <t>9786054906918</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Hanımefendinin Ölümü</t>
+          <t>Kurtuluş Savaşı Üçlüsü 2 - Hükümet Meydanı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>189</v>
+        <v>229</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054906857</t>
+          <t>9786057637307</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam ve Ben</t>
+          <t>Bu Kulaklar Neler Duydu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>179</v>
+        <v>599</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057637079</t>
+          <t>9786057637093</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Biz Güzel Bir Aileyiz</t>
+          <t>Bir Hanımefendinin Ölümü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057637031</t>
+          <t>9786054906857</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gariplikler</t>
+          <t>Annem Babam ve Ben</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054906796</t>
+          <t>9786057637079</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Psikodiyet - Bir Grup Terapisi Hikayesi</t>
+          <t>Biz Güzel Bir Aileyiz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054906710</t>
+          <t>9786057637031</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Avludakiler</t>
+          <t>Gariplikler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057637000</t>
+          <t>9786054906796</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yalpa</t>
+          <t>Psikodiyet - Bir Grup Terapisi Hikayesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054906758</t>
+          <t>9786054906710</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Faşizm</t>
+          <t>Avludakiler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>199</v>
+        <v>189</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054906963</t>
+          <t>9786057637000</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Madamlar Gidince Anladık</t>
+          <t>Yalpa</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054906987</t>
+          <t>9786054906758</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Seni Koruyan Kadınlar Var Bu Dünyada</t>
+          <t>Almanya'da Faşizm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054906307</t>
+          <t>9786054906963</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Miryam</t>
+          <t>Madamlar Gidince Anladık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>259</v>
+        <v>199</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054906970</t>
+          <t>9786054906987</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Lipödem ve Tedavisi</t>
+          <t>Seni Koruyan Kadınlar Var Bu Dünyada</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>319</v>
+        <v>169</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054906802</t>
+          <t>9786054906307</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Genelevde Yas</t>
+          <t>Miryam</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>219</v>
+        <v>259</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054906512</t>
+          <t>9786054906970</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yirmibeş Kuruşa Amerika</t>
+          <t>Lipödem ve Tedavisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>179</v>
+        <v>319</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054906611</t>
+          <t>9786054906802</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mümkünse Sıra Başı Olsun Lütfen!</t>
+          <t>Genelevde Yas</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054906789</t>
+          <t>9786054906512</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yüzünden Anlaşılıyor - İş Dünyası İçin Mikro İfadeler</t>
+          <t>Yirmibeş Kuruşa Amerika</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054906765</t>
+          <t>9786054906611</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Müzik Politikaları</t>
+          <t>Mümkünse Sıra Başı Olsun Lütfen!</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054906673</t>
+          <t>9786054906789</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sendikaların Dönüşümü</t>
+          <t>Yüzünden Anlaşılıyor - İş Dünyası İçin Mikro İfadeler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>209</v>
+        <v>299</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054906734</t>
+          <t>9786054906765</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tahir Elçi Hikayesi</t>
+          <t>Cumhuriyetin Müzik Politikaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054906741</t>
+          <t>9786054906673</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tahir Elçi Hikayesi (Ciltli)</t>
+          <t>Sendikaların Dönüşümü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>299</v>
+        <v>209</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054906727</t>
+          <t>9786054906734</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şehir Düştü</t>
+          <t>Tahir Elçi Hikayesi</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054906680</t>
+          <t>9786054906741</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Pansiyon Huzur</t>
+          <t>Tahir Elçi Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>269</v>
+        <v>299</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054906666</t>
+          <t>9786054906727</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdakiler</t>
+          <t>Şehir Düştü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054906697</t>
+          <t>9786054906680</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şecere</t>
+          <t>Pansiyon Huzur</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054906703</t>
+          <t>9786054906666</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Babam Aharon Usta</t>
+          <t>Aşağıdakiler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054906604</t>
+          <t>9786054906697</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzun Atlama</t>
+          <t>Kayıp Şecere</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054906482</t>
+          <t>9786054906703</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Külleri</t>
+          <t>Babam Aharon Usta</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>269</v>
+        <v>199</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054906475</t>
+          <t>9786054906604</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Hayata</t>
+          <t>Uzun Atlama</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054906598</t>
+          <t>9786054906482</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tembel Bir Gölgenin Devamı</t>
+          <t>Geçmiş Zaman Külleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>169</v>
+        <v>269</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054906574</t>
+          <t>9786054906475</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Film Çekmek</t>
+          <t>Ölümden Hayata</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054906581</t>
+          <t>9786054906598</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Politika</t>
+          <t>Tembel Bir Gölgenin Devamı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054906567</t>
+          <t>9786054906574</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kürdün Meyhanesi</t>
+          <t>Film Çekmek</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054906543</t>
+          <t>9786054906581</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yerli Sinemada Hollywood Kuşağı</t>
+          <t>Müzik ve Politika</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>269</v>
+        <v>229</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054906536</t>
+          <t>9786054906567</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Saydam Parıltılar</t>
+          <t>Kürdün Meyhanesi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054906529</t>
+          <t>9786054906543</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Öğle Rakıları</t>
+          <t>Yerli Sinemada Hollywood Kuşağı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>199</v>
+        <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054906444</t>
+          <t>9786054906536</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Erman - İzlenmemiş Bir Yeşilçam Filmi</t>
+          <t>Saydam Parıltılar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>409</v>
+        <v>169</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054906550</t>
+          <t>9786054906529</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>An Kara</t>
+          <t>Öğle Rakıları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>179</v>
+        <v>199</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054906499</t>
+          <t>9786054906444</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İki De Bir</t>
+          <t>Hürrem Erman - İzlenmemiş Bir Yeşilçam Filmi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>229</v>
+        <v>409</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054906451</t>
+          <t>9786054906550</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fareyi Öldürmek</t>
+          <t>An Kara</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054906505</t>
+          <t>9786054906499</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İkisi Bi Arada</t>
+          <t>İki De Bir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>269</v>
+        <v>229</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054906468</t>
+          <t>9786054906451</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Yalnızlığın Tarihçesi</t>
+          <t>Fareyi Öldürmek</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054906437</t>
+          <t>9786054906505</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yaftalı Tabut</t>
+          <t>İkisi Bi Arada</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>219</v>
+        <v>269</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054906406</t>
+          <t>9786054906468</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gitmek</t>
+          <t>Uzun Bir Yalnızlığın Tarihçesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>259</v>
+        <v>219</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054906390</t>
+          <t>9786054906437</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Eyyüb</t>
+          <t>Yaftalı Tabut</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054906383</t>
+          <t>9786054906406</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kanser, Alzheimer, Parkinson Kalp-Damar Hastalıklarında Keleyşın Tedavisi</t>
+          <t>Gitmek</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>199</v>
+        <v>259</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054906291</t>
+          <t>9786054906390</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Akdeniz</t>
+          <t>Sabırsız Eyyüb</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054906369</t>
+          <t>9786054906383</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Şirket</t>
+          <t>Kanser, Alzheimer, Parkinson Kalp-Damar Hastalıklarında Keleyşın Tedavisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>429</v>
+        <v>199</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054906178</t>
+          <t>9786054906291</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyanın Krallığı</t>
+          <t>Akdeniz Akdeniz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054906338</t>
+          <t>9786054906369</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayal Satıcısı</t>
+          <t>Dünyayı Değiştiren Şirket</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>179</v>
+        <v>429</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054906345</t>
+          <t>9786054906178</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Klasik Müzik Serüveni - İllüzyon</t>
+          <t>Bu Dünyanın Krallığı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>399</v>
+        <v>159</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054906352</t>
+          <t>9786054906338</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Cinsellik ve Toplumsal Cinsiyet</t>
+          <t>Bir Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>219</v>
+        <v>179</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054906321</t>
+          <t>9786054906345</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Kadınının Feminizm Macerası ve Hamidiye Modernleşmesi</t>
+          <t>Cumhuriyet'in Klasik Müzik Serüveni - İllüzyon</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054906314</t>
+          <t>9786054906352</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Supra - Bir Parçacık Sonsuzluk</t>
+          <t>Müzikte Cinsellik ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>239</v>
+        <v>219</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054906260</t>
+          <t>9786054906321</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kanserden Korkma Modası Geçmiş Tedaviden Kork</t>
+          <t>Bir Osmanlı Kadınının Feminizm Macerası ve Hamidiye Modernleşmesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>219</v>
+        <v>299</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054906253</t>
+          <t>9786054906314</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Vazoya Bir Gül Düştü</t>
+          <t>Supra - Bir Parçacık Sonsuzluk</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054906284</t>
+          <t>9786054906260</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Serseri</t>
+          <t>Kanserden Korkma Modası Geçmiş Tedaviden Kork</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054906246</t>
+          <t>9786054906253</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gücü</t>
+          <t>Vazoya Bir Gül Düştü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>319</v>
+        <v>169</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054906277</t>
+          <t>9786054906284</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Parçalı Bulutlar Ülkesi</t>
+          <t>Serseri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054906147</t>
+          <t>9786054906246</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeniden Üretimi</t>
+          <t>Sözün Gücü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>329</v>
+        <v>319</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054906222</t>
+          <t>9786054906277</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yarının Şafağında</t>
+          <t>Parçalı Bulutlar Ülkesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054906154</t>
+          <t>9786054906147</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gezi'den Sonra Sınıf</t>
+          <t>Sınıfın Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054906215</t>
+          <t>9786054906222</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yunan Sol'u: Syriza'nın Solundaki Parti ve Örgütler</t>
+          <t>Yarının Şafağında</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>159</v>
+        <v>169</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054906208</t>
+          <t>9786054906154</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>New York New York</t>
+          <t>Gezi'den Sonra Sınıf</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>179</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054906185</t>
+          <t>9786054906215</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Öteki Yunan Sol'u: Syriza'nın Solundaki Parti ve Örgütler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>319</v>
+        <v>159</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054906161</t>
+          <t>9786054906208</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>SSCB'de Komünist Muhalefet Troçkistler Cilt 1</t>
+          <t>New York New York</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054906123</t>
+          <t>9786054906185</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Refah Devletinin Yükselişi ve Düşüşü</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>349</v>
+        <v>319</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054906079</t>
+          <t>9786054906161</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şifacı: Işığın Getirdiği</t>
+          <t>SSCB'de Komünist Muhalefet Troçkistler Cilt 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>239</v>
+        <v>159</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054906055</t>
+          <t>9786054906123</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Ölü</t>
+          <t>Refah Devletinin Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054906062</t>
+          <t>9786054906079</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Programı</t>
+          <t>Şifacı: Işığın Getirdiği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>229</v>
+        <v>239</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054906086</t>
+          <t>9786054906055</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Albinizmli Bir Çocuk Yetiştirmek</t>
+          <t>Canavar ve Ölü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>479</v>
+        <v>299</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054906031</t>
+          <t>9786054906062</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Köz</t>
+          <t>Günümüz Programı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054906024</t>
+          <t>9786054906086</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kurşunlu Benzinin Gizli Tarihi</t>
+          <t>Albinizmli Bir Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>219</v>
+        <v>479</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054906093</t>
+          <t>9786054906031</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Lodos Güncesi</t>
+          <t>Köz</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054906109</t>
+          <t>9786054906024</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kirov Cinayeti ve Stalin</t>
+          <t>Kurşunlu Benzinin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054906017</t>
+          <t>9786054906093</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamayı Öğrenmek</t>
+          <t>Lodos Güncesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>219</v>
+        <v>169</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054906239</t>
+          <t>9786054906109</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Kapıları</t>
+          <t>Kirov Cinayeti ve Stalin</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054906048</t>
+          <t>9786054906017</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İktisatçıların İktisadı</t>
+          <t>Birlikte Yaşamayı Öğrenmek</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058670068</t>
+          <t>9786054906239</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Felsefesi Filozofların Kedileri</t>
+          <t>Rüyanın Kapıları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056247316</t>
+          <t>9786054906048</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dizim Başladı! Kapat, Sonra Anlatırım</t>
+          <t>İktisatçıların İktisadı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>169</v>
+        <v>189</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786056247354</t>
+          <t>9786058670068</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Voodoo Büyüleri Kitabı</t>
+          <t>Kedilerin Felsefesi Filozofların Kedileri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>429</v>
+        <v>179</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058670020</t>
+          <t>9786056247316</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tüm Renklerin Kabilesine Mesaj</t>
+          <t>Dizim Başladı! Kapat, Sonra Anlatırım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>299</v>
+        <v>169</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058670013</t>
+          <t>9786056247354</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Düzenin İnşası</t>
+          <t>Voodoo Büyüleri Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>319</v>
+        <v>429</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786056247378</t>
+          <t>9786058670020</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tekel’in Elleri</t>
+          <t>Tüm Renklerin Kabilesine Mesaj</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>169</v>
+        <v>299</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056247347</t>
+          <t>9786058670013</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Maddecilik Üzerine</t>
+          <t>Toplumsal Düzenin İnşası</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058670037</t>
+          <t>9786056247378</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Ölürüz</t>
+          <t>Tekel’in Elleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>419</v>
+        <v>169</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056247323</t>
+          <t>9786056247347</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kirazcan ile Kirazım - Sihirli İksirin Peşinde</t>
+          <t>Tarihsel Maddecilik Üzerine</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786056247309</t>
+          <t>9786058670037</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kirazcan ile Kirazım - Karakurtçuklara Karşı</t>
+          <t>Nasıl Ölürüz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>239</v>
+        <v>419</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786056247330</t>
+          <t>9786056247323</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çökerken</t>
+          <t>Kirazcan ile Kirazım - Sihirli İksirin Peşinde</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>269</v>
+        <v>239</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056247361</t>
+          <t>9786056247309</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Tanrısı</t>
+          <t>Kirazcan ile Kirazım - Karakurtçuklara Karşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>379</v>
+        <v>239</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786056247392</t>
+          <t>9786056247330</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocukla Birlikte Büyümek</t>
+          <t>Karanlık Çökerken</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>189</v>
+        <v>269</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786056247385</t>
+          <t>9786056247361</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın En İyi Saklanan Sırrı</t>
+          <t>Einstein’ın Tanrısı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>349</v>
+        <v>379</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058670006</t>
+          <t>9786056247392</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Algı Kalesi</t>
+          <t>Çocukla Birlikte Büyümek</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058670051</t>
+          <t>9786056247385</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İşçi Sınıfı Kimlikler Arasında</t>
+          <t>Amerika’nın En İyi Saklanan Sırrı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>339</v>
+        <v>349</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058670075</t>
+          <t>9786058670006</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Terapisi</t>
+          <t>Algı Kalesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>179</v>
+        <v>219</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
+          <t>9786058670051</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>İşçi Sınıfı Kimlikler Arasında</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786058670075</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık Terapisi</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
           <t>9786058670044</t>
         </is>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>İşçi Sınıfı Araf’ta</t>
         </is>
       </c>
-      <c r="C194" s="1">
+      <c r="C196" s="1">
         <v>339</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>