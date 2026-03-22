--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -85,895 +85,910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055455316</t>
+          <t>9786054565498</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zekat Risalesi</t>
+          <t>The Duaa of Hatma and Adab Of Tawbah (Hatme Duası ve Tövbe Adabı)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054565320</t>
+          <t>9786055455316</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>15. Asırda Hatme Duası ve Tövbe Adabı</t>
+          <t>Zekat Risalesi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758466610</t>
+          <t>9786054565320</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi</t>
+          <t>15. Asırda Hatme Duası ve Tövbe Adabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>4.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054491568</t>
+          <t>9789758466610</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hanefi ve Şafii Fıkhında İhtilaflı Meseleler</t>
+          <t>Akaid Risalesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>75</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055455576</t>
+          <t>9786054491568</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hatme Duası ve Tövbe Adabı</t>
+          <t>Hanefi ve Şafii Fıkhında İhtilaflı Meseleler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051594231</t>
+          <t>9786055455576</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Şeyh Fethullah</t>
+          <t>Hatme Duası ve Tövbe Adabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051590363</t>
+          <t>9786051594231</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hal Dili 2</t>
+          <t>Adab-ı Şeyh Fethullah</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054214945</t>
+          <t>9786051590363</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Güzel Dinimi Öğreniyorum (11-14 Yaş)</t>
+          <t>Hal Dili 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054565764</t>
+          <t>9786054214945</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif ve Mi’raciyye</t>
+          <t>Etkinliklerle Güzel Dinimi Öğreniyorum (11-14 Yaş)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>345</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056999130</t>
+          <t>9786054565764</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayrın Kılavuzu</t>
+          <t>Mevlid-i Şerif ve Mi’raciyye</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051594484</t>
+          <t>9786056999130</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayata On Gün Ara</t>
+          <t>Hayrın Kılavuzu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051595290</t>
+          <t>9786051594484</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Huzuru</t>
+          <t>Hayata On Gün Ara</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>143</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056999123</t>
+          <t>9786051595290</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Halidi Yolunda Rabıta</t>
+          <t>Kalbin Huzuru</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055455736</t>
+          <t>9786056999123</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Özel Haller</t>
+          <t>Halidi Yolunda Rabıta</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>70</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054565184</t>
+          <t>9786055455736</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret-i Evliya</t>
+          <t>Kadınlara Özel Haller</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054214617</t>
+          <t>9786054565184</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sufilerden Sözler ve Menkıbeler - Hal Dili 1</t>
+          <t>Ziyaret-i Evliya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>155</v>
+        <v>257</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054214242</t>
+          <t>9786054214617</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müminlere Armağan</t>
+          <t>Sufilerden Sözler ve Menkıbeler - Hal Dili 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>90</v>
+        <v>193</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054565504</t>
+          <t>9786054214242</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Du’aya Xetmeye u</t>
+          <t>Müminlere Armağan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054565412</t>
+          <t>9786054565504</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gencine-i Letaif (Latifeler Hazinesi)</t>
+          <t>Du’aya Xetmeye u</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054214563</t>
+          <t>9786054565412</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ben Pişmanım</t>
+          <t>Gencine-i Letaif (Latifeler Hazinesi)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>130</v>
+        <v>153</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054565214</t>
+          <t>9786054214563</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Ulaştıran On Esas: Cilaü’l - Kulub Zikrullah</t>
+          <t>Ben Pişmanım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054214266</t>
+          <t>9786054565214</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zikir ve Tefekkür</t>
+          <t>Allah’a Ulaştıran On Esas: Cilaü’l - Kulub Zikrullah</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054565351</t>
+          <t>9786054214266</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tarih Çeşmesinden Binbir Damla 1 (Ciltli)</t>
+          <t>Zikir ve Tefekkür</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055455422</t>
+          <t>9786054565351</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şafii ve Hanefilere Göre Namaz Tesbihatı</t>
+          <t>Tarih Çeşmesinden Binbir Damla 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>620</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054491421</t>
+          <t>9786055455422</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Son Nefeste İman</t>
+          <t>Şafii ve Hanefilere Göre Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054565221</t>
+          <t>9786054491421</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Seyrimde Bir Şehre Vardım (Ciltli)</t>
+          <t>Son Nefeste İman</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>272</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054565665</t>
+          <t>9786054565221</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dil Ü Can</t>
+          <t>Seyrimde Bir Şehre Vardım (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>445</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054214587</t>
+          <t>9786054565665</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Sofrada Yüz Derviş</t>
+          <t>Dil Ü Can</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>135</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051592718</t>
+          <t>9786054214587</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlakım - Dinim İslam Serisi 4</t>
+          <t>Bir Sofrada Yüz Derviş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>178</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051592725</t>
+          <t>9786051592718</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim Sallallahu Aleyhi Vesellem - Dinim İslam Serisi 3</t>
+          <t>Güzel Ahlakım - Dinim İslam Serisi 4</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>505</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051591308</t>
+          <t>9786051592725</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güzel Dinimi Öğreniyorum</t>
+          <t>Peygamberim Sallallahu Aleyhi Vesellem - Dinim İslam Serisi 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055455347</t>
+          <t>9786051591308</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Oruç Risalesi</t>
+          <t>Güzel Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>70</v>
+        <v>455</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054214518</t>
+          <t>9786055455347</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risalesi</t>
+          <t>Oruç Risalesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054214556</t>
+          <t>9786054214518</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Helal ve Haramlar</t>
+          <t>Namaz Risalesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>85</v>
+        <v>155</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054214860</t>
+          <t>9786054214556</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Fıkıhla İlgili İlginç Sorular ve Cevapları</t>
+          <t>Helal ve Haramlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>75</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055455361</t>
+          <t>9786054214860</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nikah ve Boşanma</t>
+          <t>Fıkıhla İlgili İlginç Sorular ve Cevapları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054214877</t>
+          <t>9786055455361</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre</t>
+          <t>Nikah ve Boşanma</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051591407</t>
+          <t>9786054214877</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Müridin Edepleri</t>
+          <t>Hac ve Umre</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>62</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051590400</t>
+          <t>9786051591407</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tuhtefü's-Sufiyyin</t>
+          <t>Müridin Edepleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054565726</t>
+          <t>9786051590400</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adab-ı Nakşibendiyye</t>
+          <t>Tuhtefü's-Sufiyyin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>70</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051590288</t>
+          <t>9786054565726</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l Müridin</t>
+          <t>Adab-ı Nakşibendiyye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051590912</t>
+          <t>9786051590288</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kadınla İlgili Fıkhi Meseleler</t>
+          <t>İrşadü'l Müridin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>93</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054491483</t>
+          <t>9786051590912</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Denize Varan İzler</t>
+          <t>Kadınla İlgili Fıkhi Meseleler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051594996</t>
+          <t>9786054491483</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Denize Varan İzler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>115</v>
+        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051590578</t>
+          <t>9786051594996</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edep Deryasından İnciler</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054214969</t>
+          <t>9786051590578</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Öşür Risalesi</t>
+          <t>Edep Deryasından İnciler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051594408</t>
+          <t>9786054214969</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Risalesi</t>
+          <t>Öşür Risalesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051592480</t>
+          <t>9786051594408</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Alimler Hakkında Yüz Hadis-i Şerif</t>
+          <t>Miras Hukuku Risalesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055455095</t>
+          <t>9786051592480</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kurban Risalesi</t>
+          <t>İlim ve Alimler Hakkında Yüz Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055078836</t>
+          <t>9786055455095</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Bilgileri</t>
+          <t>Kurban Risalesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051592596</t>
+          <t>9786055078836</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güncel Meselelere Fetvalar</t>
+          <t>Kur'an-ı Kerim Bilgileri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051590943</t>
+          <t>9786051592596</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ziyaret Edepleri ve Yolculuk Hükümleri</t>
+          <t>Güncel Meselelere Fetvalar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>105</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051592398</t>
+          <t>9786051590943</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dua Adabı</t>
+          <t>Ziyaret Edepleri ve Yolculuk Hükümleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054491964</t>
+          <t>9786051592398</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi</t>
+          <t>Dua Adabı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054491209</t>
+          <t>9786054491964</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şafii Mezhebine Göre Dinimi Öğreniyorum</t>
+          <t>Akaid Risalesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055455392</t>
+          <t>9786054491209</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Alım-Satım Faiz</t>
+          <t>Şafii Mezhebine Göre Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
+          <t>9786055455392</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Alım-Satım Faiz</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
           <t>9786055455194</t>
         </is>
       </c>
-      <c r="B58" s="1" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
-      <c r="C58" s="1">
-        <v>130</v>
+      <c r="C59" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>