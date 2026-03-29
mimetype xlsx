--- v0 (2026-02-06)
+++ v1 (2026-03-29)
@@ -85,655 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259704937</t>
+          <t>9786259704944</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tuhfetü'l-Emin Fi Vukufi'l-Kur'ani'l-Mübin (Ciltli)</t>
+          <t>Miratül Arifin (Ariflerin Aynası)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259704920</t>
+          <t>9786259704937</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Es-Suveru Bi'l-Kıraati'l-Aşri's-Suğra Ala Tariki İstanbul</t>
+          <t>Tuhfetü'l-Emin Fi Vukufi'l-Kur'ani'l-Mübin (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1700</v>
+        <v>950</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259939872</t>
+          <t>9786259704920</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Es-Suveru Bil Kıraatil Aşri Suğra Ala Tarikil İstanbul</t>
+          <t>Es-Suveru Bi'l-Kıraati'l-Aşri's-Suğra Ala Tariki İstanbul</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>3500</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259939865</t>
+          <t>9786259939872</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Es-Suveru Bi'l-KıraAti'l-Aşri's-Suğra</t>
+          <t>Es-Suveru Bil Kıraatil Aşri Suğra Ala Tarikil İstanbul</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1700</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259939858</t>
+          <t>9786259939865</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>El-Cevahiru'l Kelamiyye Fi İdahi'l Akideti'l İslamiyye</t>
+          <t>Es-Suveru Bi'l-KıraAti'l-Aşri's-Suğra</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259939841</t>
+          <t>9786259939858</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kınalızade'nin Haşiye Ale'd-Dürer Ve'l-Gurer Adlı Eserinin Tahkik ve Değerlendirilmesi</t>
+          <t>El-Cevahiru'l Kelamiyye Fi İdahi'l Akideti'l İslamiyye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259939834</t>
+          <t>9786259939841</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Takribü’n-Neşr Fi’l-Kıraati’l-Aşr (Ciltli)</t>
+          <t>Kınalızade'nin Haşiye Ale'd-Dürer Ve'l-Gurer Adlı Eserinin Tahkik ve Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259939803</t>
+          <t>9786259939834</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Es-Suveru Bi'l-kıraati'l-Aşri'l-Kübra</t>
+          <t>Takribü’n-Neşr Fi’l-Kıraati’l-Aşr (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057089991</t>
+          <t>9786259939803</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğunu Hatırla! Ben Kimim?</t>
+          <t>Es-Suveru Bi'l-kıraati'l-Aşri'l-Kübra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057089984</t>
+          <t>9786057089991</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Vakf ve İbtidâ</t>
+          <t>Kim Olduğunu Hatırla! Ben Kimim?</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057089977</t>
+          <t>9786057089984</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hicri Altıncı Asır Hanefi Nevazil Edebiyatı</t>
+          <t>Teoriden Pratiğe Vakf ve İbtidâ</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058166363</t>
+          <t>9786057089977</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ömer Nesefi'nin El-Manzume'si ve Ebü'l-Berekat Nesefi'nin El-Musaffa'sı</t>
+          <t>Hicri Altıncı Asır Hanefi Nevazil Edebiyatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057089946</t>
+          <t>9786058166363</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Telhis-i Usul-i Fıkıh 2 Cilt</t>
+          <t>Ömer Nesefi'nin El-Manzume'si ve Ebü'l-Berekat Nesefi'nin El-Musaffa'sı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057089960</t>
+          <t>9786057089946</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Takrib Kaideleri</t>
+          <t>Telhis-i Usul-i Fıkıh 2 Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057488282</t>
+          <t>9786057089960</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kıraat İlmi ve Takrib Usülü</t>
+          <t>Takrib Kaideleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057916051</t>
+          <t>9786057488282</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Din ve Fıkıh Yazıları</t>
+          <t>Kıraat İlmi ve Takrib Usülü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056925504</t>
+          <t>9786057916051</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife ve Hanefilik</t>
+          <t>Din ve Fıkıh Yazıları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057488244</t>
+          <t>9786056925504</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Senedü'l-Huffaz</t>
+          <t>İmam Ebu Hanife ve Hanefilik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057488237</t>
+          <t>9786057488244</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Dürr-i Yetim ve Dad Harfinin Okunuşu</t>
+          <t>Senedü'l-Huffaz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059495684</t>
+          <t>9786057488237</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tecvid ve Kıraat İlmi Terimleri Sözlüğü</t>
+          <t>Tercüme-i Dürr-i Yetim ve Dad Harfinin Okunuşu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059495226</t>
+          <t>9786059495684</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Al-Hadi Fi'l-Kıraati'l-Aşri'l-Kubra(Arapça) (Ciltli)</t>
+          <t>Tecvid ve Kıraat İlmi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059495158</t>
+          <t>9786059495226</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>El-Hadi Fi’l-Kıraati’l-Aşri’s-Suğra (Ciltli)</t>
+          <t>Al-Hadi Fi'l-Kıraati'l-Aşri'l-Kubra(Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059495585</t>
+          <t>9786059495158</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dad Harfinin Okunuşu</t>
+          <t>El-Hadi Fi’l-Kıraati’l-Aşri’s-Suğra (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059495509</t>
+          <t>9786059495585</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'i Okuma Adabı ve Faziletleri</t>
+          <t>Dad Harfinin Okunuşu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057488251</t>
+          <t>9786059495509</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Es-Suveru Bi'l-Kıraati'l-Aşri's-Suğra - Aşere Vücuhatları (2 Cilt)</t>
+          <t>Kur'an-ı Kerim'i Okuma Adabı ve Faziletleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057089908</t>
+          <t>9786057488251</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Umdetü'l-Hullan Fi İzahi Zübdeti'l-İrfan 2 Cilt (Ciltli)</t>
+          <t>Es-Suveru Bi'l-Kıraati'l-Aşri's-Suğra - Aşere Vücuhatları (2 Cilt)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1600</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057488299</t>
+          <t>9786057089908</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hanefi-Matüridi Geleneğin Batıya İntikali</t>
+          <t>Umdetü'l-Hullan Fi İzahi Zübdeti'l-İrfan 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056925580</t>
+          <t>9786057488299</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>El-Hidaye: Bir Fıkıh Metninin Hanefi Geleneğe Etkisi</t>
+          <t>Hanefi-Matüridi Geleneğin Batıya İntikali</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057488220</t>
+          <t>9786056925580</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tari̇hte Hanefi̇ Bi̇r Şehi̇r: Belh</t>
+          <t>El-Hidaye: Bir Fıkıh Metninin Hanefi Geleneğe Etkisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057488206</t>
+          <t>9786057488220</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kitabiyat - Hanefi Fıkıh Edebiyatı</t>
+          <t>Tari̇hte Hanefi̇ Bi̇r Şehi̇r: Belh</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056925573</t>
+          <t>9786057488206</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Elif-Ba</t>
+          <t>Kitabiyat - Hanefi Fıkıh Edebiyatı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257746526</t>
+          <t>9786056925573</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis Şerhi</t>
+          <t>Osmanlıca Elif-Ba</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056925566</t>
+          <t>9786257746526</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlaşılmasında Kıraat Farklılıklarının Rolü</t>
+          <t>Kırk Hadis Şerhi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056925542</t>
+          <t>9786056925566</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Akaidi (Osmanlıca Orijinal Metniyle Birlikte)</t>
+          <t>Kur'an'ın Anlaşılmasında Kıraat Farklılıklarının Rolü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786056925559</t>
+          <t>9786056925542</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşere Kaideleri (Mısır Tariki)</t>
+          <t>Maturidi Akaidi (Osmanlıca Orijinal Metniyle Birlikte)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058166387</t>
+          <t>9786056925559</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Dini Bilgiler</t>
+          <t>Aşere Kaideleri (Mısır Tariki)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786056925535</t>
+          <t>9786058166387</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Füyuzü'l-İtkan Fi Vücuhi'l-Kur'an (Ciltli)</t>
+          <t>Muhtasar Dini Bilgiler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056925528</t>
+          <t>9786056925535</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Osmanlı Alimlerinden Yusuf Efendizade'nin Kıraat İlmindeki Yeri</t>
+          <t>Füyuzü'l-İtkan Fi Vücuhi'l-Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059495691</t>
+          <t>9786056925528</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hanefilik</t>
+          <t>18. Yüzyıl Osmanlı Alimlerinden Yusuf Efendizade'nin Kıraat İlmindeki Yeri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786056925511</t>
+          <t>9786059495691</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Namazda Huşu Risalesi</t>
+          <t>Endülüs'te Hanefilik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786056925511</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Namazda Huşu Risalesi</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786056925597</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Zübdetü'l-İrfan Fi Vücuhi'l-Kur'an (Ciltli)</t>
         </is>
       </c>
-      <c r="C42" s="1">
+      <c r="C43" s="1">
         <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>