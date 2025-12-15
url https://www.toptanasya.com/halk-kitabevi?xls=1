--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,12355 +85,12415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259652825</t>
+          <t>9786259652887</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Antropozlu Kadınlar Cemiyeti</t>
+          <t>Ya Hep Beraber Ya Hiç</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259652832</t>
+          <t>9786259652849</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sahne Benim</t>
+          <t>İhtiyar Kraliçeler Kıraathanesi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8683672878171</t>
+          <t>9786259652863</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme ve Millete Emanet</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8683672878560</t>
+          <t>9786259652870</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Kitap Seti</t>
+          <t>Yağmur Geceleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8683672878577</t>
+          <t>9786259652825</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
+          <t>Antropozlu Kadınlar Cemiyeti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259652818</t>
+          <t>9786259652832</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eril Dişil Enerji</t>
+          <t>Sahne Benim</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8683672873671</t>
+          <t>8683672878171</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
+          <t>Asla Vazgeçme ve Millete Emanet</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8683672874159</t>
+          <t>8683672878560</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Ortaköy</t>
+          <t>Asla Vazgeçme Kitap Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8683672874166</t>
+          <t>8683672878577</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
+          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8683672873749</t>
+          <t>9786259652818</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Kız Kulesi</t>
+          <t>Eril Dişil Enerji</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8683672873695</t>
+          <t>8683672873671</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8683672873718</t>
+          <t>8683672874159</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
+          <t>2026 Gemici Takvim - Ortaköy</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8683672873725</t>
+          <t>8683672874166</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
+          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8683672873701</t>
+          <t>8683672873749</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
+          <t>2026 Gemici Takvim - Kız Kulesi</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259714790</t>
+          <t>8683672873695</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kodla: Koçluğun Kitabı</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059350556</t>
+          <t>8683672873718</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Misyon</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259714776</t>
+          <t>8683672873725</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine İnsanca Bakış</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259714752</t>
+          <t>8683672873701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259714769</t>
+          <t>9786259714790</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'le Kürek Çekmek</t>
+          <t>Kendini Kodla: Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259752976</t>
+          <t>9786059350556</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Köydeşler</t>
+          <t>Misyon</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259752969</t>
+          <t>9786259714776</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sultanları</t>
+          <t>Dünya Tarihine İnsanca Bakış</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257468640</t>
+          <t>9786259714752</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052365755</t>
+          <t>9786259714769</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
+          <t>Müjdat Gezen'le Kürek Çekmek</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052365199</t>
+          <t>9786259752976</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
+          <t>Köydeşler</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257412759</t>
+          <t>9786259752969</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Efendileri</t>
+          <t>Bilimin Sultanları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059350440</t>
+          <t>9786257468640</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Günler</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052365342</t>
+          <t>9786052365755</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
+          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257145794</t>
+          <t>9786052365199</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
+          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257145756</t>
+          <t>9786257412759</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
+          <t>Asyanın Efendileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257145213</t>
+          <t>9786059350440</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı</t>
+          <t>Ateşten Günler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257182904</t>
+          <t>9786052365342</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257182911</t>
+          <t>9786257145794</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
+          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257182928</t>
+          <t>9786257145756</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Dahiler</t>
+          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257182935</t>
+          <t>9786257145213</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı İnsanlar</t>
+          <t>Hayvan Krallığı</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257182942</t>
+          <t>9786257182904</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler ve Kıtalar Atlası 5</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257182874</t>
+          <t>9786257182911</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
+          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257182898</t>
+          <t>9786257182928</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
+          <t>İz Bırakan Dahiler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257658447</t>
+          <t>9786257182935</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Rekabet</t>
+          <t>Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257658126</t>
+          <t>9786257182942</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Ülkeler ve Kıtalar Atlası 5</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257145725</t>
+          <t>9786257182874</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
+          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257182041</t>
+          <t>9786257182898</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaza Bir Kala! - Sihirli Günlük</t>
+          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257145947</t>
+          <t>9786257658447</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
+          <t>Doğu Akdeniz'de Rekabet</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257065214</t>
+          <t>9786257658126</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çıkmazında Türkiye</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257658010</t>
+          <t>9786257145725</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İmparatorlukları</t>
+          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257182980</t>
+          <t>9786257182041</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Barış ve Ekonomi - Nobel Ödülü</t>
+          <t>Yaza Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>124</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257182973</t>
+          <t>9786257145947</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
+          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257658027</t>
+          <t>9786257065214</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
+          <t>Ortadoğu Çıkmazında Türkiye</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257182966</t>
+          <t>9786257658010</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Bizans İmparatorluğu</t>
+          <t>Avrupa İmparatorlukları</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257145503</t>
+          <t>9786257182980</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler ve İlk Kelimeler</t>
+          <t>Barış ve Ekonomi - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257065283</t>
+          <t>9786257182973</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Egzersizleri</t>
+          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058038691</t>
+          <t>9786257658027</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İstanbul</t>
+          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058038660</t>
+          <t>9786257182966</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
+          <t>Osmanlı ve Bizans İmparatorluğu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786058038639</t>
+          <t>9786257145503</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Siyasetin Beka Sorunu</t>
+          <t>İngilizce Harfler ve İlk Kelimeler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257065597</t>
+          <t>9786257065283</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
+          <t>Kodlama Egzersizleri</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259714745</t>
+          <t>9786058038691</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saatler Ülkesi</t>
+          <t>Yeniden İstanbul</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259714738</t>
+          <t>9786058038660</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Demli Mısralar</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259714714</t>
+          <t>9786058038639</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Delişmen Ruh</t>
+          <t>Muhafazakar Siyasetin Beka Sorunu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259714721</t>
+          <t>9786257065597</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
+          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259752990</t>
+          <t>9786259714745</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çilenin Ardındaki Işık</t>
+          <t>Kırık Saatler Ülkesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259752983</t>
+          <t>9786259714738</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Odası</t>
+          <t>Demli Mısralar</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>8683672868707</t>
+          <t>9786259714714</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
+          <t>Delişmen Ruh</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>2900</v>
+        <v>370</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258147438</t>
+          <t>9786259714721</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İç Ülke Akışları - Şiirce Dualar</t>
+          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>8683672831107</t>
+          <t>9786259752990</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitapları - 21’li Set</t>
+          <t>Çilenin Ardındaki Işık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258147056</t>
+          <t>9786259752983</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Çocuk Odası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>0667228199451</t>
+          <t>8683672868707</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8683672800103</t>
+          <t>9786258147438</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
+          <t>İç Ülke Akışları - Şiirce Dualar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>3500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8683672800110</t>
+          <t>8683672831107</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
+          <t>Etkinlik Kitapları - 21’li Set</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8683672800127</t>
+          <t>9786258147056</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8683672800097</t>
+          <t>0667228199451</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
+          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>5000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>0731559442118</t>
+          <t>8683672800103</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları - 9 Kitap Takım</t>
+          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059350181</t>
+          <t>8683672800110</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>25</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>4440000000234</t>
+          <t>8683672800127</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>55</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>4440000000233</t>
+          <t>8683672800097</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>55</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257412131</t>
+          <t>0731559442118</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Fikir İnsanları - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052365465</t>
+          <t>9786059350181</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Andersen'den Masallar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059350211</t>
+          <t>4440000000234</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052365786</t>
+          <t>4440000000233</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanı Karacaoğlan</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059350297</t>
+          <t>9786257412131</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>La Fonten'den Masallar</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>18</v>
+        <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059350228</t>
+          <t>9786052365465</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052365748</t>
+          <t>9786059350211</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052365724</t>
+          <t>9786052365786</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Akılcı İslam'ın Aydınlık Yolu</t>
+          <t>Anadolu Ozanı Karacaoğlan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052365717</t>
+          <t>9786059350297</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ohalde Özgürlük</t>
+          <t>La Fonten'den Masallar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052365663</t>
+          <t>9786059350228</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Mı Çöküş Mü?</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052365595</t>
+          <t>9786052365748</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000029265</t>
+          <t>9786052365724</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
+          <t>Akılcı İslam'ın Aydınlık Yolu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052365458</t>
+          <t>9786052365717</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
+          <t>Ohalde Özgürlük</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052365519</t>
+          <t>9786052365663</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Efendiler ve Uşakları</t>
+          <t>Çıkış Mı Çöküş Mü?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052365847</t>
+          <t>9786052365595</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
+          <t>İyi ki Varsın Atatürk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052365564</t>
+          <t>3990000029265</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
+          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052365397</t>
+          <t>9786052365458</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Refet Bele</t>
+          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052365205</t>
+          <t>9786052365519</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Susma!</t>
+          <t>Efendiler ve Uşakları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000079746</t>
+          <t>9786052365847</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği Önce Vatan</t>
+          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>40</v>
+        <v>330</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052365113</t>
+          <t>9786052365564</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aydınlatan Bilim Adamları</t>
+          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052365076</t>
+          <t>9786052365397</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Olaylar</t>
+          <t>Milli Mücadele Kahramanı Refet Bele</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052365083</t>
+          <t>9786052365205</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
+          <t>Susma!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052365168</t>
+          <t>3990000079746</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Büyük Felaketler</t>
+          <t>Atatürk Milliyetçiliği Önce Vatan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052365090</t>
+          <t>9786052365113</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
+          <t>Tarihi Aydınlatan Bilim Adamları</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052365106</t>
+          <t>9786052365076</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
+          <t>Tarihe Yön Veren Büyük Olaylar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052365175</t>
+          <t>9786052365083</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Buluşları</t>
+          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052365151</t>
+          <t>9786052365168</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Harika Yapıtlar</t>
+          <t>Dünya Tarihinde Büyük Felaketler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052365144</t>
+          <t>9786052365090</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>En İlginç Olaylar</t>
+          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052365137</t>
+          <t>9786052365106</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Verenler</t>
+          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052365120</t>
+          <t>9786052365175</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Dehalar</t>
+          <t>Mucitler ve Buluşları</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059350242</t>
+          <t>9786052365151</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Harika Yapıtlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>530</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059350983</t>
+          <t>9786052365144</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>En İlginç Olaylar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>360</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052365854</t>
+          <t>9786052365137</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
+          <t>Dünyaya Yön Verenler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052365526</t>
+          <t>9786052365120</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
+          <t>Tarihe Yön Veren Büyük Dehalar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052365403</t>
+          <t>9786059350242</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Subaylar</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>70</v>
+        <v>530</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052365021</t>
+          <t>9786059350983</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>23.15</v>
+        <v>360</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052365557</t>
+          <t>9786052365854</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Devlet Sırlarına Baskın</t>
+          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052365779</t>
+          <t>9786052365526</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçileri Anlama Kılavuzu</t>
+          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052365830</t>
+          <t>9786052365403</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
+          <t>Kahraman Subaylar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>70</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052365410</t>
+          <t>9786052365021</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Çocuklar</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>70</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052365373</t>
+          <t>9786052365557</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kadınlar</t>
+          <t>Ordu ve Devlet Sırlarına Baskın</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052365366</t>
+          <t>9786052365779</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Gurbetçileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059350990</t>
+          <t>9786052365830</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052365540</t>
+          <t>9786052365410</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarih</t>
+          <t>Kahraman Çocuklar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052365687</t>
+          <t>9786052365373</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Korkma (İmzalı)</t>
+          <t>Kahraman Kadınlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052365670</t>
+          <t>9786052365366</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikçiler (İmzalı)</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059350150</t>
+          <t>9786059350990</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052365359</t>
+          <t>9786052365540</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
+          <t>Saklı Tarih</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>440</v>
+        <v>75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059350853</t>
+          <t>9786052365687</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ya Atatürk Olmasaydı</t>
+          <t>Korkma (İmzalı)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052365625</t>
+          <t>9786052365670</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
+          <t>İşbirlikçiler (İmzalı)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052365601</t>
+          <t>9786059350150</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059350549</t>
+          <t>9786052365359</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>70</v>
+        <v>440</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059121828</t>
+          <t>9786059350853</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Büyük Miras Nutuk</t>
+          <t>Ya Atatürk Olmasaydı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059350457</t>
+          <t>9786052365625</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bize Cesaret Lazım</t>
+          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052365038</t>
+          <t>9786052365601</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Son Tanıkları</t>
+          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052365014</t>
+          <t>9786059350549</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059350822</t>
+          <t>9786059121828</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Büyük Miras Nutuk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052365380</t>
+          <t>9786059350457</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten 57. Alaya</t>
+          <t>Bize Cesaret Lazım</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052365281</t>
+          <t>9786052365038</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Cumhuriyet’in Son Tanıkları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059199599</t>
+          <t>9786052365014</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Medya Nasıl Kuşatıldı?</t>
+          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059350976</t>
+          <t>9786059350822</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>55</v>
+        <v>28</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059350969</t>
+          <t>9786052365380</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler - Bursa Nutku</t>
+          <t>Atatürk'ten 57. Alaya</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059350631</t>
+          <t>9786052365281</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059350693</t>
+          <t>9786059199599</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Medya Nasıl Kuşatıldı?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059350709</t>
+          <t>9786059350976</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Muhaderat</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059350723</t>
+          <t>9786059350969</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Nutuk'tan Dersler - Bursa Nutku</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059350754</t>
+          <t>9786059350631</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059350921</t>
+          <t>9786059350693</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Dönüş Yok</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059350907</t>
+          <t>9786059350709</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
+          <t>Muhaderat</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059350914</t>
+          <t>9786059350723</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059350877</t>
+          <t>9786059350754</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsundan</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059828215</t>
+          <t>9786059350921</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katıldığı Savaşlar</t>
+          <t>Demokrasiden Dönüş Yok</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059350396</t>
+          <t>9786059350907</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059350655</t>
+          <t>9786059350914</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059350778</t>
+          <t>9786059350877</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Bir Daha Gel Samsundan</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059350662</t>
+          <t>9786059828215</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Atatürk’ün Katıldığı Savaşlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059350679</t>
+          <t>9786059350396</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059598392</t>
+          <t>9786059350655</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059350952</t>
+          <t>9786059350778</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Güney</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>480</v>
+        <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059828222</t>
+          <t>9786059350662</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kurduğu Kurumlar</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059828697</t>
+          <t>9786059350679</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059828567</t>
+          <t>9786059598392</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059350624</t>
+          <t>9786059350952</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Güney</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>25</v>
+        <v>480</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059350617</t>
+          <t>9786059828222</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Atatürk'ün Kurduğu Kurumlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059350587</t>
+          <t>9786059828697</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059350716</t>
+          <t>9786059828567</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059350686</t>
+          <t>9786059350624</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059350792</t>
+          <t>9786059350617</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059350808</t>
+          <t>9786059350587</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059350761</t>
+          <t>9786059350716</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059350600</t>
+          <t>9786059350686</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059350730</t>
+          <t>9786059350792</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059350594</t>
+          <t>9786059350808</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Jöntürk</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>28</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059350648</t>
+          <t>9786059350761</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059350518</t>
+          <t>9786059350600</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Vah Ülkem Vah!</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059828758</t>
+          <t>9786059350730</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Beytülmal</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>280</v>
+        <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059350471</t>
+          <t>9786059350594</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bu Karanlıktan Çıkış Var!</t>
+          <t>Jöntürk</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059350433</t>
+          <t>9786059350648</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Buyurun Sayın İnce</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257468602</t>
+          <t>9786059350518</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
+          <t>Vah Ülkem Vah!</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059828765</t>
+          <t>9786059828758</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
+          <t>Atatürk ve Beytülmal</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059828451</t>
+          <t>9786059350471</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Bu Karanlıktan Çıkış Var!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059828321</t>
+          <t>9786059350433</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Mevlana</t>
+          <t>Buyurun Sayın İnce</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059828406</t>
+          <t>9786257468602</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
+          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059828000</t>
+          <t>9786059828765</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi</t>
+          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>6010617869840</t>
+          <t>9786059828451</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>6010613549500</t>
+          <t>9786059828321</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Gönüller Sultanı Mevlana</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>6010612461476</t>
+          <t>9786059828406</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>6010621060042</t>
+          <t>9786059828000</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Anadolu Güneşi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>6010612989956</t>
+          <t>6010617869840</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>101.85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>6010651096035</t>
+          <t>6010613549500</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257182133</t>
+          <t>6010612461476</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
+          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257182010</t>
+          <t>6010621060042</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>168</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257145589</t>
+          <t>6010612989956</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
+          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>162</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257182027</t>
+          <t>6010651096035</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>0715936878080</t>
+          <t>9786257182133</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
+          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>35.65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257182768</t>
+          <t>9786257182010</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalanları</t>
+          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>168</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257412711</t>
+          <t>9786257145589</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Sırları</t>
+          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>90</v>
+        <v>162</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257468541</t>
+          <t>9786257182027</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Hesaplaşması</t>
+          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257468305</t>
+          <t>0715936878080</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
+          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257065689</t>
+          <t>9786257182768</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
+          <t>Eylül Yalanları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>130</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>6010609194172</t>
+          <t>9786257412711</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 30 Kitap</t>
+          <t>Yakın Tarih Sırları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>5000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>6010614324359</t>
+          <t>9786257468541</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 22 Kitap</t>
+          <t>Bir Cumhuriyet Hesaplaşması</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>4200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257182508</t>
+          <t>9786257468305</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
+          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>35</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>6010618152118</t>
+          <t>9786257065689</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyorum Seti – 14 Kitap</t>
+          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>252</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257182539</t>
+          <t>6010609194172</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
+          <t>Dünya Klasikleri Seti - 30 Kitap</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>60</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>6010638973991</t>
+          <t>6010614324359</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
+          <t>Dünya Klasikleri Seti - 22 Kitap</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>2300</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>6010617277232</t>
+          <t>9786257182508</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
+          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>3000</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>6010635057069</t>
+          <t>6010618152118</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
+          <t>Okula Gidiyorum Seti – 14 Kitap</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>1750</v>
+        <v>252</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257133036</t>
+          <t>9786257182539</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
+          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257145572</t>
+          <t>6010638973991</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Romanları Seti - 10 Kitap</t>
+          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257065702</t>
+          <t>6010617277232</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
+          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>80</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059828628</t>
+          <t>6010635057069</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>63</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257065344</t>
+          <t>9786257133036</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
+          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257065351</t>
+          <t>9786257145572</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
+          <t>Çocuk Romanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257145800</t>
+          <t>9786257065702</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
+          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>6010615950908</t>
+          <t>9786059828628</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>63</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>6010610375379</t>
+          <t>9786257065344</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257182515</t>
+          <t>9786257065351</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257182522</t>
+          <t>9786257145800</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
+          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059350785</t>
+          <t>6010615950908</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
+          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052365991</t>
+          <t>6010610375379</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
+          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052365908</t>
+          <t>9786257182515</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
+          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059828789</t>
+          <t>9786257182522</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059828970</t>
+          <t>9786059350785</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052365861</t>
+          <t>9786052365991</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yiğitlerin Ozanı Köroğlu</t>
+          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059828840</t>
+          <t>9786052365908</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>40</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059828987</t>
+          <t>9786059828789</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059828833</t>
+          <t>9786059828970</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786058054363</t>
+          <t>9786052365861</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
+          <t>Yiğitlerin Ozanı Köroğlu</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257182140</t>
+          <t>9786059828840</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257182317</t>
+          <t>9786059828987</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1000</v>
+        <v>32</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3996564103287</t>
+          <t>9786059828833</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>0715936877885</t>
+          <t>9786058054363</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
+          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>0715936875850</t>
+          <t>9786257182140</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
+          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>6010628874864</t>
+          <t>9786257182317</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
+          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257182232</t>
+          <t>3996564103287</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
+          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>28</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257182201</t>
+          <t>0715936877885</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Tatile Giriş Rehberi</t>
+          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257182195</t>
+          <t>0715936875850</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul Bitti!</t>
+          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>70</v>
+        <v>950</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257182171</t>
+          <t>6010628874864</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Kamp Macerası</t>
+          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257133128</t>
+          <t>9786257182232</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Antik Dinler Seti (10 Kitap Takım)</t>
+          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257145398</t>
+          <t>9786257182201</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
+          <t>Bay Geveze - Tatile Giriş Rehberi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>6010626724734</t>
+          <t>9786257182195</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
+          <t>Bay Geveze - Okul Bitti!</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257145466</t>
+          <t>9786257182171</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
+          <t>Bay Geveze - Kamp Macerası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>6010612095077</t>
+          <t>9786257133128</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Labirent Seti</t>
+          <t>Antik Dinler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>36</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>0667228199468</t>
+          <t>9786257145398</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Harika Eşleştirmeler Seti</t>
+          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>6010615512533</t>
+          <t>6010626724734</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Süper Matematik Seti (4 Kitap Takım)</t>
+          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>72</v>
+        <v>90</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>6010614174114</t>
+          <t>9786257145466</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
+          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>6010612621696</t>
+          <t>6010612095077</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
+          <t>Heyecanlı Labirent Seti</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>6010612617668</t>
+          <t>0667228199468</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
+          <t>Harika Eşleştirmeler Seti</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>6010629713773</t>
+          <t>6010615512533</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
+          <t>Süper Matematik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>72</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257145978</t>
+          <t>6010614174114</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
+          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257145954</t>
+          <t>6010612621696</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
+          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>100</v>
+        <v>72</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257145961</t>
+          <t>6010612617668</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
+          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257182102</t>
+          <t>6010629713773</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
+          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>6010610059002</t>
+          <t>9786257145978</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
+          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>6010632274247</t>
+          <t>9786257145954</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
+          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>6010618154136</t>
+          <t>9786257145961</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
+          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>0667228199574</t>
+          <t>9786257182102</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
+          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>36</v>
+        <v>125</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257145442</t>
+          <t>6010610059002</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Özkan Seti - 4 Kitap</t>
+          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>6010617461495</t>
+          <t>6010632274247</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
+          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9715936876758</t>
+          <t>6010618154136</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
+          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>6010619841899</t>
+          <t>0667228199574</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>6010626111145</t>
+          <t>9786257145442</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Tuncay Özkan Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257182157</t>
+          <t>6010617461495</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
+          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257133234</t>
+          <t>9715936876758</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
+          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257133562</t>
+          <t>6010619841899</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
+          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257658003</t>
+          <t>6010626111145</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
+          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257065320</t>
+          <t>9786257182157</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
+          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257133197</t>
+          <t>9786257133234</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
+          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>155</v>
+        <v>600</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786058038646</t>
+          <t>9786257133562</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Emekli Oluyorsunuz?</t>
+          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257182119</t>
+          <t>9786257658003</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Sucu Seti - 4 Kitap</t>
+          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257182126</t>
+          <t>9786257065320</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Halk Kahramanları Seti - 6 Kitap</t>
+          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257145367</t>
+          <t>9786257133197</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Seti (10 Kitap)</t>
+          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257145381</t>
+          <t>9786058038646</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
+          <t>Ne Zaman Emekli Oluyorsunuz?</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257065337</t>
+          <t>9786257182119</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
+          <t>Ayşe Sucu Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257145565</t>
+          <t>9786257182126</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabetik Sözlük</t>
+          <t>Halk Kahramanları Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>35</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257145558</t>
+          <t>9786257145367</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
+          <t>Erdemler Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257145534</t>
+          <t>9786257145381</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Kelimelerim 1</t>
+          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257065290</t>
+          <t>9786257065337</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Örüntü Kavramı</t>
+          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257182997</t>
+          <t>9786257145565</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mısır Piramitleri ve Uygarlığı</t>
+          <t>İngilizce Alfabetik Sözlük</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257117067</t>
+          <t>9786257145558</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Persler - Unutulmuş Krallıklar</t>
+          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786050621471</t>
+          <t>9786257145534</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Medler - Unutulmuş Krallıklar</t>
+          <t>İngilizce İlk Kelimelerim 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257117074</t>
+          <t>9786257065290</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Lidyalılar - Unutulmuş Krallıklar</t>
+          <t>Örüntü Kavramı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786050621488</t>
+          <t>9786257182997</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kimmerler - Unutulmuş Krallıklar</t>
+          <t>Mısır Piramitleri ve Uygarlığı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257117005</t>
+          <t>9786257117067</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hurriler - Unutulmuş Krallıklar</t>
+          <t>Persler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257117012</t>
+          <t>9786050621471</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gutiler - Unutulmuş Krallıklar</t>
+          <t>Medler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257117029</t>
+          <t>9786257117074</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Frigler - Unutulmuş Krallıklar</t>
+          <t>Lidyalılar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050621457</t>
+          <t>9786050621488</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Akadlar - Unutulmuş Krallıklar</t>
+          <t>Kimmerler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257065450</t>
+          <t>9786257117005</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Hurriler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257065498</t>
+          <t>9786257117012</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Gutiler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257133647</t>
+          <t>9786257117029</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
+          <t>Frigler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257182096</t>
+          <t>9786050621457</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
+          <t>Akadlar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786058054325</t>
+          <t>9786257065450</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786058054301</t>
+          <t>9786257065498</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Gazeteciler</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257065665</t>
+          <t>9786257133647</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
+          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052365977</t>
+          <t>9786257182096</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052365939</t>
+          <t>9786058054325</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Atatürk</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257145329</t>
+          <t>9786058054301</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Ah Şu Gazeteciler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257145374</t>
+          <t>9786257065665</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Eren Erdem Seti - 4 Kitap</t>
+          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>108</v>
+        <v>200</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059828826</t>
+          <t>9786052365977</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Budala -2</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>35</v>
+        <v>260</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786315498864</t>
+          <t>9786052365939</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ozanlar Seti</t>
+          <t>Anılarla Atatürk</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>149</v>
+        <v>45</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786056980428</t>
+          <t>9786257145329</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dünden Çok Yarından Az</t>
+          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052365960</t>
+          <t>9786257145374</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzler</t>
+          <t>Eren Erdem Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>70</v>
+        <v>108</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059350495</t>
+          <t>9786059828826</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Celal Bayar</t>
+          <t>Budala -2</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052365809</t>
+          <t>9786315498864</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
+          <t>Ozanlar Seti</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>420</v>
+        <v>149</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052365816</t>
+          <t>9786056980428</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Muazzez</t>
+          <t>Dünden Çok Yarından Az</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>20</v>
+        <v>55</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052365793</t>
+          <t>9786052365960</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
+          <t>Aşina Yüzler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052365762</t>
+          <t>9786059350495</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şiirleri</t>
+          <t>Milli Mücadele Kahramanı Celal Bayar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257658676</t>
+          <t>9786052365809</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
+          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052365656</t>
+          <t>9786052365816</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslamiyet</t>
+          <t>Muazzam Muazzez</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052365496</t>
+          <t>9786052365793</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>380</v>
+        <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052365489</t>
+          <t>9786052365762</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
+          <t>Yunus Emre Şiirleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257145831</t>
+          <t>9786257658676</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
+          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257145411</t>
+          <t>9786052365656</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Süper Aktivite Seti (10 Kitap)</t>
+          <t>Türkler ve İslamiyet</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>750</v>
+        <v>70</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257133456</t>
+          <t>9786052365496</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>458.33</v>
+        <v>380</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257145824</t>
+          <t>9786052365489</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
+          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059828635</t>
+          <t>9786257145831</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dehanın Kodları</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059828642</t>
+          <t>9786257145411</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluştan Kurtuluşa Atatürk</t>
+          <t>Süper Aktivite Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052365953</t>
+          <t>9786257133456</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ufuktan Şimdi Doğar</t>
+          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>440</v>
+        <v>458.33</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257182416</t>
+          <t>9786257145824</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Mucitler</t>
+          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257182423</t>
+          <t>9786059828635</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Olaylar</t>
+          <t>Dehanın Kodları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257182430</t>
+          <t>9786059828642</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Harika Yapılar</t>
+          <t>Kurtuluştan Kurtuluşa Atatürk</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257182362</t>
+          <t>9786052365953</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Dehalar</t>
+          <t>Güneş Ufuktan Şimdi Doğar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257182386</t>
+          <t>9786257182416</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
+          <t>Tarihe Yön Veren Mucitler</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257182355</t>
+          <t>9786257182423</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilim İnsanları</t>
+          <t>Tarihe Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257182676</t>
+          <t>9786257182430</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
+          <t>Tarihe Yön Veren Harika Yapılar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>2400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257182454</t>
+          <t>9786257182362</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
+          <t>Tarihe Yön Veren Dehalar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>8683672868288</t>
+          <t>9786257182386</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
+          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257658201</t>
+          <t>9786257182355</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şimşek - Sherlock Holmes</t>
+          <t>Tarihe Yön Veren Bilim İnsanları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257658300</t>
+          <t>9786257182676</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Lanet - Sherlock Holmes</t>
+          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>230</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786259771151</t>
+          <t>9786257182454</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257412353</t>
+          <t>8683672868288</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786259771120</t>
+          <t>9786257658201</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dikkat</t>
+          <t>Gümüş Şimşek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786259771168</t>
+          <t>9786257658300</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları</t>
+          <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786259778594</t>
+          <t>9786259771151</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786259771144</t>
+          <t>9786257412353</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağın Öğretmeni Platon</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259778556</t>
+          <t>9786259771120</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Haritaların Efendisi Piri Reis</t>
+          <t>Dikkat Dikkat</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786259778532</t>
+          <t>9786259771168</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Bilge Ömer Hayyam</t>
+          <t>Atatürk ve Kadın Hakları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259778518</t>
+          <t>9786259778594</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Mimarı Mimar Sinan</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786259778549</t>
+          <t>9786259771144</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Seyyah Evliya Çelebi</t>
+          <t>Antik Çağın Öğretmeni Platon</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259778525</t>
+          <t>9786259778556</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Haritaların Efendisi Piri Reis</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257412582</t>
+          <t>9786259778532</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Tartışmalı Bilge Ömer Hayyam</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786259771113</t>
+          <t>9786259778518</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kehanet Zethon</t>
+          <t>Yüzyılların Mimarı Mimar Sinan</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786259771106</t>
+          <t>9786259778549</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Aşk İyileştirir</t>
+          <t>Acayip Bir Seyyah Evliya Çelebi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786259778570</t>
+          <t>9786259778525</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yanım</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786259778587</t>
+          <t>9786257412582</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği Zamanı</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>8683672866598</t>
+          <t>9786259771113</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Kadim Kehanet Zethon</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256669567</t>
+          <t>9786259771106</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mihra</t>
+          <t>Aşk İyileştirir</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256669574</t>
+          <t>9786259778570</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dokunuş: Biyoenerji</t>
+          <t>Diğer Yanım</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256669536</t>
+          <t>9786259778587</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kod:02</t>
+          <t>Nar Çiçeği Zamanı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786256669512</t>
+          <t>8683672866598</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İki Enerji Tek Ses</t>
+          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256669529</t>
+          <t>9786256669567</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Sana Senden Mesaj Var</t>
+          <t>Mihra</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256669482</t>
+          <t>9786256669574</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kurtar Beni!</t>
+          <t>İlahi Dokunuş: Biyoenerji</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256669413</t>
+          <t>9786256669536</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Selanik’te Pembe Bir Ev</t>
+          <t>Kod:02</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256669390</t>
+          <t>9786256669512</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Anadolu’ya Atatürk</t>
+          <t>İki Enerji Tek Ses</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256669383</t>
+          <t>9786256669529</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Atatürk Gerçekleri</t>
+          <t>Sana Senden Mesaj Var</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256669406</t>
+          <t>9786256669482</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Babası Olmak</t>
+          <t>Kurtar Beni!</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256669284</t>
+          <t>9786256669413</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Annesi Olmak</t>
+          <t>Selanik’te Pembe Bir Ev</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256669307</t>
+          <t>9786256669390</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Eşi Olmak</t>
+          <t>Rumeli’den Anadolu’ya Atatürk</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256669291</t>
+          <t>9786256669383</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
+          <t>Belgelerle Atatürk Gerçekleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256669345</t>
+          <t>9786256669406</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın</t>
+          <t>Atatürk’ün Babası Olmak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256669222</t>
+          <t>9786256669284</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hukuk Devleti</t>
+          <t>Atatürk’ün Annesi Olmak</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256669239</t>
+          <t>9786256669307</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluş Savaşı</t>
+          <t>Atatürk’ün Eşi Olmak</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>880</v>
+        <v>260</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256669246</t>
+          <t>9786256669291</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Antlaşması</t>
+          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256669253</t>
+          <t>9786256669345</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satırlara</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256669208</t>
+          <t>9786256669222</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Başarının Rotası Zafere İnananları Rotası</t>
+          <t>Sosyal Hukuk Devleti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>260</v>
+        <v>900</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256669215</t>
+          <t>9786256669239</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
+          <t>Ulusal Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>260</v>
+        <v>880</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256669178</t>
+          <t>9786256669246</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
+          <t>Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>600</v>
+        <v>460</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256669185</t>
+          <t>9786256669253</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi ile Terapi</t>
+          <t>Sadırdan Satırlara</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258147100</t>
+          <t>9786256669208</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Nutuk</t>
+          <t>Başarının Rotası Zafere İnananları Rotası</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256669147</t>
+          <t>9786256669215</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya Şiirler</t>
+          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059350884</t>
+          <t>9786256669178</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ata ile Latife Hanımefendi</t>
+          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059350525</t>
+          <t>9786256669185</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslam</t>
+          <t>Mesnevi ile Terapi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257182294</t>
+          <t>9786258147100</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milliyetçilik</t>
+          <t>Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256669154</t>
+          <t>9786256669147</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bak İşte Bahar Geldi</t>
+          <t>Gurbetten Sılaya Şiirler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256669123</t>
+          <t>9786059350884</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan</t>
+          <t>Ata ile Latife Hanımefendi</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256669130</t>
+          <t>9786059350525</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Atatürk ve İslam</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256669093</t>
+          <t>9786257182294</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Saklı Ekonomi</t>
+          <t>Atatürk ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256669116</t>
+          <t>9786256669154</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitabı Yazma Rehberi</t>
+          <t>Bak İşte Bahar Geldi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256669109</t>
+          <t>9786256669123</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Yunanistan</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256669055</t>
+          <t>9786256669130</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Günlüğü (Ciltli)</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256669062</t>
+          <t>9786256669093</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Modeli Ekonomi</t>
+          <t>Saklı Ekonomi</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258147988</t>
+          <t>9786256669116</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Terapi Günlüğü (Ciltli)</t>
+          <t>Çocuk Kitabı Yazma Rehberi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256669048</t>
+          <t>9786256669109</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Işığında Kuantum</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256669024</t>
+          <t>9786256669055</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Güllerinden Doğmak</t>
+          <t>Cumhuriyet Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256669031</t>
+          <t>9786256669062</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Koçuyum</t>
+          <t>Atatürk Modeli Ekonomi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786256669017</t>
+          <t>9786258147988</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Kızınım</t>
+          <t>Terapi Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258147971</t>
+          <t>9786256669048</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Günlüğü (Ciltli)</t>
+          <t>Mesnevi Işığında Kuantum</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256669000</t>
+          <t>9786256669024</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
+          <t>Güllerinden Doğmak</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258147995</t>
+          <t>9786256669031</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Huzur Seninle Başlar</t>
+          <t>Çocuğumun Koçuyum</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>6010616112114</t>
+          <t>9786256669017</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
+          <t>Ben Senin Kızınım</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>6010609942933</t>
+          <t>9786258147971</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları Seti - 10 Kitap</t>
+          <t>Küçük Prens Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>1500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258147865</t>
+          <t>9786256669000</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çiz Rahatla</t>
+          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258147520</t>
+          <t>9786258147995</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>Huzur Seninle Başlar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258147957</t>
+          <t>6010616112114</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
+          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258147919</t>
+          <t>6010609942933</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Savaşçısı</t>
+          <t>Fikir İnsanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258147933</t>
+          <t>9786258147865</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kelebekli Papatya Pastanesi</t>
+          <t>Çiz Rahatla</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258147940</t>
+          <t>9786258147520</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258147926</t>
+          <t>9786258147957</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
+          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258147902</t>
+          <t>9786258147919</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Evrenin Savaşçısı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258147872</t>
+          <t>9786258147933</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
+          <t>Kelebekli Papatya Pastanesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>8683672860176</t>
+          <t>9786258147940</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
+          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>8683672860374</t>
+          <t>9786258147926</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 20 Kitap</t>
+          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>2000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>8683672860381</t>
+          <t>9786258147902</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 50 Kitap</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>5000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>8683672860398</t>
+          <t>9786258147872</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 40 Kitap</t>
+          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>4000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>8683672860169</t>
+          <t>8683672860176</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 30 Kitap</t>
+          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>3000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>8683672860053</t>
+          <t>8683672860374</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 50 Kitap Takım</t>
+          <t>Asrın Dahileri – 20 Kitap</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>7500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>8683672860060</t>
+          <t>8683672860381</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 40 Kitap Takım</t>
+          <t>Unutulmaz Hayatlar – 50 Kitap</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>6000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>8683672860077</t>
+          <t>8683672860398</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 30 Kitap Takım</t>
+          <t>Unutulmaz Hayatlar – 40 Kitap</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>5000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>8683672860084</t>
+          <t>8683672860169</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 20 Kitap Takım</t>
+          <t>Asrın Dahileri – 30 Kitap</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>3500</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>8683672860091</t>
+          <t>8683672860053</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 10 Kitap Takım</t>
+          <t>Klasik Romanlar - 50 Kitap Takım</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>1750</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258147896</t>
+          <t>8683672860060</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
+          <t>Klasik Romanlar - 40 Kitap Takım</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>260</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258147889</t>
+          <t>8683672860077</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kod: Ayasofya</t>
+          <t>Klasik Romanlar - 30 Kitap Takım</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>270</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258147858</t>
+          <t>8683672860084</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ol'an</t>
+          <t>Klasik Romanlar - 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>190</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258147841</t>
+          <t>8683672860091</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kente Mektuplar</t>
+          <t>Klasik Romanlar - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>300</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258147834</t>
+          <t>9786258147896</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258147827</t>
+          <t>9786258147889</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Kod: Ayasofya</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258147810</t>
+          <t>9786258147858</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Park Etme</t>
+          <t>Ol'an</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258147797</t>
+          <t>9786258147841</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Gölgesinde</t>
+          <t>Kente Mektuplar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258147803</t>
+          <t>9786258147834</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Oyunu</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258147780</t>
+          <t>9786258147827</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Mucizeleri</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258147773</t>
+          <t>9786258147810</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
+          <t>Hayatı Park Etme</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258147766</t>
+          <t>9786258147797</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
+          <t>Savaşın Gölgesinde</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258147759</t>
+          <t>9786258147803</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
+          <t>Demokrasi Oyunu</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258147537</t>
+          <t>9786258147780</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Din Adamları</t>
+          <t>Olumlu Düşünmenin Mucizeleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258147742</t>
+          <t>9786258147773</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin İslamı</t>
+          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258147728</t>
+          <t>9786258147766</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çöp Poşetindeki Hayaller</t>
+          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258147704</t>
+          <t>9786258147759</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
+          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258147711</t>
+          <t>9786258147537</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Gelişi Güzel</t>
+          <t>Kahraman Din Adamları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258147735</t>
+          <t>9786258147742</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Zulüm ve Direniş</t>
+          <t>Ezilenlerin İslamı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258147599</t>
+          <t>9786258147728</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>Çöp Poşetindeki Hayaller</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258147278</t>
+          <t>9786258147704</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tutsağı</t>
+          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258147261</t>
+          <t>9786258147711</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Gelişi Güzel</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258147568</t>
+          <t>9786258147735</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İslam'a Hizmetleri</t>
+          <t>Zulüm ve Direniş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258147544</t>
+          <t>9786258147599</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün De Çocukları Vardı</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258147551</t>
+          <t>9786258147278</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Rauf Orbay</t>
+          <t>Kafkas Tutsağı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258147506</t>
+          <t>9786258147261</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Misak-ı Milli</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258147513</t>
+          <t>9786258147568</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş'un Öncüleri</t>
+          <t>Atatürk’ün İslam'a Hizmetleri</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258147476</t>
+          <t>9786258147544</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Atatürk’ün De Çocukları Vardı</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258147490</t>
+          <t>9786258147551</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsun’dan</t>
+          <t>Rauf Orbay</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258147452</t>
+          <t>9786258147506</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kahramanlar</t>
+          <t>Misak-ı Milli</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258147483</t>
+          <t>9786258147513</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yine Baharlar Gelecek</t>
+          <t>Kurtuluş'un Öncüleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258147384</t>
+          <t>9786258147476</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Lideri Atatürk</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258147445</t>
+          <t>9786258147490</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Bir Daha Gel Samsun’dan</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258147421</t>
+          <t>9786258147452</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Smet İnönü</t>
+          <t>Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258147414</t>
+          <t>9786258147483</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Sözler</t>
+          <t>Yine Baharlar Gelecek</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258147407</t>
+          <t>9786258147384</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanlar</t>
+          <t>Yüzyılların Lideri Atatürk</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258147360</t>
+          <t>9786258147445</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258147377</t>
+          <t>9786258147421</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sahne Arkası</t>
+          <t>Smet İnönü</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258147353</t>
+          <t>9786258147414</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
+          <t>Ölümsüz Sözler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258147346</t>
+          <t>9786258147407</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Korkma - Depremden Korunma Kılavuzu</t>
+          <t>Çocuk Kahramanlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258147339</t>
+          <t>9786258147360</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258147322</t>
+          <t>9786258147377</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Sahne Arkası</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258147315</t>
+          <t>9786258147353</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258147308</t>
+          <t>9786258147346</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Korkma - Depremden Korunma Kılavuzu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258147285</t>
+          <t>9786258147339</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258147292</t>
+          <t>9786258147322</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258147247</t>
+          <t>9786258147315</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Olay</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258147230</t>
+          <t>9786258147308</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258147216</t>
+          <t>9786258147285</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Timsah</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258147254</t>
+          <t>9786258147292</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258147223</t>
+          <t>9786258147247</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Tatsız Bir Olay</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258147209</t>
+          <t>9786258147230</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Codes of Genius</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258147186</t>
+          <t>9786258147216</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Timsah</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258147148</t>
+          <t>9786258147254</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>80 Yıllık Hatıralarım</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258147117</t>
+          <t>9786258147223</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yar Mısın, Yara Mı?</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258147094</t>
+          <t>9786258147209</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ayaklar</t>
+          <t>Codes of Genius</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258147087</t>
+          <t>9786258147186</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258147070</t>
+          <t>9786258147148</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Annelik Okulu</t>
+          <t>80 Yıllık Hatıralarım</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258147049</t>
+          <t>9786258147117</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
+          <t>Yar Mısın, Yara Mı?</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258147018</t>
+          <t>9786258147094</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
+          <t>Yalın Ayaklar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>490</v>
+        <v>90</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786257468992</t>
+          <t>9786258147087</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
+          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786257468978</t>
+          <t>9786258147070</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Muğlalı'nın Romanı</t>
+          <t>Uygulamalı Annelik Okulu</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786257468718</t>
+          <t>9786258147049</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257412216</t>
+          <t>9786258147018</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Mesnevisinden Öğütler</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257658904</t>
+          <t>9786257468992</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257468008</t>
+          <t>9786257468978</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Charkes Darwin</t>
+          <t>Mustafa Muğlalı'nın Romanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257412995</t>
+          <t>9786257468718</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257412728</t>
+          <t>9786257412216</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Mevlana'nın Mesnevisinden Öğütler</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257412223</t>
+          <t>9786257658904</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Türkçe Dualar</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>7862570654983</t>
+          <t>9786257468008</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Charkes Darwin</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258147032</t>
+          <t>9786257412995</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Cumhuriyet Kadını</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258147063</t>
+          <t>9786257412728</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257145732</t>
+          <t>9786257412223</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Çarpma İşlemleri</t>
+          <t>Hayatın İçinden Türkçe Dualar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>8683672814537</t>
+          <t>7862570654983</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>1000</v>
+        <v>80</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258147025</t>
+          <t>9786258147032</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
+          <t>Çağdaş Cumhuriyet Kadını</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>6010613387348</t>
+          <t>9786258147063</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Serisi (10 Kitap)</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>1000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786258147155</t>
+          <t>9786257145732</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası</t>
+          <t>Akıllı Matematik - Çarpma İşlemleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786258147162</t>
+          <t>8683672814537</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258147001</t>
+          <t>9786258147025</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>8683672813851</t>
+          <t>6010613387348</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 15 Kitap Takım</t>
+          <t>Jules Verne Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257468985</t>
+          <t>9786258147155</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Bir Kuzey Macerası</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257182959</t>
+          <t>9786258147162</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>40' ında 40 Kadın</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257468961</t>
+          <t>9786258147001</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Nasıl Savunulur?</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786257468848</t>
+          <t>8683672813851</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yorumcusu - İbn Rüşd</t>
+          <t>Stefan Zweig 15 Kitap Takım</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>0731559440312</t>
+          <t>9786257468985</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257468725</t>
+          <t>9786257182959</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ne Oldu?</t>
+          <t>40' ında 40 Kadın</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257468824</t>
+          <t>9786257468961</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Cumhuriyet Nasıl Savunulur?</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257468787</t>
+          <t>9786257468848</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan İlginç Olaylar</t>
+          <t>Bilimin Yorumcusu - İbn Rüşd</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786257468794</t>
+          <t>0731559440312</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
+          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257468817</t>
+          <t>9786257468725</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
+          <t>Aslında Ne Oldu?</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257468763</t>
+          <t>9786257468824</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257468749</t>
+          <t>9786257468787</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
+          <t>Tarihte İz Bırakan İlginç Olaylar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257468756</t>
+          <t>9786257468794</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
+          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257468732</t>
+          <t>9786257468817</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
+          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257468800</t>
+          <t>9786257468763</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Dehalar</t>
+          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257468770</t>
+          <t>9786257468749</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Bilim İnsanları</t>
+          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>0667228201307</t>
+          <t>9786257468756</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Kurucuları Kitap Seti</t>
+          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257522151</t>
+          <t>9786257468732</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257522137</t>
+          <t>9786257468800</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kristal Tıpa</t>
+          <t>Tarihte İz Bırakan Büyük Dehalar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257522144</t>
+          <t>9786257468770</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kibar Hırsız</t>
+          <t>Tarihte İz Bırakan Bilim İnsanları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257522120</t>
+          <t>0667228201307</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Oyuk İğne</t>
+          <t>Medeniyetin Kurucuları Kitap Seti</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257468701</t>
+          <t>9786257522151</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257468695</t>
+          <t>9786257522137</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
+          <t>Arsen Lupen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257468688</t>
+          <t>9786257522144</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
+          <t>Arsen Lupen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257468657</t>
+          <t>9786257522120</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Arsen Lupen - Oyuk İğne</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257468664</t>
+          <t>9786257468701</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257468671</t>
+          <t>9786257468695</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257468626</t>
+          <t>9786257468688</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'den Atatürk'e</t>
+          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257468589</t>
+          <t>9786257468657</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257468282</t>
+          <t>9786257468664</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ecco Homo</t>
+          <t>Piri Reis</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257468084</t>
+          <t>9786257468671</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257468619</t>
+          <t>9786257468626</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Mustafa Kemal'den Atatürk'e</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257468565</t>
+          <t>9786257468589</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Şark Fatihi - Kazım Karabekir</t>
+          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257468633</t>
+          <t>9786257468282</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Ecco Homo</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257468596</t>
+          <t>9786257468084</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Olarak Atatürk</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257468572</t>
+          <t>9786257468619</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257468015</t>
+          <t>9786257468565</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Şark Fatihi - Kazım Karabekir</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257412605</t>
+          <t>9786257468633</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Kadınlar</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257468527</t>
+          <t>9786257468596</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırının Siyah Tonu Malcolm X</t>
+          <t>Bir İnsan Olarak Atatürk</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257468534</t>
+          <t>9786257468572</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı</t>
+          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257468558</t>
+          <t>9786257468015</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257468497</t>
+          <t>9786257412605</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi</t>
+          <t>Dünyaya Yön Veren Kadınlar</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257468503</t>
+          <t>9786257468527</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Devlet Hazinesi</t>
+          <t>Başkaldırının Siyah Tonu Malcolm X</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257468510</t>
+          <t>9786257468534</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Göktanrı’dan İslamiyet’e</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257468398</t>
+          <t>9786257468558</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirilmiş Parlamento Sistemi</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257412780</t>
+          <t>9786257468497</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
+          <t>Evliya Çelebi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257412797</t>
+          <t>9786257468503</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
+          <t>Atatürk ve Devlet Hazinesi</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257468367</t>
+          <t>9786257468510</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
+          <t>Göktanrı’dan İslamiyet’e</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257468374</t>
+          <t>9786257468398</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İkinci Öğretmen Farabi</t>
+          <t>Güçlendirilmiş Parlamento Sistemi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257468343</t>
+          <t>9786257412780</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Nelson Mandela</t>
+          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257468350</t>
+          <t>9786257412797</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257468091</t>
+          <t>9786257468367</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
+          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257468336</t>
+          <t>9786257468374</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
+          <t>İkinci Öğretmen Farabi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257468275</t>
+          <t>9786257468343</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sofra Sırları - Hatıralarla Atatürk</t>
+          <t>Nelson Mandela</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257468299</t>
+          <t>9786257468350</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257468329</t>
+          <t>9786257468091</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Askeri Deha - Hatıralarla Atatürk</t>
+          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>0667228197815</t>
+          <t>9786257468336</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
+          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257468138</t>
+          <t>9786257468275</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
+          <t>Sofra Sırları - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257468046</t>
+          <t>9786257468299</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257468039</t>
+          <t>9786257468329</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>Askeri Deha - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257468022</t>
+          <t>0667228197815</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257468114</t>
+          <t>9786257468138</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257468060</t>
+          <t>9786257468046</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257468053</t>
+          <t>9786257468039</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Sevgi</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257468107</t>
+          <t>9786257468022</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257468077</t>
+          <t>9786257468114</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257412179</t>
+          <t>9786257468060</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257412209</t>
+          <t>9786257468053</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi</t>
+          <t>Her Şeye Rağmen Sevgi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257412834</t>
+          <t>9786257468107</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257412773</t>
+          <t>9786257468077</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Adam Nietzsche</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257412766</t>
+          <t>9786257412179</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257412704</t>
+          <t>9786257412209</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
+          <t>Mevlana Celaleddin Rumi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257412681</t>
+          <t>9786257412834</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayeler</t>
+          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
         </is>
       </c>
       <c r="C558" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257412698</t>
+          <t>9786257412773</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Sorgulayan Adam Nietzsche</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257412667</t>
+          <t>9786257412766</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257412643</t>
+          <t>9786257412704</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257412636</t>
+          <t>9786257412681</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257412650</t>
+          <t>9786257412698</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Doğudaki Hayalet</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257412629</t>
+          <t>9786257412667</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Serserileri</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257412674</t>
+          <t>9786257412643</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257412575</t>
+          <t>9786257412636</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257412599</t>
+          <t>9786257412650</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>Doğudaki Hayalet</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257412568</t>
+          <t>9786257412629</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>7. Replik</t>
+          <t>Demiryolu Serserileri</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257658508</t>
+          <t>9786257412674</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257412537</t>
+          <t>9786257412575</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257412490</t>
+          <t>9786257412599</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257412513</t>
+          <t>9786257412568</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>7. Replik</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257412544</t>
+          <t>9786257658508</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257412520</t>
+          <t>9786257412537</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257658591</t>
+          <t>9786257412490</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257658607</t>
+          <t>9786257412513</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257412506</t>
+          <t>9786257412544</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Bir Yufka Yürekli</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257658577</t>
+          <t>9786257412520</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257658553</t>
+          <t>9786257658591</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257658522</t>
+          <t>9786257658607</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Uşak</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257412551</t>
+          <t>9786257412506</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Olmayan Düşünür Sokrates</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257658416</t>
+          <t>9786257658577</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Türkçe Meali</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257412261</t>
+          <t>9786257658553</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257658768</t>
+          <t>9786257658522</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmibin Fersah</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257412155</t>
+          <t>9786257412551</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Beyni Çalınan Adam Albert Einstein</t>
+          <t>Kitabı Olmayan Düşünür Sokrates</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257412148</t>
+          <t>9786257658416</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
+          <t>Kur'an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257412162</t>
+          <t>9786257412261</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257658911</t>
+          <t>9786257658768</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Dindar Zalimler</t>
+          <t>Denizler Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257658898</t>
+          <t>9786257412155</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Beyni Çalınan Adam Albert Einstein</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257658805</t>
+          <t>9786257412148</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257658881</t>
+          <t>9786257412162</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Son Başkent Ankara</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257658843</t>
+          <t>9786257658911</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
+          <t>Tarihteki Dindar Zalimler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257658850</t>
+          <t>9786257658898</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257658829</t>
+          <t>9786257658805</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257658812</t>
+          <t>9786257658881</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
+          <t>Son Başkent Ankara</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257658867</t>
+          <t>9786257658843</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
+          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257658836</t>
+          <t>9786257658850</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
+          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257658492</t>
+          <t>9786257658829</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>8683672837123</t>
+          <t>9786257658812</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
+          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257658799</t>
+          <t>9786257658867</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
+          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257658621</t>
+          <t>9786257658836</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257658485</t>
+          <t>9786257658492</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257658478</t>
+          <t>8683672837123</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257658560</t>
+          <t>9786257658799</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257658584</t>
+          <t>9786257658621</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257658614</t>
+          <t>9786257658485</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257658539</t>
+          <t>9786257658478</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257658423</t>
+          <t>9786257658560</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayat Şifreleri</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257658461</t>
+          <t>9786257658584</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257658454</t>
+          <t>9786257658614</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257658386</t>
+          <t>9786257658539</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257658362</t>
+          <t>9786257658423</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Hz. Peygamber’in Hayat Şifreleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257658379</t>
+          <t>9786257658461</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257658317</t>
+          <t>9786257658454</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257658324</t>
+          <t>9786257658386</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257658331</t>
+          <t>9786257658362</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257658348</t>
+          <t>9786257658379</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257658355</t>
+          <t>9786257658317</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>6010634820862</t>
+          <t>9786257658324</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>1250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257658409</t>
+          <t>9786257658331</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257658393</t>
+          <t>9786257658348</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Dönem Ödevi</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257658256</t>
+          <t>9786257658355</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257658232</t>
+          <t>6010634820862</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kadına Göre Aşk</t>
+          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>260</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257658249</t>
+          <t>9786257658409</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Sevgili</t>
+          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257658270</t>
+          <t>9786257658393</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Adam - Sherlock Holmes</t>
+          <t>Dönem Ödevi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257658287</t>
+          <t>9786257658256</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257658294</t>
+          <t>9786257658232</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gelin - Sherlock Holmes</t>
+          <t>Kadına Göre Aşk</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257658065</t>
+          <t>9786257658249</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Hayalet Sevgili</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257658041</t>
+          <t>9786257658270</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Tepedeki Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257658058</t>
+          <t>9786257658287</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257658072</t>
+          <t>9786257658294</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Kayıp Gelin - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257658089</t>
+          <t>9786257658065</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C632" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257658034</t>
+          <t>9786257658041</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257658188</t>
+          <t>9786257658058</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Mazarin Elması - Sherlock Holmes</t>
+          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257658195</t>
+          <t>9786257658072</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257658171</t>
+          <t>9786257658089</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ev - Sherlock Holmes</t>
+          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257658225</t>
+          <t>9786257658034</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Altı Napolyon - Sherlock Holmes</t>
+          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257658218</t>
+          <t>9786257658188</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Brilston Faciası - Sherlock Holmes</t>
+          <t>Mazarin Elması - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257658164</t>
+          <t>9786257658195</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257658119</t>
+          <t>9786257658171</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Sessiz Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257658133</t>
+          <t>9786257658225</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Altı Napolyon - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257658140</t>
+          <t>9786257658218</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Brilston Faciası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257658096</t>
+          <t>9786257658164</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257182850</t>
+          <t>9786257658119</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257182867</t>
+          <t>9786257658133</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257182829</t>
+          <t>9786257658140</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>40 Yaş</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257182836</t>
+          <t>9786257658096</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257182843</t>
+          <t>9786257182850</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Peygamber</t>
+          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257182478</t>
+          <t>9786257182867</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
+          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257182461</t>
+          <t>9786257182829</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
+          <t>40 Yaş</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257182485</t>
+          <t>9786257182836</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
+          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257182645</t>
+          <t>9786257182843</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
+          <t>Devrimci Peygamber</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257182799</t>
+          <t>9786257182478</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257182805</t>
+          <t>9786257182461</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257182492</t>
+          <t>9786257182485</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257182812</t>
+          <t>9786257182645</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kriz</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257182775</t>
+          <t>9786257182799</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Işığında Türkiye</t>
+          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257182737</t>
+          <t>9786257182805</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Bugüne Azerbaycan</t>
+          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257182751</t>
+          <t>9786257182492</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257182720</t>
+          <t>9786257182812</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Bitmeyen Kriz</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257182324</t>
+          <t>9786257182775</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Milli Mücadele Işığında Türkiye</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257182683</t>
+          <t>9786257182737</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Atatürk’ten Bugüne Azerbaycan</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257182690</t>
+          <t>9786257182751</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257182713</t>
+          <t>9786257182720</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257182546</t>
+          <t>9786257182324</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu - Okula Gidiyorum</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257182638</t>
+          <t>9786257182683</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>4 İşlem - Okula Gidiyorum</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257182607</t>
+          <t>9786257182690</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Okula Gidiyorum</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257182584</t>
+          <t>9786257182713</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Okula Gidiyorum</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257182553</t>
+          <t>9786257182546</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Okula Gidiyorum</t>
+          <t>Çarpım Tablosu - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257182577</t>
+          <t>9786257182638</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Saatler - Okula Gidiyorum</t>
+          <t>4 İşlem - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257182621</t>
+          <t>9786257182607</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe - Okula Gidiyorum</t>
+          <t>Kavramlar - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257182447</t>
+          <t>9786257182584</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrim Gibi Aklımdasın</t>
+          <t>Renkler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257182393</t>
+          <t>9786257182553</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Komutanlar</t>
+          <t>Şekiller - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257182409</t>
+          <t>9786257182577</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Liderler</t>
+          <t>Saatler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257182379</t>
+          <t>9786257182621</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Felaketler</t>
+          <t>İngilizce Alfabe - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257182331</t>
+          <t>9786257182447</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Yolu</t>
+          <t>Bir Devrim Gibi Aklımdasın</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257182348</t>
+          <t>9786257182393</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Katar İstanbul</t>
+          <t>Tarihe Yön Veren Komutanlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257182300</t>
+          <t>9786257182409</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı</t>
+          <t>Tarihe Yön Veren Liderler</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257182225</t>
+          <t>9786257182379</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçıların Kaleminden Atatürk</t>
+          <t>Tarihe Yön Veren Felaketler</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257182249</t>
+          <t>9786257182331</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Özgüven</t>
+          <t>Türk’ün Yolu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257182256</t>
+          <t>9786257182348</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Mutluluk</t>
+          <t>Katar İstanbul</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257182263</t>
+          <t>9786257182300</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Çikolata Dünyası</t>
+          <t>Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257182270</t>
+          <t>9786257182225</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Cesaret</t>
+          <t>Edebiyatçıların Kaleminden Atatürk</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257182218</t>
+          <t>9786257182249</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
+          <t>Çılgın Ekip - Özgüven</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257182188</t>
+          <t>9786257182256</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
+          <t>Çılgın Ekip - Mutluluk</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257145817</t>
+          <t>9786257182263</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Süper Kodlama</t>
+          <t>Çılgın Ekip - Çikolata Dünyası</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257145763</t>
+          <t>9786257182270</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
+          <t>Çılgın Ekip - Cesaret</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257145749</t>
+          <t>9786257182218</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
+          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257182072</t>
+          <t>9786257182188</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
+          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257182058</t>
+          <t>9786257145817</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Liseye Bir Kala! - Sihirli Günlük</t>
+          <t>Kodlamaya Giriş - Süper Kodlama</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257182089</t>
+          <t>9786257145763</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
+          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257182065</t>
+          <t>9786257145749</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kalem! - Sihirli Günlük</t>
+          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257145992</t>
+          <t>9786257182072</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
+          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257145985</t>
+          <t>9786257182058</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik (5 Kitap Takım)</t>
+          <t>Liseye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257145480</t>
+          <t>9786257182089</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harf Çalışmaları</t>
+          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257145541</t>
+          <t>9786257182065</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
+          <t>Büyülü Kalem! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>60</v>
+        <v>310</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257145510</t>
+          <t>9786257145992</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar</t>
+          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>60</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257145527</t>
+          <t>9786257145985</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Renkler</t>
+          <t>Akıllı Matematik (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>60</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257145169</t>
+          <t>9786257145480</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Neden Niçin Nasıl</t>
+          <t>İngilizce Harf Çalışmaları</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257145176</t>
+          <t>9786257145541</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Mucitler</t>
+          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257145183</t>
+          <t>9786257145510</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Kaşifler</t>
+          <t>İngilizce Sayılar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257145206</t>
+          <t>9786257145527</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İcatlar</t>
+          <t>İngilizce Renkler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257145237</t>
+          <t>9786257145169</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam</t>
+          <t>Neden Niçin Nasıl</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257145145</t>
+          <t>9786257145176</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Mucitler</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257145299</t>
+          <t>9786257145183</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Keşifler Kaşifler</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257145268</t>
+          <t>9786257145206</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>İcatlar</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257145282</t>
+          <t>9786257145237</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Deniz Altında Yaşam</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257145312</t>
+          <t>9786257145145</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257145305</t>
+          <t>9786257145299</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257065719</t>
+          <t>9786257145268</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Üvey Evlat</t>
+          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257133944</t>
+          <t>9786257145282</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257658690</t>
+          <t>9786257145312</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257133265</t>
+          <t>9786257145305</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257065412</t>
+          <t>9786257065719</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Masal Feneri</t>
+          <t>Üvey Evlat</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257065559</t>
+          <t>9786257133944</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257065566</t>
+          <t>9786257658690</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Masal Sandığı</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257065528</t>
+          <t>9786257133265</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257065535</t>
+          <t>9786257065412</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Masal Vakti</t>
+          <t>Masal Feneri</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257065542</t>
+          <t>9786257065559</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehri</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257065511</t>
+          <t>9786257065566</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Masal Parkı</t>
+          <t>Masal Sandığı</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257065504</t>
+          <t>9786257065528</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Masal Mevsimi</t>
+          <t>Masal Saati</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257065481</t>
+          <t>9786257065535</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Masal Vakti</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257065467</t>
+          <t>9786257065542</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Masal Kulesi</t>
+          <t>Masal Şehri</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257065474</t>
+          <t>9786257065511</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Masal Köşkü</t>
+          <t>Masal Parkı</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257065443</t>
+          <t>9786257065504</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Masal Kapısı</t>
+          <t>Masal Mevsimi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257065436</t>
+          <t>9786257065481</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Masal Kalesi</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257065382</t>
+          <t>9786257065467</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Masal Demeti</t>
+          <t>Masal Kulesi</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257065375</t>
+          <t>9786257065474</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi</t>
+          <t>Masal Köşkü</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257065696</t>
+          <t>9786257065443</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Masal Kapısı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257065733</t>
+          <t>9786257065436</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Sonrası</t>
+          <t>Masal Kalesi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257065573</t>
+          <t>9786257065382</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Demeti</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257065672</t>
+          <t>9786257065375</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Bahçesi</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257065627</t>
+          <t>9786257065696</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Origami / Uygulama - Alıştırma Kitabı</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257065610</t>
+          <t>9786257065733</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
+          <t>Koronavirüs Sonrası</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257065580</t>
+          <t>9786257065573</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
+          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257065634</t>
+          <t>9786257065672</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9978625706565</t>
+          <t>9786257065627</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
+          <t>Origami / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786058038608</t>
+          <t>9786257065610</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
+          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052365618</t>
+          <t>9786257065580</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
+          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257658515</t>
+          <t>9786257065634</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786059828666</t>
+          <t>9978625706565</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yolculuk</t>
+          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786058054394</t>
+          <t>9786058038608</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
+          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257065313</t>
+          <t>9786052365618</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Harfler Sayılar</t>
+          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257065252</t>
+          <t>9786257658515</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Labirent ve Şifreler</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257065269</t>
+          <t>9786059828666</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Tekil - Çoğul</t>
+          <t>Sonsuza Yolculuk</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257065276</t>
+          <t>9786058054394</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama</t>
+          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257065221</t>
+          <t>9786257065313</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Konum Bulmaca</t>
+          <t>Harfler Sayılar</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257065238</t>
+          <t>9786257065252</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Simetri Kavramı</t>
+          <t>Labirent ve Şifreler</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257065245</t>
+          <t>9786257065269</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Algı Geliştirme</t>
+          <t>Tekil - Çoğul</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786058038677</t>
+          <t>9786257065276</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
+          <t>Dikkat Toplama</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786058038684</t>
+          <t>9786257065221</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
+          <t>Konum Bulmaca</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257065092</t>
+          <t>9786257065238</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
+          <t>Simetri Kavramı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257658720</t>
+          <t>9786257065245</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’in Çocukları</t>
+          <t>Algı Geliştirme</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786257658706</t>
+          <t>9786058038677</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Macellanya</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786257658713</t>
+          <t>9786058038684</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Karpatların Şatosu</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786257658737</t>
+          <t>9786257065092</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keraban</t>
+          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257658744</t>
+          <t>9786257658720</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sarı Tuna</t>
+          <t>Kaptan Grant’in Çocukları</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257658751</t>
+          <t>9786257658706</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Macellanya</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786257658775</t>
+          <t>9786257658713</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Sfenksi</t>
+          <t>Karpatların Şatosu</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786257658782</t>
+          <t>9786257658737</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>İnatçı Keraban</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786257065108</t>
+          <t>9786257658744</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Ötekileştirme</t>
+          <t>Güzel Sarı Tuna</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257065078</t>
+          <t>9786257658751</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Persona Non Grata - İstenmeyen Kişi</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786056980442</t>
+          <t>9786257658775</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
+          <t>Buzlar Sfenksi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786056980404</t>
+          <t>9786257658782</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Mağaraya Sızan Işık</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786056980411</t>
+          <t>9786257065108</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Yolu</t>
+          <t>Ötekileştirme</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786058038615</t>
+          <t>9786257065078</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
+          <t>Persona Non Grata - İstenmeyen Kişi</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786058054332</t>
+          <t>9786056980442</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Mazbata</t>
+          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786058054318</t>
+          <t>9786056980404</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Adalet Manifestosu</t>
+          <t>Mağaraya Sızan Işık</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786059828659</t>
+          <t>9786056980411</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mustafam</t>
+          <t>İktidarın Yolu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786257412391</t>
+          <t>9786058038615</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786257412384</t>
+          <t>9786058054332</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Mazbata</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786257412377</t>
+          <t>9786058054318</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Adalet Manifestosu</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052365946</t>
+          <t>9786059828659</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>İç</t>
+          <t>Sarı Mustafam</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786257412124</t>
+          <t>9786257412391</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052365885</t>
+          <t>9786257412384</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Sopanın Ucundaki Müttefik</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052365878</t>
+          <t>9786257412377</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786257412186</t>
+          <t>9786052365946</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>İç</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052365700</t>
+          <t>9786257412124</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052365694</t>
+          <t>9786052365885</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
+          <t>Sopanın Ucundaki Müttefik</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052365441</t>
+          <t>9786052365878</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Arayan Türkiye</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052365588</t>
+          <t>9786257412186</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052365649</t>
+          <t>9786052365700</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Memleketim</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786257412360</t>
+          <t>9786052365694</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052365472</t>
+          <t>9786052365441</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Anatomisi: Fetret</t>
+          <t>Yönünü Arayan Türkiye</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052365502</t>
+          <t>9786052365588</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hay Aksi! Aldatıldık</t>
+          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786259778501</t>
+          <t>9786052365649</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Memleketim</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052365434</t>
+          <t>9786257412360</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052365427</t>
+          <t>9786052365472</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Sırları</t>
+          <t>Bir Dönemin Anatomisi: Fetret</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052365328</t>
+          <t>9786052365502</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi: İhanet</t>
+          <t>Hay Aksi! Aldatıldık</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052365298</t>
+          <t>9786259778501</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Masal Köyü</t>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052365250</t>
+          <t>9786052365434</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Masal Günü</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052365236</t>
+          <t>9786052365427</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Masal İksiri</t>
+          <t>Nutuk ve Sırları</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052365243</t>
+          <t>9786052365328</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Masal Alemi</t>
+          <t>Bir Darbenin Anatomisi: İhanet</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052365229</t>
+          <t>9786052365298</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>Masal Köyü</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052365311</t>
+          <t>9786052365250</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Masal Sarayı</t>
+          <t>Masal Günü</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052365267</t>
+          <t>9786052365236</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı</t>
+          <t>Masal İksiri</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052365335</t>
+          <t>9786052365243</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye</t>
+          <t>Masal Alemi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052365212</t>
+          <t>9786052365229</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052365069</t>
+          <t>9786052365311</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Zulüm</t>
+          <t>Masal Sarayı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052365052</t>
+          <t>9786052365267</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Arkadaşlar</t>
+          <t>Masal Krallığı</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786257412322</t>
+          <t>9786052365335</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Türkiye Nereye</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786257412339</t>
+          <t>9786052365212</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kumpas</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786257412346</t>
+          <t>9786052365069</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Zulüm</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786257412247</t>
+          <t>9786052365052</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yürüyelim Arkadaşlar</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786257412254</t>
+          <t>9786257412322</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786257412278</t>
+          <t>9786257412339</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786257412230</t>
+          <t>9786257412346</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786257412285</t>
+          <t>9786257412247</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786257412292</t>
+          <t>9786257412254</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786257412308</t>
+          <t>9786257412278</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786257412315</t>
+          <t>9786257412230</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786257412421</t>
+          <t>9786257412285</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786257412414</t>
+          <t>9786257412292</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786257412407</t>
+          <t>9786257412308</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059350938</t>
+          <t>9786257412315</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Gerçekleri</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786059350891</t>
+          <t>9786257412421</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Söz Konusu Vatan İse</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059350860</t>
+          <t>9786257412414</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Bayraklaşan Akif</t>
+          <t>Andersen'den Masallar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257658546</t>
+          <t>9786257412407</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Aya Yolculuk</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257412742</t>
+          <t>9786059350938</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Faziletinde</t>
+          <t>Siyasal İslamın Gerçekleri</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257412735</t>
+          <t>9786059350891</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+          <t>Söz Konusu Vatan İse</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059350501</t>
+          <t>9786059350860</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Sü-Lale Devrİ</t>
+          <t>Bayraklaşan Akif</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
+          <t>9786257658546</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Milena’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786257412742</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Faziletinde</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786257412735</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786059350501</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Sü-Lale Devrİ</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
           <t>9786059828895</t>
         </is>
       </c>
-      <c r="B822" s="1" t="inlineStr">
+      <c r="B826" s="1" t="inlineStr">
         <is>
           <t>Güne Başlarken</t>
         </is>
       </c>
-      <c r="C822" s="1">
+      <c r="C826" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>