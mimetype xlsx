--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,12415 +85,12565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259652887</t>
+          <t>8683672887661</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Beraber Ya Hiç</t>
+          <t>Plaklı Kitaplar - Atatürk 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259652849</t>
+          <t>8683672887630</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Kraliçeler Kıraathanesi</t>
+          <t>Plaklı Kitaplar - Atatürk 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259652863</t>
+          <t>8683672887647</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Plaklı Kitaplar - Nazım Hikmet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259652870</t>
+          <t>8683672887654</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Geceleri</t>
+          <t>Plaklı Kitaplar - Aşık Veysel</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259652825</t>
+          <t>9786259302225</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Antropozlu Kadınlar Cemiyeti</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259652832</t>
+          <t>9786257468381</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sahne Benim</t>
+          <t>Atatürk'ün Ölümü ve Defin İşlemleri - Son Nefes</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8683672878171</t>
+          <t>8683672887470</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme ve Millete Emanet</t>
+          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8683672878560</t>
+          <t>9786259302201</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Kitap Seti</t>
+          <t>MİT’in Gizli Tarih</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8683672878577</t>
+          <t>8683672887395</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
+          <t>Türkün Tarihi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259652818</t>
+          <t>9786259652894</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eril Dişil Enerji</t>
+          <t>İlyas</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8683672873671</t>
+          <t>9786259652887</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
+          <t>Ya Hep Beraber Ya Hiç</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8683672874159</t>
+          <t>9786259652849</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Ortaköy</t>
+          <t>İhtiyar Kraliçeler Kıraathanesi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8683672874166</t>
+          <t>9786259652863</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8683672873749</t>
+          <t>9786259652870</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Kız Kulesi</t>
+          <t>Yağmur Geceleri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>8683672873695</t>
+          <t>9786259652825</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Antropozlu Kadınlar Cemiyeti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8683672873718</t>
+          <t>9786259652832</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
+          <t>Sahne Benim</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>8683672873725</t>
+          <t>8683672878171</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
+          <t>Asla Vazgeçme ve Millete Emanet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>8683672873701</t>
+          <t>8683672878560</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
+          <t>Asla Vazgeçme Kitap Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259714790</t>
+          <t>8683672878577</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kodla: Koçluğun Kitabı</t>
+          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059350556</t>
+          <t>9786259652818</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Misyon</t>
+          <t>Eril Dişil Enerji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259714776</t>
+          <t>8683672873671</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine İnsanca Bakış</t>
+          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259714752</t>
+          <t>8683672874159</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme</t>
+          <t>2026 Gemici Takvim - Ortaköy</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259714769</t>
+          <t>8683672874166</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'le Kürek Çekmek</t>
+          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259752976</t>
+          <t>8683672873749</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Köydeşler</t>
+          <t>2026 Gemici Takvim - Kız Kulesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259752969</t>
+          <t>8683672873695</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sultanları</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257468640</t>
+          <t>8683672873718</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052365755</t>
+          <t>8683672873725</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052365199</t>
+          <t>8683672873701</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257412759</t>
+          <t>9786259714790</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Efendileri</t>
+          <t>Kendini Kodla: Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059350440</t>
+          <t>9786059350556</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Günler</t>
+          <t>Misyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052365342</t>
+          <t>9786259714776</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
+          <t>Dünya Tarihine İnsanca Bakış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257145794</t>
+          <t>9786259714752</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257145756</t>
+          <t>9786259714769</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
+          <t>Müjdat Gezen'le Kürek Çekmek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257145213</t>
+          <t>9786259752976</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı</t>
+          <t>Köydeşler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257182904</t>
+          <t>9786259752969</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Bilimin Sultanları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257182911</t>
+          <t>9786257468640</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257182928</t>
+          <t>9786052365755</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Dahiler</t>
+          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257182935</t>
+          <t>9786052365199</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı İnsanlar</t>
+          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257182942</t>
+          <t>9786257412759</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler ve Kıtalar Atlası 5</t>
+          <t>Asyanın Efendileri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257182874</t>
+          <t>9786059350440</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
+          <t>Ateşten Günler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257182898</t>
+          <t>9786052365342</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
+          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257658447</t>
+          <t>9786257145794</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Rekabet</t>
+          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257658126</t>
+          <t>9786257145756</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257145725</t>
+          <t>9786257145213</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
+          <t>Hayvan Krallığı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257182041</t>
+          <t>9786257182904</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaza Bir Kala! - Sihirli Günlük</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257145947</t>
+          <t>9786257182911</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
+          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257065214</t>
+          <t>9786257182928</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çıkmazında Türkiye</t>
+          <t>İz Bırakan Dahiler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257658010</t>
+          <t>9786257182935</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İmparatorlukları</t>
+          <t>Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257182980</t>
+          <t>9786257182942</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Barış ve Ekonomi - Nobel Ödülü</t>
+          <t>Ülkeler ve Kıtalar Atlası 5</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>124</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257182973</t>
+          <t>9786257182874</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
+          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257658027</t>
+          <t>9786257182898</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
+          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257182966</t>
+          <t>9786257658447</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Bizans İmparatorluğu</t>
+          <t>Doğu Akdeniz'de Rekabet</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257145503</t>
+          <t>9786257658126</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler ve İlk Kelimeler</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257065283</t>
+          <t>9786257145725</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Egzersizleri</t>
+          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058038691</t>
+          <t>9786257182041</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İstanbul</t>
+          <t>Yaza Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058038660</t>
+          <t>9786257145947</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
+          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>370</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058038639</t>
+          <t>9786257065214</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Siyasetin Beka Sorunu</t>
+          <t>Ortadoğu Çıkmazında Türkiye</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257065597</t>
+          <t>9786257658010</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
+          <t>Avrupa İmparatorlukları</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259714745</t>
+          <t>9786257182980</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saatler Ülkesi</t>
+          <t>Barış ve Ekonomi - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>124</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259714738</t>
+          <t>9786257182973</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Demli Mısralar</t>
+          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259714714</t>
+          <t>9786257658027</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Delişmen Ruh</t>
+          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259714721</t>
+          <t>9786257182966</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
+          <t>Osmanlı ve Bizans İmparatorluğu</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259752990</t>
+          <t>9786257145503</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çilenin Ardındaki Işık</t>
+          <t>İngilizce Harfler ve İlk Kelimeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259752983</t>
+          <t>9786257065283</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Odası</t>
+          <t>Kodlama Egzersizleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>8683672868707</t>
+          <t>9786058038691</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
+          <t>Yeniden İstanbul</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>2900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258147438</t>
+          <t>9786058038660</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İç Ülke Akışları - Şiirce Dualar</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8683672831107</t>
+          <t>9786058038639</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitapları - 21’li Set</t>
+          <t>Muhafazakar Siyasetin Beka Sorunu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258147056</t>
+          <t>9786257065597</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>0667228199451</t>
+          <t>9786259714745</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Kırık Saatler Ülkesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>8683672800103</t>
+          <t>9786259714738</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
+          <t>Demli Mısralar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8683672800110</t>
+          <t>9786259714714</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
+          <t>Delişmen Ruh</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8683672800127</t>
+          <t>9786259714721</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
+          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8683672800097</t>
+          <t>9786259752990</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
+          <t>Çilenin Ardındaki Işık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>5000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>0731559442118</t>
+          <t>9786259752983</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları - 9 Kitap Takım</t>
+          <t>Çocuk Odası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059350181</t>
+          <t>8683672868707</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>25</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4440000000234</t>
+          <t>9786258147438</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>İç Ülke Akışları - Şiirce Dualar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>55</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4440000000233</t>
+          <t>8683672831107</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>Etkinlik Kitapları - 21’li Set</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>55</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257412131</t>
+          <t>9786258147056</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052365465</t>
+          <t>0667228199451</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059350211</t>
+          <t>8683672800103</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>45</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052365786</t>
+          <t>8683672800110</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanı Karacaoğlan</t>
+          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059350297</t>
+          <t>8683672800127</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>La Fonten'den Masallar</t>
+          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18</v>
+        <v>460</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059350228</t>
+          <t>8683672800097</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052365748</t>
+          <t>0731559442118</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Fikir İnsanları - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052365724</t>
+          <t>9786059350181</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Akılcı İslam'ın Aydınlık Yolu</t>
+          <t>Andersen'den Masallar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052365717</t>
+          <t>4440000000234</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ohalde Özgürlük</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052365663</t>
+          <t>4440000000233</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Mı Çöküş Mü?</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052365595</t>
+          <t>9786257412131</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000029265</t>
+          <t>9786052365465</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052365458</t>
+          <t>9786059350211</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052365519</t>
+          <t>9786052365786</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Efendiler ve Uşakları</t>
+          <t>Anadolu Ozanı Karacaoğlan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052365847</t>
+          <t>9786059350297</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
+          <t>La Fonten'den Masallar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>330</v>
+        <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052365564</t>
+          <t>9786059350228</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052365397</t>
+          <t>9786052365748</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Refet Bele</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052365205</t>
+          <t>9786052365724</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Susma!</t>
+          <t>Akılcı İslam'ın Aydınlık Yolu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000079746</t>
+          <t>9786052365717</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği Önce Vatan</t>
+          <t>Ohalde Özgürlük</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052365113</t>
+          <t>9786052365663</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aydınlatan Bilim Adamları</t>
+          <t>Çıkış Mı Çöküş Mü?</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052365076</t>
+          <t>9786052365595</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Olaylar</t>
+          <t>İyi ki Varsın Atatürk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>25</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052365083</t>
+          <t>3990000029265</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
+          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052365168</t>
+          <t>9786052365458</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Büyük Felaketler</t>
+          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>28</v>
+        <v>70</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052365090</t>
+          <t>9786052365519</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
+          <t>Efendiler ve Uşakları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052365106</t>
+          <t>9786052365847</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
+          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>28</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052365175</t>
+          <t>9786052365564</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Buluşları</t>
+          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052365151</t>
+          <t>9786052365397</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Harika Yapıtlar</t>
+          <t>Milli Mücadele Kahramanı Refet Bele</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052365144</t>
+          <t>9786052365205</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>En İlginç Olaylar</t>
+          <t>Susma!</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>25</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052365137</t>
+          <t>3990000079746</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Verenler</t>
+          <t>Atatürk Milliyetçiliği Önce Vatan</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052365120</t>
+          <t>9786052365113</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Dehalar</t>
+          <t>Tarihi Aydınlatan Bilim Adamları</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059350242</t>
+          <t>9786052365076</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Tarihe Yön Veren Büyük Olaylar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>530</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059350983</t>
+          <t>9786052365083</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>70</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052365854</t>
+          <t>9786052365168</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
+          <t>Dünya Tarihinde Büyük Felaketler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052365526</t>
+          <t>9786052365090</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
+          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052365403</t>
+          <t>9786052365106</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Subaylar</t>
+          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052365021</t>
+          <t>9786052365175</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Mucitler ve Buluşları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052365557</t>
+          <t>9786052365151</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Devlet Sırlarına Baskın</t>
+          <t>Harika Yapıtlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052365779</t>
+          <t>9786052365144</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçileri Anlama Kılavuzu</t>
+          <t>En İlginç Olaylar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052365830</t>
+          <t>9786052365137</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
+          <t>Dünyaya Yön Verenler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052365410</t>
+          <t>9786052365120</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Çocuklar</t>
+          <t>Tarihe Yön Veren Büyük Dehalar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052365373</t>
+          <t>9786059350242</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kadınlar</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>70</v>
+        <v>530</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052365366</t>
+          <t>9786059350983</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>70</v>
+        <v>360</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059350990</t>
+          <t>9786052365854</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052365540</t>
+          <t>9786052365526</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarih</t>
+          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052365687</t>
+          <t>9786052365403</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Korkma (İmzalı)</t>
+          <t>Kahraman Subaylar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052365670</t>
+          <t>9786052365021</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikçiler (İmzalı)</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059350150</t>
+          <t>9786052365557</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Ordu ve Devlet Sırlarına Baskın</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052365359</t>
+          <t>9786052365779</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
+          <t>Gurbetçileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059350853</t>
+          <t>9786052365830</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ya Atatürk Olmasaydı</t>
+          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052365625</t>
+          <t>9786052365410</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
+          <t>Kahraman Çocuklar</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052365601</t>
+          <t>9786052365373</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
+          <t>Kahraman Kadınlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059350549</t>
+          <t>9786052365366</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059121828</t>
+          <t>9786059350990</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Büyük Miras Nutuk</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059350457</t>
+          <t>9786052365540</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bize Cesaret Lazım</t>
+          <t>Saklı Tarih</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052365038</t>
+          <t>9786052365687</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Son Tanıkları</t>
+          <t>Korkma (İmzalı)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052365014</t>
+          <t>9786052365670</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
+          <t>İşbirlikçiler (İmzalı)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059350822</t>
+          <t>9786059350150</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052365380</t>
+          <t>9786052365359</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten 57. Alaya</t>
+          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>75</v>
+        <v>440</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052365281</t>
+          <t>9786059350853</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Ya Atatürk Olmasaydı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059199599</t>
+          <t>9786052365625</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Medya Nasıl Kuşatıldı?</t>
+          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059350976</t>
+          <t>9786052365601</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>55</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059350969</t>
+          <t>9786059350549</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler - Bursa Nutku</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059350631</t>
+          <t>9786059121828</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Büyük Miras Nutuk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059350693</t>
+          <t>9786059350457</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Bize Cesaret Lazım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059350709</t>
+          <t>9786052365038</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Muhaderat</t>
+          <t>Cumhuriyet’in Son Tanıkları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059350723</t>
+          <t>9786052365014</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059350754</t>
+          <t>9786059350822</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059350921</t>
+          <t>9786052365380</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Dönüş Yok</t>
+          <t>Atatürk'ten 57. Alaya</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059350907</t>
+          <t>9786052365281</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059350914</t>
+          <t>9786059199599</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>Medya Nasıl Kuşatıldı?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059350877</t>
+          <t>9786059350976</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsundan</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059828215</t>
+          <t>9786059350969</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katıldığı Savaşlar</t>
+          <t>Nutuk'tan Dersler - Bursa Nutku</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059350396</t>
+          <t>9786059350631</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059350655</t>
+          <t>9786059350693</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059350778</t>
+          <t>9786059350709</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Muhaderat</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059350662</t>
+          <t>9786059350723</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059350679</t>
+          <t>9786059350754</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059598392</t>
+          <t>9786059350921</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Demokrasiden Dönüş Yok</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059350952</t>
+          <t>9786059350907</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güney</t>
+          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059828222</t>
+          <t>9786059350914</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kurduğu Kurumlar</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059828697</t>
+          <t>9786059350877</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
+          <t>Bir Daha Gel Samsundan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059828567</t>
+          <t>9786059828215</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Atatürk’ün Katıldığı Savaşlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059350624</t>
+          <t>9786059350396</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059350617</t>
+          <t>9786059350655</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059350587</t>
+          <t>9786059350778</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059350716</t>
+          <t>9786059350662</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059350686</t>
+          <t>9786059350679</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059350792</t>
+          <t>9786059598392</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059350808</t>
+          <t>9786059350952</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Güney</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>35</v>
+        <v>480</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059350761</t>
+          <t>9786059828222</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
+          <t>Atatürk'ün Kurduğu Kurumlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059350600</t>
+          <t>9786059828697</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059350730</t>
+          <t>9786059828567</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059350594</t>
+          <t>9786059350624</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Jöntürk</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059350648</t>
+          <t>9786059350617</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059350518</t>
+          <t>9786059350587</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vah Ülkem Vah!</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059828758</t>
+          <t>9786059350716</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Beytülmal</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059350471</t>
+          <t>9786059350686</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bu Karanlıktan Çıkış Var!</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059350433</t>
+          <t>9786059350792</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Buyurun Sayın İnce</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257468602</t>
+          <t>9786059350808</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059828765</t>
+          <t>9786059350761</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
+          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059828451</t>
+          <t>9786059350600</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059828321</t>
+          <t>9786059350730</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Mevlana</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059828406</t>
+          <t>9786059350594</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
+          <t>Jöntürk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059828000</t>
+          <t>9786059350648</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>6010617869840</t>
+          <t>9786059350518</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Vah Ülkem Vah!</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>6010613549500</t>
+          <t>9786059828758</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Atatürk ve Beytülmal</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>6010612461476</t>
+          <t>9786059350471</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Bu Karanlıktan Çıkış Var!</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>6010621060042</t>
+          <t>9786059350433</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Buyurun Sayın İnce</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>6010612989956</t>
+          <t>9786257468602</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>101.85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>6010651096035</t>
+          <t>9786059828765</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257182133</t>
+          <t>9786059828451</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257182010</t>
+          <t>9786059828321</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
+          <t>Gönüller Sultanı Mevlana</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>168</v>
+        <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257145589</t>
+          <t>9786059828406</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
+          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>162</v>
+        <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257182027</t>
+          <t>9786059828000</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
+          <t>Anadolu Güneşi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>0715936878080</t>
+          <t>6010617869840</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>35.65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257182768</t>
+          <t>6010613549500</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalanları</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257412711</t>
+          <t>6010612461476</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Sırları</t>
+          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257468541</t>
+          <t>6010621060042</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Hesaplaşması</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257468305</t>
+          <t>6010612989956</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
+          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>230</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257065689</t>
+          <t>6010651096035</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>6010609194172</t>
+          <t>9786257182133</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 30 Kitap</t>
+          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>5000</v>
+        <v>135</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>6010614324359</t>
+          <t>9786257182010</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 22 Kitap</t>
+          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>4200</v>
+        <v>168</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257182508</t>
+          <t>9786257145589</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
+          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>35</v>
+        <v>162</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>6010618152118</t>
+          <t>9786257182027</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyorum Seti – 14 Kitap</t>
+          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>252</v>
+        <v>140</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257182539</t>
+          <t>0715936878080</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
+          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>60</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>6010638973991</t>
+          <t>9786257182768</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
+          <t>Eylül Yalanları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>6010617277232</t>
+          <t>9786257412711</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
+          <t>Yakın Tarih Sırları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>3000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>6010635057069</t>
+          <t>9786257468541</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
+          <t>Bir Cumhuriyet Hesaplaşması</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257133036</t>
+          <t>9786257468305</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
+          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257145572</t>
+          <t>9786257065689</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Romanları Seti - 10 Kitap</t>
+          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257065702</t>
+          <t>6010609194172</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
+          <t>Dünya Klasikleri Seti - 30 Kitap</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>80</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059828628</t>
+          <t>6010614324359</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Dünya Klasikleri Seti - 22 Kitap</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>63</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257065344</t>
+          <t>9786257182508</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
+          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257065351</t>
+          <t>6010618152118</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
+          <t>Okula Gidiyorum Seti – 14 Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>252</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257145800</t>
+          <t>9786257182539</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
+          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>6010615950908</t>
+          <t>6010638973991</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>6010610375379</t>
+          <t>6010617277232</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>125</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257182515</t>
+          <t>6010635057069</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
+          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>35</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257182522</t>
+          <t>9786257133036</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
+          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059350785</t>
+          <t>9786257145572</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
+          <t>Çocuk Romanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052365991</t>
+          <t>9786257065702</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
+          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052365908</t>
+          <t>9786059828628</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>22</v>
+        <v>63</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059828789</t>
+          <t>9786257065344</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059828970</t>
+          <t>9786257065351</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052365861</t>
+          <t>9786257145800</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yiğitlerin Ozanı Köroğlu</t>
+          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059828840</t>
+          <t>6010615950908</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059828987</t>
+          <t>6010610375379</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059828833</t>
+          <t>9786257182515</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786058054363</t>
+          <t>9786257182522</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
+          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257182140</t>
+          <t>9786059350785</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
+          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257182317</t>
+          <t>9786052365991</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
+          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3996564103287</t>
+          <t>9786052365908</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
+          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>0715936877885</t>
+          <t>9786059828789</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>0715936875850</t>
+          <t>9786059828970</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>950</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>6010628874864</t>
+          <t>9786052365861</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
+          <t>Yiğitlerin Ozanı Köroğlu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257182232</t>
+          <t>9786059828840</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257182201</t>
+          <t>9786059828987</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Tatile Giriş Rehberi</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257182195</t>
+          <t>9786059828833</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul Bitti!</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257182171</t>
+          <t>9786058054363</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Kamp Macerası</t>
+          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257133128</t>
+          <t>9786257182140</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Antik Dinler Seti (10 Kitap Takım)</t>
+          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257145398</t>
+          <t>9786257182317</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
+          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>6010626724734</t>
+          <t>3996564103287</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
+          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>90</v>
+        <v>28</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257145466</t>
+          <t>0715936877885</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
+          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>6010612095077</t>
+          <t>0715936875850</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Labirent Seti</t>
+          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>36</v>
+        <v>950</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>0667228199468</t>
+          <t>6010628874864</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Harika Eşleştirmeler Seti</t>
+          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>6010615512533</t>
+          <t>9786257182232</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Süper Matematik Seti (4 Kitap Takım)</t>
+          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>72</v>
+        <v>125</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>6010614174114</t>
+          <t>9786257182201</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
+          <t>Bay Geveze - Tatile Giriş Rehberi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>6010612621696</t>
+          <t>9786257182195</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
+          <t>Bay Geveze - Okul Bitti!</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>6010612617668</t>
+          <t>9786257182171</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
+          <t>Bay Geveze - Kamp Macerası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>6010629713773</t>
+          <t>9786257133128</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
+          <t>Antik Dinler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257145978</t>
+          <t>9786257145398</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
+          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257145954</t>
+          <t>6010626724734</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
+          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257145961</t>
+          <t>9786257145466</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
+          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257182102</t>
+          <t>6010612095077</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
+          <t>Heyecanlı Labirent Seti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>125</v>
+        <v>36</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>6010610059002</t>
+          <t>0667228199468</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
+          <t>Harika Eşleştirmeler Seti</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>6010632274247</t>
+          <t>6010615512533</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
+          <t>Süper Matematik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>100</v>
+        <v>72</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>6010618154136</t>
+          <t>6010614174114</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
+          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>0667228199574</t>
+          <t>6010612621696</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
+          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257145442</t>
+          <t>6010612617668</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Özkan Seti - 4 Kitap</t>
+          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>6010617461495</t>
+          <t>6010629713773</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
+          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9715936876758</t>
+          <t>9786257145978</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
+          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>6010619841899</t>
+          <t>9786257145954</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>6010626111145</t>
+          <t>9786257145961</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257182157</t>
+          <t>9786257182102</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
+          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257133234</t>
+          <t>6010610059002</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
+          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257133562</t>
+          <t>6010632274247</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
+          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257658003</t>
+          <t>6010618154136</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
+          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257065320</t>
+          <t>0667228199574</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
+          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>36</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257133197</t>
+          <t>9786257145442</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
+          <t>Tuncay Özkan Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786058038646</t>
+          <t>6010617461495</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Emekli Oluyorsunuz?</t>
+          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257182119</t>
+          <t>9715936876758</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Sucu Seti - 4 Kitap</t>
+          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257182126</t>
+          <t>6010619841899</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Halk Kahramanları Seti - 6 Kitap</t>
+          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>2000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257145367</t>
+          <t>6010626111145</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Seti (10 Kitap)</t>
+          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257145381</t>
+          <t>9786257182157</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
+          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257065337</t>
+          <t>9786257133234</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
+          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257145565</t>
+          <t>9786257133562</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabetik Sözlük</t>
+          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257145558</t>
+          <t>9786257658003</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
+          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257145534</t>
+          <t>9786257065320</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Kelimelerim 1</t>
+          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257065290</t>
+          <t>9786257133197</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Örüntü Kavramı</t>
+          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>60</v>
+        <v>155</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257182997</t>
+          <t>9786058038646</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mısır Piramitleri ve Uygarlığı</t>
+          <t>Ne Zaman Emekli Oluyorsunuz?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257117067</t>
+          <t>9786257182119</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Persler - Unutulmuş Krallıklar</t>
+          <t>Ayşe Sucu Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786050621471</t>
+          <t>9786257182126</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Medler - Unutulmuş Krallıklar</t>
+          <t>Halk Kahramanları Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>70</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257117074</t>
+          <t>9786257145367</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Lidyalılar - Unutulmuş Krallıklar</t>
+          <t>Erdemler Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786050621488</t>
+          <t>9786257145381</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kimmerler - Unutulmuş Krallıklar</t>
+          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257117005</t>
+          <t>9786257065337</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hurriler - Unutulmuş Krallıklar</t>
+          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257117012</t>
+          <t>9786257145565</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gutiler - Unutulmuş Krallıklar</t>
+          <t>İngilizce Alfabetik Sözlük</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257117029</t>
+          <t>9786257145558</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Frigler - Unutulmuş Krallıklar</t>
+          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050621457</t>
+          <t>9786257145534</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Akadlar - Unutulmuş Krallıklar</t>
+          <t>İngilizce İlk Kelimelerim 1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257065450</t>
+          <t>9786257065290</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Örüntü Kavramı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257065498</t>
+          <t>9786257182997</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Mısır Piramitleri ve Uygarlığı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257133647</t>
+          <t>9786257117067</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
+          <t>Persler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257182096</t>
+          <t>9786050621471</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
+          <t>Medler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786058054325</t>
+          <t>9786257117074</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Lidyalılar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786058054301</t>
+          <t>9786050621488</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Gazeteciler</t>
+          <t>Kimmerler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257065665</t>
+          <t>9786257117005</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
+          <t>Hurriler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052365977</t>
+          <t>9786257117012</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Gutiler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052365939</t>
+          <t>9786257117029</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Atatürk</t>
+          <t>Frigler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257145329</t>
+          <t>9786050621457</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Akadlar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257145374</t>
+          <t>9786257065450</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Eren Erdem Seti - 4 Kitap</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>108</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059828826</t>
+          <t>9786257065498</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Budala -2</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786315498864</t>
+          <t>9786257133647</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ozanlar Seti</t>
+          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786056980428</t>
+          <t>9786257182096</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dünden Çok Yarından Az</t>
+          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052365960</t>
+          <t>9786058054325</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzler</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059350495</t>
+          <t>9786058054301</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Celal Bayar</t>
+          <t>Ah Şu Gazeteciler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052365809</t>
+          <t>9786257065665</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
+          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052365816</t>
+          <t>9786052365977</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Muazzez</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>20</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052365793</t>
+          <t>9786052365939</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
+          <t>Anılarla Atatürk</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052365762</t>
+          <t>9786257145329</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şiirleri</t>
+          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257658676</t>
+          <t>9786257145374</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
+          <t>Eren Erdem Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052365656</t>
+          <t>9786059828826</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslamiyet</t>
+          <t>Budala -2</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052365496</t>
+          <t>9786315498864</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Ozanlar Seti</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>380</v>
+        <v>149</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052365489</t>
+          <t>9786056980428</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
+          <t>Dünden Çok Yarından Az</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257145831</t>
+          <t>9786052365960</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
+          <t>Aşina Yüzler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257145411</t>
+          <t>9786059350495</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Süper Aktivite Seti (10 Kitap)</t>
+          <t>Milli Mücadele Kahramanı Celal Bayar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>750</v>
+        <v>65</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257133456</t>
+          <t>9786052365809</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
+          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>458.33</v>
+        <v>420</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257145824</t>
+          <t>9786052365816</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
+          <t>Muazzam Muazzez</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059828635</t>
+          <t>9786052365793</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dehanın Kodları</t>
+          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059828642</t>
+          <t>9786052365762</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluştan Kurtuluşa Atatürk</t>
+          <t>Yunus Emre Şiirleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>360</v>
+        <v>20</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052365953</t>
+          <t>9786257658676</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ufuktan Şimdi Doğar</t>
+          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257182416</t>
+          <t>9786052365656</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Mucitler</t>
+          <t>Türkler ve İslamiyet</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257182423</t>
+          <t>9786052365496</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Olaylar</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257182430</t>
+          <t>9786052365489</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Harika Yapılar</t>
+          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257182362</t>
+          <t>9786257145831</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Dehalar</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257182386</t>
+          <t>9786257145411</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
+          <t>Süper Aktivite Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257182355</t>
+          <t>9786257133456</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilim İnsanları</t>
+          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>458.33</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257182676</t>
+          <t>9786257145824</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
+          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>2400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257182454</t>
+          <t>9786059828635</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
+          <t>Dehanın Kodları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>8683672868288</t>
+          <t>9786059828642</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
+          <t>Kurtuluştan Kurtuluşa Atatürk</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257658201</t>
+          <t>9786052365953</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şimşek - Sherlock Holmes</t>
+          <t>Güneş Ufuktan Şimdi Doğar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257658300</t>
+          <t>9786257182416</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Lanet - Sherlock Holmes</t>
+          <t>Tarihe Yön Veren Mucitler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786259771151</t>
+          <t>9786257182423</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Tarihe Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257412353</t>
+          <t>9786257182430</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Tarihe Yön Veren Harika Yapılar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786259771120</t>
+          <t>9786257182362</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dikkat</t>
+          <t>Tarihe Yön Veren Dehalar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786259771168</t>
+          <t>9786257182386</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları</t>
+          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786259778594</t>
+          <t>9786257182355</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Tarihe Yön Veren Bilim İnsanları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786259771144</t>
+          <t>9786257182676</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağın Öğretmeni Platon</t>
+          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786259778556</t>
+          <t>9786257182454</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Haritaların Efendisi Piri Reis</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786259778532</t>
+          <t>8683672868288</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Bilge Ömer Hayyam</t>
+          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786259778518</t>
+          <t>9786257658201</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Mimarı Mimar Sinan</t>
+          <t>Gümüş Şimşek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786259778549</t>
+          <t>9786257658300</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Seyyah Evliya Çelebi</t>
+          <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786259778525</t>
+          <t>9786259771151</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257412582</t>
+          <t>9786257412353</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259771113</t>
+          <t>9786259771120</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kehanet Zethon</t>
+          <t>Dikkat Dikkat</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259771106</t>
+          <t>9786259771168</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Aşk İyileştirir</t>
+          <t>Atatürk ve Kadın Hakları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786259778570</t>
+          <t>9786259778594</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yanım</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259778587</t>
+          <t>9786259771144</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği Zamanı</t>
+          <t>Antik Çağın Öğretmeni Platon</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8683672866598</t>
+          <t>9786259778556</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Haritaların Efendisi Piri Reis</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256669567</t>
+          <t>9786259778532</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mihra</t>
+          <t>Tartışmalı Bilge Ömer Hayyam</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786256669574</t>
+          <t>9786259778518</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dokunuş: Biyoenerji</t>
+          <t>Yüzyılların Mimarı Mimar Sinan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256669536</t>
+          <t>9786259778549</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kod:02</t>
+          <t>Acayip Bir Seyyah Evliya Çelebi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786256669512</t>
+          <t>9786259778525</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İki Enerji Tek Ses</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786256669529</t>
+          <t>9786257412582</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sana Senden Mesaj Var</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256669482</t>
+          <t>9786259771113</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kurtar Beni!</t>
+          <t>Kadim Kehanet Zethon</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786256669413</t>
+          <t>9786259771106</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Selanik’te Pembe Bir Ev</t>
+          <t>Aşk İyileştirir</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786256669390</t>
+          <t>9786259778570</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Anadolu’ya Atatürk</t>
+          <t>Diğer Yanım</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786256669383</t>
+          <t>9786259778587</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Atatürk Gerçekleri</t>
+          <t>Nar Çiçeği Zamanı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786256669406</t>
+          <t>8683672866598</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Babası Olmak</t>
+          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256669284</t>
+          <t>9786256669567</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Annesi Olmak</t>
+          <t>Mihra</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256669307</t>
+          <t>9786256669574</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Eşi Olmak</t>
+          <t>İlahi Dokunuş: Biyoenerji</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256669291</t>
+          <t>9786256669536</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
+          <t>Kod:02</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256669345</t>
+          <t>9786256669512</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın</t>
+          <t>İki Enerji Tek Ses</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256669222</t>
+          <t>9786256669529</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hukuk Devleti</t>
+          <t>Sana Senden Mesaj Var</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>900</v>
+        <v>260</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256669239</t>
+          <t>9786256669482</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluş Savaşı</t>
+          <t>Kurtar Beni!</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>880</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256669246</t>
+          <t>9786256669413</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Antlaşması</t>
+          <t>Selanik’te Pembe Bir Ev</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256669253</t>
+          <t>9786256669390</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satırlara</t>
+          <t>Rumeli’den Anadolu’ya Atatürk</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256669208</t>
+          <t>9786256669383</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Başarının Rotası Zafere İnananları Rotası</t>
+          <t>Belgelerle Atatürk Gerçekleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256669215</t>
+          <t>9786256669406</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
+          <t>Atatürk’ün Babası Olmak</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256669178</t>
+          <t>9786256669284</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
+          <t>Atatürk’ün Annesi Olmak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256669185</t>
+          <t>9786256669307</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi ile Terapi</t>
+          <t>Atatürk’ün Eşi Olmak</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258147100</t>
+          <t>9786256669291</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Nutuk</t>
+          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256669147</t>
+          <t>9786256669345</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya Şiirler</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059350884</t>
+          <t>9786256669222</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ata ile Latife Hanımefendi</t>
+          <t>Sosyal Hukuk Devleti</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059350525</t>
+          <t>9786256669239</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslam</t>
+          <t>Ulusal Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>360</v>
+        <v>880</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257182294</t>
+          <t>9786256669246</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milliyetçilik</t>
+          <t>Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256669154</t>
+          <t>9786256669253</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bak İşte Bahar Geldi</t>
+          <t>Sadırdan Satırlara</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256669123</t>
+          <t>9786256669208</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan</t>
+          <t>Başarının Rotası Zafere İnananları Rotası</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256669130</t>
+          <t>9786256669215</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256669093</t>
+          <t>9786256669178</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Saklı Ekonomi</t>
+          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256669116</t>
+          <t>9786256669185</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitabı Yazma Rehberi</t>
+          <t>Mesnevi ile Terapi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786256669109</t>
+          <t>9786258147100</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256669055</t>
+          <t>9786256669147</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Günlüğü (Ciltli)</t>
+          <t>Gurbetten Sılaya Şiirler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786256669062</t>
+          <t>9786059350884</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Modeli Ekonomi</t>
+          <t>Ata ile Latife Hanımefendi</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258147988</t>
+          <t>9786059350525</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Terapi Günlüğü (Ciltli)</t>
+          <t>Atatürk ve İslam</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786256669048</t>
+          <t>9786257182294</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Işığında Kuantum</t>
+          <t>Atatürk ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256669024</t>
+          <t>9786256669154</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Güllerinden Doğmak</t>
+          <t>Bak İşte Bahar Geldi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256669031</t>
+          <t>9786256669123</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Koçuyum</t>
+          <t>Yunanistan</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256669017</t>
+          <t>9786256669130</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Kızınım</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258147971</t>
+          <t>9786256669093</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Günlüğü (Ciltli)</t>
+          <t>Saklı Ekonomi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256669000</t>
+          <t>9786256669116</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
+          <t>Çocuk Kitabı Yazma Rehberi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258147995</t>
+          <t>9786256669109</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Huzur Seninle Başlar</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>6010616112114</t>
+          <t>9786256669055</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
+          <t>Cumhuriyet Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>1200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>6010609942933</t>
+          <t>9786256669062</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları Seti - 10 Kitap</t>
+          <t>Atatürk Modeli Ekonomi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>1500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258147865</t>
+          <t>9786258147988</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Çiz Rahatla</t>
+          <t>Terapi Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258147520</t>
+          <t>9786256669048</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>Mesnevi Işığında Kuantum</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258147957</t>
+          <t>9786256669024</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
+          <t>Güllerinden Doğmak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258147919</t>
+          <t>9786256669031</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Savaşçısı</t>
+          <t>Çocuğumun Koçuyum</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258147933</t>
+          <t>9786256669017</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kelebekli Papatya Pastanesi</t>
+          <t>Ben Senin Kızınım</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258147940</t>
+          <t>9786258147971</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
+          <t>Küçük Prens Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258147926</t>
+          <t>9786256669000</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
+          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258147902</t>
+          <t>9786258147995</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Huzur Seninle Başlar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258147872</t>
+          <t>6010616112114</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
+          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>8683672860176</t>
+          <t>6010609942933</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
+          <t>Fikir İnsanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>1750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>8683672860374</t>
+          <t>9786258147865</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 20 Kitap</t>
+          <t>Çiz Rahatla</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>2000</v>
+        <v>340</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>8683672860381</t>
+          <t>9786258147520</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 50 Kitap</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>5000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>8683672860398</t>
+          <t>9786258147957</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 40 Kitap</t>
+          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>4000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>8683672860169</t>
+          <t>9786258147919</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 30 Kitap</t>
+          <t>Evrenin Savaşçısı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>3000</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>8683672860053</t>
+          <t>9786258147933</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 50 Kitap Takım</t>
+          <t>Kelebekli Papatya Pastanesi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>7500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>8683672860060</t>
+          <t>9786258147940</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 40 Kitap Takım</t>
+          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>6000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>8683672860077</t>
+          <t>9786258147926</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 30 Kitap Takım</t>
+          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>5000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>8683672860084</t>
+          <t>9786258147902</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 20 Kitap Takım</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>3500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>8683672860091</t>
+          <t>9786258147872</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 10 Kitap Takım</t>
+          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258147896</t>
+          <t>8683672860176</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
+          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>260</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258147889</t>
+          <t>8683672860374</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kod: Ayasofya</t>
+          <t>Asrın Dahileri – 20 Kitap</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>270</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258147858</t>
+          <t>8683672860381</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ol'an</t>
+          <t>Unutulmaz Hayatlar – 50 Kitap</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>190</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258147841</t>
+          <t>8683672860398</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kente Mektuplar</t>
+          <t>Unutulmaz Hayatlar – 40 Kitap</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>300</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258147834</t>
+          <t>8683672860169</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>Asrın Dahileri – 30 Kitap</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>220</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258147827</t>
+          <t>8683672860053</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Klasik Romanlar - 50 Kitap Takım</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258147810</t>
+          <t>8683672860060</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Park Etme</t>
+          <t>Klasik Romanlar - 40 Kitap Takım</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>240</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258147797</t>
+          <t>8683672860077</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Gölgesinde</t>
+          <t>Klasik Romanlar - 30 Kitap Takım</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786258147803</t>
+          <t>8683672860084</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Oyunu</t>
+          <t>Klasik Romanlar - 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786258147780</t>
+          <t>8683672860091</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Mucizeleri</t>
+          <t>Klasik Romanlar - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>210</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258147773</t>
+          <t>9786258147896</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
+          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258147766</t>
+          <t>9786258147889</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
+          <t>Kod: Ayasofya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258147759</t>
+          <t>9786258147858</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
+          <t>Ol'an</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258147537</t>
+          <t>9786258147841</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Din Adamları</t>
+          <t>Kente Mektuplar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258147742</t>
+          <t>9786258147834</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin İslamı</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258147728</t>
+          <t>9786258147827</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çöp Poşetindeki Hayaller</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258147704</t>
+          <t>9786258147810</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
+          <t>Hayatı Park Etme</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258147711</t>
+          <t>9786258147797</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gelişi Güzel</t>
+          <t>Savaşın Gölgesinde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258147735</t>
+          <t>9786258147803</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Zulüm ve Direniş</t>
+          <t>Demokrasi Oyunu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258147599</t>
+          <t>9786258147780</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>Olumlu Düşünmenin Mucizeleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258147278</t>
+          <t>9786258147773</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tutsağı</t>
+          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258147261</t>
+          <t>9786258147766</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258147568</t>
+          <t>9786258147759</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İslam'a Hizmetleri</t>
+          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258147544</t>
+          <t>9786258147537</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün De Çocukları Vardı</t>
+          <t>Kahraman Din Adamları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258147551</t>
+          <t>9786258147742</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rauf Orbay</t>
+          <t>Ezilenlerin İslamı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258147506</t>
+          <t>9786258147728</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Misak-ı Milli</t>
+          <t>Çöp Poşetindeki Hayaller</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258147513</t>
+          <t>9786258147704</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş'un Öncüleri</t>
+          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258147476</t>
+          <t>9786258147711</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Gelişi Güzel</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258147490</t>
+          <t>9786258147735</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsun’dan</t>
+          <t>Zulüm ve Direniş</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258147452</t>
+          <t>9786258147599</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kahramanlar</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258147483</t>
+          <t>9786258147278</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yine Baharlar Gelecek</t>
+          <t>Kafkas Tutsağı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258147384</t>
+          <t>9786258147261</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Lideri Atatürk</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258147445</t>
+          <t>9786258147568</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Atatürk’ün İslam'a Hizmetleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258147421</t>
+          <t>9786258147544</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Smet İnönü</t>
+          <t>Atatürk’ün De Çocukları Vardı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258147414</t>
+          <t>9786258147551</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Sözler</t>
+          <t>Rauf Orbay</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258147407</t>
+          <t>9786258147506</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanlar</t>
+          <t>Misak-ı Milli</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258147360</t>
+          <t>9786258147513</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
+          <t>Kurtuluş'un Öncüleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258147377</t>
+          <t>9786258147476</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sahne Arkası</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258147353</t>
+          <t>9786258147490</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
+          <t>Bir Daha Gel Samsun’dan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258147346</t>
+          <t>9786258147452</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Korkma - Depremden Korunma Kılavuzu</t>
+          <t>Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258147339</t>
+          <t>9786258147483</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Yine Baharlar Gelecek</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258147322</t>
+          <t>9786258147384</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Yüzyılların Lideri Atatürk</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258147315</t>
+          <t>9786258147445</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258147308</t>
+          <t>9786258147421</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Smet İnönü</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258147285</t>
+          <t>9786258147414</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ölümsüz Sözler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258147292</t>
+          <t>9786258147407</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Çocuk Kahramanlar</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258147247</t>
+          <t>9786258147360</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Olay</t>
+          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258147230</t>
+          <t>9786258147377</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Sahne Arkası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258147216</t>
+          <t>9786258147353</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Timsah</t>
+          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258147254</t>
+          <t>9786258147346</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Korkma - Depremden Korunma Kılavuzu</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258147223</t>
+          <t>9786258147339</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258147209</t>
+          <t>9786258147322</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Codes of Genius</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258147186</t>
+          <t>9786258147315</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258147148</t>
+          <t>9786258147308</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>80 Yıllık Hatıralarım</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258147117</t>
+          <t>9786258147285</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yar Mısın, Yara Mı?</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258147094</t>
+          <t>9786258147292</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ayaklar</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258147087</t>
+          <t>9786258147247</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
+          <t>Tatsız Bir Olay</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258147070</t>
+          <t>9786258147230</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Annelik Okulu</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258147049</t>
+          <t>9786258147216</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
+          <t>Timsah</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258147018</t>
+          <t>9786258147254</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257468992</t>
+          <t>9786258147223</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786257468978</t>
+          <t>9786258147209</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Muğlalı'nın Romanı</t>
+          <t>Codes of Genius</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786257468718</t>
+          <t>9786258147186</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786257412216</t>
+          <t>9786258147148</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Mesnevisinden Öğütler</t>
+          <t>80 Yıllık Hatıralarım</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786257658904</t>
+          <t>9786258147117</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Yar Mısın, Yara Mı?</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786257468008</t>
+          <t>9786258147094</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Charkes Darwin</t>
+          <t>Yalın Ayaklar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786257412995</t>
+          <t>9786258147087</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257412728</t>
+          <t>9786258147070</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Uygulamalı Annelik Okulu</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257412223</t>
+          <t>9786258147049</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Türkçe Dualar</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>7862570654983</t>
+          <t>9786258147018</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>80</v>
+        <v>490</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786258147032</t>
+          <t>9786257468992</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Cumhuriyet Kadını</t>
+          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>110</v>
+        <v>370</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258147063</t>
+          <t>9786257468978</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Mustafa Muğlalı'nın Romanı</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257145732</t>
+          <t>9786257468718</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Çarpma İşlemleri</t>
+          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>8683672814537</t>
+          <t>9786257412216</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
+          <t>Mevlana'nın Mesnevisinden Öğütler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786258147025</t>
+          <t>9786257658904</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>6010613387348</t>
+          <t>9786257468008</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Serisi (10 Kitap)</t>
+          <t>Charkes Darwin</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258147155</t>
+          <t>9786257412995</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258147162</t>
+          <t>9786257412728</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258147001</t>
+          <t>9786257412223</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Hayatın İçinden Türkçe Dualar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>8683672813851</t>
+          <t>7862570654983</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 15 Kitap Takım</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786257468985</t>
+          <t>9786258147032</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Çağdaş Cumhuriyet Kadını</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786257182959</t>
+          <t>9786258147063</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>40' ında 40 Kadın</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257468961</t>
+          <t>9786257145732</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Nasıl Savunulur?</t>
+          <t>Akıllı Matematik - Çarpma İşlemleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257468848</t>
+          <t>8683672814537</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yorumcusu - İbn Rüşd</t>
+          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>0731559440312</t>
+          <t>9786258147025</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
+          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786257468725</t>
+          <t>6010613387348</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ne Oldu?</t>
+          <t>Jules Verne Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>320</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786257468824</t>
+          <t>9786258147155</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Bir Kuzey Macerası</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786257468787</t>
+          <t>9786258147162</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan İlginç Olaylar</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786257468794</t>
+          <t>9786258147001</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257468817</t>
+          <t>8683672813851</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
+          <t>Stefan Zweig 15 Kitap Takım</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257468763</t>
+          <t>9786257468985</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257468749</t>
+          <t>9786257182959</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
+          <t>40' ında 40 Kadın</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257468756</t>
+          <t>9786257468961</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
+          <t>Cumhuriyet Nasıl Savunulur?</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257468732</t>
+          <t>9786257468848</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
+          <t>Bilimin Yorumcusu - İbn Rüşd</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257468800</t>
+          <t>0731559440312</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Dehalar</t>
+          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257468770</t>
+          <t>9786257468725</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Bilim İnsanları</t>
+          <t>Aslında Ne Oldu?</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>0667228201307</t>
+          <t>9786257468824</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Kurucuları Kitap Seti</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257522151</t>
+          <t>9786257468787</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Tarihte İz Bırakan İlginç Olaylar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257522137</t>
+          <t>9786257468794</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kristal Tıpa</t>
+          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257522144</t>
+          <t>9786257468817</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kibar Hırsız</t>
+          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257522120</t>
+          <t>9786257468763</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Oyuk İğne</t>
+          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257468701</t>
+          <t>9786257468749</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257468695</t>
+          <t>9786257468756</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
+          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257468688</t>
+          <t>9786257468732</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
+          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257468657</t>
+          <t>9786257468800</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Tarihte İz Bırakan Büyük Dehalar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257468664</t>
+          <t>9786257468770</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis</t>
+          <t>Tarihte İz Bırakan Bilim İnsanları</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786257468671</t>
+          <t>0667228201307</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Medeniyetin Kurucuları Kitap Seti</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257468626</t>
+          <t>9786257522151</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'den Atatürk'e</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257468589</t>
+          <t>9786257522137</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
+          <t>Arsen Lupen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257468282</t>
+          <t>9786257522144</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ecco Homo</t>
+          <t>Arsen Lupen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257468084</t>
+          <t>9786257522120</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Arsen Lupen - Oyuk İğne</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257468619</t>
+          <t>9786257468701</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257468565</t>
+          <t>9786257468695</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Şark Fatihi - Kazım Karabekir</t>
+          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257468633</t>
+          <t>9786257468688</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257468596</t>
+          <t>9786257468657</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Olarak Atatürk</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257468572</t>
+          <t>9786257468664</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
+          <t>Piri Reis</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257468015</t>
+          <t>9786257468671</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257412605</t>
+          <t>9786257468626</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Kadınlar</t>
+          <t>Mustafa Kemal'den Atatürk'e</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257468527</t>
+          <t>9786257468589</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırının Siyah Tonu Malcolm X</t>
+          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257468534</t>
+          <t>9786257468282</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı</t>
+          <t>Ecco Homo</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257468558</t>
+          <t>9786257468084</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257468497</t>
+          <t>9786257468619</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257468503</t>
+          <t>9786257468565</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Devlet Hazinesi</t>
+          <t>Şark Fatihi - Kazım Karabekir</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257468510</t>
+          <t>9786257468633</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Göktanrı’dan İslamiyet’e</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257468398</t>
+          <t>9786257468596</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirilmiş Parlamento Sistemi</t>
+          <t>Bir İnsan Olarak Atatürk</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257412780</t>
+          <t>9786257468572</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
+          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257412797</t>
+          <t>9786257468015</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257468367</t>
+          <t>9786257412605</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
+          <t>Dünyaya Yön Veren Kadınlar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257468374</t>
+          <t>9786257468527</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İkinci Öğretmen Farabi</t>
+          <t>Başkaldırının Siyah Tonu Malcolm X</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257468343</t>
+          <t>9786257468534</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Nelson Mandela</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257468350</t>
+          <t>9786257468558</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257468091</t>
+          <t>9786257468497</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
+          <t>Evliya Çelebi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257468336</t>
+          <t>9786257468503</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
+          <t>Atatürk ve Devlet Hazinesi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257468275</t>
+          <t>9786257468510</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sofra Sırları - Hatıralarla Atatürk</t>
+          <t>Göktanrı’dan İslamiyet’e</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257468299</t>
+          <t>9786257468398</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
+          <t>Güçlendirilmiş Parlamento Sistemi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257468329</t>
+          <t>9786257412780</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Askeri Deha - Hatıralarla Atatürk</t>
+          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>0667228197815</t>
+          <t>9786257412797</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
+          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257468138</t>
+          <t>9786257468367</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
+          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257468046</t>
+          <t>9786257468374</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>İkinci Öğretmen Farabi</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257468039</t>
+          <t>9786257468343</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>Nelson Mandela</t>
         </is>
       </c>
       <c r="C549" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257468022</t>
+          <t>9786257468350</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257468114</t>
+          <t>9786257468091</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257468060</t>
+          <t>9786257468336</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257468053</t>
+          <t>9786257468275</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Sevgi</t>
+          <t>Sofra Sırları - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257468107</t>
+          <t>9786257468299</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257468077</t>
+          <t>9786257468329</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Askeri Deha - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257412179</t>
+          <t>0667228197815</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257412209</t>
+          <t>9786257468138</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi</t>
+          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257412834</t>
+          <t>9786257468046</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257412773</t>
+          <t>9786257468039</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Adam Nietzsche</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257412766</t>
+          <t>9786257468022</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257412704</t>
+          <t>9786257468114</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257412681</t>
+          <t>9786257468060</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayeler</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257412698</t>
+          <t>9786257468053</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Her Şeye Rağmen Sevgi</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257412667</t>
+          <t>9786257468107</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257412643</t>
+          <t>9786257468077</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257412636</t>
+          <t>9786257412179</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257412650</t>
+          <t>9786257412209</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Doğudaki Hayalet</t>
+          <t>Mevlana Celaleddin Rumi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257412629</t>
+          <t>9786257412834</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Serserileri</t>
+          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257412674</t>
+          <t>9786257412773</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Sorgulayan Adam Nietzsche</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257412575</t>
+          <t>9786257412766</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257412599</t>
+          <t>9786257412704</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257412568</t>
+          <t>9786257412681</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>7. Replik</t>
+          <t>Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257658508</t>
+          <t>9786257412698</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257412537</t>
+          <t>9786257412667</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257412490</t>
+          <t>9786257412643</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257412513</t>
+          <t>9786257412636</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257412544</t>
+          <t>9786257412650</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Doğudaki Hayalet</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257412520</t>
+          <t>9786257412629</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Demiryolu Serserileri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257658591</t>
+          <t>9786257412674</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257658607</t>
+          <t>9786257412575</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257412506</t>
+          <t>9786257412599</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257658577</t>
+          <t>9786257412568</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>7. Replik</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257658553</t>
+          <t>9786257658508</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257658522</t>
+          <t>9786257412537</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Uşak</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257412551</t>
+          <t>9786257412490</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Olmayan Düşünür Sokrates</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257658416</t>
+          <t>9786257412513</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Türkçe Meali</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257412261</t>
+          <t>9786257412544</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Bir Yufka Yürekli</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257658768</t>
+          <t>9786257412520</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmibin Fersah</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257412155</t>
+          <t>9786257658591</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Beyni Çalınan Adam Albert Einstein</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257412148</t>
+          <t>9786257658607</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257412162</t>
+          <t>9786257412506</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257658911</t>
+          <t>9786257658577</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Dindar Zalimler</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257658898</t>
+          <t>9786257658553</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257658805</t>
+          <t>9786257658522</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257658881</t>
+          <t>9786257412551</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Son Başkent Ankara</t>
+          <t>Kitabı Olmayan Düşünür Sokrates</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257658843</t>
+          <t>9786257658416</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
+          <t>Kur'an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257658850</t>
+          <t>9786257412261</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257658829</t>
+          <t>9786257658768</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
+          <t>Denizler Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257658812</t>
+          <t>9786257412155</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
+          <t>Beyni Çalınan Adam Albert Einstein</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257658867</t>
+          <t>9786257412148</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
+          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257658836</t>
+          <t>9786257412162</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257658492</t>
+          <t>9786257658911</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Tarihteki Dindar Zalimler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>8683672837123</t>
+          <t>9786257658898</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257658799</t>
+          <t>9786257658805</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257658621</t>
+          <t>9786257658881</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Son Başkent Ankara</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257658485</t>
+          <t>9786257658843</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257658478</t>
+          <t>9786257658850</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257658560</t>
+          <t>9786257658829</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257658584</t>
+          <t>9786257658812</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257658614</t>
+          <t>9786257658867</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257658539</t>
+          <t>9786257658836</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257658423</t>
+          <t>9786257658492</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayat Şifreleri</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257658461</t>
+          <t>8683672837123</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257658454</t>
+          <t>9786257658799</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257658386</t>
+          <t>9786257658621</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257658362</t>
+          <t>9786257658485</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257658379</t>
+          <t>9786257658478</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257658317</t>
+          <t>9786257658560</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257658324</t>
+          <t>9786257658584</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257658331</t>
+          <t>9786257658614</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257658348</t>
+          <t>9786257658539</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257658355</t>
+          <t>9786257658423</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Hz. Peygamber’in Hayat Şifreleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>6010634820862</t>
+          <t>9786257658461</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>1250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257658409</t>
+          <t>9786257658454</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257658393</t>
+          <t>9786257658386</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dönem Ödevi</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257658256</t>
+          <t>9786257658362</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257658232</t>
+          <t>9786257658379</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kadına Göre Aşk</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257658249</t>
+          <t>9786257658317</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Sevgili</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257658270</t>
+          <t>9786257658324</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Adam - Sherlock Holmes</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257658287</t>
+          <t>9786257658331</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257658294</t>
+          <t>9786257658348</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gelin - Sherlock Holmes</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257658065</t>
+          <t>9786257658355</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257658041</t>
+          <t>6010634820862</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257658058</t>
+          <t>9786257658409</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
+          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257658072</t>
+          <t>9786257658393</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Dönem Ödevi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257658089</t>
+          <t>9786257658256</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257658034</t>
+          <t>9786257658232</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Kadına Göre Aşk</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257658188</t>
+          <t>9786257658249</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Mazarin Elması - Sherlock Holmes</t>
+          <t>Hayalet Sevgili</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257658195</t>
+          <t>9786257658270</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Tepedeki Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257658171</t>
+          <t>9786257658287</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ev - Sherlock Holmes</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257658225</t>
+          <t>9786257658294</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Altı Napolyon - Sherlock Holmes</t>
+          <t>Kayıp Gelin - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257658218</t>
+          <t>9786257658065</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Brilston Faciası - Sherlock Holmes</t>
+          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257658164</t>
+          <t>9786257658041</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257658119</t>
+          <t>9786257658058</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257658133</t>
+          <t>9786257658072</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257658140</t>
+          <t>9786257658089</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257658096</t>
+          <t>9786257658034</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257182850</t>
+          <t>9786257658188</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
+          <t>Mazarin Elması - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257182867</t>
+          <t>9786257658195</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257182829</t>
+          <t>9786257658171</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>40 Yaş</t>
+          <t>Sessiz Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257182836</t>
+          <t>9786257658225</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
+          <t>Altı Napolyon - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257182843</t>
+          <t>9786257658218</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Peygamber</t>
+          <t>Brilston Faciası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257182478</t>
+          <t>9786257658164</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257182461</t>
+          <t>9786257658119</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257182485</t>
+          <t>9786257658133</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257182645</t>
+          <t>9786257658140</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257182799</t>
+          <t>9786257658096</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257182805</t>
+          <t>9786257182850</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
         </is>
       </c>
       <c r="C658" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257182492</t>
+          <t>9786257182867</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
+          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
         </is>
       </c>
       <c r="C659" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257182812</t>
+          <t>9786257182829</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kriz</t>
+          <t>40 Yaş</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257182775</t>
+          <t>9786257182836</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Işığında Türkiye</t>
+          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257182737</t>
+          <t>9786257182843</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Bugüne Azerbaycan</t>
+          <t>Devrimci Peygamber</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257182751</t>
+          <t>9786257182478</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257182720</t>
+          <t>9786257182461</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257182324</t>
+          <t>9786257182485</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257182683</t>
+          <t>9786257182645</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257182690</t>
+          <t>9786257182799</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257182713</t>
+          <t>9786257182805</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257182546</t>
+          <t>9786257182492</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu - Okula Gidiyorum</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257182638</t>
+          <t>9786257182812</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>4 İşlem - Okula Gidiyorum</t>
+          <t>Bitmeyen Kriz</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257182607</t>
+          <t>9786257182775</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Okula Gidiyorum</t>
+          <t>Milli Mücadele Işığında Türkiye</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257182584</t>
+          <t>9786257182737</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Okula Gidiyorum</t>
+          <t>Atatürk’ten Bugüne Azerbaycan</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257182553</t>
+          <t>9786257182751</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Okula Gidiyorum</t>
+          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>60</v>
+        <v>360</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257182577</t>
+          <t>9786257182720</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Saatler - Okula Gidiyorum</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257182621</t>
+          <t>9786257182324</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe - Okula Gidiyorum</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257182447</t>
+          <t>9786257182683</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrim Gibi Aklımdasın</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257182393</t>
+          <t>9786257182690</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Komutanlar</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257182409</t>
+          <t>9786257182713</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Liderler</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257182379</t>
+          <t>9786257182546</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Felaketler</t>
+          <t>Çarpım Tablosu - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257182331</t>
+          <t>9786257182638</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Yolu</t>
+          <t>4 İşlem - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257182348</t>
+          <t>9786257182607</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Katar İstanbul</t>
+          <t>Kavramlar - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257182300</t>
+          <t>9786257182584</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı</t>
+          <t>Renkler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257182225</t>
+          <t>9786257182553</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçıların Kaleminden Atatürk</t>
+          <t>Şekiller - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257182249</t>
+          <t>9786257182577</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Özgüven</t>
+          <t>Saatler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257182256</t>
+          <t>9786257182621</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Mutluluk</t>
+          <t>İngilizce Alfabe - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257182263</t>
+          <t>9786257182447</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Çikolata Dünyası</t>
+          <t>Bir Devrim Gibi Aklımdasın</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257182270</t>
+          <t>9786257182393</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Cesaret</t>
+          <t>Tarihe Yön Veren Komutanlar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257182218</t>
+          <t>9786257182409</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
+          <t>Tarihe Yön Veren Liderler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257182188</t>
+          <t>9786257182379</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
+          <t>Tarihe Yön Veren Felaketler</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257145817</t>
+          <t>9786257182331</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Süper Kodlama</t>
+          <t>Türk’ün Yolu</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257145763</t>
+          <t>9786257182348</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
+          <t>Katar İstanbul</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257145749</t>
+          <t>9786257182300</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
+          <t>Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257182072</t>
+          <t>9786257182225</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
+          <t>Edebiyatçıların Kaleminden Atatürk</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257182058</t>
+          <t>9786257182249</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Liseye Bir Kala! - Sihirli Günlük</t>
+          <t>Çılgın Ekip - Özgüven</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257182089</t>
+          <t>9786257182256</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
+          <t>Çılgın Ekip - Mutluluk</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257182065</t>
+          <t>9786257182263</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kalem! - Sihirli Günlük</t>
+          <t>Çılgın Ekip - Çikolata Dünyası</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257145992</t>
+          <t>9786257182270</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
+          <t>Çılgın Ekip - Cesaret</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257145985</t>
+          <t>9786257182218</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik (5 Kitap Takım)</t>
+          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257145480</t>
+          <t>9786257182188</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harf Çalışmaları</t>
+          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257145541</t>
+          <t>9786257145817</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
+          <t>Kodlamaya Giriş - Süper Kodlama</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257145510</t>
+          <t>9786257145763</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar</t>
+          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257145527</t>
+          <t>9786257145749</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Renkler</t>
+          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257145169</t>
+          <t>9786257182072</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Neden Niçin Nasıl</t>
+          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257145176</t>
+          <t>9786257182058</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mucitler</t>
+          <t>Liseye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257145183</t>
+          <t>9786257182089</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Kaşifler</t>
+          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257145206</t>
+          <t>9786257182065</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İcatlar</t>
+          <t>Büyülü Kalem! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257145237</t>
+          <t>9786257145992</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam</t>
+          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257145145</t>
+          <t>9786257145985</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Akıllı Matematik (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257145299</t>
+          <t>9786257145480</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>İngilizce Harf Çalışmaları</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257145268</t>
+          <t>9786257145541</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257145282</t>
+          <t>9786257145510</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>İngilizce Sayılar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257145312</t>
+          <t>9786257145527</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>İngilizce Renkler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257145305</t>
+          <t>9786257145169</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Neden Niçin Nasıl</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257065719</t>
+          <t>9786257145176</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Üvey Evlat</t>
+          <t>Mucitler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257133944</t>
+          <t>9786257145183</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Keşifler Kaşifler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257658690</t>
+          <t>9786257145206</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>İcatlar</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257133265</t>
+          <t>9786257145237</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Deniz Altında Yaşam</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257065412</t>
+          <t>9786257145145</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Masal Feneri</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257065559</t>
+          <t>9786257145299</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257065566</t>
+          <t>9786257145268</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Masal Sandığı</t>
+          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257065528</t>
+          <t>9786257145282</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati</t>
+          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257065535</t>
+          <t>9786257145312</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Masal Vakti</t>
+          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257065542</t>
+          <t>9786257145305</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehri</t>
+          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257065511</t>
+          <t>9786257065719</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Masal Parkı</t>
+          <t>Üvey Evlat</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257065504</t>
+          <t>9786257133944</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Masal Mevsimi</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257065481</t>
+          <t>9786257658690</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257065467</t>
+          <t>9786257133265</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Masal Kulesi</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257065474</t>
+          <t>9786257065412</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Masal Köşkü</t>
+          <t>Masal Feneri</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257065443</t>
+          <t>9786257065559</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Masal Kapısı</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257065436</t>
+          <t>9786257065566</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Masal Kalesi</t>
+          <t>Masal Sandığı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257065382</t>
+          <t>9786257065528</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Masal Demeti</t>
+          <t>Masal Saati</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257065375</t>
+          <t>9786257065535</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi</t>
+          <t>Masal Vakti</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257065696</t>
+          <t>9786257065542</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Masal Şehri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257065733</t>
+          <t>9786257065511</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Sonrası</t>
+          <t>Masal Parkı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257065573</t>
+          <t>9786257065504</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Mevsimi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257065672</t>
+          <t>9786257065481</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257065627</t>
+          <t>9786257065467</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Origami / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Kulesi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257065610</t>
+          <t>9786257065474</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
+          <t>Masal Köşkü</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257065580</t>
+          <t>9786257065443</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
+          <t>Masal Kapısı</t>
         </is>
       </c>
       <c r="C739" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257065634</t>
+          <t>9786257065436</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Kalesi</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9978625706565</t>
+          <t>9786257065382</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Demeti</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786058038608</t>
+          <t>9786257065375</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
+          <t>Masal Bahçesi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052365618</t>
+          <t>9786257065696</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257658515</t>
+          <t>9786257065733</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Koronavirüs Sonrası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786059828666</t>
+          <t>9786257065573</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yolculuk</t>
+          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786058054394</t>
+          <t>9786257065672</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
+          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257065313</t>
+          <t>9786257065627</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Harfler Sayılar</t>
+          <t>Origami / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257065252</t>
+          <t>9786257065610</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Labirent ve Şifreler</t>
+          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257065269</t>
+          <t>9786257065580</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Tekil - Çoğul</t>
+          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257065276</t>
+          <t>9786257065634</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama</t>
+          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257065221</t>
+          <t>9978625706565</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Konum Bulmaca</t>
+          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786257065238</t>
+          <t>9786058038608</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Simetri Kavramı</t>
+          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257065245</t>
+          <t>9786052365618</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Algı Geliştirme</t>
+          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786058038677</t>
+          <t>9786257658515</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786058038684</t>
+          <t>9786059828666</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
+          <t>Sonsuza Yolculuk</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786257065092</t>
+          <t>9786058054394</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
+          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257658720</t>
+          <t>9786257065313</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’in Çocukları</t>
+          <t>Harfler Sayılar</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257658706</t>
+          <t>9786257065252</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Macellanya</t>
+          <t>Labirent ve Şifreler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786257658713</t>
+          <t>9786257065269</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Karpatların Şatosu</t>
+          <t>Tekil - Çoğul</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786257658737</t>
+          <t>9786257065276</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keraban</t>
+          <t>Dikkat Toplama</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786257658744</t>
+          <t>9786257065221</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sarı Tuna</t>
+          <t>Konum Bulmaca</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257658751</t>
+          <t>9786257065238</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Simetri Kavramı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786257658775</t>
+          <t>9786257065245</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Sfenksi</t>
+          <t>Algı Geliştirme</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786257658782</t>
+          <t>9786058038677</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786257065108</t>
+          <t>9786058038684</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ötekileştirme</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786257065078</t>
+          <t>9786257065092</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Persona Non Grata - İstenmeyen Kişi</t>
+          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786056980442</t>
+          <t>9786257658720</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
+          <t>Kaptan Grant’in Çocukları</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786056980404</t>
+          <t>9786257658706</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Mağaraya Sızan Işık</t>
+          <t>Macellanya</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786056980411</t>
+          <t>9786257658713</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Yolu</t>
+          <t>Karpatların Şatosu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786058038615</t>
+          <t>9786257658737</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
+          <t>İnatçı Keraban</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786058054332</t>
+          <t>9786257658744</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mazbata</t>
+          <t>Güzel Sarı Tuna</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786058054318</t>
+          <t>9786257658751</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Adalet Manifestosu</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786059828659</t>
+          <t>9786257658775</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mustafam</t>
+          <t>Buzlar Sfenksi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786257412391</t>
+          <t>9786257658782</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786257412384</t>
+          <t>9786257065108</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Ötekileştirme</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786257412377</t>
+          <t>9786257065078</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Persona Non Grata - İstenmeyen Kişi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052365946</t>
+          <t>9786056980442</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İç</t>
+          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786257412124</t>
+          <t>9786056980404</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Mağaraya Sızan Işık</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052365885</t>
+          <t>9786056980411</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sopanın Ucundaki Müttefik</t>
+          <t>İktidarın Yolu</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052365878</t>
+          <t>9786058038615</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786257412186</t>
+          <t>9786058054332</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Mazbata</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052365700</t>
+          <t>9786058054318</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Adalet Manifestosu</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052365694</t>
+          <t>9786059828659</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
+          <t>Sarı Mustafam</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052365441</t>
+          <t>9786257412391</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Arayan Türkiye</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052365588</t>
+          <t>9786257412384</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052365649</t>
+          <t>9786257412377</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Memleketim</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786257412360</t>
+          <t>9786052365946</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>İç</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052365472</t>
+          <t>9786257412124</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Anatomisi: Fetret</t>
+          <t>Dadaloğlu</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052365502</t>
+          <t>9786052365885</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hay Aksi! Aldatıldık</t>
+          <t>Sopanın Ucundaki Müttefik</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786259778501</t>
+          <t>9786052365878</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Cahit Sıtkı Tarancı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052365434</t>
+          <t>9786257412186</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052365427</t>
+          <t>9786052365700</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Sırları</t>
+          <t>Böyle Gitmez</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052365328</t>
+          <t>9786052365694</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi: İhanet</t>
+          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052365298</t>
+          <t>9786052365441</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Masal Köyü</t>
+          <t>Yönünü Arayan Türkiye</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052365250</t>
+          <t>9786052365588</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Masal Günü</t>
+          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052365236</t>
+          <t>9786052365649</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Masal İksiri</t>
+          <t>Memleketim</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052365243</t>
+          <t>9786257412360</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Masal Alemi</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052365229</t>
+          <t>9786052365472</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>Bir Dönemin Anatomisi: Fetret</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052365311</t>
+          <t>9786052365502</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Masal Sarayı</t>
+          <t>Hay Aksi! Aldatıldık</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052365267</t>
+          <t>9786259778501</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı</t>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052365335</t>
+          <t>9786052365434</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052365212</t>
+          <t>9786052365427</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Nutuk ve Sırları</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052365069</t>
+          <t>9786052365328</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Zulüm</t>
+          <t>Bir Darbenin Anatomisi: İhanet</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052365052</t>
+          <t>9786052365298</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Arkadaşlar</t>
+          <t>Masal Köyü</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786257412322</t>
+          <t>9786052365250</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Masal Günü</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786257412339</t>
+          <t>9786052365236</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Masal İksiri</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786257412346</t>
+          <t>9786052365243</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Masal Alemi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786257412247</t>
+          <t>9786052365229</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786257412254</t>
+          <t>9786052365311</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Masal Sarayı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786257412278</t>
+          <t>9786052365267</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Masal Krallığı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786257412230</t>
+          <t>9786052365335</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Türkiye Nereye</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786257412285</t>
+          <t>9786052365212</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Kumpas</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786257412292</t>
+          <t>9786052365069</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Zulüm</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786257412308</t>
+          <t>9786052365052</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Yürüyelim Arkadaşlar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257412315</t>
+          <t>9786257412322</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257412421</t>
+          <t>9786257412339</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786257412414</t>
+          <t>9786257412346</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>Korkusuz Kaptanlar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257412407</t>
+          <t>9786257412247</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059350938</t>
+          <t>9786257412254</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Gerçekleri</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059350891</t>
+          <t>9786257412278</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Söz Konusu Vatan İse</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059350860</t>
+          <t>9786257412230</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Bayraklaşan Akif</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257658546</t>
+          <t>9786257412285</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257412742</t>
+          <t>9786257412292</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Faziletinde</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786257412735</t>
+          <t>9786257412308</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059350501</t>
+          <t>9786257412315</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sü-Lale Devrİ</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
+          <t>9786257412421</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Alis Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786257412414</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Andersen'den Masallar</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786257412407</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Aya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786059350938</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İslamın Gerçekleri</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786059350891</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Söz Konusu Vatan İse</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786059350860</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Bayraklaşan Akif</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786257658546</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Milena’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786257412742</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Faziletinde</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786257412735</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786059350501</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Sü-Lale Devrİ</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
           <t>9786059828895</t>
         </is>
       </c>
-      <c r="B826" s="1" t="inlineStr">
+      <c r="B836" s="1" t="inlineStr">
         <is>
           <t>Güne Başlarken</t>
         </is>
       </c>
-      <c r="C826" s="1">
+      <c r="C836" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>