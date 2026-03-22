--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,12565 +85,14035 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8683672887661</t>
+          <t>8683672888675</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Plaklı Kitaplar - Atatürk 2</t>
+          <t>Stefan Zweig (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1400</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8683672887630</t>
+          <t>8683672888682</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Plaklı Kitaplar - Atatürk 2</t>
+          <t>Stefan Zweig Koleksiyonu (6 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8683672887647</t>
+          <t>8683672888705</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Plaklı Kitaplar - Nazım Hikmet</t>
+          <t>Stefan Zweig (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1400</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8683672887654</t>
+          <t>8683672888699</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Plaklı Kitaplar - Aşık Veysel</t>
+          <t>Stefan Zweig (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1400</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259302225</t>
+          <t>8683672888590</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Akrep</t>
+          <t>Ya Atatürk Olmasaydı ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257468381</t>
+          <t>8683672888583</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Ölümü ve Defin İşlemleri - Son Nefes</t>
+          <t>Ya Atatürk Olmasaydı ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8683672887470</t>
+          <t>8683672888576</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
+          <t>Ya Atatürk Olmasaydı ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259302201</t>
+          <t>8683672888569</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>MİT’in Gizli Tarih</t>
+          <t>Son Veda ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>580</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8683672887395</t>
+          <t>8683672888552</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkün Tarihi (4 Kitap Takım)</t>
+          <t>Son Veda ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259652894</t>
+          <t>8683672888545</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İlyas</t>
+          <t>Son Veda ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>880</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259652887</t>
+          <t>8683672888538</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ya Hep Beraber Ya Hiç</t>
+          <t>Son Başkent Ankara ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259652849</t>
+          <t>8683672888521</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Kraliçeler Kıraathanesi</t>
+          <t>Son Başkent Ankara ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259652863</t>
+          <t>8683672888514</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Son Başkent Ankara ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259652870</t>
+          <t>8683672888507</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Geceleri</t>
+          <t>İyi ki Varsın Atatürk ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259652825</t>
+          <t>8683672888491</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Antropozlu Kadınlar Cemiyeti</t>
+          <t>İyi ki Varsın Atatürk ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>570</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259652832</t>
+          <t>8683672888484</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sahne Benim</t>
+          <t>İyi ki Varsın Atatürk ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>920</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>8683672878171</t>
+          <t>9786259302263</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme ve Millete Emanet</t>
+          <t>Susayanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>8683672878560</t>
+          <t>9786259302270</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme Kitap Seti</t>
+          <t>O An: Feray</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>850</v>
+        <v>420</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>8683672878577</t>
+          <t>8683672888286</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
+          <t>Anılarla Atatürk ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259652818</t>
+          <t>8683672888309</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Eril Dişil Enerji</t>
+          <t>Son Nefes ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>8683672873671</t>
+          <t>8683672888279</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
+          <t>Yüzyılların Lideri Atatürk ve Kocatepe Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>8683672874159</t>
+          <t>8683672888255</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Ortaköy</t>
+          <t>Yüzyılların Lideri Atatürk ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>8683672874166</t>
+          <t>8683672888293</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
+          <t>Anılarla Atatürk ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>8683672873749</t>
+          <t>8683672888262</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>2026 Gemici Takvim - Kız Kulesi</t>
+          <t>Anılarla Atatürk ve Atatürk Büstlü Ahşap Anıtkabir Işıklı Maket</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>8683672873695</t>
+          <t>8683672888248</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Anılarla Atatürk ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>8683672873718</t>
+          <t>8683672888231</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
+          <t>Son Nefes ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>8683672873725</t>
+          <t>8683672888224</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
+          <t>Yüzyılların Lideri Atatürk ve Atatürk Büstü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>8683672873701</t>
+          <t>8683672888149</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
+          <t>Atatürk’ten Kalan Şarkılar Plak - Anılarla Atatürk - Bloknot ve Kalem</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259714790</t>
+          <t>8683672888132</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kendini Kodla: Koçluğun Kitabı</t>
+          <t>Atatürk’ün Sevdiği Şarkılar Plak - Anılarla Atatürk - Bloknot ve Kalem</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059350556</t>
+          <t>8683672888101</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Misyon</t>
+          <t>Müzeyyen Senar İkinci Dubleden Sonra Plak - Anılarla Atatürk - Bloknot ve Kalem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259714776</t>
+          <t>8683672888125</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine İnsanca Bakış</t>
+          <t>Seçme Alaturka Şarkılar Plak - Anılarla Atatürk - Bloknot ve Kalem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259714752</t>
+          <t>8683672888118</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Asla Vazgeçme</t>
+          <t>Atatürk’ün Sevdiği Türküler Plak - Anılarla Atatürk - Bloknot ve Kalem</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259714769</t>
+          <t>9786259302256</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Müjdat Gezen'le Kürek Çekmek</t>
+          <t>Gönül Heybesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259752976</t>
+          <t>9786259302249</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Köydeşler</t>
+          <t>Gönül Heybesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259752969</t>
+          <t>9786259302218</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sultanları</t>
+          <t>Hapiste Yatacak Olana Öğütler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257468640</t>
+          <t>9786259714783</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052365755</t>
+          <t>9786256669192</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
+          <t>Zamanın Tanığı Mücadeleye Devam</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052365199</t>
+          <t>0731559441449</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
+          <t>Resimli Dünya Masalları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257412759</t>
+          <t>9786257468855</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Efendileri</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059350440</t>
+          <t>9786257412612</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Günler</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052365342</t>
+          <t>9786257412193</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
+          <t>Anadolu'da Bir Nefes Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257145794</t>
+          <t>9786059828710</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
+          <t>Benim Ailem - Atatürk’ün Saklanan Ailesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257145756</t>
+          <t>9786052365533</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
+          <t>Zindanda</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257145213</t>
+          <t>9786052365304</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Krallığı</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257182904</t>
+          <t>9786052365274</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Masal Kulesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257182911</t>
+          <t>9786059350464</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
+          <t>Artık Yeter</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257182928</t>
+          <t>6010631197158</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Dahiler</t>
+          <t>Stefan Zweig Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>540</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257182935</t>
+          <t>9786257412483</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı İnsanlar</t>
+          <t>İhtilal Mektupları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257182942</t>
+          <t>9786257658102</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ülkeler ve Kıtalar Atlası 5</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257182874</t>
+          <t>9786257658430</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257182898</t>
+          <t>9786257182560</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
+          <t>Sayılar - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257658447</t>
+          <t>9786257182591</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz'de Rekabet</t>
+          <t>Kodlama Kodlamaya Giriş - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257658126</t>
+          <t>9786257182881</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Avrupa Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 3</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257145725</t>
+          <t>9786257658157</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
+          <t>Sırça Köşk (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257182041</t>
+          <t>9786257065726</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yaza Bir Kala! - Sihirli Günlük</t>
+          <t>Dünya’da ve Türkiye’de Büyük Felaketler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257145947</t>
+          <t>9786257658874</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
+          <t>Aşık Seyrani</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257065214</t>
+          <t>9786257065368</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Çıkmazında Türkiye</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 3.Cilt</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257658010</t>
+          <t>9786257182614</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İmparatorlukları</t>
+          <t>İngilizce Sayılar - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257182980</t>
+          <t>9786257182706</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Barış ve Ekonomi - Nobel Ödülü</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>124</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257182973</t>
+          <t>6010614995948</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Seti 5-8 Yaş (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257658027</t>
+          <t>9786058054370</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
+          <t>Hz. Hasan</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257182966</t>
+          <t>9786058054349</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Bizans İmparatorluğu</t>
+          <t>Ehl-i Beyt ve 12 İmam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257145503</t>
+          <t>9786058054356</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler ve İlk Kelimeler</t>
+          <t>İlim Şehrinin Kapısı Hz. Ali</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257065283</t>
+          <t>0667228199475</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kodlama Egzersizleri</t>
+          <t>Matematik Olimpiyatları Seti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058038691</t>
+          <t>9786257065306</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İstanbul</t>
+          <t>Zıtlık Kavramı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058038660</t>
+          <t>9786050621495</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
+          <t>Kassitler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058038639</t>
+          <t>9786050621464</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Siyasetin Beka Sorunu</t>
+          <t>Etrüskler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257065597</t>
+          <t>9786257065429</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
+          <t>Masal Günü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259714745</t>
+          <t>9786257065405</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kırık Saatler Ülkesi</t>
+          <t>Masal Dünyası</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259714738</t>
+          <t>9786257065399</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Demli Mısralar</t>
+          <t>Masal Denizi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259714714</t>
+          <t>9786058038653</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Delişmen Ruh</t>
+          <t>Hidayet Nurları - Ehlibeyt</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259714721</t>
+          <t>9786257145336</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
+          <t>Matematik Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259752990</t>
+          <t>9786257145251</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çilenin Ardındaki Işık</t>
+          <t>Neşeli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259752983</t>
+          <t>9786257145275</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Odası</t>
+          <t>Matematik Treni ve Gölge Eşleştirme - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8683672868707</t>
+          <t>9786257145244</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
+          <t>Keyifli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258147438</t>
+          <t>9786058054387</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İç Ülke Akışları - Şiirce Dualar</t>
+          <t>Kerbela ve Şehitler Sultanı Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>8683672831107</t>
+          <t>9786058038622</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitapları - 21’li Set</t>
+          <t>Papazı Bulduk</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258147056</t>
+          <t>8683672887944</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Plaklı Kitaplar - Bekle Beni - Livaneli İstanbul Konseri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>0667228199451</t>
+          <t>8683672887876</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Plaklı Kitaplar - Pir Sultan Abdal - Cem Karaca Ölümsüzler - 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8683672800103</t>
+          <t>8683672887890</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
+          <t>Plaklı Kitaplar - Babam ve Ben - Cem Karaca Ölümsüzler - 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>3500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>8683672800110</t>
+          <t>8683672887906</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
+          <t>Plaklı Kitaplar - Baba Bana Hikayeni Anlat - Cem Karaca Ölümsüzler - 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>8683672800127</t>
+          <t>8683672887920</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
+          <t>Plaklı Kitaplar - Annem ve Ben - Ahmet Kaya Şafak Türküsü</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>460</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>8683672800097</t>
+          <t>8683672887937</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
+          <t>Plaklı Kitaplar - Anne Bana Hikayeni Anlat - Ahmet Kaya Şafak Türküsü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>5000</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>0731559442118</t>
+          <t>9786259302232</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları - 9 Kitap Takım</t>
+          <t>Dünya Tarihine Atatürkçe Bakış</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059350181</t>
+          <t>8683672887852</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>Plaklı Kitaplar - Deniz Gezmiş - Cem Karaca - Ölümsüzler Plak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>25</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4440000000234</t>
+          <t>8683672887869</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>Plaklı Kitaplar - Nazım Hikmet - Cem Karaca - Ölümsüzler Plak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>55</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>4440000000233</t>
+          <t>8683672866321</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
+          <t>Ulu Önderi Anlamak (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>55</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257412131</t>
+          <t>8683672887777</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan Abdal</t>
+          <t>Plaklı Kitaplar - Aşık Veysel - Uzun İnce Bir Yoldayım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>270</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052365465</t>
+          <t>8683672887791</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Plaklı Kitaplar - Asla Vazgeçme - Livaneli İstanbul Konseri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059350211</t>
+          <t>8683672887784</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Plaklı Kitaplar - Sabahattin Ali - Livaneli İstanbul Konseri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>45</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052365786</t>
+          <t>8683672887746</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanı Karacaoğlan</t>
+          <t>Plaklı Kitaplar - Bekle Beni</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>20</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059350297</t>
+          <t>8683672887739</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>La Fonten'den Masallar</t>
+          <t>Deniz Gezmiş - Nazım Türküsü Plak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>18</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059350228</t>
+          <t>8683672887722</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Plaklı Kitaplar - Nazım Hikmet - Nazım Türküsü Plak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>20</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052365748</t>
+          <t>8683672887708</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil</t>
+          <t>Plaklı Kitaplar - Ya Atatürk Olmasaydı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>75</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052365724</t>
+          <t>8683672887692</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Akılcı İslam'ın Aydınlık Yolu</t>
+          <t>Plaklı Kitaplar - İyi ki Varsın Atatürk</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052365717</t>
+          <t>8683672887715</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ohalde Özgürlük</t>
+          <t>Plaklı Kitaplar - Aylardan Kasım Günlerden Perşembe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>70</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052365663</t>
+          <t>8683672887678</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çıkış Mı Çöküş Mü?</t>
+          <t>Plaklı Kitaplar - Uğur Mumcu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>25</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052365595</t>
+          <t>8683672887685</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın Atatürk</t>
+          <t>Plaklı Kitaplar - Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>320</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>3990000029265</t>
+          <t>8683672887661</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
+          <t>Plaklı Kitaplar - Atatürk 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>70</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052365458</t>
+          <t>8683672887630</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
+          <t>Plaklı Kitaplar - Atatürk 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>70</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052365519</t>
+          <t>8683672887647</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Efendiler ve Uşakları</t>
+          <t>Plaklı Kitaplar - Nazım Hikmet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052365847</t>
+          <t>8683672887654</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
+          <t>Plaklı Kitaplar - Aşık Veysel</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>330</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052365564</t>
+          <t>9786259302225</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052365397</t>
+          <t>9786257468381</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Refet Bele</t>
+          <t>Atatürk'ün Ölümü ve Defin İşlemleri - Son Nefes</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052365205</t>
+          <t>8683672887470</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Susma!</t>
+          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>3990000079746</t>
+          <t>9786259302201</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Milliyetçiliği Önce Vatan</t>
+          <t>MİT’in Gizli Tarih</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>40</v>
+        <v>650</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052365113</t>
+          <t>8683672887395</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aydınlatan Bilim Adamları</t>
+          <t>Türkün Tarihi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>25</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052365076</t>
+          <t>9786259652894</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Olaylar</t>
+          <t>İlyas</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>25</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052365083</t>
+          <t>9786259652887</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
+          <t>Ya Hep Beraber Ya Hiç</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052365168</t>
+          <t>9786259652849</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Büyük Felaketler</t>
+          <t>İhtiyar Kraliçeler Kıraathanesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>28</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052365090</t>
+          <t>9786259652863</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052365106</t>
+          <t>9786259652870</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
+          <t>Yağmur Geceleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>28</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052365175</t>
+          <t>9786259652825</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mucitler ve Buluşları</t>
+          <t>Antropozlu Kadınlar Cemiyeti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052365151</t>
+          <t>9786259652832</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Harika Yapıtlar</t>
+          <t>Sahne Benim</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052365144</t>
+          <t>8683672878171</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>En İlginç Olaylar</t>
+          <t>Asla Vazgeçme ve Millete Emanet</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>25</v>
+        <v>600</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052365137</t>
+          <t>8683672878560</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Verenler</t>
+          <t>Asla Vazgeçme Kitap Seti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25</v>
+        <v>850</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052365120</t>
+          <t>8683672878577</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Büyük Dehalar</t>
+          <t>Yalnız Değilsin Başkan ve Millete Emanet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>25</v>
+        <v>550</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059350242</t>
+          <t>9786259652818</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Eril Dişil Enerji</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>530</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059350983</t>
+          <t>8683672873671</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Geldikleri Gibi Giderler</t>
+          <t>Asla Vazgeçme - Yalnız Değilsin Başkan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052365854</t>
+          <t>8683672874159</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
+          <t>2026 Gemici Takvim - Ortaköy</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052365526</t>
+          <t>8683672874166</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
+          <t>2026 Gemici Takvim - Yolcu Gemisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052365403</t>
+          <t>8683672873749</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Subaylar</t>
+          <t>2026 Gemici Takvim - Kız Kulesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052365021</t>
+          <t>8683672873695</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>23.15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052365557</t>
+          <t>8683672873718</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Devlet Sırlarına Baskın</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - İmza</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052365779</t>
+          <t>8683672873725</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gurbetçileri Anlama Kılavuzu</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Sakarya</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052365830</t>
+          <t>8683672873701</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
+          <t>2026 Atatürk Gemici Duvar Takvimi - Ayyıldız</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052365410</t>
+          <t>9786259714790</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Çocuklar</t>
+          <t>Kendini Kodla: Koçluğun Kitabı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052365373</t>
+          <t>9786059350556</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Kadınlar</t>
+          <t>Misyon</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>70</v>
+        <v>380</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052365366</t>
+          <t>9786259714776</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Dünya Tarihine İnsanca Bakış</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059350990</t>
+          <t>9786259714752</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dünya Lideri Atatürk</t>
+          <t>Asla Vazgeçme</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052365540</t>
+          <t>9786259714769</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Saklı Tarih</t>
+          <t>Müjdat Gezen'le Kürek Çekmek</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052365687</t>
+          <t>9786259752976</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Korkma (İmzalı)</t>
+          <t>Köydeşler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>75</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052365670</t>
+          <t>9786259752969</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İşbirlikçiler (İmzalı)</t>
+          <t>Bilimin Sultanları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059350150</t>
+          <t>9786257468640</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052365359</t>
+          <t>9786052365755</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
+          <t>Aşkın ve Direnişin Şairi Nazım Hikmet</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059350853</t>
+          <t>9786052365199</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ya Atatürk Olmasaydı</t>
+          <t>Yürüyüş - Vicdanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052365625</t>
+          <t>9786257412759</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
+          <t>Asyanın Efendileri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052365601</t>
+          <t>9786059350440</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
+          <t>Ateşten Günler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059350549</t>
+          <t>9786052365342</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Cehaletten İhanete: Bir Zihniyetin Tezahürü</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>70</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059121828</t>
+          <t>9786257145794</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Büyük Miras Nutuk</t>
+          <t>Akıllı Matematik - Sayılar Kümeler ve Egzersizler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059350457</t>
+          <t>9786257145756</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bize Cesaret Lazım</t>
+          <t>Kodlamaya Giriş - Keyifli Kodlama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052365038</t>
+          <t>9786257145213</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Son Tanıkları</t>
+          <t>Hayvan Krallığı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052365014</t>
+          <t>9786257182904</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059350822</t>
+          <t>9786257182911</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Hayvanat Bahçesi - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052365380</t>
+          <t>9786257182928</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten 57. Alaya</t>
+          <t>İz Bırakan Dahiler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052365281</t>
+          <t>9786257182935</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Sıradışı İnsanlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059199599</t>
+          <t>9786257182942</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Medya Nasıl Kuşatıldı?</t>
+          <t>Ülkeler ve Kıtalar Atlası 5</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059350976</t>
+          <t>9786257182874</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Asya Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 4</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059350969</t>
+          <t>9786257182898</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler - Bursa Nutku</t>
+          <t>Deniz Altında Yaşam ve Okyanuslar - İlk Kütüphanem</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059350631</t>
+          <t>9786257658447</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Doğu Akdeniz'de Rekabet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>20</v>
+        <v>280</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059350693</t>
+          <t>9786257658126</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>20</v>
+        <v>260</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059350709</t>
+          <t>9786257145725</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhaderat</t>
+          <t>Kodlamaya Giriş - Akıllı Kodlama</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059350723</t>
+          <t>9786257182041</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Yaza Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>20</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059350754</t>
+          <t>9786257145947</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>İmam-ı Ali Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>20</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059350921</t>
+          <t>9786257065214</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Demokrasiden Dönüş Yok</t>
+          <t>Ortadoğu Çıkmazında Türkiye</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>75</v>
+        <v>360</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059350907</t>
+          <t>9786257658010</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
+          <t>Avrupa İmparatorlukları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059350914</t>
+          <t>9786257182980</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>Barış ve Ekonomi - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>65</v>
+        <v>124</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059350877</t>
+          <t>9786257182973</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsundan</t>
+          <t>Edebiyat-Tıp-Fizik-Kimya - Nobel Ödülü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059828215</t>
+          <t>9786257658027</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Katıldığı Savaşlar</t>
+          <t>İlk Çağ'dan Yakın Çağ'a Büyük İmparatorluklar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059350396</t>
+          <t>9786257182966</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Osmanlı ve Bizans İmparatorluğu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059350655</t>
+          <t>9786257145503</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>İngilizce Harfler ve İlk Kelimeler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059350778</t>
+          <t>9786257065283</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Kodlama Egzersizleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059350662</t>
+          <t>9786058038691</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Yeniden İstanbul</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>290</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059350679</t>
+          <t>9786058038660</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Müminlerin Efendisi İmam-ı Ali - Nurani Kimliği</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>18</v>
+        <v>370</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059598392</t>
+          <t>9786058038639</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Hikayesi</t>
+          <t>Muhafazakar Siyasetin Beka Sorunu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>40</v>
+        <v>360</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059350952</t>
+          <t>9786257065597</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Güney</t>
+          <t>Çarpım Tablosu / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059828222</t>
+          <t>9786259714745</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kurduğu Kurumlar</t>
+          <t>Kırık Saatler Ülkesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>70</v>
+        <v>260</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059828697</t>
+          <t>9786259714738</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
+          <t>Demli Mısralar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>70</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059828567</t>
+          <t>9786259714714</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çöküş</t>
+          <t>Delişmen Ruh</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>60</v>
+        <v>370</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059350624</t>
+          <t>9786259714721</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Yalnız Değilsin Başkan - Demokrasi Günlüğü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>25</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059350617</t>
+          <t>9786259752990</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Çilenin Ardındaki Işık</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>28</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059350587</t>
+          <t>9786259752983</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Çocuk Odası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>20</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059350716</t>
+          <t>8683672868707</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>İyi ki Varsın Atatürk Kitap Seti 14 Kitap</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>25</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059350686</t>
+          <t>9786258147438</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>İç Ülke Akışları - Şiirce Dualar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>20</v>
+        <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059350792</t>
+          <t>8683672831107</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Etkinlik Kitapları - 21’li Set</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059350808</t>
+          <t>9786258147056</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059350761</t>
+          <t>0667228199451</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
+          <t>Atatürk Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059350600</t>
+          <t>8683672800103</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Unutulmaz Dünya Klasikleri (20 Kitap)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>25</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059350730</t>
+          <t>8683672800110</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Unutulmaz Dünya Klasikleri (10 Kitap)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>20</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059350594</t>
+          <t>8683672800127</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Jöntürk</t>
+          <t>Unutulmaz Dünya Klasikleri (6 Kitap)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>28</v>
+        <v>460</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059350648</t>
+          <t>8683672800097</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Unutulmaz Dünya Klasikleri (30 Kitap)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>25</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059350518</t>
+          <t>0731559442118</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Vah Ülkem Vah!</t>
+          <t>Fikir İnsanları - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059828758</t>
+          <t>9786059350181</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Beytülmal</t>
+          <t>Andersen'den Masallar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059350471</t>
+          <t>4440000000234</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bu Karanlıktan Çıkış Var!</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059350433</t>
+          <t>4440000000233</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Buyurun Sayın İnce</t>
+          <t>Atatürk ve Cumhuriyet'i Anlamak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257468602</t>
+          <t>9786257412131</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
+          <t>Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>65</v>
+        <v>270</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059828765</t>
+          <t>9786052365465</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059828451</t>
+          <t>9786059350211</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059828321</t>
+          <t>9786052365786</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı Mevlana</t>
+          <t>Anadolu Ozanı Karacaoğlan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059828406</t>
+          <t>9786059350297</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
+          <t>La Fonten'den Masallar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059828000</t>
+          <t>9786059350228</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>6010617869840</t>
+          <t>9786052365748</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>6010613549500</t>
+          <t>9786052365724</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Akılcı İslam'ın Aydınlık Yolu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>6010612461476</t>
+          <t>9786052365717</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
+          <t>Ohalde Özgürlük</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>6010621060042</t>
+          <t>9786052365663</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Çıkış Mı Çöküş Mü?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>6010612989956</t>
+          <t>9786052365595</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>İyi ki Varsın Atatürk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>101.85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>6010651096035</t>
+          <t>3990000029265</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
+          <t>Atatürk ve Cumhuriyet’i Anlamak</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257182133</t>
+          <t>9786052365458</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
+          <t>Milli Mücadele Kahramanı Rauf Orbay</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257182010</t>
+          <t>9786052365519</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
+          <t>Efendiler ve Uşakları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>168</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257145589</t>
+          <t>9786052365847</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
+          <t>Aşık Veysel - Gönül Gözünde Binbir Renk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>162</v>
+        <v>330</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257182027</t>
+          <t>9786052365564</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
+          <t>Adalet Adamı Kemal Kılıçdaroğlu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>0715936878080</t>
+          <t>9786052365397</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
+          <t>Milli Mücadele Kahramanı Refet Bele</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>35.65</v>
+        <v>45</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257182768</t>
+          <t>9786052365205</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eylül Yalanları</t>
+          <t>Susma!</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257412711</t>
+          <t>3990000079746</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yakın Tarih Sırları</t>
+          <t>Atatürk Milliyetçiliği Önce Vatan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257468541</t>
+          <t>9786052365113</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Hesaplaşması</t>
+          <t>Tarihi Aydınlatan Bilim Adamları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257468305</t>
+          <t>9786052365076</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
+          <t>Tarihe Yön Veren Büyük Olaylar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257065689</t>
+          <t>9786052365083</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
+          <t>Tarihin Kaderini Değiştiren Savaşlar ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>6010609194172</t>
+          <t>9786052365168</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 30 Kitap</t>
+          <t>Dünya Tarihinde Büyük Felaketler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>5000</v>
+        <v>28</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>6010614324359</t>
+          <t>9786052365090</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti - 22 Kitap</t>
+          <t>Tarihin Akışını Değiştiren Ünlü Komutanlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>4200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257182508</t>
+          <t>9786052365106</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
+          <t>Anadolunun Ünlü Müzisyenleri ve Bestekarları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>6010618152118</t>
+          <t>9786052365175</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Okula Gidiyorum Seti – 14 Kitap</t>
+          <t>Mucitler ve Buluşları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>252</v>
+        <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257182539</t>
+          <t>9786052365151</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
+          <t>Harika Yapıtlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>6010638973991</t>
+          <t>9786052365144</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
+          <t>En İlginç Olaylar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>2300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>6010617277232</t>
+          <t>9786052365137</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
+          <t>Dünyaya Yön Verenler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>3000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>6010635057069</t>
+          <t>9786052365120</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
+          <t>Tarihe Yön Veren Büyük Dehalar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1750</v>
+        <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257133036</t>
+          <t>9786059350242</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257145572</t>
+          <t>9786059350983</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Romanları Seti - 10 Kitap</t>
+          <t>Geldikleri Gibi Giderler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257065702</t>
+          <t>9786052365854</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
+          <t>Atatürk ve Kadın Hakları - Nutuk'tan Dersler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059828628</t>
+          <t>9786052365526</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>En Uzun Gece 15 Temmuz Gerçekleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>63</v>
+        <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257065344</t>
+          <t>9786052365403</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
+          <t>Kahraman Subaylar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257065351</t>
+          <t>9786052365021</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257145800</t>
+          <t>9786052365557</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
+          <t>Ordu ve Devlet Sırlarına Baskın</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>6010615950908</t>
+          <t>9786052365779</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Gurbetçileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>6010610375379</t>
+          <t>9786052365830</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
+          <t>Rehin - Maltepe Cezaevi B-9 Koğuş Yazıları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>125</v>
+        <v>270</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257182515</t>
+          <t>9786052365410</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
+          <t>Kahraman Çocuklar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257182522</t>
+          <t>9786052365373</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
+          <t>Kahraman Kadınlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059350785</t>
+          <t>9786052365366</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052365991</t>
+          <t>9786059350990</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
+          <t>Dünya Lideri Atatürk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052365908</t>
+          <t>9786052365540</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
+          <t>Saklı Tarih</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>22</v>
+        <v>75</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059828789</t>
+          <t>9786052365687</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Korkma (İmzalı)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059828970</t>
+          <t>9786052365670</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>İşbirlikçiler (İmzalı)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>28</v>
+        <v>130</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052365861</t>
+          <t>9786059350150</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yiğitlerin Ozanı Köroğlu</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059828840</t>
+          <t>9786052365359</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Siz Yürürken Ben Yatarken Yazı-Yorum</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>40</v>
+        <v>440</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059828987</t>
+          <t>9786059350853</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Ya Atatürk Olmasaydı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>32</v>
+        <v>340</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059828833</t>
+          <t>9786052365625</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Fikri Hür, Vicdanı Hür Şair Tevfik Fikret (İmzalı)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786058054363</t>
+          <t>9786052365601</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
+          <t>Susmayan Vicdan Namık Kemal (İmzalı)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257182140</t>
+          <t>9786059350549</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257182317</t>
+          <t>9786059121828</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
+          <t>Büyük Miras Nutuk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3996564103287</t>
+          <t>9786059350457</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
+          <t>Bize Cesaret Lazım</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>0715936877885</t>
+          <t>9786052365038</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
+          <t>Cumhuriyet’in Son Tanıkları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>0715936875850</t>
+          <t>9786052365014</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
+          <t>Milletin Sinesinde Atatürk ve Anıtkabir</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>950</v>
+        <v>70</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>6010628874864</t>
+          <t>9786059350822</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257182232</t>
+          <t>9786052365380</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
+          <t>Atatürk'ten 57. Alaya</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257182201</t>
+          <t>9786052365281</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Tatile Giriş Rehberi</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257182195</t>
+          <t>9786059199599</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul Bitti!</t>
+          <t>Medya Nasıl Kuşatıldı?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257182171</t>
+          <t>9786059350976</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Kamp Macerası</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257133128</t>
+          <t>9786059350969</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Antik Dinler Seti (10 Kitap Takım)</t>
+          <t>Nutuk'tan Dersler - Bursa Nutku</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257145398</t>
+          <t>9786059350631</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>2500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>6010626724734</t>
+          <t>9786059350693</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257145466</t>
+          <t>9786059350709</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
+          <t>Muhaderat</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>6010612095077</t>
+          <t>9786059350723</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Labirent Seti</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>0667228199468</t>
+          <t>9786059350754</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Harika Eşleştirmeler Seti</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>6010615512533</t>
+          <t>9786059350921</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Süper Matematik Seti (4 Kitap Takım)</t>
+          <t>Demokrasiden Dönüş Yok</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>6010614174114</t>
+          <t>9786059350907</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
+          <t>İnsanı ve Devleti Yaşatmak İçin Hayır</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>6010612621696</t>
+          <t>9786059350914</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>72</v>
+        <v>65</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>6010612617668</t>
+          <t>9786059350877</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
+          <t>Bir Daha Gel Samsundan</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>6010629713773</t>
+          <t>9786059828215</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
+          <t>Atatürk’ün Katıldığı Savaşlar</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257145978</t>
+          <t>9786059350396</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257145954</t>
+          <t>9786059350655</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257145961</t>
+          <t>9786059350778</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257182102</t>
+          <t>9786059350662</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>6010610059002</t>
+          <t>9786059350679</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>6010632274247</t>
+          <t>9786059598392</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
+          <t>Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>6010618154136</t>
+          <t>9786059350952</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
+          <t>Güney</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>0667228199574</t>
+          <t>9786059828222</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
+          <t>Atatürk'ün Kurduğu Kurumlar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>36</v>
+        <v>70</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257145442</t>
+          <t>9786059828697</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tuncay Özkan Seti - 4 Kitap</t>
+          <t>Milli Mücadele Kahramanı Kazım Karabekir</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>6010617461495</t>
+          <t>9786059828567</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
+          <t>Çöküş</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9715936876758</t>
+          <t>9786059350624</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>6010619841899</t>
+          <t>9786059350617</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>6010626111145</t>
+          <t>9786059350587</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257182157</t>
+          <t>9786059350716</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1500</v>
+        <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257133234</t>
+          <t>9786059350686</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257133562</t>
+          <t>9786059350792</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257658003</t>
+          <t>9786059350808</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257065320</t>
+          <t>9786059350761</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
+          <t>Vatan Yahut Silistre / Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257133197</t>
+          <t>9786059350600</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>155</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786058038646</t>
+          <t>9786059350730</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman Emekli Oluyorsunuz?</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257182119</t>
+          <t>9786059350594</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ayşe Sucu Seti - 4 Kitap</t>
+          <t>Jöntürk</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1000</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257182126</t>
+          <t>9786059350648</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Halk Kahramanları Seti - 6 Kitap</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>2000</v>
+        <v>25</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257145367</t>
+          <t>9786059350518</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Seti (10 Kitap)</t>
+          <t>Vah Ülkem Vah!</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257145381</t>
+          <t>9786059828758</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
+          <t>Atatürk ve Beytülmal</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257065337</t>
+          <t>9786059350471</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
+          <t>Bu Karanlıktan Çıkış Var!</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257145565</t>
+          <t>9786059350433</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabetik Sözlük</t>
+          <t>Buyurun Sayın İnce</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257145558</t>
+          <t>9786257468602</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
+          <t>Türk'ün Unutulan Yemini Misak-ı Milli</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257145534</t>
+          <t>9786059828765</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İngilizce İlk Kelimelerim 1</t>
+          <t>Eşkiya Dünya'ya Başkan Olmaz!</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257065290</t>
+          <t>9786059828451</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Örüntü Kavramı</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257182997</t>
+          <t>9786059828321</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mısır Piramitleri ve Uygarlığı</t>
+          <t>Gönüller Sultanı Mevlana</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257117067</t>
+          <t>9786059828406</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Persler - Unutulmuş Krallıklar</t>
+          <t>Sevgi ve Aşk Çağlayanı Yunus Emre</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786050621471</t>
+          <t>9786059828000</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Medler - Unutulmuş Krallıklar</t>
+          <t>Anadolu Güneşi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257117074</t>
+          <t>6010617869840</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Lidyalılar - Unutulmuş Krallıklar</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786050621488</t>
+          <t>6010613549500</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kimmerler - Unutulmuş Krallıklar</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257117005</t>
+          <t>6010612461476</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hurriler - Unutulmuş Krallıklar</t>
+          <t>Bay Geveze 5 Kitap Takım (Korsan Gemisi 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257117012</t>
+          <t>6010621060042</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gutiler - Unutulmuş Krallıklar</t>
+          <t>Sihirli Günlük 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257117029</t>
+          <t>6010612989956</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Frigler - Unutulmuş Krallıklar</t>
+          <t>Bay Geveze 5 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>100</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786050621457</t>
+          <t>6010651096035</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Akadlar - Unutulmuş Krallıklar</t>
+          <t>Çılgın Ekip 4 Kitap Takım (Su Değirmeni 3D Ahşap Maket Hediyeli)</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257065450</t>
+          <t>9786257182133</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Masal Ormanı</t>
+          <t>Akıllı Kodlama Ve Matematik Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257065498</t>
+          <t>9786257182010</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Türk Edebiyatçıları Kitap Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>80</v>
+        <v>168</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257133647</t>
+          <t>9786257145589</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
+          <t>Pratik İlk İngilizce Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257182096</t>
+          <t>9786257182027</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
+          <t>Atatürk ve İslamiyet Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786058054325</t>
+          <t>0715936878080</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Deniz Gezmiş - Süresiz Ajanda ve Planlama Defteri</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>75</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786058054301</t>
+          <t>9786257182768</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Gazeteciler</t>
+          <t>Eylül Yalanları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>75</v>
+        <v>130</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257065665</t>
+          <t>9786257412711</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
+          <t>Yakın Tarih Sırları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052365977</t>
+          <t>9786257468541</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Bir Cumhuriyet Hesaplaşması</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052365939</t>
+          <t>9786257468305</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Atatürk</t>
+          <t>Cumhuriyet Kadını - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257145329</t>
+          <t>9786257065689</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Küçük ve Büyük Harfler / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257145374</t>
+          <t>6010609194172</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Eren Erdem Seti - 4 Kitap</t>
+          <t>Dünya Klasikleri Seti - 30 Kitap</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>108</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059828826</t>
+          <t>6010614324359</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Budala -2</t>
+          <t>Dünya Klasikleri Seti - 22 Kitap</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>35</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786315498864</t>
+          <t>9786257182508</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ozanlar Seti</t>
+          <t>Heceler ve İlk Kelimeler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>149</v>
+        <v>35</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786056980428</t>
+          <t>6010618152118</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dünden Çok Yarından Az</t>
+          <t>Okula Gidiyorum Seti – 14 Kitap</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>55</v>
+        <v>252</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052365960</t>
+          <t>9786257182539</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aşina Yüzler</t>
+          <t>Zeka Soruları Çalışma Kitabı - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059350495</t>
+          <t>6010638973991</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı Celal Bayar</t>
+          <t>Dünya Klasikleri Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>65</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052365809</t>
+          <t>6010617277232</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
+          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>420</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052365816</t>
+          <t>6010635057069</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Muazzez</t>
+          <t>Dünya Klasikleri Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>20</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052365793</t>
+          <t>9786257133036</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
+          <t>Dünya Çocuk Klasikleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052365762</t>
+          <t>9786257145572</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şiirleri</t>
+          <t>Çocuk Romanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257658676</t>
+          <t>9786257065702</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
+          <t>Cumhuriyet Yolunda İz Bırakanlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052365656</t>
+          <t>9786059828628</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslamiyet</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052365496</t>
+          <t>9786257065344</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 1.Cilt</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052365489</t>
+          <t>9786257065351</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi 2.Cilt</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257145831</t>
+          <t>9786257145800</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
+          <t>Akıllı Matematik - Toplama ve Çıkarma İşlemleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257145411</t>
+          <t>6010615950908</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Süper Aktivite Seti (10 Kitap)</t>
+          <t>6. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257133456</t>
+          <t>6010610375379</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
+          <t>5. Sınıf Okuma Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>458.33</v>
+        <v>125</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257145824</t>
+          <t>9786257182515</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
+          <t>Alfabe Küçük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059828635</t>
+          <t>9786257182522</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dehanın Kodları</t>
+          <t>Alfabe Büyük Harfler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059828642</t>
+          <t>9786059350785</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluştan Kurtuluşa Atatürk</t>
+          <t>Atatürk ve Yol Arkadaşları Dirilişin Öncüleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052365953</t>
+          <t>9786052365991</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ufuktan Şimdi Doğar</t>
+          <t>Pes Etmeyen Kalem Sabahattin Ali</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257182416</t>
+          <t>9786052365908</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Mucitler</t>
+          <t>Tarihe Yön Veren Ünlü Kadınlar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257182423</t>
+          <t>9786059828789</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Olaylar</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>40</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257182430</t>
+          <t>9786059828970</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Harika Yapılar</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257182362</t>
+          <t>9786052365861</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Dehalar</t>
+          <t>Yiğitlerin Ozanı Köroğlu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257182386</t>
+          <t>9786059828840</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257182355</t>
+          <t>9786059828987</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilim İnsanları</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257182676</t>
+          <t>9786059828833</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>2400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257182454</t>
+          <t>9786058054363</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
+          <t>Cennet Kadınlarının Öncüsü ve İmamların Annesi Hz. Fatma</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>8683672868288</t>
+          <t>9786257182140</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
+          <t>A'dan Z'ye Resimli İngilizce - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257658201</t>
+          <t>9786257182317</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şimşek - Sherlock Holmes</t>
+          <t>Çılgın Ekip Kitap Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257658300</t>
+          <t>3996564103287</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Lanet - Sherlock Holmes</t>
+          <t>Atatürk ve Kayıp Kıta Mu'nun Şifresi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786259771151</t>
+          <t>0715936877885</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>İlk Kütüphanem Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257412353</t>
+          <t>0715936875850</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Sherlock Holmes Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786259771120</t>
+          <t>6010628874864</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Dikkat</t>
+          <t>Atatürk ve Milli Mücadele Kütüphanesi Seti - 12 Kitap</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786259771168</t>
+          <t>9786257182232</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Kadın Hakları</t>
+          <t>Bay Geveze Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786259778594</t>
+          <t>9786257182201</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Bay Geveze - Tatile Giriş Rehberi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786259771144</t>
+          <t>9786257182195</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağın Öğretmeni Platon</t>
+          <t>Bay Geveze - Okul Bitti!</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>280</v>
+        <v>70</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786259778556</t>
+          <t>9786257182171</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Haritaların Efendisi Piri Reis</t>
+          <t>Bay Geveze - Kamp Macerası</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786259778532</t>
+          <t>9786257133128</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalı Bilge Ömer Hayyam</t>
+          <t>Antik Dinler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786259778518</t>
+          <t>9786257145398</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Mimarı Mimar Sinan</t>
+          <t>İlk Bilgilerim Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786259778549</t>
+          <t>6010626724734</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Seyyah Evliya Çelebi</t>
+          <t>Yaşadığımız Dünya Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786259778525</t>
+          <t>9786257145466</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Unutulmuş Krallıklar (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257412582</t>
+          <t>6010612095077</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aristo</t>
+          <t>Heyecanlı Labirent Seti</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>290</v>
+        <v>36</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786259771113</t>
+          <t>0667228199468</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kehanet Zethon</t>
+          <t>Harika Eşleştirmeler Seti</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786259771106</t>
+          <t>6010615512533</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aşk İyileştirir</t>
+          <t>Süper Matematik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>300</v>
+        <v>72</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786259778570</t>
+          <t>6010614174114</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Diğer Yanım</t>
+          <t>Sihirli Çizimler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786259778587</t>
+          <t>6010612621696</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Nar Çiçeği Zamanı</t>
+          <t>Eğlenceli Alfabe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>220</v>
+        <v>72</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>8683672866598</t>
+          <t>6010612617668</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
+          <t>Gazi Paşa Kütüphanesi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786256669567</t>
+          <t>6010629713773</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mihra</t>
+          <t>Anıtkabir Kütüphanesi Seti (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786256669574</t>
+          <t>9786257145978</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dokunuş: Biyoenerji</t>
+          <t>Ehl-i Beyt ve 12 İmam Kitap Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786256669536</t>
+          <t>9786257145954</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kod:02</t>
+          <t>Nutuktan Dersler Kitap Seti ( 5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256669512</t>
+          <t>9786257145961</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İki Enerji Tek Ses</t>
+          <t>Milli Mücadele Kahramanları Kitap Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786256669529</t>
+          <t>9786257182102</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sana Senden Mesaj Var</t>
+          <t>Atatürk’ten Hatıralar - 5 Kitap Set</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786256669482</t>
+          <t>6010610059002</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kurtar Beni!</t>
+          <t>İlk Ansiklopedim Serisi (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786256669413</t>
+          <t>6010632274247</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Selanik’te Pembe Bir Ev</t>
+          <t>İngilizce Sözlük ve Kelimeler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786256669390</t>
+          <t>6010618154136</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Anadolu’ya Atatürk</t>
+          <t>İngilizce Harfler Sayılar ve Renkler Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256669383</t>
+          <t>0667228199574</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle Atatürk Gerçekleri</t>
+          <t>İngilizce Etkinlikler ve Harf Çalışmaları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>200</v>
+        <v>36</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256669406</t>
+          <t>9786257145442</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Babası Olmak</t>
+          <t>Tuncay Özkan Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786256669284</t>
+          <t>6010617461495</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Annesi Olmak</t>
+          <t>Dünyaya Yön Veren Bilim Adamları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786256669307</t>
+          <t>9715936876758</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Eşi Olmak</t>
+          <t>Sabahattin Ali Seti – 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786256669291</t>
+          <t>6010619841899</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
+          <t>Mustafa Kemal Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786256669345</t>
+          <t>6010626111145</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Varsın</t>
+          <t>Cumhuriyet Kütüphanesi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256669222</t>
+          <t>9786257182157</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hukuk Devleti</t>
+          <t>Sihirli Günlük Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>900</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786256669239</t>
+          <t>9786257133234</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kurtuluş Savaşı</t>
+          <t>Anadolu Ozanları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>880</v>
+        <v>600</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786256669246</t>
+          <t>9786257133562</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Antlaşması</t>
+          <t>Anadolu Müslümanlığı Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786256669253</t>
+          <t>9786257658003</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sadırdan Satırlara</t>
+          <t>Aztek-Maya İnka Piramitleri ve Uygarlıkları</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786256669208</t>
+          <t>9786257065320</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Başarının Rotası Zafere İnananları Rotası</t>
+          <t>Sakarya’dan İzmir’e Mustafa Kemal</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786256669215</t>
+          <t>9786257133197</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
+          <t>İyiki Varsın Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>260</v>
+        <v>155</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786256669178</t>
+          <t>9786058038646</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
+          <t>Ne Zaman Emekli Oluyorsunuz?</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786256669185</t>
+          <t>9786257182119</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi ile Terapi</t>
+          <t>Ayşe Sucu Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258147100</t>
+          <t>9786257182126</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Nutuk</t>
+          <t>Halk Kahramanları Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786256669147</t>
+          <t>9786257145367</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Sılaya Şiirler</t>
+          <t>Erdemler Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059350884</t>
+          <t>9786257145381</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Ata ile Latife Hanımefendi</t>
+          <t>Karakter Eğitimi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059350525</t>
+          <t>9786257065337</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslam</t>
+          <t>Çocuklar İçin Boyama Kitabı (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257182294</t>
+          <t>9786257145565</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Milliyetçilik</t>
+          <t>İngilizce Alfabetik Sözlük</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786256669154</t>
+          <t>9786257145558</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bak İşte Bahar Geldi</t>
+          <t>İngilizce Alfabe Çizgi ve Nokta Çalışmaları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786256669123</t>
+          <t>9786257145534</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan</t>
+          <t>İngilizce İlk Kelimelerim 1</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786256669130</t>
+          <t>9786257065290</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Örüntü Kavramı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>310</v>
+        <v>60</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786256669093</t>
+          <t>9786257182997</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Saklı Ekonomi</t>
+          <t>Mısır Piramitleri ve Uygarlığı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>360</v>
+        <v>35</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786256669116</t>
+          <t>9786257117067</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitabı Yazma Rehberi</t>
+          <t>Persler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256669109</t>
+          <t>9786050621471</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Medler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>340</v>
+        <v>70</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256669055</t>
+          <t>9786257117074</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Günlüğü (Ciltli)</t>
+          <t>Lidyalılar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256669062</t>
+          <t>9786050621488</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Modeli Ekonomi</t>
+          <t>Kimmerler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258147988</t>
+          <t>9786257117005</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Terapi Günlüğü (Ciltli)</t>
+          <t>Hurriler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256669048</t>
+          <t>9786257117012</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Işığında Kuantum</t>
+          <t>Gutiler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256669024</t>
+          <t>9786257117029</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Güllerinden Doğmak</t>
+          <t>Frigler - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256669031</t>
+          <t>9786050621457</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Koçuyum</t>
+          <t>Akadlar - Unutulmuş Krallıklar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256669017</t>
+          <t>9786257065450</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Kızınım</t>
+          <t>Masal Ormanı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258147971</t>
+          <t>9786257065498</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Günlüğü (Ciltli)</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256669000</t>
+          <t>9786257133647</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
+          <t>Dikkat ve Zeka Geliştirici Masal Kitapları Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258147995</t>
+          <t>9786257182096</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Huzur Seninle Başlar</t>
+          <t>Bilinmeyen Alevilik Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>6010616112114</t>
+          <t>9786058054325</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>1200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>6010609942933</t>
+          <t>9786058054301</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fikir İnsanları Seti - 10 Kitap</t>
+          <t>Ah Şu Gazeteciler</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>1500</v>
+        <v>75</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258147865</t>
+          <t>9786257065665</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Çiz Rahatla</t>
+          <t>Sayılar 1 / Uygulama - Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258147520</t>
+          <t>9786052365977</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258147957</t>
+          <t>9786052365939</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
+          <t>Anılarla Atatürk</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258147919</t>
+          <t>9786257145329</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Savaşçısı</t>
+          <t>Eğlenceli Labirent - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258147933</t>
+          <t>9786257145374</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kelebekli Papatya Pastanesi</t>
+          <t>Eren Erdem Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>108</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258147940</t>
+          <t>9786059828826</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
+          <t>Budala -2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258147926</t>
+          <t>9786315498864</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
+          <t>Ozanlar Seti</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>270</v>
+        <v>149</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258147902</t>
+          <t>9786056980428</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Dünden Çok Yarından Az</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>270</v>
+        <v>55</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258147872</t>
+          <t>9786052365960</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
+          <t>Aşina Yüzler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>8683672860176</t>
+          <t>9786059350495</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
+          <t>Milli Mücadele Kahramanı Celal Bayar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1750</v>
+        <v>65</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>8683672860374</t>
+          <t>9786052365809</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 20 Kitap</t>
+          <t>Cumhuriyet'e Ruh Veren Adam Ziya Gökalp</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>2000</v>
+        <v>420</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>8683672860381</t>
+          <t>9786052365816</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 50 Kitap</t>
+          <t>Muazzam Muazzez</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>5000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>8683672860398</t>
+          <t>9786052365793</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Hayatlar – 40 Kitap</t>
+          <t>Kökü Mazide Olan Ati: Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>4000</v>
+        <v>45</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>8683672860169</t>
+          <t>9786052365762</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Asrın Dahileri – 30 Kitap</t>
+          <t>Yunus Emre Şiirleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>3000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>8683672860053</t>
+          <t>9786257658676</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 50 Kitap Takım</t>
+          <t>Türkistan Piri Hoca Ahmet Yesevi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>7500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>8683672860060</t>
+          <t>9786052365656</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 40 Kitap Takım</t>
+          <t>Türkler ve İslamiyet</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>6000</v>
+        <v>70</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>8683672860077</t>
+          <t>9786052365496</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 30 Kitap Takım</t>
+          <t>Mareşal Fevzi Çakmak</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>5000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>8683672860084</t>
+          <t>9786052365489</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 20 Kitap Takım</t>
+          <t>Milli Mücadele Kahramanı İsmet İnönü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>3500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>8683672860091</t>
+          <t>9786257145831</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Klasik Romanlar - 10 Kitap Takım</t>
+          <t>Bilinmeyen Yönleriyle Peygamberler Tarihi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786258147896</t>
+          <t>9786257145411</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
+          <t>Süper Aktivite Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258147889</t>
+          <t>9786257133456</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kod: Ayasofya</t>
+          <t>Zeka Geliştirici Soru Bankası (8 Kitap)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>270</v>
+        <v>458.33</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786258147858</t>
+          <t>9786257145824</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ol'an</t>
+          <t>Türk’ün Tarihi Kitap Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258147841</t>
+          <t>9786059828635</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kente Mektuplar</t>
+          <t>Dehanın Kodları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786258147834</t>
+          <t>9786059828642</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Diren Demokrasi</t>
+          <t>Kurtuluştan Kurtuluşa Atatürk</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258147827</t>
+          <t>9786052365953</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Güneş Ufuktan Şimdi Doğar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786258147810</t>
+          <t>9786257182416</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Park Etme</t>
+          <t>Tarihe Yön Veren Mucitler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786258147797</t>
+          <t>9786257182423</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Gölgesinde</t>
+          <t>Tarihe Yön Veren Olaylar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258147803</t>
+          <t>9786257182430</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Oyunu</t>
+          <t>Tarihe Yön Veren Harika Yapılar</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786258147780</t>
+          <t>9786257182362</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünmenin Mucizeleri</t>
+          <t>Tarihe Yön Veren Dehalar</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786258147773</t>
+          <t>9786257182386</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
+          <t>Tarihe Yön Veren İlginç Tarihimiz</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786258147766</t>
+          <t>9786257182355</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
+          <t>Tarihe Yön Veren Bilim İnsanları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258147759</t>
+          <t>9786257182676</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
+          <t>Çocuklar İçin Tarihe Yön Verenler (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>430</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786258147537</t>
+          <t>9786257182454</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Din Adamları</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Zeka Kulesi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258147742</t>
+          <t>8683672868288</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ezilenlerin İslamı</t>
+          <t>Sherlock Holmes Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>340</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258147728</t>
+          <t>9786257658201</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Çöp Poşetindeki Hayaller</t>
+          <t>Gümüş Şimşek - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786258147704</t>
+          <t>9786257658300</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
+          <t>Gizemli Lanet - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258147711</t>
+          <t>9786259771151</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Gelişi Güzel</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258147735</t>
+          <t>9786257412353</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Zulüm ve Direniş</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258147599</t>
+          <t>9786259771120</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>Dikkat Dikkat</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258147278</t>
+          <t>9786259771168</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tutsağı</t>
+          <t>Atatürk ve Kadın Hakları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786258147261</t>
+          <t>9786259778594</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786258147568</t>
+          <t>9786259771144</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün İslam'a Hizmetleri</t>
+          <t>Antik Çağın Öğretmeni Platon</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258147544</t>
+          <t>9786259778556</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün De Çocukları Vardı</t>
+          <t>Haritaların Efendisi Piri Reis</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258147551</t>
+          <t>9786259778532</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Rauf Orbay</t>
+          <t>Tartışmalı Bilge Ömer Hayyam</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786258147506</t>
+          <t>9786259778518</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Misak-ı Milli</t>
+          <t>Yüzyılların Mimarı Mimar Sinan</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786258147513</t>
+          <t>9786259778549</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş'un Öncüleri</t>
+          <t>Acayip Bir Seyyah Evliya Çelebi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258147476</t>
+          <t>9786259778525</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Halide Edip Adıvar</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786258147490</t>
+          <t>9786257412582</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Gel Samsun’dan</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258147452</t>
+          <t>9786259771113</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kahramanlar</t>
+          <t>Kadim Kehanet Zethon</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786258147483</t>
+          <t>9786259771106</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yine Baharlar Gelecek</t>
+          <t>Aşk İyileştirir</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258147384</t>
+          <t>9786259778570</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılların Lideri Atatürk</t>
+          <t>Diğer Yanım</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786258147445</t>
+          <t>9786259778587</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ali Fuat Cebesoy</t>
+          <t>Nar Çiçeği Zamanı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258147421</t>
+          <t>8683672866598</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Smet İnönü</t>
+          <t>2025 Atatürk Gemici Duvar Takvimi - Gazi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258147414</t>
+          <t>9786256669567</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz Sözler</t>
+          <t>Mihra</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258147407</t>
+          <t>9786256669574</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kahramanlar</t>
+          <t>İlahi Dokunuş: Biyoenerji</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258147360</t>
+          <t>9786256669536</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
+          <t>Kod:02</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258147377</t>
+          <t>9786256669512</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sahne Arkası</t>
+          <t>İki Enerji Tek Ses</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258147353</t>
+          <t>9786256669529</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
+          <t>Sana Senden Mesaj Var</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258147346</t>
+          <t>9786256669482</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Korkma - Depremden Korunma Kılavuzu</t>
+          <t>Kurtar Beni!</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258147339</t>
+          <t>9786256669413</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Selanik’te Pembe Bir Ev</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258147322</t>
+          <t>9786256669390</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Rumeli’den Anadolu’ya Atatürk</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258147315</t>
+          <t>9786256669383</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Belgelerle Atatürk Gerçekleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786258147308</t>
+          <t>9786256669406</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Atatürk’ün Babası Olmak</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786258147285</t>
+          <t>9786256669284</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Atatürk’ün Annesi Olmak</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258147292</t>
+          <t>9786256669307</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Atatürk’ün Eşi Olmak</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786258147247</t>
+          <t>9786256669291</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Olay</t>
+          <t>Makbule Hanım - Atatürk’ün Makbuş’u Olmak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786258147230</t>
+          <t>9786256669345</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>İyi ki Varsın</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786258147216</t>
+          <t>9786256669222</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Timsah</t>
+          <t>Sosyal Hukuk Devleti</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258147254</t>
+          <t>9786256669239</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirsin</t>
+          <t>Ulusal Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>880</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786258147223</t>
+          <t>9786256669246</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal</t>
+          <t>Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786258147209</t>
+          <t>9786256669253</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Codes of Genius</t>
+          <t>Sadırdan Satırlara</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258147186</t>
+          <t>9786256669208</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Başarının Rotası Zafere İnananları Rotası</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786258147148</t>
+          <t>9786256669215</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>80 Yıllık Hatıralarım</t>
+          <t>Dijital Dünyada Güvende Kalmak - Hikayelerle İdeal Dijital Kullanımı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>480</v>
+        <v>260</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786258147117</t>
+          <t>9786256669178</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yar Mısın, Yara Mı?</t>
+          <t>Adım Adım Hamilelik Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258147094</t>
+          <t>9786256669185</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ayaklar</t>
+          <t>Mesnevi ile Terapi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258147087</t>
+          <t>9786258147100</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
+          <t>Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258147070</t>
+          <t>9786256669147</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Annelik Okulu</t>
+          <t>Gurbetten Sılaya Şiirler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258147049</t>
+          <t>9786059350884</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
+          <t>Ata ile Latife Hanımefendi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>850</v>
+        <v>360</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786258147018</t>
+          <t>9786059350525</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
+          <t>Atatürk ve İslam</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786257468992</t>
+          <t>9786257182294</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
+          <t>Atatürk ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786257468978</t>
+          <t>9786256669154</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Muğlalı'nın Romanı</t>
+          <t>Bak İşte Bahar Geldi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786257468718</t>
+          <t>9786256669123</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
+          <t>Yunanistan</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786257412216</t>
+          <t>9786256669130</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Mesnevisinden Öğütler</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786257658904</t>
+          <t>9786256669093</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Saklı Ekonomi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786257468008</t>
+          <t>9786256669116</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Charkes Darwin</t>
+          <t>Çocuk Kitabı Yazma Rehberi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786257412995</t>
+          <t>9786256669109</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Descartes</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257412728</t>
+          <t>9786256669055</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kartalın Pençesinde</t>
+          <t>Cumhuriyet Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786257412223</t>
+          <t>9786256669062</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Türkçe Dualar</t>
+          <t>Atatürk Modeli Ekonomi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>7862570654983</t>
+          <t>9786258147988</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Masal Kuşağı</t>
+          <t>Terapi Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258147032</t>
+          <t>9786256669048</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Cumhuriyet Kadını</t>
+          <t>Mesnevi Işığında Kuantum</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258147063</t>
+          <t>9786256669024</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Adalet</t>
+          <t>Güllerinden Doğmak</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257145732</t>
+          <t>9786256669031</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik - Çarpma İşlemleri</t>
+          <t>Çocuğumun Koçuyum</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>8683672814537</t>
+          <t>9786256669017</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
+          <t>Ben Senin Kızınım</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258147025</t>
+          <t>9786258147971</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
+          <t>Küçük Prens Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>6010613387348</t>
+          <t>9786256669000</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne Serisi (10 Kitap)</t>
+          <t>Kolay Hayattan Güçlü Hikaye Çıkmaz</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>1000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258147155</t>
+          <t>9786258147995</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzey Macerası</t>
+          <t>Huzur Seninle Başlar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258147162</t>
+          <t>6010616112114</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Yaz'a Özel Eşsiz Çocuk Öyküleri Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258147001</t>
+          <t>6010609942933</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Deniz Gezmiş</t>
+          <t>Fikir İnsanları Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>370</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>8683672813851</t>
+          <t>9786258147865</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 15 Kitap Takım</t>
+          <t>Çiz Rahatla</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>1300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786257468985</t>
+          <t>9786258147520</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk</t>
+          <t>Celal Bayar</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786257182959</t>
+          <t>9786258147957</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>40' ında 40 Kadın</t>
+          <t>Atatürk Günlüğü - A5 (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786257468961</t>
+          <t>9786258147919</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Nasıl Savunulur?</t>
+          <t>Evrenin Savaşçısı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786257468848</t>
+          <t>9786258147933</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Yorumcusu - İbn Rüşd</t>
+          <t>Kelebekli Papatya Pastanesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>0731559440312</t>
+          <t>9786258147940</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
+          <t>Mutfak Masası - Erdemli İnsanın İzinde</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786257468725</t>
+          <t>9786258147926</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Aslında Ne Oldu?</t>
+          <t>Direnişin Aşkı - Nurhak Dağı Efsanesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786257468824</t>
+          <t>9786258147902</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786257468787</t>
+          <t>9786258147872</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan İlginç Olaylar</t>
+          <t>Her Güne Bir Hatıra - Atatürk Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786257468794</t>
+          <t>8683672860176</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
+          <t>Felsefe ve Bilimin Öncüleri – 10 Kitap</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>190</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786257468817</t>
+          <t>8683672860374</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
+          <t>Asrın Dahileri – 20 Kitap</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>180</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786257468763</t>
+          <t>8683672860381</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
+          <t>Unutulmaz Hayatlar – 50 Kitap</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>180</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786257468749</t>
+          <t>8683672860398</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
+          <t>Unutulmaz Hayatlar – 40 Kitap</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>190</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786257468756</t>
+          <t>8683672860169</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
+          <t>Asrın Dahileri – 30 Kitap</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>180</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786257468732</t>
+          <t>8683672860053</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
+          <t>Klasik Romanlar - 50 Kitap Takım</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>170</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786257468800</t>
+          <t>8683672860060</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Büyük Dehalar</t>
+          <t>Klasik Romanlar - 40 Kitap Takım</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>190</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786257468770</t>
+          <t>8683672860077</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakan Bilim İnsanları</t>
+          <t>Klasik Romanlar - 30 Kitap Takım</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>180</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>0667228201307</t>
+          <t>8683672860084</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetin Kurucuları Kitap Seti</t>
+          <t>Klasik Romanlar - 20 Kitap Takım</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>800</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786257522151</t>
+          <t>8683672860091</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
+          <t>Klasik Romanlar - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>300</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786257522137</t>
+          <t>9786258147896</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kristal Tıpa</t>
+          <t>100. Yıl'a Özel Çocuklar için Nutuk</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786257522144</t>
+          <t>9786258147889</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Kibar Hırsız</t>
+          <t>Kod: Ayasofya</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257522120</t>
+          <t>9786258147858</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lupen - Oyuk İğne</t>
+          <t>Ol'an</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786257468701</t>
+          <t>9786258147841</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kayı Beyi Ertuğrul Gazi</t>
+          <t>Kente Mektuplar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786257468695</t>
+          <t>9786258147834</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
+          <t>Diren Demokrasi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786257468688</t>
+          <t>9786258147827</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C523" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257468657</t>
+          <t>9786258147810</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Hayatı Park Etme</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786257468664</t>
+          <t>9786258147797</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis</t>
+          <t>Savaşın Gölgesinde</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257468671</t>
+          <t>9786258147803</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Demokrasi Oyunu</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257468626</t>
+          <t>9786258147780</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal'den Atatürk'e</t>
+          <t>Olumlu Düşünmenin Mucizeleri</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786257468589</t>
+          <t>9786258147773</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
+          <t>Uyandıran Güç - Hipnotik Hikayeler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786257468282</t>
+          <t>9786258147766</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Ecco Homo</t>
+          <t>Çocuklarla Temas Eden Herkes İçin Ebeveyn Okulu</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257468084</t>
+          <t>9786258147759</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Veba</t>
+          <t>Cumhuriyet'in 100. Yılında Kurucu Kahraman</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786257468619</t>
+          <t>9786258147537</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Kahraman Din Adamları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786257468565</t>
+          <t>9786258147742</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Şark Fatihi - Kazım Karabekir</t>
+          <t>Ezilenlerin İslamı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786257468633</t>
+          <t>9786258147728</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam</t>
+          <t>Çöp Poşetindeki Hayaller</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257468596</t>
+          <t>9786258147704</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Olarak Atatürk</t>
+          <t>Yaz - Yüzleş - İyileş - Dönüş - Yazarak Şifalan</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257468572</t>
+          <t>9786258147711</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
+          <t>Gelişi Güzel</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257468015</t>
+          <t>9786258147735</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie</t>
+          <t>Zulüm ve Direniş</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257412605</t>
+          <t>9786258147599</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Yön Veren Kadınlar</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786257468527</t>
+          <t>9786258147278</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırının Siyah Tonu Malcolm X</t>
+          <t>Kafkas Tutsağı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257468534</t>
+          <t>9786258147261</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257468558</t>
+          <t>9786258147568</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Son Veda</t>
+          <t>Atatürk’ün İslam'a Hizmetleri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257468497</t>
+          <t>9786258147544</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi</t>
+          <t>Atatürk’ün De Çocukları Vardı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257468503</t>
+          <t>9786258147551</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Devlet Hazinesi</t>
+          <t>Rauf Orbay</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257468510</t>
+          <t>9786258147506</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Göktanrı’dan İslamiyet’e</t>
+          <t>Misak-ı Milli</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257468398</t>
+          <t>9786258147513</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirilmiş Parlamento Sistemi</t>
+          <t>Kurtuluş'un Öncüleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257412780</t>
+          <t>9786258147476</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
+          <t>Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786257412797</t>
+          <t>9786258147490</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
+          <t>Bir Daha Gel Samsun’dan</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786257468367</t>
+          <t>9786258147452</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
+          <t>Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257468374</t>
+          <t>9786258147483</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>İkinci Öğretmen Farabi</t>
+          <t>Yine Baharlar Gelecek</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257468343</t>
+          <t>9786258147384</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Nelson Mandela</t>
+          <t>Yüzyılların Lideri Atatürk</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257468350</t>
+          <t>9786258147445</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Ali Fuat Cebesoy</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257468091</t>
+          <t>9786258147421</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
+          <t>Smet İnönü</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257468336</t>
+          <t>9786258147414</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
+          <t>Ölümsüz Sözler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257468275</t>
+          <t>9786258147407</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Sofra Sırları - Hatıralarla Atatürk</t>
+          <t>Çocuk Kahramanlar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257468299</t>
+          <t>9786258147360</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
+          <t>Ne Olur İstanbul ve Marmara’da Deprem Olmasın!</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257468329</t>
+          <t>9786258147377</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Askeri Deha - Hatıralarla Atatürk</t>
+          <t>Sahne Arkası</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>0667228197815</t>
+          <t>9786258147353</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
+          <t>Göçük Altında - Yaşanmış Gerçek Deprem Öyküleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257468138</t>
+          <t>9786258147346</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
+          <t>Korkma - Depremden Korunma Kılavuzu</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257468046</t>
+          <t>9786258147339</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Koğuş</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257468039</t>
+          <t>9786258147322</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257468022</t>
+          <t>9786258147315</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257468114</t>
+          <t>9786258147308</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257468060</t>
+          <t>9786258147285</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257468053</t>
+          <t>9786258147292</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen Sevgi</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257468107</t>
+          <t>9786258147247</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Tatsız Bir Olay</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257468077</t>
+          <t>9786258147230</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257412179</t>
+          <t>9786258147216</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Timsah</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257412209</t>
+          <t>9786258147254</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi</t>
+          <t>Yapabilirsin</t>
         </is>
       </c>
       <c r="C567" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257412834</t>
+          <t>9786258147223</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
+          <t>Hoşçakal</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257412773</t>
+          <t>9786258147209</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Adam Nietzsche</t>
+          <t>Codes of Genius</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257412766</t>
+          <t>9786258147186</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257412704</t>
+          <t>9786258147148</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
+          <t>80 Yıllık Hatıralarım</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257412681</t>
+          <t>9786258147117</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kısa Hikayeler</t>
+          <t>Yar Mısın, Yara Mı?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257412698</t>
+          <t>9786258147094</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Yalın Ayaklar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257412667</t>
+          <t>9786258147087</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Kurtuluşun Ve Kuruluşun Önderi Atatürk</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257412643</t>
+          <t>9786258147070</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Uygulamalı Annelik Okulu</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257412636</t>
+          <t>9786258147049</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - Sosyal Devlet</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257412650</t>
+          <t>9786258147018</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Doğudaki Hayalet</t>
+          <t>Gazi Mustafa Kemal Atatürk’ün Stratejik Liderliği Işığında - İdeal Devlet Örgütü</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257412629</t>
+          <t>9786257468992</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Serserileri</t>
+          <t>Ulusal Kalkınma Acil Master Eylem Planı</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257412674</t>
+          <t>9786257468978</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Mustafa Muğlalı'nın Romanı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257412575</t>
+          <t>9786257468718</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Platon</t>
+          <t>Muhteşem Sadrazam - Sokullu Mehmed Paşa</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257412599</t>
+          <t>9786257412216</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>İbn-i Sina</t>
+          <t>Mevlana'nın Mesnevisinden Öğütler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257412568</t>
+          <t>9786257658904</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>7. Replik</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257658508</t>
+          <t>9786257468008</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Charkes Darwin</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257412537</t>
+          <t>9786257412995</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Descartes</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257412490</t>
+          <t>9786257412728</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kartalın Pençesinde</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257412513</t>
+          <t>9786257412223</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Hayatın İçinden Türkçe Dualar</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257412544</t>
+          <t>7862570654983</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Masal Kuşağı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257412520</t>
+          <t>9786258147032</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Çağdaş Cumhuriyet Kadını</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257658591</t>
+          <t>9786258147063</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Adalet</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257658607</t>
+          <t>9786257145732</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Akıllı Matematik - Çarpma İşlemleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257412506</t>
+          <t>8683672814537</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Hikayeli - Örnekli Korsan Maceraları Boyama Kitabı Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257658577</t>
+          <t>9786258147025</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kalpaksız Kuvvayı Milliyeci Uğur Mumcu</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257658553</t>
+          <t>6010613387348</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Jules Verne Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257658522</t>
+          <t>9786258147155</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Efendi İle Uşak</t>
+          <t>Bir Kuzey Macerası</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257412551</t>
+          <t>9786258147162</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Olmayan Düşünür Sokrates</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257658416</t>
+          <t>9786258147001</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Türkçe Meali</t>
+          <t>Bitmeyen Deniz Gezmiş</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257412261</t>
+          <t>8683672813851</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Stefan Zweig 15 Kitap Takım</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>140</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257658768</t>
+          <t>9786257468985</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmibin Fersah</t>
+          <t>Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257412155</t>
+          <t>9786257182959</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Beyni Çalınan Adam Albert Einstein</t>
+          <t>40' ında 40 Kadın</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257412148</t>
+          <t>9786257468961</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
+          <t>Cumhuriyet Nasıl Savunulur?</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257412162</t>
+          <t>9786257468848</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Bağımlı Bir Dahi Sigmund Freud</t>
+          <t>Bilimin Yorumcusu - İbn Rüşd</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257658911</t>
+          <t>0731559440312</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Tarihteki Dindar Zalimler</t>
+          <t>Tarihte İz Bırakanlar Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257658898</t>
+          <t>9786257468725</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Aslında Ne Oldu?</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257658805</t>
+          <t>9786257468824</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257658881</t>
+          <t>9786257468787</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Son Başkent Ankara</t>
+          <t>Tarihte İz Bırakan İlginç Olaylar</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257658843</t>
+          <t>9786257468794</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Büyük Komutanlar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257658850</t>
+          <t>9786257468817</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Mucitler ve Buluşlar</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257658829</t>
+          <t>9786257468763</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Liderler ve Yöneticiler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257658812</t>
+          <t>9786257468749</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Sıradışı Felaketler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257658867</t>
+          <t>9786257468756</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Olağanüstü Yapıtlar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257658836</t>
+          <t>9786257468732</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
+          <t>Tarihte İz Bırakan Unutulmaz Olaylar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257658492</t>
+          <t>9786257468800</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Tarihte İz Bırakan Büyük Dehalar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>8683672837123</t>
+          <t>9786257468770</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
+          <t>Tarihte İz Bırakan Bilim İnsanları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257658799</t>
+          <t>0667228201307</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
+          <t>Medeniyetin Kurucuları Kitap Seti</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257658621</t>
+          <t>9786257522151</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Arsen Lüpen - Herlock Sholmes’e Karşı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257658485</t>
+          <t>9786257522137</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Arsen Lupen - Kristal Tıpa</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257658478</t>
+          <t>9786257522144</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Arsen Lupen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257658560</t>
+          <t>9786257522120</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Arsen Lupen - Oyuk İğne</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257658584</t>
+          <t>9786257468701</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Kayı Beyi Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257658614</t>
+          <t>9786257468695</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Yüreği Yüzünden Güzel Tarık Akan</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257658539</t>
+          <t>9786257468688</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Denizlerin Fatihi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257658423</t>
+          <t>9786257468657</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Hayat Şifreleri</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257658461</t>
+          <t>9786257468664</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx</t>
+          <t>Piri Reis</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257658454</t>
+          <t>9786257468671</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257658386</t>
+          <t>9786257468626</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Mustafa Kemal'den Atatürk'e</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257658362</t>
+          <t>9786257468589</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Geçmişten Günümüze Türk Müslümanlığı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257658379</t>
+          <t>9786257468282</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Ecco Homo</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257658317</t>
+          <t>9786257468084</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Kızıl Veba</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257658324</t>
+          <t>9786257468619</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257658331</t>
+          <t>9786257468565</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Şark Fatihi - Kazım Karabekir</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257658348</t>
+          <t>9786257468633</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Ömer Hayyam</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257658355</t>
+          <t>9786257468596</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Bir İnsan Olarak Atatürk</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>6010634820862</t>
+          <t>9786257468572</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
+          <t>Çanakkale’nin Unutulmaz Kahramanları</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>1250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257658409</t>
+          <t>9786257468015</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
+          <t>Marie Curie</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257658393</t>
+          <t>9786257412605</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Dönem Ödevi</t>
+          <t>Dünyaya Yön Veren Kadınlar</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257658256</t>
+          <t>9786257468527</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
+          <t>Başkaldırının Siyah Tonu Malcolm X</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257658232</t>
+          <t>9786257468534</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kadına Göre Aşk</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257658249</t>
+          <t>9786257468558</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Sevgili</t>
+          <t>Son Veda</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257658270</t>
+          <t>9786257468497</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Adam - Sherlock Holmes</t>
+          <t>Evliya Çelebi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257658287</t>
+          <t>9786257468503</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Atatürk ve Devlet Hazinesi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257658294</t>
+          <t>9786257468510</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gelin - Sherlock Holmes</t>
+          <t>Göktanrı’dan İslamiyet’e</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257658065</t>
+          <t>9786257468398</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Güçlendirilmiş Parlamento Sistemi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257658041</t>
+          <t>9786257412780</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Tarihi Belgelerle Ermeni Soykırım Yalanı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257658058</t>
+          <t>9786257412797</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
+          <t>Osmanlı ve Cumhuriyet Tarihi'nde Kürt İsyanları</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257658072</t>
+          <t>9786257468367</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Suikastlerin ve Darağacının Gölgesinde İttihatçılar ve Mustafa Kemal</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257658089</t>
+          <t>9786257468374</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>İkinci Öğretmen Farabi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257658034</t>
+          <t>9786257468343</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
+          <t>Nelson Mandela</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257658188</t>
+          <t>9786257468350</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mazarin Elması - Sherlock Holmes</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257658195</t>
+          <t>9786257468091</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>İşgal, Suikast ve Aşk Atatürk ve İzmir</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257658171</t>
+          <t>9786257468336</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Ev - Sherlock Holmes</t>
+          <t>Anadolu Güneşi - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257658225</t>
+          <t>9786257468275</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Altı Napolyon - Sherlock Holmes</t>
+          <t>Sofra Sırları - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257658218</t>
+          <t>9786257468299</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Brilston Faciası - Sherlock Holmes</t>
+          <t>Çankaya Yolunda - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257658164</t>
+          <t>9786257468329</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Askeri Deha - Hatıralarla Atatürk</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257658119</t>
+          <t>0667228197815</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Hatıralarla Atatürk Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257658133</t>
+          <t>9786257468138</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Direnişin Suskun Sesi Mahatma Gandhi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257658140</t>
+          <t>9786257468046</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Altıncı Koğuş</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257658096</t>
+          <t>9786257468039</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257182850</t>
+          <t>9786257468022</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257182867</t>
+          <t>9786257468114</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257182829</t>
+          <t>9786257468060</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>40 Yaş</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257182836</t>
+          <t>9786257468053</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
+          <t>Her Şeye Rağmen Sevgi</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257182843</t>
+          <t>9786257468107</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Peygamber</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257182478</t>
+          <t>9786257468077</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257182461</t>
+          <t>9786257412179</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257182485</t>
+          <t>9786257412209</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
+          <t>Mevlana Celaleddin Rumi</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257182645</t>
+          <t>9786257412834</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
+          <t>İbn-i Haldun - Sosyolojinin Kurucusu</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257182799</t>
+          <t>9786257412773</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Sorgulayan Adam Nietzsche</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257182805</t>
+          <t>9786257412766</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>İmmanuel Kant - Eleştirel Felsefenin Babası</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257182492</t>
+          <t>9786257412704</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
+          <t>Saklı Gerçekler - Dersim'den Tunceli'ye</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257182812</t>
+          <t>9786257412681</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Kriz</t>
+          <t>Kısa Hikayeler</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257182775</t>
+          <t>9786257412698</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Işığında Türkiye</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257182737</t>
+          <t>9786257412667</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Bugüne Azerbaycan</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257182751</t>
+          <t>9786257412643</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257182720</t>
+          <t>9786257412636</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257182324</t>
+          <t>9786257412650</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Doğudaki Hayalet</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257182683</t>
+          <t>9786257412629</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Demiryolu Serserileri</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257182690</t>
+          <t>9786257412674</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257182713</t>
+          <t>9786257412575</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Platon</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257182546</t>
+          <t>9786257412599</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu - Okula Gidiyorum</t>
+          <t>İbn-i Sina</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257182638</t>
+          <t>9786257412568</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>4 İşlem - Okula Gidiyorum</t>
+          <t>7. Replik</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257182607</t>
+          <t>9786257658508</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar - Okula Gidiyorum</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257182584</t>
+          <t>9786257412537</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Okula Gidiyorum</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257182553</t>
+          <t>9786257412490</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Şekiller - Okula Gidiyorum</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257182577</t>
+          <t>9786257412513</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Saatler - Okula Gidiyorum</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257182621</t>
+          <t>9786257412544</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Alfabe - Okula Gidiyorum</t>
+          <t>Bir Yufka Yürekli</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257182447</t>
+          <t>9786257412520</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrim Gibi Aklımdasın</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257182393</t>
+          <t>9786257658591</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Komutanlar</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257182409</t>
+          <t>9786257658607</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Liderler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257182379</t>
+          <t>9786257412506</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Felaketler</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257182331</t>
+          <t>9786257658577</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Yolu</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257182348</t>
+          <t>9786257658553</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Katar İstanbul</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257182300</t>
+          <t>9786257658522</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı</t>
+          <t>Efendi İle Uşak</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257182225</t>
+          <t>9786257412551</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçıların Kaleminden Atatürk</t>
+          <t>Kitabı Olmayan Düşünür Sokrates</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257182249</t>
+          <t>9786257658416</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Özgüven</t>
+          <t>Kur'an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257182256</t>
+          <t>9786257412261</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Mutluluk</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257182263</t>
+          <t>9786257658768</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Çikolata Dünyası</t>
+          <t>Denizler Altında Yirmibin Fersah</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257182270</t>
+          <t>9786257412155</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ekip - Cesaret</t>
+          <t>Beyni Çalınan Adam Albert Einstein</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257182218</t>
+          <t>9786257412148</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
+          <t>Delilik ve Dahilik Arasında Nikola Tesla</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257182188</t>
+          <t>9786257412162</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
+          <t>Bağımlı Bir Dahi Sigmund Freud</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>70</v>
+        <v>290</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257145817</t>
+          <t>9786257658911</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Süper Kodlama</t>
+          <t>Tarihteki Dindar Zalimler</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257145763</t>
+          <t>9786257658898</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257145749</t>
+          <t>9786257658805</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257182072</t>
+          <t>9786257658881</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
+          <t>Son Başkent Ankara</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257182058</t>
+          <t>9786257658843</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Liseye Bir Kala! - Sihirli Günlük</t>
+          <t>İstanbul'dan Erzurum'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257182089</t>
+          <t>9786257658850</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
+          <t>Sakarya'dan İzmir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257182065</t>
+          <t>9786257658829</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Kalem! - Sihirli Günlük</t>
+          <t>Selanik'ten Harbiye'ye Dahi Atatürk</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257145992</t>
+          <t>9786257658812</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
+          <t>Şam'dan İstanbul'a Dahi Atatürk</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257145985</t>
+          <t>9786257658867</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Matematik (5 Kitap Takım)</t>
+          <t>Çankaya'dan Anıtkabir'e Dahi Atatürk</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>1000</v>
+        <v>260</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257145480</t>
+          <t>9786257658836</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Harf Çalışmaları</t>
+          <t>Erzurum'dan Ankara'ya Dahi Atatürk</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257145541</t>
+          <t>9786257658492</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257145510</t>
+          <t>8683672837123</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sayılar</t>
+          <t>Dahi Atatürk Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>60</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257145527</t>
+          <t>9786257658799</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Renkler</t>
+          <t>Şeyh Bedreddin - Darağacında Aşk ve İsyan</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257145169</t>
+          <t>9786257658621</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Neden Niçin Nasıl</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257145176</t>
+          <t>9786257658485</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Mucitler</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257145183</t>
+          <t>9786257658478</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Kaşifler</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257145206</t>
+          <t>9786257658560</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İcatlar</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257145237</t>
+          <t>9786257658584</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Deniz Altında Yaşam</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257145145</t>
+          <t>9786257658614</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257145299</t>
+          <t>9786257658539</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257145268</t>
+          <t>9786257658423</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Hz. Peygamber’in Hayat Şifreleri</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257145282</t>
+          <t>9786257658461</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Karl Marx</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257145312</t>
+          <t>9786257658454</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257145305</t>
+          <t>9786257658386</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257065719</t>
+          <t>9786257658362</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Üvey Evlat</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257133944</t>
+          <t>9786257658379</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257658690</t>
+          <t>9786257658317</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257133265</t>
+          <t>9786257658324</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257065412</t>
+          <t>9786257658331</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Masal Feneri</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257065559</t>
+          <t>9786257658348</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257065566</t>
+          <t>9786257658355</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Masal Sandığı</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257065528</t>
+          <t>6010634820862</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati</t>
+          <t>Stefan Zweig Seti (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>80</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257065535</t>
+          <t>9786257658409</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Masal Vakti</t>
+          <t>Müslüman Kardeşler’den Ak Parti’ye İslamcılık</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257065542</t>
+          <t>9786257658393</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Masal Şehri</t>
+          <t>Dönem Ödevi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>80</v>
+        <v>330</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257065511</t>
+          <t>9786257658256</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Masal Parkı</t>
+          <t>Eyvah! Aşk Varsa Sırada Evlilik de Var!</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257065504</t>
+          <t>9786257658232</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Masal Mevsimi</t>
+          <t>Kadına Göre Aşk</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257065481</t>
+          <t>9786257658249</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu</t>
+          <t>Hayalet Sevgili</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>80</v>
+        <v>260</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257065467</t>
+          <t>9786257658270</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Masal Kulesi</t>
+          <t>Tepedeki Adam - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257065474</t>
+          <t>9786257658287</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Masal Köşkü</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257065443</t>
+          <t>9786257658294</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Masal Kapısı</t>
+          <t>Kayıp Gelin - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257065436</t>
+          <t>9786257658065</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Masal Kalesi</t>
+          <t>Korsan Gemisi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257065382</t>
+          <t>9786257658041</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Masal Demeti</t>
+          <t>Korsanın Hazinesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257065375</t>
+          <t>9786257658058</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Masal Bahçesi</t>
+          <t>Korsan Kayalığı - Hikaye Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257065696</t>
+          <t>9786257658072</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Korsan Çetesi - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257065733</t>
+          <t>9786257658089</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs Sonrası</t>
+          <t>İskelet Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257065573</t>
+          <t>9786257658034</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Son Korsanlar - Hikayeli Örnekli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257065672</t>
+          <t>9786257658188</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
+          <t>Mazarin Elması - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257065627</t>
+          <t>9786257658195</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Origami / Uygulama - Alıştırma Kitabı</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257065610</t>
+          <t>9786257658171</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
+          <t>Sessiz Ev - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257065580</t>
+          <t>9786257658225</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
+          <t>Altı Napolyon - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257065634</t>
+          <t>9786257658218</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
+          <t>Brilston Faciası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9978625706565</t>
+          <t>9786257658164</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786058038608</t>
+          <t>9786257658119</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052365618</t>
+          <t>9786257658133</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786257658515</t>
+          <t>9786257658140</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786059828666</t>
+          <t>9786257658096</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yolculuk</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786058054394</t>
+          <t>9786257182850</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
+          <t>Afrika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 1</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786257065313</t>
+          <t>9786257182867</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Harfler Sayılar</t>
+          <t>Amerika Kıtası Ülkeleri - Ülkeler ve Kıtalar Atlası 2</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786257065252</t>
+          <t>9786257182829</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Labirent ve Şifreler</t>
+          <t>40 Yaş</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786257065269</t>
+          <t>9786257182836</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Tekil - Çoğul</t>
+          <t>Kemalizmin Centilmen Devrimcisi Ahmet Taner Kışlalı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786257065276</t>
+          <t>9786257182843</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Toplama</t>
+          <t>Devrimci Peygamber</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786257065221</t>
+          <t>9786257182478</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Konum Bulmaca</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Bulmacalar</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786257065238</t>
+          <t>9786257182461</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Simetri Kavramı</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Görsel - Sayısal Zeka</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786257065245</t>
+          <t>9786257182485</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Algı Geliştirme</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Eşleştirmeler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786058038677</t>
+          <t>9786257182645</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786058038684</t>
+          <t>9786257182799</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
+          <t>Mantık Kurma Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786257065092</t>
+          <t>9786257182805</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
+          <t>Kodlamaya Giriş Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786257658720</t>
+          <t>9786257182492</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’in Çocukları</t>
+          <t>Sağ-Sol Beyin Geliştirme Etkinlikleri Kodlama Olimpiyatları</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786257658706</t>
+          <t>9786257182812</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Macellanya</t>
+          <t>Bitmeyen Kriz</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786257658713</t>
+          <t>9786257182775</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Karpatların Şatosu</t>
+          <t>Milli Mücadele Işığında Türkiye</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786257658737</t>
+          <t>9786257182737</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Keraban</t>
+          <t>Atatürk’ten Bugüne Azerbaycan</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786257658744</t>
+          <t>9786257182751</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sarı Tuna</t>
+          <t>Bursa'dan Kore'ye 80 Yıllık Öykü</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786257658751</t>
+          <t>9786257182720</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786257658775</t>
+          <t>9786257182324</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Buzlar Sfenksi</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786257658782</t>
+          <t>9786257182683</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786257065108</t>
+          <t>9786257182690</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ötekileştirme</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786257065078</t>
+          <t>9786257182713</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Persona Non Grata - İstenmeyen Kişi</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786056980442</t>
+          <t>9786257182546</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
+          <t>Çarpım Tablosu - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786056980404</t>
+          <t>9786257182638</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Mağaraya Sızan Işık</t>
+          <t>4 İşlem - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786056980411</t>
+          <t>9786257182607</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Yolu</t>
+          <t>Kavramlar - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786058038615</t>
+          <t>9786257182584</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
+          <t>Renkler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786058054332</t>
+          <t>9786257182553</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Mazbata</t>
+          <t>Şekiller - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786058054318</t>
+          <t>9786257182577</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Adalet Manifestosu</t>
+          <t>Saatler - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786059828659</t>
+          <t>9786257182621</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mustafam</t>
+          <t>İngilizce Alfabe - Okula Gidiyorum</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>440</v>
+        <v>60</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786257412391</t>
+          <t>9786257182447</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Bir Devrim Gibi Aklımdasın</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786257412384</t>
+          <t>9786257182393</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Tarihe Yön Veren Komutanlar</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786257412377</t>
+          <t>9786257182409</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Tarihe Yön Veren Liderler</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052365946</t>
+          <t>9786257182379</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İç</t>
+          <t>Tarihe Yön Veren Felaketler</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786257412124</t>
+          <t>9786257182331</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Dadaloğlu</t>
+          <t>Türk’ün Yolu</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052365885</t>
+          <t>9786257182348</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Sopanın Ucundaki Müttefik</t>
+          <t>Katar İstanbul</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052365878</t>
+          <t>9786257182300</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Cahit Sıtkı Tarancı</t>
+          <t>Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786257412186</t>
+          <t>9786257182225</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Edebiyatçıların Kaleminden Atatürk</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052365700</t>
+          <t>9786257182249</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Böyle Gitmez</t>
+          <t>Çılgın Ekip - Özgüven</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052365694</t>
+          <t>9786257182256</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
+          <t>Çılgın Ekip - Mutluluk</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052365441</t>
+          <t>9786257182263</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Arayan Türkiye</t>
+          <t>Çılgın Ekip - Çikolata Dünyası</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052365588</t>
+          <t>9786257182270</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
+          <t>Çılgın Ekip - Cesaret</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052365649</t>
+          <t>9786257182218</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Memleketim</t>
+          <t>Bay Geveze - Okul mu? Ben Hallederim</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786257412360</t>
+          <t>9786257182188</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Bay Geveze - Küçük Büyük Dünyalar</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052365472</t>
+          <t>9786257145817</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Anatomisi: Fetret</t>
+          <t>Kodlamaya Giriş - Süper Kodlama</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052365502</t>
+          <t>9786257145763</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hay Aksi! Aldatıldık</t>
+          <t>Kodlamaya Giriş - Neşeli Kodlama</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786259778501</t>
+          <t>9786257145749</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıllık Hesaplaşma Lozan</t>
+          <t>Kodlamaya Giriş - Eğlenceli Kodlama</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052365434</t>
+          <t>9786257182072</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Üniversiteye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052365427</t>
+          <t>9786257182058</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Nutuk ve Sırları</t>
+          <t>Liseye Bir Kala! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052365328</t>
+          <t>9786257182089</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi: İhanet</t>
+          <t>Yeni Bir Başlangıç - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052365298</t>
+          <t>9786257182065</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Masal Köyü</t>
+          <t>Büyülü Kalem! - Sihirli Günlük</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052365250</t>
+          <t>9786257145992</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Masal Günü</t>
+          <t>Kodlamaya Giriş (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052365236</t>
+          <t>9786257145985</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Masal İksiri</t>
+          <t>Akıllı Matematik (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052365243</t>
+          <t>9786257145480</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Masal Alemi</t>
+          <t>İngilizce Harf Çalışmaları</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052365229</t>
+          <t>9786257145541</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Masal Denizi</t>
+          <t>A'dan Z'ye İngilizce İlk Kelimelerim 2</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052365311</t>
+          <t>9786257145510</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Masal Sarayı</t>
+          <t>İngilizce Sayılar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052365267</t>
+          <t>9786257145527</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Masal Krallığı</t>
+          <t>İngilizce Renkler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052365335</t>
+          <t>9786257145169</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye</t>
+          <t>Neden Niçin Nasıl</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052365212</t>
+          <t>9786257145176</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Mucitler</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052365069</t>
+          <t>9786257145183</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Zulüm</t>
+          <t>Keşifler Kaşifler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052365052</t>
+          <t>9786257145206</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim Arkadaşlar</t>
+          <t>İcatlar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786257412322</t>
+          <t>9786257145237</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine Masalları</t>
+          <t>Deniz Altında Yaşam</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257412339</t>
+          <t>9786257145145</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786257412346</t>
+          <t>9786257145299</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Kaptanlar</t>
+          <t>Gölge Eşleştirme ve Saat Kaç - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786257412247</t>
+          <t>9786257145268</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Saatler ve Resim Kopyalama - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257412254</t>
+          <t>9786257145282</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Resim Farklılıkları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257412278</t>
+          <t>9786257145312</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Nokta Çalışmaları ve Sudoku - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786257412230</t>
+          <t>9786257145305</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Farkları Bulun ve İngilizce Kelime Oyunları - Eğlenceli Süper Aktivite ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257412285</t>
+          <t>9786257065719</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Üvey Evlat</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786257412292</t>
+          <t>9786257133944</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Ötekiler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786257412308</t>
+          <t>9786257658690</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786257412315</t>
+          <t>9786257133265</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786257412421</t>
+          <t>9786257065412</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Masal Feneri</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786257412414</t>
+          <t>9786257065559</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Andersen'den Masallar</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786257412407</t>
+          <t>9786257065566</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Aya Yolculuk</t>
+          <t>Masal Sandığı</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059350938</t>
+          <t>9786257065528</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Gerçekleri</t>
+          <t>Masal Saati</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059350891</t>
+          <t>9786257065535</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Söz Konusu Vatan İse</t>
+          <t>Masal Vakti</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059350860</t>
+          <t>9786257065542</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Bayraklaşan Akif</t>
+          <t>Masal Şehri</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>470</v>
+        <v>80</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786257658546</t>
+          <t>9786257065511</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Masal Parkı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786257412742</t>
+          <t>9786257065504</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Faziletinde</t>
+          <t>Masal Mevsimi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786257412735</t>
+          <t>9786257065481</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+          <t>Masal Kutusu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>420</v>
+        <v>80</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059350501</t>
+          <t>9786257065467</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sü-Lale Devrİ</t>
+          <t>Masal Kulesi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>330</v>
+        <v>80</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
+          <t>9786257065474</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Masal Köşkü</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786257065443</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kapısı</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786257065436</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Masal Kalesi</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786257065382</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Masal Demeti</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786257065375</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Masal Bahçesi</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786257065696</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Tutulması</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786257065733</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Koronavirüs Sonrası</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786257065573</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Çizgiler ve Basit Şekiller / Uygulama - Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786257065672</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Saatler / Uygulama - Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786257065627</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Origami / Uygulama - Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786257065610</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>İlk Çizim Eğitimi - Çizim Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786257065580</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Dört İşlem - Uygulama Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786257065634</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Şekiller / Uygulama - Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9978625706565</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar 2 / Uygulama - Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786058038608</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Hazret' i Ali'den Çağımıza Altın Sözler</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786052365618</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk'tan Dersler Gençler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786257658515</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786059828666</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuza Yolculuk</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786058054394</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Hazreti Ali' den Hutbe ve Mektuplar</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786257065313</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Harfler Sayılar</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786257065252</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Labirent ve Şifreler</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786257065269</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Tekil - Çoğul</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786257065276</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Dikkat Toplama</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786257065221</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Konum Bulmaca</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786257065238</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Simetri Kavramı</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786257065245</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Algı Geliştirme</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786058038677</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Müminlerin Efendisi İmam-ı Ali - Beşeri Üstünlükleri</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786058038684</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Müminlerin Efendisi İmam-ı Ali - İmamet / Hilafet Gadir Hum</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786257065092</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Aleviler Atatürk’ü Neden Çok Sever</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786257658720</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Kaptan Grant’in Çocukları</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786257658706</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Macellanya</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786257658713</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Karpatların Şatosu</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786257658737</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>İnatçı Keraban</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786257658744</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Sarı Tuna</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786257658751</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Merkezine Seyahat</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786257658775</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Buzlar Sfenksi</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786257658782</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Balonla Beş Hafta</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786257065108</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Ötekileştirme</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786257065078</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Persona Non Grata - İstenmeyen Kişi</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786056980442</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Terekemeler: Kafkasların En Eski Günümüzün En Çağdaş Kavmi Kadim Bir Türk Boyu</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786056980404</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Mağaraya Sızan Işık</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786056980411</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>İktidarın Yolu</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786058038615</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Atatürk ve Milli Mücadele</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786058054332</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Mazbata</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786058054318</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Manifestosu</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786059828659</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Mustafam</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786257412391</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>David Copperfield</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786257412384</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Define Adası</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786257412377</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786052365946</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>İç</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786257412124</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Dadaloğlu</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786052365885</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Sopanın Ucundaki Müttefik</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786052365878</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Cahit Sıtkı Tarancı</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786257412186</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Karacaoğlan</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786052365700</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Gitmez</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786052365694</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Teşkilat - Milli İstihbarat'ın Gayri Resmi Tarihi</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786052365441</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Yönünü Arayan Türkiye</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786052365588</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Atatürk Hesaplaşma</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786052365649</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Memleketim</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786257412360</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786052365472</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dönemin Anatomisi: Fetret</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786052365502</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Hay Aksi! Aldatıldık</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786259778501</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Bin Yıllık Hesaplaşma Lozan</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786052365434</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786052365427</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk ve Sırları</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786052365328</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Bir Darbenin Anatomisi: İhanet</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786052365298</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Masal Köyü</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786052365250</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Masal Günü</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786052365236</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Masal İksiri</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786052365243</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Masal Alemi</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786052365229</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Masal Denizi</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786052365311</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Masal Sarayı</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786052365267</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Masal Krallığı</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786052365335</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Nereye</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786052365212</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Kumpas</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786052365069</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Zulüm</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786052365052</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyelim Arkadaşlar</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786257412322</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine Masalları</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786257412339</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786257412346</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Kaptanlar</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786257412247</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Üç Silahşörler</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786257412254</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Tom Sawyer</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786257412278</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Robin Hood</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786257412230</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786257412285</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786257412292</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Peter Pan</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786257412308</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Oliver Twist</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786257412315</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Prens</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786257412421</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Alis Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786257412414</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Andersen'den Masallar</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786257412407</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Aya Yolculuk</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786059350938</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İslamın Gerçekleri</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786059350891</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Söz Konusu Vatan İse</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786059350860</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Bayraklaşan Akif</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786257658546</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Milena’ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786257412742</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyetin Faziletinde</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786257412735</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Türkün Tarihi Hilalin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786059350501</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Sü-Lale Devrİ</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
           <t>9786059828895</t>
         </is>
       </c>
-      <c r="B836" s="1" t="inlineStr">
+      <c r="B934" s="1" t="inlineStr">
         <is>
           <t>Güne Başlarken</t>
         </is>
       </c>
-      <c r="C836" s="1">
+      <c r="C934" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>