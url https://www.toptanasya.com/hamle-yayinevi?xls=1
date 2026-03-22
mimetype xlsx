--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -85,745 +85,1105 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058445611</t>
+          <t>9789755410128</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak (İmtihandır) Sorumluluk İster</t>
+          <t>Gönül Dalgaları (Rubailer)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755411149</t>
+          <t>3990000027172</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Çizgisinde Üçüncü Yol</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056625008</t>
+          <t>3990000027170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sığınağım</t>
+          <t>Dünüyle Bügünüyle Kıbrıs Türkleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058445604</t>
+          <t>3990000027165</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Çınardın Baba</t>
+          <t>Türklüğün Sembolü Bozkurt</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058843738</t>
+          <t>3990000027161</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>100 Yıl Sonra Cumhuriyetle Yüzleşme</t>
+          <t>Mehmed Feyzi Efendi'den Feyizler 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786250015964</t>
+          <t>3990000017745</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gök Kıble Soyu Türkler</t>
+          <t>Türk Milliyetçiliğinin Meseleleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056592966</t>
+          <t>3990000017829</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küresel Teo - Politika ve Jeo - Teoloji Judeo-Hristiyan Fundamentalizmi</t>
+          <t>Türkiye'de Öğrenci Hareketleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2880000008019</t>
+          <t>9789755411187</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şehitler Ölmez (15 Cilt Takım)</t>
+          <t>Akıncılar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000027169</t>
+          <t>9789755411217</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Meselesi: Nasıl Bir Çözüm?</t>
+          <t>Yeniçeriler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755410987</t>
+          <t>9786058282537</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Davamız</t>
+          <t>Gönül Telinden</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755411023</t>
+          <t>3990056798511</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Fareler</t>
+          <t>Hayatın + 1'i</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755410001</t>
+          <t>3990000018564</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Anarşi ve Terör'ü Teşvik</t>
+          <t>Sığınağım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755410043</t>
+          <t>9786058282520</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Feyzi Efendi'den Feyizler 1</t>
+          <t>9 Işık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>35</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056662317</t>
+          <t>9786056662300</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim'i Anlatmak</t>
+          <t>Fatih Sultan Mehmed Han - Bir Rüya, İki Hakikat</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058843721</t>
+          <t>3990000018260</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Kürtler</t>
+          <t>Tarihi Roman Seti - 1 (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>347.22</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058282568</t>
+          <t>9789755410391</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Çarpım Bulmaca</t>
+          <t>Mehmet Feyzi Efendi’den Feyizler 6</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056798504</t>
+          <t>9789755410099</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dava Uğruna</t>
+          <t>Mehmet Feyzi Efendi’den Feyizler 5</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755410432</t>
+          <t>9789755410111</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Alper Tunga'nın Öcü</t>
+          <t>Mehmet Feyzi Efendi’den Feyizler 4</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799755410081</t>
+          <t>9789755410009</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'in Tarihi Hikayeleri Üzerine Bir Araştırma</t>
+          <t>Mehmed Feyzi Efendi'den Feyizler 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755411321</t>
+          <t>3990000027444</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058282544</t>
+          <t>9786254090394</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gurbet</t>
+          <t>İçimdeki Muhalif Ses</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000027159</t>
+          <t>9789755410388</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Son Yeniçeri</t>
+          <t>Mete Han</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755410395</t>
+          <t>9789755411231</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Süyün Bike</t>
+          <t>Türk Deniz Akıncıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755411200</t>
+          <t>9786052454619</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Topal Kasırga</t>
+          <t>Doğu - Batı Denklemi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000027162</t>
+          <t>9786058445611</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Yaşamak (İmtihandır) Sorumluluk İster</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755411248</t>
+          <t>9789755411149</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz'in Fatihleri</t>
+          <t>Türk Milliyetçiliği Çizgisinde Üçüncü Yol</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786250082683</t>
+          <t>9786056625008</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yarına Bir Ufuk Kaldı</t>
+          <t>Sığınağım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058282582</t>
+          <t>9786058445604</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilim Önderleri</t>
+          <t>Bir Çınardın Baba</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755411111</t>
+          <t>9786058843738</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler ve Gerçekler</t>
+          <t>100 Yıl Sonra Cumhuriyetle Yüzleşme</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755410119</t>
+          <t>9786250015964</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Fikir Izdırabı</t>
+          <t>Gök Kıble Soyu Türkler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2789010252774</t>
+          <t>9786056592966</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Esir Sultan</t>
+          <t>Küresel Teo - Politika ve Jeo - Teoloji Judeo-Hristiyan Fundamentalizmi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755411156</t>
+          <t>2880000008019</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Son Akın</t>
+          <t>Şehitler Ölmez (15 Cilt Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254095009</t>
+          <t>3990000027169</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yorgun Topraklar</t>
+          <t>Kıbrıs Meselesi: Nasıl Bir Çözüm?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058282551</t>
+          <t>9789755410987</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Bir Yerde</t>
+          <t>Azerbaycan Davamız</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058333017</t>
+          <t>9789755411023</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sen Bana - Ben Sana Yasak</t>
+          <t>Kediler ve Fareler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052452465</t>
+          <t>9789755410001</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kitap</t>
+          <t>Anarşi ve Terör'ü Teşvik</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755411040</t>
+          <t>9789755410043</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bırakma Beni</t>
+          <t>Mehmed Feyzi Efendi'den Feyizler 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755411224</t>
+          <t>9786056662317</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Viyana Kapılarında</t>
+          <t>Yavuz Sultan Selim'i Anlatmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000027166</t>
+          <t>9786058843721</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Hikayeler Eskimeyen Kahramanlar</t>
+          <t>Türk Tarihinde Kürtler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755410456</t>
+          <t>9786058282568</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Esaretten Kurtuluş</t>
+          <t>Çapraz Çarpım Bulmaca</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755411170</t>
+          <t>9786056798504</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlukta Gün Batarken</t>
+          <t>Dava Uğruna</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755410449</t>
+          <t>9789755410432</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Alper Tunga'nın Öcü</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754105001</t>
+          <t>9799755410081</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Millet Katilleri</t>
+          <t>Ömer Seyfettin'in Tarihi Hikayeleri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755410418</t>
+          <t>9789755411321</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Korkusu</t>
+          <t>Bir Nefes</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755410425</t>
+          <t>9786058282544</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Samara Zindanları</t>
+          <t>Gurbet</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755410401</t>
+          <t>3990000027159</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yarhisar Bağları</t>
+          <t>Son Yeniçeri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9789755410395</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Süyün Bike</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789755411200</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Topal Kasırga</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>3990000027162</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Yüzleşme</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789755411248</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz'in Fatihleri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786250082683</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Yarına Bir Ufuk Kaldı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058282582</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Önderleri</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789755411111</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceler ve Gerçekler</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789755410119</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Fikir Izdırabı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>2789010252774</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Esir Sultan</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789755411156</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Son Akın</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786254095009</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Yorgun Topraklar</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786058282551</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'da Bir Yerde</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786058333017</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Sen Bana - Ben Sana Yasak</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786052452465</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kitap</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789755411040</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Bırakma Beni</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789755411224</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Viyana Kapılarında</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>3990000027166</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Hikayeler Eskimeyen Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789755410456</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Esaretten Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789755411170</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorlukta Gün Batarken</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789755410449</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789754105001</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Millet Katilleri</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789755410418</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Korkusu</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789755410425</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Samara Zindanları</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789755410401</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Yarhisar Bağları</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
           <t>9789755411255</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Yavru Kartal</t>
         </is>
       </c>
-      <c r="C48" s="1">
+      <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>