--- v0 (2026-02-06)
+++ v1 (2026-03-29)
@@ -85,70 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8682005766161</t>
+          <t>9786259564562</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitici Etkinlikli Boyama Seti</t>
+          <t>Kaybedenler Okulu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
+          <t>9786253791964</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Derman Hekim'in Sır Defteri</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259348537</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>3 - 6 Yaş Öykülerle Dikkat Güçlendirici Eğitim Seti</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259564593</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesine İlk Adım - 2 Yaş Dikkat ve Kavram Geliştirici Etkinlik Seti</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786259348520</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>3 - 6 Yaş Öykülerle Doğa Eğitimi</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786259348513</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>3 - 6 Yaş Öykülerle Dostluk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786259348506</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>3- 6 Yaş Öykülerle Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786259564555</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Babaannemin Güllü Masalları</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786259564548</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Kadife Kalpli Kadriye</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>8682005383108</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>5-6 Yaş İlkokula Hazırlık Çizgi Çalışmaları Seti 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259869179</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Filler Oteline Gizemli Yolculuk</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259869186</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259869124</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Ayaklarımın Altında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259869100</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kalbine Kulak Ver</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259869131</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Futoshiki 4 X 4 Kolay Düzey</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259869117</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Nefes Al Bulutlar Dağılsın</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259869162</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>5-6 Yaş İlkokula Hazırlık Dikkatli Çizgiler</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786057295972</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Korkusuz Koko</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786057295996</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Kardan Adam’ın Dileği</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786057295965</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Sürpriz Yumurta</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786057295989</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Ayaklarımın Altında</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786259869155</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Futoshiki 5 X 5 Orta Düzey</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786259869148</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Futoshiki 3 X 3 Başlangıç Düzeyi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786057127181</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Harika Çocuk İlk Okuma Setim - 8 Kitap</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786057127174</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Rolf Dünyanın Sonu</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786057127198</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Dikkat Güçlendirici ve Zeka Geliştirici Etkinlik Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786050696875</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>5-6 Yaş Çizgi Çalışmaları Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786057295927</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Okul Öncesi İngilizce Eğitim Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786057295903</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>4-7 Yaş Eğitici Etkinlikli Boyama Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057295958</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Oyunlarla Kodlama Etkinlikleri Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057295910</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>4-6 Yaş Çizgi Çalışmaları Seti - 5 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057295934</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>3+ Yaş Eğitici Etkinlikli Kolay Boyama Seti - 5 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786057295941</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>2-6 Yaş Benim İlk Kelimelerim Seti Etkinlikleri Seti - 5 Kitap</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057127167</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Piti Minti</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057127150</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Ülkesi</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057127143</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Ülke Gito</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057021564</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>12 Dakika</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786050696882</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Korku Tarlası - Karşınızda Şinasi</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786050696851</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İlkokula Hazırlık Çizgi Çalışmaları Matematik</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786050696820</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>İlkokula Hazırlık Çizgi Çalışmaları Eğlendiren Çizgiler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786050696844</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İlkokula Hazırlık Çizgi Çalışmaları Alfabe</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786050696837</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>İlkokula Hazırlık Çizgi Çalışmaları Çizgi Alıştırmaları</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786059928731</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Çantam 1</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786059928748</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Çantam 2</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786059928755</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Çantam 3</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>3990000059086</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Hey Ben Betüş - Mahalle'nin Gizemi</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786058032460</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kirpi Kozi</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786058032484</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Hey! Ben Betüş - Evreni Kurtarıyorum</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786050696813</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Karşınızda Şinasi - Gol Kralı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786057021519</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Gülümsersen Gülümser Sana</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786058032491</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Hey Ben Betüş - Zor Yarış</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786058032477</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Hey Ben Betüş! - Mahalle'nin Gizemi</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786058032408</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Kulübü 2</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058032415</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Kulübü 1</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786058032453</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Çatlak Karikatürler</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786058032439</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Kulübü 4</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058032422</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Kulübü 3</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786050696806</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>En Komik Öğrenci Fikraları</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>8682005766161</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Eğitici Etkinlikli Boyama Seti</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>3990000059087</t>
         </is>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Hey! Ben Betüş - Zor Yarış</t>
         </is>
       </c>
-      <c r="C3" s="1">
+      <c r="C61" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>