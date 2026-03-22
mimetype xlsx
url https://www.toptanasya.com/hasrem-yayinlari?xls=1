--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -85,1195 +85,1240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259617350</t>
+          <t>9786259317809</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Koment Dolunayı</t>
+          <t>Kör Menzil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259617367</t>
+          <t>9786259617381</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>14. Yıl</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>460</v>
+        <v>720</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259523965</t>
+          <t>9786259617398</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Pusula</t>
+          <t>Araftayım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259523972</t>
+          <t>9786259617350</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Vakitsiz</t>
+          <t>Koment Dolunayı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>510</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259617305</t>
+          <t>9786259617367</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kör Talih - 1</t>
+          <t>14. Yıl</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259617329</t>
+          <t>9786259523965</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Baksana Talihe - 1</t>
+          <t>Pusula</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>585</v>
+        <v>510</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259617336</t>
+          <t>9786259523972</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Baksana Talihe - 2</t>
+          <t>Vakitsiz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>425</v>
+        <v>510</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259617312</t>
+          <t>9786259617305</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kör Talih - 2</t>
+          <t>Kör Talih - 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259617343</t>
+          <t>9786259617329</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şansa Bak - Talih Serisi 5</t>
+          <t>Baksana Talihe - 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>910</v>
+        <v>585</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259523989</t>
+          <t>9786259617336</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı</t>
+          <t>Baksana Talihe - 2</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>650</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259707808</t>
+          <t>9786259617312</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zihin Sarkacı</t>
+          <t>Kör Talih - 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>530</v>
+        <v>475</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259737997</t>
+          <t>9786259617343</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Adsız</t>
+          <t>Şansa Bak - Talih Serisi 5</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>660</v>
+        <v>910</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259523996</t>
+          <t>9786259523989</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Strateji</t>
+          <t>Kuklacı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259737966</t>
+          <t>9786259707808</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sana Yenildim</t>
+          <t>Zihin Sarkacı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>530</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259737973</t>
+          <t>9786259737997</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zamana Yenildim</t>
+          <t>Adsız</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>510</v>
+        <v>660</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259523941</t>
+          <t>9786259523996</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İpsiz Kuklalar</t>
+          <t>Strateji</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>310</v>
+        <v>680</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259737904</t>
+          <t>9786259737966</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Komplo</t>
+          <t>Sana Yenildim</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>765</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259516110</t>
+          <t>9786259737973</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Risk - Bana Sevmeyi Anlat</t>
+          <t>Zamana Yenildim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>560</v>
+        <v>510</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259516103</t>
+          <t>9786259523941</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hata - Bana Sevmeyi Anlat</t>
+          <t>İpsiz Kuklalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>570</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259516127</t>
+          <t>9786259737904</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nadas - İki Yemin Bir Aşk</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>760</v>
+        <v>765</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259516141</t>
+          <t>9786259516110</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Deli Divane "Ecem"</t>
+          <t>Risk - Bana Sevmeyi Anlat</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259516165</t>
+          <t>9786259516103</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Vabeste</t>
+          <t>Hata - Bana Sevmeyi Anlat</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>610</v>
+        <v>570</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259516134</t>
+          <t>9786259516127</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu "Kaderimde Saklı"</t>
+          <t>Nadas - İki Yemin Bir Aşk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>540</v>
+        <v>760</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259516158</t>
+          <t>9786259516141</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deli Fişek "Adı Bende Saklı"</t>
+          <t>Deli Divane "Ecem"</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>645</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057264190</t>
+          <t>9786259516165</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Centilmen</t>
+          <t>Vabeste</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>520</v>
+        <v>610</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057264176</t>
+          <t>9786259516134</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Deli Dolu "Kaderimde Saklı"</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>520</v>
+        <v>540</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057264183</t>
+          <t>9786259516158</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Topal</t>
+          <t>Deli Fişek "Adı Bende Saklı"</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>520</v>
+        <v>645</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057264152</t>
+          <t>9786057264190</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Fedakar</t>
+          <t>Centilmen</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>660</v>
+        <v>520</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057264145</t>
+          <t>9786057264176</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Edep Çiçeği</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>460</v>
+        <v>520</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057055286</t>
+          <t>9786057264183</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yasak Elma</t>
+          <t>Topal</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057055279</t>
+          <t>9786057264152</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hayal'et</t>
+          <t>Fedakar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>580</v>
+        <v>660</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057055262</t>
+          <t>9786057264145</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kime Niyet Kime Kısmet</t>
+          <t>Edep Çiçeği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>800</v>
+        <v>460</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258473056</t>
+          <t>9786057055286</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Evin Dahileri</t>
+          <t>Yasak Elma</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>85</v>
+        <v>520</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258473049</t>
+          <t>9786057055279</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Astronot Ahmet</t>
+          <t>Hayal'et</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>85</v>
+        <v>580</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258473001</t>
+          <t>9786057055262</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Metrodaki Palyaço</t>
+          <t>Kime Niyet Kime Kısmet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>85</v>
+        <v>800</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258473032</t>
+          <t>9786258473056</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bizim Kaptan</t>
+          <t>Akıllı Evin Dahileri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258473025</t>
+          <t>9786258473049</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı</t>
+          <t>Astronot Ahmet</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058076341</t>
+          <t>9786258473001</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaşma ve Doğru Yönetim</t>
+          <t>Metrodaki Palyaço</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786056847295</t>
+          <t>9786258473032</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Bulut'u Unutursa - Cesaret Serisi 2</t>
+          <t>Bizim Kaptan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059609159</t>
+          <t>9786258473025</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İki Yemin Bir Aşk</t>
+          <t>Gol Kralı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058034563</t>
+          <t>9786058076341</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Varlık Vadisi</t>
+          <t>Kurumsallaşma ve Doğru Yönetim</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058076358</t>
+          <t>9786056847295</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kemikten Yapboz</t>
+          <t>Yağmur Bulut'u Unutursa - Cesaret Serisi 2</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058055087</t>
+          <t>9786059609159</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Kafes</t>
+          <t>İki Yemin Bir Aşk</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>830</v>
+        <v>600</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058034532</t>
+          <t>9786058034563</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz</t>
+          <t>Varlık Vadisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058055094</t>
+          <t>9786058076358</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Abad Hali</t>
+          <t>Kemikten Yapboz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058034587</t>
+          <t>9786058055087</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ayten</t>
+          <t>Zümrüt Kafes</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>830</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786058034570</t>
+          <t>9786058034532</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Arabesk Hali</t>
+          <t>Kimsesiz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057264121</t>
+          <t>9786058055094</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gamzelim Ya'saklımsın</t>
+          <t>Aşkın Abad Hali</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>730</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057264114</t>
+          <t>9786058034587</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz</t>
+          <t>Ayten</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058034501</t>
+          <t>9786058034570</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Elçi - Kerb Elementleri 1</t>
+          <t>Aşkın Arabesk Hali</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056931437</t>
+          <t>9786057264121</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Gamzelim Ya'saklımsın</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>730</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058076372</t>
+          <t>9786057264114</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3991562123332</t>
+          <t>9786058034501</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Elçi - Kerb Elementleri 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058076389</t>
+          <t>9786056931437</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786056931444</t>
+          <t>9786058076372</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058076396</t>
+          <t>3991562123332</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056931413</t>
+          <t>9786058076389</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056931451</t>
+          <t>9786056931444</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056931406</t>
+          <t>9786058076396</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu ve Ay Işığı Sokağı</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058076310</t>
+          <t>9786056931413</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Geleceğim Sensin</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058076303</t>
+          <t>9786056931451</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ateşi</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058076334</t>
+          <t>9786056931406</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba ve Çocuk</t>
+          <t>Amok Koşucusu ve Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058076327</t>
+          <t>9786058076310</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yokluk Vadisi</t>
+          <t>Geleceğim Sensin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056931482</t>
+          <t>9786058076303</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yemin Bozdum Yolunda - Yemin Serisi 2</t>
+          <t>Aşkın Ateşi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058055018</t>
+          <t>9786058076334</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kaderimde Saklı - Ecem Serisi 2</t>
+          <t>Anne Baba ve Çocuk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058055049</t>
+          <t>9786058076327</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ecem - Ecem Serisi 3</t>
+          <t>Yokluk Vadisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058055063</t>
+          <t>9786056931482</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı - Ecem Serisi 1</t>
+          <t>Yemin Bozdum Yolunda - Yemin Serisi 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056931475</t>
+          <t>9786058055018</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bana Sevmeyi Anlat - Bana Sevmeyi Anlat Serisi 1</t>
+          <t>Kaderimde Saklı - Ecem Serisi 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786058055056</t>
+          <t>9786058055049</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bana Esmeyi Anlat - Bana Sevmeyi Anlat Serisi 2</t>
+          <t>Ecem - Ecem Serisi 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057264138</t>
+          <t>9786058055063</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gamzelim - Bana Adımı Sor</t>
+          <t>Adı Bende Saklı - Ecem Serisi 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>610</v>
+        <v>320</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786058034518</t>
+          <t>9786056931475</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gece Güneşi Düşler</t>
+          <t>Bana Sevmeyi Anlat - Bana Sevmeyi Anlat Serisi 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786058055070</t>
+          <t>9786058055056</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yurtsuz</t>
+          <t>Bana Esmeyi Anlat - Bana Sevmeyi Anlat Serisi 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>800</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786058076365</t>
+          <t>9786057264138</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sefer No 211</t>
+          <t>Gamzelim - Bana Adımı Sor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>610</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786058034525</t>
+          <t>9786058034518</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hiçten Adam</t>
+          <t>Gece Güneşi Düşler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056931468</t>
+          <t>9786058055070</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yangını</t>
+          <t>Yurtsuz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259617374</t>
+          <t>9786058076365</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>As</t>
+          <t>Sefer No 211</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>570</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9786058034525</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Hiçten Adam</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786056931468</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Yangını</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786259617374</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>As</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
           <t>9786259523958</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Bir, İki ve Üç; Buldum Seni</t>
         </is>
       </c>
-      <c r="C78" s="1">
+      <c r="C81" s="1">
         <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>