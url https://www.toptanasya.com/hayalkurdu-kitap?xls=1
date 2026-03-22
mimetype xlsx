--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -94,186 +94,186 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259836904</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Gözlerini Yum İris Uyku Hakkında İlginç Bilgiler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057454294</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bir Orman Dolusu Müzik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057454287</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Ufaklık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057454270</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Küçük Dedektif Ciccio</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057454263</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Sihir Sınavı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057454232</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Becky Breinstein</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057454218</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Çayır Kuşu Hophop İmkansız Diyer Bir Şey Yok</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057454201</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Duvarın İçinden</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057454256</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bonnie ile Mortimer Okula Harika Bir Dönüş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057454249</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bonnie ile Mortimer Kantindeyiz</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057454225</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Çayır Kuşu Hophop Kışın Kurtarıcısı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>