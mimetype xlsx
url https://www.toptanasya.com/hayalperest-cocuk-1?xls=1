--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,655 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258253917</t>
+          <t>9786258253962</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Henri Rousseau Sanatçıyla İlk Buluşma</t>
+          <t>BOO İle Renkli Rüyalar Magritte (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>345</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258253924</t>
+          <t>9786258253917</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Pierre-Auguste Renoir Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Henri Rousseau Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258253900</t>
+          <t>9786258253924</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Edouard Manet Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Pierre-Auguste Renoir Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258253894</t>
+          <t>9786258253900</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Camille Pissarro Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Edouard Manet Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258253825</t>
+          <t>9786258253894</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hiroaki Takahashi Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Camille Pissarro Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258253832</t>
+          <t>9786258253825</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Johannes Vermeer Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Hiroaki Takahashi Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258253795</t>
+          <t>9786258253832</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Rembrandt Van Rijn Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Johannes Vermeer Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258253801</t>
+          <t>9786258253795</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Winslow Homer Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Rembrandt Van Rijn Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258253849</t>
+          <t>9786258253801</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Paul Cezanne Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Winslow Homer Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258253788</t>
+          <t>9786258253849</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Dorothea Lange Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Paul Cezanne Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258253856</t>
+          <t>9786258253788</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Gustav Klimit Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Dorothea Lange Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258253818</t>
+          <t>9786258253856</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Georges Seurat Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Gustav Klimit Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258253733</t>
+          <t>9786258253818</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Patates Tiyatro Sahnesinde</t>
+          <t>Merhaba Georges Seurat Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258253740</t>
+          <t>9786258253733</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalemlerin Dansı</t>
+          <t>Meraklı Patates Tiyatro Sahnesinde</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059452649</t>
+          <t>9786258253740</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Claude Monet - Ustalardan Çocuklar İçin Sanat Dersleri</t>
+          <t>Renkli Kalemlerin Dansı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059452618</t>
+          <t>9786059452649</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vincent Van Gogh - Ustalardan Çocuklar İçin Sanat Dersleri</t>
+          <t>Claude Monet - Ustalardan Çocuklar İçin Sanat Dersleri</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258253528</t>
+          <t>9786059452618</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Boo İle Renkli Rüyalar Van Gogh ve Gauguin (Ciltli)</t>
+          <t>Vincent Van Gogh - Ustalardan Çocuklar İçin Sanat Dersleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258253474</t>
+          <t>9786258253528</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Boo İle Renkli Rüyalar Monet (Ciltli)</t>
+          <t>Boo İle Renkli Rüyalar Van Gogh ve Gauguin (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258253450</t>
+          <t>9786258253474</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Vasili Kandinski Sanatçıyla İlk Buluşma</t>
+          <t>Boo İle Renkli Rüyalar Monet (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>345</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258253429</t>
+          <t>9786258253450</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Edgar Degas Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Vasili Kandinski Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258253436</t>
+          <t>9786258253429</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ohara Koson Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Edgar Degas Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258253443</t>
+          <t>9786258253436</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Üstat Mansur Sanatçıyla İlk Buluşma</t>
+          <t>Merhaba Ohara Koson Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258253344</t>
+          <t>9786258253443</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Leonardo Da Vinci</t>
+          <t>Merhaba Üstat Mansur Sanatçıyla İlk Buluşma</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258253351</t>
+          <t>9786258253344</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Paul Klee</t>
+          <t>Merhaba Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258253375</t>
+          <t>9786258253351</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Piet Mondrian</t>
+          <t>Merhaba Paul Klee</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258253399</t>
+          <t>9786258253375</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Mary Cassatt</t>
+          <t>Merhaba Piet Mondrian</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258253337</t>
+          <t>9786258253399</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Vıncent Van Gogh</t>
+          <t>Merhaba Mary Cassatt</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258253382</t>
+          <t>9786258253337</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Osman Hamdi</t>
+          <t>Merhaba Vıncent Van Gogh</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258253405</t>
+          <t>9786258253382</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Rıza Abbasi</t>
+          <t>Merhaba Osman Hamdi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258253368</t>
+          <t>9786258253405</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Claude Monet</t>
+          <t>Merhaba Rıza Abbasi</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258253047</t>
+          <t>9786258253368</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Etkinlik Kitabı</t>
+          <t>Merhaba Claude Monet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258253030</t>
+          <t>9786258253047</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh Etkinlik Kitabı</t>
+          <t>Modern Sanat Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059452878</t>
+          <t>9786258253030</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bunu Yapmakta Ne Var! - Kendi Modern Başyapıtını Yarat</t>
+          <t>Van Gogh Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>560</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059452793</t>
+          <t>9786059452878</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Biz Sanatçıyız (Ciltli)</t>
+          <t>Bunu Yapmakta Ne Var! - Kendi Modern Başyapıtını Yarat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>560</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059452809</t>
+          <t>9786059452793</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Biz Kaşifiz (Ciltli)</t>
+          <t>Biz Sanatçıyız (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059452724</t>
+          <t>9786059452809</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Portresi: Georgia O'Keeffe (Ciltli)</t>
+          <t>Biz Kaşifiz (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059452731</t>
+          <t>9786059452724</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Portresi: Vincent Van Gogh (Ciltli)</t>
+          <t>Sanatçının Portresi: Georgia O'Keeffe (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059452670</t>
+          <t>9786059452731</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Portresi: Frida Kahlo (Ciltli)</t>
+          <t>Sanatçının Portresi: Vincent Van Gogh (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059452748</t>
+          <t>9786059452670</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Portresi: Claude Monet (Ciltli)</t>
+          <t>Sanatçının Portresi: Frida Kahlo (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059452625</t>
+          <t>9786059452748</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Wassily Kandinsky - Ustalardan Çocuklar İçin Sanat Dersleri</t>
+          <t>Sanatçının Portresi: Claude Monet (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786059452625</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Wassily Kandinsky - Ustalardan Çocuklar İçin Sanat Dersleri</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786059452632</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Gustav Klimt - Ustalardan Çocuklar İçin Sanat Dersleri</t>
         </is>
       </c>
-      <c r="C42" s="1">
+      <c r="C43" s="1">
         <v>360</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>