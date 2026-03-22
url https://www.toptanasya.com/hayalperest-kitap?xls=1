--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -85,2965 +85,3400 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2862582500051</t>
+          <t>9786258253931</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıyla İlk Buluşma Merhaba Serisi (Kutulu 2. Set 12 Kitap)</t>
+          <t>Moda Tasarımı için Figür Çizimi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1500</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2862582500044</t>
+          <t>9786056060007</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıyla İlk Buluşma Merhaba Serisi (Kutulu 1. Set 12 Kitap)</t>
+          <t>Fotoğraf Ve Gerçeklik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2862582500037</t>
+          <t>9786059452441</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları (Kutulu Set 6 Kitap)</t>
+          <t>Sanat Hakkında Kısa Bir Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1990</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2862582500020</t>
+          <t>9786059452243</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları (Kutulu Set 14 Kitap)</t>
+          <t>Oluşum Süreci İçinde Dijital Sanat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>3500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258253870</t>
+          <t>9786058401877</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Joan Miro - Sanatın Büyük Ustaları 21</t>
+          <t>Tüm Öykü Seti 4 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>275</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258253887</t>
+          <t>9786059452137</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Pablo Picasso - Sanatın Büyük Ustaları 22</t>
+          <t>Rönesans ve Simya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258253863</t>
+          <t>9786056334610</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alberto Giacometti - Sanatın Büyük Ustaları 23</t>
+          <t>Sinemada Anlam Üstüne Denemeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>275</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058502574</t>
+          <t>9786058890138</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Nasıl Okunur</t>
+          <t>Shakespare'i Anımsamak ve Unutmak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>820</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258253955</t>
+          <t>9786056334672</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası’nda Kültür ve Sanat</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258253948</t>
+          <t>9786056060045</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beden Üzerine</t>
+          <t>Senaryo Yazımı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>195</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059452144</t>
+          <t>9786056060076</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Soyutlama ve Özdeşleyim</t>
+          <t>Sanatta Devrim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059452120</t>
+          <t>9786056334641</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatların Bir Dalı Olarak: Fotoğraf</t>
+          <t>Sanat Eğitiminde Estetik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056249044</t>
+          <t>9786056249037</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Anlam Yaratma</t>
+          <t>Perspektif Sanatı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056249020</t>
+          <t>9786056249051</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anlatım Teknikleri ve Dramaturji</t>
+          <t>Oluşum Süreci İçinde Sanatın Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056249082</t>
+          <t>9786058890169</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sinema Televizyon Kültür</t>
+          <t>Görsel Sanatlarda Alımlama ve Sanatlararası Etkileşim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056249006</t>
+          <t>9786056334696</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Devrim</t>
+          <t>Fotoğraf Neyi Anlatır</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056334634</t>
+          <t>9786056060069</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Eleştirmek</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>530</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056249075</t>
+          <t>9786058890145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Oluşum Süreci İçinde Op Art</t>
+          <t>Boş Mekan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056249068</t>
+          <t>9786058607705</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Melodramatik İmgelem</t>
+          <t>Avrupa Resminde Gerçek Duygusu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>245</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056249013</t>
+          <t>9786058502536</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kitle Kültürü Sineması ve B Filmi</t>
+          <t>Sinemada Kurgu ve Eisenstein</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056334603</t>
+          <t>9786059452236</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafı Eleştirmek</t>
+          <t>Sanatı Büyük Yapan Nedir (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058607767</t>
+          <t>9786056613937</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Neden Kusursuz Olmak Zorunda Değildir</t>
+          <t>Moda Tasarımcıları İçin Figür Çizimleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>540</v>
+        <v>675</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059452298</t>
+          <t>9786056613920</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Anlamak</t>
+          <t>Moda Tasarımı Çizim Dersleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>375</v>
+        <v>435</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059452021</t>
+          <t>9786059452212</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Resim Nasıl Okunur</t>
+          <t>Seramik Sırının Sırrı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>820</v>
+        <v>165</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056613951</t>
+          <t>9786056613913</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rembrandt - Sanatın Büyük Ustaları 5</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059452694</t>
+          <t>9786056613999</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Modigliani - Sanatın Büyük Ustaları 18</t>
+          <t>Heykel ve Sanat Kuramları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059452762</t>
+          <t>9786059452427</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Ekonomisi</t>
+          <t>Modern Sanat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059452526</t>
+          <t>9786059452373</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Fantastik Karakter Çizimi Elkitabı</t>
+          <t>Film Yapımı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>475</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258253771</t>
+          <t>9786059452564</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gauguin Üzerine</t>
+          <t>Rengin Etkileşimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258253764</t>
+          <t>2862582500051</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sanat Kafası</t>
+          <t>Sanatçıyla İlk Buluşma Merhaba Serisi (Kutulu 2. Set 12 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>290</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258253757</t>
+          <t>2862582500044</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hayattır İkonlar, İkonoklastlar, Vizyonerler, Kanunsuzlar ve Karanlıktaki Umut Parıltıları</t>
+          <t>Sanatçıyla İlk Buluşma Merhaba Serisi (Kutulu 1. Set 12 Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>390</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258253641</t>
+          <t>2862582500037</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Soyut Sanat</t>
+          <t>Sanatçıların Yaşamları (Kutulu Set 6 Kitap)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258253672</t>
+          <t>2862582500020</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Modernizm</t>
+          <t>Modern Sanat Akımları (Kutulu Set 14 Kitap)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258253665</t>
+          <t>9786258253870</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Minimalizm</t>
+          <t>Joan Miro - Sanatın Büyük Ustaları 21</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258253689</t>
+          <t>9786258253887</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Arte Povera</t>
+          <t>Pablo Picasso - Sanatın Büyük Ustaları 22</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258253726</t>
+          <t>9786258253863</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Estetik 3</t>
+          <t>Alberto Giacometti - Sanatın Büyük Ustaları 23</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258253719</t>
+          <t>9786058502574</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Estetik 2</t>
+          <t>Çağdaş Sanat Nasıl Okunur</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>310</v>
+        <v>820</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258253313</t>
+          <t>9786258253955</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Estetik 1</t>
+          <t>Nazi Almanyası’nda Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258253511</t>
+          <t>9786258253948</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sanat Hırsızlığı (Ciltli)</t>
+          <t>Beden Üzerine</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>795</v>
+        <v>195</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258253696</t>
+          <t>9786059452144</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Parthenon Üzerine</t>
+          <t>Soyutlama ve Özdeşleyim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258253702</t>
+          <t>9786059452120</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fresk Üzerine</t>
+          <t>Güzel Sanatların Bir Dalı Olarak: Fotoğraf</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258253658</t>
+          <t>9786056249044</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Postmodernizm</t>
+          <t>Sinemada Anlam Yaratma</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258253627</t>
+          <t>9786056249020</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Soyut Dışavurumculuk</t>
+          <t>Anlatım Teknikleri ve Dramaturji</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258253603</t>
+          <t>9786056249082</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Dışavurumculuk</t>
+          <t>Sinema Televizyon Kültür</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258253634</t>
+          <t>9786056249006</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Kavramsal Sanat</t>
+          <t>Sanatta Devrim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258253597</t>
+          <t>9786056334634</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Kübizm</t>
+          <t>Sanatı Eleştirmek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>275</v>
+        <v>530</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258253610</t>
+          <t>9786056249075</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Ard-İzlenimcilik</t>
+          <t>Oluşum Süreci İçinde Op Art</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058502550</t>
+          <t>9786056249068</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Tüm Öyküsü (Ciltli)</t>
+          <t>Melodramatik İmgelem</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>2400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786058607750</t>
+          <t>9786056249013</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sinemanın Tüm Öyküsü (Ciltli)</t>
+          <t>Kitle Kültürü Sineması ve B Filmi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>2400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786056613944</t>
+          <t>9786056334603</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Büyük Çizim Kitabı (Ciltli)</t>
+          <t>Fotoğrafı Eleştirmek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1300</v>
+        <v>510</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059452045</t>
+          <t>9786058607767</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Büyük Ustaları Seti (10 Kitap Takım)</t>
+          <t>Fotoğraf Neden Kusursuz Olmak Zorunda Değildir</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258253481</t>
+          <t>9786059452298</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Manga Çizimi</t>
+          <t>Sinemayı Anlamak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>570</v>
+        <v>375</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258253504</t>
+          <t>9786059452021</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitiminin Tarihi</t>
+          <t>Resim Nasıl Okunur</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>360</v>
+        <v>820</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258253542</t>
+          <t>9786056613951</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Resim Üzerine</t>
+          <t>Rembrandt - Sanatın Büyük Ustaları 5</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258253535</t>
+          <t>9786059452694</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Otoportre Üzerine</t>
+          <t>Modigliani - Sanatın Büyük Ustaları 18</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059452687</t>
+          <t>9786059452762</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Munch - Sanatın Büyük Ustaları 17</t>
+          <t>Sanatın Ekonomisi</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258253580</t>
+          <t>9786059452526</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Gerçekçilik</t>
+          <t>Ejderha ve Fantastik Karakter Çizimi Elkitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258253573</t>
+          <t>9786258253771</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Pop Art</t>
+          <t>Gauguin Üzerine</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258253566</t>
+          <t>9786258253764</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Gerçeküstülücük</t>
+          <t>Klasik Sanat Kafası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258253559</t>
+          <t>9786258253757</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanat Akımları: Fütürizm</t>
+          <t>Sanat Hayattır İkonlar, İkonoklastlar, Vizyonerler, Kanunsuzlar ve Karanlıktaki Umut Parıltıları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258253498</t>
+          <t>9786258253641</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İmgelem ve Tasarım</t>
+          <t>Modern Sanat Akımları: Soyut Sanat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058401822</t>
+          <t>9786258253672</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci - Sanatın Büyük Ustaları 2</t>
+          <t>Modern Sanat Akımları: Modernizm</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258253467</t>
+          <t>9786258253665</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Rönesansı</t>
+          <t>Modern Sanat Akımları: Minimalizm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>510</v>
+        <v>275</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058502505</t>
+          <t>9786258253689</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Modanın Tüm Öyküsü</t>
+          <t>Modern Sanat Akımları: Arte Povera</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059452182</t>
+          <t>9786258253726</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Barok - Resim ve Heykel Sanatı</t>
+          <t>Estetik 3</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>685</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059452199</t>
+          <t>9786258253719</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sözden İmgeye Batı Sanatında İkonografi</t>
+          <t>Estetik 2</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>460</v>
+        <v>310</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059452007</t>
+          <t>9786258253313</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Düşüncesi ve Resim Sanatı</t>
+          <t>Estetik 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>595</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258253412</t>
+          <t>9786258253511</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eski Gözdeler Kadınlar, Sanat ve İdeoloji</t>
+          <t>Sanat Hırsızlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>410</v>
+        <v>795</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056334627</t>
+          <t>9786258253696</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Tüm Öyküsü</t>
+          <t>Parthenon Üzerine</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258253320</t>
+          <t>9786258253702</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Görsel Deneyim: Sanata Giriş</t>
+          <t>Fresk Üzerine</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>530</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786056334689</t>
+          <t>9786258253658</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ressamlar</t>
+          <t>Modern Sanat Akımları: Postmodernizm</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786056249099</t>
+          <t>9786258253627</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlkel Toplumdan Melodramlar Evrenine</t>
+          <t>Modern Sanat Akımları: Soyut Dışavurumculuk</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258253306</t>
+          <t>9786258253603</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Apple Black Kara Elma- 2</t>
+          <t>Modern Sanat Akımları: Dışavurumculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258253290</t>
+          <t>9786258253634</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hammer Çekiç- 2</t>
+          <t>Modern Sanat Akımları: Kavramsal Sanat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258253283</t>
+          <t>9786258253597</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Titanking Titan Kral- 2</t>
+          <t>Modern Sanat Akımları: Kübizm</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258253276</t>
+          <t>9786258253610</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatın Öyküsü</t>
+          <t>Modern Sanat Akımları: Ard-İzlenimcilik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>580</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258253221</t>
+          <t>9786058502550</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Anka Kuşu Semiha Berksoy</t>
+          <t>Fotoğrafın Tüm Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258253238</t>
+          <t>9786058607750</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ressam Fikret Mualla Saygı</t>
+          <t>Sinemanın Tüm Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>220</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258253269</t>
+          <t>9786056613944</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Kültür Politikası ve Sanat 1923-1950</t>
+          <t>Büyük Çizim Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258253160</t>
+          <t>9786059452045</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hammer - Çekiç - 1</t>
+          <t>Sanatın Büyük Ustaları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258253191</t>
+          <t>9786258253481</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Titankıng Titan Kral - 1</t>
+          <t>Muhteşem Manga Çizimi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258253177</t>
+          <t>9786258253504</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Apple Black Kara Elma - 1</t>
+          <t>Sanat Eğitiminin Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258253184</t>
+          <t>9786258253542</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Clock Striker Clock Çırağı- 1</t>
+          <t>Resim Üzerine</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258253252</t>
+          <t>9786258253535</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Prenses Ressam Fahrelnissa Zeid</t>
+          <t>Otoportre Üzerine</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258253245</t>
+          <t>9786059452687</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Resminin Usta Fırçası - Hüseyin Avni Lifij</t>
+          <t>Munch - Sanatın Büyük Ustaları 17</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258253214</t>
+          <t>9786258253580</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Sanat Öncüsü Osman Hamdi Bey</t>
+          <t>Modern Sanat Akımları: Gerçekçilik</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258253207</t>
+          <t>9786258253573</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Modern ve Çağdaş Sanat Kafası</t>
+          <t>Modern Sanat Akımları: Pop Art</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258253153</t>
+          <t>9786258253566</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Art Niyet</t>
+          <t>Modern Sanat Akımları: Gerçeküstülücük</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258253061</t>
+          <t>9786258253559</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anime ve Manga Karakterleri - Kendiniz Tasarlayın</t>
+          <t>Modern Sanat Akımları: Fütürizm</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>570</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258253092</t>
+          <t>9786258253498</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- Yayoi Kusama (Ciltli)</t>
+          <t>İmgelem ve Tasarım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>295</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258253146</t>
+          <t>9786058401822</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- Andy Warhol (Ciltli)</t>
+          <t>Leonardo da Vinci - Sanatın Büyük Ustaları 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258253139</t>
+          <t>9786258253467</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- Artemisia Gentileschi (Ciltli)</t>
+          <t>Kuzey Rönesansı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258253115</t>
+          <t>9786058502505</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- Frida Kahlo (Ciltli)</t>
+          <t>Modanın Tüm Öyküsü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258253108</t>
+          <t>9786059452182</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- Keith Haring (Ciltli)</t>
+          <t>Barok - Resim ve Heykel Sanatı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>685</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258253122</t>
+          <t>9786059452199</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıların Yaşamları- David Hockney (Ciltli)</t>
+          <t>Sözden İmgeye Batı Sanatında İkonografi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258253078</t>
+          <t>9786059452007</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İdea - Antik Sanat Kuramının Kavramsal Tarihine Bir Katkı</t>
+          <t>Rönesans Düşüncesi ve Resim Sanatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>2862582500013</t>
+          <t>9786258253412</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları (10 Kitap Kutulu Set)</t>
+          <t>Eski Gözdeler Kadınlar, Sanat ve İdeoloji</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>2500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258253054</t>
+          <t>9786056334627</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sembol Ve Anlam</t>
+          <t>Sanatın Tüm Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>430</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059452991</t>
+          <t>9786258253320</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları 7 Abdülmecid Efendi</t>
+          <t>Görsel Deneyim: Sanata Giriş</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>275</v>
+        <v>530</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258253009</t>
+          <t>9786056334689</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları 8 Nazmi Ziya</t>
+          <t>Ünlü Ressamlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258253016</t>
+          <t>9786056249099</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları 9 Hüseyin Avni Lifij</t>
+          <t>İlkel Toplumdan Melodramlar Evrenine</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258253023</t>
+          <t>9786258253306</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları 10 Namık İsmail</t>
+          <t>Apple Black Kara Elma- 2</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059452977</t>
+          <t>9786258253290</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Resim Sanatında Saz Üslubu</t>
+          <t>Hammer Çekiç- 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059452984</t>
+          <t>9786258253283</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sanat ve Felsefe</t>
+          <t>Titanking Titan Kral- 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059452953</t>
+          <t>9786258253276</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatının Büyük Ustaları 6 - Hüseyin Zekai Paşa</t>
+          <t>Çağdaş Sanatın Öyküsü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>275</v>
+        <v>580</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059452939</t>
+          <t>9786258253221</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sırları (Ciltli)</t>
+          <t>Bir Anka Kuşu Semiha Berksoy</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059452960</t>
+          <t>9786258253238</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ali Rıza - Türk Sanatının Büyük Ustaları 5</t>
+          <t>Çılgın Ressam Fikret Mualla Saygı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059452946</t>
+          <t>9786258253269</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Neden Hiç Büyük Kadın Sanatçı Yok?</t>
+          <t>Cumhuriyet’in Kültür Politikası ve Sanat 1923-1950</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059452908</t>
+          <t>9786258253160</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Osman Hamdi Bey</t>
+          <t>Hammer - Çekiç - 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059452915</t>
+          <t>9786258253191</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Halil Paşa</t>
+          <t>Titankıng Titan Kral - 1</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059452922</t>
+          <t>9786258253177</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sanat Üretimi</t>
+          <t>Apple Black Kara Elma - 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>830</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059452885</t>
+          <t>9786258253184</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Sanat ve Deneyim</t>
+          <t>Clock Striker Clock Çırağı- 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059452892</t>
+          <t>9786258253252</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Estetik Üzerine Söyleşiler</t>
+          <t>Prenses Ressam Fahrelnissa Zeid</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059452823</t>
+          <t>9786258253245</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Manga Sanatı Sırları</t>
+          <t>Modern Türk Resminin Usta Fırçası - Hüseyin Avni Lifij</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>695</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059452861</t>
+          <t>9786258253214</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yan Kapıdan Girenler</t>
+          <t>Bir Kültür Sanat Öncüsü Osman Hamdi Bey</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059452830</t>
+          <t>9786258253207</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kadından Ressam Olmaz</t>
+          <t>Modern ve Çağdaş Sanat Kafası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059452847</t>
+          <t>9786258253153</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şeker Ahmed Paşa - Türk Sanatının Büyük Ustaları 1</t>
+          <t>Art Niyet</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059452854</t>
+          <t>9786258253061</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Seyyid - Türk Sanatının Büyük Ustaları 2</t>
+          <t>Anime ve Manga Karakterleri - Kendiniz Tasarlayın</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>570</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059452700</t>
+          <t>9786258253092</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Moda Sistemi</t>
+          <t>Sanatçıların Yaşamları- Yayoi Kusama (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059452816</t>
+          <t>9786258253146</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nedir Resim</t>
+          <t>Sanatçıların Yaşamları- Andy Warhol (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059452786</t>
+          <t>9786258253139</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Büyük Ustaları 2. Set (10 Kitap Takım)</t>
+          <t>Sanatçıların Yaşamları- Artemisia Gentileschi (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059452779</t>
+          <t>9786258253115</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Maleviç - Sanatın Büyük Ustaları 20</t>
+          <t>Sanatçıların Yaşamları- Frida Kahlo (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059452755</t>
+          <t>9786258253108</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mondrian - Sanatın Büyük Ustaları 19</t>
+          <t>Sanatçıların Yaşamları- Keith Haring (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059452717</t>
+          <t>9786258253122</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sanatçı Olunur</t>
+          <t>Sanatçıların Yaşamları- David Hockney (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059452656</t>
+          <t>9786258253078</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Yedi Anahtarı</t>
+          <t>İdea - Antik Sanat Kuramının Kavramsal Tarihine Bir Katkı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>520</v>
+        <v>295</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059452663</t>
+          <t>2862582500013</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Çağdaş Sanattan?</t>
+          <t>Türk Sanatının Büyük Ustaları (10 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>395</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059452595</t>
+          <t>9786258253054</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mimarlığın Tüm Öyküsü</t>
+          <t>Sembol Ve Anlam</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059452601</t>
+          <t>9786059452991</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri</t>
+          <t>Türk Sanatının Büyük Ustaları 7 Abdülmecid Efendi</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059452571</t>
+          <t>9786258253009</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Felsefesi</t>
+          <t>Türk Sanatının Büyük Ustaları 8 Nazmi Ziya</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059452588</t>
+          <t>9786258253016</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gotik Resim ve Heykel Sanatı</t>
+          <t>Türk Sanatının Büyük Ustaları 9 Hüseyin Avni Lifij</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>510</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059452557</t>
+          <t>9786258253023</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Eskiz Çizimi Elkitabı</t>
+          <t>Türk Sanatının Büyük Ustaları 10 Namık İsmail</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059452533</t>
+          <t>9786059452977</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kaligrafi ve Tipografi Elkitabı</t>
+          <t>Osmanlı Resim Sanatında Saz Üslubu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>475</v>
+        <v>495</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059452458</t>
+          <t>9786059452984</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Manga Çizimi Elkitabı</t>
+          <t>Çocuklarla Sanat ve Felsefe</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059452540</t>
+          <t>9786059452953</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Film ve İllüstrasyon Elkitabı</t>
+          <t>Türk Sanatının Büyük Ustaları 6 - Hüseyin Zekai Paşa</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059452519</t>
+          <t>9786059452939</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Toulouse-Lautrec - Sanatın Büyük Ustaları 16</t>
+          <t>Sanatın Sırları (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059452502</t>
+          <t>9786059452960</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Mektupları (Ciltli)</t>
+          <t>Hoca Ali Rıza - Türk Sanatının Büyük Ustaları 5</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1050</v>
+        <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059452489</t>
+          <t>9786059452946</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Brecht Estetiği ve Sinema</t>
+          <t>Neden Hiç Büyük Kadın Sanatçı Yok?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059452496</t>
+          <t>9786059452908</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Degas - Sanatın Büyük Ustaları 15</t>
+          <t>Osman Hamdi Bey</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059452472</t>
+          <t>9786059452915</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Gerçekliği -  Sanat Felsefesi</t>
+          <t>Halil Paşa</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>310</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059452465</t>
+          <t>9786059452922</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hollanda Resminde Grup Portreciliği</t>
+          <t>Sanat Üretimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>390</v>
+        <v>830</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059452434</t>
+          <t>9786059452885</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Giyim Kuşam ve Moda Sözlüğü</t>
+          <t>Günümüzde Sanat ve Deneyim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059452410</t>
+          <t>9786059452892</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çağdaş Sanat Koleksiyonculuğu</t>
+          <t>Sanat ve Estetik Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059452403</t>
+          <t>9786059452823</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Tarihi ya da Analoji Mucizesi</t>
+          <t>Manga Sanatı Sırları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>290</v>
+        <v>695</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059452380</t>
+          <t>9786059452861</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Paul Klee - Sanatın Büyük Ustaları 13</t>
+          <t>Yan Kapıdan Girenler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059452397</t>
+          <t>9786059452830</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kandinsky - Sanatın Büyük Ustaları 14</t>
+          <t>Kadından Ressam Olmaz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059452366</t>
+          <t>9786059452847</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Klimt - Sanatın Büyük Ustaları 11</t>
+          <t>Şeker Ahmed Paşa - Türk Sanatının Büyük Ustaları 1</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059452359</t>
+          <t>9786059452854</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Egon Schiele - Sanatın Büyük Ustaları - 12</t>
+          <t>Süleyman Seyyid - Türk Sanatının Büyük Ustaları 2</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059452342</t>
+          <t>9786059452700</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kitap Sanatında Doğal Çiçekler (Ciltli)</t>
+          <t>Moda Sistemi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>2300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059452311</t>
+          <t>9786059452816</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Drapaj Teknikleri</t>
+          <t>Nedir Resim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059452304</t>
+          <t>9786059452786</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Toplum</t>
+          <t>Sanatın Büyük Ustaları 2. Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>360</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059452335</t>
+          <t>9786059452779</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Öğren Çizim</t>
+          <t>Maleviç - Sanatın Büyük Ustaları 20</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059452328</t>
+          <t>9786059452755</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Resme Nasıl Bakılır?</t>
+          <t>Mondrian - Sanatın Büyük Ustaları 19</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059452281</t>
+          <t>9786059452717</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sanatı Anlamak</t>
+          <t>Nasıl Sanatçı Olunur</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059452267</t>
+          <t>9786059452656</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatı Anlamak</t>
+          <t>Modern Sanatın Yedi Anahtarı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>375</v>
+        <v>520</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059452274</t>
+          <t>9786059452663</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanattan Sonra 1945-2017</t>
+          <t>Kim Korkar Çağdaş Sanattan?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>635</v>
+        <v>395</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059452250</t>
+          <t>9786059452595</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat ve Yeniden Üretim</t>
+          <t>Mimarlığın Tüm Öyküsü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>390</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059452229</t>
+          <t>9786059452601</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İzmler - Fotoğrafı Anlamak</t>
+          <t>Eleştiri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059452205</t>
+          <t>9786059452571</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’dan Osmanlı İmparatorluğu’na Türklerde Giyim Kuşam</t>
+          <t>Modern Sanatın Felsefesi</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059452168</t>
+          <t>9786059452588</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam Sanatında Geometrik Süsleme</t>
+          <t>Gotik Resim ve Heykel Sanatı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059452175</t>
+          <t>9786059452557</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sinema Estetiği: Gerçeklik ve Hakikat</t>
+          <t>Eskiz Çizimi Elkitabı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059452151</t>
+          <t>9786059452533</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kaligrafik ve Tipografik Deneysel Tasarımlar</t>
+          <t>Kaligrafi ve Tipografi Elkitabı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>660</v>
+        <v>475</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059452113</t>
+          <t>9786059452458</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gülmenin Sineması</t>
+          <t>Manga Çizimi Elkitabı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059452069</t>
+          <t>9786059452540</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İzmler Modayı Anlamak</t>
+          <t>Çizgi Film ve İllüstrasyon Elkitabı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>550</v>
+        <v>475</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059452106</t>
+          <t>9786059452519</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Renoir - Sanatın Büyük Ustaları 10</t>
+          <t>Toulouse-Lautrec - Sanatın Büyük Ustaları 16</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059452076</t>
+          <t>9786059452502</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Resimde Müziğin Etkisi</t>
+          <t>Sanatçı Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>345</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059452083</t>
+          <t>9786059452489</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Politik Kamera</t>
+          <t>Brecht Estetiği ve Sinema</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059452090</t>
+          <t>9786059452496</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Van Gogh - Sanatın Büyük Ustaları 9</t>
+          <t>Degas - Sanatın Büyük Ustaları 15</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059452052</t>
+          <t>9786059452472</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cezanne - Sanatın Büyük Ustaları 8</t>
+          <t>Sanatçının Gerçekliği -  Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059452038</t>
+          <t>9786059452465</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Monet - Sanatın Büyük Ustaları 7</t>
+          <t>Hollanda Resminde Grup Portreciliği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786056613975</t>
+          <t>9786059452434</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Kısa Tarihi</t>
+          <t>Ansiklopedik Giyim Kuşam ve Moda Sözlüğü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056613982</t>
+          <t>9786059452410</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dürer - Sanatın Büyük Ustaları 6</t>
+          <t>Türkiye'de Çağdaş Sanat Koleksiyonculuğu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059452014</t>
+          <t>9786059452403</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Belleğinde Acının Tasviri</t>
+          <t>Fotoğrafın Tarihi ya da Analoji Mucizesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786056613968</t>
+          <t>9786059452380</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kavramlarına Giriş</t>
+          <t>Paul Klee - Sanatın Büyük Ustaları 13</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056613906</t>
+          <t>9786059452397</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihinin Temel Kavramları</t>
+          <t>Kandinsky - Sanatın Büyük Ustaları 14</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>530</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786058401846</t>
+          <t>9786059452366</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Banksy Duvarın Ardındaki Adam</t>
+          <t>Klimt - Sanatın Büyük Ustaları 11</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058401884</t>
+          <t>9786059452359</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Velazquez - Sanatın Büyük Ustaları 4</t>
+          <t>Egon Schiele - Sanatın Büyük Ustaları - 12</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058401860</t>
+          <t>9786059452342</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İzlenimcilik Nasıl Okunur</t>
+          <t>Osmanlı Kitap Sanatında Doğal Çiçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>990</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058401853</t>
+          <t>9786059452311</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bela Tarr Sineması - Çember Kapanır</t>
+          <t>Uygulamalı Drapaj Teknikleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>285</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058401839</t>
+          <t>9786059452304</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Caravaggio - Sanatın Büyük Ustaları 3</t>
+          <t>Sanat ve Toplum</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786058401891</t>
+          <t>9786059452335</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sinema Neyi Anlatır</t>
+          <t>Kendi Kendine Öğren Çizim</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786058401815</t>
+          <t>9786059452328</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Michelangelo - Sanatın Büyük Ustaları - 1</t>
+          <t>Resme Nasıl Bakılır?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786058502598</t>
+          <t>9786059452281</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Neden Bu Sanat?</t>
+          <t>Sanatı Anlamak</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058401808</t>
+          <t>9786059452267</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Benjamin, Barthes ve Fotoğrafın Tekilliği</t>
+          <t>Çağdaş Sanatı Anlamak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058502581</t>
+          <t>9786059452274</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Tipografi</t>
+          <t>Modern Sanattan Sonra 1945-2017</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>270</v>
+        <v>635</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786058502543</t>
+          <t>9786059452250</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Modern Resim Nasıl Okunur</t>
+          <t>Çağdaş Sanat ve Yeniden Üretim</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>820</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786058502567</t>
+          <t>9786059452229</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatı ve Sinema</t>
+          <t>İzmler - Fotoğrafı Anlamak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786058502529</t>
+          <t>9786059452205</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Anlamı</t>
+          <t>Orta Asya’dan Osmanlı İmparatorluğu’na Türklerde Giyim Kuşam</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058502512</t>
+          <t>9786059452168</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Turgul’dan Terrence Malick’e Sinema Yazıları</t>
+          <t>İslam Sanatında Geometrik Süsleme</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>245</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786058607712</t>
+          <t>9786059452175</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Beş Yaşındaki Çocuk Bunu Neden Yapamaz</t>
+          <t>Sinema Estetiği: Gerçeklik ve Hakikat</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>540</v>
+        <v>245</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058607781</t>
+          <t>9786059452151</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Gücü</t>
+          <t>Kaligrafik ve Tipografik Deneysel Tasarımlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058607798</t>
+          <t>9786059452113</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mozart ve Verdi’de 'İnsan' - Sihirli Flüt ve Aida (Özel Baskı)</t>
+          <t>Gülmenin Sineması</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786058607774</t>
+          <t>9786059452069</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mozart ve Verdi'de 'İnsan'</t>
+          <t>İzmler Modayı Anlamak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058607743</t>
+          <t>9786059452106</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Klasik Anlatı Sineması</t>
+          <t>Renoir - Sanatın Büyük Ustaları 10</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786058607729</t>
+          <t>9786059452076</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Desen Sanatı - 1</t>
+          <t>Resimde Müziğin Etkisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>35.19</v>
+        <v>345</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
+          <t>9786059452083</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Politik Kamera</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786059452090</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Van Gogh - Sanatın Büyük Ustaları 9</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786059452052</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Cezanne - Sanatın Büyük Ustaları 8</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786059452038</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Monet - Sanatın Büyük Ustaları 7</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786056613975</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Modern Sanatın Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786056613982</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Dürer - Sanatın Büyük Ustaları 6</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786059452014</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğraf Belleğinde Acının Tasviri</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786056613968</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Kavramlarına Giriş</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786056613906</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarihinin Temel Kavramları</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786058401846</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Banksy Duvarın Ardındaki Adam</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786058401884</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Velazquez - Sanatın Büyük Ustaları 4</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786058401860</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>İzlenimcilik Nasıl Okunur</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786058401853</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Bela Tarr Sineması - Çember Kapanır</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786058401839</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Caravaggio - Sanatın Büyük Ustaları 3</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786058401891</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Neyi Anlatır</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786058401815</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Michelangelo - Sanatın Büyük Ustaları - 1</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786058502598</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Neden Bu Sanat?</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786058401808</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Benjamin, Barthes ve Fotoğrafın Tekilliği</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786058502581</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Tipografi</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786058502543</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Modern Resim Nasıl Okunur</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786058502567</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Dram Sanatı ve Sinema</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786058502529</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Anlamı</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786058502512</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Yavuz Turgul’dan Terrence Malick’e Sinema Yazıları</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786058607712</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Beş Yaşındaki Çocuk Bunu Neden Yapamaz</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786058607781</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Sanatın Gücü</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786058607798</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Mozart ve Verdi’de 'İnsan' - Sihirli Flüt ve Aida (Özel Baskı)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786058607774</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Mozart ve Verdi'de 'İnsan'</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786058607743</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Anlatı Sineması</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786058607729</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Desen Sanatı - 1</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>35.19</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
           <t>9786058607736</t>
         </is>
       </c>
-      <c r="B196" s="1" t="inlineStr">
+      <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Desen Sanatı - 2</t>
         </is>
       </c>
-      <c r="C196" s="1">
+      <c r="C225" s="1">
         <v>35.19</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>