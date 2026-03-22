--- v0 (2025-11-07)
+++ v1 (2026-03-22)
@@ -85,355 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257847322</t>
+          <t>9786257847100</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Becerileri Geliştirici Hikayeler 10 Kitap</t>
+          <t>Yaratıcı Okuma Öyküleri - 10 Kitap (9+ Yaş için Uygundur)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051184685</t>
+          <t>9786257847438</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Tabletim 3. Sınıf Sınava Hazırlık Kitabı</t>
+          <t>Çevreciler İş Başında (10 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051184692</t>
+          <t>9786051184135</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme Becerisi Hikayeleri 4. Sınıf - 10 Kitap Set</t>
+          <t>Problem Çözme Becerisi Hikayeleri 2. Sınıf</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051184166</t>
+          <t>9786051184197</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları 3. Sınıf</t>
+          <t>Deyimlerle Öyküler 4. Sınıf (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051184432</t>
+          <t>9786257847544</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme Becerisi Hikayeleri 3. Sınıf</t>
+          <t>2. Sınıf Matematik Hikayeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257847810</t>
+          <t>9786051184258</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Tabletim 2. Sınıf Denemeler 5 Fasikül</t>
+          <t>Gizli Mabet</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257847827</t>
+          <t>9786051184234</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bilsem Tabletim 3. Sınıf Denemeler 5 Fasikül</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051184548</t>
+          <t>9786257847803</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözme Becerisi Hikayeleri 1. Sınıf</t>
+          <t>Bilsem Tabletim 1. Sınıf Denemeler 5 Fasikül</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051180960</t>
+          <t>9786257847773</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Meslekler 1. Sınıf Set</t>
+          <t>Gerçek Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051184739</t>
+          <t>9786257847766</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Bilisşel Becerileri Geliştirici Hikayeler</t>
+          <t>Önemli Kelimeler Takımı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257847216</t>
+          <t>9786257847551</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Becerileri Geliştirici Hikayeler 10 Kitap</t>
+          <t>Matematik Etkinlikleri 2. Sınıf Evde Çalışma Kitabım (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257847780</t>
+          <t>9786051184203</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Üretici Düşünme Etkinlikleri - 90 Eğlenceli Etkinlik</t>
+          <t>Ömer Seyfettin Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051183602</t>
+          <t>9786051184661</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Karakter Gelişimi - 10 Kitap Set</t>
+          <t>Bilsem Tabletim 1. Sınıf Sınava Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051185040</t>
+          <t>9786051184678</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İşitsel Dikkat Etkinlikleri</t>
+          <t>Bilsem Tabletim 2. Sınıf Sınava Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051185057</t>
+          <t>9786257847322</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dikkat Etkinlikleri</t>
+          <t>Bilişsel Becerileri Geliştirici Hikayeler 10 Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051183589</t>
+          <t>9786051184685</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Set</t>
+          <t>Bilsem Tabletim 3. Sınıf Sınava Hazırlık Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051184210</t>
+          <t>9786051184692</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Masallar Diyarında Set</t>
+          <t>Problem Çözme Becerisi Hikayeleri 4. Sınıf - 10 Kitap Set</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051184159</t>
+          <t>9786051184166</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Can Kardeşler Set</t>
+          <t>Anadolu Masalları 3. Sınıf</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051184227</t>
+          <t>9786051184432</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değerler Eğitimi Seti (5 Kitap Takım)</t>
+          <t>Problem Çözme Becerisi Hikayeleri 3. Sınıf</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051184173</t>
+          <t>9786257847810</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Yiğitleri</t>
+          <t>Bilsem Tabletim 2. Sınıf Denemeler 5 Fasikül</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9786257847827</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bilsem Tabletim 3. Sınıf Denemeler 5 Fasikül</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786051184548</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Problem Çözme Becerisi Hikayeleri 1. Sınıf</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786051180960</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Meslekler 1. Sınıf Set</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786051184739</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>2. Sınıf Bilisşel Becerileri Geliştirici Hikayeler</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786257847216</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bilişsel Becerileri Geliştirici Hikayeler 10 Kitap</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786257847780</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Üretici Düşünme Etkinlikleri - 90 Eğlenceli Etkinlik</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786051183602</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Masallarla Karakter Gelişimi - 10 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786051185040</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>İşitsel Dikkat Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786051185057</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Dikkat Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786051183589</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Set</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786051184210</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Masallar Diyarında Set</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786051184159</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Can Kardeşler Set</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786051184227</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Değerler Eğitimi Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786051184173</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Yiğitleri</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9786051184708</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Matematiği Sevenler Ülkesi</t>
         </is>
       </c>
-      <c r="C22" s="1">
+      <c r="C36" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>