--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,11680 +85,11875 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051515960</t>
+          <t>9786051516042</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tıpta Mizaç</t>
+          <t>The Tears of Youth</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051515854</t>
+          <t>9786051516011</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dinleme Sanatı</t>
+          <t>Die Tranen Der Jugend</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051515984</t>
+          <t>9786051516059</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arının Yolculuğu</t>
+          <t>Sayın Veli</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051515953</t>
+          <t>9786051515588</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ahlak</t>
+          <t>Yürüme - Bir Yaşam Hikayesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051515878</t>
+          <t>9786051515977</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Derinliğini Keşfet</t>
+          <t>Gölge Şehir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758243013</t>
+          <t>9786051516035</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
+          <t>Acil Para Lazım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051511405</t>
+          <t>9786051510012</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
+          <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>17.36</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051512853</t>
+          <t>9786051516028</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
+          <t>Misyoner İstihbaratçılar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051513058</t>
+          <t>9786051515946</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yapay Depremler ve Haarp Projesi</t>
+          <t>İlk Mektup</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055365097</t>
+          <t>9786051515823</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eşimle Tanışmayı Unutmuşuz</t>
+          <t>Kutub Yıldızı 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>10</v>
+        <v>550</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055365585</t>
+          <t>9786051515939</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Güneşi Gelin Ettim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051512501</t>
+          <t>9786051515991</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
+          <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051512532</t>
+          <t>9786051516004</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
+          <t>Fanusun İçindeki Çocuklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051512549</t>
+          <t>9786051515960</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Örnek Öğretmen</t>
+          <t>Kadim Tıpta Mizaç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051512518</t>
+          <t>9786051515854</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Gemileri Yaktım</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>35</v>
+        <v>440</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051512921</t>
+          <t>9786051515984</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Fahreddin Paşa</t>
+          <t>Arının Yolculuğu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055365042</t>
+          <t>9786051515953</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Evlendikten Sonra da Muhabbet Olsun</t>
+          <t>Toplumsal Ahlak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>11.11</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051510217</t>
+          <t>9786051515878</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ölüm</t>
+          <t>Derinliğini Keşfet</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>32</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051510354</t>
+          <t>9789758243013</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
+          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>27.78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051511429</t>
+          <t>9786051511405</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Hayat</t>
+          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.89</v>
+        <v>17.36</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051510996</t>
+          <t>9786051512853</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Geliştirme</t>
+          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051511030</t>
+          <t>9786051513058</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Varisi : Abraham</t>
+          <t>Yapay Depremler ve Haarp Projesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051510842</t>
+          <t>9786055365097</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
+          <t>Eşimle Tanışmayı Unutmuşuz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051511092</t>
+          <t>9786055365585</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>12.04</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051511115</t>
+          <t>9786051512501</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İletişim</t>
+          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051511047</t>
+          <t>9786051512532</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Umudu Yeşerten Öyküler</t>
+          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051511085</t>
+          <t>9786051512549</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Sevgi Dolu Örnek Öğretmen</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051511078</t>
+          <t>9786051512518</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dönme Artık Çok Geç</t>
+          <t>Senin İçin Gemileri Yaktım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051511108</t>
+          <t>9786051512921</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Medine Müdafaası Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>35</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051510972</t>
+          <t>9786055365042</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
+          <t>Evlendikten Sonra da Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051510675</t>
+          <t>9786051510217</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Giyimde Renklerin Uyumu</t>
+          <t>Beyaz Ölüm</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051510774</t>
+          <t>9786051510354</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
+          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>75</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051510309</t>
+          <t>9786051511429</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 2053 Vizyonu</t>
+          <t>Rengarenk Hayat</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051510392</t>
+          <t>9786051510996</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisti</t>
+          <t>Çocuklarda Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051510668</t>
+          <t>9786051511030</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Karanlığın Varisi : Abraham</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055122232</t>
+          <t>9786051510842</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Kadın Nene Hatun</t>
+          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051510651</t>
+          <t>9786051511092</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Stresine Sahip Çık</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051510545</t>
+          <t>9786051511115</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>Duygusal İletişim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051510552</t>
+          <t>9786051511047</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
+          <t>Umudu Yeşerten Öyküler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051510811</t>
+          <t>9786051511085</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Odaklı Koçluk</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051510743</t>
+          <t>9786051511078</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dindarların Para ve İktidarla İmtihanı</t>
+          <t>Dönme Artık Çok Geç</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>23.15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055365868</t>
+          <t>9786051511108</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 2</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051510682</t>
+          <t>9786051510972</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
+          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051512105</t>
+          <t>9786051510675</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asrın İhaneti</t>
+          <t>Giyimde Renklerin Uyumu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051513065</t>
+          <t>9786051510774</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İşveren Lehine Yargıtay Kararları</t>
+          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051512402</t>
+          <t>9786051510309</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Eczanesi</t>
+          <t>İstanbul 2053 Vizyonu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051510415</t>
+          <t>9786051510392</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tut Ellerimden Öğretmenim</t>
+          <t>Aile Terapisti</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051510347</t>
+          <t>9786051510668</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>13.89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055365851</t>
+          <t>9786055122232</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 1</t>
+          <t>Yürekli Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051512655</t>
+          <t>9786051510651</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
+          <t>Stresine Sahip Çık</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051512686</t>
+          <t>9786051510545</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051512389</t>
+          <t>9786051510552</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Liderlik</t>
+          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051511740</t>
+          <t>9786051510811</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşama Rehberi</t>
+          <t>Çözüm Odaklı Koçluk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051511849</t>
+          <t>9786051510743</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeğim</t>
+          <t>Dindarların Para ve İktidarla İmtihanı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>75</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051511894</t>
+          <t>9786055365868</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Akşamlar</t>
+          <t>Kalbe Düşen Damlalar 2</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051512150</t>
+          <t>9786051510682</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Kaderim Sensin</t>
+          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051511924</t>
+          <t>9786051512105</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce</t>
+          <t>Asrın İhaneti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051511931</t>
+          <t>9786051513065</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Öptüğü Kız (Ciltli)</t>
+          <t>İşveren Lehine Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051512037</t>
+          <t>9786051512402</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Aile Sorunsuz Gençlik</t>
+          <t>Tabiat Eczanesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051511993</t>
+          <t>9786051510415</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Önce Namaz</t>
+          <t>Tut Ellerimden Öğretmenim</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051512259</t>
+          <t>9786051510347</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleri</t>
+          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051512198</t>
+          <t>9786055365851</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Kalbe Düşen Damlalar 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051511719</t>
+          <t>9786051512655</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
+          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051511795</t>
+          <t>9786051512686</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Sen'sin</t>
+          <t>Güzel İnsan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051511757</t>
+          <t>9786051512389</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşkımıza Çıkış Yok</t>
+          <t>Sağlık Sektöründe Liderlik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051511771</t>
+          <t>9786051511740</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan Bin Muattal</t>
+          <t>Müslümanca Yaşama Rehberi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051511412</t>
+          <t>9786051511849</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>Sevda Çiçeğim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051510927</t>
+          <t>9786051511894</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
+          <t>Gül Kokulu Akşamlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051510941</t>
+          <t>9786051512150</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü Yüzleşmesi</t>
+          <t>Aşkta Kaderim Sensin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>16.67</v>
+        <v>110</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051510958</t>
+          <t>9786051511924</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç Beden Dili</t>
+          <t>Pozitif Düşünce</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051512433</t>
+          <t>9786051511931</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eşim Haklıymış</t>
+          <t>Güneşin Öptüğü Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051512617</t>
+          <t>9786051512037</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 3</t>
+          <t>Sorumlu Aile Sorunsuz Gençlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051511986</t>
+          <t>9786051511993</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
+          <t>Önce Namaz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051511955</t>
+          <t>9786051512259</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Dans</t>
+          <t>Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051511900</t>
+          <t>9786051512198</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051511627</t>
+          <t>9786051511719</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Parka Anneler Okula</t>
+          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051512570</t>
+          <t>9786051511795</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Beklenen Sen'sin</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051512181</t>
+          <t>9786051511757</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
+          <t>Aşkımıza Çıkış Yok</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051511566</t>
+          <t>9786051511771</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Projeler Sultanı Abdülhamid Han</t>
+          <t>Hz. Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051511573</t>
+          <t>9786051511412</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kız Kulesi İle Kar Tanesi</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051511443</t>
+          <t>9786051510927</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Gerçek</t>
+          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>14.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051511535</t>
+          <t>9786051510941</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Nasıl Kurtulurum</t>
+          <t>Mahşer Günü Yüzleşmesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051511511</t>
+          <t>9786051510958</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dilara</t>
+          <t>Sessiz Güç Beden Dili</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051512280</t>
+          <t>9786051512433</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Son Ödül</t>
+          <t>Eşim Haklıymış</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>23.15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051512211</t>
+          <t>9786051512617</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>Eğitim Oyunları 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051512068</t>
+          <t>9786051511986</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
+          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789756700501</t>
+          <t>9786051511955</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Adı:İnsan</t>
+          <t>Ateşle Dans</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756700693</t>
+          <t>9786051511900</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
+          <t>Gönüller Sultanı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>16.2</v>
+        <v>95</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756700907</t>
+          <t>9786051511627</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
+          <t>Çocuklar Parka Anneler Okula</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>20.83</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756700570</t>
+          <t>9786051512570</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Quark Xpress 5.0</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12.96</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756700754</t>
+          <t>9786051512181</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıkça Eğitim</t>
+          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051510484</t>
+          <t>9786051511566</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mankurt</t>
+          <t>Projeler Sultanı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051510453</t>
+          <t>9786051511573</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Kaybettiğimiz Hayat</t>
+          <t>Kız Kulesi İle Kar Tanesi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051510460</t>
+          <t>9786051511443</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece 3</t>
+          <t>İnsan ve Gerçek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>55</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051510255</t>
+          <t>9786051511535</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Günlük Dualar</t>
+          <t>Üzüntüden Nasıl Kurtulurum</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759139100</t>
+          <t>9786051511511</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Konuşuyor</t>
+          <t>Dilara</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>42</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9799758364298</t>
+          <t>9786051512280</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Mevlana</t>
+          <t>Son Ödül</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759139186</t>
+          <t>9786051512211</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gülen Öğretmen</t>
+          <t>Referansım Allah’tır</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758364862</t>
+          <t>9786051512068</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Hazırlık Rehberi</t>
+          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>14</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759139384</t>
+          <t>9789756700501</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Adı:İnsan</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>40</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055878818</t>
+          <t>9789756700693</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
+          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759139278</t>
+          <t>9789756700907</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>99 Ayet 99 Hadis 99 Risale</t>
+          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>10</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799758243418</t>
+          <t>9789756700570</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Hayır Demek Çözüm Değil</t>
+          <t>Quark Xpress 5.0</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758243433</t>
+          <t>9789756700754</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Yetki Verme</t>
+          <t>Yaşadıkça Eğitim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758243051</t>
+          <t>9786051510484</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Altın Öğütler</t>
+          <t>Mankurt</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5.56</v>
+        <v>110</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055365196</t>
+          <t>9786051510453</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cydonia</t>
+          <t>Yaşarken Kaybettiğimiz Hayat</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756218129</t>
+          <t>9786051510460</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cesur Girişimciler</t>
+          <t>Kabirde İlk Gece 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15.28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756218808</t>
+          <t>9786051510255</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Yönetimi</t>
+          <t>Peygamberimizden Günlük Dualar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758243099</t>
+          <t>9789759139100</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Cesaret ve Fazilet Mücadelesi</t>
+          <t>Mevlana Konuşuyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055878320</t>
+          <t>9799758364298</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Can Aynı Can</t>
+          <t>İçimizdeki Mevlana</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756700174</t>
+          <t>9789759139186</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
+          <t>Gülen Öğretmen</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055878412</t>
+          <t>9789758364862</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye İdeali</t>
+          <t>Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>16.67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055878023</t>
+          <t>9789759139384</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışların Küçük El Kitabı</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756700020</t>
+          <t>9786055878818</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Bütünsel Beyin</t>
+          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756218433</t>
+          <t>9789759139278</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bunları Kimseye Anlatamamıştım</t>
+          <t>99 Ayet 99 Hadis 99 Risale</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055878009</t>
+          <t>9799758243418</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bu Öğretmeni Çok Sevdim</t>
+          <t>Çocuğa Hayır Demek Çözüm Değil</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051510125</t>
+          <t>9789758243433</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bir Yastıkta Kırk Yıl</t>
+          <t>Çalışanlara Yetki Verme</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055878801</t>
+          <t>9789758243051</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürlük Sabır</t>
+          <t>Çalışanlara Altın Öğütler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758243686</t>
+          <t>9786055365196</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar</t>
+          <t>Cydonia</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756700471</t>
+          <t>9789756218129</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Gücü</t>
+          <t>Cesur Girişimciler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758243655</t>
+          <t>9789756218808</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
+          <t>Cesaret Yönetimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756700143</t>
+          <t>9789758243099</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yöneliş</t>
+          <t>Cesaret ve Fazilet Mücadelesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756700518</t>
+          <t>9786055878320</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Can Aynı Can</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758243884</t>
+          <t>9789756700174</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Geliştirme</t>
+          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055878597</t>
+          <t>9786055878412</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kalpler</t>
+          <t>Büyük Türkiye İdeali</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051510071</t>
+          <t>9786055878023</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem % 100 Organik</t>
+          <t>Büyük Satışların Küçük El Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055878948</t>
+          <t>9789756700020</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Beni Affeder misin Sevgili?</t>
+          <t>İş Yaşamında Bütünsel Beyin</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756218211</t>
+          <t>9789756218433</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Mucizeyim</t>
+          <t>Bunları Kimseye Anlatamamıştım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055878481</t>
+          <t>9786055878009</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ben Aile Şirketi</t>
+          <t>Bu Öğretmeni Çok Sevdim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756218723</t>
+          <t>9786051510125</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Dili</t>
+          <t>Bir Yastıkta Kırk Yıl</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055365455</t>
+          <t>9786055878801</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bedenden Ötesi</t>
+          <t>Bir Ömürlük Sabır</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055878153</t>
+          <t>9789758243686</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Başarının Visası</t>
+          <t>Bir Anneye Mektuplar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9799758243807</t>
+          <t>9789756700471</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Sonuç İçin Yazmak</t>
+          <t>Bilincin Gücü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799758243234</t>
+          <t>9789758243655</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9799756700203</t>
+          <t>9789756700143</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Bilgeliğe Yöneliş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055878160</t>
+          <t>9789756700518</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055878405</t>
+          <t>9789758243884</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bir Sihir midir?</t>
+          <t>Beyin Gücünü Geliştirme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055878450</t>
+          <t>9786055878597</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşa Mutlu Ol</t>
+          <t>Beyaz Kalpler</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758243877</t>
+          <t>9786051510071</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Benim Annem % 100 Organik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6.02</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756218198</t>
+          <t>9786055878948</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Öyküleri</t>
+          <t>Beni Affeder misin Sevgili?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055878863</t>
+          <t>9789756218211</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
+          <t>Ben Bir Mucizeyim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055122102</t>
+          <t>9786055878481</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Ben Aile Şirketi</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758243822</t>
+          <t>9789756218723</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Babalık Coşkusu</t>
+          <t>Bedenin Dili</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758243020</t>
+          <t>9786055365455</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırları</t>
+          <t>Bedenden Ötesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055878856</t>
+          <t>9786055878153</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde İnsan Hakları</t>
+          <t>Başarının Visası</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758243273</t>
+          <t>9799758243807</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
+          <t>Başarılı Sonuç İçin Yazmak</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000018382</t>
+          <t>9799758243234</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Pervane</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055878870</t>
+          <t>9799756700203</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Zaman Yarım Kalır</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789756700631</t>
+          <t>9786055878160</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
+          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055365943</t>
+          <t>9786055878405</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Sadece Benim Ol</t>
+          <t>Başarı Bir Sihir midir?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>18</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055365950</t>
+          <t>9786055878450</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Beni Olduğum Gibi Sev</t>
+          <t>Basit Yaşa Mutlu Ol</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055878290</t>
+          <t>9789758243877</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Anne Babamı İyi Seç</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>9.26</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758243297</t>
+          <t>9789756218198</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
+          <t>Bakırköy Öyküleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758243747</t>
+          <t>9786055878863</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055878078</t>
+          <t>9786055122102</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756218242</t>
+          <t>9789758243822</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anlaşarak Mutlu Yaşayın</t>
+          <t>Babalık Coşkusu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756700815</t>
+          <t>9789758243020</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Amerikadaki Türk Beyin Gücü</t>
+          <t>Başarının Sırları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055878528</t>
+          <t>9786055878856</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
+          <t>Avrupa Birliğinde İnsan Hakları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055365431</t>
+          <t>9789758243273</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Allah Hangi Kullarını Sever?</t>
+          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051511177</t>
+          <t>3990000018382</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aile Zekası</t>
+          <t>Aşk-ı Pervane</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>400</v>
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055365165</t>
+          <t>9786055878870</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aile Polisi</t>
+          <t>Aşk Her Zaman Yarım Kalır</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756700440</t>
+          <t>9789756700631</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
+          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055878775</t>
+          <t>9786055365943</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sınav Yolculuğu</t>
+          <t>Anneciğim Sadece Benim Ol</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758243853</t>
+          <t>9786055365950</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Disiplin</t>
+          <t>Anneciğim Beni Olduğum Gibi Sev</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>20.37</v>
+        <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756218372</t>
+          <t>9786055878290</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
+          <t>Anne Babamı İyi Seç</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055878016</t>
+          <t>9789758243297</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>12 Saat Sonra</t>
+          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756218761</t>
+          <t>9789758243747</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>101 Etkili Söz</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756218907</t>
+          <t>9786055878078</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>11.11</v>
+        <v>90</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756218426</t>
+          <t>9789756218242</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>7’den 77’ye Öyküler</t>
+          <t>Anlaşarak Mutlu Yaşayın</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756218655</t>
+          <t>9789756700815</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda Ruhsal Zeka</t>
+          <t>Amerikadaki Türk Beyin Gücü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055878344</t>
+          <t>9786055878528</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
+          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786051512600</t>
+          <t>9786055365431</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 2</t>
+          <t>Allah Hangi Kullarını Sever?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051511139</t>
+          <t>9786051511177</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hitabet ve Sözün Büyüsü</t>
+          <t>Aile Zekası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786051511153</t>
+          <t>9786055365165</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Erken Büyütmeyelim</t>
+          <t>Aile Polisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786051510361</t>
+          <t>9789756700440</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
+          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786051510873</t>
+          <t>9786055878775</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zambak ve Merve</t>
+          <t>Adım Adım Sınav Yolculuğu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786051510590</t>
+          <t>9789758243853</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
+          <t>A’dan Z’ye Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786051510576</t>
+          <t>9789756218372</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
+          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051510262</t>
+          <t>9786055878016</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İbretler</t>
+          <t>12 Saat Sonra</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>15</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051510569</t>
+          <t>9789756218761</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Anne Yaa!</t>
+          <t>101 Etkili Söz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786051510422</t>
+          <t>9789756218907</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sofra Başı Sağlık Sohbetleri</t>
+          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055122034</t>
+          <t>9789756218426</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Efsane Tutsak - 4</t>
+          <t>7’den 77’ye Öyküler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>10</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055122027</t>
+          <t>9789756218655</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Sırlar Adası - 3</t>
+          <t>7 Adımda Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055122010</t>
+          <t>9786055878344</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Gizemli Adam - 2</t>
+          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055122089</t>
+          <t>9786051512600</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Yedi Muhafızı</t>
+          <t>Eğitim Oyunları 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051510330</t>
+          <t>9786051511139</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Günlüğü</t>
+          <t>Doğru Hitabet ve Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>8</v>
+        <v>95</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051510224</t>
+          <t>9786051511153</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbine Yolculuk</t>
+          <t>Çocuklarımızı Erken Büyütmeyelim</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055365974</t>
+          <t>9786051510361</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Efsanesi</t>
+          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051510248</t>
+          <t>9786051510873</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
+          <t>Siyah Zambak ve Merve</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051511313</t>
+          <t>9786051510590</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Terapi</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051511290</t>
+          <t>9786051510576</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051510446</t>
+          <t>9786051510262</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Okulu</t>
+          <t>Ayetler ve İbretler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051511863</t>
+          <t>9786051510569</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kadın Mutluysa Herkes Mutludur</t>
+          <t>Anne Yaa!</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051511818</t>
+          <t>9786051510422</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçekleri</t>
+          <t>Sofra Başı Sağlık Sohbetleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051511252</t>
+          <t>9786055122034</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Rabbine Yönel</t>
+          <t>Sinbad Efsane Tutsak - 4</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051511009</t>
+          <t>9786055122027</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Suyun İyileştirici Gücü</t>
+          <t>Sinbad Sırlar Adası - 3</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>140</v>
+        <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051510934</t>
+          <t>9786055122010</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
+          <t>Sinbad Gizemli Adam - 2</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15.74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051510514</t>
+          <t>9786055122089</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Mazeret Yok</t>
+          <t>Doğunun Yedi Muhafızı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051510767</t>
+          <t>9786051510330</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sevda Geri Dön</t>
+          <t>Bir Annenin Günlüğü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>95</v>
+        <v>8</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051510736</t>
+          <t>9786051510224</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Gıda Güvenliği</t>
+          <t>Müşterinin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055365479</t>
+          <t>9786055365974</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Son Adres</t>
+          <t>Hekimoğlu Efsanesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051510750</t>
+          <t>9786051510248</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ayrılıktan Aşk Var</t>
+          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051512594</t>
+          <t>9786051511313</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 1</t>
+          <t>Zihinsel Terapi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051510538</t>
+          <t>9786051511290</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
+          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055122348</t>
+          <t>9786051510446</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
+          <t>Mutlu Evlilik Okulu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051510521</t>
+          <t>9786051511863</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yönetmek İçin Mazeret Yok</t>
+          <t>Kadın Mutluysa Herkes Mutludur</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051511702</t>
+          <t>9786051511818</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hatıratı</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758821091</t>
+          <t>9786051511252</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjisi</t>
+          <t>Yalnızca Rabbine Yönel</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>20.37</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9780007542987</t>
+          <t>9786051511009</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Suyun İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>12.04</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051510101</t>
+          <t>9786051510934</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Babalar Eve Dönsün</t>
+          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>25</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051513331</t>
+          <t>9786051510514</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Derviş Emir Sultan</t>
+          <t>İletişimde Mazeret Yok</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758821174</t>
+          <t>9786051510767</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı ve Sağlığı</t>
+          <t>Sevda Geri Dön</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>12.96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051513171</t>
+          <t>9786051510736</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Uzanan Evlilik</t>
+          <t>Gıda Güvenliği</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051513164</t>
+          <t>9786055365479</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Son Adres</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051513089</t>
+          <t>9786051510750</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kutadğu Bilig</t>
+          <t>Korkma Ayrılıktan Aşk Var</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051513386</t>
+          <t>9786051512594</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İsrail Nereye Koşuyor?</t>
+          <t>Eğitim Oyunları 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051510378</t>
+          <t>9786051510538</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sana Hiç Elveda Demedim ki</t>
+          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758243150</t>
+          <t>9786055122348</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>6.02</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9799758243906</t>
+          <t>9786051510521</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
+          <t>Yönetmek İçin Mazeret Yok</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756218617</t>
+          <t>9786051511702</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Kurtuluş Savaşı Hatıratı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>6.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758243334</t>
+          <t>9789758821091</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789756218228</t>
+          <t>9780007542987</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055878283</t>
+          <t>9786051510101</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Ateşle</t>
+          <t>Babalar Eve Dönsün</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789758243242</t>
+          <t>9786051513331</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sorunlarına Etkili Çözümler</t>
+          <t>Buharalı Derviş Emir Sultan</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>11.11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758243495</t>
+          <t>9789758821174</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yönetim (Supervision)</t>
+          <t>Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789756700358</t>
+          <t>9786051513171</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Asistanlığı</t>
+          <t>Sonsuzluğa Uzanan Evlilik</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>18.52</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756218013</t>
+          <t>9786051513164</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789758243310</t>
+          <t>9786051513089</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yetki Verme</t>
+          <t>Kutadğu Bilig</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055365189</t>
+          <t>9786051513386</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirdekten Fincana</t>
+          <t>İsrail Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>130</v>
+        <v>490</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789758243266</t>
+          <t>9786051510378</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
+          <t>Sana Hiç Elveda Demedim ki</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>16.67</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756218648</t>
+          <t>9789758243150</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yeni Müşteri</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>20</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756700785</t>
+          <t>9799758243906</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
+          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758243587</t>
+          <t>9789756218617</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Karakter</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055365004</t>
+          <t>9789758243334</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Gezerken Kayboldum</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756218167</t>
+          <t>9789756218228</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Her Anında Lütfen Efendim</t>
+          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756700846</t>
+          <t>9786055878283</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci Öyküleri</t>
+          <t>Yüreğini Ateşle</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756218068</t>
+          <t>9789758243242</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Coşkusu</t>
+          <t>Yönetim Sorunlarına Etkili Çözümler</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758243341</t>
+          <t>9789758243495</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık (Creativity)</t>
+          <t>Yönetim (Supervision)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>15.74</v>
+        <v>60</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756700709</t>
+          <t>9789756700358</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka</t>
+          <t>Yönetici Asistanlığı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756218136</t>
+          <t>9789756218013</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
+          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055878443</t>
+          <t>9789758243310</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada</t>
+          <t>Yetki Verme</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756700792</t>
+          <t>9786055365189</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
+          <t>Yeşil Çekirdekten Fincana</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>130</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789756700662</t>
+          <t>9789758243266</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
+          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>15.28</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756700594</t>
+          <t>9789756218648</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri 2</t>
+          <t>Yeni Müşteri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756700556</t>
+          <t>9789756700785</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri</t>
+          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055365424</t>
+          <t>9789758243587</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tranen der Hingabe-1</t>
+          <t>Yazı ve Karakter</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055365257</t>
+          <t>9786055365004</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve İnsan</t>
+          <t>Yaşasın Gezerken Kayboldum</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756218624</t>
+          <t>9789756218167</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Toplam Marka Yönetimi</t>
+          <t>Yaşamın Her Anında Lütfen Efendim</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055365233</t>
+          <t>9789756700846</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Terörün Matruşkası KCK</t>
+          <t>Yaşama Sevinci Öyküleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756218006</t>
+          <t>9789756218068</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Materyal Kullanımı</t>
+          <t>Yaşam Coşkusu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055365769</t>
+          <t>9789758243341</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Muhteşem Mektuplar</t>
+          <t>Yaratıcılık (Creativity)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>25</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756218839</t>
+          <t>9789756700709</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tanzim ve Teşhir</t>
+          <t>Yaratıcı Zeka</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051510019</t>
+          <t>9789756218136</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 2</t>
+          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>165</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789758243464</t>
+          <t>9786055878443</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756218501</t>
+          <t>9789756700792</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Şirket Doktoru 222 Kritik Soru</t>
+          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055365776</t>
+          <t>9789756700662</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Kürler</t>
+          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>30</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055878665</t>
+          <t>9789756700594</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kadın</t>
+          <t>Türkiye’den Başarı Öyküleri 2</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758243594</t>
+          <t>9789756700556</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Analizi</t>
+          <t>Türkiye’den Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789758243426</t>
+          <t>9786055365424</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sunuş Yapma (Prezantasyon)</t>
+          <t>Tranen der Hingabe-1</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789758243457</t>
+          <t>9786055365257</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Strateji Geliştirme</t>
+          <t>Toplum ve İnsan</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>20.37</v>
+        <v>125</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055878474</t>
+          <t>9789756218624</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü</t>
+          <t>Toplam Marka Yönetimi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000027359</t>
+          <t>9786055365233</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
+          <t>Terörün Matruşkası KCK</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055365172</t>
+          <t>9789756218006</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Teknoloji ve Materyal Kullanımı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>175</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055365677</t>
+          <t>9786055365769</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kadın İlmihali</t>
+          <t>Tarihimizdeki Muhteşem Mektuplar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055365264</t>
+          <t>9789756218839</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
+          <t>Tanzim ve Teşhir</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756700242</t>
+          <t>9786051510019</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Beyin Gücü</t>
+          <t>Tanrının Askerleri - 2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9799758243845</t>
+          <t>9789758243464</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Pozitif Disiplin</t>
+          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055878276</t>
+          <t>9789756218501</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme</t>
+          <t>Şirket Doktoru 222 Kritik Soru</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>13</v>
+        <v>50</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055878245</t>
+          <t>9786055365776</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Merkez Liderlik</t>
+          <t>Şifalı Kürler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055365332</t>
+          <t>9786055878665</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Bu Kadar Güzelken</t>
+          <t>Şeytan Kadın</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756218440</t>
+          <t>9789758243594</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Bahçıvanı</t>
+          <t>Şahsiyet Analizi</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055365219</t>
+          <t>9789758243426</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Kanatları</t>
+          <t>Sunuş Yapma (Prezantasyon)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756218822</t>
+          <t>9789758243457</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Hazinesin</t>
+          <t>Strateji Geliştirme</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055878894</t>
+          <t>9786055878474</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
+          <t>Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756700747</t>
+          <t>3990000027359</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
+          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055878146</t>
+          <t>9786055365172</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarıyı Yakalamak</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.48</v>
+        <v>175</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756218693</t>
+          <t>9786055365677</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
+          <t>Soru ve Cevaplarla Kadın İlmihali</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055878177</t>
+          <t>9786055365264</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Satışı Anlamak</t>
+          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055365608</t>
+          <t>9789756700242</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Siz İyi Bir İnsan Mısınız?</t>
+          <t>Sınırsız Beyin Gücü</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789758243167</t>
+          <t>9799758243845</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Satış Sanatı ve Pazarlama</t>
+          <t>Sınıfta Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756218709</t>
+          <t>9786055878276</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
+          <t>Sınav Stresini Yenme</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055878795</t>
+          <t>9786055878245</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Harem</t>
+          <t>Sıfır Merkez Liderlik</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756218600</t>
+          <t>9786055365332</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
+          <t>Sevmek Bu Kadar Güzelken</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055878917</t>
+          <t>9789756218440</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Sevgi Bahçesinin Bahçıvanı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055365745</t>
+          <t>9786055365219</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yakın Değil Mi?</t>
+          <t>Sevdanın Kanatları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055878764</t>
+          <t>9789756218822</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Üç Kuvveti</t>
+          <t>Sen Bir Hazinesin</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789756218778</t>
+          <t>9786055878894</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zenginlik</t>
+          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051512372</t>
+          <t>9789756700747</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758243709</t>
+          <t>9786055878146</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ruh İçimizdeki Biz</t>
+          <t>Satışta Başarıyı Yakalamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055878122</t>
+          <t>9789756218693</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığa Giriş</t>
+          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789756700396</t>
+          <t>9786055878177</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
+          <t>Satışı Anlamak</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9799756700180</t>
+          <t>9786055365608</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sinirlerinize Hakim Olun</t>
+          <t>Siz İyi Bir İnsan Mısınız?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9799758243838</t>
+          <t>9789758243167</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Rehber Anne-Babalar</t>
+          <t>Satış Sanatı ve Pazarlama</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051510095</t>
+          <t>9789756218709</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Sana Küsmedi</t>
+          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055878047</t>
+          <t>9786055878795</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Felsefe</t>
+          <t>Sarayda Harem</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756700679</t>
+          <t>9789756218600</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Penceresi</t>
+          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055878504</t>
+          <t>9786055878917</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Prestij</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055365349</t>
+          <t>9786055365745</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Böyle Dua Ederdi</t>
+          <t>Sabah Yakın Değil Mi?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799756700340</t>
+          <t>9786055878764</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçme</t>
+          <t>Ruhun Üç Kuvveti</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>10.19</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789758821204</t>
+          <t>9789756218778</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
+          <t>Ruhsal Zenginlik</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055878375</t>
+          <t>9786051512372</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
+          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789756218686</t>
+          <t>9789758243709</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Canavarı</t>
+          <t>Ruh İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055878382</t>
+          <t>9786055878122</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Panik Atağında Egzersizle Tedavi</t>
+          <t>Reklamcılığa Giriş</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756218464</t>
+          <t>9789756700396</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
+          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756218051</t>
+          <t>9799756700180</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Mevzuat El Kitabı</t>
+          <t>Sinirlerinize Hakim Olun</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789756700945</t>
+          <t>9799758243838</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
+          <t>Rehber Anne-Babalar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756700990</t>
+          <t>9786051510095</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
+          <t>Rabbin Sana Küsmedi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055878108</t>
+          <t>9786055878047</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizliği Yenmek</t>
+          <t>Psikiyatri ve Felsefe</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756700969</t>
+          <t>9789756700679</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
+          <t>Psikiyatri Penceresi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789756700952</t>
+          <t>9786055878504</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
+          <t>Prestij</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055365820</t>
+          <t>9786055365349</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Büyüme Sırları</t>
+          <t>Peygamberimiz Böyle Dua Ederdi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055122096</t>
+          <t>9799756700340</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yangın</t>
+          <t>Performans Ölçme</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>7.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799758243517</t>
+          <t>9789758821204</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Organize Olma</t>
+          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055365240</t>
+          <t>9786055878375</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
+          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>110</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758243082</t>
+          <t>9789756218686</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yaşama Sanatı</t>
+          <t>Pazarlama Canavarı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055878368</t>
+          <t>9786055878382</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Hayat Başarısı</t>
+          <t>Panik Atağında Egzersizle Tedavi</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055878740</t>
+          <t>9789756218464</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Nurun Beş Duyusu</t>
+          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>4.9</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756700938</t>
+          <t>9789756218051</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
+          <t>Öğretmenin Mevzuat El Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756700822</t>
+          <t>9789756700945</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile İçi İletişim</t>
+          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756218082</t>
+          <t>9789756700990</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>NLP ile Koçluk</t>
+          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756700976</t>
+          <t>9786055878108</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
+          <t>Öğrenilmiş Çaresizliği Yenmek</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799758243180</t>
+          <t>9789756700969</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Negatif Limanlardan Pozitif Sulara</t>
+          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055365936</t>
+          <t>9789756700952</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Nakrem</t>
+          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9799758243777</t>
+          <t>9786055365820</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Odaklı Satış</t>
+          <t>Osmanlı’nın Büyüme Sırları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756218754</t>
+          <t>9786055122096</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
+          <t>Ormandaki Yangın</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>18</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9799758243753</t>
+          <t>9799758243517</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Adayı Seçme</t>
+          <t>Organize Olma</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789758243259</t>
+          <t>9786055365240</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Başarı Yolları</t>
+          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>9.26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789756218730</t>
+          <t>9789758243082</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
+          <t>Olumlu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055365813</t>
+          <t>9786055878368</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşamın Şifreleri</t>
+          <t>Okul ve Hayat Başarısı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756218174</t>
+          <t>9786055878740</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
+          <t>Nurun Beş Duyusu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>10.19</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756218037</t>
+          <t>9789756700938</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786051510200</t>
+          <t>9789756700822</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mizan Başı İtirafları</t>
+          <t>NLP Teknikleriyle Aile İçi İletişim</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>14</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786055365370</t>
+          <t>9789756218082</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Var Aynı Odada</t>
+          <t>NLP ile Koçluk</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055878726</t>
+          <t>9789756700976</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Fısıltısı</t>
+          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055878313</t>
+          <t>9799758243180</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlama</t>
+          <t>Negatif Limanlardan Pozitif Sulara</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9799758243760</t>
+          <t>9786055365936</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Düşürme</t>
+          <t>Nakrem</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9799758243326</t>
+          <t>9799758243777</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mali Çizelgeleri Anlama</t>
+          <t>Müşteri Odaklı Satış</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055365226</t>
+          <t>9789756218754</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Anlayın Beni</t>
+          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799756700210</t>
+          <t>9799758243753</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Liderlik, Yönetim, Türkiye</t>
+          <t>Mükemmel Adayı Seçme</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756218341</t>
+          <t>9789758243259</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yaklaşımları ve Belediyeler</t>
+          <t>Mutluluk ve Başarı Yolları</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758243488</t>
+          <t>9789756218730</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Lider Yöneticilik (Coaching)</t>
+          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>45</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055365790</t>
+          <t>9786055365813</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Leyla Buradan Taşındı</t>
+          <t>Mutlu Yaşamın Şifreleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051510057</t>
+          <t>9789756218174</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Levh-i Mahfuz</t>
+          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756700266</t>
+          <t>9789756218037</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
+          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9799758243784</t>
+          <t>9786051510200</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
+          <t>Mizan Başı İtirafları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789756218983</t>
+          <t>9786055365370</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kobi</t>
+          <t>Mesafeler Var Aynı Odada</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055365394</t>
+          <t>9786055878726</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Adım</t>
+          <t>Meleklerin Fısıltısı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055365066</t>
+          <t>9786055878313</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
+          <t>Medya Planlama</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>3990000027915</t>
+          <t>9799758243760</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Maliyet Düşürme</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789758243945</t>
+          <t>9799758243326</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Stres Ortamında Yönetim</t>
+          <t>Mali Çizelgeleri Anlama</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055365646</t>
+          <t>9786055365226</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Küldeki Ateş</t>
+          <t>Lütfen Anlayın Beni</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>35</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756218792</t>
+          <t>9799756700210</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kobi Doktoru</t>
+          <t>Liderlik, Yönetim, Türkiye</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789758243631</t>
+          <t>9789756218341</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Özgürlüğün Psikolojisi</t>
+          <t>Liderlik Yaklaşımları ve Belediyeler</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789756700235</t>
+          <t>9789758243488</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim El Kitabı</t>
+          <t>Lider Yöneticilik (Coaching)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789758243228</t>
+          <t>9786055365790</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Leyla Buradan Taşındı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789756218945</t>
+          <t>9786051510057</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine NLP</t>
+          <t>Levh-i Mahfuz</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055878399</t>
+          <t>9789756700266</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
+          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789756218556</t>
+          <t>9799758243784</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Beden Dili</t>
+          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>55</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055878498</t>
+          <t>9789756218983</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
+          <t>Küresel Kobi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758243570</t>
+          <t>9786055365394</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
+          <t>Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055365653</t>
+          <t>9786055365066</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Stres Algısı</t>
+          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055365905</t>
+          <t>3990000027915</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kalp ile Sır</t>
+          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055878931</t>
+          <t>9789758243945</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece</t>
+          <t>Kriz ve Stres Ortamında Yönetim</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789756218747</t>
+          <t>9786055365646</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
+          <t>Küldeki Ateş</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756218976</t>
+          <t>9789756218792</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Her Zaman Kazandırır</t>
+          <t>Kobi Doktoru</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789758821228</t>
+          <t>9789758243631</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
+          <t>Kişisel Özgürlüğün Psikolojisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789756700730</t>
+          <t>9789756700235</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı (Ciltli)</t>
+          <t>Kişisel Gelişim El Kitabı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756700716</t>
+          <t>9789758243228</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055365028</t>
+          <t>9789756218945</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
+          <t>Kendi Kendine NLP</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789756218592</t>
+          <t>9786055878399</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Bütçe Yönetimi</t>
+          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789756218563</t>
+          <t>9789756218556</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İşler Kötüyse Reklam Yapın</t>
+          <t>Kazandıran Beden Dili</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>6.48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755878218</t>
+          <t>9786055878498</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İşin Sırrı</t>
+          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>7.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055365929</t>
+          <t>9789758243570</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İş Koçu</t>
+          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789758243440</t>
+          <t>9786055365653</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Uzlaşma İlkeleri</t>
+          <t>Kamu Yönetiminde Stres Algısı</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789756218402</t>
+          <t>9786055365905</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Önce İnsan</t>
+          <t>Kalp ile Sır</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789756700808</t>
+          <t>9786055878931</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Mükemmellik</t>
+          <t>Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>20.37</v>
+        <v>55</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055878825</t>
+          <t>9789756218747</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
+          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789758243358</t>
+          <t>9789756218976</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Motive Etme</t>
+          <t>İyi Fikir Her Zaman Kazandırır</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055878757</t>
+          <t>9789758821228</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanımak</t>
+          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055365806</t>
+          <t>9789756700730</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar İçinde İnsan Olmak</t>
+          <t>İşte Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>6.48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789758243471</t>
+          <t>9789756700716</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yetenekleri</t>
+          <t>İşte Başarı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758243600</t>
+          <t>9786055365028</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
+          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789756700853</t>
+          <t>9789756218592</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sıcağı Öyküleri</t>
+          <t>İşletmelerde Bütçe Yönetimi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789756218181</t>
+          <t>9789756218563</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
+          <t>İşler Kötüyse Reklam Yapın</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9799756700289</t>
+          <t>9789755878218</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
+          <t>İşin Sırrı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756700464</t>
+          <t>9786055365929</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Sonuca İnsan Kaynakları</t>
+          <t>İş Koçu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789756218419</t>
+          <t>9789758243440</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İmaj İletişim ve Beden Dili</t>
+          <t>İş Hayatında Uzlaşma İlkeleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055878306</t>
+          <t>9789756218402</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Kalp Köprüsü</t>
+          <t>İş Hayatında Önce İnsan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055365387</t>
+          <t>9789756700808</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız</t>
+          <t>İş Hayatında Mükemmellik</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756218020</t>
+          <t>9786055878825</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789756700563</t>
+          <t>9789758243358</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Başarılı İnsanların Karar Anı</t>
+          <t>İnsanları Motive Etme</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758243815</t>
+          <t>9786055878757</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İçten Liderlik</t>
+          <t>İnsanı Tanımak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055365325</t>
+          <t>9786055365806</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
+          <t>İnsancıklar İçinde İnsan Olmak</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>9.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055365127</t>
+          <t>9789758243471</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hüdai</t>
+          <t>İnsan Yetenekleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055878993</t>
+          <t>9789758243600</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
+          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051510118</t>
+          <t>9789756700853</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
+          <t>İnsan Sıcağı Öyküleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755878627</t>
+          <t>9789756218181</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hesap Kitap Dünyası</t>
+          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756218969</t>
+          <t>9799756700289</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Her Sabah Yeniden Doğun</t>
+          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756218044</t>
+          <t>9789756700464</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Rehberdir</t>
+          <t>Düşünceden Sonuca İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>20.37</v>
+        <v>100</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758243006</t>
+          <t>9789756218419</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>İmaj İletişim ve Beden Dili</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758243679</t>
+          <t>9786055878306</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Hükümdardır</t>
+          <t>İletişimde Kalp Köprüsü</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055365622</t>
+          <t>9786055365387</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
+          <t>İletişim Dünyamız</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758243303</t>
+          <t>9789756218020</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hedef Belirleme Sonuç Alma</t>
+          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055878139</t>
+          <t>9789756700563</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Pusulası</t>
+          <t>Başarılı İnsanların Karar Anı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055878184</t>
+          <t>9789758243815</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçindeki Psikiyatri</t>
+          <t>İçten Liderlik</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789756700532</t>
+          <t>9786055365325</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Bütününde Başarı</t>
+          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>11.11</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756700648</t>
+          <t>9786055365127</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
+          <t>Hüdai</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789756700761</t>
+          <t>9786055878993</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>11.11</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789756700914</t>
+          <t>9786051510118</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dokunan Öyküler</t>
+          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756218815</t>
+          <t>9789755878627</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunda Asla Pes Etme</t>
+          <t>Hesap Kitap Dünyası</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051512365</t>
+          <t>9789756218969</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
+          <t>Her Sabah Yeniden Doğun</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9799758243661</t>
+          <t>9789756218044</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
+          <t>Her Öğretmen Rehberdir</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>35</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055365073</t>
+          <t>9789758243006</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789756218365</t>
+          <t>9789758243679</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
+          <t>Her İnsan Hükümdardır</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>3.61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789758243211</t>
+          <t>9786055365622</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789756218358</t>
+          <t>9789758243303</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilere Yol Haritası</t>
+          <t>Hedef Belirleme Sonuç Alma</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055878771</t>
+          <t>9786055878139</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşk</t>
+          <t>Hayatın Pusulası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>2.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055878832</t>
+          <t>9786055878184</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızla Hünkar</t>
+          <t>Hayatın İçindeki Psikiyatri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756218143</t>
+          <t>9789756700532</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
+          <t>Hayatın Bütününde Başarı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055878733</t>
+          <t>9789756700648</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>40</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055365615</t>
+          <t>9789756700761</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tatlıya Bağlayalım</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756700617</t>
+          <t>9789756700914</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim</t>
+          <t>Hayata Dokunan Öyküler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9799756700364</t>
+          <t>9789756218815</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Meslekleri</t>
+          <t>Hayat Yolunda Asla Pes Etme</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055365158</t>
+          <t>9786051512365</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gandhi - Liderlik İlkeleri</t>
+          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9799758243715</t>
+          <t>9799758243661</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Fırsatı Yakalayın</t>
+          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>6.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055878030</t>
+          <t>9786055365073</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ile Psikiyatri</t>
+          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055365271</t>
+          <t>9789756218365</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>20</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756700839</t>
+          <t>9789758243211</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Kitabı</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789758243860</t>
+          <t>9789756218358</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
+          <t>Girişimcilere Yol Haritası</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756700495</t>
+          <t>9786055878771</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
+          <t>Gerçek Aşk</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>10.19</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758243372</t>
+          <t>9786055878832</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değişim Stratejileri</t>
+          <t>Genç Kızla Hünkar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9799758243531</t>
+          <t>9789756218143</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sunuş</t>
+          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789758243549</t>
+          <t>9786055878733</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Etkili Karar Verme</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789758243648</t>
+          <t>9786055365615</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Etkili Dinleme</t>
+          <t>Tatlıya Bağlayalım</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055365103</t>
+          <t>9789756700617</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Eşimin Eşi Yok</t>
+          <t>Geleceğin Toplumunda Yönetim</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055365714</t>
+          <t>9799756700364</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Geleceğin Meslekleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055365967</t>
+          <t>9786055365158</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Eş Frekans Yasası</t>
+          <t>Gandhi - Liderlik İlkeleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>55</v>
+        <v>25</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789756700877</t>
+          <t>9799758243715</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler</t>
+          <t>Fırsatı Yakalayın</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051510026</t>
+          <t>9786055878030</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Temizliğin Kitabı</t>
+          <t>Felsefe ile Psikiyatri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>75</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799756700296</t>
+          <t>9786055365271</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kurma ve Yönetme</t>
+          <t>Fatima</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789756218105</t>
+          <t>9789756700839</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Paradigma Değişimi</t>
+          <t>Evliliğin Kitabı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9799758243524</t>
+          <t>9789758243860</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756700983</t>
+          <t>9789756700495</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
+          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051510705</t>
+          <t>9789758243372</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Efe Türk Yavuz Sultan Selim</t>
+          <t>Kişisel Değişim Stratejileri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>330</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055365981</t>
+          <t>9799758243531</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Etkili Sunuş</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>95</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789756218532</t>
+          <t>9789758243549</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
+          <t>Etkili Karar Verme</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789756700587</t>
+          <t>9789758243648</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Düş Toplumu</t>
+          <t>Etkili Dinleme</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789756218488</t>
+          <t>9786055365103</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
+          <t>Eşimin Eşi Yok</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055878337</t>
+          <t>9786055365714</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9799756700166</t>
+          <t>9786055365967</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Duygularla Güçlenmek</t>
+          <t>Eş Frekans Yasası</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>11.11</v>
+        <v>55</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055365486</t>
+          <t>9789756700877</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Hayat Rehberi</t>
+          <t>Enfes Öyküler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055365363</t>
+          <t>9786051510026</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Başarı Rehberi</t>
+          <t>Ekolojik Temizliğin Kitabı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>11.11</v>
+        <v>75</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789755878696</t>
+          <t>9799756700296</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
+          <t>Ekip Kurma ve Yönetme</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789756700723</t>
+          <t>9789756218105</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
+          <t>Eğitimde Paradigma Değişimi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055878702</t>
+          <t>9799758243524</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9799756700302</t>
+          <t>9789756700983</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
+          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789756700655</t>
+          <t>9786051510705</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
+          <t>Efe Türk Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>13.89</v>
+        <v>330</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055365783</t>
+          <t>9786055365981</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Denetim Var</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055878252</t>
+          <t>9789756218532</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
+          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055878849</t>
+          <t>9789756700587</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkçı Güzeli</t>
+          <t>Düş Toplumu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>4</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9799758243739</t>
+          <t>9789756218488</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları</t>
+          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756700037</t>
+          <t>9786055878337</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055878092</t>
+          <t>9799756700166</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka MQ</t>
+          <t>Duygularla Güçlenmek</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055365684</t>
+          <t>9786055365486</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Eksikliği</t>
+          <t>Duyarlı Gencin Hayat Rehberi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055365912</t>
+          <t>9786055365363</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
+          <t>Duyarlı Gencin Başarı Rehberi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>18</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9799756700197</t>
+          <t>9789755878696</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756218914</t>
+          <t>9789756700723</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İnovasyon</t>
+          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789758243624</t>
+          <t>9786055878702</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055365516</t>
+          <t>9799756700302</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
+          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9799758243692</t>
+          <t>9789756700655</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
+          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789755878191</t>
+          <t>9786055365783</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Test Edin</t>
+          <t>Dikkat Denetim Var</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789758243389</t>
+          <t>9786055878252</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Keşfedin</t>
+          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055365011</t>
+          <t>9786055878849</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Dünyası</t>
+          <t>Kaşıkçı Güzeli</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>11.11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789758243617</t>
+          <t>9799758243739</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
+          <t>Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9799758243555</t>
+          <t>9789756700037</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789756218495</t>
+          <t>9786055878092</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
+          <t>Çoklu Zeka MQ</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>5.56</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>3990000013491</t>
+          <t>9786055365684</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi (Ciltli)</t>
+          <t>Çocuklarda Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051513195</t>
+          <t>9786055365912</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İsrafil’in Nefesi</t>
+          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051513188</t>
+          <t>9799756700197</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Gazi - 1302</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051510620</t>
+          <t>9789756218914</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Ölünce Sever misin Beni?</t>
+          <t>Çocuklar İçin İnovasyon</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>20</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055365400</t>
+          <t>9789758243624</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi?</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051512631</t>
+          <t>9786055365516</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömürler Seti (4 Kitap)</t>
+          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>152</v>
+        <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051512945</t>
+          <t>9799758243692</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hacamat - Kupa Terapisi</t>
+          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>55</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786051512969</t>
+          <t>9789755878191</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk - Adem ile Havva</t>
+          <t>Çocuğunuzu Test Edin</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786051514055</t>
+          <t>9789758243389</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Beş Şiirlik Kitap</t>
+          <t>Çocuğunuzu Keşfedin</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051512839</t>
+          <t>9786055365011</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Annemi Beklerken</t>
+          <t>Çocuğun Dünyası</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>280</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789758243976</t>
+          <t>9789758243617</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
+          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>480</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051512341</t>
+          <t>9799758243555</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>550</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051512174</t>
+          <t>9789756218495</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Elif Öğretmen</t>
+          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>450</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051515861</t>
+          <t>3990000013491</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İşin Psikolojisi</t>
+          <t>Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051514079</t>
+          <t>9786051513195</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>İsrafil’in Nefesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051512815</t>
+          <t>9786051513188</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
+          <t>Kuruluş Osman Gazi - 1302</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051515724</t>
+          <t>9786051510620</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>Ölünce Sever misin Beni?</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786051515762</t>
+          <t>9786055365400</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocukları Anlama Rehberi</t>
+          <t>Nasıl Bir Din Eğitimi?</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051515786</t>
+          <t>9786051512631</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
+          <t>Adanmış Ömürler Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>380</v>
+        <v>152</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051515779</t>
+          <t>9786051512945</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Ahlak</t>
+          <t>Hacamat - Kupa Terapisi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051515403</t>
+          <t>9786051512969</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Mahi</t>
+          <t>İlk Aşk - Adem ile Havva</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051515717</t>
+          <t>9786051514055</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Yâr ve Yara Kudüs</t>
+          <t>Beş Şiirlik Kitap</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051515793</t>
+          <t>9786051512839</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Trojans</t>
+          <t>Annemi Beklerken</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051515755</t>
+          <t>9789758243976</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Mesajı</t>
+          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051512273</t>
+          <t>9786051512341</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Başarı Evde Başlar</t>
+          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051511832</t>
+          <t>9786051512174</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İş'te Tecrübelerim</t>
+          <t>Elif Öğretmen</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051515670</t>
+          <t>9786051515861</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Kalp</t>
+          <t>İşin Psikolojisi</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051515656</t>
+          <t>9786051514079</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Güldüren ve Düşündüren Espriler</t>
+          <t>Kalbim Sana Emanet</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051515663</t>
+          <t>9786051512815</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
+          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051515595</t>
+          <t>9786051515724</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cehennem</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051515618</t>
+          <t>9786051515762</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Para Kazandıran Yasalar</t>
+          <t>Dijital Çocukları Anlama Rehberi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051515557</t>
+          <t>9786051515786</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinle Beni Anla</t>
+          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051515601</t>
+          <t>9786051515779</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İlahi Enerjisi</t>
+          <t>Bireysel Ahlak</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051512778</t>
+          <t>9786051515403</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Destan Çanakkale 1915</t>
+          <t>Ateş ve Havva Mahi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051515564</t>
+          <t>9786051515717</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Yürekte Yâr ve Yara Kudüs</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051510828</t>
+          <t>9786051515793</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Trojans</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051514680</t>
+          <t>9786051515755</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetimi</t>
+          <t>Sessizliğin Mesajı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051512907</t>
+          <t>9786051512273</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Asiye Zalimin Kızı</t>
+          <t>Başarı Evde Başlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051511467</t>
+          <t>9786051511832</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk</t>
+          <t>İş'te Tecrübelerim</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789758821280</t>
+          <t>9786051515670</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Sahibini Arayan Kalp</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051511061</t>
+          <t>9786051515656</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>El Yazısı ile Karakter Analizi</t>
+          <t>Güldüren ve Düşündüren Espriler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051512303</t>
+          <t>9786051515663</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kupa Terapi</t>
+          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051512761</t>
+          <t>9786051515595</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Soğuk Cehennem</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051512235</t>
+          <t>9786051515618</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Formülün Peşinde</t>
+          <t>Para Kazandıran Yasalar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051511597</t>
+          <t>9786051515557</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Tozlu Sayfaları</t>
+          <t>Beni Dinle Beni Anla</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789758364251</t>
+          <t>9786051515601</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Fardipli SinHa</t>
+          <t>Varlığın İlahi Enerjisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789758364947</t>
+          <t>9786051512778</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Sinha</t>
+          <t>Bir Ulu Destan Çanakkale 1915</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789756700624</t>
+          <t>9786051515564</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Cesur Sorular</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756700006</t>
+          <t>9786051510828</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Teknikleri</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789756700013</t>
+          <t>9786051514680</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Yönetim İlkeleri</t>
+          <t>Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789758243952</t>
+          <t>9786051512907</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
+          <t>Asiye Zalimin Kızı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>480</v>
+        <v>330</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789756218938</t>
+          <t>9786051511467</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli İnsan</t>
+          <t>Görücü Usulü Aşk</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789758243983</t>
+          <t>9789758821280</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Motivasyon</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789758243068</t>
+          <t>9786051511061</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>El Yazısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789758243990</t>
+          <t>9786051512303</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Sürecinde Türkiye</t>
+          <t>Kupa Terapi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>540</v>
+        <v>290</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789758243921</t>
+          <t>9786051512761</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tavsiyeler</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789758243969</t>
+          <t>9786051512235</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
+          <t>Formülün Peşinde</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055365844</t>
+          <t>9786051511597</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Evde Başlar</t>
+          <t>Cumhuriyetin Tozlu Sayfaları</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051513119</t>
+          <t>9789758364251</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı Hocam?</t>
+          <t>Fardipli SinHa</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051513140</t>
+          <t>9789758364947</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kendine Bir İyilik Yap</t>
+          <t>Derviş ve Sinha</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051513270</t>
+          <t>9789756700624</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin İncisi Hazreti Meryem</t>
+          <t>Cesur Sorular</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051515489</t>
+          <t>9789756700006</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Geri Sayım 2045</t>
+          <t>Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051515526</t>
+          <t>9789756700013</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Yönetim İlkeleri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051515519</t>
+          <t>9789758243952</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatına Dair Altın Öğütler</t>
+          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051515502</t>
+          <t>9789756218938</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>Nitelikli İnsan</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786051515533</t>
+          <t>9789758243983</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>İş Hayatında Motivasyon</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051515540</t>
+          <t>9789758243068</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Pandora Mağarası</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051515496</t>
+          <t>9789758243990</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Globalleşme Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051512983</t>
+          <t>9789758243921</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Halkının Allah ile Başı Dertte</t>
+          <t>Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>590</v>
+        <v>480</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051515410</t>
+          <t>9789758243969</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Tek Din Çağı</t>
+          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051515397</t>
+          <t>9786055365844</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kendime Geldim</t>
+          <t>Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051515465</t>
+          <t>9786051513119</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Gitmenin Psikolojisi</t>
+          <t>Cennette Waffle Var Mı Hocam?</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051515472</t>
+          <t>9786051513140</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Kendine Bir İyilik Yap</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051515380</t>
+          <t>9786051513270</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Her Şey Var</t>
+          <t>Masumiyetin İncisi Hazreti Meryem</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051512495</t>
+          <t>9786051515489</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Fatıma</t>
+          <t>Yapay Zekâ Geri Sayım 2045</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051514611</t>
+          <t>9786051515526</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Öğrenme</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051513096</t>
+          <t>9786051515519</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hocam</t>
+          <t>İş Hayatına Dair Altın Öğütler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051514758</t>
+          <t>9786051515502</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcı</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051511542</t>
+          <t>9786051515533</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051514741</t>
+          <t>9786051515540</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Aileyi Şirketleştirmek</t>
+          <t>Fener Adası Pandora Mağarası</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051514697</t>
+          <t>9786051515496</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051514734</t>
+          <t>9786051512983</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Hissedar</t>
+          <t>Tanrının Halkının Allah ile Başı Dertte</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051514727</t>
+          <t>9786051515410</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
+          <t>Tek Din Çağı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051514710</t>
+          <t>9786051515397</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı?</t>
+          <t>Kendime Geldim</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051514703</t>
+          <t>9786051515465</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Asiye Sevginin Gücü</t>
+          <t>Gitmenin Psikolojisi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051510385</t>
+          <t>9786051515472</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>4500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051514659</t>
+          <t>9786051515380</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
+          <t>Hayatta Her Şey Var</t>
         </is>
       </c>
       <c r="C564" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051514666</t>
+          <t>9786051512495</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Aşeka</t>
+          <t>Hazreti Fatıma</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051514673</t>
+          <t>9786051514611</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sadece Allah’tan İste</t>
+          <t>Beyin ve Öğrenme</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051514642</t>
+          <t>9786051513096</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sesi Dinle</t>
+          <t>Hocam</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>290</v>
+        <v>850</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051514529</t>
+          <t>9786051514758</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kıskançlığı</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051514017</t>
+          <t>9786051511542</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Terapist</t>
+          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051512457</t>
+          <t>9786051514741</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
+          <t>Aileyi Şirketleştirmek</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055365882</t>
+          <t>9786051514697</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Sırrı (Ciltli)</t>
+          <t>Mutluluk Psikolojisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051514628</t>
+          <t>9786051514734</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Arkasya Günlükleri</t>
+          <t>Hissedar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051514581</t>
+          <t>9786051514727</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
+          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051514604</t>
+          <t>9786051514710</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
+          <t>Cennette Waffle Var Mı?</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051514505</t>
+          <t>9786051514703</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Asiye Sevginin Gücü</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051514185</t>
+          <t>9786051510385</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
+          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>1100</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051514567</t>
+          <t>9786051514659</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
+          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051514543</t>
+          <t>9786051514666</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
+          <t>Ateş ve Havva Aşeka</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>680</v>
+        <v>390</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051514550</t>
+          <t>9786051514673</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
+          <t>Sadece Allah’tan İste</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>680</v>
+        <v>330</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051514512</t>
+          <t>9786051514642</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kendine Engel Olma</t>
+          <t>İçindeki Sesi Dinle</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051514482</t>
+          <t>9786051514529</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
+          <t>Kardeş Kıskançlığı</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051514499</t>
+          <t>9786051514017</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Hikayene Hoş Geldin</t>
+          <t>Terapist</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051514215</t>
+          <t>9786051512457</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
+          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051514239</t>
+          <t>9786055365882</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mihenk Noktası</t>
+          <t>İnsanın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051514246</t>
+          <t>9786051514628</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
+          <t>Arkasya Günlükleri</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051514192</t>
+          <t>9786051514581</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
+          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051514208</t>
+          <t>9786051514604</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ağlarsa</t>
+          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051513041</t>
+          <t>9786051514505</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051514178</t>
+          <t>9786051514185</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Vasiyettir</t>
+          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051514062</t>
+          <t>9786051514567</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
+          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051514024</t>
+          <t>9786051514543</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab Bin Umeyr</t>
+          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051514031</t>
+          <t>9786051514550</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
+          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051514000</t>
+          <t>9786051514512</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün Mutlu Yaşa</t>
+          <t>Kendine Engel Olma</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789759019617</t>
+          <t>9786051514482</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
+          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051513584</t>
+          <t>9786051514499</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Bu Gözler Neler Gördü</t>
+          <t>Hikayene Hoş Geldin</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051513591</t>
+          <t>9786051514215</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
+          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051513560</t>
+          <t>9786051514239</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Uyanış</t>
+          <t>Mihenk Noktası</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051513522</t>
+          <t>9786051514246</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Konuşmak İstiyorum</t>
+          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051513539</t>
+          <t>9786051514192</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim Tek Başımayım</t>
+          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051513003</t>
+          <t>9786051514208</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
+          <t>Kadın Ağlarsa</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>3600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051513546</t>
+          <t>9786051513041</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında</t>
+          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051513577</t>
+          <t>9786051514178</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Uyan Tanrı Değilsin</t>
+          <t>Kudüs Vasiyettir</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051513515</t>
+          <t>9786051514062</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Konumlandır</t>
+          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051513508</t>
+          <t>9786051514024</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Huzur İstiyorum</t>
+          <t>Hz. Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051513492</t>
+          <t>9786051514031</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Aşka Ağlayan Derviş Yunus Emre</t>
+          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051513478</t>
+          <t>9786051514000</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Yaşlandıran 18 Hata</t>
+          <t>İyi Düşün Mutlu Yaşa</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051513461</t>
+          <t>9789759019617</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kendini Rahat Bırak</t>
+          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051513454</t>
+          <t>9786051513584</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Evliliğinize Yardım Edin</t>
+          <t>Bu Gözler Neler Gördü</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051513447</t>
+          <t>9786051513591</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sen Çok Özelsin</t>
+          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051513423</t>
+          <t>9786051513560</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Sevgiye Uyanış</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051513430</t>
+          <t>9786051513522</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Burcunuza Göre Olumlama Terapisi</t>
+          <t>Geleceği Konuşmak İstiyorum</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051513348</t>
+          <t>9786051513539</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
+          <t>Yalnız Değilim Tek Başımayım</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051513393</t>
+          <t>9786051513003</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hazar</t>
+          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>155</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051513409</t>
+          <t>9786051513546</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ahirette 45 Gün</t>
+          <t>Ölümün Kıyısında</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051513379</t>
+          <t>9786051513577</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Sirayet</t>
+          <t>Uyan Tanrı Değilsin</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051513324</t>
+          <t>9786051513515</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>8 Haftada Dik Durma Sanatı</t>
+          <t>Kendini Yeniden Konumlandır</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051513317</t>
+          <t>9786051513508</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dileyici</t>
+          <t>Ailemde Huzur İstiyorum</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051513300</t>
+          <t>9786051513492</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Cehennemi</t>
+          <t>Aşka Ağlayan Derviş Yunus Emre</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051513294</t>
+          <t>9786051513478</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
+          <t>Hızlı Yaşlandıran 18 Hata</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051513287</t>
+          <t>9786051513461</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Rus Geceleri</t>
+          <t>Kendini Rahat Bırak</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051513256</t>
+          <t>9786051513454</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşmış Kadınlar</t>
+          <t>Evliliğinize Yardım Edin</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051513249</t>
+          <t>9786051513447</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Planı</t>
+          <t>Sen Çok Özelsin</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051513232</t>
+          <t>9786051513423</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gör Dediği</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051513133</t>
+          <t>9786051513430</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Elif'ime 18'inde 18 Mektup</t>
+          <t>Burcunuza Göre Olumlama Terapisi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051513201</t>
+          <t>9786051513348</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ülkesi</t>
+          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051513225</t>
+          <t>9786051513393</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İlk Doktorum Annem (Ciltli)</t>
+          <t>Hazar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>450</v>
+        <v>155</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051513218</t>
+          <t>9786051513409</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
+          <t>Ahirette 45 Gün</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051513157</t>
+          <t>9786051513379</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
+          <t>Sirayet</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051512976</t>
+          <t>9786051513324</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>8 Haftada Dik Durma Sanatı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051513126</t>
+          <t>9786051513317</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Dileyici</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051512990</t>
+          <t>9786051513300</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Ayak Sesleri</t>
+          <t>Akdeniz Cehennemi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051511436</t>
+          <t>9786051513294</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Yolunda</t>
+          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>35</v>
+        <v>420</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051513072</t>
+          <t>9786051513287</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>Rus Geceleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051512952</t>
+          <t>9786051513256</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Diyette Nefsin Eğitimi</t>
+          <t>Başkalaşmış Kadınlar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051512884</t>
+          <t>9786051513249</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Adamları</t>
+          <t>Kıyamet Planı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051512662</t>
+          <t>9786051513232</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
+          <t>Tarihin Gör Dediği</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051512938</t>
+          <t>9786051513133</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Arınma Terapisi</t>
+          <t>Elif'ime 18'inde 18 Mektup</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051512860</t>
+          <t>9786051513201</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Akrep Darbesi</t>
+          <t>Gözyaşı Ülkesi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051512877</t>
+          <t>9786051513225</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Birlik</t>
+          <t>İlk Doktorum Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051512891</t>
+          <t>9786051513218</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Sır Ölüm</t>
+          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051512846</t>
+          <t>9786051513157</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Eşim İsterse Olur</t>
+          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051512112</t>
+          <t>9786051512976</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sohbetleri</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051512808</t>
+          <t>9786051513126</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Zeka</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051512822</t>
+          <t>9786051512990</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mesani Ayetler</t>
+          <t>Asyanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051512648</t>
+          <t>9786051511436</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
+          <t>Aşıkların Yolunda</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051512785</t>
+          <t>9786051513072</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Dost Ateşi Altında Yaşamak</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>600</v>
+        <v>430</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051512792</t>
+          <t>9786051512952</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Nato'nun İslam'la Savaşı</t>
+          <t>Diyette Nefsin Eğitimi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051512747</t>
+          <t>9786051512884</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Her Duvar Bir Kapıdır</t>
+          <t>Sultanın Adamları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051512730</t>
+          <t>9786051512662</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Timsali Hz. Ömer</t>
+          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051512716</t>
+          <t>9786051512938</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Borcu</t>
+          <t>Arınma Terapisi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051510804</t>
+          <t>9786051512860</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kuyumculuk</t>
+          <t>Akrep Darbesi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051512723</t>
+          <t>9786051512877</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Beslenerek İyileş</t>
+          <t>Kayıp Birlik</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051512754</t>
+          <t>9786051512891</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Yabancı</t>
+          <t>Sır Ölüm</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051512563</t>
+          <t>9786051512846</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Büyü ve Nazardan Korunma</t>
+          <t>Eşim İsterse Olur</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051512709</t>
+          <t>9786051512112</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Yediden Diriliş</t>
+          <t>Hayat Sohbetleri</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051512693</t>
+          <t>9786051512808</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Son Zafer - Kutulamare</t>
+          <t>Ahlaki Zeka</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051512679</t>
+          <t>9786051512822</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Kur'an'da Mesani Ayetler</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051512624</t>
+          <t>9786051512648</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vurgunu</t>
+          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051512587</t>
+          <t>9786051512785</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yağmuru Sever</t>
+          <t>Dost Ateşi Altında Yaşamak</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051512419</t>
+          <t>9786051512792</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Son Kale Türkiye</t>
+          <t>Nato'nun İslam'la Savaşı</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051512488</t>
+          <t>9786051512747</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
+          <t>Her Duvar Bir Kapıdır</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051512440</t>
+          <t>9786051512730</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
+          <t>Adaletin Timsali Hz. Ömer</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051512464</t>
+          <t>9786051512716</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Asiye</t>
+          <t>Yaşama Borcu</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051512471</t>
+          <t>9786051510804</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Çekirdeği</t>
+          <t>İslam’da Kuyumculuk</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>490</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051512426</t>
+          <t>9786051512723</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kişiye Özel Öğrenme</t>
+          <t>Beslenerek İyileş</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051512396</t>
+          <t>9786051512754</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Direniş</t>
+          <t>Kalbimdeki Yabancı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051512051</t>
+          <t>9786051512563</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>İslam, Life and Terror</t>
+          <t>Büyü ve Nazardan Korunma</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>60</v>
+        <v>490</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051512334</t>
+          <t>9786051512709</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Yükselişi</t>
+          <t>Yediden Diriliş</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051512358</t>
+          <t>9786051512693</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Çocuk Eğitimi</t>
+          <t>Son Zafer - Kutulamare</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051512297</t>
+          <t>9786051512679</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kontrolü</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786051512242</t>
+          <t>9786051512624</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Oyunu</t>
+          <t>Eylül Vurgunu</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051512266</t>
+          <t>9786051512587</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Karargah</t>
+          <t>Aşk Yağmuru Sever</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051512167</t>
+          <t>9786051512419</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Uyanışı</t>
+          <t>Son Kale Türkiye</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051512204</t>
+          <t>9786051512488</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yardım Etmek İstiyorum</t>
+          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051512136</t>
+          <t>9786051512440</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peygamberi Hz. Muhammed</t>
+          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051512143</t>
+          <t>9786051512464</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Mevla’sı</t>
+          <t>Asiye</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051512129</t>
+          <t>9786051512471</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Yeniçerileri</t>
+          <t>Mandalina Çekirdeği</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051512082</t>
+          <t>9786051512426</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Can Tanem</t>
+          <t>Kişiye Özel Öğrenme</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051512075</t>
+          <t>9786051512396</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İkimiz İçin</t>
+          <t>İhanet ve Direniş</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051511474</t>
+          <t>9786051512051</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
+          <t>İslam, Life and Terror</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051511948</t>
+          <t>9786051512334</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Sen Gidince</t>
+          <t>Osmanlı'nın Yükselişi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051511917</t>
+          <t>9786051512358</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Sevdası</t>
+          <t>Osmanlı'da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051511580</t>
+          <t>9786051512297</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İcat</t>
+          <t>Beyin Kontrolü</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051511610</t>
+          <t>9786051512242</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Yazdım Seni</t>
+          <t>Şeytanın Oyunu</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051511603</t>
+          <t>9786051512266</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İhtişamdan Sefalete</t>
+          <t>Kozmik Karargah</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051511504</t>
+          <t>9786051512167</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peşinde</t>
+          <t>Kalbin Uyanışı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>490</v>
+        <v>85</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051511528</t>
+          <t>9786051512204</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Gücü</t>
+          <t>Kendime Yardım Etmek İstiyorum</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051511726</t>
+          <t>9786051512136</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
+          <t>Aşkın Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051511696</t>
+          <t>9786051512143</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Gibi Sev Beni</t>
+          <t>Leyla’nın Mevla’sı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051511733</t>
+          <t>9786051512129</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hafızası</t>
+          <t>Amerika'nın Yeniçerileri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051511634</t>
+          <t>9786051512082</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Üzümü Yemeden Bağını Sor</t>
+          <t>Can Tanem</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051511559</t>
+          <t>9786051512075</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Metalik Kadınlar - Kadife Erkekler</t>
+          <t>İkimiz İçin</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>390</v>
+        <v>330</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051511498</t>
+          <t>9786051511474</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Aslanı Hz. Ali</t>
+          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051511481</t>
+          <t>9786051511948</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Yazmışlar</t>
+          <t>Sen Gidince</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786055365035</t>
+          <t>9786051511917</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
+          <t>Diriliş Sevdası</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051510613</t>
+          <t>9786051511580</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
+          <t>Kanlı İcat</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>14</v>
+        <v>390</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051511450</t>
+          <t>9786051511610</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
+          <t>Kalbime Yazdım Seni</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051510910</t>
+          <t>9786051511603</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>İhtişamdan Sefalete</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051511283</t>
+          <t>9786051511504</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Testler ile Karakter Analizi</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051511399</t>
+          <t>9786051511528</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
+          <t>Okumanın Gücü</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051510897</t>
+          <t>9786051511726</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öykülerle Aile Terapisi</t>
+          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>390</v>
+        <v>480</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051511269</t>
+          <t>9786051511696</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Allah’tan İste</t>
+          <t>Olduğum Gibi Sev Beni</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051511245</t>
+          <t>9786051511733</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Elifname</t>
+          <t>Tarihin Hafızası</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051511344</t>
+          <t>9786051511634</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Leyla</t>
+          <t>Üzümü Yemeden Bağını Sor</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051511320</t>
+          <t>9786051511559</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Rana</t>
+          <t>Metalik Kadınlar - Kadife Erkekler</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051511238</t>
+          <t>9786051511498</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gülsima Ağlama Ne Olursun</t>
+          <t>Allah'ın Aslanı Hz. Ali</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051511214</t>
+          <t>9786051511481</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkımızı Anlat</t>
+          <t>Seni Bana Yazmışlar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051511207</t>
+          <t>9786055365035</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Zeyneb</t>
+          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051511023</t>
+          <t>9786051510613</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051510989</t>
+          <t>9786051511450</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ayrılamazsınız</t>
+          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>35</v>
+        <v>380</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051511054</t>
+          <t>9786051510910</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051511184</t>
+          <t>9786051511283</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet ve Karakter Analizi</t>
+          <t>Psikolojik Testler ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051511160</t>
+          <t>9786051511399</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Evleniyor muyuz Eğleniyor muyuz</t>
+          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051511191</t>
+          <t>9786051510897</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva  Öyküler</t>
+          <t>Yaşanmış Öykülerle Aile Terapisi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>26</v>
+        <v>390</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051511146</t>
+          <t>9786051511269</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
+          <t>Her Şeyi Allah’tan İste</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>195</v>
+        <v>55</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051510323</t>
+          <t>9786051511245</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
+          <t>Elifname</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051510231</t>
+          <t>9786051511344</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbinde Taht Kurmak</t>
+          <t>Aşk-ı Leyla</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051510866</t>
+          <t>9786051511320</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yürümeyeceksin</t>
+          <t>Aşk-ı Rana</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051510880</t>
+          <t>9786051511238</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Buz Yürekler</t>
+          <t>Gülsima Ağlama Ne Olursun</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051510637</t>
+          <t>9786051511214</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Detoks</t>
+          <t>Bana Aşkımızı Anlat</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051510798</t>
+          <t>9786051511207</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz. Muhammed</t>
+          <t>Hazreti Zeyneb</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051510040</t>
+          <t>9786051511023</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kör Noktası</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051510965</t>
+          <t>9786051510989</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Elfabe</t>
+          <t>Ayrılamazsınız</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051510729</t>
+          <t>9786051511054</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bakış Açımızda</t>
+          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051511801</t>
+          <t>9786051511184</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Başkanlık</t>
+          <t>Şahsiyet ve Karakter Analizi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>50</v>
+        <v>230</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051511825</t>
+          <t>9786051511160</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl</t>
+          <t>Evleniyor muyuz Eğleniyor muyuz</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>540</v>
+        <v>20</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051511870</t>
+          <t>9786051511191</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Derde Deva  Öyküler</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>290</v>
+        <v>26</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051511764</t>
+          <t>9786051511146</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
+          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>25</v>
+        <v>195</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786055878955</t>
+          <t>9786051510323</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekimine Karşı Temel Bilgiler</t>
+          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786055365493</t>
+          <t>9786051510231</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Püf Noktalar</t>
+          <t>Müşterinin Kalbinde Taht Kurmak</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786055365202</t>
+          <t>9786051510866</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Okuma Zekası (RIQ)</t>
+          <t>Yalnız Yürümeyeceksin</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786055878634</t>
+          <t>9786051510880</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Dahi Çocuk Yetiştirmek</t>
+          <t>Buz Yürekler</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786055365110</t>
+          <t>9786051510637</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Can Boğazdan Çıkar</t>
+          <t>Ruhsal Detoks</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051510699</t>
+          <t>9786051510798</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Fatih 1453</t>
+          <t>İslam Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>135</v>
+        <v>480</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789759139001</t>
+          <t>9786051510040</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
+          <t>Aklın Kör Noktası</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051510156</t>
+          <t>9786051510965</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 3</t>
+          <t>Elfabe</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051510149</t>
+          <t>9786051510729</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
+          <t>Mutluluk Bakış Açımızda</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789758243204</t>
+          <t>9786051511801</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Türk Tipi Başkanlık</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786055365530</t>
+          <t>9786051511825</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Müslüman Olmak</t>
+          <t>Üst Akıl</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>40</v>
+        <v>540</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051511122</t>
+          <t>9786051511870</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051510088</t>
+          <t>9786051511764</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kral Değildir</t>
+          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051510644</t>
+          <t>9786055878955</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Kuyusu</t>
+          <t>Yer Çekimine Karşı Temel Bilgiler</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786055878887</t>
+          <t>9786055365493</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Püf Noktalar</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051514574</t>
+          <t>9786055365202</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sorular</t>
+          <t>Okuma Zekası (RIQ)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789756218235</t>
+          <t>9786055878634</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Genç Erkek Psikolojisi</t>
+          <t>Dahi Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051510477</t>
+          <t>9786055365110</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
+          <t>Can Boğazdan Çıkar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051510606</t>
+          <t>9786051510699</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Terk Etme Beni</t>
+          <t>Fatih 1453</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051510507</t>
+          <t>9789759139001</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Açılan Aynalar</t>
+          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>400</v>
+        <v>60</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051510316</t>
+          <t>9786051510156</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Ben Buldum Başkasının OLdu</t>
+          <t>Tanrının Askerleri - 3</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786055878535</t>
+          <t>9786051510149</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
+          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>4000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055365721</t>
+          <t>9789758243204</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hünkar 2. Abdülhamid</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055365660</t>
+          <t>9786055365530</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Uyusun Da Büyüsün</t>
+          <t>Avrupa’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786055878238</t>
+          <t>9786051511122</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
+          <t>Hazreti Hatice</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786055365707</t>
+          <t>9786051510088</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin Gizli Odaları</t>
+          <t>Aslan Kral Değildir</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051510163</t>
+          <t>9786051510644</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri 4</t>
+          <t>Ruhlar Kuyusu</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051510002</t>
+          <t>9786055878887</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 1</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>115</v>
+        <v>30</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789755878221</t>
+          <t>9786051514574</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
+          <t>Gizemli Sorular</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>95</v>
+        <v>380</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786055365899</t>
+          <t>9789756218235</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kurumları</t>
+          <t>Genç Erkek Psikolojisi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051511337</t>
+          <t>9786051510477</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Lal</t>
+          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786055365592</t>
+          <t>9786051510606</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>10 Gün Operasyonu</t>
+          <t>Terk Etme Beni</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051512099</t>
+          <t>9786051510507</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Perakendede Liderlik (Ciltli)</t>
+          <t>Güneşe Açılan Aynalar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051511221</t>
+          <t>9786051510316</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Gönül İşidir</t>
+          <t>Ben Buldum Başkasının OLdu</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055365462</t>
+          <t>9786055878535</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Detoks Sağlıklı Diyet</t>
+          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>450</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789758243075</t>
+          <t>9786055365721</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Yalnız Hünkar 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786055365509</t>
+          <t>9786055365660</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
+          <t>Uyusun Da Büyüsün</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786055878962</t>
+          <t>9786055878238</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Hocası Erbakan</t>
+          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>850</v>
+        <v>440</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789758243563</t>
+          <t>9786055365707</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Psikolojisi</t>
+          <t>Tarihimizin Gizli Odaları</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789756218785</t>
+          <t>9786051510163</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Gemileri Yakmak</t>
+          <t>Tanrının Askerleri 4</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786055878429</t>
+          <t>9786051510002</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Güzel Konuşma Sanatı</t>
+          <t>Tanrının Askerleri - 1</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>430</v>
+        <v>115</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786055365738</t>
+          <t>9789755878221</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Beka</t>
+          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051510187</t>
+          <t>9786055365899</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
+          <t>Avrupa Birliği Kurumları</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051510064</t>
+          <t>9786051511337</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Ninniler (Ciltli)</t>
+          <t>Aşk-ı Lal</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051512013</t>
+          <t>9786055365592</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Deşifresi</t>
+          <t>10 Gün Operasyonu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>380</v>
+        <v>30</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789759019259</t>
+          <t>9786051512099</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>MehdiX - Olasılık Teorisi</t>
+          <t>Perakendede Liderlik (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789759019686</t>
+          <t>9786051511221</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ahkamsız Hükümler</t>
+          <t>Liderlik Gönül İşidir</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786055365080</t>
+          <t>9786055365462</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Paşam</t>
+          <t>Kozmik Detoks Sağlıklı Diyet</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
+          <t>9789758243075</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Kitleler Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786055365509</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786055878962</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Herkesin Hocası Erbakan</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789758243563</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Genç Kız Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9789756218785</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Gemileri Yakmak</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786055878429</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Etkili ve Güzel Konuşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786055365738</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Esrar-ı Beka</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786051510187</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786051510064</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Ninniler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786051512013</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Deşifresi</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9789759019259</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>MehdiX - Olasılık Teorisi</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9789759019686</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Ahkamsız Hükümler</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786055365080</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Paşam</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
           <t>9789758821365</t>
         </is>
       </c>
-      <c r="B777" s="1" t="inlineStr">
+      <c r="B790" s="1" t="inlineStr">
         <is>
           <t>Şifalı Yemekler</t>
         </is>
       </c>
-      <c r="C777" s="1">
+      <c r="C790" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>