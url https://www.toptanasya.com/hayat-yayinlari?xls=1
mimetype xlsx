--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,11875 +85,11980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051516042</t>
+          <t>9786051516066</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Tears of Youth</t>
+          <t>(Ç)evrenin Efendisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051516011</t>
+          <t>9786051516158</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Die Tranen Der Jugend</t>
+          <t>İnsan Neyi Arar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051516059</t>
+          <t>9786051516127</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sayın Veli</t>
+          <t>Gülümseten Tarih</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051515588</t>
+          <t>9786051516110</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yürüme - Bir Yaşam Hikayesi</t>
+          <t>Ölü Bebekler Ülkesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051515977</t>
+          <t>9786051516103</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gölge Şehir</t>
+          <t>Pupa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051516035</t>
+          <t>9786051516073</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Acil Para Lazım</t>
+          <t>Gençlerin Aklına Takılanlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051510012</t>
+          <t>9786051516080</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gözyaşı</t>
+          <t>Yol Arkadaşımızı Seçerken</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051516028</t>
+          <t>9786051516042</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Misyoner İstihbaratçılar</t>
+          <t>The Tears of Youth</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051515946</t>
+          <t>9786051516011</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İlk Mektup</t>
+          <t>Die Tranen Der Jugend</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051515823</t>
+          <t>9786051516059</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kutub Yıldızı 1</t>
+          <t>Sayın Veli</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051515939</t>
+          <t>9786051515588</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Gelin Ettim</t>
+          <t>Yürüme - Bir Yaşam Hikayesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051515991</t>
+          <t>9786051515977</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gözyaşı</t>
+          <t>Gölge Şehir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051516004</t>
+          <t>9786051516035</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fanusun İçindeki Çocuklar</t>
+          <t>Acil Para Lazım</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051515960</t>
+          <t>9786051510012</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tıpta Mizaç</t>
+          <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051515854</t>
+          <t>9786051516028</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dinleme Sanatı</t>
+          <t>Misyoner İstihbaratçılar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051515984</t>
+          <t>9786051515946</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Arının Yolculuğu</t>
+          <t>İlk Mektup</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051515953</t>
+          <t>9786051515823</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ahlak</t>
+          <t>Kutub Yıldızı 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051515878</t>
+          <t>9786051515939</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Derinliğini Keşfet</t>
+          <t>Güneşi Gelin Ettim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758243013</t>
+          <t>9786051515991</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
+          <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051511405</t>
+          <t>9786051516004</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
+          <t>Fanusun İçindeki Çocuklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>17.36</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051512853</t>
+          <t>9786051515960</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
+          <t>Kadim Tıpta Mizaç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051513058</t>
+          <t>9786051515854</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yapay Depremler ve Haarp Projesi</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>40</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055365097</t>
+          <t>9786051515984</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eşimle Tanışmayı Unutmuşuz</t>
+          <t>Arının Yolculuğu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055365585</t>
+          <t>9786051515953</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Toplumsal Ahlak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051512501</t>
+          <t>9786051515878</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
+          <t>Derinliğini Keşfet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051512532</t>
+          <t>9789758243013</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
+          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051512549</t>
+          <t>9786051511405</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Örnek Öğretmen</t>
+          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>17.36</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051512518</t>
+          <t>9786051512853</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Gemileri Yaktım</t>
+          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051512921</t>
+          <t>9786051513058</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Fahreddin Paşa</t>
+          <t>Yapay Depremler ve Haarp Projesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055365042</t>
+          <t>9786055365097</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Evlendikten Sonra da Muhabbet Olsun</t>
+          <t>Eşimle Tanışmayı Unutmuşuz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051510217</t>
+          <t>9786055365585</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ölüm</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>32</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051510354</t>
+          <t>9786051512501</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
+          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>27.78</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051511429</t>
+          <t>9786051512532</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Hayat</t>
+          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051510996</t>
+          <t>9786051512549</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Geliştirme</t>
+          <t>Sevgi Dolu Örnek Öğretmen</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051511030</t>
+          <t>9786051512518</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Varisi : Abraham</t>
+          <t>Senin İçin Gemileri Yaktım</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051510842</t>
+          <t>9786051512921</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
+          <t>Medine Müdafaası Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051511092</t>
+          <t>9786055365042</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Evlendikten Sonra da Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051511115</t>
+          <t>9786051510217</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İletişim</t>
+          <t>Beyaz Ölüm</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051511047</t>
+          <t>9786051510354</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Umudu Yeşerten Öyküler</t>
+          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051511085</t>
+          <t>9786051511429</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Rengarenk Hayat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051511078</t>
+          <t>9786051510996</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dönme Artık Çok Geç</t>
+          <t>Çocuklarda Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>75</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051511108</t>
+          <t>9786051511030</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Karanlığın Varisi : Abraham</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051510972</t>
+          <t>9786051510842</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
+          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>13.89</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051510675</t>
+          <t>9786051511092</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Giyimde Renklerin Uyumu</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051510774</t>
+          <t>9786051511115</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
+          <t>Duygusal İletişim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>75</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051510309</t>
+          <t>9786051511047</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 2053 Vizyonu</t>
+          <t>Umudu Yeşerten Öyküler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051510392</t>
+          <t>9786051511085</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisti</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051510668</t>
+          <t>9786051511078</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Dönme Artık Çok Geç</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055122232</t>
+          <t>9786051511108</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Kadın Nene Hatun</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051510651</t>
+          <t>9786051510972</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Stresine Sahip Çık</t>
+          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051510545</t>
+          <t>9786051510675</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>Giyimde Renklerin Uyumu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051510552</t>
+          <t>9786051510774</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
+          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>11.11</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051510811</t>
+          <t>9786051510309</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Odaklı Koçluk</t>
+          <t>İstanbul 2053 Vizyonu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051510743</t>
+          <t>9786051510392</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dindarların Para ve İktidarla İmtihanı</t>
+          <t>Aile Terapisti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055365868</t>
+          <t>9786051510668</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 2</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051510682</t>
+          <t>9786055122232</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
+          <t>Yürekli Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051512105</t>
+          <t>9786051510651</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Asrın İhaneti</t>
+          <t>Stresine Sahip Çık</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051513065</t>
+          <t>9786051510545</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İşveren Lehine Yargıtay Kararları</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051512402</t>
+          <t>9786051510552</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Eczanesi</t>
+          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051510415</t>
+          <t>9786051510811</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tut Ellerimden Öğretmenim</t>
+          <t>Çözüm Odaklı Koçluk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051510347</t>
+          <t>9786051510743</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
+          <t>Dindarların Para ve İktidarla İmtihanı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055365851</t>
+          <t>9786055365868</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 1</t>
+          <t>Kalbe Düşen Damlalar 2</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051512655</t>
+          <t>9786051510682</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
+          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051512686</t>
+          <t>9786051512105</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan</t>
+          <t>Asrın İhaneti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051512389</t>
+          <t>9786051513065</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Liderlik</t>
+          <t>İşveren Lehine Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051511740</t>
+          <t>9786051512402</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşama Rehberi</t>
+          <t>Tabiat Eczanesi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051511849</t>
+          <t>9786051510415</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeğim</t>
+          <t>Tut Ellerimden Öğretmenim</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051511894</t>
+          <t>9786051510347</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Akşamlar</t>
+          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051512150</t>
+          <t>9786055365851</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Kaderim Sensin</t>
+          <t>Kalbe Düşen Damlalar 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051511924</t>
+          <t>9786051512655</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce</t>
+          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051511931</t>
+          <t>9786051512686</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Öptüğü Kız (Ciltli)</t>
+          <t>Güzel İnsan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051512037</t>
+          <t>9786051512389</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Aile Sorunsuz Gençlik</t>
+          <t>Sağlık Sektöründe Liderlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051511993</t>
+          <t>9786051511740</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Önce Namaz</t>
+          <t>Müslümanca Yaşama Rehberi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051512259</t>
+          <t>9786051511849</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleri</t>
+          <t>Sevda Çiçeğim</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051512198</t>
+          <t>9786051511894</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Gül Kokulu Akşamlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051511719</t>
+          <t>9786051512150</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
+          <t>Aşkta Kaderim Sensin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051511795</t>
+          <t>9786051511924</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Sen'sin</t>
+          <t>Pozitif Düşünce</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051511757</t>
+          <t>9786051511931</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aşkımıza Çıkış Yok</t>
+          <t>Güneşin Öptüğü Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051511771</t>
+          <t>9786051512037</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan Bin Muattal</t>
+          <t>Sorumlu Aile Sorunsuz Gençlik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051511412</t>
+          <t>9786051511993</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>Önce Namaz</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051510927</t>
+          <t>9786051512259</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
+          <t>Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051510941</t>
+          <t>9786051512198</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü Yüzleşmesi</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>16.67</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051510958</t>
+          <t>9786051511719</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç Beden Dili</t>
+          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051512433</t>
+          <t>9786051511795</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eşim Haklıymış</t>
+          <t>Beklenen Sen'sin</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051512617</t>
+          <t>9786051511757</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 3</t>
+          <t>Aşkımıza Çıkış Yok</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051511986</t>
+          <t>9786051511771</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
+          <t>Hz. Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051511955</t>
+          <t>9786051511412</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Dans</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051511900</t>
+          <t>9786051510927</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı</t>
+          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051511627</t>
+          <t>9786051510941</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Parka Anneler Okula</t>
+          <t>Mahşer Günü Yüzleşmesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051512570</t>
+          <t>9786051510958</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Sessiz Güç Beden Dili</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>13</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051512181</t>
+          <t>9786051512433</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
+          <t>Eşim Haklıymış</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051511566</t>
+          <t>9786051512617</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Projeler Sultanı Abdülhamid Han</t>
+          <t>Eğitim Oyunları 3</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051511573</t>
+          <t>9786051511986</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kız Kulesi İle Kar Tanesi</t>
+          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051511443</t>
+          <t>9786051511955</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Gerçek</t>
+          <t>Ateşle Dans</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>14.81</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051511535</t>
+          <t>9786051511900</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Nasıl Kurtulurum</t>
+          <t>Gönüller Sultanı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>20</v>
+        <v>95</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051511511</t>
+          <t>9786051511627</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dilara</t>
+          <t>Çocuklar Parka Anneler Okula</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051512280</t>
+          <t>9786051512570</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Son Ödül</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>23.15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051512211</t>
+          <t>9786051512181</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051512068</t>
+          <t>9786051511566</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
+          <t>Projeler Sultanı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756700501</t>
+          <t>9786051511573</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Adı:İnsan</t>
+          <t>Kız Kulesi İle Kar Tanesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16.67</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756700693</t>
+          <t>9786051511443</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
+          <t>İnsan ve Gerçek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>16.2</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756700907</t>
+          <t>9786051511535</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
+          <t>Üzüntüden Nasıl Kurtulurum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20.83</v>
+        <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756700570</t>
+          <t>9786051511511</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Quark Xpress 5.0</t>
+          <t>Dilara</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756700754</t>
+          <t>9786051512280</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıkça Eğitim</t>
+          <t>Son Ödül</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051510484</t>
+          <t>9786051512211</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mankurt</t>
+          <t>Referansım Allah’tır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051510453</t>
+          <t>9786051512068</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Kaybettiğimiz Hayat</t>
+          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051510460</t>
+          <t>9789756700501</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece 3</t>
+          <t>Adı:İnsan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051510255</t>
+          <t>9789756700693</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Günlük Dualar</t>
+          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759139100</t>
+          <t>9789756700907</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Konuşuyor</t>
+          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>42</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9799758364298</t>
+          <t>9789756700570</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Mevlana</t>
+          <t>Quark Xpress 5.0</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789759139186</t>
+          <t>9789756700754</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gülen Öğretmen</t>
+          <t>Yaşadıkça Eğitim</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758364862</t>
+          <t>9786051510484</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Hazırlık Rehberi</t>
+          <t>Mankurt</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>14</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789759139384</t>
+          <t>9786051510453</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Yaşarken Kaybettiğimiz Hayat</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055878818</t>
+          <t>9786051510460</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
+          <t>Kabirde İlk Gece 3</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789759139278</t>
+          <t>9786051510255</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>99 Ayet 99 Hadis 99 Risale</t>
+          <t>Peygamberimizden Günlük Dualar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9799758243418</t>
+          <t>9789759139100</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Hayır Demek Çözüm Değil</t>
+          <t>Mevlana Konuşuyor</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>9.26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758243433</t>
+          <t>9799758364298</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Yetki Verme</t>
+          <t>İçimizdeki Mevlana</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758243051</t>
+          <t>9789759139186</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Altın Öğütler</t>
+          <t>Gülen Öğretmen</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>5.56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055365196</t>
+          <t>9789758364862</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cydonia</t>
+          <t>Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756218129</t>
+          <t>9789759139384</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cesur Girişimciler</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>15.28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756218808</t>
+          <t>9786055878818</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Yönetimi</t>
+          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758243099</t>
+          <t>9789759139278</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cesaret ve Fazilet Mücadelesi</t>
+          <t>99 Ayet 99 Hadis 99 Risale</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055878320</t>
+          <t>9799758243418</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Can Aynı Can</t>
+          <t>Çocuğa Hayır Demek Çözüm Değil</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756700174</t>
+          <t>9789758243433</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
+          <t>Çalışanlara Yetki Verme</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055878412</t>
+          <t>9789758243051</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye İdeali</t>
+          <t>Çalışanlara Altın Öğütler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>16.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055878023</t>
+          <t>9786055365196</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışların Küçük El Kitabı</t>
+          <t>Cydonia</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756700020</t>
+          <t>9789756218129</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Bütünsel Beyin</t>
+          <t>Cesur Girişimciler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>18.52</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756218433</t>
+          <t>9789756218808</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bunları Kimseye Anlatamamıştım</t>
+          <t>Cesaret Yönetimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055878009</t>
+          <t>9789758243099</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bu Öğretmeni Çok Sevdim</t>
+          <t>Cesaret ve Fazilet Mücadelesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051510125</t>
+          <t>9786055878320</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bir Yastıkta Kırk Yıl</t>
+          <t>Can Aynı Can</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055878801</t>
+          <t>9789756700174</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürlük Sabır</t>
+          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>12</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758243686</t>
+          <t>9786055878412</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar</t>
+          <t>Büyük Türkiye İdeali</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756700471</t>
+          <t>9786055878023</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Gücü</t>
+          <t>Büyük Satışların Küçük El Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758243655</t>
+          <t>9789756700020</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
+          <t>İş Yaşamında Bütünsel Beyin</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756700143</t>
+          <t>9789756218433</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yöneliş</t>
+          <t>Bunları Kimseye Anlatamamıştım</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756700518</t>
+          <t>9786055878009</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Bu Öğretmeni Çok Sevdim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758243884</t>
+          <t>9786051510125</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Geliştirme</t>
+          <t>Bir Yastıkta Kırk Yıl</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>7.41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055878597</t>
+          <t>9786055878801</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kalpler</t>
+          <t>Bir Ömürlük Sabır</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051510071</t>
+          <t>9789758243686</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem % 100 Organik</t>
+          <t>Bir Anneye Mektuplar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055878948</t>
+          <t>9789756700471</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Beni Affeder misin Sevgili?</t>
+          <t>Bilincin Gücü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756218211</t>
+          <t>9789758243655</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Mucizeyim</t>
+          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055878481</t>
+          <t>9789756700143</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ben Aile Şirketi</t>
+          <t>Bilgeliğe Yöneliş</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756218723</t>
+          <t>9789756700518</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Dili</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055365455</t>
+          <t>9789758243884</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bedenden Ötesi</t>
+          <t>Beyin Gücünü Geliştirme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055878153</t>
+          <t>9786055878597</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Başarının Visası</t>
+          <t>Beyaz Kalpler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9799758243807</t>
+          <t>9786051510071</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Sonuç İçin Yazmak</t>
+          <t>Benim Annem % 100 Organik</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9799758243234</t>
+          <t>9786055878948</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Beni Affeder misin Sevgili?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9799756700203</t>
+          <t>9789756218211</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Ben Bir Mucizeyim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055878160</t>
+          <t>9786055878481</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
+          <t>Ben Aile Şirketi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055878405</t>
+          <t>9789756218723</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bir Sihir midir?</t>
+          <t>Bedenin Dili</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055878450</t>
+          <t>9786055365455</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşa Mutlu Ol</t>
+          <t>Bedenden Ötesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789758243877</t>
+          <t>9786055878153</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Başarının Visası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6.02</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756218198</t>
+          <t>9799758243807</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Öyküleri</t>
+          <t>Başarılı Sonuç İçin Yazmak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055878863</t>
+          <t>9799758243234</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055122102</t>
+          <t>9799756700203</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758243822</t>
+          <t>9786055878160</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Babalık Coşkusu</t>
+          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758243020</t>
+          <t>9786055878405</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırları</t>
+          <t>Başarı Bir Sihir midir?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055878856</t>
+          <t>9786055878450</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde İnsan Hakları</t>
+          <t>Basit Yaşa Mutlu Ol</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758243273</t>
+          <t>9789758243877</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>13.89</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000018382</t>
+          <t>9789756218198</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Pervane</t>
+          <t>Bakırköy Öyküleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055878870</t>
+          <t>9786055878863</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Zaman Yarım Kalır</t>
+          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756700631</t>
+          <t>9786055122102</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055365943</t>
+          <t>9789758243822</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Sadece Benim Ol</t>
+          <t>Babalık Coşkusu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055365950</t>
+          <t>9789758243020</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Beni Olduğum Gibi Sev</t>
+          <t>Başarının Sırları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>18</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055878290</t>
+          <t>9786055878856</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anne Babamı İyi Seç</t>
+          <t>Avrupa Birliğinde İnsan Hakları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758243297</t>
+          <t>9789758243273</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
+          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789758243747</t>
+          <t>3990000018382</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Aşk-ı Pervane</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>12.96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055878078</t>
+          <t>9786055878870</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Aşk Her Zaman Yarım Kalır</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756218242</t>
+          <t>9789756700631</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Anlaşarak Mutlu Yaşayın</t>
+          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756700815</t>
+          <t>9786055365943</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Amerikadaki Türk Beyin Gücü</t>
+          <t>Anneciğim Sadece Benim Ol</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>6.94</v>
+        <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055878528</t>
+          <t>9786055365950</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
+          <t>Anneciğim Beni Olduğum Gibi Sev</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>230</v>
+        <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055365431</t>
+          <t>9786055878290</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Allah Hangi Kullarını Sever?</t>
+          <t>Anne Babamı İyi Seç</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786051511177</t>
+          <t>9789758243297</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aile Zekası</t>
+          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055365165</t>
+          <t>9789758243747</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aile Polisi</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756700440</t>
+          <t>9786055878078</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>13.89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055878775</t>
+          <t>9789756218242</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sınav Yolculuğu</t>
+          <t>Anlaşarak Mutlu Yaşayın</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758243853</t>
+          <t>9789756700815</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Disiplin</t>
+          <t>Amerikadaki Türk Beyin Gücü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>20.37</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756218372</t>
+          <t>9786055878528</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
+          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>12.96</v>
+        <v>230</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055878016</t>
+          <t>9786055365431</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>12 Saat Sonra</t>
+          <t>Allah Hangi Kullarını Sever?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>3.7</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756218761</t>
+          <t>9786051511177</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>101 Etkili Söz</t>
+          <t>Aile Zekası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>11.11</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756218907</t>
+          <t>9786055365165</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
+          <t>Aile Polisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756218426</t>
+          <t>9789756700440</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>7’den 77’ye Öyküler</t>
+          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789756218655</t>
+          <t>9786055878775</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda Ruhsal Zeka</t>
+          <t>Adım Adım Sınav Yolculuğu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055878344</t>
+          <t>9789758243853</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
+          <t>A’dan Z’ye Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051512600</t>
+          <t>9789756218372</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 2</t>
+          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051511139</t>
+          <t>9786055878016</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hitabet ve Sözün Büyüsü</t>
+          <t>12 Saat Sonra</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>95</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051511153</t>
+          <t>9789756218761</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Erken Büyütmeyelim</t>
+          <t>101 Etkili Söz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051510361</t>
+          <t>9789756218907</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
+          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051510873</t>
+          <t>9789756218426</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zambak ve Merve</t>
+          <t>7’den 77’ye Öyküler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051510590</t>
+          <t>9789756218655</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
+          <t>7 Adımda Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051510576</t>
+          <t>9786055878344</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
+          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051510262</t>
+          <t>9786051512600</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İbretler</t>
+          <t>Eğitim Oyunları 2</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051510569</t>
+          <t>9786051511139</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Anne Yaa!</t>
+          <t>Doğru Hitabet ve Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>10</v>
+        <v>95</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051510422</t>
+          <t>9786051511153</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sofra Başı Sağlık Sohbetleri</t>
+          <t>Çocuklarımızı Erken Büyütmeyelim</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055122034</t>
+          <t>9786051510361</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Efsane Tutsak - 4</t>
+          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055122027</t>
+          <t>9786051510873</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Sırlar Adası - 3</t>
+          <t>Siyah Zambak ve Merve</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055122010</t>
+          <t>9786051510590</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Gizemli Adam - 2</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055122089</t>
+          <t>9786051510576</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Yedi Muhafızı</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051510330</t>
+          <t>9786051510262</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Günlüğü</t>
+          <t>Ayetler ve İbretler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051510224</t>
+          <t>9786051510569</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbine Yolculuk</t>
+          <t>Anne Yaa!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055365974</t>
+          <t>9786051510422</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Efsanesi</t>
+          <t>Sofra Başı Sağlık Sohbetleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051510248</t>
+          <t>9786055122034</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
+          <t>Sinbad Efsane Tutsak - 4</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051511313</t>
+          <t>9786055122027</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Terapi</t>
+          <t>Sinbad Sırlar Adası - 3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051511290</t>
+          <t>9786055122010</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
+          <t>Sinbad Gizemli Adam - 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051510446</t>
+          <t>9786055122089</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Okulu</t>
+          <t>Doğunun Yedi Muhafızı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051511863</t>
+          <t>9786051510330</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kadın Mutluysa Herkes Mutludur</t>
+          <t>Bir Annenin Günlüğü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051511818</t>
+          <t>9786051510224</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçekleri</t>
+          <t>Müşterinin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051511252</t>
+          <t>9786055365974</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Rabbine Yönel</t>
+          <t>Hekimoğlu Efsanesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051511009</t>
+          <t>9786051510248</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Suyun İyileştirici Gücü</t>
+          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>320</v>
+        <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051510934</t>
+          <t>9786051511313</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
+          <t>Zihinsel Terapi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>15.74</v>
+        <v>35</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051510514</t>
+          <t>9786051511290</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Mazeret Yok</t>
+          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051510767</t>
+          <t>9786051510446</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sevda Geri Dön</t>
+          <t>Mutlu Evlilik Okulu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>95</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051510736</t>
+          <t>9786051511863</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gıda Güvenliği</t>
+          <t>Kadın Mutluysa Herkes Mutludur</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055365479</t>
+          <t>9786051511818</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Son Adres</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051510750</t>
+          <t>9786051511252</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ayrılıktan Aşk Var</t>
+          <t>Yalnızca Rabbine Yönel</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051512594</t>
+          <t>9786051511009</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 1</t>
+          <t>Suyun İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051510538</t>
+          <t>9786051510934</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
+          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>230</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055122348</t>
+          <t>9786051510514</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
+          <t>İletişimde Mazeret Yok</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051510521</t>
+          <t>9786051510767</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yönetmek İçin Mazeret Yok</t>
+          <t>Sevda Geri Dön</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>13.89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051511702</t>
+          <t>9786051510736</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hatıratı</t>
+          <t>Gıda Güvenliği</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758821091</t>
+          <t>9786055365479</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjisi</t>
+          <t>Son Adres</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9780007542987</t>
+          <t>9786051510750</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Korkma Ayrılıktan Aşk Var</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051510101</t>
+          <t>9786051512594</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Babalar Eve Dönsün</t>
+          <t>Eğitim Oyunları 1</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051513331</t>
+          <t>9786051510538</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Derviş Emir Sultan</t>
+          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758821174</t>
+          <t>9786055122348</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı ve Sağlığı</t>
+          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051513171</t>
+          <t>9786051510521</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Uzanan Evlilik</t>
+          <t>Yönetmek İçin Mazeret Yok</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051513164</t>
+          <t>9786051511702</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Kurtuluş Savaşı Hatıratı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051513089</t>
+          <t>9789758821091</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kutadğu Bilig</t>
+          <t>Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051513386</t>
+          <t>9780007542987</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İsrail Nereye Koşuyor?</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>490</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051510378</t>
+          <t>9786051510101</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sana Hiç Elveda Demedim ki</t>
+          <t>Babalar Eve Dönsün</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789758243150</t>
+          <t>9786051513331</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Buharalı Derviş Emir Sultan</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>6.02</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9799758243906</t>
+          <t>9789758821174</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
+          <t>Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789756218617</t>
+          <t>9786051513171</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Sonsuzluğa Uzanan Evlilik</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>6.48</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789758243334</t>
+          <t>9786051513164</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756218228</t>
+          <t>9786051513089</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
+          <t>Kutadğu Bilig</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055878283</t>
+          <t>9786051513386</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Ateşle</t>
+          <t>İsrail Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>15</v>
+        <v>490</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758243242</t>
+          <t>9786051510378</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sorunlarına Etkili Çözümler</t>
+          <t>Sana Hiç Elveda Demedim ki</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>11.11</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758243495</t>
+          <t>9789758243150</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yönetim (Supervision)</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>60</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756700358</t>
+          <t>9799758243906</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Asistanlığı</t>
+          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756218013</t>
+          <t>9789756218617</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789758243310</t>
+          <t>9789758243334</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yetki Verme</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055365189</t>
+          <t>9789756218228</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirdekten Fincana</t>
+          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789758243266</t>
+          <t>9786055878283</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
+          <t>Yüreğini Ateşle</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789756218648</t>
+          <t>9789758243242</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yeni Müşteri</t>
+          <t>Yönetim Sorunlarına Etkili Çözümler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756700785</t>
+          <t>9789758243495</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
+          <t>Yönetim (Supervision)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789758243587</t>
+          <t>9789756700358</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Karakter</t>
+          <t>Yönetici Asistanlığı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055365004</t>
+          <t>9789756218013</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Gezerken Kayboldum</t>
+          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>50</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756218167</t>
+          <t>9789758243310</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Her Anında Lütfen Efendim</t>
+          <t>Yetki Verme</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756700846</t>
+          <t>9786055365189</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci Öyküleri</t>
+          <t>Yeşil Çekirdekten Fincana</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>20</v>
+        <v>130</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756218068</t>
+          <t>9789758243266</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Coşkusu</t>
+          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758243341</t>
+          <t>9789756218648</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık (Creativity)</t>
+          <t>Yeni Müşteri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>15.74</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756700709</t>
+          <t>9789756700785</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka</t>
+          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756218136</t>
+          <t>9789758243587</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
+          <t>Yazı ve Karakter</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055878443</t>
+          <t>9786055365004</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada</t>
+          <t>Yaşasın Gezerken Kayboldum</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>23.15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756700792</t>
+          <t>9789756218167</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
+          <t>Yaşamın Her Anında Lütfen Efendim</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756700662</t>
+          <t>9789756700846</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
+          <t>Yaşama Sevinci Öyküleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>15.28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756700594</t>
+          <t>9789756218068</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri 2</t>
+          <t>Yaşam Coşkusu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756700556</t>
+          <t>9789758243341</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri</t>
+          <t>Yaratıcılık (Creativity)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055365424</t>
+          <t>9789756700709</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tranen der Hingabe-1</t>
+          <t>Yaratıcı Zeka</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055365257</t>
+          <t>9789756218136</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve İnsan</t>
+          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789756218624</t>
+          <t>9786055878443</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Toplam Marka Yönetimi</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055365233</t>
+          <t>9789756700792</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Terörün Matruşkası KCK</t>
+          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756218006</t>
+          <t>9789756700662</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Materyal Kullanımı</t>
+          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>14.81</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055365769</t>
+          <t>9789756700594</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Muhteşem Mektuplar</t>
+          <t>Türkiye’den Başarı Öyküleri 2</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756218839</t>
+          <t>9789756700556</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tanzim ve Teşhir</t>
+          <t>Türkiye’den Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051510019</t>
+          <t>9786055365424</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 2</t>
+          <t>Tranen der Hingabe-1</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>165</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789758243464</t>
+          <t>9786055365257</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
+          <t>Toplum ve İnsan</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>17.59</v>
+        <v>125</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756218501</t>
+          <t>9789756218624</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şirket Doktoru 222 Kritik Soru</t>
+          <t>Toplam Marka Yönetimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055365776</t>
+          <t>9786055365233</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Kürler</t>
+          <t>Terörün Matruşkası KCK</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055878665</t>
+          <t>9789756218006</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kadın</t>
+          <t>Teknoloji ve Materyal Kullanımı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789758243594</t>
+          <t>9786055365769</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Analizi</t>
+          <t>Tarihimizdeki Muhteşem Mektuplar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758243426</t>
+          <t>9789756218839</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sunuş Yapma (Prezantasyon)</t>
+          <t>Tanzim ve Teşhir</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789758243457</t>
+          <t>9786051510019</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Strateji Geliştirme</t>
+          <t>Tanrının Askerleri - 2</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20.37</v>
+        <v>165</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055878474</t>
+          <t>9789758243464</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü</t>
+          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>3990000027359</t>
+          <t>9789756218501</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
+          <t>Şirket Doktoru 222 Kritik Soru</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055365172</t>
+          <t>9786055365776</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Şifalı Kürler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055365677</t>
+          <t>9786055878665</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kadın İlmihali</t>
+          <t>Şeytan Kadın</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055365264</t>
+          <t>9789758243594</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
+          <t>Şahsiyet Analizi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756700242</t>
+          <t>9789758243426</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Beyin Gücü</t>
+          <t>Sunuş Yapma (Prezantasyon)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9799758243845</t>
+          <t>9789758243457</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Pozitif Disiplin</t>
+          <t>Strateji Geliştirme</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055878276</t>
+          <t>9786055878474</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme</t>
+          <t>Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>13</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055878245</t>
+          <t>3990000027359</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Merkez Liderlik</t>
+          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055365332</t>
+          <t>9786055365172</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Bu Kadar Güzelken</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>11.11</v>
+        <v>175</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789756218440</t>
+          <t>9786055365677</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Bahçıvanı</t>
+          <t>Soru ve Cevaplarla Kadın İlmihali</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055365219</t>
+          <t>9786055365264</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Kanatları</t>
+          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>10.19</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756218822</t>
+          <t>9789756700242</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Hazinesin</t>
+          <t>Sınırsız Beyin Gücü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055878894</t>
+          <t>9799758243845</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
+          <t>Sınıfta Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789756700747</t>
+          <t>9786055878276</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
+          <t>Sınav Stresini Yenme</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13.89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055878146</t>
+          <t>9786055878245</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarıyı Yakalamak</t>
+          <t>Sıfır Merkez Liderlik</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789756218693</t>
+          <t>9786055365332</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
+          <t>Sevmek Bu Kadar Güzelken</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055878177</t>
+          <t>9789756218440</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Satışı Anlamak</t>
+          <t>Sevgi Bahçesinin Bahçıvanı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055365608</t>
+          <t>9786055365219</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Siz İyi Bir İnsan Mısınız?</t>
+          <t>Sevdanın Kanatları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789758243167</t>
+          <t>9789756218822</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Satış Sanatı ve Pazarlama</t>
+          <t>Sen Bir Hazinesin</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789756218709</t>
+          <t>9786055878894</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
+          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055878795</t>
+          <t>9789756700747</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Harem</t>
+          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789756218600</t>
+          <t>9786055878146</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
+          <t>Satışta Başarıyı Yakalamak</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055878917</t>
+          <t>9789756218693</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055365745</t>
+          <t>9786055878177</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yakın Değil Mi?</t>
+          <t>Satışı Anlamak</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055878764</t>
+          <t>9786055365608</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Üç Kuvveti</t>
+          <t>Siz İyi Bir İnsan Mısınız?</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789756218778</t>
+          <t>9789758243167</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zenginlik</t>
+          <t>Satış Sanatı ve Pazarlama</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051512372</t>
+          <t>9789756218709</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789758243709</t>
+          <t>9786055878795</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Ruh İçimizdeki Biz</t>
+          <t>Sarayda Harem</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055878122</t>
+          <t>9789756218600</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığa Giriş</t>
+          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789756700396</t>
+          <t>9786055878917</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9799756700180</t>
+          <t>9786055365745</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sinirlerinize Hakim Olun</t>
+          <t>Sabah Yakın Değil Mi?</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9799758243838</t>
+          <t>9786055878764</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Rehber Anne-Babalar</t>
+          <t>Ruhun Üç Kuvveti</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051510095</t>
+          <t>9789756218778</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Sana Küsmedi</t>
+          <t>Ruhsal Zenginlik</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055878047</t>
+          <t>9786051512372</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Felsefe</t>
+          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756700679</t>
+          <t>9789758243709</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Penceresi</t>
+          <t>Ruh İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055878504</t>
+          <t>9786055878122</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Prestij</t>
+          <t>Reklamcılığa Giriş</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055365349</t>
+          <t>9789756700396</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Böyle Dua Ederdi</t>
+          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9799756700340</t>
+          <t>9799756700180</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçme</t>
+          <t>Sinirlerinize Hakim Olun</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758821204</t>
+          <t>9799758243838</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
+          <t>Rehber Anne-Babalar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055878375</t>
+          <t>9786051510095</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
+          <t>Rabbin Sana Küsmedi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756218686</t>
+          <t>9786055878047</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Canavarı</t>
+          <t>Psikiyatri ve Felsefe</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786055878382</t>
+          <t>9789756700679</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Panik Atağında Egzersizle Tedavi</t>
+          <t>Psikiyatri Penceresi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756218464</t>
+          <t>9786055878504</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
+          <t>Prestij</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756218051</t>
+          <t>9786055365349</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Mevzuat El Kitabı</t>
+          <t>Peygamberimiz Böyle Dua Ederdi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756700945</t>
+          <t>9799756700340</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
+          <t>Performans Ölçme</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789756700990</t>
+          <t>9789758821204</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
+          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786055878108</t>
+          <t>9786055878375</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizliği Yenmek</t>
+          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756700969</t>
+          <t>9789756218686</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
+          <t>Pazarlama Canavarı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>16.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756700952</t>
+          <t>9786055878382</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
+          <t>Panik Atağında Egzersizle Tedavi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055365820</t>
+          <t>9789756218464</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Büyüme Sırları</t>
+          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055122096</t>
+          <t>9789756218051</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yangın</t>
+          <t>Öğretmenin Mevzuat El Kitabı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>7.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9799758243517</t>
+          <t>9789756700945</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Organize Olma</t>
+          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055365240</t>
+          <t>9789756700990</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
+          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>110</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758243082</t>
+          <t>9786055878108</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yaşama Sanatı</t>
+          <t>Öğrenilmiş Çaresizliği Yenmek</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055878368</t>
+          <t>9789756700969</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Hayat Başarısı</t>
+          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786055878740</t>
+          <t>9789756700952</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Nurun Beş Duyusu</t>
+          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>4.9</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756700938</t>
+          <t>9786055365820</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
+          <t>Osmanlı’nın Büyüme Sırları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756700822</t>
+          <t>9786055122096</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile İçi İletişim</t>
+          <t>Ormandaki Yangın</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>12.04</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756218082</t>
+          <t>9799758243517</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>NLP ile Koçluk</t>
+          <t>Organize Olma</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756700976</t>
+          <t>9786055365240</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
+          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9799758243180</t>
+          <t>9789758243082</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Negatif Limanlardan Pozitif Sulara</t>
+          <t>Olumlu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055365936</t>
+          <t>9786055878368</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Nakrem</t>
+          <t>Okul ve Hayat Başarısı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9799758243777</t>
+          <t>9786055878740</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Odaklı Satış</t>
+          <t>Nurun Beş Duyusu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>7.41</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789756218754</t>
+          <t>9789756700938</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
+          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9799758243753</t>
+          <t>9789756700822</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Adayı Seçme</t>
+          <t>NLP Teknikleriyle Aile İçi İletişim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789758243259</t>
+          <t>9789756218082</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Başarı Yolları</t>
+          <t>NLP ile Koçluk</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789756218730</t>
+          <t>9789756700976</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
+          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055365813</t>
+          <t>9799758243180</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşamın Şifreleri</t>
+          <t>Negatif Limanlardan Pozitif Sulara</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789756218174</t>
+          <t>9786055365936</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
+          <t>Nakrem</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>10.19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756218037</t>
+          <t>9799758243777</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>Müşteri Odaklı Satış</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051510200</t>
+          <t>9789756218754</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mizan Başı İtirafları</t>
+          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055365370</t>
+          <t>9799758243753</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Var Aynı Odada</t>
+          <t>Mükemmel Adayı Seçme</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055878726</t>
+          <t>9789758243259</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Fısıltısı</t>
+          <t>Mutluluk ve Başarı Yolları</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055878313</t>
+          <t>9789756218730</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlama</t>
+          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9799758243760</t>
+          <t>9786055365813</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Düşürme</t>
+          <t>Mutlu Yaşamın Şifreleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9799758243326</t>
+          <t>9789756218174</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mali Çizelgeleri Anlama</t>
+          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055365226</t>
+          <t>9789756218037</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Anlayın Beni</t>
+          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9799756700210</t>
+          <t>9786051510200</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Liderlik, Yönetim, Türkiye</t>
+          <t>Mizan Başı İtirafları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789756218341</t>
+          <t>9786055365370</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yaklaşımları ve Belediyeler</t>
+          <t>Mesafeler Var Aynı Odada</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758243488</t>
+          <t>9786055878726</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Lider Yöneticilik (Coaching)</t>
+          <t>Meleklerin Fısıltısı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>45</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055365790</t>
+          <t>9786055878313</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Leyla Buradan Taşındı</t>
+          <t>Medya Planlama</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051510057</t>
+          <t>9799758243760</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Levh-i Mahfuz</t>
+          <t>Maliyet Düşürme</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789756700266</t>
+          <t>9799758243326</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
+          <t>Mali Çizelgeleri Anlama</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9799758243784</t>
+          <t>9786055365226</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
+          <t>Lütfen Anlayın Beni</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789756218983</t>
+          <t>9799756700210</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kobi</t>
+          <t>Liderlik, Yönetim, Türkiye</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055365394</t>
+          <t>9789756218341</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Adım</t>
+          <t>Liderlik Yaklaşımları ve Belediyeler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055365066</t>
+          <t>9789758243488</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
+          <t>Lider Yöneticilik (Coaching)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>3990000027915</t>
+          <t>9786055365790</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Leyla Buradan Taşındı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758243945</t>
+          <t>9786051510057</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Stres Ortamında Yönetim</t>
+          <t>Levh-i Mahfuz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055365646</t>
+          <t>9789756700266</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Küldeki Ateş</t>
+          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789756218792</t>
+          <t>9799758243784</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kobi Doktoru</t>
+          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789758243631</t>
+          <t>9789756218983</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Özgürlüğün Psikolojisi</t>
+          <t>Küresel Kobi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789756700235</t>
+          <t>9786055365394</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim El Kitabı</t>
+          <t>Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758243228</t>
+          <t>9786055365066</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789756218945</t>
+          <t>3990000027915</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine NLP</t>
+          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055878399</t>
+          <t>9789758243945</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
+          <t>Kriz ve Stres Ortamında Yönetim</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789756218556</t>
+          <t>9786055365646</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Beden Dili</t>
+          <t>Küldeki Ateş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055878498</t>
+          <t>9789756218792</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
+          <t>Kobi Doktoru</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789758243570</t>
+          <t>9789758243631</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
+          <t>Kişisel Özgürlüğün Psikolojisi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055365653</t>
+          <t>9789756700235</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Stres Algısı</t>
+          <t>Kişisel Gelişim El Kitabı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055365905</t>
+          <t>9789758243228</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kalp ile Sır</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>20</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055878931</t>
+          <t>9789756218945</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece</t>
+          <t>Kendi Kendine NLP</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>55</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789756218747</t>
+          <t>9786055878399</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
+          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756218976</t>
+          <t>9789756218556</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Her Zaman Kazandırır</t>
+          <t>Kazandıran Beden Dili</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758821228</t>
+          <t>9786055878498</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
+          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789756700730</t>
+          <t>9789758243570</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı (Ciltli)</t>
+          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756700716</t>
+          <t>9786055365653</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı</t>
+          <t>Kamu Yönetiminde Stres Algısı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055365028</t>
+          <t>9786055365905</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
+          <t>Kalp ile Sır</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789756218592</t>
+          <t>9786055878931</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Bütçe Yönetimi</t>
+          <t>Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789756218563</t>
+          <t>9789756218747</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İşler Kötüyse Reklam Yapın</t>
+          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755878218</t>
+          <t>9789756218976</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İşin Sırrı</t>
+          <t>İyi Fikir Her Zaman Kazandırır</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055365929</t>
+          <t>9789758821228</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İş Koçu</t>
+          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758243440</t>
+          <t>9789756700730</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Uzlaşma İlkeleri</t>
+          <t>İşte Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789756218402</t>
+          <t>9789756700716</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Önce İnsan</t>
+          <t>İşte Başarı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789756700808</t>
+          <t>9786055365028</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Mükemmellik</t>
+          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786055878825</t>
+          <t>9789756218592</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
+          <t>İşletmelerde Bütçe Yönetimi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758243358</t>
+          <t>9789756218563</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Motive Etme</t>
+          <t>İşler Kötüyse Reklam Yapın</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055878757</t>
+          <t>9789755878218</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanımak</t>
+          <t>İşin Sırrı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055365806</t>
+          <t>9786055365929</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar İçinde İnsan Olmak</t>
+          <t>İş Koçu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>6.48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758243471</t>
+          <t>9789758243440</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yetenekleri</t>
+          <t>İş Hayatında Uzlaşma İlkeleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789758243600</t>
+          <t>9789756218402</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
+          <t>İş Hayatında Önce İnsan</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756700853</t>
+          <t>9789756700808</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sıcağı Öyküleri</t>
+          <t>İş Hayatında Mükemmellik</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789756218181</t>
+          <t>9786055878825</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
+          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>20.37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9799756700289</t>
+          <t>9789758243358</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
+          <t>İnsanları Motive Etme</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789756700464</t>
+          <t>9786055878757</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Sonuca İnsan Kaynakları</t>
+          <t>İnsanı Tanımak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789756218419</t>
+          <t>9786055365806</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İmaj İletişim ve Beden Dili</t>
+          <t>İnsancıklar İçinde İnsan Olmak</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055878306</t>
+          <t>9789758243471</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Kalp Köprüsü</t>
+          <t>İnsan Yetenekleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055365387</t>
+          <t>9789758243600</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız</t>
+          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756218020</t>
+          <t>9789756700853</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>İnsan Sıcağı Öyküleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756700563</t>
+          <t>9789756218181</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Başarılı İnsanların Karar Anı</t>
+          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>18</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789758243815</t>
+          <t>9799756700289</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İçten Liderlik</t>
+          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055365325</t>
+          <t>9789756700464</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
+          <t>Düşünceden Sonuca İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>9.5</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055365127</t>
+          <t>9789756218419</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hüdai</t>
+          <t>İmaj İletişim ve Beden Dili</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055878993</t>
+          <t>9786055878306</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
+          <t>İletişimde Kalp Köprüsü</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051510118</t>
+          <t>9786055365387</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
+          <t>İletişim Dünyamız</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755878627</t>
+          <t>9789756218020</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hesap Kitap Dünyası</t>
+          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789756218969</t>
+          <t>9789756700563</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Her Sabah Yeniden Doğun</t>
+          <t>Başarılı İnsanların Karar Anı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>11.11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789756218044</t>
+          <t>9789758243815</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Rehberdir</t>
+          <t>İçten Liderlik</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789758243006</t>
+          <t>9786055365325</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>7.41</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789758243679</t>
+          <t>9786055365127</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Hükümdardır</t>
+          <t>Hüdai</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055365622</t>
+          <t>9786055878993</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
+          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>14</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789758243303</t>
+          <t>9786051510118</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hedef Belirleme Sonuç Alma</t>
+          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055878139</t>
+          <t>9789755878627</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Pusulası</t>
+          <t>Hesap Kitap Dünyası</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055878184</t>
+          <t>9789756218969</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçindeki Psikiyatri</t>
+          <t>Her Sabah Yeniden Doğun</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756700532</t>
+          <t>9789756218044</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Bütününde Başarı</t>
+          <t>Her Öğretmen Rehberdir</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789756700648</t>
+          <t>9789758243006</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756700761</t>
+          <t>9789758243679</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Her İnsan Hükümdardır</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789756700914</t>
+          <t>9786055365622</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dokunan Öyküler</t>
+          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756218815</t>
+          <t>9789758243303</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunda Asla Pes Etme</t>
+          <t>Hedef Belirleme Sonuç Alma</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051512365</t>
+          <t>9786055878139</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
+          <t>Hayatın Pusulası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9799758243661</t>
+          <t>9786055878184</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
+          <t>Hayatın İçindeki Psikiyatri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055365073</t>
+          <t>9789756700532</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
+          <t>Hayatın Bütününde Başarı</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756218365</t>
+          <t>9789756700648</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
+          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>3.61</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789758243211</t>
+          <t>9789756700761</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789756218358</t>
+          <t>9789756700914</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilere Yol Haritası</t>
+          <t>Hayata Dokunan Öyküler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055878771</t>
+          <t>9789756218815</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşk</t>
+          <t>Hayat Yolunda Asla Pes Etme</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>2.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055878832</t>
+          <t>9786051512365</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızla Hünkar</t>
+          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756218143</t>
+          <t>9799758243661</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
+          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055878733</t>
+          <t>9786055365073</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>40</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055365615</t>
+          <t>9789756218365</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tatlıya Bağlayalım</t>
+          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>11.11</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789756700617</t>
+          <t>9789758243211</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9799756700364</t>
+          <t>9789756218358</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Meslekleri</t>
+          <t>Girişimcilere Yol Haritası</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055365158</t>
+          <t>9786055878771</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Gandhi - Liderlik İlkeleri</t>
+          <t>Gerçek Aşk</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>25</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9799758243715</t>
+          <t>9786055878832</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Fırsatı Yakalayın</t>
+          <t>Genç Kızla Hünkar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055878030</t>
+          <t>9789756218143</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ile Psikiyatri</t>
+          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055365271</t>
+          <t>9786055878733</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789756700839</t>
+          <t>9786055365615</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Kitabı</t>
+          <t>Tatlıya Bağlayalım</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789758243860</t>
+          <t>9789756700617</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
+          <t>Geleceğin Toplumunda Yönetim</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756700495</t>
+          <t>9799756700364</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
+          <t>Geleceğin Meslekleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789758243372</t>
+          <t>9786055365158</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değişim Stratejileri</t>
+          <t>Gandhi - Liderlik İlkeleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9799758243531</t>
+          <t>9799758243715</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sunuş</t>
+          <t>Fırsatı Yakalayın</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789758243549</t>
+          <t>9786055878030</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Etkili Karar Verme</t>
+          <t>Felsefe ile Psikiyatri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789758243648</t>
+          <t>9786055365271</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Etkili Dinleme</t>
+          <t>Fatima</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055365103</t>
+          <t>9789756700839</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Eşimin Eşi Yok</t>
+          <t>Evliliğin Kitabı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055365714</t>
+          <t>9789758243860</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055365967</t>
+          <t>9789756700495</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Eş Frekans Yasası</t>
+          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>55</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789756700877</t>
+          <t>9789758243372</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler</t>
+          <t>Kişisel Değişim Stratejileri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051510026</t>
+          <t>9799758243531</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Temizliğin Kitabı</t>
+          <t>Etkili Sunuş</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>75</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9799756700296</t>
+          <t>9789758243549</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kurma ve Yönetme</t>
+          <t>Etkili Karar Verme</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789756218105</t>
+          <t>9789758243648</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Paradigma Değişimi</t>
+          <t>Etkili Dinleme</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9799758243524</t>
+          <t>9786055365103</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Eşimin Eşi Yok</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756700983</t>
+          <t>9786055365714</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051510705</t>
+          <t>9786055365967</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Efe Türk Yavuz Sultan Selim</t>
+          <t>Eş Frekans Yasası</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>330</v>
+        <v>55</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055365981</t>
+          <t>9789756700877</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Enfes Öyküler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>95</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789756218532</t>
+          <t>9786051510026</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
+          <t>Ekolojik Temizliğin Kitabı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789756700587</t>
+          <t>9799756700296</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Düş Toplumu</t>
+          <t>Ekip Kurma ve Yönetme</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756218488</t>
+          <t>9789756218105</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
+          <t>Eğitimde Paradigma Değişimi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055878337</t>
+          <t>9799758243524</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9799756700166</t>
+          <t>9789756700983</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Duygularla Güçlenmek</t>
+          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055365486</t>
+          <t>9786051510705</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Hayat Rehberi</t>
+          <t>Efe Türk Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>11.11</v>
+        <v>330</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055365363</t>
+          <t>9786055365981</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Başarı Rehberi</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>11.11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789755878696</t>
+          <t>9789756218532</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
+          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756700723</t>
+          <t>9789756700587</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
+          <t>Düş Toplumu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055878702</t>
+          <t>9789756218488</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9799756700302</t>
+          <t>9786055878337</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789756700655</t>
+          <t>9799756700166</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
+          <t>Duygularla Güçlenmek</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055365783</t>
+          <t>9786055365486</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Denetim Var</t>
+          <t>Duyarlı Gencin Hayat Rehberi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055878252</t>
+          <t>9786055365363</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
+          <t>Duyarlı Gencin Başarı Rehberi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055878849</t>
+          <t>9789755878696</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkçı Güzeli</t>
+          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9799758243739</t>
+          <t>9789756700723</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları</t>
+          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789756700037</t>
+          <t>9786055878702</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055878092</t>
+          <t>9799756700302</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka MQ</t>
+          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055365684</t>
+          <t>9789756700655</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Eksikliği</t>
+          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055365912</t>
+          <t>9786055365783</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
+          <t>Dikkat Denetim Var</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9799756700197</t>
+          <t>9786055878252</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756218914</t>
+          <t>9786055878849</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İnovasyon</t>
+          <t>Kaşıkçı Güzeli</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6.94</v>
+        <v>4</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789758243624</t>
+          <t>9799758243739</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>12.04</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055365516</t>
+          <t>9789756700037</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
+          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9799758243692</t>
+          <t>9786055878092</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
+          <t>Çoklu Zeka MQ</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789755878191</t>
+          <t>9786055365684</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Test Edin</t>
+          <t>Çocuklarda Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789758243389</t>
+          <t>9786055365912</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Keşfedin</t>
+          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055365011</t>
+          <t>9799756700197</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Dünyası</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789758243617</t>
+          <t>9789756218914</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
+          <t>Çocuklar İçin İnovasyon</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9799758243555</t>
+          <t>9789758243624</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789756218495</t>
+          <t>9786055365516</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
+          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>5.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>3990000013491</t>
+          <t>9799758243692</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi (Ciltli)</t>
+          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051513195</t>
+          <t>9789755878191</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İsrafil’in Nefesi</t>
+          <t>Çocuğunuzu Test Edin</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>230</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051513188</t>
+          <t>9789758243389</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Gazi - 1302</t>
+          <t>Çocuğunuzu Keşfedin</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051510620</t>
+          <t>9786055365011</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ölünce Sever misin Beni?</t>
+          <t>Çocuğun Dünyası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055365400</t>
+          <t>9789758243617</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi?</t>
+          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786051512631</t>
+          <t>9799758243555</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömürler Seti (4 Kitap)</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>152</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786051512945</t>
+          <t>9789756218495</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hacamat - Kupa Terapisi</t>
+          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>55</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051512969</t>
+          <t>3990000013491</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk - Adem ile Havva</t>
+          <t>Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>110</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051514055</t>
+          <t>9786051513195</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Beş Şiirlik Kitap</t>
+          <t>İsrafil’in Nefesi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051512839</t>
+          <t>9786051513188</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Annemi Beklerken</t>
+          <t>Kuruluş Osman Gazi - 1302</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789758243976</t>
+          <t>9786051510620</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
+          <t>Ölünce Sever misin Beni?</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>480</v>
+        <v>20</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786051512341</t>
+          <t>9786055365400</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
+          <t>Nasıl Bir Din Eğitimi?</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>550</v>
+        <v>12</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051512174</t>
+          <t>9786051512631</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Elif Öğretmen</t>
+          <t>Adanmış Ömürler Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>450</v>
+        <v>152</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051515861</t>
+          <t>9786051512945</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İşin Psikolojisi</t>
+          <t>Hacamat - Kupa Terapisi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051514079</t>
+          <t>9786051512969</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>İlk Aşk - Adem ile Havva</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051512815</t>
+          <t>9786051514055</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
+          <t>Beş Şiirlik Kitap</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051515724</t>
+          <t>9786051512839</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>Annemi Beklerken</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786051515762</t>
+          <t>9789758243976</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocukları Anlama Rehberi</t>
+          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051515786</t>
+          <t>9786051512341</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
+          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051515779</t>
+          <t>9786051512174</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Ahlak</t>
+          <t>Elif Öğretmen</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051515403</t>
+          <t>9786051515861</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Mahi</t>
+          <t>İşin Psikolojisi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051515717</t>
+          <t>9786051514079</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Yâr ve Yara Kudüs</t>
+          <t>Kalbim Sana Emanet</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051515793</t>
+          <t>9786051512815</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Trojans</t>
+          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051515755</t>
+          <t>9786051515724</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Mesajı</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051512273</t>
+          <t>9786051515762</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Başarı Evde Başlar</t>
+          <t>Dijital Çocukları Anlama Rehberi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051511832</t>
+          <t>9786051515786</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İş'te Tecrübelerim</t>
+          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051515670</t>
+          <t>9786051515779</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Kalp</t>
+          <t>Bireysel Ahlak</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051515656</t>
+          <t>9786051515403</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Güldüren ve Düşündüren Espriler</t>
+          <t>Ateş ve Havva Mahi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051515663</t>
+          <t>9786051515717</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
+          <t>Yürekte Yâr ve Yara Kudüs</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051515595</t>
+          <t>9786051515793</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cehennem</t>
+          <t>Trojans</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051515618</t>
+          <t>9786051515755</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Para Kazandıran Yasalar</t>
+          <t>Sessizliğin Mesajı</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051515557</t>
+          <t>9786051512273</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinle Beni Anla</t>
+          <t>Başarı Evde Başlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051515601</t>
+          <t>9786051511832</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İlahi Enerjisi</t>
+          <t>İş'te Tecrübelerim</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051512778</t>
+          <t>9786051515670</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Destan Çanakkale 1915</t>
+          <t>Sahibini Arayan Kalp</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051515564</t>
+          <t>9786051515656</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Güldüren ve Düşündüren Espriler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051510828</t>
+          <t>9786051515663</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051514680</t>
+          <t>9786051515595</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetimi</t>
+          <t>Soğuk Cehennem</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051512907</t>
+          <t>9786051515618</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Asiye Zalimin Kızı</t>
+          <t>Para Kazandıran Yasalar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051511467</t>
+          <t>9786051515557</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk</t>
+          <t>Beni Dinle Beni Anla</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789758821280</t>
+          <t>9786051515601</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Varlığın İlahi Enerjisi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051511061</t>
+          <t>9786051512778</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>El Yazısı ile Karakter Analizi</t>
+          <t>Bir Ulu Destan Çanakkale 1915</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051512303</t>
+          <t>9786051515564</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kupa Terapi</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051512761</t>
+          <t>9786051510828</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051512235</t>
+          <t>9786051514680</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Formülün Peşinde</t>
+          <t>Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051511597</t>
+          <t>9786051512907</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Tozlu Sayfaları</t>
+          <t>Asiye Zalimin Kızı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789758364251</t>
+          <t>9786051511467</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Fardipli SinHa</t>
+          <t>Görücü Usulü Aşk</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789758364947</t>
+          <t>9789758821280</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Sinha</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789756700624</t>
+          <t>9786051511061</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Cesur Sorular</t>
+          <t>El Yazısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789756700006</t>
+          <t>9786051512303</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Teknikleri</t>
+          <t>Kupa Terapi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789756700013</t>
+          <t>9786051512761</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yönetim İlkeleri</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789758243952</t>
+          <t>9786051512235</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
+          <t>Formülün Peşinde</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789756218938</t>
+          <t>9786051511597</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli İnsan</t>
+          <t>Cumhuriyetin Tozlu Sayfaları</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789758243983</t>
+          <t>9789758364251</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Motivasyon</t>
+          <t>Fardipli SinHa</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789758243068</t>
+          <t>9789758364947</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Derviş ve Sinha</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789758243990</t>
+          <t>9789756700624</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Sürecinde Türkiye</t>
+          <t>Cesur Sorular</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>540</v>
+        <v>450</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789758243921</t>
+          <t>9789756700006</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tavsiyeler</t>
+          <t>Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789758243969</t>
+          <t>9789756700013</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
+          <t>Yönetim İlkeleri</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055365844</t>
+          <t>9789758243952</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Evde Başlar</t>
+          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051513119</t>
+          <t>9789756218938</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı Hocam?</t>
+          <t>Nitelikli İnsan</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051513140</t>
+          <t>9789758243983</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kendine Bir İyilik Yap</t>
+          <t>İş Hayatında Motivasyon</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051513270</t>
+          <t>9789758243068</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin İncisi Hazreti Meryem</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051515489</t>
+          <t>9789758243990</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Geri Sayım 2045</t>
+          <t>Globalleşme Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051515526</t>
+          <t>9789758243921</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051515519</t>
+          <t>9789758243969</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatına Dair Altın Öğütler</t>
+          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051515502</t>
+          <t>9786055365844</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051515533</t>
+          <t>9786051513119</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>Cennette Waffle Var Mı Hocam?</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051515540</t>
+          <t>9786051513140</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Pandora Mağarası</t>
+          <t>Kendine Bir İyilik Yap</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051515496</t>
+          <t>9786051513270</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Masumiyetin İncisi Hazreti Meryem</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051512983</t>
+          <t>9786051515489</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Halkının Allah ile Başı Dertte</t>
+          <t>Yapay Zekâ Geri Sayım 2045</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051515410</t>
+          <t>9786051515526</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Tek Din Çağı</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051515397</t>
+          <t>9786051515519</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kendime Geldim</t>
+          <t>İş Hayatına Dair Altın Öğütler</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051515465</t>
+          <t>9786051515502</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gitmenin Psikolojisi</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051515472</t>
+          <t>9786051515533</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051515380</t>
+          <t>9786051515540</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Her Şey Var</t>
+          <t>Fener Adası Pandora Mağarası</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051512495</t>
+          <t>9786051515496</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Fatıma</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051514611</t>
+          <t>9786051512983</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Öğrenme</t>
+          <t>Tanrının Halkının Allah ile Başı Dertte</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051513096</t>
+          <t>9786051515410</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hocam</t>
+          <t>Tek Din Çağı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>850</v>
+        <v>220</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051514758</t>
+          <t>9786051515397</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcı</t>
+          <t>Kendime Geldim</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051511542</t>
+          <t>9786051515465</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
+          <t>Gitmenin Psikolojisi</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051514741</t>
+          <t>9786051515472</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Aileyi Şirketleştirmek</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051514697</t>
+          <t>9786051515380</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi</t>
+          <t>Hayatta Her Şey Var</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051514734</t>
+          <t>9786051512495</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hissedar</t>
+          <t>Hazreti Fatıma</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051514727</t>
+          <t>9786051514611</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
+          <t>Beyin ve Öğrenme</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051514710</t>
+          <t>9786051513096</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı?</t>
+          <t>Hocam</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051514703</t>
+          <t>9786051514758</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Asiye Sevginin Gücü</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051510385</t>
+          <t>9786051511542</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
+          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>4500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051514659</t>
+          <t>9786051514741</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
+          <t>Aileyi Şirketleştirmek</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051514666</t>
+          <t>9786051514697</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Aşeka</t>
+          <t>Mutluluk Psikolojisi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051514673</t>
+          <t>9786051514734</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Sadece Allah’tan İste</t>
+          <t>Hissedar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051514642</t>
+          <t>9786051514727</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sesi Dinle</t>
+          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051514529</t>
+          <t>9786051514710</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kıskançlığı</t>
+          <t>Cennette Waffle Var Mı?</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051514017</t>
+          <t>9786051514703</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Terapist</t>
+          <t>Asiye Sevginin Gücü</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051512457</t>
+          <t>9786051510385</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
+          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>320</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786055365882</t>
+          <t>9786051514659</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Sırrı (Ciltli)</t>
+          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051514628</t>
+          <t>9786051514666</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Arkasya Günlükleri</t>
+          <t>Ateş ve Havva Aşeka</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051514581</t>
+          <t>9786051514673</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
+          <t>Sadece Allah’tan İste</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051514604</t>
+          <t>9786051514642</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
+          <t>İçindeki Sesi Dinle</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051514505</t>
+          <t>9786051514529</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Kardeş Kıskançlığı</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051514185</t>
+          <t>9786051514017</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
+          <t>Terapist</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051514567</t>
+          <t>9786051512457</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
+          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051514543</t>
+          <t>9786055365882</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
+          <t>İnsanın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>680</v>
+        <v>290</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051514550</t>
+          <t>9786051514628</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
+          <t>Arkasya Günlükleri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>680</v>
+        <v>350</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051514512</t>
+          <t>9786051514581</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kendine Engel Olma</t>
+          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051514482</t>
+          <t>9786051514604</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
+          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051514499</t>
+          <t>9786051514505</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hikayene Hoş Geldin</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051514215</t>
+          <t>9786051514185</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
+          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051514239</t>
+          <t>9786051514567</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Mihenk Noktası</t>
+          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051514246</t>
+          <t>9786051514543</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
+          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>280</v>
+        <v>680</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051514192</t>
+          <t>9786051514550</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
+          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>340</v>
+        <v>680</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051514208</t>
+          <t>9786051514512</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ağlarsa</t>
+          <t>Kendine Engel Olma</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051513041</t>
+          <t>9786051514482</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
+          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051514178</t>
+          <t>9786051514499</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Vasiyettir</t>
+          <t>Hikayene Hoş Geldin</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051514062</t>
+          <t>9786051514215</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
+          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051514024</t>
+          <t>9786051514239</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab Bin Umeyr</t>
+          <t>Mihenk Noktası</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051514031</t>
+          <t>9786051514246</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
+          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051514000</t>
+          <t>9786051514192</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün Mutlu Yaşa</t>
+          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789759019617</t>
+          <t>9786051514208</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
+          <t>Kadın Ağlarsa</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051513584</t>
+          <t>9786051513041</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Bu Gözler Neler Gördü</t>
+          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051513591</t>
+          <t>9786051514178</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
+          <t>Kudüs Vasiyettir</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051513560</t>
+          <t>9786051514062</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Uyanış</t>
+          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051513522</t>
+          <t>9786051514024</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Konuşmak İstiyorum</t>
+          <t>Hz. Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051513539</t>
+          <t>9786051514031</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim Tek Başımayım</t>
+          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051513003</t>
+          <t>9786051514000</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
+          <t>İyi Düşün Mutlu Yaşa</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>3600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051513546</t>
+          <t>9789759019617</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında</t>
+          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051513577</t>
+          <t>9786051513584</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Uyan Tanrı Değilsin</t>
+          <t>Bu Gözler Neler Gördü</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051513515</t>
+          <t>9786051513591</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Konumlandır</t>
+          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051513508</t>
+          <t>9786051513560</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Huzur İstiyorum</t>
+          <t>Sevgiye Uyanış</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051513492</t>
+          <t>9786051513522</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Aşka Ağlayan Derviş Yunus Emre</t>
+          <t>Geleceği Konuşmak İstiyorum</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051513478</t>
+          <t>9786051513539</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Yaşlandıran 18 Hata</t>
+          <t>Yalnız Değilim Tek Başımayım</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051513461</t>
+          <t>9786051513003</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kendini Rahat Bırak</t>
+          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051513454</t>
+          <t>9786051513546</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Evliliğinize Yardım Edin</t>
+          <t>Ölümün Kıyısında</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051513447</t>
+          <t>9786051513577</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Sen Çok Özelsin</t>
+          <t>Uyan Tanrı Değilsin</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051513423</t>
+          <t>9786051513515</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kendini Yeniden Konumlandır</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051513430</t>
+          <t>9786051513508</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Burcunuza Göre Olumlama Terapisi</t>
+          <t>Ailemde Huzur İstiyorum</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051513348</t>
+          <t>9786051513492</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
+          <t>Aşka Ağlayan Derviş Yunus Emre</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051513393</t>
+          <t>9786051513478</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hazar</t>
+          <t>Hızlı Yaşlandıran 18 Hata</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>155</v>
+        <v>430</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051513409</t>
+          <t>9786051513461</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ahirette 45 Gün</t>
+          <t>Kendini Rahat Bırak</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051513379</t>
+          <t>9786051513454</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Sirayet</t>
+          <t>Evliliğinize Yardım Edin</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051513324</t>
+          <t>9786051513447</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>8 Haftada Dik Durma Sanatı</t>
+          <t>Sen Çok Özelsin</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051513317</t>
+          <t>9786051513423</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Dileyici</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051513300</t>
+          <t>9786051513430</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Cehennemi</t>
+          <t>Burcunuza Göre Olumlama Terapisi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051513294</t>
+          <t>9786051513348</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
+          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051513287</t>
+          <t>9786051513393</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Rus Geceleri</t>
+          <t>Hazar</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>350</v>
+        <v>155</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051513256</t>
+          <t>9786051513409</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşmış Kadınlar</t>
+          <t>Ahirette 45 Gün</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051513249</t>
+          <t>9786051513379</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Planı</t>
+          <t>Sirayet</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051513232</t>
+          <t>9786051513324</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gör Dediği</t>
+          <t>8 Haftada Dik Durma Sanatı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051513133</t>
+          <t>9786051513317</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Elif'ime 18'inde 18 Mektup</t>
+          <t>Dileyici</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051513201</t>
+          <t>9786051513300</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ülkesi</t>
+          <t>Akdeniz Cehennemi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051513225</t>
+          <t>9786051513294</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İlk Doktorum Annem (Ciltli)</t>
+          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051513218</t>
+          <t>9786051513287</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
+          <t>Rus Geceleri</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051513157</t>
+          <t>9786051513256</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
+          <t>Başkalaşmış Kadınlar</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051512976</t>
+          <t>9786051513249</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kıyamet Planı</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051513126</t>
+          <t>9786051513232</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Tarihin Gör Dediği</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051512990</t>
+          <t>9786051513133</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Ayak Sesleri</t>
+          <t>Elif'ime 18'inde 18 Mektup</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>450</v>
+        <v>65</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051511436</t>
+          <t>9786051513201</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Yolunda</t>
+          <t>Gözyaşı Ülkesi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051513072</t>
+          <t>9786051513225</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>İlk Doktorum Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051512952</t>
+          <t>9786051513218</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Diyette Nefsin Eğitimi</t>
+          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051512884</t>
+          <t>9786051513157</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Adamları</t>
+          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051512662</t>
+          <t>9786051512976</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051512938</t>
+          <t>9786051513126</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Arınma Terapisi</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051512860</t>
+          <t>9786051512990</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Akrep Darbesi</t>
+          <t>Asyanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051512877</t>
+          <t>9786051511436</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Birlik</t>
+          <t>Aşıkların Yolunda</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051512891</t>
+          <t>9786051513072</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sır Ölüm</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051512846</t>
+          <t>9786051512952</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Eşim İsterse Olur</t>
+          <t>Diyette Nefsin Eğitimi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051512112</t>
+          <t>9786051512884</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sohbetleri</t>
+          <t>Sultanın Adamları</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051512808</t>
+          <t>9786051512662</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Zeka</t>
+          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051512822</t>
+          <t>9786051512938</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mesani Ayetler</t>
+          <t>Arınma Terapisi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051512648</t>
+          <t>9786051512860</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
+          <t>Akrep Darbesi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051512785</t>
+          <t>9786051512877</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Dost Ateşi Altında Yaşamak</t>
+          <t>Kayıp Birlik</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051512792</t>
+          <t>9786051512891</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Nato'nun İslam'la Savaşı</t>
+          <t>Sır Ölüm</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051512747</t>
+          <t>9786051512846</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Her Duvar Bir Kapıdır</t>
+          <t>Eşim İsterse Olur</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051512730</t>
+          <t>9786051512112</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Timsali Hz. Ömer</t>
+          <t>Hayat Sohbetleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051512716</t>
+          <t>9786051512808</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Borcu</t>
+          <t>Ahlaki Zeka</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051510804</t>
+          <t>9786051512822</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kuyumculuk</t>
+          <t>Kur'an'da Mesani Ayetler</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051512723</t>
+          <t>9786051512648</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Beslenerek İyileş</t>
+          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051512754</t>
+          <t>9786051512785</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Yabancı</t>
+          <t>Dost Ateşi Altında Yaşamak</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051512563</t>
+          <t>9786051512792</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Büyü ve Nazardan Korunma</t>
+          <t>Nato'nun İslam'la Savaşı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051512709</t>
+          <t>9786051512747</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yediden Diriliş</t>
+          <t>Her Duvar Bir Kapıdır</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051512693</t>
+          <t>9786051512730</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Son Zafer - Kutulamare</t>
+          <t>Adaletin Timsali Hz. Ömer</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051512679</t>
+          <t>9786051512716</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Yaşama Borcu</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786051512624</t>
+          <t>9786051510804</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vurgunu</t>
+          <t>İslam’da Kuyumculuk</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>390</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051512587</t>
+          <t>9786051512723</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yağmuru Sever</t>
+          <t>Beslenerek İyileş</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051512419</t>
+          <t>9786051512754</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Son Kale Türkiye</t>
+          <t>Kalbimdeki Yabancı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051512488</t>
+          <t>9786051512563</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
+          <t>Büyü ve Nazardan Korunma</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051512440</t>
+          <t>9786051512709</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
+          <t>Yediden Diriliş</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051512464</t>
+          <t>9786051512693</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Asiye</t>
+          <t>Son Zafer - Kutulamare</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051512471</t>
+          <t>9786051512679</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Çekirdeği</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051512426</t>
+          <t>9786051512624</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kişiye Özel Öğrenme</t>
+          <t>Eylül Vurgunu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051512396</t>
+          <t>9786051512587</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Direniş</t>
+          <t>Aşk Yağmuru Sever</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051512051</t>
+          <t>9786051512419</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam, Life and Terror</t>
+          <t>Son Kale Türkiye</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051512334</t>
+          <t>9786051512488</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Yükselişi</t>
+          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051512358</t>
+          <t>9786051512440</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Çocuk Eğitimi</t>
+          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051512297</t>
+          <t>9786051512464</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kontrolü</t>
+          <t>Asiye</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051512242</t>
+          <t>9786051512471</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Oyunu</t>
+          <t>Mandalina Çekirdeği</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051512266</t>
+          <t>9786051512426</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Karargah</t>
+          <t>Kişiye Özel Öğrenme</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051512167</t>
+          <t>9786051512396</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Uyanışı</t>
+          <t>İhanet ve Direniş</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051512204</t>
+          <t>9786051512051</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yardım Etmek İstiyorum</t>
+          <t>İslam, Life and Terror</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>480</v>
+        <v>60</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051512136</t>
+          <t>9786051512334</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peygamberi Hz. Muhammed</t>
+          <t>Osmanlı'nın Yükselişi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051512143</t>
+          <t>9786051512358</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Mevla’sı</t>
+          <t>Osmanlı'da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051512129</t>
+          <t>9786051512297</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Yeniçerileri</t>
+          <t>Beyin Kontrolü</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051512082</t>
+          <t>9786051512242</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Can Tanem</t>
+          <t>Şeytanın Oyunu</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051512075</t>
+          <t>9786051512266</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İkimiz İçin</t>
+          <t>Kozmik Karargah</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051511474</t>
+          <t>9786051512167</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
+          <t>Kalbin Uyanışı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051511948</t>
+          <t>9786051512204</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sen Gidince</t>
+          <t>Kendime Yardım Etmek İstiyorum</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051511917</t>
+          <t>9786051512136</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Sevdası</t>
+          <t>Aşkın Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051511580</t>
+          <t>9786051512143</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İcat</t>
+          <t>Leyla’nın Mevla’sı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>390</v>
+        <v>35</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051511610</t>
+          <t>9786051512129</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Yazdım Seni</t>
+          <t>Amerika'nın Yeniçerileri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051511603</t>
+          <t>9786051512082</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İhtişamdan Sefalete</t>
+          <t>Can Tanem</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051511504</t>
+          <t>9786051512075</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peşinde</t>
+          <t>İkimiz İçin</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051511528</t>
+          <t>9786051511474</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Gücü</t>
+          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051511726</t>
+          <t>9786051511948</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
+          <t>Sen Gidince</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051511696</t>
+          <t>9786051511917</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Gibi Sev Beni</t>
+          <t>Diriliş Sevdası</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051511733</t>
+          <t>9786051511580</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hafızası</t>
+          <t>Kanlı İcat</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051511634</t>
+          <t>9786051511610</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Üzümü Yemeden Bağını Sor</t>
+          <t>Kalbime Yazdım Seni</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051511559</t>
+          <t>9786051511603</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Metalik Kadınlar - Kadife Erkekler</t>
+          <t>İhtişamdan Sefalete</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051511498</t>
+          <t>9786051511504</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Aslanı Hz. Ali</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051511481</t>
+          <t>9786051511528</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Yazmışlar</t>
+          <t>Okumanın Gücü</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786055365035</t>
+          <t>9786051511726</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
+          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051510613</t>
+          <t>9786051511696</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
+          <t>Olduğum Gibi Sev Beni</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>14</v>
+        <v>290</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051511450</t>
+          <t>9786051511733</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
+          <t>Tarihin Hafızası</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051510910</t>
+          <t>9786051511634</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>Üzümü Yemeden Bağını Sor</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>30</v>
+        <v>390</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051511283</t>
+          <t>9786051511559</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Testler ile Karakter Analizi</t>
+          <t>Metalik Kadınlar - Kadife Erkekler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051511399</t>
+          <t>9786051511498</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
+          <t>Allah'ın Aslanı Hz. Ali</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051510897</t>
+          <t>9786051511481</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öykülerle Aile Terapisi</t>
+          <t>Seni Bana Yazmışlar</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051511269</t>
+          <t>9786055365035</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Allah’tan İste</t>
+          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>55</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051511245</t>
+          <t>9786051510613</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Elifname</t>
+          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>135</v>
+        <v>14</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051511344</t>
+          <t>9786051511450</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Leyla</t>
+          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051511320</t>
+          <t>9786051510910</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Rana</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>290</v>
+        <v>30</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051511238</t>
+          <t>9786051511283</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gülsima Ağlama Ne Olursun</t>
+          <t>Psikolojik Testler ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051511214</t>
+          <t>9786051511399</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkımızı Anlat</t>
+          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051511207</t>
+          <t>9786051510897</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Zeyneb</t>
+          <t>Yaşanmış Öykülerle Aile Terapisi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051511023</t>
+          <t>9786051511269</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Her Şeyi Allah’tan İste</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051510989</t>
+          <t>9786051511245</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Ayrılamazsınız</t>
+          <t>Elifname</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>35</v>
+        <v>135</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051511054</t>
+          <t>9786051511344</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
+          <t>Aşk-ı Leyla</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051511184</t>
+          <t>9786051511320</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet ve Karakter Analizi</t>
+          <t>Aşk-ı Rana</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051511160</t>
+          <t>9786051511238</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Evleniyor muyuz Eğleniyor muyuz</t>
+          <t>Gülsima Ağlama Ne Olursun</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051511191</t>
+          <t>9786051511214</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva  Öyküler</t>
+          <t>Bana Aşkımızı Anlat</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>26</v>
+        <v>280</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051511146</t>
+          <t>9786051511207</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
+          <t>Hazreti Zeyneb</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051510323</t>
+          <t>9786051511023</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051510231</t>
+          <t>9786051510989</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbinde Taht Kurmak</t>
+          <t>Ayrılamazsınız</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786051510866</t>
+          <t>9786051511054</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yürümeyeceksin</t>
+          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051510880</t>
+          <t>9786051511184</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Buz Yürekler</t>
+          <t>Şahsiyet ve Karakter Analizi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051510637</t>
+          <t>9786051511160</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Detoks</t>
+          <t>Evleniyor muyuz Eğleniyor muyuz</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>380</v>
+        <v>20</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051510798</t>
+          <t>9786051511191</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz. Muhammed</t>
+          <t>Derde Deva  Öyküler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>480</v>
+        <v>26</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051510040</t>
+          <t>9786051511146</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kör Noktası</t>
+          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051510965</t>
+          <t>9786051510323</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Elfabe</t>
+          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051510729</t>
+          <t>9786051510231</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bakış Açımızda</t>
+          <t>Müşterinin Kalbinde Taht Kurmak</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051511801</t>
+          <t>9786051510866</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Başkanlık</t>
+          <t>Yalnız Yürümeyeceksin</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051511825</t>
+          <t>9786051510880</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl</t>
+          <t>Buz Yürekler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051511870</t>
+          <t>9786051510637</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Ruhsal Detoks</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051511764</t>
+          <t>9786051510798</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
+          <t>İslam Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>25</v>
+        <v>480</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786055878955</t>
+          <t>9786051510040</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekimine Karşı Temel Bilgiler</t>
+          <t>Aklın Kör Noktası</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786055365493</t>
+          <t>9786051510965</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Püf Noktalar</t>
+          <t>Elfabe</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>45</v>
+        <v>490</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786055365202</t>
+          <t>9786051510729</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Okuma Zekası (RIQ)</t>
+          <t>Mutluluk Bakış Açımızda</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786055878634</t>
+          <t>9786051511801</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Dahi Çocuk Yetiştirmek</t>
+          <t>Türk Tipi Başkanlık</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786055365110</t>
+          <t>9786051511825</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Can Boğazdan Çıkar</t>
+          <t>Üst Akıl</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051510699</t>
+          <t>9786051511870</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Fatih 1453</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789759139001</t>
+          <t>9786051511764</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
+          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051510156</t>
+          <t>9786055878955</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 3</t>
+          <t>Yer Çekimine Karşı Temel Bilgiler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786051510149</t>
+          <t>9786055365493</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
+          <t>Püf Noktalar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789758243204</t>
+          <t>9786055365202</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Okuma Zekası (RIQ)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055365530</t>
+          <t>9786055878634</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Müslüman Olmak</t>
+          <t>Dahi Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786051511122</t>
+          <t>9786055365110</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice</t>
+          <t>Can Boğazdan Çıkar</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051510088</t>
+          <t>9786051510699</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kral Değildir</t>
+          <t>Fatih 1453</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>40</v>
+        <v>135</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786051510644</t>
+          <t>9789759139001</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Kuyusu</t>
+          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786055878887</t>
+          <t>9786051510156</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Tanrının Askerleri - 3</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>30</v>
+        <v>140</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051514574</t>
+          <t>9786051510149</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sorular</t>
+          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789756218235</t>
+          <t>9789758243204</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Genç Erkek Psikolojisi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786051510477</t>
+          <t>9786055365530</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
+          <t>Avrupa’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051510606</t>
+          <t>9786051511122</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Terk Etme Beni</t>
+          <t>Hazreti Hatice</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051510507</t>
+          <t>9786051510088</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Açılan Aynalar</t>
+          <t>Aslan Kral Değildir</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051510316</t>
+          <t>9786051510644</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ben Buldum Başkasının OLdu</t>
+          <t>Ruhlar Kuyusu</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055878535</t>
+          <t>9786055878887</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>4000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786055365721</t>
+          <t>9786051514574</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hünkar 2. Abdülhamid</t>
+          <t>Gizemli Sorular</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786055365660</t>
+          <t>9789756218235</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Uyusun Da Büyüsün</t>
+          <t>Genç Erkek Psikolojisi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786055878238</t>
+          <t>9786051510477</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
+          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786055365707</t>
+          <t>9786051510606</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin Gizli Odaları</t>
+          <t>Terk Etme Beni</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051510163</t>
+          <t>9786051510507</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri 4</t>
+          <t>Güneşe Açılan Aynalar</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051510002</t>
+          <t>9786051510316</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 1</t>
+          <t>Ben Buldum Başkasının OLdu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789755878221</t>
+          <t>9786055878535</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
+          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>95</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786055365899</t>
+          <t>9786055365721</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kurumları</t>
+          <t>Yalnız Hünkar 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>125</v>
+        <v>440</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051511337</t>
+          <t>9786055365660</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Lal</t>
+          <t>Uyusun Da Büyüsün</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786055365592</t>
+          <t>9786055878238</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>10 Gün Operasyonu</t>
+          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>30</v>
+        <v>440</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051512099</t>
+          <t>9786055365707</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Perakendede Liderlik (Ciltli)</t>
+          <t>Tarihimizin Gizli Odaları</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051511221</t>
+          <t>9786051510163</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Gönül İşidir</t>
+          <t>Tanrının Askerleri 4</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786055365462</t>
+          <t>9786051510002</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Detoks Sağlıklı Diyet</t>
+          <t>Tanrının Askerleri - 1</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>450</v>
+        <v>115</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789758243075</t>
+          <t>9789755878221</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>230</v>
+        <v>95</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786055365509</t>
+          <t>9786055365899</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
+          <t>Avrupa Birliği Kurumları</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786055878962</t>
+          <t>9786051511337</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Hocası Erbakan</t>
+          <t>Aşk-ı Lal</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789758243563</t>
+          <t>9786055365592</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Psikolojisi</t>
+          <t>10 Gün Operasyonu</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789756218785</t>
+          <t>9786051512099</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Gemileri Yakmak</t>
+          <t>Perakendede Liderlik (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786055878429</t>
+          <t>9786051511221</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Güzel Konuşma Sanatı</t>
+          <t>Liderlik Gönül İşidir</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055365738</t>
+          <t>9786055365462</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Beka</t>
+          <t>Kozmik Detoks Sağlıklı Diyet</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051510187</t>
+          <t>9789758243075</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786051510064</t>
+          <t>9786055365509</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Ninniler (Ciltli)</t>
+          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786051512013</t>
+          <t>9786055878962</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Deşifresi</t>
+          <t>Herkesin Hocası Erbakan</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789759019259</t>
+          <t>9789758243563</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>MehdiX - Olasılık Teorisi</t>
+          <t>Genç Kız Psikolojisi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789759019686</t>
+          <t>9789756218785</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Ahkamsız Hükümler</t>
+          <t>Gemileri Yakmak</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055365080</t>
+          <t>9786055878429</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Paşam</t>
+          <t>Etkili ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
+          <t>9786055365738</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Esrar-ı Beka</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786051510187</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786051510064</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Ninniler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786051512013</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Deşifresi</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9789759019259</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>MehdiX - Olasılık Teorisi</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9789759019686</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Ahkamsız Hükümler</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786055365080</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Paşam</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
           <t>9789758821365</t>
         </is>
       </c>
-      <c r="B790" s="1" t="inlineStr">
+      <c r="B797" s="1" t="inlineStr">
         <is>
           <t>Şifalı Yemekler</t>
         </is>
       </c>
-      <c r="C790" s="1">
+      <c r="C797" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>