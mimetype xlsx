--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,11980 +85,12055 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051516066</t>
+          <t>9786051516097</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>(Ç)evrenin Efendisi</t>
+          <t>Sözde Kalmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051516158</t>
+          <t>9786051516196</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyi Arar</t>
+          <t>Onurlu Hırsızlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051516127</t>
+          <t>9786051516189</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gülümseten Tarih</t>
+          <t>Operasyon Altın Kubbe</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051516110</t>
+          <t>9786051516172</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bebekler Ülkesi</t>
+          <t>Siyasi Parti Yönetimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051516103</t>
+          <t>9786051516165</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pupa</t>
+          <t>Kuantum İstihbarat 2071</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051516073</t>
+          <t>9786051516066</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Aklına Takılanlar</t>
+          <t>(Ç)evrenin Efendisi</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051516080</t>
+          <t>9786051516158</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşımızı Seçerken</t>
+          <t>İnsan Neyi Arar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051516042</t>
+          <t>9786051516127</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Tears of Youth</t>
+          <t>Gülümseten Tarih</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051516011</t>
+          <t>9786051516110</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Die Tranen Der Jugend</t>
+          <t>Ölü Bebekler Ülkesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051516059</t>
+          <t>9786051516103</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sayın Veli</t>
+          <t>Pupa</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051515588</t>
+          <t>9786051516073</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yürüme - Bir Yaşam Hikayesi</t>
+          <t>Gençlerin Aklına Takılanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051515977</t>
+          <t>9786051516080</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gölge Şehir</t>
+          <t>Yol Arkadaşımızı Seçerken</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051516035</t>
+          <t>9786051516042</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Acil Para Lazım</t>
+          <t>The Tears of Youth</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051510012</t>
+          <t>9786051516011</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Gözyaşı</t>
+          <t>Die Tranen Der Jugend</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051516028</t>
+          <t>9786051516059</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Misyoner İstihbaratçılar</t>
+          <t>Sayın Veli</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051515946</t>
+          <t>9786051515588</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlk Mektup</t>
+          <t>Yürüme - Bir Yaşam Hikayesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051515823</t>
+          <t>9786051515977</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kutub Yıldızı 1</t>
+          <t>Gölge Şehir</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051515939</t>
+          <t>9786051516035</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Gelin Ettim</t>
+          <t>Acil Para Lazım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051515991</t>
+          <t>9786051510012</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051516004</t>
+          <t>9786051516028</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fanusun İçindeki Çocuklar</t>
+          <t>Misyoner İstihbaratçılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051515960</t>
+          <t>9786051515946</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kadim Tıpta Mizaç</t>
+          <t>İlk Mektup</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051515854</t>
+          <t>9786051515823</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dinleme Sanatı</t>
+          <t>Kutub Yıldızı 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051515984</t>
+          <t>9786051515939</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arının Yolculuğu</t>
+          <t>Güneşi Gelin Ettim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051515953</t>
+          <t>9786051515991</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Ahlak</t>
+          <t>Gençliğin Gözyaşı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051515878</t>
+          <t>9786051516004</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Derinliğini Keşfet</t>
+          <t>Fanusun İçindeki Çocuklar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758243013</t>
+          <t>9786051515960</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
+          <t>Kadim Tıpta Mizaç</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051511405</t>
+          <t>9786051515854</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
+          <t>Dinleme Sanatı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>17.36</v>
+        <v>440</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051512853</t>
+          <t>9786051515984</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
+          <t>Arının Yolculuğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051513058</t>
+          <t>9786051515953</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yapay Depremler ve Haarp Projesi</t>
+          <t>Toplumsal Ahlak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055365097</t>
+          <t>9786051515878</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Eşimle Tanışmayı Unutmuşuz</t>
+          <t>Derinliğini Keşfet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10</v>
+        <v>340</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055365585</t>
+          <t>9789758243013</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Ahmet &amp; Elmas Maranki İle Sağlıklı Yaşam Seti</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051512501</t>
+          <t>9786051511405</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
+          <t>Türkiye'de Belediye Birlikleri ve Marmara Belediyeler Birliği'nin Tarihi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>17.36</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051512532</t>
+          <t>9786051512853</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
+          <t>Yaradılışa Uygun Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051512549</t>
+          <t>9786051513058</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Örnek Öğretmen</t>
+          <t>Yapay Depremler ve Haarp Projesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051512518</t>
+          <t>9786055365097</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin Gemileri Yaktım</t>
+          <t>Eşimle Tanışmayı Unutmuşuz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051512921</t>
+          <t>9786055365585</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Medine Müdafaası Fahreddin Paşa</t>
+          <t>Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055365042</t>
+          <t>9786051512501</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Evlendikten Sonra da Muhabbet Olsun</t>
+          <t>Yaşanmış Örneklerle Manevi Yüceliş</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>11.11</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051510217</t>
+          <t>9786051512532</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Ölüm</t>
+          <t>Sorular ve Cevaplarla Gençlik Mektupları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051510354</t>
+          <t>9786051512549</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
+          <t>Sevgi Dolu Örnek Öğretmen</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051511429</t>
+          <t>9786051512518</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Hayat</t>
+          <t>Senin İçin Gemileri Yaktım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051510996</t>
+          <t>9786051512921</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Geliştirme</t>
+          <t>Medine Müdafaası Fahreddin Paşa</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051511030</t>
+          <t>9786055365042</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Varisi : Abraham</t>
+          <t>Evlendikten Sonra da Muhabbet Olsun</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051510842</t>
+          <t>9786051510217</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
+          <t>Beyaz Ölüm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051511092</t>
+          <t>9786051510354</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Teselliler Kitabı</t>
+          <t>Osmanlı Tarihi 1 - Çadırdan Saraya</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051511115</t>
+          <t>9786051511429</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İletişim</t>
+          <t>Rengarenk Hayat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051511047</t>
+          <t>9786051510996</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Umudu Yeşerten Öyküler</t>
+          <t>Çocuklarda Dikkat Geliştirme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>20</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051511085</t>
+          <t>9786051511030</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Karanlığın Varisi : Abraham</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051511078</t>
+          <t>9786051510842</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dönme Artık Çok Geç</t>
+          <t>Kabirde İlk Gece: 4 Cennet Yolcuları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051511108</t>
+          <t>9786051511092</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Teselliler Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051510972</t>
+          <t>9786051511115</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
+          <t>Duygusal İletişim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051510675</t>
+          <t>9786051511047</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Giyimde Renklerin Uyumu</t>
+          <t>Umudu Yeşerten Öyküler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051510774</t>
+          <t>9786051511085</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051510309</t>
+          <t>9786051511078</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İstanbul 2053 Vizyonu</t>
+          <t>Dönme Artık Çok Geç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051510392</t>
+          <t>9786051511108</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisti</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051510668</t>
+          <t>9786051510972</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Yeni Arayış ve İleri Demokrasi Fikrinin Doğuşu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055122232</t>
+          <t>9786051510675</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yürekli Kadın Nene Hatun</t>
+          <t>Giyimde Renklerin Uyumu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051510651</t>
+          <t>9786051510774</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Stresine Sahip Çık</t>
+          <t>A’dan Z’ye İslam’da Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051510545</t>
+          <t>9786051510309</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>İstanbul 2053 Vizyonu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051510552</t>
+          <t>9786051510392</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
+          <t>Aile Terapisti</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051510811</t>
+          <t>9786051510668</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Odaklı Koçluk</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>15.74</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051510743</t>
+          <t>9786055122232</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dindarların Para ve İktidarla İmtihanı</t>
+          <t>Yürekli Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055365868</t>
+          <t>9786051510651</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 2</t>
+          <t>Stresine Sahip Çık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051510682</t>
+          <t>9786051510545</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051512105</t>
+          <t>9786051510552</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Asrın İhaneti</t>
+          <t>Hikmetli Bir Yaşam İle Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051513065</t>
+          <t>9786051510811</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İşveren Lehine Yargıtay Kararları</t>
+          <t>Çözüm Odaklı Koçluk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051512402</t>
+          <t>9786051510743</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Eczanesi</t>
+          <t>Dindarların Para ve İktidarla İmtihanı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051510415</t>
+          <t>9786055365868</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tut Ellerimden Öğretmenim</t>
+          <t>Kalbe Düşen Damlalar 2</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051510347</t>
+          <t>9786051510682</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
+          <t>Sevgi Peygamberi - Hz. Muhammed (s.a.v.)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055365851</t>
+          <t>9786051512105</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Düşen Damlalar 1</t>
+          <t>Asrın İhaneti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051512655</t>
+          <t>9786051513065</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
+          <t>İşveren Lehine Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051512686</t>
+          <t>9786051512402</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan</t>
+          <t>Tabiat Eczanesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051512389</t>
+          <t>9786051510415</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Liderlik</t>
+          <t>Tut Ellerimden Öğretmenim</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>18</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786051511740</t>
+          <t>9786051510347</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşama Rehberi</t>
+          <t>İslam Işığında Ailede Huzurlu Yaşam</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786051511849</t>
+          <t>9786055365851</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çiçeğim</t>
+          <t>Kalbe Düşen Damlalar 1</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786051511894</t>
+          <t>9786051512655</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu Akşamlar</t>
+          <t>Küresel Emperyalizm ve Yitirilen Üç Nesil</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>9.26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051512150</t>
+          <t>9786051512686</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Kaderim Sensin</t>
+          <t>Güzel İnsan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051511924</t>
+          <t>9786051512389</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünce</t>
+          <t>Sağlık Sektöründe Liderlik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051511931</t>
+          <t>9786051511740</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Öptüğü Kız (Ciltli)</t>
+          <t>Müslümanca Yaşama Rehberi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051512037</t>
+          <t>9786051511849</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Aile Sorunsuz Gençlik</t>
+          <t>Sevda Çiçeğim</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051511993</t>
+          <t>9786051511894</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Önce Namaz</t>
+          <t>Gül Kokulu Akşamlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051512259</t>
+          <t>9786051512150</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Teknikleri</t>
+          <t>Aşkta Kaderim Sensin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>25</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051512198</t>
+          <t>9786051511924</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Pozitif Düşünce</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051511719</t>
+          <t>9786051511931</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
+          <t>Güneşin Öptüğü Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051511795</t>
+          <t>9786051512037</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Sen'sin</t>
+          <t>Sorumlu Aile Sorunsuz Gençlik</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051511757</t>
+          <t>9786051511993</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Aşkımıza Çıkış Yok</t>
+          <t>Önce Namaz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>70</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051511771</t>
+          <t>9786051512259</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan Bin Muattal</t>
+          <t>Hafıza Teknikleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051511412</t>
+          <t>9786051512198</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Başarının Büyüsü</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786051510927</t>
+          <t>9786051511719</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
+          <t>Her Yaş İçin Boyama - Hayatın Renkleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051510941</t>
+          <t>9786051511795</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mahşer Günü Yüzleşmesi</t>
+          <t>Beklenen Sen'sin</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051510958</t>
+          <t>9786051511757</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Güç Beden Dili</t>
+          <t>Aşkımıza Çıkış Yok</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12.96</v>
+        <v>70</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786051512433</t>
+          <t>9786051511771</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eşim Haklıymış</t>
+          <t>Hz. Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051512617</t>
+          <t>9786051511412</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 3</t>
+          <t>Başarının Büyüsü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786051511986</t>
+          <t>9786051510927</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
+          <t>Çocuklar İçin Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>110</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051511955</t>
+          <t>9786051510941</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Dans</t>
+          <t>Mahşer Günü Yüzleşmesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051511900</t>
+          <t>9786051510958</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gönüller Sultanı</t>
+          <t>Sessiz Güç Beden Dili</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>95</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786051511627</t>
+          <t>9786051512433</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Parka Anneler Okula</t>
+          <t>Eşim Haklıymış</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051512570</t>
+          <t>9786051512617</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Eğitim Oyunları 3</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051512181</t>
+          <t>9786051511986</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
+          <t>Haz ve Hız Çağında İnsan İlişkileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>45</v>
+        <v>110</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051511566</t>
+          <t>9786051511955</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Projeler Sultanı Abdülhamid Han</t>
+          <t>Ateşle Dans</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786051511573</t>
+          <t>9786051511900</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kız Kulesi İle Kar Tanesi</t>
+          <t>Gönüller Sultanı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>95</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051511443</t>
+          <t>9786051511627</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Gerçek</t>
+          <t>Çocuklar Parka Anneler Okula</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>14.81</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051511535</t>
+          <t>9786051512570</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Nasıl Kurtulurum</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051511511</t>
+          <t>9786051512181</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dilara</t>
+          <t>Güneşin Aşık Olduğu Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051512280</t>
+          <t>9786051511566</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Son Ödül</t>
+          <t>Projeler Sultanı Abdülhamid Han</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>23.15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051512211</t>
+          <t>9786051511573</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Referansım Allah’tır</t>
+          <t>Kız Kulesi İle Kar Tanesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>11.11</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051512068</t>
+          <t>9786051511443</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
+          <t>İnsan ve Gerçek</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756700501</t>
+          <t>9786051511535</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Adı:İnsan</t>
+          <t>Üzüntüden Nasıl Kurtulurum</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756700693</t>
+          <t>9786051511511</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
+          <t>Dilara</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>16.2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756700907</t>
+          <t>9786051512280</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
+          <t>Son Ödül</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>20.83</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756700570</t>
+          <t>9786051512211</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Quark Xpress 5.0</t>
+          <t>Referansım Allah’tır</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756700754</t>
+          <t>9786051512068</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşadıkça Eğitim</t>
+          <t>Kolay Doğum ve Yeniden Doğum Yolculuğu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051510484</t>
+          <t>9789756700501</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mankurt</t>
+          <t>Adı:İnsan</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>110</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051510453</t>
+          <t>9789756700693</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Kaybettiğimiz Hayat</t>
+          <t>Geleceğin Toplumunda Yönetim (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051510460</t>
+          <t>9789756700907</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece 3</t>
+          <t>Hacking:Bilişim Korsanlığı ve Korunma Yöntemleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>55</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051510255</t>
+          <t>9789756700570</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Günlük Dualar</t>
+          <t>Quark Xpress 5.0</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789759139100</t>
+          <t>9789756700754</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Konuşuyor</t>
+          <t>Yaşadıkça Eğitim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>42</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9799758364298</t>
+          <t>9786051510484</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Mevlana</t>
+          <t>Mankurt</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15</v>
+        <v>110</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759139186</t>
+          <t>9786051510453</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gülen Öğretmen</t>
+          <t>Yaşarken Kaybettiğimiz Hayat</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758364862</t>
+          <t>9786051510460</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Hazırlık Rehberi</t>
+          <t>Kabirde İlk Gece 3</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>14</v>
+        <v>55</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789759139384</t>
+          <t>9786051510255</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dost İstersen Allah Yeter</t>
+          <t>Peygamberimizden Günlük Dualar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055878818</t>
+          <t>9789759139100</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
+          <t>Mevlana Konuşuyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789759139278</t>
+          <t>9799758364298</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>99 Ayet 99 Hadis 99 Risale</t>
+          <t>İçimizdeki Mevlana</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799758243418</t>
+          <t>9789759139186</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocuğa Hayır Demek Çözüm Değil</t>
+          <t>Gülen Öğretmen</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758243433</t>
+          <t>9789758364862</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Yetki Verme</t>
+          <t>Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758243051</t>
+          <t>9789759139384</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çalışanlara Altın Öğütler</t>
+          <t>Dost İstersen Allah Yeter</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055365196</t>
+          <t>9786055878818</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Cydonia</t>
+          <t>Cennetle Müjdelenen 10 Örnek İnsan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756218129</t>
+          <t>9789759139278</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Cesur Girişimciler</t>
+          <t>99 Ayet 99 Hadis 99 Risale</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>15.28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756218808</t>
+          <t>9799758243418</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Yönetimi</t>
+          <t>Çocuğa Hayır Demek Çözüm Değil</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758243099</t>
+          <t>9789758243433</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cesaret ve Fazilet Mücadelesi</t>
+          <t>Çalışanlara Yetki Verme</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055878320</t>
+          <t>9789758243051</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Can Aynı Can</t>
+          <t>Çalışanlara Altın Öğütler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756700174</t>
+          <t>9786055365196</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
+          <t>Cydonia</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055878412</t>
+          <t>9789756218129</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türkiye İdeali</t>
+          <t>Cesur Girişimciler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>16.67</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055878023</t>
+          <t>9789756218808</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Büyük Satışların Küçük El Kitabı</t>
+          <t>Cesaret Yönetimi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756700020</t>
+          <t>9789758243099</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Bütünsel Beyin</t>
+          <t>Cesaret ve Fazilet Mücadelesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756218433</t>
+          <t>9786055878320</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bunları Kimseye Anlatamamıştım</t>
+          <t>Can Aynı Can</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055878009</t>
+          <t>9789756700174</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bu Öğretmeni Çok Sevdim</t>
+          <t>Büyüyen ve Gelişen Aile Şirketlerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051510125</t>
+          <t>9786055878412</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bir Yastıkta Kırk Yıl</t>
+          <t>Büyük Türkiye İdeali</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>12</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055878801</t>
+          <t>9786055878023</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömürlük Sabır</t>
+          <t>Büyük Satışların Küçük El Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758243686</t>
+          <t>9789756700020</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bir Anneye Mektuplar</t>
+          <t>İş Yaşamında Bütünsel Beyin</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756700471</t>
+          <t>9789756218433</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Gücü</t>
+          <t>Bunları Kimseye Anlatamamıştım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758243655</t>
+          <t>9786055878009</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
+          <t>Bu Öğretmeni Çok Sevdim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756700143</t>
+          <t>9786051510125</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yöneliş</t>
+          <t>Bir Yastıkta Kırk Yıl</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756700518</t>
+          <t>9786055878801</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bilgece Yaşamak</t>
+          <t>Bir Ömürlük Sabır</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758243884</t>
+          <t>9789758243686</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Geliştirme</t>
+          <t>Bir Anneye Mektuplar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055878597</t>
+          <t>9789756700471</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kalpler</t>
+          <t>Bilincin Gücü</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051510071</t>
+          <t>9789758243655</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem % 100 Organik</t>
+          <t>Bilimsel Çalışma ve Başarı Teknikleri</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055878948</t>
+          <t>9789756700143</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beni Affeder misin Sevgili?</t>
+          <t>Bilgeliğe Yöneliş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756218211</t>
+          <t>9789756700518</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Mucizeyim</t>
+          <t>Bilgece Yaşamak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055878481</t>
+          <t>9789758243884</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Ben Aile Şirketi</t>
+          <t>Beyin Gücünü Geliştirme</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756218723</t>
+          <t>9786055878597</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Dili</t>
+          <t>Beyaz Kalpler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055365455</t>
+          <t>9786051510071</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bedenden Ötesi</t>
+          <t>Benim Annem % 100 Organik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055878153</t>
+          <t>9786055878948</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Başarının Visası</t>
+          <t>Beni Affeder misin Sevgili?</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799758243807</t>
+          <t>9789756218211</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Sonuç İçin Yazmak</t>
+          <t>Ben Bir Mucizeyim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9799758243234</t>
+          <t>9786055878481</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Başarıda Aile Faktörü</t>
+          <t>Ben Aile Şirketi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9799756700203</t>
+          <t>9789756218723</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Başarı Rehberi</t>
+          <t>Bedenin Dili</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055878160</t>
+          <t>9786055365455</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
+          <t>Bedenden Ötesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055878405</t>
+          <t>9786055878153</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Başarı Bir Sihir midir?</t>
+          <t>Başarının Visası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055878450</t>
+          <t>9799758243807</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Basit Yaşa Mutlu Ol</t>
+          <t>Başarılı Sonuç İçin Yazmak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758243877</t>
+          <t>9799758243234</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Başarıda Aile Faktörü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>6.02</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756218198</t>
+          <t>9799756700203</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Öyküleri</t>
+          <t>Başarı Rehberi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055878863</t>
+          <t>9786055878160</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
+          <t>Başarı Kaf Dağı’nın Ardında mı?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055122102</t>
+          <t>9786055878405</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Başarı Bir Sihir midir?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758243822</t>
+          <t>9786055878450</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Babalık Coşkusu</t>
+          <t>Basit Yaşa Mutlu Ol</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758243020</t>
+          <t>9789758243877</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırları</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>8.33</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055878856</t>
+          <t>9789756218198</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde İnsan Hakları</t>
+          <t>Bakırköy Öyküleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789758243273</t>
+          <t>9786055878863</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
+          <t>Bağımsız Yönetim Kurulu Üyeliği Zamanı Geldi mi Ne Söylüyor Ne Düşünüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000018382</t>
+          <t>9786055122102</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Pervane</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055878870</t>
+          <t>9789758243822</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Zaman Yarım Kalır</t>
+          <t>Babalık Coşkusu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756700631</t>
+          <t>9789758243020</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
+          <t>Başarının Sırları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>16.67</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055365943</t>
+          <t>9786055878856</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Sadece Benim Ol</t>
+          <t>Avrupa Birliğinde İnsan Hakları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055365950</t>
+          <t>9789758243273</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Beni Olduğum Gibi Sev</t>
+          <t>Ateş Altında Sakin Kalabilmek: Stres Yönetimi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055878290</t>
+          <t>3990000018382</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Anne Babamı İyi Seç</t>
+          <t>Aşk-ı Pervane</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758243297</t>
+          <t>9786055878870</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
+          <t>Aşk Her Zaman Yarım Kalır</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758243747</t>
+          <t>9789756700631</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
+          <t>Annelik Günlüğü: Dokuz Ay Üç Yıl</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055878078</t>
+          <t>9786055365943</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Anneciğim Sadece Benim Ol</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756218242</t>
+          <t>9786055365950</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Anlaşarak Mutlu Yaşayın</t>
+          <t>Anneciğim Beni Olduğum Gibi Sev</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756700815</t>
+          <t>9786055878290</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Amerikadaki Türk Beyin Gücü</t>
+          <t>Anne Babamı İyi Seç</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055878528</t>
+          <t>9789758243297</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
+          <t>Anne Babaların En Çok Yaptıkları 10 Hata</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>230</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055365431</t>
+          <t>9789758243747</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Allah Hangi Kullarını Sever?</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme Teknikleri</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786051511177</t>
+          <t>9786055878078</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aile Zekası</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055365165</t>
+          <t>9789756218242</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aile Polisi</t>
+          <t>Anlaşarak Mutlu Yaşayın</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756700440</t>
+          <t>9789756700815</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
+          <t>Amerikadaki Türk Beyin Gücü</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055878775</t>
+          <t>9786055878528</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sınav Yolculuğu</t>
+          <t>Altın Sözler ile Başarılı Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>8.33</v>
+        <v>230</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758243853</t>
+          <t>9786055365431</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Disiplin</t>
+          <t>Allah Hangi Kullarını Sever?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756218372</t>
+          <t>9786051511177</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
+          <t>Aile Zekası</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>12.96</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055878016</t>
+          <t>9786055365165</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>12 Saat Sonra</t>
+          <t>Aile Polisi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>3.7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756218761</t>
+          <t>9789756700440</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>101 Etkili Söz</t>
+          <t>Ahilik TKY ve Tarihteki Bir Uygulaması</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756218907</t>
+          <t>9786055878775</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
+          <t>Adım Adım Sınav Yolculuğu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756218426</t>
+          <t>9789758243853</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>7’den 77’ye Öyküler</t>
+          <t>A’dan Z’ye Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756218655</t>
+          <t>9789756218372</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda Ruhsal Zeka</t>
+          <t>3000 Yıllık Hayattan Gerçek Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055878344</t>
+          <t>9786055878016</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
+          <t>12 Saat Sonra</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051512600</t>
+          <t>9789756218761</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 2</t>
+          <t>101 Etkili Söz</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>100</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051511139</t>
+          <t>9789756218907</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Doğru Hitabet ve Sözün Büyüsü</t>
+          <t>Türk İş Adamının Bilmesi Gereken 101 Ekonomi Hikayesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>95</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051511153</t>
+          <t>9789756218426</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Erken Büyütmeyelim</t>
+          <t>7’den 77’ye Öyküler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051510361</t>
+          <t>9789756218655</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
+          <t>7 Adımda Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051510873</t>
+          <t>9786055878344</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zambak ve Merve</t>
+          <t>Akıcı ve Etkileyici Konuşmanın Sırları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051510590</t>
+          <t>9786051512600</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
+          <t>Eğitim Oyunları 2</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051510576</t>
+          <t>9786051511139</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
+          <t>Doğru Hitabet ve Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>12.96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051510262</t>
+          <t>9786051511153</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İbretler</t>
+          <t>Çocuklarımızı Erken Büyütmeyelim</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051510569</t>
+          <t>9786051510361</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Anne Yaa!</t>
+          <t>Osmanlı Tarihi 2 : Saraydan Sürgüne</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051510422</t>
+          <t>9786051510873</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sofra Başı Sağlık Sohbetleri</t>
+          <t>Siyah Zambak ve Merve</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055122034</t>
+          <t>9786051510590</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Efsane Tutsak - 4</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055122027</t>
+          <t>9786051510576</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Sırlar Adası - 3</t>
+          <t>Hayat Filminden Kurtarıcı Kareler 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055122010</t>
+          <t>9786051510262</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sinbad Gizemli Adam - 2</t>
+          <t>Ayetler ve İbretler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055122089</t>
+          <t>9786051510569</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Yedi Muhafızı</t>
+          <t>Anne Yaa!</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051510330</t>
+          <t>9786051510422</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Günlüğü</t>
+          <t>Sofra Başı Sağlık Sohbetleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051510224</t>
+          <t>9786055122034</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbine Yolculuk</t>
+          <t>Sinbad Efsane Tutsak - 4</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055365974</t>
+          <t>9786055122027</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Efsanesi</t>
+          <t>Sinbad Sırlar Adası - 3</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051510248</t>
+          <t>9786055122010</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
+          <t>Sinbad Gizemli Adam - 2</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051511313</t>
+          <t>9786055122089</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Terapi</t>
+          <t>Doğunun Yedi Muhafızı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051511290</t>
+          <t>9786051510330</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
+          <t>Bir Annenin Günlüğü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051510446</t>
+          <t>9786051510224</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evlilik Okulu</t>
+          <t>Müşterinin Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051511863</t>
+          <t>9786055365974</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kadın Mutluysa Herkes Mutludur</t>
+          <t>Hekimoğlu Efsanesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051511818</t>
+          <t>9786051510248</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçekleri</t>
+          <t>Peygamberimiz'in (sav) Sünnet ve Tavsiyeleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.96</v>
+        <v>45</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051511252</t>
+          <t>9786051511313</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yalnızca Rabbine Yönel</t>
+          <t>Zihinsel Terapi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051511009</t>
+          <t>9786051511290</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Suyun İyileştirici Gücü</t>
+          <t>Diksiyon - Güzel ve Etkili Konuşma</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051510934</t>
+          <t>9786051510446</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
+          <t>Mutlu Evlilik Okulu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051510514</t>
+          <t>9786051511863</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Mazeret Yok</t>
+          <t>Kadın Mutluysa Herkes Mutludur</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051510767</t>
+          <t>9786051511818</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sevda Geri Dön</t>
+          <t>Kır Çiçekleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>95</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051510736</t>
+          <t>9786051511252</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Gıda Güvenliği</t>
+          <t>Yalnızca Rabbine Yönel</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055365479</t>
+          <t>9786051511009</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Son Adres</t>
+          <t>Suyun İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>9.26</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051510750</t>
+          <t>9786051510934</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Korkma Ayrılıktan Aşk Var</t>
+          <t>Çocuk Eğitiminde Özgürlüğün Sınırları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051512594</t>
+          <t>9786051510514</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Oyunları 1</t>
+          <t>İletişimde Mazeret Yok</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051510538</t>
+          <t>9786051510767</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
+          <t>Sevda Geri Dön</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>230</v>
+        <v>95</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055122348</t>
+          <t>9786051510736</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
+          <t>Gıda Güvenliği</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051510521</t>
+          <t>9786055365479</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yönetmek İçin Mazeret Yok</t>
+          <t>Son Adres</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051511702</t>
+          <t>9786051510750</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Hatıratı</t>
+          <t>Korkma Ayrılıktan Aşk Var</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789758821091</t>
+          <t>9786051512594</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Enerjisi</t>
+          <t>Eğitim Oyunları 1</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>20.37</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9780007542987</t>
+          <t>9786051510538</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Savaşları</t>
+          <t>Topluluk Önünde Etkili Konuşma Teknikleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12.04</v>
+        <v>230</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051510101</t>
+          <t>9786055122348</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Babalar Eve Dönsün</t>
+          <t>Çanakkale Yiğidi Seyit Onbaşı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051513331</t>
+          <t>9786051510521</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Derviş Emir Sultan</t>
+          <t>Yönetmek İçin Mazeret Yok</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789758821174</t>
+          <t>9786051511702</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bebek Bakımı ve Sağlığı</t>
+          <t>Kurtuluş Savaşı Hatıratı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051513171</t>
+          <t>9789758821091</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Uzanan Evlilik</t>
+          <t>Yaşam Enerjisi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>230</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051513164</t>
+          <t>9780007542987</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sosyal Medya Savaşları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051513089</t>
+          <t>9786051510101</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kutadğu Bilig</t>
+          <t>Babalar Eve Dönsün</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051513386</t>
+          <t>9786051513331</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İsrail Nereye Koşuyor?</t>
+          <t>Buharalı Derviş Emir Sultan</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051510378</t>
+          <t>9789758821174</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sana Hiç Elveda Demedim ki</t>
+          <t>Bebek Bakımı ve Sağlığı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789758243150</t>
+          <t>9786051513171</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Sonsuzluğa Uzanan Evlilik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>6.02</v>
+        <v>230</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9799758243906</t>
+          <t>9786051513164</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789756218617</t>
+          <t>9786051513089</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesinde</t>
+          <t>Kutadğu Bilig</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>6.48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789758243334</t>
+          <t>9786051513386</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>İsrail Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13.89</v>
+        <v>590</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756218228</t>
+          <t>9786051510378</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
+          <t>Sana Hiç Elveda Demedim ki</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>220</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055878283</t>
+          <t>9789758243150</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Ateşle</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>15</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789758243242</t>
+          <t>9799758243906</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Sorunlarına Etkili Çözümler</t>
+          <t>Zirvedeki Şahin: Hayatım ve Fikirlerim</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789758243495</t>
+          <t>9789756218617</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yönetim (Supervision)</t>
+          <t>Zamanın Ötesinde</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>60</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756700358</t>
+          <t>9789758243334</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Asistanlığı</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756218013</t>
+          <t>9789756218228</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
+          <t>Yürek Bilekten Güçlüdür (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789758243310</t>
+          <t>9786055878283</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yetki Verme</t>
+          <t>Yüreğini Ateşle</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055365189</t>
+          <t>9789758243242</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çekirdekten Fincana</t>
+          <t>Yönetim Sorunlarına Etkili Çözümler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789758243266</t>
+          <t>9789758243495</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
+          <t>Yönetim (Supervision)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789756218648</t>
+          <t>9789756700358</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Müşteri</t>
+          <t>Yönetici Asistanlığı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789756700785</t>
+          <t>9789756218013</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
+          <t>Yetkin - İdeal Vizyoner Öğretmen</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758243587</t>
+          <t>9789758243310</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Karakter</t>
+          <t>Yetki Verme</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055365004</t>
+          <t>9786055365189</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Gezerken Kayboldum</t>
+          <t>Yeşil Çekirdekten Fincana</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756218167</t>
+          <t>9789758243266</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Her Anında Lütfen Efendim</t>
+          <t>Yeni Yöneticinin El Kitabı Yönetim Fonksiyonları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756700846</t>
+          <t>9789756218648</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sevinci Öyküleri</t>
+          <t>Yeni Müşteri</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789756218068</t>
+          <t>9789756700785</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Coşkusu</t>
+          <t>Yeni Fikir ve Sanat Eserleri Kanunu Telif Hakları ve Korsanlıkla Mücadele</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758243341</t>
+          <t>9789758243587</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık (Creativity)</t>
+          <t>Yazı ve Karakter</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789756700709</t>
+          <t>9786055365004</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka</t>
+          <t>Yaşasın Gezerken Kayboldum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789756218136</t>
+          <t>9789756218167</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
+          <t>Yaşamın Her Anında Lütfen Efendim</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055878443</t>
+          <t>9789756700846</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Üçü Bir Arada</t>
+          <t>Yaşama Sevinci Öyküleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789756700792</t>
+          <t>9789756218068</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
+          <t>Yaşam Coşkusu</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756700662</t>
+          <t>9789758243341</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
+          <t>Yaratıcılık (Creativity)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15.28</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756700594</t>
+          <t>9789756700709</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri 2</t>
+          <t>Yaratıcı Zeka</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756700556</t>
+          <t>9789756218136</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Başarı Öyküleri</t>
+          <t>Yaratıcı Satış Yeni Yüzyılın Satış Yaklaşımı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055365424</t>
+          <t>9786055878443</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tranen der Hingabe-1</t>
+          <t>Üçü Bir Arada</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055365257</t>
+          <t>9789756700792</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve İnsan</t>
+          <t>Uygulamaya Yönelik Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789756218624</t>
+          <t>9789756700662</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Toplam Marka Yönetimi</t>
+          <t>Uygulama ve Örneklerle Toplum Önünde Etkili ve Başarılı Konuşma</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>13.89</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055365233</t>
+          <t>9789756700594</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Terörün Matruşkası KCK</t>
+          <t>Türkiye’den Başarı Öyküleri 2</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756218006</t>
+          <t>9789756700556</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji ve Materyal Kullanımı</t>
+          <t>Türkiye’den Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055365769</t>
+          <t>9786055365424</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizdeki Muhteşem Mektuplar</t>
+          <t>Tranen der Hingabe-1</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756218839</t>
+          <t>9786055365257</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tanzim ve Teşhir</t>
+          <t>Toplum ve İnsan</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>7.41</v>
+        <v>125</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051510019</t>
+          <t>9789756218624</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 2</t>
+          <t>Toplam Marka Yönetimi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>165</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789758243464</t>
+          <t>9786055365233</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
+          <t>Terörün Matruşkası KCK</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789756218501</t>
+          <t>9789756218006</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Şirket Doktoru 222 Kritik Soru</t>
+          <t>Teknoloji ve Materyal Kullanımı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>50</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055365776</t>
+          <t>9786055365769</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Kürler</t>
+          <t>Tarihimizdeki Muhteşem Mektuplar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055878665</t>
+          <t>9789756218839</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Kadın</t>
+          <t>Tanzim ve Teşhir</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789758243594</t>
+          <t>9786051510019</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet Analizi</t>
+          <t>Tanrının Askerleri - 2</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>11.11</v>
+        <v>165</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789758243426</t>
+          <t>9789758243464</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sunuş Yapma (Prezantasyon)</t>
+          <t>Takımınızın Yeteneklerini Geliştirmede Proje Yönetimi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789758243457</t>
+          <t>9789756218501</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Strateji Geliştirme</t>
+          <t>Şirket Doktoru 222 Kritik Soru</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>20.37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055878474</t>
+          <t>9786055365776</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sözün Büyüsü</t>
+          <t>Şifalı Kürler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>3990000027359</t>
+          <t>9786055878665</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
+          <t>Şeytan Kadın</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055365172</t>
+          <t>9789758243594</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Şahsiyet Analizi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055365677</t>
+          <t>9789758243426</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kadın İlmihali</t>
+          <t>Sunuş Yapma (Prezantasyon)</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055365264</t>
+          <t>9789758243457</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
+          <t>Strateji Geliştirme</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>50</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756700242</t>
+          <t>9786055878474</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Beyin Gücü</t>
+          <t>Sözün Büyüsü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799758243845</t>
+          <t>3990000027359</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Pozitif Disiplin</t>
+          <t>Söz Söyleme Sanatı Üzerine Altın Sözler</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055878276</t>
+          <t>9786055365172</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sınav Stresini Yenme</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>13</v>
+        <v>175</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055878245</t>
+          <t>9786055365677</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Merkez Liderlik</t>
+          <t>Soru ve Cevaplarla Kadın İlmihali</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055365332</t>
+          <t>9786055365264</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Bu Kadar Güzelken</t>
+          <t>Sırat Köprüsünde Heyecan - Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789756218440</t>
+          <t>9789756700242</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bahçesinin Bahçıvanı</t>
+          <t>Sınırsız Beyin Gücü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055365219</t>
+          <t>9799758243845</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sevdanın Kanatları</t>
+          <t>Sınıfta Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789756218822</t>
+          <t>9786055878276</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sen Bir Hazinesin</t>
+          <t>Sınav Stresini Yenme</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>11.11</v>
+        <v>13</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055878894</t>
+          <t>9786055878245</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
+          <t>Sıfır Merkez Liderlik</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756700747</t>
+          <t>9786055365332</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
+          <t>Sevmek Bu Kadar Güzelken</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055878146</t>
+          <t>9789756218440</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarıyı Yakalamak</t>
+          <t>Sevgi Bahçesinin Bahçıvanı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789756218693</t>
+          <t>9786055365219</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
+          <t>Sevdanın Kanatları</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055878177</t>
+          <t>9789756218822</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Satışı Anlamak</t>
+          <t>Sen Bir Hazinesin</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786055365608</t>
+          <t>9786055878894</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Siz İyi Bir İnsan Mısınız?</t>
+          <t>Sedat Usta’dan Osmanlı’dan Günümüze Kaybolan Lezzetler (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>6.48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789758243167</t>
+          <t>9789756700747</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Satış Sanatı ve Pazarlama</t>
+          <t>Seçmen - Siyasetçi İlişkileri Ekseninde Başarılı Siyasetçi’nin El Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789756218709</t>
+          <t>9786055878146</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
+          <t>Satışta Başarıyı Yakalamak</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055878795</t>
+          <t>9789756218693</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sarayda Harem</t>
+          <t>Satışta Başarı İçin Stratejik Satış Yönetimi Satışçının El Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789756218600</t>
+          <t>9786055878177</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
+          <t>Satışı Anlamak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055878917</t>
+          <t>9786055365608</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt</t>
+          <t>Siz İyi Bir İnsan Mısınız?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055365745</t>
+          <t>9789758243167</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sabah Yakın Değil Mi?</t>
+          <t>Satış Sanatı ve Pazarlama</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055878764</t>
+          <t>9789756218709</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Üç Kuvveti</t>
+          <t>Satış Ekibinin Performans Yönetimi Satış Ekibini Etkin Yönetmek</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756218778</t>
+          <t>9786055878795</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zenginlik</t>
+          <t>Sarayda Harem</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051512372</t>
+          <t>9789756218600</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
+          <t>Sanal Ortam Günlükleriyle Blog Çağı Pazarlama İletişiminde Yeni Düzen</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>25</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789758243709</t>
+          <t>9786055878917</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ruh İçimizdeki Biz</t>
+          <t>Salkım Söğüt</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055878122</t>
+          <t>9786055365745</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılığa Giriş</t>
+          <t>Sabah Yakın Değil Mi?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789756700396</t>
+          <t>9786055878764</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
+          <t>Ruhun Üç Kuvveti</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9799756700180</t>
+          <t>9789756218778</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sinirlerinize Hakim Olun</t>
+          <t>Ruhsal Zenginlik</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799758243838</t>
+          <t>9786051512372</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Rehber Anne-Babalar</t>
+          <t>Ruhen ve Bedenen Sağlıklı Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051510095</t>
+          <t>9789758243709</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Rabbin Sana Küsmedi</t>
+          <t>Ruh İçimizdeki Biz</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786055878047</t>
+          <t>9786055878122</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Felsefe</t>
+          <t>Reklamcılığa Giriş</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756700679</t>
+          <t>9789756700396</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Penceresi</t>
+          <t>Rekabet Avantajı İçin Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055878504</t>
+          <t>9799756700180</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Prestij</t>
+          <t>Sinirlerinize Hakim Olun</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055365349</t>
+          <t>9799758243838</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Böyle Dua Ederdi</t>
+          <t>Rehber Anne-Babalar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799756700340</t>
+          <t>9786051510095</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Performans Ölçme</t>
+          <t>Rabbin Sana Küsmedi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789758821204</t>
+          <t>9786055878047</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
+          <t>Psikiyatri ve Felsefe</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786055878375</t>
+          <t>9789756700679</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
+          <t>Psikiyatri Penceresi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756218686</t>
+          <t>9786055878504</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Canavarı</t>
+          <t>Prestij</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786055878382</t>
+          <t>9786055365349</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Panik Atağında Egzersizle Tedavi</t>
+          <t>Peygamberimiz Böyle Dua Ederdi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756218464</t>
+          <t>9799756700340</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
+          <t>Performans Ölçme</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789756218051</t>
+          <t>9789758821204</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Mevzuat El Kitabı</t>
+          <t>Pazarlamada Değer Yaratmak Pazarlamada Değer Çağı Türkiye’de Değer Pazarlaması</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756700945</t>
+          <t>9786055878375</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
+          <t>Pazarlamacılar İçin Satış Satışçılar İçin Pazarlama</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756700990</t>
+          <t>9789756218686</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
+          <t>Pazarlama Canavarı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055878108</t>
+          <t>9786055878382</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizliği Yenmek</t>
+          <t>Panik Atağında Egzersizle Tedavi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789756700969</t>
+          <t>9789756218464</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
+          <t>Özürlülere Adanmış Öyküler Fıkralar Bilmeceler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756700952</t>
+          <t>9789756218051</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
+          <t>Öğretmenin Mevzuat El Kitabı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055365820</t>
+          <t>9789756700945</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Büyüme Sırları</t>
+          <t>Öğretmenin Gücü Zamanın Başlangıcından Zamanımıza</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055122096</t>
+          <t>9789756700990</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yangın</t>
+          <t>Öğretim Faaliyetlerinde Yöntem-Teknik ve Etkinlikler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>7.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9799758243517</t>
+          <t>9786055878108</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Organize Olma</t>
+          <t>Öğrenilmiş Çaresizliği Yenmek</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055365240</t>
+          <t>9789756700969</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
+          <t>Öğrencinin Başarısı İçin Aile-Okul Birlikteliği</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>110</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789758243082</t>
+          <t>9789756700952</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Yaşama Sanatı</t>
+          <t>Öğrenci Merkezli Eğitim ve Çoklu Zeka</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055878368</t>
+          <t>9786055365820</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Hayat Başarısı</t>
+          <t>Osmanlı’nın Büyüme Sırları</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055878740</t>
+          <t>9786055122096</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Nurun Beş Duyusu</t>
+          <t>Ormandaki Yangın</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>4.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789756700938</t>
+          <t>9799758243517</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
+          <t>Organize Olma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789756700822</t>
+          <t>9786055365240</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>NLP Teknikleriyle Aile İçi İletişim</t>
+          <t>Ombudsman - İyi Yönetilen Türkiye İçin Kamu Hakemi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>12.04</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756218082</t>
+          <t>9789758243082</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>NLP ile Koçluk</t>
+          <t>Olumlu Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789756700976</t>
+          <t>9786055878368</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
+          <t>Okul ve Hayat Başarısı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799758243180</t>
+          <t>9786055878740</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Negatif Limanlardan Pozitif Sulara</t>
+          <t>Nurun Beş Duyusu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>7.41</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055365936</t>
+          <t>9789756700938</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Nakrem</t>
+          <t>NLP Teknikleriyle Aile Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>20</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9799758243777</t>
+          <t>9789756700822</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Odaklı Satış</t>
+          <t>NLP Teknikleriyle Aile İçi İletişim</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789756218754</t>
+          <t>9789756218082</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
+          <t>NLP ile Koçluk</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>18</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9799758243753</t>
+          <t>9789756700976</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Adayı Seçme</t>
+          <t>Nitelikli Sınıf ve Stressiz Eğitim Ortamı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758243259</t>
+          <t>9799758243180</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve Başarı Yolları</t>
+          <t>Negatif Limanlardan Pozitif Sulara</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789756218730</t>
+          <t>9786055365936</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
+          <t>Nakrem</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055365813</t>
+          <t>9799758243777</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşamın Şifreleri</t>
+          <t>Müşteri Odaklı Satış</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756218174</t>
+          <t>9789756218754</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
+          <t>Mükemmelliğe Ulaşmak İçin 7e Paradigması</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>10.19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789756218037</t>
+          <t>9799758243753</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>Mükemmel Adayı Seçme</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051510200</t>
+          <t>9789758243259</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mizan Başı İtirafları</t>
+          <t>Mutluluk ve Başarı Yolları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055365370</t>
+          <t>9789756218730</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Var Aynı Odada</t>
+          <t>Mutluluğa Giden 7 Yol Pozitif Düşüncenin Gücü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055878726</t>
+          <t>9786055365813</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Fısıltısı</t>
+          <t>Mutlu Yaşamın Şifreleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055878313</t>
+          <t>9789756218174</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Medya Planlama</t>
+          <t>Öğrenmenin Büyüsü NLP ve Çoklu Zeka Uygulamalarıyla</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9799758243760</t>
+          <t>9789756218037</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Düşürme</t>
+          <t>Muhteva Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9799758243326</t>
+          <t>9786051510200</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mali Çizelgeleri Anlama</t>
+          <t>Mizan Başı İtirafları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>7.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055365226</t>
+          <t>9786055365370</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Anlayın Beni</t>
+          <t>Mesafeler Var Aynı Odada</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9799756700210</t>
+          <t>9786055878726</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Liderlik, Yönetim, Türkiye</t>
+          <t>Meleklerin Fısıltısı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756218341</t>
+          <t>9786055878313</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yaklaşımları ve Belediyeler</t>
+          <t>Medya Planlama</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789758243488</t>
+          <t>9799758243760</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Lider Yöneticilik (Coaching)</t>
+          <t>Maliyet Düşürme</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>45</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055365790</t>
+          <t>9799758243326</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Leyla Buradan Taşındı</t>
+          <t>Mali Çizelgeleri Anlama</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051510057</t>
+          <t>9786055365226</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Levh-i Mahfuz</t>
+          <t>Lütfen Anlayın Beni</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789756700266</t>
+          <t>9799756700210</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
+          <t>Liderlik, Yönetim, Türkiye</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9799758243784</t>
+          <t>9789756218341</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
+          <t>Liderlik Yaklaşımları ve Belediyeler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789756218983</t>
+          <t>9789758243488</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kobi</t>
+          <t>Lider Yöneticilik (Coaching)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055365394</t>
+          <t>9786055365790</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Adım</t>
+          <t>Leyla Buradan Taşındı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055365066</t>
+          <t>9786051510057</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
+          <t>Levh-i Mahfuz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>3990000027915</t>
+          <t>9789756700266</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
+          <t>Küreselleşme ve Yeni Ekonomi En Büyük Benim!</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>40</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789758243945</t>
+          <t>9799758243784</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Stres Ortamında Yönetim</t>
+          <t>Küreselleşme Sürecinde İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055365646</t>
+          <t>9789756218983</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Küldeki Ateş</t>
+          <t>Küresel Kobi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789756218792</t>
+          <t>9786055365394</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kobi Doktoru</t>
+          <t>Küçük Bir Adım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789758243631</t>
+          <t>9786055365066</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Özgürlüğün Psikolojisi</t>
+          <t>Kutsal Metinlerden Günümüze Cinsel Hayat</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789756700235</t>
+          <t>3990000027915</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim El Kitabı</t>
+          <t>Kur’an-ı Kerim ve Yüce Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789758243228</t>
+          <t>9789758243945</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Kriz ve Stres Ortamında Yönetim</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789756218945</t>
+          <t>9786055365646</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine NLP</t>
+          <t>Küldeki Ateş</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055878399</t>
+          <t>9789756218792</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
+          <t>Kobi Doktoru</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756218556</t>
+          <t>9789758243631</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kazandıran Beden Dili</t>
+          <t>Kişisel Özgürlüğün Psikolojisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>55</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055878498</t>
+          <t>9789756700235</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
+          <t>Kişisel Gelişim El Kitabı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758243570</t>
+          <t>9789758243228</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055365653</t>
+          <t>9789756218945</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Stres Algısı</t>
+          <t>Kendi Kendine NLP</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055365905</t>
+          <t>9786055878399</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kalp ile Sır</t>
+          <t>Kendi Gerçekliğinin Üstünü Örtmek Ya Da Fasıklık</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055878931</t>
+          <t>9789756218556</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kabirde İlk Gece</t>
+          <t>Kazandıran Beden Dili</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789756218747</t>
+          <t>9786055878498</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
+          <t>Kazakistan’ın Efsanevi Lideri Nazarbayev (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789756218976</t>
+          <t>9789758243570</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İyi Fikir Her Zaman Kazandırır</t>
+          <t>Karakter Bilim ve İnsan Tanımada Testler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758821228</t>
+          <t>9786055365653</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
+          <t>Kamu Yönetiminde Stres Algısı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789756700730</t>
+          <t>9786055365905</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı (Ciltli)</t>
+          <t>Kalp ile Sır</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789756700716</t>
+          <t>9786055878931</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İşte Başarı</t>
+          <t>Kabirde İlk Gece</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>18.52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055365028</t>
+          <t>9789756218747</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
+          <t>İyi Uçuşlar Uçak ve Uçak Yolculuğu Hakkında Merak Ettiğiniz Her Şey</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756218592</t>
+          <t>9789756218976</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Bütçe Yönetimi</t>
+          <t>İyi Fikir Her Zaman Kazandırır</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789756218563</t>
+          <t>9789758821228</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İşler Kötüyse Reklam Yapın</t>
+          <t>Kariyer Yaşamında Duygusal Zeka ve İletişim Yeteneği</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755878218</t>
+          <t>9789756700730</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İşin Sırrı</t>
+          <t>İşte Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>7.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055365929</t>
+          <t>9789756700716</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İş Koçu</t>
+          <t>İşte Başarı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758243440</t>
+          <t>9786055365028</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Uzlaşma İlkeleri</t>
+          <t>İşletmelerde İnsan Kaynakları Planlaması</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756218402</t>
+          <t>9789756218592</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Önce İnsan</t>
+          <t>İşletmelerde Bütçe Yönetimi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756700808</t>
+          <t>9789756218563</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Mükemmellik</t>
+          <t>İşler Kötüyse Reklam Yapın</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055878825</t>
+          <t>9789755878218</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
+          <t>İşin Sırrı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758243358</t>
+          <t>9786055365929</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Motive Etme</t>
+          <t>İş Koçu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055878757</t>
+          <t>9789758243440</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanımak</t>
+          <t>İş Hayatında Uzlaşma İlkeleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055365806</t>
+          <t>9789756218402</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar İçinde İnsan Olmak</t>
+          <t>İş Hayatında Önce İnsan</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758243471</t>
+          <t>9789756700808</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yetenekleri</t>
+          <t>İş Hayatında Mükemmellik</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>25</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758243600</t>
+          <t>9786055878825</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
+          <t>A’dan Z’ye İslam’da Evlilik Ve Aile Okulu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756700853</t>
+          <t>9789758243358</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sıcağı Öyküleri</t>
+          <t>İnsanları Motive Etme</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789756218181</t>
+          <t>9786055878757</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
+          <t>İnsanı Tanımak</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>20.37</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9799756700289</t>
+          <t>9786055365806</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
+          <t>İnsancıklar İçinde İnsan Olmak</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789756700464</t>
+          <t>9789758243471</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Düşünceden Sonuca İnsan Kaynakları</t>
+          <t>İnsan Yetenekleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756218419</t>
+          <t>9789758243600</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İmaj İletişim ve Beden Dili</t>
+          <t>İnsan Tanımada Beden - Yüz Yapısı ve Karakter</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055878306</t>
+          <t>9789756700853</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Kalp Köprüsü</t>
+          <t>İnsan Sıcağı Öyküleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055365387</t>
+          <t>9789756218181</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İletişim Dünyamız</t>
+          <t>İnsan Kaynaklarında Yeni Eğilimler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789756218020</t>
+          <t>9799756700289</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
+          <t>İnsan Kaynaklarında Yeni Açılımlar Ne Yalan Ama!</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789756700563</t>
+          <t>9789756700464</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Başarılı İnsanların Karar Anı</t>
+          <t>Düşünceden Sonuca İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>18</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789758243815</t>
+          <t>9789756218419</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>İçten Liderlik</t>
+          <t>İmaj İletişim ve Beden Dili</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055365325</t>
+          <t>9786055878306</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
+          <t>İletişimde Kalp Köprüsü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>9.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055365127</t>
+          <t>9786055365387</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Hüdai</t>
+          <t>İletişim Dünyamız</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055878993</t>
+          <t>9789756218020</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
+          <t>İfade ve Beceri Dersleri İçin Özel Öğretim Uygulamaları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051510118</t>
+          <t>9789756700563</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
+          <t>Başarılı İnsanların Karar Anı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>75</v>
+        <v>18</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755878627</t>
+          <t>9789758243815</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Hesap Kitap Dünyası</t>
+          <t>İçten Liderlik</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789756218969</t>
+          <t>9786055365325</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Her Sabah Yeniden Doğun</t>
+          <t>Hz. Peygamber’den Bediüzzaman’a Yansımalar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>11.11</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789756218044</t>
+          <t>9786055365127</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Her Öğretmen Rehberdir</t>
+          <t>Hüdai</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789758243006</t>
+          <t>9786055878993</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>Huzurlu ve Mutlu Bir Yuva İçin 150 Soruda Evlilik Okulu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>7.41</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789758243679</t>
+          <t>9786051510118</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Her İnsan Hükümdardır</t>
+          <t>Hikayelerle Mizaç ve Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055365622</t>
+          <t>9789755878627</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
+          <t>Hesap Kitap Dünyası</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789758243303</t>
+          <t>9789756218969</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hedef Belirleme Sonuç Alma</t>
+          <t>Her Sabah Yeniden Doğun</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055878139</t>
+          <t>9789756218044</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Pusulası</t>
+          <t>Her Öğretmen Rehberdir</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055878184</t>
+          <t>9789758243006</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçindeki Psikiyatri</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789756700532</t>
+          <t>9789758243679</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Bütününde Başarı</t>
+          <t>Her İnsan Hükümdardır</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756700648</t>
+          <t>9786055365622</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
+          <t>Her Gencin Hayali Sivilcesiz Hayat</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>12.04</v>
+        <v>14</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756700761</t>
+          <t>9789758243303</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hayata Gülümse</t>
+          <t>Hedef Belirleme Sonuç Alma</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789756700914</t>
+          <t>9786055878139</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dokunan Öyküler</t>
+          <t>Hayatın Pusulası</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756218815</t>
+          <t>9786055878184</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunda Asla Pes Etme</t>
+          <t>Hayatın İçindeki Psikiyatri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051512365</t>
+          <t>9789756700532</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
+          <t>Hayatın Bütününde Başarı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>160</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9799758243661</t>
+          <t>9789756700648</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
+          <t>Hayatı Güzel Ve Anlamlı Yaşamak</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055365073</t>
+          <t>9789756700761</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
+          <t>Hayata Gülümse</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756218365</t>
+          <t>9789756700914</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
+          <t>Hayata Dokunan Öyküler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>3.61</v>
+        <v>25</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789758243211</t>
+          <t>9789756218815</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>Hayat Yolunda Asla Pes Etme</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789756218358</t>
+          <t>9786051512365</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilere Yol Haritası</t>
+          <t>Çocuk Bakımı ve Eğitimi El Kitabı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>16.67</v>
+        <v>160</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055878771</t>
+          <t>9799758243661</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Aşk</t>
+          <t>Hamileliğe Hazırlık Doğum ve Sonrası Annenin El Kitabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>2.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055878832</t>
+          <t>9786055365073</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızla Hünkar</t>
+          <t>Hadis Kaynaklarında Faiz ve Finansman</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756218143</t>
+          <t>9789756218365</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
+          <t>Günlük Yaşamdan Gerçek Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>9.26</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055878733</t>
+          <t>9789758243211</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055365615</t>
+          <t>9789756218358</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Tatlıya Bağlayalım</t>
+          <t>Girişimcilere Yol Haritası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789756700617</t>
+          <t>9786055878771</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Toplumunda Yönetim</t>
+          <t>Gerçek Aşk</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9799756700364</t>
+          <t>9786055878832</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Meslekleri</t>
+          <t>Genç Kızla Hünkar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>14.81</v>
+        <v>10</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055365158</t>
+          <t>9789756218143</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Gandhi - Liderlik İlkeleri</t>
+          <t>Genç Girişimlerin Başarı Sırları Zirveyi Hedefleyenlere</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9799758243715</t>
+          <t>9786055878733</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Fırsatı Yakalayın</t>
+          <t>Genç Adam</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055878030</t>
+          <t>9786055365615</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ile Psikiyatri</t>
+          <t>Tatlıya Bağlayalım</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055365271</t>
+          <t>9789756700617</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Fatima</t>
+          <t>Geleceğin Toplumunda Yönetim</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789756700839</t>
+          <t>9799756700364</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin Kitabı</t>
+          <t>Geleceğin Meslekleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>12</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789758243860</t>
+          <t>9786055365158</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
+          <t>Gandhi - Liderlik İlkeleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789756700495</t>
+          <t>9799758243715</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
+          <t>Fırsatı Yakalayın</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789758243372</t>
+          <t>9786055878030</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Değişim Stratejileri</t>
+          <t>Felsefe ile Psikiyatri</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9799758243531</t>
+          <t>9786055365271</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Etkili Sunuş</t>
+          <t>Fatima</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789758243549</t>
+          <t>9789756700839</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Etkili Karar Verme</t>
+          <t>Evliliğin Kitabı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>7.41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789758243648</t>
+          <t>9789758243860</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Etkili Dinleme</t>
+          <t>Ev İşlerini Savaşa Dönüştürmeyin Aile İçi İşbirliğini Geliştirme Yöntemleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055365103</t>
+          <t>9789756700495</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Eşimin Eşi Yok</t>
+          <t>Etkin Eğitim: Etkin Öğrenci, Etkin Öğretmen</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055365714</t>
+          <t>9789758243372</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Kişisel Değişim Stratejileri</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055365967</t>
+          <t>9799758243531</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Eş Frekans Yasası</t>
+          <t>Etkili Sunuş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>55</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789756700877</t>
+          <t>9789758243549</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Enfes Öyküler</t>
+          <t>Etkili Karar Verme</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051510026</t>
+          <t>9789758243648</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Temizliğin Kitabı</t>
+          <t>Etkili Dinleme</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9799756700296</t>
+          <t>9786055365103</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ekip Kurma ve Yönetme</t>
+          <t>Eşimin Eşi Yok</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756218105</t>
+          <t>9786055365714</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Paradigma Değişimi</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9799758243524</t>
+          <t>9786055365967</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Eş Frekans Yasası</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>7.41</v>
+        <v>55</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789756700983</t>
+          <t>9789756700877</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
+          <t>Enfes Öyküler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051510705</t>
+          <t>9786051510026</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Efe Türk Yavuz Sultan Selim</t>
+          <t>Ekolojik Temizliğin Kitabı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055365981</t>
+          <t>9799756700296</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Ekip Kurma ve Yönetme</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>95</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756218532</t>
+          <t>9789756218105</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
+          <t>Eğitimde Paradigma Değişimi</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756700587</t>
+          <t>9799758243524</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Düş Toplumu</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789756218488</t>
+          <t>9789756700983</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
+          <t>Eğitim - Öğretimde Planlama - Ölçme ve Stratejiler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055878337</t>
+          <t>9786051510705</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Efe Türk Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>13.89</v>
+        <v>330</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9799756700166</t>
+          <t>9786055365981</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Duygularla Güçlenmek</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>11.11</v>
+        <v>95</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055365486</t>
+          <t>9789756218532</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Hayat Rehberi</t>
+          <t>Düşünmeyi Öğrenmek Öğrenmeyi Düşünmek</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055365363</t>
+          <t>9789756700587</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Duyarlı Gencin Başarı Rehberi</t>
+          <t>Düş Toplumu</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789755878696</t>
+          <t>9789756218488</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
+          <t>Dünden Bugüne İz Bıraka  Meşhur Ortopedik Özürlüler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756700723</t>
+          <t>9786055878337</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055878702</t>
+          <t>9799756700166</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı</t>
+          <t>Duygularla Güçlenmek</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9799756700302</t>
+          <t>9786055365486</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
+          <t>Duyarlı Gencin Hayat Rehberi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789756700655</t>
+          <t>9786055365363</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
+          <t>Duyarlı Gencin Başarı Rehberi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055365783</t>
+          <t>9789755878696</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Denetim Var</t>
+          <t>Dönemimizde Kazakistan Türkiye İlişkileri ve Türk Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055878252</t>
+          <t>9789756700723</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
+          <t>Dosyalama Teknikleri ve Dokümantasyon</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>25</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055878849</t>
+          <t>9786055878702</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkçı Güzeli</t>
+          <t>Doğu ve Batı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>4</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9799758243739</t>
+          <t>9799756700302</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarları</t>
+          <t>Doğrucu Beden Dili Sen Aslında Diyorsun ki...</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756700037</t>
+          <t>9789756700655</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
+          <t>Doğru ve Güzel Konuşma (Uygulama ve Örneklerle) Fonetik-Diksiyon-Artikülasyon</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055878092</t>
+          <t>9786055365783</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka MQ</t>
+          <t>Dikkat Denetim Var</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055365684</t>
+          <t>9786055878252</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dikkat Eksikliği</t>
+          <t>Dehanı Keşfet Zekanı ve Hafızanı Geliştir</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>12.96</v>
+        <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055365912</t>
+          <t>9786055878849</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
+          <t>Kaşıkçı Güzeli</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9799756700197</t>
+          <t>9799758243739</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Sınır Koymak</t>
+          <t>Değişim Rüzgarları</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756218914</t>
+          <t>9789756700037</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İnovasyon</t>
+          <t>Değişim Kuşağındakiler Kişisel Gelişim Öncüleri</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789758243624</t>
+          <t>9786055878092</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Çoklu Zeka MQ</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055365516</t>
+          <t>9786055365684</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
+          <t>Çocuklarda Dikkat Eksikliği</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9799758243692</t>
+          <t>9786055365912</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
+          <t>Çocuklarda Davranış Problemleri ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789755878191</t>
+          <t>9799756700197</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Test Edin</t>
+          <t>Çocuklara Sınır Koymak</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789758243389</t>
+          <t>9789756218914</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Keşfedin</t>
+          <t>Çocuklar İçin İnovasyon</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055365011</t>
+          <t>9789758243624</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Dünyası</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789758243617</t>
+          <t>9786055365516</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
+          <t>Çocuk Baş Belası mı Baş Tacı mı?</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9799758243555</t>
+          <t>9799758243692</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Okula Başlıyor</t>
+          <t>Çocuğunuzu Yanlış Eğitiyorsunuz</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789756218495</t>
+          <t>9789755878191</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
+          <t>Çocuğunuzu Test Edin</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>3990000013491</t>
+          <t>9789758243389</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarihi (Ciltli)</t>
+          <t>Çocuğunuzu Keşfedin</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051513195</t>
+          <t>9786055365011</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İsrafil’in Nefesi</t>
+          <t>Çocuğun Dünyası</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>230</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051513188</t>
+          <t>9789758243617</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Gazi - 1302</t>
+          <t>Çocuğun Başarısı Nasıl Sağlanır Eğitim Açısından Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786051510620</t>
+          <t>9799758243555</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Ölünce Sever misin Beni?</t>
+          <t>Çocuğum Okula Başlıyor</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055365400</t>
+          <t>9789756218495</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Din Eğitimi?</t>
+          <t>Dünden Bugüne İz Bırakan Meşhur Körler ve Sağırlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051512631</t>
+          <t>3990000013491</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömürler Seti (4 Kitap)</t>
+          <t>Türkiye Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>152</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786051512945</t>
+          <t>9786051513195</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hacamat - Kupa Terapisi</t>
+          <t>İsrafil’in Nefesi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>55</v>
+        <v>230</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786051512969</t>
+          <t>9786051513188</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk - Adem ile Havva</t>
+          <t>Kuruluş Osman Gazi - 1302</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786051514055</t>
+          <t>9786051510620</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Beş Şiirlik Kitap</t>
+          <t>Ölünce Sever misin Beni?</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786051512839</t>
+          <t>9786055365400</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Annemi Beklerken</t>
+          <t>Nasıl Bir Din Eğitimi?</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789758243976</t>
+          <t>9786051512631</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
+          <t>Adanmış Ömürler Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>480</v>
+        <v>152</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786051512341</t>
+          <t>9786051512945</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
+          <t>Hacamat - Kupa Terapisi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>550</v>
+        <v>55</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786051512174</t>
+          <t>9786051512969</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Elif Öğretmen</t>
+          <t>İlk Aşk - Adem ile Havva</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786051515861</t>
+          <t>9786051514055</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İşin Psikolojisi</t>
+          <t>Beş Şiirlik Kitap</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786051514079</t>
+          <t>9786051512839</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Emanet</t>
+          <t>Annemi Beklerken</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786051512815</t>
+          <t>9789758243976</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
+          <t>Pazarlama - Tanıtım - Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786051515724</t>
+          <t>9786051512341</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı</t>
+          <t>Kur’an-ı Kerim’in Yüce Meali (Orta Boy)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786051515762</t>
+          <t>9786051512174</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çocukları Anlama Rehberi</t>
+          <t>Elif Öğretmen</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786051515786</t>
+          <t>9786051515861</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
+          <t>İşin Psikolojisi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786051515779</t>
+          <t>9786051514079</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Ahlak</t>
+          <t>Kalbim Sana Emanet</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786051515403</t>
+          <t>9786051512815</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Mahi</t>
+          <t>Doğurganlık Beslenmesi ve Annelik Diyeti</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786051515717</t>
+          <t>9786051515724</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yürekte Yâr ve Yara Kudüs</t>
+          <t>Portakal Ağacı</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786051515793</t>
+          <t>9786051515762</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Trojans</t>
+          <t>Dijital Çocukları Anlama Rehberi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051515755</t>
+          <t>9786051515786</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Mesajı</t>
+          <t>Bozkürt (Ülkücü Kürtlerin Saklı Kalmış Hikâyesi)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786051512273</t>
+          <t>9786051515779</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Başarı Evde Başlar</t>
+          <t>Bireysel Ahlak</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051511832</t>
+          <t>9786051515403</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İş'te Tecrübelerim</t>
+          <t>Ateş ve Havva Mahi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051515670</t>
+          <t>9786051515717</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Kalp</t>
+          <t>Yürekte Yâr ve Yara Kudüs</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051515656</t>
+          <t>9786051515793</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Güldüren ve Düşündüren Espriler</t>
+          <t>Trojans</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786051515663</t>
+          <t>9786051515755</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
+          <t>Sessizliğin Mesajı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786051515595</t>
+          <t>9786051512273</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Cehennem</t>
+          <t>Başarı Evde Başlar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786051515618</t>
+          <t>9786051511832</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Para Kazandıran Yasalar</t>
+          <t>İş'te Tecrübelerim</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786051515557</t>
+          <t>9786051515670</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Beni Dinle Beni Anla</t>
+          <t>Sahibini Arayan Kalp</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051515601</t>
+          <t>9786051515656</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Varlığın İlahi Enerjisi</t>
+          <t>Güldüren ve Düşündüren Espriler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051512778</t>
+          <t>9786051515663</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Bir Ulu Destan Çanakkale 1915</t>
+          <t>Eşik Yapay Zeka Çağında İş ve İnsan</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786051515564</t>
+          <t>9786051515595</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Sıhhat</t>
+          <t>Soğuk Cehennem</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786051510828</t>
+          <t>9786051515618</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Para Kazandıran Yasalar</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786051514680</t>
+          <t>9786051515557</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetimi</t>
+          <t>Beni Dinle Beni Anla</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786051512907</t>
+          <t>9786051515601</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Asiye Zalimin Kızı</t>
+          <t>Varlığın İlahi Enerjisi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051511467</t>
+          <t>9786051512778</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk</t>
+          <t>Bir Ulu Destan Çanakkale 1915</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789758821280</t>
+          <t>9786051515564</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hayat</t>
+          <t>Bir Nefes Sıhhat</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786051511061</t>
+          <t>9786051510828</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>El Yazısı ile Karakter Analizi</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051512303</t>
+          <t>9786051514680</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kupa Terapi</t>
+          <t>Şirket Yönetimi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051512761</t>
+          <t>9786051512907</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Can Kırığı</t>
+          <t>Asiye Zalimin Kızı</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051512235</t>
+          <t>9786051511467</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Formülün Peşinde</t>
+          <t>Görücü Usulü Aşk</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051511597</t>
+          <t>9789758821280</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Tozlu Sayfaları</t>
+          <t>Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789758364251</t>
+          <t>9786051511061</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Fardipli SinHa</t>
+          <t>El Yazısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789758364947</t>
+          <t>9786051512303</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Derviş ve Sinha</t>
+          <t>Kupa Terapi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789756700624</t>
+          <t>9786051512761</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Cesur Sorular</t>
+          <t>Can Kırığı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789756700006</t>
+          <t>9786051512235</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Teknikleri</t>
+          <t>Formülün Peşinde</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789756700013</t>
+          <t>9786051511597</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yönetim İlkeleri</t>
+          <t>Cumhuriyetin Tozlu Sayfaları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789758243952</t>
+          <t>9789758364251</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
+          <t>Fardipli SinHa</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789756218938</t>
+          <t>9789758364947</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Nitelikli İnsan</t>
+          <t>Derviş ve Sinha</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789758243983</t>
+          <t>9789756700624</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Motivasyon</t>
+          <t>Cesur Sorular</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789758243068</t>
+          <t>9789756700006</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789758243990</t>
+          <t>9789756700013</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Sürecinde Türkiye</t>
+          <t>Yönetim İlkeleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789758243921</t>
+          <t>9789758243952</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Tavsiyeler</t>
+          <t>Türkiye Sorunlarına Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789758243969</t>
+          <t>9789756218938</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
+          <t>Nitelikli İnsan</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786055365844</t>
+          <t>9789758243983</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Evde Başlar</t>
+          <t>İş Hayatında Motivasyon</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051513119</t>
+          <t>9789758243068</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı Hocam?</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051513140</t>
+          <t>9789758243990</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kendine Bir İyilik Yap</t>
+          <t>Globalleşme Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>330</v>
+        <v>540</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051513270</t>
+          <t>9789758243921</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Masumiyetin İncisi Hazreti Meryem</t>
+          <t>Gençlere Tavsiyeler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051515489</t>
+          <t>9789758243969</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Geri Sayım 2045</t>
+          <t>Ekonomik Sorunlara Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051515526</t>
+          <t>9786055365844</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım</t>
+          <t>Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051515519</t>
+          <t>9786051513119</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatına Dair Altın Öğütler</t>
+          <t>Cennette Waffle Var Mı Hocam?</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051515502</t>
+          <t>9786051513140</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetme Sanatı</t>
+          <t>Kendine Bir İyilik Yap</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051515533</t>
+          <t>9786051513270</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Başarmak</t>
+          <t>Masumiyetin İncisi Hazreti Meryem</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051515540</t>
+          <t>9786051515489</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Fener Adası Pandora Mağarası</t>
+          <t>Yapay Zekâ Geri Sayım 2045</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051515496</t>
+          <t>9786051515526</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Zorluklarla Mücadele</t>
+          <t>Kendine Yardım</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051512983</t>
+          <t>9786051515519</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Halkının Allah ile Başı Dertte</t>
+          <t>İş Hayatına Dair Altın Öğütler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786051515410</t>
+          <t>9786051515502</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tek Din Çağı</t>
+          <t>İnsan Yönetme Sanatı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051515397</t>
+          <t>9786051515533</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kendime Geldim</t>
+          <t>Görevimiz Başarmak</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051515465</t>
+          <t>9786051515540</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gitmenin Psikolojisi</t>
+          <t>Fener Adası Pandora Mağarası</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051515472</t>
+          <t>9786051515496</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Zorluklarla Mücadele</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786051515380</t>
+          <t>9786051512983</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Her Şey Var</t>
+          <t>Tanrının Halkının Allah ile Başı Dertte</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051512495</t>
+          <t>9786051515410</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Fatıma</t>
+          <t>Tek Din Çağı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051514611</t>
+          <t>9786051515397</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve Öğrenme</t>
+          <t>Kendime Geldim</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051513096</t>
+          <t>9786051515465</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hocam</t>
+          <t>Gitmenin Psikolojisi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051514758</t>
+          <t>9786051515472</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sonun Başlangıcı</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786051511542</t>
+          <t>9786051515380</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
+          <t>Hayatta Her Şey Var</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786051514741</t>
+          <t>9786051512495</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Aileyi Şirketleştirmek</t>
+          <t>Hazreti Fatıma</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051514697</t>
+          <t>9786051514611</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi</t>
+          <t>Beyin ve Öğrenme</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786051514734</t>
+          <t>9786051513096</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Hissedar</t>
+          <t>Hocam</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051514727</t>
+          <t>9786051514758</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786051514710</t>
+          <t>9786051511542</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Cennette Waffle Var Mı?</t>
+          <t>Hz. Süleyman'ın Sarayındaki Sebe Kraliçesi Belkıs</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051514703</t>
+          <t>9786051514741</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Asiye Sevginin Gücü</t>
+          <t>Aileyi Şirketleştirmek</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051510385</t>
+          <t>9786051514697</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
+          <t>Mutluluk Psikolojisi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>4500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051514659</t>
+          <t>9786051514734</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
+          <t>Hissedar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051514666</t>
+          <t>9786051514727</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Ateş ve Havva Aşeka</t>
+          <t>Gençler İnançsız Mı Yoksa Cevapsız Mı?</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051514673</t>
+          <t>9786051514710</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sadece Allah’tan İste</t>
+          <t>Cennette Waffle Var Mı?</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786051514642</t>
+          <t>9786051514703</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Sesi Dinle</t>
+          <t>Asiye Sevginin Gücü</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786051514529</t>
+          <t>9786051510385</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kıskançlığı</t>
+          <t>Üzeyir Garih Kitaplığı (8 Kitap)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>250</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786051514017</t>
+          <t>9786051514659</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Terapist</t>
+          <t>Düş Yanında Olurum Ama Sakın Yükselme</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051512457</t>
+          <t>9786051514666</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
+          <t>Ateş ve Havva Aşeka</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055365882</t>
+          <t>9786051514673</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Sırrı (Ciltli)</t>
+          <t>Sadece Allah’tan İste</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051514628</t>
+          <t>9786051514642</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Arkasya Günlükleri</t>
+          <t>İçindeki Sesi Dinle</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051514581</t>
+          <t>9786051514529</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
+          <t>Kardeş Kıskançlığı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786051514604</t>
+          <t>9786051514017</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
+          <t>Terapist</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051514505</t>
+          <t>9786051512457</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Görücü Usulü Aşk 3 - İkinci Bahar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786051514185</t>
+          <t>9786055365882</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
+          <t>İnsanın Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>1100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051514567</t>
+          <t>9786051514628</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
+          <t>Arkasya Günlükleri</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786051514543</t>
+          <t>9786051514581</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
+          <t>Kudüs Fatihi Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>680</v>
+        <v>380</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786051514550</t>
+          <t>9786051514604</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
+          <t>Cerrah - Kalbin Zirvesinde Bir Türk: Prof. Dr. Mehmet Emin Özdoğan</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786051514512</t>
+          <t>9786051514505</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kendine Engel Olma</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786051514482</t>
+          <t>9786051514185</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
+          <t>Ayet ve Hadisler Işığında Müslümanın Yol Haritası (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>380</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786051514499</t>
+          <t>9786051514567</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Hikayene Hoş Geldin</t>
+          <t>Sevgi Medeniyeti - Raşit Küçük Külliyatı 1</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051514215</t>
+          <t>9786051514543</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
+          <t>Raşit Küçük Hatırımda Kalanlar - Raşit Küçük Külliyatı 2</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051514239</t>
+          <t>9786051514550</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Mihenk Noktası</t>
+          <t>Örnek Bir İnsan Raşit Küçük - Raşit Küçük Külliyatı 3</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051514246</t>
+          <t>9786051514512</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
+          <t>Kendine Engel Olma</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051514192</t>
+          <t>9786051514482</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
+          <t>Hazreti Aişe Aşkın Kördüğüm Hali</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051514208</t>
+          <t>9786051514499</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ağlarsa</t>
+          <t>Hikayene Hoş Geldin</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051513041</t>
+          <t>9786051514215</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
+          <t>Esma-ül Hüsna ile Manevi İyileşme</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051514178</t>
+          <t>9786051514239</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Vasiyettir</t>
+          <t>Mihenk Noktası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051514062</t>
+          <t>9786051514246</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
+          <t>Tanrısız Dünya Düzeninden Allah'a Dönüş</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051514024</t>
+          <t>9786051514192</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab Bin Umeyr</t>
+          <t>7 Adımda 40 Yıllık Beden Temizliği</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786051514031</t>
+          <t>9786051514208</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
+          <t>Kadın Ağlarsa</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051514000</t>
+          <t>9786051513041</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İyi Düşün Mutlu Yaşa</t>
+          <t>Kumpas Okulları - Misyonerlerin Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789759019617</t>
+          <t>9786051514178</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
+          <t>Kudüs Vasiyettir</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051513584</t>
+          <t>9786051514062</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bu Gözler Neler Gördü</t>
+          <t>Esma-ül Hüsna ve  Kur’an’da İnsan Yönetimi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051513591</t>
+          <t>9786051514024</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
+          <t>Hz. Mus'ab Bin Umeyr</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051513560</t>
+          <t>9786051514031</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Uyanış</t>
+          <t>Kendime Düşeni Yaparak Mutlu Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051513522</t>
+          <t>9786051514000</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Konuşmak İstiyorum</t>
+          <t>İyi Düşün Mutlu Yaşa</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051513539</t>
+          <t>9789759019617</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Değilim Tek Başımayım</t>
+          <t>Mankurt - Esrar-ı Beka (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051513003</t>
+          <t>9786051513584</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
+          <t>Bu Gözler Neler Gördü</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>3600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051513546</t>
+          <t>9786051513591</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında</t>
+          <t>Kur’an’ı Gıda ve Beslenme Bilimleriye Okumak</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051513577</t>
+          <t>9786051513560</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Uyan Tanrı Değilsin</t>
+          <t>Sevgiye Uyanış</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051513515</t>
+          <t>9786051513522</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Konumlandır</t>
+          <t>Geleceği Konuşmak İstiyorum</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051513508</t>
+          <t>9786051513539</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ailemde Huzur İstiyorum</t>
+          <t>Yalnız Değilim Tek Başımayım</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786051513492</t>
+          <t>9786051513003</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Aşka Ağlayan Derviş Yunus Emre</t>
+          <t>Bir Ömür Böyle Geçti- 3 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>240</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051513478</t>
+          <t>9786051513546</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Yaşlandıran 18 Hata</t>
+          <t>Ölümün Kıyısında</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051513461</t>
+          <t>9786051513577</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kendini Rahat Bırak</t>
+          <t>Uyan Tanrı Değilsin</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051513454</t>
+          <t>9786051513515</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Evliliğinize Yardım Edin</t>
+          <t>Kendini Yeniden Konumlandır</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051513447</t>
+          <t>9786051513508</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sen Çok Özelsin</t>
+          <t>Ailemde Huzur İstiyorum</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051513423</t>
+          <t>9786051513492</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Aşka Ağlayan Derviş Yunus Emre</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051513430</t>
+          <t>9786051513478</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Burcunuza Göre Olumlama Terapisi</t>
+          <t>Hızlı Yaşlandıran 18 Hata</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051513348</t>
+          <t>9786051513461</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
+          <t>Kendini Rahat Bırak</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786051513393</t>
+          <t>9786051513454</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hazar</t>
+          <t>Evliliğinize Yardım Edin</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051513409</t>
+          <t>9786051513447</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Ahirette 45 Gün</t>
+          <t>Sen Çok Özelsin</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051513379</t>
+          <t>9786051513423</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sirayet</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051513324</t>
+          <t>9786051513430</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>8 Haftada Dik Durma Sanatı</t>
+          <t>Burcunuza Göre Olumlama Terapisi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051513317</t>
+          <t>9786051513348</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Dileyici</t>
+          <t>Duygu Dünyamızın Fiziksel Etkileri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786051513300</t>
+          <t>9786051513393</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Cehennemi</t>
+          <t>Hazar</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051513294</t>
+          <t>9786051513409</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
+          <t>Ahirette 45 Gün</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051513287</t>
+          <t>9786051513379</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Rus Geceleri</t>
+          <t>Sirayet</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051513256</t>
+          <t>9786051513324</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Başkalaşmış Kadınlar</t>
+          <t>8 Haftada Dik Durma Sanatı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786051513249</t>
+          <t>9786051513317</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Planı</t>
+          <t>Dileyici</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786051513232</t>
+          <t>9786051513300</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gör Dediği</t>
+          <t>Akdeniz Cehennemi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786051513133</t>
+          <t>9786051513294</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Elif'ime 18'inde 18 Mektup</t>
+          <t>Aile Merkezli Hayat - Koçluk Yöntemleri ve Etkinliklerle</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>65</v>
+        <v>420</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051513201</t>
+          <t>9786051513287</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Ülkesi</t>
+          <t>Rus Geceleri</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051513225</t>
+          <t>9786051513256</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>İlk Doktorum Annem (Ciltli)</t>
+          <t>Başkalaşmış Kadınlar</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051513218</t>
+          <t>9786051513249</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
+          <t>Kıyamet Planı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051513157</t>
+          <t>9786051513232</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
+          <t>Tarihin Gör Dediği</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786051512976</t>
+          <t>9786051513133</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Elif'ime 18'inde 18 Mektup</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>340</v>
+        <v>65</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051513126</t>
+          <t>9786051513201</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Daha Var</t>
+          <t>Gözyaşı Ülkesi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051512990</t>
+          <t>9786051513225</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Asyanın Ayak Sesleri</t>
+          <t>İlk Doktorum Annem (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051511436</t>
+          <t>9786051513218</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Yolunda</t>
+          <t>Fizik Bedenim, Cinsel Enerjim ve Parasal Kazancımla Dengede miyim Ben?</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>35</v>
+        <v>340</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051513072</t>
+          <t>9786051513157</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi</t>
+          <t>Aşkın Gül Bahçesi - Sev Dedi Mevla</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051512952</t>
+          <t>9786051512976</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Diyette Nefsin Eğitimi</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051512884</t>
+          <t>9786051513126</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Adamları</t>
+          <t>Bir Yol Daha Var</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786051512662</t>
+          <t>9786051512990</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
+          <t>Asyanın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786051512938</t>
+          <t>9786051511436</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Arınma Terapisi</t>
+          <t>Aşıkların Yolunda</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051512860</t>
+          <t>9786051513072</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Akrep Darbesi</t>
+          <t>Yalnızlık Psikolojisi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051512877</t>
+          <t>9786051512952</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Birlik</t>
+          <t>Diyette Nefsin Eğitimi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051512891</t>
+          <t>9786051512884</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sır Ölüm</t>
+          <t>Sultanın Adamları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051512846</t>
+          <t>9786051512662</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Eşim İsterse Olur</t>
+          <t>İdeoloji Üretme Çiftlikleri Üniversiteler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051512112</t>
+          <t>9786051512938</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sohbetleri</t>
+          <t>Arınma Terapisi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786051512808</t>
+          <t>9786051512860</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Zeka</t>
+          <t>Akrep Darbesi</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051512822</t>
+          <t>9786051512877</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Mesani Ayetler</t>
+          <t>Kayıp Birlik</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051512648</t>
+          <t>9786051512891</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
+          <t>Sır Ölüm</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051512785</t>
+          <t>9786051512846</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Dost Ateşi Altında Yaşamak</t>
+          <t>Eşim İsterse Olur</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051512792</t>
+          <t>9786051512112</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Nato'nun İslam'la Savaşı</t>
+          <t>Hayat Sohbetleri</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051512747</t>
+          <t>9786051512808</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Her Duvar Bir Kapıdır</t>
+          <t>Ahlaki Zeka</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051512730</t>
+          <t>9786051512822</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Adaletin Timsali Hz. Ömer</t>
+          <t>Kur'an'da Mesani Ayetler</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051512716</t>
+          <t>9786051512648</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Borcu</t>
+          <t>Üst Aklın İslam Coğrafyasındaki Ilımlı İslam Eldiveni</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786051510804</t>
+          <t>9786051512785</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Kuyumculuk</t>
+          <t>Dost Ateşi Altında Yaşamak</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>1200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786051512723</t>
+          <t>9786051512792</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Beslenerek İyileş</t>
+          <t>Nato'nun İslam'la Savaşı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786051512754</t>
+          <t>9786051512747</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Yabancı</t>
+          <t>Her Duvar Bir Kapıdır</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786051512563</t>
+          <t>9786051512730</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Büyü ve Nazardan Korunma</t>
+          <t>Adaletin Timsali Hz. Ömer</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>490</v>
+        <v>380</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051512709</t>
+          <t>9786051512716</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yediden Diriliş</t>
+          <t>Yaşama Borcu</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051512693</t>
+          <t>9786051510804</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Son Zafer - Kutulamare</t>
+          <t>İslam’da Kuyumculuk</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051512679</t>
+          <t>9786051512723</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa</t>
+          <t>Beslenerek İyileş</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051512624</t>
+          <t>9786051512754</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Eylül Vurgunu</t>
+          <t>Kalbimdeki Yabancı</t>
         </is>
       </c>
       <c r="C678" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051512587</t>
+          <t>9786051512563</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yağmuru Sever</t>
+          <t>Büyü ve Nazardan Korunma</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051512419</t>
+          <t>9786051512709</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Son Kale Türkiye</t>
+          <t>Yediden Diriliş</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051512488</t>
+          <t>9786051512693</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
+          <t>Son Zafer - Kutulamare</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051512440</t>
+          <t>9786051512679</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051512464</t>
+          <t>9786051512624</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Asiye</t>
+          <t>Eylül Vurgunu</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051512471</t>
+          <t>9786051512587</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Çekirdeği</t>
+          <t>Aşk Yağmuru Sever</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786051512426</t>
+          <t>9786051512419</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kişiye Özel Öğrenme</t>
+          <t>Son Kale Türkiye</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786051512396</t>
+          <t>9786051512488</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>İhanet ve Direniş</t>
+          <t>Hilal'in İki Muhafızı: 2. Abdülhamid - R. Tayyip Erdoğan</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051512051</t>
+          <t>9786051512440</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İslam, Life and Terror</t>
+          <t>Hastalıkların Duygusal Sebepleri - Mental Tedavi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051512334</t>
+          <t>9786051512464</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Yükselişi</t>
+          <t>Asiye</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786051512358</t>
+          <t>9786051512471</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Çocuk Eğitimi</t>
+          <t>Mandalina Çekirdeği</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786051512297</t>
+          <t>9786051512426</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kontrolü</t>
+          <t>Kişiye Özel Öğrenme</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786051512242</t>
+          <t>9786051512396</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Oyunu</t>
+          <t>İhanet ve Direniş</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786051512266</t>
+          <t>9786051512051</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Karargah</t>
+          <t>İslam, Life and Terror</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786051512167</t>
+          <t>9786051512334</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Uyanışı</t>
+          <t>Osmanlı'nın Yükselişi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>85</v>
+        <v>390</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786051512204</t>
+          <t>9786051512358</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kendime Yardım Etmek İstiyorum</t>
+          <t>Osmanlı'da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786051512136</t>
+          <t>9786051512297</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peygamberi Hz. Muhammed</t>
+          <t>Beyin Kontrolü</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786051512143</t>
+          <t>9786051512242</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Mevla’sı</t>
+          <t>Şeytanın Oyunu</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051512129</t>
+          <t>9786051512266</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Yeniçerileri</t>
+          <t>Kozmik Karargah</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051512082</t>
+          <t>9786051512167</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Can Tanem</t>
+          <t>Kalbin Uyanışı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>550</v>
+        <v>85</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786051512075</t>
+          <t>9786051512204</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İkimiz İçin</t>
+          <t>Kendime Yardım Etmek İstiyorum</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786051511474</t>
+          <t>9786051512136</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
+          <t>Aşkın Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051511948</t>
+          <t>9786051512143</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sen Gidince</t>
+          <t>Leyla’nın Mevla’sı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051511917</t>
+          <t>9786051512129</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Sevdası</t>
+          <t>Amerika'nın Yeniçerileri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>85</v>
+        <v>400</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786051511580</t>
+          <t>9786051512082</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İcat</t>
+          <t>Can Tanem</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051511610</t>
+          <t>9786051512075</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Yazdım Seni</t>
+          <t>İkimiz İçin</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051511603</t>
+          <t>9786051511474</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>İhtişamdan Sefalete</t>
+          <t>Görücü Usulü Aşk - Vuslat Vakti</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786051511504</t>
+          <t>9786051511948</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Peşinde</t>
+          <t>Sen Gidince</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051511528</t>
+          <t>9786051511917</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Gücü</t>
+          <t>Diriliş Sevdası</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051511726</t>
+          <t>9786051511580</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
+          <t>Kanlı İcat</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786051511696</t>
+          <t>9786051511610</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Olduğum Gibi Sev Beni</t>
+          <t>Kalbime Yazdım Seni</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051511733</t>
+          <t>9786051511603</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Hafızası</t>
+          <t>İhtişamdan Sefalete</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051511634</t>
+          <t>9786051511504</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Üzümü Yemeden Bağını Sor</t>
+          <t>Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786051511559</t>
+          <t>9786051511528</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Metalik Kadınlar - Kadife Erkekler</t>
+          <t>Okumanın Gücü</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786051511498</t>
+          <t>9786051511726</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Aslanı Hz. Ali</t>
+          <t>Aile İçi İletişimin Temelleri - 1 / Eşimi Anlamak İstiyorum</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051511481</t>
+          <t>9786051511696</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Yazmışlar</t>
+          <t>Olduğum Gibi Sev Beni</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786055365035</t>
+          <t>9786051511733</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
+          <t>Tarihin Hafızası</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051510613</t>
+          <t>9786051511634</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
+          <t>Üzümü Yemeden Bağını Sor</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>14</v>
+        <v>390</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051511450</t>
+          <t>9786051511559</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
+          <t>Metalik Kadınlar - Kadife Erkekler</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051510910</t>
+          <t>9786051511498</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu</t>
+          <t>Allah'ın Aslanı Hz. Ali</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>30</v>
+        <v>380</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786051511283</t>
+          <t>9786051511481</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Testler ile Karakter Analizi</t>
+          <t>Seni Bana Yazmışlar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786051511399</t>
+          <t>9786055365035</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
+          <t>Soru ve Cevaplarla Kendi Kendime Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051510897</t>
+          <t>9786051510613</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Öykülerle Aile Terapisi</t>
+          <t>Kadının Adı Var Ama Kimliği Nerede?</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>390</v>
+        <v>14</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051511269</t>
+          <t>9786051511450</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Allah’tan İste</t>
+          <t>Ey Rabbim Dualarımı Kabul Eyle</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>55</v>
+        <v>380</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051511245</t>
+          <t>9786051510910</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Elifname</t>
+          <t>Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>135</v>
+        <v>30</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786051511344</t>
+          <t>9786051511283</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Leyla</t>
+          <t>Psikolojik Testler ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786051511320</t>
+          <t>9786051511399</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Rana</t>
+          <t>Bel ve Boyun Ağrılarından Kurtulma Yolları</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051511238</t>
+          <t>9786051510897</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Gülsima Ağlama Ne Olursun</t>
+          <t>Yaşanmış Öykülerle Aile Terapisi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051511214</t>
+          <t>9786051511269</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Bana Aşkımızı Anlat</t>
+          <t>Her Şeyi Allah’tan İste</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>280</v>
+        <v>55</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051511207</t>
+          <t>9786051511245</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Zeyneb</t>
+          <t>Elifname</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>380</v>
+        <v>135</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051511023</t>
+          <t>9786051511344</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Aşk-ı Leyla</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051510989</t>
+          <t>9786051511320</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Ayrılamazsınız</t>
+          <t>Aşk-ı Rana</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786051511054</t>
+          <t>9786051511238</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
+          <t>Gülsima Ağlama Ne Olursun</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051511184</t>
+          <t>9786051511214</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet ve Karakter Analizi</t>
+          <t>Bana Aşkımızı Anlat</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051511160</t>
+          <t>9786051511207</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Evleniyor muyuz Eğleniyor muyuz</t>
+          <t>Hazreti Zeyneb</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>20</v>
+        <v>380</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051511191</t>
+          <t>9786051511023</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva  Öyküler</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051511146</t>
+          <t>9786051510989</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
+          <t>Ayrılamazsınız</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>195</v>
+        <v>35</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051510323</t>
+          <t>9786051511054</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
+          <t>Beden ve Yüz Yapısı ile Karakter Analizi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051510231</t>
+          <t>9786051511184</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Müşterinin Kalbinde Taht Kurmak</t>
+          <t>Şahsiyet ve Karakter Analizi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051510866</t>
+          <t>9786051511160</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Yürümeyeceksin</t>
+          <t>Evleniyor muyuz Eğleniyor muyuz</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051510880</t>
+          <t>9786051511191</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Buz Yürekler</t>
+          <t>Derde Deva  Öyküler</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>350</v>
+        <v>26</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051510637</t>
+          <t>9786051511146</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Detoks</t>
+          <t>Çocuklarımızı Nasıl Yetiştirelim?</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051510798</t>
+          <t>9786051510323</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi Hz. Muhammed</t>
+          <t>Bu Kalp Seni Unutur mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051510040</t>
+          <t>9786051510231</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kör Noktası</t>
+          <t>Müşterinin Kalbinde Taht Kurmak</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786051510965</t>
+          <t>9786051510866</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Elfabe</t>
+          <t>Yalnız Yürümeyeceksin</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>490</v>
+        <v>95</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786051510729</t>
+          <t>9786051510880</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bakış Açımızda</t>
+          <t>Buz Yürekler</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786051511801</t>
+          <t>9786051510637</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Başkanlık</t>
+          <t>Ruhsal Detoks</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051511825</t>
+          <t>9786051510798</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Üst Akıl</t>
+          <t>İslam Peygamberi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>540</v>
+        <v>480</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051511870</t>
+          <t>9786051510040</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Aklın Kör Noktası</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051511764</t>
+          <t>9786051510965</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
+          <t>Elfabe</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>25</v>
+        <v>490</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786055878955</t>
+          <t>9786051510729</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Yer Çekimine Karşı Temel Bilgiler</t>
+          <t>Mutluluk Bakış Açımızda</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786055365493</t>
+          <t>9786051511801</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Püf Noktalar</t>
+          <t>Türk Tipi Başkanlık</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055365202</t>
+          <t>9786051511825</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Okuma Zekası (RIQ)</t>
+          <t>Üst Akıl</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786055878634</t>
+          <t>9786051511870</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dahi Çocuk Yetiştirmek</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786055365110</t>
+          <t>9786051511764</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Can Boğazdan Çıkar</t>
+          <t>Mutlu ve Huzurlu Bir Hayat İçin Evliliğe Hazırlık Rehberi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786051510699</t>
+          <t>9786055878955</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Fatih 1453</t>
+          <t>Yer Çekimine Karşı Temel Bilgiler</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759139001</t>
+          <t>9786055365493</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
+          <t>Püf Noktalar</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786051510156</t>
+          <t>9786055365202</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 3</t>
+          <t>Okuma Zekası (RIQ)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786051510149</t>
+          <t>9786055878634</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
+          <t>Dahi Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789758243204</t>
+          <t>9786055365110</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Can Boğazdan Çıkar</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786055365530</t>
+          <t>9786051510699</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Müslüman Olmak</t>
+          <t>Fatih 1453</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>40</v>
+        <v>135</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051511122</t>
+          <t>9789759139001</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Hatice</t>
+          <t>Soru ve Cevaplarla Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>440</v>
+        <v>60</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051510088</t>
+          <t>9786051510156</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Aslan Kral Değildir</t>
+          <t>Tanrının Askerleri - 3</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786051510644</t>
+          <t>9786051510149</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Kuyusu</t>
+          <t>Sır Küpü - Sıradışı Üçlemenin 2. Kitabı</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055878887</t>
+          <t>9789758243204</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786051514574</t>
+          <t>9786055365530</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sorular</t>
+          <t>Avrupa’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>380</v>
+        <v>40</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789756218235</t>
+          <t>9786051511122</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Genç Erkek Psikolojisi</t>
+          <t>Hazreti Hatice</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051510477</t>
+          <t>9786051510088</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
+          <t>Aslan Kral Değildir</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>330</v>
+        <v>40</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051510606</t>
+          <t>9786051510644</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Terk Etme Beni</t>
+          <t>Ruhlar Kuyusu</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051510507</t>
+          <t>9786055878887</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Açılan Aynalar</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051510316</t>
+          <t>9786051514574</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Ben Buldum Başkasının OLdu</t>
+          <t>Gizemli Sorular</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786055878535</t>
+          <t>9789756218235</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
+          <t>Genç Erkek Psikolojisi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>4000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786055365721</t>
+          <t>9786051510477</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Hünkar 2. Abdülhamid</t>
+          <t>Çocuğumu Daha Zeki ve Ahlaklı Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786055365660</t>
+          <t>9786051510606</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Uyusun Da Büyüsün</t>
+          <t>Terk Etme Beni</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786055878238</t>
+          <t>9786051510507</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
+          <t>Güneşe Açılan Aynalar</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786055365707</t>
+          <t>9786051510316</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin Gizli Odaları</t>
+          <t>Ben Buldum Başkasının OLdu</t>
         </is>
       </c>
       <c r="C774" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051510163</t>
+          <t>9786055878535</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri 4</t>
+          <t>Yeni Hayat Ansiklopedisi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>160</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051510002</t>
+          <t>9786055365721</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Askerleri - 1</t>
+          <t>Yalnız Hünkar 2. Abdülhamid</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>115</v>
+        <v>440</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789755878221</t>
+          <t>9786055365660</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
+          <t>Uyusun Da Büyüsün</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786055365899</t>
+          <t>9786055878238</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kurumları</t>
+          <t>Temel Konuşma Teknikleri ve Diksiyon</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>125</v>
+        <v>440</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786051511337</t>
+          <t>9786055365707</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Lal</t>
+          <t>Tarihimizin Gizli Odaları</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786055365592</t>
+          <t>9786051510163</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>10 Gün Operasyonu</t>
+          <t>Tanrının Askerleri 4</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051512099</t>
+          <t>9786051510002</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Perakendede Liderlik (Ciltli)</t>
+          <t>Tanrının Askerleri - 1</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>650</v>
+        <v>115</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786051511221</t>
+          <t>9789755878221</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Gönül İşidir</t>
+          <t>Bu Kadar Zor Olacağını Bilmiyorduk</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>400</v>
+        <v>95</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786055365462</t>
+          <t>9786055365899</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Detoks Sağlıklı Diyet</t>
+          <t>Avrupa Birliği Kurumları</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789758243075</t>
+          <t>9786051511337</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Aşk-ı Lal</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786055365509</t>
+          <t>9786055365592</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
+          <t>10 Gün Operasyonu</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786055878962</t>
+          <t>9786051512099</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Hocası Erbakan</t>
+          <t>Perakendede Liderlik (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789758243563</t>
+          <t>9786051511221</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Genç Kız Psikolojisi</t>
+          <t>Liderlik Gönül İşidir</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789756218785</t>
+          <t>9786055365462</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Gemileri Yakmak</t>
+          <t>Kozmik Detoks Sağlıklı Diyet</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786055878429</t>
+          <t>9789758243075</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Güzel Konuşma Sanatı</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786055365738</t>
+          <t>9786055365509</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Beka</t>
+          <t>Hurafe ve Gerçek İkliminde Eğitim</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786051510187</t>
+          <t>9786055878962</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
+          <t>Herkesin Hocası Erbakan</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786051510064</t>
+          <t>9789758243563</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Eğitici Ninniler (Ciltli)</t>
+          <t>Genç Kız Psikolojisi</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786051512013</t>
+          <t>9789756218785</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Deşifresi</t>
+          <t>Gemileri Yakmak</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789759019259</t>
+          <t>9786055878429</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>MehdiX - Olasılık Teorisi</t>
+          <t>Etkili ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789759019686</t>
+          <t>9786055365738</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ahkamsız Hükümler</t>
+          <t>Esrar-ı Beka</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786055365080</t>
+          <t>9786051510187</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Paşam</t>
+          <t>Dünyayı Yöneten Güç Ticaret ve Perakende</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
+          <t>9786051510064</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Eğitici Ninniler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786051512013</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Deşifresi</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789759019259</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>MehdiX - Olasılık Teorisi</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789759019686</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Ahkamsız Hükümler</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786055365080</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Paşam</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
           <t>9789758821365</t>
         </is>
       </c>
-      <c r="B797" s="1" t="inlineStr">
+      <c r="B802" s="1" t="inlineStr">
         <is>
           <t>Şifalı Yemekler</t>
         </is>
       </c>
-      <c r="C797" s="1">
+      <c r="C802" s="1">
         <v>680</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>