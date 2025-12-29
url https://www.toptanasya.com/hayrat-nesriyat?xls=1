--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -85,18940 +85,18955 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8682279681917</t>
+          <t>9786051935096</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Metinsiz Muhtasar Meali Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8682279630441</t>
+          <t>8682279681917</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçesi Elifbası (Rika Hat)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8682279636092</t>
+          <t>8682279630441</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
+          <t>Osmanlıca Türkçesi Elifbası (Rika Hat)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051936192</t>
+          <t>8682279636092</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Uygulamalı Tecvid</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8683688061376</t>
+          <t>9786051936192</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Miklepsiz, Orta Boy, Mühürlü) (Ciltli)</t>
+          <t>Kolay ve Uygulamalı Tecvid</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759023355</t>
+          <t>8683688061376</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları Mealli Çanta Boy (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Miklepsiz, Orta Boy, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8682279614175</t>
+          <t>9789759023355</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuyan Kalem Seti (Lila, Cami Boy, Karton Kutulu)</t>
+          <t>Hac ve Umre Duaları Mealli Çanta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>3600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8682279613406</t>
+          <t>8682279614175</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kur'an Okuyan Kalem Seti (Kabe Desen, Cami Boy, Karton Kutulu)</t>
+          <t>Kur'an Okuyan Kalem Seti (Lila, Cami Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8682279694283</t>
+          <t>8682279613406</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim Yeni Cilt (Gümüş, Mühürlü) (Ciltli)</t>
+          <t>Kabe Desenli Kur'an Okuyan Kalem Seti (Kabe Desen, Cami Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8682279625348</t>
+          <t>8682279694283</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim Yeni Cilt (Gümüş, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8682279698953</t>
+          <t>8682279625348</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>4440000000767</t>
+          <t>8682279698953</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Bordo Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>97</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050100334</t>
+          <t>4440000000767</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Pembe Kapak, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Bordo Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050100327</t>
+          <t>9786050100334</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Mavi ve Bordo Kapak, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Pembe Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055125691</t>
+          <t>9786050100327</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Yeşil Renk (Cevşenü'l Kebir)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Mavi ve Bordo Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055700012</t>
+          <t>9786055125691</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Beş Risale Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Boyun Cevşeni - Yeşil Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054299416</t>
+          <t>9786055700012</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Beş Risale Mecmuası (Mukayeseli)</t>
+          <t>Büyük Cep Boy Beş Risale Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054299294</t>
+          <t>9786054299416</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Beş Risale Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Çanta Boy Beş Risale Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>30</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054299300</t>
+          <t>9786054299294</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Beş Risale Mecmuası (Osmanlıca)</t>
+          <t>Büyük Cep Boy Beş Risale Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>8682279627724</t>
+          <t>9786054299300</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale Güzel Yazı Defteri</t>
+          <t>Çanta Boy Beş Risale Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055432850</t>
+          <t>8682279627724</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Beş Risale Mecmuası (Mukayeseli)</t>
+          <t>Beş Risale Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059106177</t>
+          <t>9786055432850</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>The Five Epistles (Beş Risale)</t>
+          <t>Hafız Boy Beş Risale Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055432256</t>
+          <t>9786059106177</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cevşenül Kebir Kartları (Mealli)</t>
+          <t>The Five Epistles (Beş Risale)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051933306</t>
+          <t>9786055432256</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Lügat Kartları (1001 Lügat)</t>
+          <t>Cevşenül Kebir Kartları (Mealli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054299201</t>
+          <t>9786051933306</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beş Risale Mecmuası (Mukayeseli - Yatay)</t>
+          <t>Osmanlıca Lügat Kartları (1001 Lügat)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055432935</t>
+          <t>9786054299201</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam (Kızlar ve Hanefiler İçin)</t>
+          <t>Orta Boy Beş Risale Mecmuası (Mukayeseli - Yatay)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055432881</t>
+          <t>9786055432935</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beş Risale Mecmuası (Osmanlıca)</t>
+          <t>Benim Namaz Hocam (Kızlar ve Hanefiler İçin)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786050125337</t>
+          <t>9786055432881</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam 100'lü Set (50 Kız - 50 Erkek - Hanefiler İçin)</t>
+          <t>Orta Boy Beş Risale Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051933894</t>
+          <t>9786050125337</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>The Lofty Sunnah of The Prophet Muhammad (Sünneti Seniye)</t>
+          <t>Benim Namaz Hocam 100'lü Set (50 Kız - 50 Erkek - Hanefiler İçin)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>55</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054299225</t>
+          <t>9786051933894</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Beka-yı Ruh Melaike ve Haşr Risalesi (Osmanlıca)</t>
+          <t>The Lofty Sunnah of The Prophet Muhammad (Sünneti Seniye)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>8682279633213</t>
+          <t>9786054299225</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Beka-yı Ruh Melaike ve Haşr Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752458956</t>
+          <t>8682279633213</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051930015</t>
+          <t>9789752458956</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8682279684925</t>
+          <t>9786051930015</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752458987</t>
+          <t>8682279684925</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8682279633220</t>
+          <t>9789752458987</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054299492</t>
+          <t>8682279633220</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Tarihçe-i Hayatından Harikalar (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>8682279633244</t>
+          <t>9786054299492</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Bediüzzaman'ın Tarihçe-i Hayatından Harikalar (Osmanlıca)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8682279684901</t>
+          <t>8682279633244</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051930077</t>
+          <t>8682279684901</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>8682279627694</t>
+          <t>9786051930077</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Pembe Renk (Cevşenü'l Kebir)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8682279633275</t>
+          <t>8682279627694</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Boyun Cevşeni - Pembe Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051930060</t>
+          <t>8682279633275</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>8682279633237</t>
+          <t>9786051930060</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055432058</t>
+          <t>8682279633237</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Lüks Kutulu) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>2950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944214025</t>
+          <t>9786055432058</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Beş Risale Mecmuası</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Lüks Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>8682279633268</t>
+          <t>9789944214025</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Yazı Boy Beş Risale Mecmuası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752458932</t>
+          <t>8682279633268</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759023409</t>
+          <t>9789752458932</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası Seti</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752458970</t>
+          <t>9789759023409</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası Seti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055098841</t>
+          <t>9789752458970</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Bordo Renk (Cevşenü'l Kebir)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20</v>
+        <v>340</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051930084</t>
+          <t>9786055098841</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Boyun Cevşeni - Bordo Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059505017</t>
+          <t>9786051930084</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hocamız'dan Fıkralar (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051934167</t>
+          <t>9786059505017</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Nasreddin Hocamız'dan Fıkralar (Osmanlıca)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8682279616551</t>
+          <t>9786051934167</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054026500</t>
+          <t>8682279616551</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Hz. ve Risale-i Nur Hizmeti (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>22</v>
+        <v>340</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051930107</t>
+          <t>9786054026500</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Bediüzzaman Hz. ve Risale-i Nur Hizmeti (Osmanlıca)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>8682279616537</t>
+          <t>9786051930107</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051934709</t>
+          <t>8682279616537</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-i Seniyye - Tesettür Risaleleri (Gölgeli - Yazı Eseri)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>29</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>8682279614656</t>
+          <t>9786051934709</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Cevşen Kolye (Kristal, Damla)</t>
+          <t>Sünnet-i Seniyye - Tesettür Risaleleri (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>8682279616520</t>
+          <t>8682279614656</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Beyaz Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>8682279616568</t>
+          <t>8682279616520</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>8682279614649</t>
+          <t>8682279616568</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051930305</t>
+          <t>8682279614649</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kırmızı Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>8682279616506</t>
+          <t>9786051930305</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8682279614663</t>
+          <t>8682279616506</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8682279616513</t>
+          <t>8682279614663</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Mavi Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8682279622354</t>
+          <t>8682279616513</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055432638</t>
+          <t>8682279622354</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Muhtasar Mealli, Karton Kapak, Çantalı) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>2300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>8682279614625</t>
+          <t>9786055432638</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Siyah Cevşen Kolye (Kristal, Damla)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Muhtasar Mealli, Karton Kapak, Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8682279616483</t>
+          <t>8682279614625</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Siyah Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8682279615912</t>
+          <t>8682279616483</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8682279616490</t>
+          <t>8682279615912</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>8682279627717</t>
+          <t>8682279616490</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Barla Lahikası Mecmuası</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8682279622279</t>
+          <t>8682279627717</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Yazı Boy Barla Lahikası Mecmuası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>580</v>
+        <v>490</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>8682279681696</t>
+          <t>8682279622279</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>8682279615882</t>
+          <t>8682279681696</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>8682279618531</t>
+          <t>8682279615882</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>430</v>
+        <v>580</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>8682279622361</t>
+          <t>8682279618531</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Orta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8682279615899</t>
+          <t>8682279622361</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>8682279626291</t>
+          <t>8682279615899</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>8682279684420</t>
+          <t>8682279626291</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055432706</t>
+          <t>8682279684420</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>410</v>
+        <v>580</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>8682279684468</t>
+          <t>9786055432706</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>8682279622286</t>
+          <t>8682279684468</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>8682279626321</t>
+          <t>8682279622286</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>8682279625614</t>
+          <t>8682279626321</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>8682279626284</t>
+          <t>8682279625614</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>8682279684406</t>
+          <t>8682279626284</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>8682279694214</t>
+          <t>8682279684406</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Barla Lahikası (Osmanlıca - Genişletilmiş)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>510</v>
+        <v>580</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>8682279626314</t>
+          <t>8682279694214</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Barla Lahikası (Osmanlıca - Genişletilmiş)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8682279625645</t>
+          <t>8682279626314</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>8682279616476</t>
+          <t>8682279625645</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>8682279625607</t>
+          <t>8682279616476</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>8682279636078</t>
+          <t>8682279625607</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>8682279616544</t>
+          <t>8682279636078</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055432645</t>
+          <t>8682279616544</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>8682279625638</t>
+          <t>9786055432645</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cami Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>8682279636177</t>
+          <t>8682279625638</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>8682279615875</t>
+          <t>8682279636177</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059106634</t>
+          <t>8682279615875</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>8682279615943</t>
+          <t>9786059106634</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8682279636153</t>
+          <t>8682279615943</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>8682279619583</t>
+          <t>8682279636153</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059106641</t>
+          <t>8682279619583</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>8682279621432</t>
+          <t>9786059106641</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8682279614045</t>
+          <t>8682279621432</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) Y8 Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>8682279619569</t>
+          <t>8682279614045</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8682279614632</t>
+          <t>8682279619569</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8682279619040</t>
+          <t>8682279614632</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8682279619552</t>
+          <t>8682279619040</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8682279614106</t>
+          <t>8682279619552</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>950</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>8682279626970</t>
+          <t>8682279614106</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>950</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>8682279619590</t>
+          <t>8682279626970</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8682279619033</t>
+          <t>8682279619590</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Elif - Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8682279614786</t>
+          <t>8682279619033</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Mavi</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Elif - Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>90</v>
+        <v>580</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059106610</t>
+          <t>8682279614786</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Kristal Cevşen Küçük Mavi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>620</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8682279619538</t>
+          <t>9786059106610</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>620</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8682279621371</t>
+          <t>8682279619538</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8682279613994</t>
+          <t>8682279621371</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif - Vavlı, Mühürlü) - E5 Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>8682279619545</t>
+          <t>8682279613994</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif - Vavlı, Mühürlü) - E5 Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>8682279619019</t>
+          <t>8682279619545</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Elif - Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>8682279626987</t>
+          <t>8682279619019</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Elif - Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>8682279614793</t>
+          <t>8682279626987</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Pembe</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>8682279622330</t>
+          <t>8682279614793</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kristal Cevşen Küçük Pembe</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8682279619026</t>
+          <t>8682279622330</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif - Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>8682279619514</t>
+          <t>8682279619026</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif - Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050061642</t>
+          <t>8682279619514</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>8700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>8682279622255</t>
+          <t>9786050061642</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Elif - Vavlı, Yaldızlı, Mühürlü) A3 Beyaz (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>580</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>8682279621425</t>
+          <t>8682279622255</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Elif - Vavlı, Yaldızlı, Mühürlü) A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>8682279619521</t>
+          <t>8682279621425</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8682279636252</t>
+          <t>8682279619521</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8682279614809</t>
+          <t>8682279636252</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Şeffaf</t>
+          <t>Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>8682279618999</t>
+          <t>8682279614809</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kristal Cevşen Küçük Şeffaf</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8682279684307</t>
+          <t>8682279618999</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>8682279621449</t>
+          <t>8682279684307</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>8682279619002</t>
+          <t>8682279621449</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>8682279622347</t>
+          <t>8682279619002</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>8682279684260</t>
+          <t>8682279622347</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>8682279621395</t>
+          <t>8682279684260</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>8682279626178</t>
+          <t>8682279621395</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>8682279615318</t>
+          <t>8682279626178</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Renkli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>8682279614700</t>
+          <t>8682279615318</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Çanta Boy Renkli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>8682279622262</t>
+          <t>8682279614700</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif - Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Beyaz Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8682279684185</t>
+          <t>8682279622262</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif - Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>8682279621418</t>
+          <t>8682279684185</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786051933351</t>
+          <t>8682279621418</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>8682279625492</t>
+          <t>9786051933351</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>8682279626208</t>
+          <t>8682279625492</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>8682279614694</t>
+          <t>8682279626208</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bordo Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>8682279684147</t>
+          <t>8682279614694</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif - Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Bordo Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>8682279636054</t>
+          <t>8682279684147</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif - Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>8682279621364</t>
+          <t>8682279636054</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>8682279626161</t>
+          <t>8682279621364</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>8682279615479</t>
+          <t>8682279626161</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>8682279614717</t>
+          <t>8682279615479</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>8682279626192</t>
+          <t>8682279614717</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Mavi Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059106627</t>
+          <t>8682279626192</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>8682279621456</t>
+          <t>9786059106627</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>8682279625522</t>
+          <t>8682279621456</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Elif - Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059106603</t>
+          <t>8682279625522</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Elif - Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>8682279625485</t>
+          <t>9786059106603</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Elif - Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>8682279619507</t>
+          <t>8682279625485</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Elif - Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>8682279614670</t>
+          <t>8682279619507</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Siyah Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>8682279633749</t>
+          <t>8682279614670</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Siyah Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8682279615455</t>
+          <t>8682279633749</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü, 2 Renk)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8682279615332</t>
+          <t>8682279615455</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Renkli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü, 2 Renk)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8682279619576</t>
+          <t>8682279615332</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Renkli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8682279625515</t>
+          <t>8682279619576</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Elif - Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>8682279621470</t>
+          <t>8682279625515</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Elif - Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8682279636276</t>
+          <t>8682279621470</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>8682279614687</t>
+          <t>8682279636276</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8682279618982</t>
+          <t>8682279614687</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>8682279621401</t>
+          <t>8682279618982</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059106573</t>
+          <t>8682279621401</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>8682279613987</t>
+          <t>9786059106573</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>580</v>
+        <v>620</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>8682279621388</t>
+          <t>8682279613987</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8682279681474</t>
+          <t>8682279621388</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8682279613666</t>
+          <t>8682279681474</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Hac ve Umre Duaları (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8682279621463</t>
+          <t>8682279613666</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Hac ve Umre Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>8682279637174</t>
+          <t>8682279621463</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786238933316</t>
+          <t>8682279637174</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni İçi</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>15</v>
+        <v>290</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786051933368</t>
+          <t>9786238933316</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
+          <t>Boyun Cevşeni İçi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786050096033</t>
+          <t>9786051933368</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>8682279681412</t>
+          <t>9786050096033</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>8682279681351</t>
+          <t>8682279681412</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8682279633732</t>
+          <t>8682279681351</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>95</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055098735</t>
+          <t>8682279633732</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059106597</t>
+          <t>9786055098735</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055098537</t>
+          <t>9786059106597</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752458628</t>
+          <t>9786055098537</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059106566</t>
+          <t>9789752458628</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059106078</t>
+          <t>9786059106566</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>27</v>
+        <v>340</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752458505</t>
+          <t>9786059106078</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>230</v>
+        <v>27</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>8682279685359</t>
+          <t>9789752458505</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerifi 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059106085</t>
+          <t>8682279685359</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
+          <t>Orta Boy Hatmi Şerifi 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>26</v>
+        <v>750</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>8682279615417</t>
+          <t>9786059106085</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050100310</t>
+          <t>8682279615417</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Yeşil Kapak, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059106559</t>
+          <t>9786050100310</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Yeşil Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>8682279627649</t>
+          <t>9786059106559</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>8682279636016</t>
+          <t>8682279627649</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim 2 Renkli (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050096897</t>
+          <t>8682279636016</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Cüzü (Mealli, Fihristli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim 2 Renkli (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>32</v>
+        <v>290</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059106580</t>
+          <t>9786050096897</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif Cüzü (Mealli, Fihristli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>620</v>
+        <v>32</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>8682279614090</t>
+          <t>9786059106580</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>950</v>
+        <v>620</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055432942</t>
+          <t>8682279614090</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli)</t>
+          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>45</v>
+        <v>950</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050096842</t>
+          <t>9786055432942</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059505581</t>
+          <t>9786050096842</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayasofya Camii</t>
+          <t>Hafız Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050096866</t>
+          <t>9786059505581</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Büyük Ayasofya Camii</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059106658</t>
+          <t>9786050096866</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>340</v>
+        <v>8</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752458581</t>
+          <t>9786059106658</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051933917</t>
+          <t>9789752458581</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Rahle Boy 2 Renkli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051934877</t>
+          <t>9786051933917</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Müfredatı</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Rahle Boy 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752458574</t>
+          <t>9786051934877</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Osmanlıca İmla Müfredatı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051933641</t>
+          <t>9789752458574</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054033959</t>
+          <t>9786051933641</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Gençlik Rehberi Mecmuası</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752458536</t>
+          <t>9786054033959</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Yazı Boy Gençlik Rehberi Mecmuası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059106665</t>
+          <t>9789752458536</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059505574</t>
+          <t>9786059106665</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayasofya Camii (Osmanlıca)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>40</v>
+        <v>480</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055432874</t>
+          <t>9786059505574</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Gençlik Rehberi Mecmuası Osmanlıca (Yatay)</t>
+          <t>Büyük Ayasofya Camii (Osmanlıca)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051933887</t>
+          <t>9786055432874</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Gençlik Rehberi Mecmuası Osmanlıca (Yatay)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>8682279633572</t>
+          <t>9786051933887</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051933634</t>
+          <t>8682279633572</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>2950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054026036</t>
+          <t>9786051933634</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Gençlik Rehberi Mecmuası Mukayeseli (Yatay)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>8682279618272</t>
+          <t>9786054026036</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Gençlik Rehberi Mecmuası Mukayeseli (Yatay)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752458611</t>
+          <t>8682279618272</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>8682279626017</t>
+          <t>9789752458611</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>8682279618173</t>
+          <t>8682279626017</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055432843</t>
+          <t>8682279618173</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>8682279613802</t>
+          <t>9786055432843</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Hafız Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>7300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>8682279684048</t>
+          <t>8682279613802</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy, Filigranlı) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>210</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>8682279613796</t>
+          <t>8682279684048</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy, Filigranlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>6400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752458529</t>
+          <t>8682279613796</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>8682279626024</t>
+          <t>9789752458529</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>8682279613789</t>
+          <t>8682279626024</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>5800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>8682279618258</t>
+          <t>8682279613789</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>430</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>8682279684024</t>
+          <t>8682279618258</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054299508</t>
+          <t>8682279684024</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Gençlik Rehberi Mecmuası (Osmanlıca)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>8682279613772</t>
+          <t>9786054299508</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Çanta Boy Gençlik Rehberi Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>5000</v>
+        <v>65</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>8682279685045</t>
+          <t>8682279613772</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>8682279618296</t>
+          <t>8682279685045</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059505932</t>
+          <t>8682279618296</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Cennet Dünyada Kazanılır</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>38</v>
+        <v>240</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>8682279614892</t>
+          <t>9786059505932</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Cennet Dünyada Kazanılır</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>11200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>8682279618210</t>
+          <t>8682279614892</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786051934129</t>
+          <t>8682279618210</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051933870</t>
+          <t>9786051934129</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Çanta Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>620</v>
+        <v>50</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>8682279614885</t>
+          <t>9786051933870</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Cami Boy Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>9400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>8682279633589</t>
+          <t>8682279614885</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>8682279618395</t>
+          <t>8682279633589</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>8682279614878</t>
+          <t>8682279618395</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>8100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>8682279618555</t>
+          <t>8682279614878</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>570</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>8682279618159</t>
+          <t>8682279618555</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>8682279614762</t>
+          <t>8682279618159</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>10700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>8682279614779</t>
+          <t>8682279614762</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>9100</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>8682279614076</t>
+          <t>8682279614779</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>1150</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>8682279633602</t>
+          <t>8682279614076</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>230</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>8682279621647</t>
+          <t>8682279633602</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>8682279618319</t>
+          <t>8682279621647</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>8682279614830</t>
+          <t>8682279618319</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>7800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>8682279685021</t>
+          <t>8682279614830</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786050179194</t>
+          <t>8682279685021</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Yaldızlı, Mühürlü) - 08 Kırmız (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>8682279613871</t>
+          <t>9786050179194</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Yaldızlı, Mühürlü) - 08 Kırmız (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>11200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>8682279633084</t>
+          <t>8682279613871</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>430</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>8682279613826</t>
+          <t>8682279633084</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>8682279618371</t>
+          <t>8682279613826</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054026159</t>
+          <t>8682279618371</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Esma-yı Sitte Risalesi (Osmanlıca)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>8682279633633</t>
+          <t>9786054026159</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Esma-yı Sitte Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>8682279635934</t>
+          <t>8682279633633</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>8682279613819</t>
+          <t>8682279635934</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>8100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>8682279618234</t>
+          <t>8682279613819</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>240</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>8682279633596</t>
+          <t>8682279618234</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>8682279618197</t>
+          <t>8682279633596</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786051933856</t>
+          <t>8682279618197</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>8682279618333</t>
+          <t>9786051933856</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>430</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>8682279633626</t>
+          <t>8682279618333</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>8682279633077</t>
+          <t>8682279633626</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>8682279684635</t>
+          <t>8682279633077</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054299218</t>
+          <t>8682279684635</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risaleleri (Osmanlıca)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>22</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051933627</t>
+          <t>9786054299218</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Ene ve Zerre Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>2950</v>
+        <v>22</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752458512</t>
+          <t>9786051933627</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>8682279613857</t>
+          <t>9789752458512</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>7700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>8682279684611</t>
+          <t>8682279613857</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1550</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>8682279627090</t>
+          <t>8682279684611</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>110</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>8682279613758</t>
+          <t>8682279627090</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>7500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786051930831</t>
+          <t>8682279613758</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054299614</t>
+          <t>9786051930831</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risaleleri (Mukayeseli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>8682279613840</t>
+          <t>9786054299614</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Ene ve Zerre Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>6600</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>8682279684659</t>
+          <t>8682279613840</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1550</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051930718</t>
+          <t>8682279684659</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Mavi (Ciltli)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>420</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>8682279627069</t>
+          <t>9786051930718</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752458543</t>
+          <t>8682279627069</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>8682279613949</t>
+          <t>9789752458543</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>4100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051930725</t>
+          <t>8682279613949</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>420</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>8682279613932</t>
+          <t>9786051930725</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>3500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>8682279681122</t>
+          <t>8682279613932</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 4 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>500</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>8682279613833</t>
+          <t>8682279681122</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 4 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>2800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051930770</t>
+          <t>8682279613833</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>420</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>8682279613925</t>
+          <t>9786051930770</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>2500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752458499</t>
+          <t>8682279613925</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>230</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786051930763</t>
+          <t>9789752458499</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>8682279627830</t>
+          <t>9786051930763</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 3 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>8682279614953</t>
+          <t>8682279627830</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 3 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>7700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>8682279618517</t>
+          <t>8682279614953</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>8682279614946</t>
+          <t>8682279618517</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Hafız Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>6800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752458451</t>
+          <t>8682279614946</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>230</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051930732</t>
+          <t>9789752458451</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>8682279614120</t>
+          <t>9786051930732</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 2 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>8682279614939</t>
+          <t>8682279614120</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 2 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>6000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>8682279632919</t>
+          <t>8682279614939</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>420</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752458437</t>
+          <t>8682279632919</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>8682279627106</t>
+          <t>9789752458437</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051930879</t>
+          <t>8682279627106</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051934143</t>
+          <t>9786051930879</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 1 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>8682279684246</t>
+          <t>9786051934143</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdün Mor (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 1 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752458468</t>
+          <t>8682279684246</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdün Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051930664</t>
+          <t>9789752458468</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752458444</t>
+          <t>9786051930664</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>8682279627076</t>
+          <t>9789752458444</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>8682279684802</t>
+          <t>8682279627076</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Gold, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>8682279632926</t>
+          <t>8682279684802</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Gold, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752458413</t>
+          <t>8682279632926</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>8682279622460</t>
+          <t>9789752458413</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>8682279632940</t>
+          <t>8682279622460</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>8682279684789</t>
+          <t>8682279632940</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>8682279684369</t>
+          <t>8682279684789</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>8682279633657</t>
+          <t>8682279684369</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>8682279632971</t>
+          <t>8682279633657</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752458482</t>
+          <t>8682279632971</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>8682279636313</t>
+          <t>9789752458482</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>8682279632933</t>
+          <t>8682279636313</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>8682279618579</t>
+          <t>8682279632933</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059106221</t>
+          <t>8682279618579</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy El-Münezzel, Kıraat-ı Aşere, Aşere Takrib, Kıraat İlmi (Arapça İzahlı, Vücuhatlı) (Ciltli)</t>
+          <t>Çanta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>8682279636306</t>
+          <t>9786059106221</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Rahle Boy El-Münezzel, Kıraat-ı Aşere, Aşere Takrib, Kıraat İlmi (Arapça İzahlı, Vücuhatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752458406</t>
+          <t>8682279636306</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>8682279632964</t>
+          <t>9789752458406</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>8682279622453</t>
+          <t>8682279632964</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051930671</t>
+          <t>8682279622453</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>8682279685083</t>
+          <t>9786051930671</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786058917231</t>
+          <t>8682279685083</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>El-Hüccet-üz Zehra Risalesi (Osmanlıca)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>28</v>
+        <v>230</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059106733</t>
+          <t>9786058917231</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tevafuklu Şua'lar Mecmuası (Orta Boy, Osmanlıca)</t>
+          <t>El-Hüccet-üz Zehra Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>8682279636337</t>
+          <t>9786059106733</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Tevafuklu Şua'lar Mecmuası (Orta Boy, Osmanlıca)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>8682279615370</t>
+          <t>8682279636337</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>8682279636320</t>
+          <t>8682279615370</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>8682279615356</t>
+          <t>8682279636320</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8682279621661</t>
+          <t>8682279615356</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055432560</t>
+          <t>8682279621661</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Bediüzzaman Ve Hayru'l - Halefi A.Hüsrev Altınbaşak (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059106399</t>
+          <t>9786055432560</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli, Büyük Yazılı - 2 Renkli) (Ciltli)</t>
+          <t>Tarihçe-i Hayat Bediüzzaman Ve Hayru'l - Halefi A.Hüsrev Altınbaşak (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>36</v>
+        <v>600</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>8682279633664</t>
+          <t>9786059106399</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli, Büyük Yazılı - 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>230</v>
+        <v>36</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059106382</t>
+          <t>8682279633664</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazılı Yasin-i Şerif Çanta Boy (2 Renkli, Fihristli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>18</v>
+        <v>230</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786051930817</t>
+          <t>9786059106382</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Yazılı Yasin-i Şerif Çanta Boy (2 Renkli, Fihristli) (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>420</v>
+        <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055432096</t>
+          <t>9786051930817</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası (Şafii Mezhebi İçin)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051930695</t>
+          <t>9786055432096</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Tam Namaz Hocası (Şafii Mezhebi İçin)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051934365</t>
+          <t>9786051930695</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mealli Tahmidiye (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>25</v>
+        <v>310</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>8682279633688</t>
+          <t>9786051934365</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Mealli Tahmidiye (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051933252</t>
+          <t>8682279633688</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Cep Boy (Mealli, Büyük Yazılı, 2 Renkli, Fihristli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051930510</t>
+          <t>9786051933252</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 Gök Mavi (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Cep Boy (Mealli, Büyük Yazılı, 2 Renkli, Fihristli) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>430</v>
+        <v>30</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051934648</t>
+          <t>9786051930510</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>29</v>
+        <v>430</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051930527</t>
+          <t>9786051934648</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Tabiat Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>430</v>
+        <v>29</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051934075</t>
+          <t>9786051930527</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cami Boy Kuran-ı Kerim (2 Renkli, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>8682279685069</t>
+          <t>9786051934075</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Büyük Cami Boy Kuran-ı Kerim (2 Renkli, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059106542</t>
+          <t>8682279685069</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>8682279633718</t>
+          <t>9786059106542</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059106535</t>
+          <t>8682279633718</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786050174441</t>
+          <t>9786059106535</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050174502</t>
+          <t>9786050174441</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>8682279633671</t>
+          <t>9786050174502</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786050174472</t>
+          <t>8682279633671</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>8682279614083</t>
+          <t>9786050174472</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051933313</t>
+          <t>8682279614083</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
+          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>8682279615431</t>
+          <t>9786051933313</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>8682279633701</t>
+          <t>8682279615431</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>8682279636344</t>
+          <t>8682279633701</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059106528</t>
+          <t>8682279636344</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>8682279636351</t>
+          <t>9786059106528</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Gök Mavi, Elif-Vavlı, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9759023606096</t>
+          <t>8682279636351</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Cevşenü'l Kebir (Deri) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Gök Mavi, Elif-Vavlı, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752458420</t>
+          <t>9759023606096</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Cevşenü'l Kebir (Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>8682279636030</t>
+          <t>9789752458420</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>8682279621654</t>
+          <t>8682279636030</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051930602</t>
+          <t>8682279621654</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>8682279636238</t>
+          <t>9786051930602</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051930596</t>
+          <t>8682279636238</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>8682279621746</t>
+          <t>9786051930596</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059106511</t>
+          <t>8682279621746</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752458475</t>
+          <t>9786059106511</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051930497</t>
+          <t>9789752458475</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054033430</t>
+          <t>9786051930497</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Şua'lar-1 Mecmuası</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>8682279621678</t>
+          <t>9786054033430</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Yazı Boy Şua'lar-1 Mecmuası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051930688</t>
+          <t>8682279621678</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>8682279636139</t>
+          <t>9786051930688</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>8682279627212</t>
+          <t>8682279636139</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051930435</t>
+          <t>8682279627212</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>8682279621340</t>
+          <t>9786051930435</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051934358</t>
+          <t>8682279621340</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Delaili'n Nur (Mealli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>24</v>
+        <v>140</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>8682279684840</t>
+          <t>9786051934358</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Çanta Boy Delaili'n Nur (Mealli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>430</v>
+        <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>8682279627182</t>
+          <t>8682279684840</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>8682279633008</t>
+          <t>8682279627182</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>8682279633022</t>
+          <t>8682279633008</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055432966</t>
+          <t>8682279633022</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Neşeli Elifba Kalemi</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>8682279684826</t>
+          <t>9786055432966</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Çocuklar İçin Neşeli Elifba Kalemi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>430</v>
+        <v>700</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>8682279627229</t>
+          <t>8682279684826</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>8682279621326</t>
+          <t>8682279627229</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>8682279633053</t>
+          <t>8682279621326</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>8682279621319</t>
+          <t>8682279633053</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>8682279631509</t>
+          <t>8682279621319</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>8682279684543</t>
+          <t>8682279631509</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdün Mor</t>
+          <t>Sözler (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>8682279633015</t>
+          <t>8682279684543</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdün Mor</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051934686</t>
+          <t>8682279633015</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>29</v>
+        <v>240</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>8682279627199</t>
+          <t>9786051934686</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hastalar Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>8682279633046</t>
+          <t>8682279627199</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051933382</t>
+          <t>8682279633046</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>1300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059106320</t>
+          <t>9786051933382</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>The Resurrection Epistle (Haşir)</t>
+          <t>Rahle Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>45</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>8682279621357</t>
+          <t>9786059106320</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>The Resurrection Epistle (Haşir)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051930572</t>
+          <t>8682279621357</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051933375</t>
+          <t>9786051930572</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beşli Cüz Kur'an-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>8682279622484</t>
+          <t>9786051933375</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt .Yeşil (Ciltli)</t>
+          <t>Orta Boy Beşli Cüz Kur'an-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9759023015058</t>
+          <t>8682279622484</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy 30 Cüz Kur'an-ı Kerim (Özel Kutulu, Karton Kapak, Mühürlü)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt .Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>8682279621296</t>
+          <t>9759023015058</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Çanta Boy 30 Cüz Kur'an-ı Kerim (Özel Kutulu, Karton Kapak, Mühürlü)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051930657</t>
+          <t>8682279621296</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051933320</t>
+          <t>9786051930657</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>8682279684567</t>
+          <t>9786051933320</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>8682279621302</t>
+          <t>8682279684567</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051934198</t>
+          <t>8682279621302</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9780000243164</t>
+          <t>9786051934198</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>5900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>8682279621692</t>
+          <t>9780000243164</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>8682279622439</t>
+          <t>8682279621692</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>8682279618357</t>
+          <t>8682279622439</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kuran Okuyan Kalem Seti - Orta Boy Karton Kutulu (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>2950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786050243178</t>
+          <t>8682279618357</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Kabe Desenli Kuran Okuyan Kalem Seti - Orta Boy Karton Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>5300</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>8682279621685</t>
+          <t>9786050243178</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051932712</t>
+          <t>8682279621685</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Elifli-Vavlı) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786050243185</t>
+          <t>9786051932712</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>4400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>8682279621272</t>
+          <t>9786050243185</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>230</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051934815</t>
+          <t>8682279621272</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Ayetü'l Kübra Risalesinden</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>67</v>
+        <v>230</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051932828</t>
+          <t>9786051934815</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Yeşil, Lafzatullah) (Ciltli)</t>
+          <t>Ayetü'l Kübra Risalesinden</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786050085402</t>
+          <t>9786051932828</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Yeşil, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>10800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>4440000001046</t>
+          <t>9786050085402</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
+          <t>Rahleli Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>38</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051932811</t>
+          <t>4440000001046</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Lafzatullah) (Ciltli)</t>
+          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>70</v>
+        <v>38</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>8682279622477</t>
+          <t>9786051932811</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>8682279621289</t>
+          <t>8682279622477</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>8682279618487</t>
+          <t>8682279621289</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>9200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051932804</t>
+          <t>8682279618487</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Lafzatullah) (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>70</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>8682279616261</t>
+          <t>9786051932804</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>430</v>
+        <v>70</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051933276</t>
+          <t>8682279616261</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Lafzatullah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>8682279618470</t>
+          <t>9786051933276</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>8000</v>
+        <v>70</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>8682279684529</t>
+          <t>8682279618470</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>230</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051932798</t>
+          <t>8682279684529</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Lafzatullah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>8682279618463</t>
+          <t>9786051932798</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>6800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>8682279616247</t>
+          <t>8682279618463</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Gök Mavi, Güllü, Mühürlü) - M1 Gök Mavi (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>430</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>8682279621715</t>
+          <t>8682279616247</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Gök Mavi, Güllü, Mühürlü) - M1 Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051932781</t>
+          <t>8682279621715</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Lafzatullah) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>8682279618456</t>
+          <t>9786051932781</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>7600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051934693</t>
+          <t>8682279618456</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>28</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>8682279621708</t>
+          <t>9786051934693</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>İhlas Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>8682279622446</t>
+          <t>8682279621708</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>8682279618449</t>
+          <t>8682279622446</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>6700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>8682279621210</t>
+          <t>8682279618449</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>270</v>
+        <v>6700</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054026470</t>
+          <t>8682279621210</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi (Mukayeseli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>8682279618432</t>
+          <t>9786054026470</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>İhtiyarlar Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>5800</v>
+        <v>28</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>8682279616230</t>
+          <t>8682279618432</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>430</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054026142</t>
+          <t>8682279616230</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi (Osmanlıca)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>22</v>
+        <v>430</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>8682279621159</t>
+          <t>9786054026142</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>İhtiyarlar Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>8682279626857</t>
+          <t>8682279621159</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>8682279616278</t>
+          <t>8682279626857</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>8682279618500</t>
+          <t>8682279616278</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>8000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051934105</t>
+          <t>8682279618500</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İktisat Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>28</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>8682279621760</t>
+          <t>9786051934105</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>İktisat Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>8682279616216</t>
+          <t>8682279621760</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>8682279681337</t>
+          <t>8682279616216</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>8682279618494</t>
+          <t>8682279681337</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>6800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051934556</t>
+          <t>8682279618494</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>The Staff of Moses (Asa-yı Musa) (Ciltli)</t>
+          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>370</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>8682279684505</t>
+          <t>9786051934556</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>The Staff of Moses (Asa-yı Musa) (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>8682279621203</t>
+          <t>8682279684505</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>8682279614427</t>
+          <t>8682279621203</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>6700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>8682279616223</t>
+          <t>8682279614427</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>430</v>
+        <v>6700</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051932774</t>
+          <t>8682279616223</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (K.Mavi, Lafzatullah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786050099096</t>
+          <t>9786051932774</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (K.Mavi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>5800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051932682</t>
+          <t>9786050099096</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Lafzatullah) (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>70</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>8682279622316</t>
+          <t>9786051932682</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>430</v>
+        <v>70</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786050099102</t>
+          <t>8682279622316</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>5100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786051933696</t>
+          <t>9786050099102</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Lafzatullah) (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>50</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>8682279621227</t>
+          <t>9786051933696</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786051936895</t>
+          <t>8682279621227</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Lafzatullah) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051932736</t>
+          <t>9786051936895</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051932729</t>
+          <t>9786051932736</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>8682279626888</t>
+          <t>9786051932729</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>8682279626840</t>
+          <t>8682279626888</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>8682279626871</t>
+          <t>8682279626840</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051933283</t>
+          <t>8682279626871</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Elifli-Vavlı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051932767</t>
+          <t>9786051933283</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051932750</t>
+          <t>9786051932767</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051933726</t>
+          <t>9786051932750</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051933702</t>
+          <t>9786051933726</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>8682279615752</t>
+          <t>9786051933702</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051932705</t>
+          <t>8682279615752</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Koyu Mavi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>8682279621265</t>
+          <t>9786051932705</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Koyu Mavi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054299041</t>
+          <t>8682279621265</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Sikke-i Tasdik-i Gaybi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054026135</t>
+          <t>9786054299041</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Sikke-i Tasdik-i Gaybi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>8682279621173</t>
+          <t>9786054026135</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Hastalar Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786051934419</t>
+          <t>8682279621173</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Mukayeseli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>22</v>
+        <v>220</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>8682279621197</t>
+          <t>9786051934419</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Hastalar Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>8682279621333</t>
+          <t>8682279621197</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>8682279621142</t>
+          <t>8682279621333</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054026074</t>
+          <t>8682279621142</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054026227</t>
+          <t>9786054026074</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Orta Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>8682279621234</t>
+          <t>9786054026227</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055432836</t>
+          <t>8682279621234</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>8682279633527</t>
+          <t>9786055432836</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) - Gold (Ciltli)</t>
+          <t>Orta Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059106160</t>
+          <t>8682279633527</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) - Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>8682279621258</t>
+          <t>9786059106160</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>8682279627748</t>
+          <t>8682279621258</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy İşarat-ül İcaz Mecmuası</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>8682279618418</t>
+          <t>8682279627748</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Yazı Boy İşarat-ül İcaz Mecmuası</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>8682279621180</t>
+          <t>8682279618418</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>8682279616193</t>
+          <t>8682279621180</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>8682279621722</t>
+          <t>8682279616193</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>8682279618876</t>
+          <t>8682279621722</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Hafız Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>8682279616209</t>
+          <t>8682279618876</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>430</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>8682279618845</t>
+          <t>8682279616209</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>1350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>8682279681511</t>
+          <t>8682279618845</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>430</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>8682279621739</t>
+          <t>8682279681511</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>8682279621593</t>
+          <t>8682279621739</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>8682279621166</t>
+          <t>8682279621593</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>8682279621753</t>
+          <t>8682279621166</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>8682279621586</t>
+          <t>8682279621753</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>8682279621241</t>
+          <t>8682279621586</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>8682279622323</t>
+          <t>8682279621241</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786055432324</t>
+          <t>8682279622323</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler Boyama Kitabı</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>45</v>
+        <v>430</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>8682279621609</t>
+          <t>9786055432324</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Sevimli Harfler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>8682279633510</t>
+          <t>8682279621609</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>8682279625959</t>
+          <t>8682279633510</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>8682279622057</t>
+          <t>8682279625959</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kuran-ı Kerim (Cep Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786051933467</t>
+          <t>8682279622057</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Yeşil) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kuran-ı Kerim (Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>8682279621616</t>
+          <t>9786051933467</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>8682279684444</t>
+          <t>8682279621616</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>8682279621562</t>
+          <t>8682279684444</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>8682279613680</t>
+          <t>8682279621562</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Y8 Koyu Yeşil) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>8682279621623</t>
+          <t>8682279613680</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Y8 Koyu Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786051933450</t>
+          <t>8682279621623</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>8682279621630</t>
+          <t>9786051933450</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>8682279625980</t>
+          <t>8682279621630</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>8682279621579</t>
+          <t>8682279625980</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786051933474</t>
+          <t>8682279621579</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-P. Pembe) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>8682279625942</t>
+          <t>9786051933474</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-P. Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786050178906</t>
+          <t>8682279625942</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (M1 Gökyüzü Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>8682279621555</t>
+          <t>9786050178906</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (M1 Gökyüzü Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>8682279621548</t>
+          <t>8682279621555</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>8682279681399</t>
+          <t>8682279621548</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>8682279625973</t>
+          <t>8682279681399</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>8682279621517</t>
+          <t>8682279625973</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051933429</t>
+          <t>8682279621517</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Mor) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051931388</t>
+          <t>9786051933429</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>8682279621500</t>
+          <t>9786051931388</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786050178890</t>
+          <t>8682279621500</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (L2 Lacivert) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>8682279621524</t>
+          <t>9786050178890</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (L2 Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>8682279616186</t>
+          <t>8682279621524</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051931296</t>
+          <t>8682279616186</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>8682279681290</t>
+          <t>9786051931296</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>8682279621531</t>
+          <t>8682279681290</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>8682279616254</t>
+          <t>8682279621531</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051933436</t>
+          <t>8682279616254</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Lacivert) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>60</v>
+        <v>430</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051931319</t>
+          <t>9786051933436</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>8682279621487</t>
+          <t>9786051931319</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>8682279613697</t>
+          <t>8682279621487</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (E5 Pudra Pembe) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>8682279621494</t>
+          <t>8682279613697</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (E5 Pudra Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>8682279614014</t>
+          <t>8682279621494</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051931333</t>
+          <t>8682279614014</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>8682279681450</t>
+          <t>9786051931333</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>8682279622040</t>
+          <t>8682279681450</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>8682279619293</t>
+          <t>8682279622040</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051933412</t>
+          <t>8682279619293</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>60</v>
+        <v>430</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051931326</t>
+          <t>9786051933412</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786050178876</t>
+          <t>9786051931326</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (C7 Lila) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>8682279622033</t>
+          <t>9786050178876</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (C7 Lila) (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>8682279619286</t>
+          <t>8682279622033</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>8682279622002</t>
+          <t>8682279619286</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786051931289</t>
+          <t>8682279622002</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>8682279621999</t>
+          <t>9786051931289</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>8682279614069</t>
+          <t>8682279621999</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786050178883</t>
+          <t>8682279614069</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (B6 Fuşya Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>8682279633350</t>
+          <t>9786050178883</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (B6 Fuşya Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>8682279622019</t>
+          <t>8682279633350</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>8682279619262</t>
+          <t>8682279622019</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>8682279622026</t>
+          <t>8682279619262</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051931357</t>
+          <t>8682279622026</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>8682279621975</t>
+          <t>9786051931357</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>8682279619279</t>
+          <t>8682279621975</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051934150</t>
+          <t>8682279619279</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Vecizeler (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>8682279621982</t>
+          <t>9786051934150</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Risale-i Nur'dan Vecizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>8682279622415</t>
+          <t>8682279621982</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (A3 Beyaz) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>8682279621968</t>
+          <t>8682279622415</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (A3 Beyaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>8682279622293</t>
+          <t>8682279621968</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786051931272</t>
+          <t>8682279622293</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>8682279619248</t>
+          <t>9786051931272</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>8682279632384</t>
+          <t>8682279619248</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (97 Turkuaz) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>8682279619255</t>
+          <t>8682279632384</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (97 Turkuaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>8682279684963</t>
+          <t>8682279619255</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>8682279684284</t>
+          <t>8682279684963</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>8682279621951</t>
+          <t>8682279684284</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>8682279633367</t>
+          <t>8682279621951</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>8682279621920</t>
+          <t>8682279633367</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>8682279632377</t>
+          <t>8682279621920</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (62 Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>8682279622309</t>
+          <t>8682279632377</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (62 Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>8682279621913</t>
+          <t>8682279622309</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>8682279621937</t>
+          <t>8682279621913</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>8682279621944</t>
+          <t>8682279621937</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>8682279625836</t>
+          <t>8682279621944</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>8682279633381</t>
+          <t>8682279625836</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>8682279621890</t>
+          <t>8682279633381</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>8682279684161</t>
+          <t>8682279621890</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>8682279684345</t>
+          <t>8682279684161</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1036 Gold) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>8682279621906</t>
+          <t>8682279684345</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1036 Gold) (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786051935058</t>
+          <t>8682279621906</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 3 (Risale-i Nur'da Tevhid) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>8682279684949</t>
+          <t>9786051935058</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 3 (Risale-i Nur'da Tevhid) (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>8682279625867</t>
+          <t>8682279684949</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>8682279616865</t>
+          <t>8682279625867</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>600</v>
+        <v>430</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>8682279633411</t>
+          <t>8682279616865</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>8682279616889</t>
+          <t>8682279633411</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051934792</t>
+          <t>8682279616889</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 2 (İman Hizmeti) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>8682279622422</t>
+          <t>9786051934792</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1034 Zümrüt Yeşil) (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 2 (İman Hizmeti) (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>8682279616919</t>
+          <t>8682279622422</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1034 Zümrüt Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>8682279633374</t>
+          <t>8682279616919</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051934525</t>
+          <t>8682279633374</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 1 (40 Ders) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>8682279616933</t>
+          <t>9786051934525</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 1 (40 Ders) (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786051933443</t>
+          <t>8682279616933</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-K.Mavi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051932965</t>
+          <t>9786051933443</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Hafız Boy (2 Renkli, Fihristli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-K.Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>8682279616896</t>
+          <t>9786051932965</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Hafız Boy (2 Renkli, Fihristli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>600</v>
+        <v>22</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>8682279633404</t>
+          <t>8682279616896</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>8682279626734</t>
+          <t>8682279633404</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1025 Koyu Gri) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>8682279616872</t>
+          <t>8682279626734</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1025 Koyu Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786051933405</t>
+          <t>8682279616872</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>8682279616926</t>
+          <t>9786051933405</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051931302</t>
+          <t>8682279616926</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>8682279616902</t>
+          <t>9786051931302</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>8682279615639</t>
+          <t>8682279616902</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>8682279619903</t>
+          <t>8682279615639</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>8682279684222</t>
+          <t>8682279619903</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1017 Mürdüm Mor) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786051931340</t>
+          <t>8682279684222</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1017 Mürdüm Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>8682279619880</t>
+          <t>9786051931340</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>8682279615653</t>
+          <t>8682279619880</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Mavi, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>8682279619934</t>
+          <t>8682279615653</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>8682279625829</t>
+          <t>8682279619934</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786051933788</t>
+          <t>8682279625829</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Pembesi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>8682279626765</t>
+          <t>9786051933788</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1007 Vizon) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Pembesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>8682279619910</t>
+          <t>8682279626765</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1007 Vizon) (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>8682279636429</t>
+          <t>8682279619910</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli, 2 Renk)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>68</v>
+        <v>600</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>8682279619897</t>
+          <t>8682279636429</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli, 2 Renk)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>600</v>
+        <v>68</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>8682279625850</t>
+          <t>8682279619897</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>8682279619927</t>
+          <t>8682279625850</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy Elif-Vavlı Koyu Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786051933771</t>
+          <t>8682279619927</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Mavisi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy Elif-Vavlı Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>8682279626727</t>
+          <t>9786051933771</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1005 Açık Gri) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Mavisi) (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>8682279619873</t>
+          <t>8682279626727</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1005 Açık Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786051931265</t>
+          <t>8682279619873</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>8682279619941</t>
+          <t>9786051931265</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051934778</t>
+          <t>8682279619941</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Rahle Boy (Mealli, Genişletilmiş, Fihristli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>8682279619231</t>
+          <t>9786051934778</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) Kırmızı 08 (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Rahle Boy (Mealli, Genişletilmiş, Fihristli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>430</v>
+        <v>90</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786051931180</t>
+          <t>8682279619231</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) Kırmızı 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>8682279615516</t>
+          <t>9786051931180</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>8682279685236</t>
+          <t>8682279615516</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Teheccüd Boy Renkli Kur'an-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>2500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>8682279626758</t>
+          <t>8682279685236</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1002 Krem) (Ciltli)</t>
+          <t>Teheccüd Boy Renkli Kur'an-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>140</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786051934334</t>
+          <t>8682279626758</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1002 Krem) (Ciltli)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>8682279619750</t>
+          <t>9786051934334</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786051931210</t>
+          <t>8682279619750</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>8682279614052</t>
+          <t>9786051931210</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>8682279619712</t>
+          <t>8682279614052</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786059106726</t>
+          <t>8682279619712</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mühürlü, Plastik Kapak) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786051931234</t>
+          <t>9786059106726</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mühürlü, Plastik Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>8682279615493</t>
+          <t>9786051931234</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786051934327</t>
+          <t>8682279615493</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>850</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051933719</t>
+          <t>9786051934327</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Rahle Boy (2 Renkli, Mealli, Fihristli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>8682279616728</t>
+          <t>9786051933719</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Rahle Boy (2 Renkli, Mealli, Fihristli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>850</v>
+        <v>67</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786051931227</t>
+          <t>8682279616728</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786050178845</t>
+          <t>9786051931227</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (08 Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>8682279616681</t>
+          <t>9786050178845</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (08 Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789759023850</t>
+          <t>8682279616681</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Lüks Kutulu)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>2950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055432980</t>
+          <t>9789759023850</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cami Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Lüks Kutulu)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>1750</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>8682279633435</t>
+          <t>9786055432980</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Büyük Cami Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>270</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786051934341</t>
+          <t>8682279633435</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Pudra Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>8682279616704</t>
+          <t>9786051934341</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Pudra Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786051934068</t>
+          <t>8682279616704</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Rahle Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>3250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786059106702</t>
+          <t>9786051934068</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Rahle Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>620</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>8682279616735</t>
+          <t>9786059106702</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Krem) (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>850</v>
+        <v>620</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786051931258</t>
+          <t>8682279616735</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Krem) (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>8682279616759</t>
+          <t>9786051931258</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>8682279613673</t>
+          <t>8682279616759</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051934051</t>
+          <t>8682279613673</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Rahle Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>3250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>8682279616711</t>
+          <t>9786051934051</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Rahle Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>850</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>8682279616698</t>
+          <t>8682279616711</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gri) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C685" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752458123</t>
+          <t>8682279616698</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786051934266</t>
+          <t>9789752458123</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>8682279616674</t>
+          <t>9786051934266</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752458062</t>
+          <t>8682279616674</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>8682279636191</t>
+          <t>9789752458062</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752458086</t>
+          <t>8682279636191</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>8682279619743</t>
+          <t>9789752458086</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>850</v>
+        <v>580</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789752458116</t>
+          <t>8682279619743</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>8682279619705</t>
+          <t>9789752458116</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>850</v>
+        <v>580</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>8682279619767</t>
+          <t>8682279619705</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752458109</t>
+          <t>8682279619767</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786051934297</t>
+          <t>9789752458109</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Lacivert) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>60</v>
+        <v>580</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>8682279616742</t>
+          <t>9786051934297</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gold) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752458055</t>
+          <t>8682279616742</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gold) (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>8682279635996</t>
+          <t>9789752458055</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786051934273</t>
+          <t>8682279635996</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>8682279616452</t>
+          <t>9786051934273</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>8682279616407</t>
+          <t>8682279616452</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786051931166</t>
+          <t>8682279616407</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>8682279616421</t>
+          <t>9786051931166</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786059106719</t>
+          <t>8682279616421</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051934310</t>
+          <t>9786059106719</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-k.Mavi) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>8682279685007</t>
+          <t>9786051934310</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-k.Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>8682279632698</t>
+          <t>8682279685007</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>8682279616469</t>
+          <t>8682279632698</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>8682279615394</t>
+          <t>8682279616469</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü, 2 Renk)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>8682279616445</t>
+          <t>8682279615394</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü, 2 Renk)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752458031</t>
+          <t>8682279616445</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051934280</t>
+          <t>9789752458031</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bordo) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>60</v>
+        <v>580</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>8682279616414</t>
+          <t>9786051934280</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>8682279633442</t>
+          <t>8682279616414</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752458048</t>
+          <t>8682279633442</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>8682279616391</t>
+          <t>9789752458048</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257575065</t>
+          <t>8682279616391</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Nur Deryasından Pırıltılar</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>8682279632704</t>
+          <t>9786257575065</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
+          <t>Nur Deryasından Pırıltılar</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>580</v>
+        <v>130</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>8682279616438</t>
+          <t>8682279632704</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051934259</t>
+          <t>8682279616438</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bebe Pembesi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>60</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>8682279633466</t>
+          <t>9786051934259</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bebe Pembesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786058917248</t>
+          <t>8682279633466</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Ayet'ül Kübra Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>44</v>
+        <v>270</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>8682279615530</t>
+          <t>9786058917248</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Ayet'ül Kübra Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>800</v>
+        <v>44</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>8682279685373</t>
+          <t>8682279615530</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Yeşil, Karton Kapak, Kutulu)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>8682279632728</t>
+          <t>8682279685373</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Yeşil, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>8682279619446</t>
+          <t>8682279632728</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051934303</t>
+          <t>8682279619446</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Bebe Mavisi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>60</v>
+        <v>800</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>8682279684987</t>
+          <t>9786051934303</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Bebe Mavisi) (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>8682279632759</t>
+          <t>8682279684987</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>8682279619484</t>
+          <t>8682279632759</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>8682279632711</t>
+          <t>8682279619484</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>8682279633497</t>
+          <t>8682279632711</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>8682279632742</t>
+          <t>8682279633497</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051934747</t>
+          <t>8682279632742</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>1. Söz Yazı Mektubu 6. Hüccet-i İmaniye 10. Hüccet-i İmaniye</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>29</v>
+        <v>320</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789752458079</t>
+          <t>9786051934747</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
+          <t>1. Söz Yazı Mektubu 6. Hüccet-i İmaniye 10. Hüccet-i İmaniye</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>580</v>
+        <v>29</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>8682279633459</t>
+          <t>9789752458079</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>145</v>
+        <v>580</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789752458093</t>
+          <t>8682279633459</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>580</v>
+        <v>145</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>8682279633480</t>
+          <t>9789752458093</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>145</v>
+        <v>580</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051931197</t>
+          <t>8682279633480</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789752458291</t>
+          <t>9786051931197</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>8682279618050</t>
+          <t>9789752458291</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Asayı Musa (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752458239</t>
+          <t>8682279618050</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
+          <t>Asayı Musa (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>8682279615554</t>
+          <t>9789752458239</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786051931241</t>
+          <t>8682279615554</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752458277</t>
+          <t>9786051931241</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>8682279613864</t>
+          <t>9789752458277</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>7000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>8682279616384</t>
+          <t>8682279613864</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>800</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786055088552</t>
+          <t>8682279616384</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Asayı Musa Mecmuası</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>8682279619477</t>
+          <t>9786055088552</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Yazı Boy Asayı Musa Mecmuası</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>8682279619439</t>
+          <t>8682279619477</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789752458260</t>
+          <t>8682279619439</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>580</v>
+        <v>800</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>8682279613765</t>
+          <t>9789752458260</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>6100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>8682279613444</t>
+          <t>8682279613765</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kabe Motifli Kutulu Kadife Kur'an-ı Kerim (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>550</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>8682279619491</t>
+          <t>8682279613444</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kabe Motifli Kutulu Kadife Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789752458253</t>
+          <t>8682279619491</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>580</v>
+        <v>800</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>8682279614731</t>
+          <t>9789752458253</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>5400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>8682279616131</t>
+          <t>8682279614731</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>1320</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786051934716</t>
+          <t>8682279616131</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Gölgeli - Yazı Eseri)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>29</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789752458222</t>
+          <t>9786051934716</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
+          <t>Namaz Risaleleri (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>580</v>
+        <v>29</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>8682279616179</t>
+          <t>9789752458222</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786055432652</t>
+          <t>8682279616179</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Asayı Musa Mecmuası (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>225</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>8682279616841</t>
+          <t>9786055432652</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Rahle Boy Asayı Musa Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>8682279616155</t>
+          <t>8682279616841</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>8682279614724</t>
+          <t>8682279616155</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>4600</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>8682279632773</t>
+          <t>8682279614724</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>580</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>8682279616124</t>
+          <t>8682279632773</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786054299270</t>
+          <t>8682279616124</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>22</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>8682279616827</t>
+          <t>9786054299270</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Namaz Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>8682279616100</t>
+          <t>8682279616827</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789752458208</t>
+          <t>8682279616100</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>8682279614854</t>
+          <t>9789752458208</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>10700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786054299638</t>
+          <t>8682279614854</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Mukayeseli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>24</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>8682279616148</t>
+          <t>9786054299638</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Namaz Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>1320</v>
+        <v>24</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789752458215</t>
+          <t>8682279616148</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786051933948</t>
+          <t>9789752458215</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Asayı Musa Mecmuası (Osmanlıca)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>8682279616087</t>
+          <t>9786051933948</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Orta Boy Asayı Musa Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>1320</v>
+        <v>320</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>8682279616810</t>
+          <t>8682279616087</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>8682279619194</t>
+          <t>8682279616810</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>8682279684765</t>
+          <t>8682279619194</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) 1036 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>8682279614847</t>
+          <t>8682279684765</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) 1036 (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>9000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>8682279619217</t>
+          <t>8682279614847</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>1000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>8682279616858</t>
+          <t>8682279619217</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>8682279616094</t>
+          <t>8682279616858</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>8682279632780</t>
+          <t>8682279616094</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>8682279616070</t>
+          <t>8682279632780</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786058917200</t>
+          <t>8682279616070</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Münacat ve Hasbiye Risaleleri (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>22</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>8682279614861</t>
+          <t>9786058917200</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Münacat ve Hasbiye Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>5500</v>
+        <v>22</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>8682279616797</t>
+          <t>8682279614861</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>270</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>8682279619200</t>
+          <t>8682279616797</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786054299584</t>
+          <t>8682279619200</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Münacat Risaleleri (Mukayeseli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>8682279619187</t>
+          <t>9786054299584</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Münacat Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>1000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786059106672</t>
+          <t>8682279619187</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>8682279632803</t>
+          <t>9786059106672</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>8682279616803</t>
+          <t>8682279632803</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>8682279619224</t>
+          <t>8682279616803</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>8682279684741</t>
+          <t>8682279619224</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı, Mühürlü) 1017 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786051934723</t>
+          <t>8682279684741</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Ahmediyye Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı, Mühürlü) 1017 (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>28</v>
+        <v>580</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>8682279616117</t>
+          <t>9786051934723</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Mucizat-ı Ahmediyye Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>1320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>8682279622392</t>
+          <t>8682279616117</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>8682279683720</t>
+          <t>8682279622392</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>8682279632834</t>
+          <t>8682279683720</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>8682279616162</t>
+          <t>8682279632834</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>8682279616773</t>
+          <t>8682279616162</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>8682279632797</t>
+          <t>8682279616773</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) 1005 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786054299249</t>
+          <t>8682279632797</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Miraç Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) 1005 (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>22</v>
+        <v>330</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786055432522</t>
+          <t>9786054299249</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kartela (Kırk Ayet, Kırk Hadis, Kırk Vecize)</t>
+          <t>Miraç Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>66</v>
+        <v>22</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>8682279616780</t>
+          <t>9786055432522</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kartela (Kırk Ayet, Kırk Hadis, Kırk Vecize)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>270</v>
+        <v>66</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786051935003</t>
+          <t>8682279616780</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası (Osmanlıca - Genişletilmiş Baskı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>490</v>
+        <v>270</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786055432805</t>
+          <t>9786051935003</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası (Osmanlıca - Genişletilmiş Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>520</v>
+        <v>490</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786051933825</t>
+          <t>9786055432805</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051934679</t>
+          <t>9786051933825</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Şua'lar (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786054299782</t>
+          <t>9786051934679</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Şua'lar (Ciltli)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059106689</t>
+          <t>9786054299782</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Rahle Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9780000016584</t>
+          <t>9786059106689</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Kastamonu Lahikası Mecmuası</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>530</v>
+        <v>480</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051934617</t>
+          <t>9780000016584</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla İctimai Dualar (Büyük Cep Boy)</t>
+          <t>Yazı Boy Kastamonu Lahikası Mecmuası</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>30</v>
+        <v>530</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>8698758190306</t>
+          <t>9786051934617</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Kaynaklarıyla İctimai Dualar (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>10700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051934433</t>
+          <t>8698758190306</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla İctimai Dualar (Çanta Boy)</t>
+          <t>Kanat Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>35</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789944005425</t>
+          <t>9786051934433</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimat Orta Boy (Ciltli)</t>
+          <t>Kaynaklarıyla İctimai Dualar (Çanta Boy)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>115</v>
+        <v>35</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786058917224</t>
+          <t>9789944005425</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>2.Şua Risalesi (Osmanlıca)</t>
+          <t>El-Kelimat Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>22</v>
+        <v>380</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>8682279681870</t>
+          <t>9786058917224</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>2.Şua Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>8682279622408</t>
+          <t>8682279681870</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786054026364</t>
+          <t>8682279622408</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>El Mesneviyye'l-Arabi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>8698758190290</t>
+          <t>9786054026364</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>El Mesneviyye'l-Arabi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>9000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>8682279632827</t>
+          <t>8698758190290</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
+          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>330</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>8682279626611</t>
+          <t>8682279632827</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789752458161</t>
+          <t>8682279626611</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786058917217</t>
+          <t>9789752458161</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>28</v>
+        <v>580</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9759023031911</t>
+          <t>9786058917217</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Meyve Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>7700</v>
+        <v>28</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786050098921</t>
+          <t>9759023031911</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mesnevi-i Nuriye Mecmuası (Ciltli)</t>
+          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>400</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752458284</t>
+          <t>9786050098921</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
+          <t>Yazı Boy Mesnevi-i Nuriye Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051934655</t>
+          <t>9789752458284</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>El Mesneviyye'l-Arabi (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786050061635</t>
+          <t>9786051934655</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>El Mesneviyye'l-Arabi (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>10200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051934204</t>
+          <t>9786050061635</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1200</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>4440000000758</t>
+          <t>9786051934204</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>8682279684482</t>
+          <t>4440000000758</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>8682279618098</t>
+          <t>8682279684482</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kuran Okuyan Kalem Seti (Kabe Desen, Rahle Boy, Karton Kutulu)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>3250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786050061659</t>
+          <t>8682279618098</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Kabe Desenli Kuran Okuyan Kalem Seti (Kabe Desen, Rahle Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>7300</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>8682279626642</t>
+          <t>9786050061659</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>270</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786050174373</t>
+          <t>8682279626642</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>8682279626604</t>
+          <t>9786050174373</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786050066289</t>
+          <t>8682279626604</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>5800</v>
+        <v>145</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059119528</t>
+          <t>9786050066289</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Mektubat - 2 (Gölgeli Yazı Eseri) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>350</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>8682279615950</t>
+          <t>9786059119528</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) Y8 (Ciltli)</t>
+          <t>Mektubat - 2 (Gölgeli Yazı Eseri) (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>8682279626635</t>
+          <t>8682279615950</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>145</v>
+        <v>330</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786050015980</t>
+          <t>8682279626635</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mektubat - 2 Mecmuası (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>8682279616766</t>
+          <t>9786050015980</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Yazı Boy Mektubat - 2 Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786050066272</t>
+          <t>8682279616766</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>4800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786054299607</t>
+          <t>9786050066272</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>310</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>8682279616834</t>
+          <t>9786054299607</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>8682279615936</t>
+          <t>8682279616834</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) M1 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051934624</t>
+          <t>8682279615936</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>8682279614441</t>
+          <t>9786051934624</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Orta Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>4300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786054299010</t>
+          <t>8682279614441</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 2 Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>410</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>8682279615929</t>
+          <t>9786054299010</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) L2 (Ciltli)</t>
+          <t>Orta Boy Mektubat - 2 Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>8682279614021</t>
+          <t>8682279615929</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059135894</t>
+          <t>8682279614021</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Mektubat - 1 (Gölgeli Yazı Eseri)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>8682279615967</t>
+          <t>9786059135894</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) E5 (Ciltli)</t>
+          <t>Mektubat - 1 (Gölgeli Yazı Eseri)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>8682279613918</t>
+          <t>8682279615967</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>3700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786051934402</t>
+          <t>8682279613918</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>340</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>8682279627731</t>
+          <t>9786051934402</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mektubat - 1 Mecmuası</t>
+          <t>Lem'alar (Ciltli)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>8682279615905</t>
+          <t>8682279627731</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) C7 (Ciltli)</t>
+          <t>Yazı Boy Mektubat - 1 Mecmuası</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>8682279613901</t>
+          <t>8682279615905</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>3100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786054299546</t>
+          <t>8682279613901</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mektubat - 1 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>220</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786051933528</t>
+          <t>9786054299546</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sittetün Min Esmaillahi'l Muazzama</t>
+          <t>Rahle Boy Mektubat - 1 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>13</v>
+        <v>220</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>8682279613895</t>
+          <t>9786051933528</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Sittetün Min Esmaillahi'l Muazzama</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>2600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786050051056</t>
+          <t>8682279613895</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Risalet'üt-Tefekkür'il-İmaniyyetin Aliye</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>16</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>8682279619835</t>
+          <t>9786050051056</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Risalet'üt-Tefekkür'il-İmaniyyetin Aliye</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>270</v>
+        <v>16</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786054299478</t>
+          <t>8682279619835</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat-1 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>8682279619828</t>
+          <t>9786054299478</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Mektubat-1 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>8682279613888</t>
+          <t>8682279619828</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>2300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054299522</t>
+          <t>8682279613888</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 1 Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>450</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786051933573</t>
+          <t>9786054299522</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Risaletü'ş Şuyuh</t>
+          <t>Orta Boy Mektubat - 1 Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>8682279614922</t>
+          <t>9786051933573</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Risaletü'ş Şuyuh</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>7200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>8682279614915</t>
+          <t>8682279614922</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>6400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>8682279614908</t>
+          <t>8682279614915</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>5600</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>8698758190849</t>
+          <t>8682279614908</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0374)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>2000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>8682279640563</t>
+          <t>8698758190849</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0364)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0374)</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>8698758190825</t>
+          <t>8682279640563</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Rahle Boy Ay-yıldız) (0356)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0364)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>2300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>8698758190818</t>
+          <t>8698758190825</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Orta Boy Ay-yıldız) (0355)</t>
+          <t>Ahşap Kutulu Kur'an (Rahle Boy Ay-yıldız) (0356)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>2200</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>8698758190788</t>
+          <t>8698758190818</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Ay-yıldız) (0354)</t>
+          <t>Ahşap Kutulu Kur'an (Orta Boy Ay-yıldız) (0355)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>2000</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>8698758190795</t>
+          <t>8698758190788</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Ay-yıldız) (0353)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Ay-yıldız) (0354)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>1900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>8698758190801</t>
+          <t>8698758190795</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kabe Motifli Orta Boy Kur'an-ı Kerim (0335)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Ay-yıldız) (0353)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>900</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>8698758190726</t>
+          <t>8698758190801</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kabe Motifli Hafız Boy Kur'an-ı Kerim (0334)</t>
+          <t>Rahleli Kabe Motifli Orta Boy Kur'an-ı Kerim (0335)</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>1100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>8698758190719</t>
+          <t>8698758190726</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0323)</t>
+          <t>Rahleli Kabe Motifli Hafız Boy Kur'an-ı Kerim (0334)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>1900</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>8698758190733</t>
+          <t>8698758190719</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an( Hafız Boy-kahverengi) (0314)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0323)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>2000</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>8698758190702</t>
+          <t>8698758190733</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0313)</t>
+          <t>Ahşap Kutulu Kur'an( Hafız Boy-kahverengi) (0314)</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>1900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>8698758190696</t>
+          <t>8698758190702</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0293)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0313)</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>1900</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>8698758190627</t>
+          <t>8698758190696</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Büyük Cep Boy-kahverengi) (0292)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0293)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>480</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>8698758190573</t>
+          <t>8698758190627</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Sarı Renk)(0263)</t>
+          <t>Ahşap Kutulu Kur'an (Büyük Cep Boy-kahverengi) (0292)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>1900</v>
+        <v>480</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>8698758190856</t>
+          <t>8698758190573</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı)(0244)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Sarı Renk)(0263)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>2000</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>8698758190511</t>
+          <t>8698758190856</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (B.Cep Sarı Kutulu)(0242)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı)(0244)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>1500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051933566</t>
+          <t>8698758190511</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Risaletü'l Merda</t>
+          <t>Ahşap Kutulu Kur'an (B.Cep Sarı Kutulu)(0242)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>10</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>8682279614038</t>
+          <t>9786051933566</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Risaletü'l Merda</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>270</v>
+        <v>10</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>8698758190528</t>
+          <t>8682279614038</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (cep B+tesbih+esans)(0241)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>1900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786054299645</t>
+          <t>8698758190528</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>23.Söz Risalesi (Mukayeseli)</t>
+          <t>Ahşap Kutulu Kur'an (cep B+tesbih+esans)(0241)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>24</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786054026333</t>
+          <t>9786054299645</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Haşr Risalesi</t>
+          <t>23.Söz Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>8682279619804</t>
+          <t>9786054026333</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Haşr Risalesi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>270</v>
+        <v>40</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>8682279619811</t>
+          <t>8682279619804</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051933535</t>
+          <t>8682279619811</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Risaletu's Semere</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>14</v>
+        <v>270</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>8698758190481</t>
+          <t>9786051933535</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)(0222)</t>
+          <t>Risaletu's Semere</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>480</v>
+        <v>14</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051934044</t>
+          <t>8698758190481</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Muhtasar Mealli Kuran (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)(0222)</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051933801</t>
+          <t>9786051934044</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Orta Boy Osmanlıca Muhtasar Mealli Kuran (Ciltli)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>15</v>
+        <v>480</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>8682279622378</t>
+          <t>9786051933801</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786054299263</t>
+          <t>8682279622378</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>23.Söz Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>8682279619781</t>
+          <t>9786054299263</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>23.Söz Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789759023645</t>
+          <t>8682279619781</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>1250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786051933511</t>
+          <t>9789759023645</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Risaletil Uhuvveti ve İhlas</t>
+          <t>Rahle Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>40</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>8698758190214</t>
+          <t>9786051933511</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Kahverengi) (0123)</t>
+          <t>Risaletil Uhuvveti ve İhlas</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>1900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786054299256</t>
+          <t>8698758190214</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>24.Söz Risalesi (Osmanlıca)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Kahverengi) (0123)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>22</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>8682279619798</t>
+          <t>9786054299256</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>24.Söz Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786050127508</t>
+          <t>8682279619798</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Kırmızı Renk (Cevşenü'l Kebir)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>20</v>
+        <v>270</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786055432171</t>
+          <t>9786050127508</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Boyun Cevşeni - Kırmızı Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>8682279684321</t>
+          <t>9786055432171</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786054299669</t>
+          <t>8682279684321</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Pencereler Risalesi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786050174458</t>
+          <t>9786054299669</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Kırmızı Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Pencereler Risalesi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786055432614</t>
+          <t>9786050174458</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Karşılıklı Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Kırmızı Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>530</v>
+        <v>280</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>8682279622385</t>
+          <t>9786055432614</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Karşılıklı Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>270</v>
+        <v>530</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>8698758190313</t>
+          <t>8682279622385</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>(0122) Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>1500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>8682279626499</t>
+          <t>8698758190313</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>(0122) Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>270</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9759023706116</t>
+          <t>8682279626499</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>14</v>
+        <v>270</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786051933498</t>
+          <t>9759023706116</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimetani'l-Hadiyetü Ve'l-İşrune</t>
+          <t>Cep Boy Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>8682279684208</t>
+          <t>9786051933498</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>El-Kelimetani'l-Hadiyetü Ve'l-İşrune</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>270</v>
+        <v>10</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051935034</t>
+          <t>8682279684208</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>İşaret Dili Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>37</v>
+        <v>270</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>8682279626529</t>
+          <t>9786051935034</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>İşaret Dili Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>270</v>
+        <v>37</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786055432669</t>
+          <t>8682279626529</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Murşidu'ş-Şebab Risalesi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>15</v>
+        <v>270</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789759023980</t>
+          <t>9786055432669</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Patani Dili Kur'an Elifbası</t>
+          <t>Murşidu'ş-Şebab Risalesi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786054299393</t>
+          <t>9789759023980</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>32. Söz (Osmanlıca)</t>
+          <t>Patani Dili Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786051934631</t>
+          <t>9786054299393</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Metinsiz Muhtasar Meal (Ciltli)</t>
+          <t>32. Söz (Osmanlıca)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>310</v>
+        <v>25</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>8682279626482</t>
+          <t>9786051934631</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Metinsiz Muhtasar Meal (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789759023928</t>
+          <t>8682279626482</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Malayca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>28</v>
+        <v>190</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9759023034844</t>
+          <t>9789759023928</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Malayca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>8682279626512</t>
+          <t>9759023034844</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>145</v>
+        <v>18</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789759023904</t>
+          <t>8682279626512</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>28</v>
+        <v>145</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786059106214</t>
+          <t>9789759023904</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran Meali Metinsiz Gürcüce (Ciltli)</t>
+          <t>Makedonca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>8682279619774</t>
+          <t>9786059106214</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Orta Boy Kuran Meali Metinsiz Gürcüce (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789759023874</t>
+          <t>8682279619774</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Macarca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786055432379</t>
+          <t>9789759023874</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Kur'an Elifbası</t>
+          <t>Macarca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786055432744</t>
+          <t>9786055432379</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Mucizatı Kur'aniyye Risalesi</t>
+          <t>Kürtçe Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786055432386</t>
+          <t>9786055432744</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Gürcüce Kur'an Elifbası</t>
+          <t>Mucizatı Kur'aniyye Risalesi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>8682279614007</t>
+          <t>9786055432386</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Gürcüce Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>270</v>
+        <v>28</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786059106375</t>
+          <t>8682279614007</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Mealli Kur'an (Gürcüce) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789759023966</t>
+          <t>9786059106375</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Kur'an Elifbası</t>
+          <t>Çanta Boy Mealli Kur'an (Gürcüce) (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>28</v>
+        <v>380</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786055432737</t>
+          <t>9789759023966</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Mucizatı Ahmediyye Risalesi</t>
+          <t>Fransızca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786055432089</t>
+          <t>9786055432737</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Flemenkçe Kur'an Elifbası</t>
+          <t>Mucizatı Ahmediyye Risalesi</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786051934235</t>
+          <t>9786055432089</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Mealli Cevşenü'l Kebir Duası (Ciltli)</t>
+          <t>Flemenkçe Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>270</v>
+        <v>28</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786050096026</t>
+          <t>9786051934235</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Mealli Cevşenü'l Kebir Duası (Ciltli)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789759023911</t>
+          <t>9786050096026</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Endonezyaca Kur'an Elifbası</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>28</v>
+        <v>250</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786054299768</t>
+          <t>9789759023911</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kalu Ani'n-Nursi</t>
+          <t>Endonezyaca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786055098728</t>
+          <t>9786054299768</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Kalu Ani'n-Nursi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786055432010</t>
+          <t>9786055098728</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca Kur'an Elifbası</t>
+          <t>Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>28</v>
+        <v>170</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786055098520</t>
+          <t>9786055432010</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Bulgarca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789759023881</t>
+          <t>9786055098520</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Boşnakca Kur'an Elifbası</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>28</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>8682279621845</t>
+          <t>9789759023881</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Boşnakca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789752458550</t>
+          <t>8682279621845</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789759023898</t>
+          <t>9789752458550</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Arnavutça Kur'an Elifbası</t>
+          <t>Büyük Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>28</v>
+        <v>260</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786054299447</t>
+          <t>9789759023898</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Kader Risalesi</t>
+          <t>Arnavutça Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>8682279627311</t>
+          <t>9786054299447</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Kader Risalesi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>4440000000754</t>
+          <t>8682279627311</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Almanca Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>8682279621784</t>
+          <t>4440000000754</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Almanca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>8682279627328</t>
+          <t>8682279621784</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786054299652</t>
+          <t>8682279627328</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>47</v>
+        <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786055432119</t>
+          <t>9786054299652</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Polonyaca Kur'an Elifbası</t>
+          <t>Hutbe-i Şamiye</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>8682279621838</t>
+          <t>9786055432119</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Polonyaca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786055432102</t>
+          <t>8682279621838</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789756049257</t>
+          <t>9786055432102</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kalemi + Şarj (V3-V4-V5 setler ile uyumlu)</t>
+          <t>Portekizce Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>2350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>8682279621852</t>
+          <t>9789756049257</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kuran Kalemi + Şarj (V3-V4-V5 setler ile uyumlu)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>110</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789752458857</t>
+          <t>8682279621852</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>8682279613390</t>
+          <t>9789752458857</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>8682279621807</t>
+          <t>8682279613390</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Cami Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>110</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>8682279613437</t>
+          <t>8682279621807</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>520</v>
+        <v>110</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>8682279621821</t>
+          <t>8682279613437</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>110</v>
+        <v>520</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>8682279613420</t>
+          <t>8682279621821</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>850</v>
+        <v>110</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>8682279621777</t>
+          <t>8682279613420</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>8682279621869</t>
+          <t>8682279621777</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786055432027</t>
+          <t>8682279621869</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Romence Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789759023935</t>
+          <t>9786055432027</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kur'an Elifbası</t>
+          <t>Romence Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>8682279633961</t>
+          <t>9789759023935</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Altın Renk, Mühürlü) - Gold (Ciltli)</t>
+          <t>Rusça Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786054299461</t>
+          <t>8682279633961</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Badiuzzaman Dan Dakwah Risalah An-Nur (Risale-i Nur Hizmeti)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Altın Renk, Mühürlü) - Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>24</v>
+        <v>200</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789759023942</t>
+          <t>9786054299461</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Kur'an Elifbası (Orta Boy)</t>
+          <t>Badiuzzaman Dan Dakwah Risalah An-Nur (Risale-i Nur Hizmeti)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>8682279624402</t>
+          <t>9789759023942</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an-ı Kerim (Çanta Boy - Dikey)</t>
+          <t>Uygurca Kur'an Elifbası (Orta Boy)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>680</v>
+        <v>28</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>8682279621883</t>
+          <t>8682279624402</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşili, Mühürlü) (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an-ı Kerim (Çanta Boy - Dikey)</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786055432768</t>
+          <t>8682279621883</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Huccetullah El-Baligatu</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşili, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>67</v>
+        <v>200</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>8682279621814</t>
+          <t>9786055432768</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Huccetullah El-Baligatu</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>110</v>
+        <v>67</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>8682279624419</t>
+          <t>8682279621814</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an-ı Kerim (Hafız Boy - Dikey)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>800</v>
+        <v>110</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>8682279621791</t>
+          <t>8682279624419</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an-ı Kerim (Hafız Boy - Dikey)</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>8682279620022</t>
+          <t>8682279621791</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Dikey Saatli Ahşap Muhafazalı Kur'an-ı Kerim</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051933542</t>
+          <t>8682279620022</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü'l İstiaze Risalesi</t>
+          <t>Dikey Saatli Ahşap Muhafazalı Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>8682279621876</t>
+          <t>9786051933542</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Hikmetü'l İstiaze Risalesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>8682279633954</t>
+          <t>8682279621876</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054299195</t>
+          <t>8682279633954</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Risalesi (Osmanlıca)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786055432713</t>
+          <t>9786054299195</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale</t>
+          <t>Küçük Sözler Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786059114837</t>
+          <t>9786055432713</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Güzel Yazı Defteri (Gölgeli)</t>
+          <t>Beş Risale</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789752458802</t>
+          <t>9786059114837</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Küçük Sözler Güzel Yazı Defteri (Gölgeli)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786059106313</t>
+          <t>9789752458802</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>The Short Words (Küçük Sözler)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>57</v>
+        <v>110</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789752458796</t>
+          <t>9786059106313</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>The Short Words (Küçük Sözler)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>190</v>
+        <v>57</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786059106122</t>
+          <t>9789752458796</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Çalışma Kitabı</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786051933597</t>
+          <t>9786059106122</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Et-Tevhid</t>
+          <t>Küçük Sözler Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789752458819</t>
+          <t>9786051933597</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Et-Tevhid</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>190</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789752458826</t>
+          <t>9789752458819</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1001" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054299126</t>
+          <t>9789752458826</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Es-Sünnet-i Seniyye Vel İktisad Vel Hicab</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789752458888</t>
+          <t>9786054299126</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Es-Sünnet-i Seniyye Vel İktisad Vel Hicab</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786051933603</t>
+          <t>9789752458888</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>El-Mirac-Un Nebeviyye</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054299423</t>
+          <t>9786051933603</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lemaat Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>El-Mirac-Un Nebeviyye</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789752458710</t>
+          <t>9786054299423</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Çanta Boy Lemaat Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>190</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789944201018</t>
+          <t>9789752458710</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786054026005</t>
+          <t>9789944201018</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Cami Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>8682279633794</t>
+          <t>9786054026005</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051933559</t>
+          <t>8682279633794</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>El-Ma'rifetillahi Ve'l Ubudiyyeti</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789944205016</t>
+          <t>9786051933559</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>El-Ma'rifetillahi Ve'l Ubudiyyeti</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>70</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789752458895</t>
+          <t>9789944205016</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789752458727</t>
+          <t>9789752458895</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051933610</t>
+          <t>9789752458727</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>El-Levamıu</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>8682279685120</t>
+          <t>9786051933610</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>El-Levamıu</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>8682279633800</t>
+          <t>8682279685120</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786055432676</t>
+          <t>8682279633800</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimatü's-Sağıretü</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786054026388</t>
+          <t>9786055432676</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>El-Kelimatü's-Sağıretü</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>8682279633824</t>
+          <t>9786054026388</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786054026395</t>
+          <t>8682279633824</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>8682279685106</t>
+          <t>9786054026395</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786055432683</t>
+          <t>8682279685106</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>El İctihad Ve's Sahabe Ene ve Zerre</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>28</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051934587</t>
+          <t>9786055432683</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>El İctihad Ve's Sahabe Ene ve Zerre</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>580</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>8682279633855</t>
+          <t>9786051934587</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Orta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>8682279633817</t>
+          <t>8682279633855</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786059106146</t>
+          <t>8682279633817</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>8682279633848</t>
+          <t>9786059106146</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051933504</t>
+          <t>8682279633848</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Beka-yı Ruh, Melaike ve Haşri</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>10</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789752458772</t>
+          <t>9786051933504</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Beka-yı Ruh, Melaike ve Haşri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>190</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786054026029</t>
+          <t>9789752458772</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Lem'alar Mecmuası (Mukayeseli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789752458833</t>
+          <t>9786054026029</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Lem'alar Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051933795</t>
+          <t>9789752458833</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Arapça Asayı Musa</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051933658</t>
+          <t>9786051933795</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Rehberi (Yöntem ve Ezberler) (Ciltli)</t>
+          <t>Arapça Asayı Musa</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>8682279694177</t>
+          <t>9786051933658</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Rehberi (Yöntem ve Ezberler - Pembe) (Ciltli)</t>
+          <t>Hafızlık Rehberi (Yöntem ve Ezberler) (Ciltli)</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789752458758</t>
+          <t>8682279694177</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Hafızlık Rehberi (Yöntem ve Ezberler - Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>8682279633299</t>
+          <t>9789752458758</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>8682279621128</t>
+          <t>8682279633299</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789752458642</t>
+          <t>8682279621128</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786055432263</t>
+          <t>9789752458642</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Kartları</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>8682279621043</t>
+          <t>9786055432263</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Amme Cüzü Kartları</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>8682279621067</t>
+          <t>8682279621043</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789752458734</t>
+          <t>8682279621067</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>8682279621135</t>
+          <t>9789752458734</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>8682279633305</t>
+          <t>8682279621135</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789752458703</t>
+          <t>8682279633305</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>8682279621111</t>
+          <t>9789752458703</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786050099539</t>
+          <t>8682279621111</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Resm-i Osmani (Orta Boy)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>23</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>8682279621029</t>
+          <t>9786050099539</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Amme Cüzü Resm-i Osmani (Orta Boy)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>340</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789752458659</t>
+          <t>8682279621029</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>8682279621074</t>
+          <t>9789752458659</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>8682279621050</t>
+          <t>8682279621074</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>8682279621104</t>
+          <t>8682279621050</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789752458673</t>
+          <t>8682279621104</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>8682279621081</t>
+          <t>9789752458673</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>8682279626420</t>
+          <t>8682279621081</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>355</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>8682279633879</t>
+          <t>8682279626420</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>8682279621036</t>
+          <t>8682279633879</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789752458789</t>
+          <t>8682279621036</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>8682279626413</t>
+          <t>9789752458789</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>8682279621098</t>
+          <t>8682279626413</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789752458604</t>
+          <t>8682279621098</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786051930268</t>
+          <t>9789752458604</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>8682279685168</t>
+          <t>9786051930268</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786051930275</t>
+          <t>8682279685168</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 P. Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786051930237</t>
+          <t>9786051930275</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 P. Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>8682279633886</t>
+          <t>9786051930237</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786051930190</t>
+          <t>8682279633886</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786050090338</t>
+          <t>9786051930190</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>35 Besmele (Magnet)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>15</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786051930367</t>
+          <t>9786050090338</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>35 Besmele (Magnet)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>8682279633909</t>
+          <t>9786051930367</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786051930169</t>
+          <t>8682279633909</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 F. Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>8682279633138</t>
+          <t>9786051930169</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 F. Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786050096262</t>
+          <t>8682279633138</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>8682279685144</t>
+          <t>9786050096262</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786051930299</t>
+          <t>8682279685144</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>8682279633930</t>
+          <t>9786051930299</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051930152</t>
+          <t>8682279633930</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786055098711</t>
+          <t>9786051930152</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>8682279684888</t>
+          <t>9786055098711</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1079" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>8682279633893</t>
+          <t>8682279684888</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>8682279633145</t>
+          <t>8682279633893</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>8682279633169</t>
+          <t>8682279633145</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786055098513</t>
+          <t>8682279633169</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>8682279633923</t>
+          <t>9786055098513</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>8682279684864</t>
+          <t>8682279633923</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdün Mor (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>8682279633190</t>
+          <t>8682279684864</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdün Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>8682279633152</t>
+          <t>8682279633190</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>8682279618135</t>
+          <t>8682279633152</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Gölgeli Yazı Eseri)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789752458697</t>
+          <t>8682279618135</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Lem'alar (Gölgeli Yazı Eseri)</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>8682279633183</t>
+          <t>9789752458697</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim -1002 (Krem, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789752458741</t>
+          <t>8682279633183</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim -1002 (Krem, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786051930220</t>
+          <t>9789752458741</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>8682279627755</t>
+          <t>9786051930220</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Lem'alar Mecmuası</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054026258</t>
+          <t>8682279627755</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Yazı Boy Lem'alar Mecmuası</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>8682279632353</t>
+          <t>9786054026258</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü)</t>
+          <t>Rahle Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786055432348</t>
+          <t>8682279632353</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler Harekeler(4-6 Yaş)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>55</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789759023867</t>
+          <t>9786055432348</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>The Qur'anic Alphabet For Kids</t>
+          <t>Sevimli Harfler Harekeler(4-6 Yaş)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786051930091</t>
+          <t>9789759023867</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim (Kadife, Yaldızlı, Hafız Boy) (Ciltli)</t>
+          <t>The Qur'anic Alphabet For Kids</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>340</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051931173</t>
+          <t>9786051930091</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim (Yaldızlı, Çanta Boy) (Ciltli)</t>
+          <t>Kuran-ı Kerim (Kadife, Yaldızlı, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>3990000030745</t>
+          <t>9786051931173</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Orta Boy, Lüks Ciltli)</t>
+          <t>Kuran-ı Kerim (Yaldızlı, Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>29.7</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051934242</t>
+          <t>3990000030745</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kılıflı)</t>
+          <t>Büyük Cevşen (Orta Boy, Lüks Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>60</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>3990000019043</t>
+          <t>9786051934242</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Elifba Seti</t>
+          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kılıflı)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9759023051919</t>
+          <t>3990000019043</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Rahle Boy-Fihristli Kod: 914)</t>
+          <t>Neşeli Elifba Seti</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9759023042771</t>
+          <t>9759023051919</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Orta Boy-Fihristli)</t>
+          <t>Yasin-i Şerif (Rahle Boy-Fihristli Kod: 914)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789759023430</t>
+          <t>9759023042771</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
+          <t>Yasin-i Şerif (Orta Boy-Fihristli)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789759023447</t>
+          <t>9789759023430</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Hafız Boy)</t>
+          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789759023416</t>
+          <t>9789759023447</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Çanta Boy)</t>
+          <t>Yasin-i Şerif (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9759023906004</t>
+          <t>9789759023416</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Kod: 905 )</t>
+          <t>Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9759023051438</t>
+          <t>9759023906004</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy-Fihristli)</t>
+          <t>Yasin-i Şerif (Kod: 905 )</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9759023901009</t>
+          <t>9759023051438</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy-Kod: 901)</t>
+          <t>Yasin-i Şerif (Cami Boy-Fihristli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789759023768</t>
+          <t>9759023901009</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Elifbası (Orta Boy)</t>
+          <t>Yasin-i Şerif (Cami Boy-Kod: 901)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9759023703122</t>
+          <t>9789759023768</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Elifbası</t>
+          <t>Tecvidli Kur’an Elifbası (Orta Boy)</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789759023843</t>
+          <t>9759023703122</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Tecvid (Hafız Boy)</t>
+          <t>Tecvidli Kur’an Elifbası</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789759023775</t>
+          <t>9789759023843</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası (Hafız Boy)</t>
+          <t>Tecvid (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789759023218</t>
+          <t>9789759023775</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Müfredatı</t>
+          <t>Tam Namaz Hocası (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>23</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9759023033540</t>
+          <t>9789759023218</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası Seti (2 Kitap + 1 Yapboz + 1 Sticker)</t>
+          <t>Osmanlıca İmla Müfredatı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9759023002003</t>
+          <t>9759023033540</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Rahle Boy) (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası Seti (2 Kitap + 1 Yapboz + 1 Sticker)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9759023005004</t>
+          <t>9759023002003</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
+          <t>Namaz Tesbihatı (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>9.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9759023006001</t>
+          <t>9759023005004</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Ciltli)</t>
+          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>55</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786055432133</t>
+          <t>9759023006001</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Namaz Rehberi</t>
+          <t>Namaz Tesbihatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>27.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789759023782</t>
+          <t>9786055432133</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Namaz Rehberi</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>9</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789759023454</t>
+          <t>9789759023782</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Rahle Boy)</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9759023090314</t>
+          <t>9789759023454</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
+          <t>Mealli Yasin-i Şerif (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789759023423</t>
+          <t>9759023090314</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Çanta Boy)</t>
+          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>5.45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9759023901016</t>
+          <t>9789759023423</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Cami Boy - Kod: 906)</t>
+          <t>Mealli Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>100</v>
+        <v>5.45</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789759023393</t>
+          <t>9759023901016</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hac ve Umre Duaları (Ciltli)</t>
+          <t>Mealli Yasin-i Şerif (Cami Boy - Kod: 906)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789759023744</t>
+          <t>9789759023393</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Mealli Delailü’n-Nur</t>
+          <t>Mealli Hac ve Umre Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9759023405019</t>
+          <t>9789759023744</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Çanta Boy -Yaldızlı- Kod: 405) (Ciltli)</t>
+          <t>Mealli Delailü’n-Nur</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>128.71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9759023102017</t>
+          <t>9759023405019</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Deri (Çanta Boy -Yaldızlı- Kod: 405) (Ciltli)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>1000</v>
+        <v>128.71</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9759023102024</t>
+          <t>9759023102017</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786055432041</t>
+          <t>9759023102024</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Özel Rahle Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>78</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786055432034</t>
+          <t>9786055432041</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Özel Orta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Özel Rahle Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>55</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9759023203028</t>
+          <t>9786055432034</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Özel Orta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>24.75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9759023103014</t>
+          <t>9759023203028</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>650</v>
+        <v>24.75</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9759023042825</t>
+          <t>9759023103014</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9759023104028</t>
+          <t>9759023042825</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Hafız Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786059106450</t>
+          <t>9759023104028</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Yaldızlı-Tapa Kapak)</t>
+          <t>Kur’an-ı Kerim (Hafız Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9759023105025</t>
+          <t>9786059106450</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Yaldızlı-Tapa Kapak)</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9759023407013</t>
+          <t>9759023105025</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>208</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9759023107012</t>
+          <t>9759023407013</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Bordo Küçük) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>170</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9759023101010</t>
+          <t>9759023107012</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Kutulu ( Cami Boy-Renkli-Yaldızlı-Mahfazalı Kod: 101) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Bordo Küçük) (Ciltli)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>1250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9759023401011</t>
+          <t>9759023101010</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Cami Boy - Renkli - Yaldızlı - Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Kutulu ( Cami Boy-Renkli-Yaldızlı-Mahfazalı Kod: 101) (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>495.05</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9759023106015</t>
+          <t>9759023401011</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Bordo Büyük) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Deri (Cami Boy - Renkli - Yaldızlı - Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>300</v>
+        <v>495.05</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789759023669</t>
+          <t>9759023106015</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kelime Mealli Yasin-i Şerif (Rahle Boy)</t>
+          <t>Kur’an-ı Kerim (Bordo Büyük) (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789759023812</t>
+          <t>9789759023669</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Katlanabilir Tesbihat</t>
+          <t>Kelime Mealli Yasin-i Şerif (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9759023051308</t>
+          <t>9789759023812</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Katlanabilir Dualar</t>
+          <t>Katlanabilir Tesbihat</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9759023102055</t>
+          <t>9759023051308</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
+          <t>Katlanabilir Dualar</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>188.12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9759023103052</t>
+          <t>9759023102055</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
+          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>148.51</v>
+        <v>188.12</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9759023103045</t>
+          <t>9759023103052</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
           <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>1500</v>
+        <v>148.51</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789759023485</t>
+          <t>9759023103045</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Hafız Boy-Özel Kutulu-Karton Cilt)</t>
+          <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789759023478</t>
+          <t>9789759023485</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Ciltli)</t>
+          <t>Hatmi Şerif (Hafız Boy-Özel Kutulu-Karton Cilt)</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9759023035087</t>
+          <t>9789759023478</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Cami Boy-Çantalı ) (Ciltli)</t>
+          <t>Hatmi Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9759023037852</t>
+          <t>9759023035087</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Cami Boy-Çantalı) (Ciltli)</t>
+          <t>Hatmi Şerif (Cami Boy-Çantalı ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>3000</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9759023120400</t>
+          <t>9759023037852</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Hafız Boy Arapça) (Ciltli)</t>
+          <t>Hatmi Şerif (Cami Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786055024079</t>
+          <t>9759023120400</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Çanta Boy Arapça) (Ciltli)</t>
+          <t>Hac ve Umre Duaları (Hafız Boy Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>11.88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9759023120608</t>
+          <t>9786055024079</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Arapça) (Ciltli)</t>
+          <t>Hac ve Umre Duaları (Çanta Boy Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>60</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786055432430</t>
+          <t>9759023120608</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Elifbası Alıştırma Kitabı</t>
+          <t>Hac ve Umre Duaları (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>68</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9759023102048</t>
+          <t>9786055432430</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
+          <t>Çocuk Elifbası Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>2000</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9759023502091</t>
+          <t>9759023102048</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l- Kebir (Rahle Boy) (Ciltli)</t>
+          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9759023506099</t>
+          <t>9759023502091</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l- Kebir (Ciltli)</t>
+          <t>Cevşenü’l- Kebir (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786055432423</t>
+          <t>9759023506099</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası</t>
+          <t>Cevşenü’l- Kebir (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>55</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789759023614</t>
+          <t>9786055432423</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Mealli Büyük Cevşen (Orta Boy) (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>390</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789759023652</t>
+          <t>9789759023614</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Mealli Büyük Cevşen (Çanta Boy) (Ciltli)</t>
+          <t>Mealli Büyük Cevşen (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789759023973</t>
+          <t>9789759023652</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Mealli Cevşen (Kod: 511) (Ciltli)</t>
+          <t>Mealli Büyük Cevşen (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786055432140</t>
+          <t>9789759023973</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Osmanlıca Meali</t>
+          <t>Mealli Cevşen (Kod: 511) (Ciltli)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789759023560</t>
+          <t>9786055432140</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali (Çanta Boy)</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Osmanlıca Meali</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789759023720</t>
+          <t>9789759023560</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786055432539</t>
+          <t>9789759023720</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Orta Boy - Renkli - Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9759023306019</t>
+          <t>9786055432539</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Yaldızlı - Kılıflı)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Orta Boy - Renkli - Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>19.8</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9759023306026</t>
+          <t>9759023306019</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Meali (Renkli - Sade)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Yaldızlı - Kılıflı)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>15.84</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9759023301021</t>
+          <t>9759023306026</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Cami Boy - Renkli - Sade - Kod: 302) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Meali (Renkli - Sade)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>77.23</v>
+        <v>15.84</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789759023836</t>
+          <t>9759023301021</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Kelime Meali ( Rahle Boy - Kod: 311 )</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Cami Boy - Renkli - Sade - Kod: 302) (Ciltli)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>770</v>
+        <v>77.23</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789759023577</t>
+          <t>9789759023836</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Karşılıklı Muhtasar Meali (Orta Boy - Renkli) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Kelime Meali ( Rahle Boy - Kod: 311 )</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>650</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9759023104011</t>
+          <t>9789759023577</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kutulu ) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Karşılıklı Muhtasar Meali (Orta Boy - Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786055432515</t>
+          <t>9759023104011</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 2</t>
+          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kutulu ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>160</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786055432997</t>
+          <t>9786055432515</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 3</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 2</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786055432300</t>
+          <t>9786055432997</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Elifba Seti</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 3</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786055432218</t>
+          <t>9786055432300</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Mealli Hafız Boy) (Ciltli)</t>
+          <t>Okul Öncesi Elifba Seti</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786055432201</t>
+          <t>9786055432218</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Hafız Boy,Kod: 513) (Ciltli)</t>
+          <t>Büyük Cevşen (Mealli Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789759023386</t>
+          <t>9786055432201</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Hafız Boy,Kod: 513) (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789759023737</t>
+          <t>9789759023386</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı</t>
+          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786055432393</t>
+          <t>9789759023737</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım ( Hafız Boy, Mavi Kapak, Kod:149) (Ciltli)</t>
+          <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>34</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786055432447</t>
+          <t>9786055432393</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım (Hafız Boy, Lila Kapak, Kod:151) (Ciltli)</t>
+          <t>Benim Kur'anım ( Hafız Boy, Mavi Kapak, Kod:149) (Ciltli)</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>33.66</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9759023125023</t>
+          <t>9786055432447</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hac ve Umre Duaları (Çanta Boy) (Ciltli)</t>
+          <t>Benim Kur'anım (Hafız Boy, Lila Kapak, Kod:151) (Ciltli)</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>125</v>
+        <v>33.66</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789759023751</t>
+          <t>9759023125023</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Kebir Boy Mühürlü (Renkli - Sade - Kod: 100)</t>
+          <t>Mealli Hac ve Umre Duaları (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>2500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9759023903003</t>
+          <t>9789759023751</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Cüzü</t>
+          <t>Kur'an-ı Kerim Kebir Boy Mühürlü (Renkli - Sade - Kod: 100)</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>16</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786059106054</t>
+          <t>9759023903003</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Belge Okuma Rehberi</t>
+          <t>Orta Boy Yasin-i Şerif Cüzü</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>90</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>3990000030803</t>
+          <t>9786059106054</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam - Küçük Hanımlar</t>
+          <t>Osmanlıca Belge Okuma Rehberi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>1.98</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786055432331</t>
+          <t>3990000030803</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler</t>
+          <t>Benim Namaz Hocam - Küçük Hanımlar</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>55</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786051932743</t>
+          <t>9786055432331</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Çanta Boy, Yeşil) (Ciltli)</t>
+          <t>Sevimli Harfler</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9783000002070</t>
+          <t>9786051932743</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Çanta Boy, Mavi) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Çanta Boy, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789756594123</t>
+          <t>9783000002070</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Allah Velilerinden (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Çanta Boy, Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C1192" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9783000002000</t>
+          <t>9789756594123</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Pembe) (Ciltli)</t>
+          <t>Allah Velilerinden (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9783000002020</t>
+          <t>9783000002000</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Siyah) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1194" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9783000002030</t>
+          <t>9783000002020</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Mavi) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C1195" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9783000002040</t>
+          <t>9783000002030</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Lacivert) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9783000002060</t>
+          <t>9783000002040</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Kırmızı) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9783000002050</t>
+          <t>9783000002060</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Bordo) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9783000002010</t>
+          <t>9783000002050</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Yeşil) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C1199" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786051933245</t>
+          <t>9783000002010</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazılı Yasin-i Şerif</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786059106016</t>
+          <t>9786051933245</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Güzel Yazı Defteri</t>
+          <t>Büyük Yazılı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786055432782</t>
+          <t>9786059106016</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Usul</t>
+          <t>Osmanlıca Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786059106023</t>
+          <t>9786055432782</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Yeni Usul (Güzel Yazı Defteri)</t>
+          <t>Osmanlıca Usul</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>72</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786055098933</t>
+          <t>9786059106023</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Elifbası (Rika Hattı)</t>
+          <t>Yeni Usul (Güzel Yazı Defteri)</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>8682279630434</t>
+          <t>9786055098933</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Elifbası (Matbu Hattı)</t>
+          <t>Osmanlı Türkçesi Elifbası (Rika Hattı)</t>
         </is>
       </c>
       <c r="C1205" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786055432478</t>
+          <t>8682279630434</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Edebi Metinler ve Arşiv Belgeleri</t>
+          <t>Osmanlı Türkçesi Elifbası (Matbu Hattı)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786054299539</t>
+          <t>9786055432478</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Güzel Yazı Alıştırmaları</t>
+          <t>Osmanlıca Edebi Metinler ve Arşiv Belgeleri</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059106092</t>
+          <t>9786054299539</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Büyük Dua Mecmuası (Ciltli)</t>
+          <t>Osmanlıca Güzel Yazı Alıştırmaları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789759023010</t>
+          <t>9786059106092</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy - 2 Farklı Renk)</t>
+          <t>Kaynaklarıyla Büyük Dua Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786059106344</t>
+          <t>9789759023010</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Kılavuzu (2 Cilt Takım) (Ciltli)</t>
+          <t>Namaz Tesbihatı (Çanta Boy - 2 Farklı Renk)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786055432973</t>
+          <t>9786059106344</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Kitabı Arapça ve Farsça Unsurlar (Ciltli)</t>
+          <t>Osmanlıca İmla Kılavuzu (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786055432799</t>
+          <t>9786055432973</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi İmla Kitabı Türkçe Unsurlar</t>
+          <t>Osmanlıca İmla Kitabı Arapça ve Farsça Unsurlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786059106740</t>
+          <t>9786055432799</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Rahle Boy Fihristli</t>
+          <t>Osmanlı Türkçesi İmla Kitabı Türkçe Unsurlar</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786055432416</t>
+          <t>9786059106740</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Rahle Boy)</t>
+          <t>Yasin-i Şerif Rahle Boy Fihristli</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786055432164</t>
+          <t>9786055432416</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Kelime Meali (Orta Boy - Kod: 312) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786055432621</t>
+          <t>9786055432164</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Hafız Boy, Kod : 158) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Kelime Meali (Orta Boy - Kod: 312) (Ciltli)</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059106030</t>
+          <t>9786055432621</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Hafız Boy, Kod : 158) (Ciltli)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>15</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059106047</t>
+          <t>9786059106030</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Kitabe Okuma Rehberi (Örnek Çözümlü)</t>
+          <t>Benim Namaz Hocam</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>42</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9759023406016</t>
+          <t>9786059106047</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kur'an-ı Kerim (Ciltli)</t>
+          <t>Osmanlıca Kitabe Okuma Rehberi (Örnek Çözümlü)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>247.52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786059106467</t>
+          <t>9759023406016</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Meali (Çanta Boy, Kılıflı) (Ciltli)</t>
+          <t>Büyük Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>340</v>
+        <v>247.52</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786055432553</t>
+          <t>9786059106467</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Orta Boy, Kod:156) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Meali (Çanta Boy, Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>44</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786055432270</t>
+          <t>9786055432553</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım (Orta Boy, Lila Kapak, Kod: 132) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Orta Boy, Kod:156) (Ciltli)</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786051934099</t>
+          <t>9786055432270</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü (Orta Boy - Kod: MH0066)</t>
+          <t>Benim Kur'anım (Orta Boy, Lila Kapak, Kod: 132) (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786055432294</t>
+          <t>9786051934099</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Lila Kapak Kod: 146) (Ciltli)</t>
+          <t>Amme Cüzü (Orta Boy - Kod: MH0066)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786055432607</t>
+          <t>9786055432294</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Rahle Boy - Kod:157) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Lila Kapak Kod: 146) (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>63</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789759023508</t>
+          <t>9786055432607</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Rahle Boy - Kod:157) (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>30</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>4440000003009</t>
+          <t>9789759023508</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Hayrat Kur'an Kalemi, Kur'an Okuyan Kalem Kur'an (Lila-Orta Boy) (Ciltli)</t>
+          <t>Mealli Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>1200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786051934921</t>
+          <t>4440000003009</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 1</t>
+          <t>Hayrat Kur'an Kalemi, Kur'an Okuyan Kalem Kur'an (Lila-Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9759023301014</t>
+          <t>9786051934921</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali Kutulu (Cami Boy- Yaldızlı- Mahfazalı Kod: 301) (Ciltli)</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 1</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>89.11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9759023101027</t>
+          <t>9759023301014</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cami Boy-Renkli-Sade-Kod:102) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali Kutulu (Cami Boy- Yaldızlı- Mahfazalı Kod: 301) (Ciltli)</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>920</v>
+        <v>89.11</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786055432454</t>
+          <t>9759023101027</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Özel Benim Kur’anım ( Cami Boy -Pembe Kapak - Kod: 153 ) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Cami Boy-Renkli-Sade-Kod:102) (Ciltli)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>500</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786055432461</t>
+          <t>9786055432454</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Özel Benim Kur’anım ( Cami Boy - Mavi Kapak- Kod: 152 )</t>
+          <t>Özel Benim Kur’anım ( Cami Boy -Pembe Kapak - Kod: 153 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9759023403015</t>
+          <t>9786055432461</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Deri Hafız Boy - Yaldızlı Muhafazalı- Kod: 404) (Ciltli)</t>
+          <t>Özel Benim Kur’anım ( Cami Boy - Mavi Kapak- Kod: 152 )</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>277.78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9759023902006</t>
+          <t>9759023403015</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Rahle Boy-Kod: 902)</t>
+          <t>Kur'an-ı Kerim (Deri Hafız Boy - Yaldızlı Muhafazalı- Kod: 404) (Ciltli)</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>37</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786051933344</t>
+          <t>9759023902006</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy)</t>
+          <t>Yasin-i Şerif (Rahle Boy-Kod: 902)</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9759023103021</t>
+          <t>9786051933344</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
+          <t>Yasin-i Şerif (Cami Boy)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>36.63</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9759023303018</t>
+          <t>9759023103021</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Muhtasar Meali Orta Boy Yaldızlı Mahfazalı (Ciltli)</t>
+          <t>Orta Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>41.58</v>
+        <v>36.63</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786055432409</t>
+          <t>9759023303018</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anın ( Hafız Boy - Pembe Kapak - Kod: 150 ) (Ciltli)</t>
+          <t>Kuran-ı Kerim ve Muhtasar Meali Orta Boy Yaldızlı Mahfazalı (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>325</v>
+        <v>41.58</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9759023402018</t>
+          <t>9786055432409</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Rahle Boy - Yaldızlı- Mahfazalı- Kod: 402 ) (Ciltli)</t>
+          <t>Benim Kur'anın ( Hafız Boy - Pembe Kapak - Kod: 150 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>346.53</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9759023507102</t>
+          <t>9759023402018</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Siyah Renk (Cevşenü'l Kebir)</t>
+          <t>Kur’an-ı Kerim Deri (Rahle Boy - Yaldızlı- Mahfazalı- Kod: 402 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>20</v>
+        <v>346.53</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786055432287</t>
+          <t>9759023507102</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen Kelime Meali (Orta Boy - Suni Deri Kapak) (Ciltli)</t>
+          <t>Boyun Cevşeni - Siyah Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789759023706</t>
+          <t>9786055432287</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Rahle Boy-Osmanlıca Mealli) (Ciltli)</t>
+          <t>Büyük Cevşen Kelime Meali (Orta Boy - Suni Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9759023502060</t>
+          <t>9789759023706</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Rahle Boy - Kod: 501 ) (Ciltli)</t>
+          <t>Büyük Cevşen (Rahle Boy-Osmanlıca Mealli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789759023379</t>
+          <t>9759023502060</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Rahle Boy - Kod: 501 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9759023605075</t>
+          <t>9789759023379</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Çanta Boy-Deri Kılıflı) (Ciltli)</t>
+          <t>Büyük Cevşen (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>60.19</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9759023505061</t>
+          <t>9759023605075</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Çanta Boy-Deri Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>150</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9759023605082</t>
+          <t>9759023505061</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Ciltli)</t>
+          <t>Büyük Cevşen (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>44.55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9759023506068</t>
+          <t>9759023605082</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
           <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>120</v>
+        <v>44.55</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9759023102161</t>
+          <t>9759023506068</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Beşli Cüz (Rahle Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789759023539</t>
+          <t>9759023102161</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Altılı Cüz (Orta Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Beşli Cüz (Rahle Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>79.21</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9759023104165</t>
+          <t>9789759023539</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Beşli Cüz (Hafız Boy, Yaldızlı, Kutlu) (Ciltli)</t>
+          <t>Altılı Cüz (Orta Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>180</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9759023053234</t>
+          <t>9759023104165</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Pembe Kapak) (Ciltli)</t>
+          <t>Beşli Cüz (Hafız Boy, Yaldızlı, Kutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>63</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9759023053227</t>
+          <t>9759023053234</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Mavi Kapak) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Pembe Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>80</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9759023051285</t>
+          <t>9759023053227</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Orta Boy-Pembe Kapak - Kod: 132) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789759023805</t>
+          <t>9759023051285</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Orta Boy-Mavi Kapak) (Ciltli)</t>
+          <t>Benim Kur’anım (Orta Boy-Pembe Kapak - Kod: 132) (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>43.56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786055432065</t>
+          <t>9789759023805</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Benim Elifbam (Tecvidli-Pembe Kapak)</t>
+          <t>Benim Kur’anım (Orta Boy-Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>28</v>
+        <v>43.56</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786055432072</t>
+          <t>9786055432065</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Benim Elifbam (Tecvidli-Mavi Kapak)</t>
+          <t>Benim Elifbam (Tecvidli-Pembe Kapak)</t>
         </is>
       </c>
       <c r="C1257" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9759023106220</t>
+          <t>9786055432072</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü</t>
+          <t>Benim Elifbam (Tecvidli-Mavi Kapak)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>4440000000156</t>
+          <t>9759023106220</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
+          <t>Amme Cüzü</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786055432959</t>
+          <t>4440000000156</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Hizbul Kur'ani Ekber ve Virdül Kur'ani El A'zam - Kırmızı Renk (Orta Boy) (Ciltli)</t>
+          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
+          <t>9786055432959</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Hizbul Kur'ani Ekber ve Virdül Kur'ani El A'zam - Kırmızı Renk (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
           <t>9786055125677</t>
         </is>
       </c>
-      <c r="B1261" s="1" t="inlineStr">
+      <c r="B1262" s="1" t="inlineStr">
         <is>
           <t>Benim Namaz Hocam (Kızlar ve Şafiiler İçin)</t>
         </is>
       </c>
-      <c r="C1261" s="1">
+      <c r="C1262" s="1">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>