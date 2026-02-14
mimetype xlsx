--- v1 (2025-12-29)
+++ v2 (2026-02-14)
@@ -85,18955 +85,18970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051935096</t>
+          <t>8698758190832</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Metinsiz Muhtasar Meali Orta Boy (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an-ı Kerim (0364 - Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>370</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8682279681917</t>
+          <t>9786051935096</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Kur'an-ı Kerim'in Metinsiz Muhtasar Meali Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8682279630441</t>
+          <t>8682279681917</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Türkçesi Elifbası (Rika Hat)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8682279636092</t>
+          <t>8682279630441</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
+          <t>Osmanlıca Türkçesi Elifbası (Rika Hat)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051936192</t>
+          <t>8682279636092</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kolay ve Uygulamalı Tecvid</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>8683688061376</t>
+          <t>9786051936192</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Miklepsiz, Orta Boy, Mühürlü) (Ciltli)</t>
+          <t>Kolay ve Uygulamalı Tecvid</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759023355</t>
+          <t>8683688061376</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları Mealli Çanta Boy (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Miklepsiz, Orta Boy, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8682279614175</t>
+          <t>9789759023355</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okuyan Kalem Seti (Lila, Cami Boy, Karton Kutulu)</t>
+          <t>Hac ve Umre Duaları Mealli Çanta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>3600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8682279613406</t>
+          <t>8682279614175</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kur'an Okuyan Kalem Seti (Kabe Desen, Cami Boy, Karton Kutulu)</t>
+          <t>Kur'an Okuyan Kalem Seti (Lila, Cami Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8682279694283</t>
+          <t>8682279613406</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim Yeni Cilt (Gümüş, Mühürlü) (Ciltli)</t>
+          <t>Kabe Desenli Kur'an Okuyan Kalem Seti (Kabe Desen, Cami Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8682279625348</t>
+          <t>8682279694283</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim Yeni Cilt (Gümüş, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8682279698953</t>
+          <t>8682279625348</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>4440000000767</t>
+          <t>8682279698953</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Bordo Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>97</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050100334</t>
+          <t>4440000000767</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Pembe Kapak, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Bordo Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>97</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050100327</t>
+          <t>9786050100334</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Mavi ve Bordo Kapak, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Pembe Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055125691</t>
+          <t>9786050100327</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Yeşil Renk (Cevşenü'l Kebir)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Mavi ve Bordo Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055700012</t>
+          <t>9786055125691</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Beş Risale Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Boyun Cevşeni - Yeşil Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054299416</t>
+          <t>9786055700012</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Beş Risale Mecmuası (Mukayeseli)</t>
+          <t>Büyük Cep Boy Beş Risale Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054299294</t>
+          <t>9786054299416</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Beş Risale Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Çanta Boy Beş Risale Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>30</v>
+        <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054299300</t>
+          <t>9786054299294</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Beş Risale Mecmuası (Osmanlıca)</t>
+          <t>Büyük Cep Boy Beş Risale Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>8682279627724</t>
+          <t>9786054299300</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale Güzel Yazı Defteri</t>
+          <t>Çanta Boy Beş Risale Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055432850</t>
+          <t>8682279627724</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Beş Risale Mecmuası (Mukayeseli)</t>
+          <t>Beş Risale Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059106177</t>
+          <t>9786055432850</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>The Five Epistles (Beş Risale)</t>
+          <t>Hafız Boy Beş Risale Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055432256</t>
+          <t>9786059106177</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cevşenül Kebir Kartları (Mealli)</t>
+          <t>The Five Epistles (Beş Risale)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051933306</t>
+          <t>9786055432256</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Lügat Kartları (1001 Lügat)</t>
+          <t>Cevşenül Kebir Kartları (Mealli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054299201</t>
+          <t>9786051933306</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beş Risale Mecmuası (Mukayeseli - Yatay)</t>
+          <t>Osmanlıca Lügat Kartları (1001 Lügat)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055432935</t>
+          <t>9786054299201</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam (Kızlar ve Hanefiler İçin)</t>
+          <t>Orta Boy Beş Risale Mecmuası (Mukayeseli - Yatay)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055432881</t>
+          <t>9786055432935</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beş Risale Mecmuası (Osmanlıca)</t>
+          <t>Benim Namaz Hocam (Kızlar ve Hanefiler İçin)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786050125337</t>
+          <t>9786055432881</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam 100'lü Set (50 Kız - 50 Erkek - Hanefiler İçin)</t>
+          <t>Orta Boy Beş Risale Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051933894</t>
+          <t>9786050125337</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>The Lofty Sunnah of The Prophet Muhammad (Sünneti Seniye)</t>
+          <t>Benim Namaz Hocam 100'lü Set (50 Kız - 50 Erkek - Hanefiler İçin)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>55</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054299225</t>
+          <t>9786051933894</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beka-yı Ruh Melaike ve Haşr Risalesi (Osmanlıca)</t>
+          <t>The Lofty Sunnah of The Prophet Muhammad (Sünneti Seniye)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>8682279633213</t>
+          <t>9786054299225</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Beka-yı Ruh Melaike ve Haşr Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752458956</t>
+          <t>8682279633213</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051930015</t>
+          <t>9789752458956</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8682279684925</t>
+          <t>9786051930015</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752458987</t>
+          <t>8682279684925</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>8682279633220</t>
+          <t>9789752458987</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054299492</t>
+          <t>8682279633220</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Tarihçe-i Hayatından Harikalar (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8682279633244</t>
+          <t>9786054299492</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Bediüzzaman'ın Tarihçe-i Hayatından Harikalar (Osmanlıca)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8682279684901</t>
+          <t>8682279633244</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051930077</t>
+          <t>8682279684901</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8682279627694</t>
+          <t>9786051930077</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Pembe Renk (Cevşenü'l Kebir)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>40</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>8682279633275</t>
+          <t>8682279627694</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Boyun Cevşeni - Pembe Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051930060</t>
+          <t>8682279633275</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>8682279633237</t>
+          <t>9786051930060</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055432058</t>
+          <t>8682279633237</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Lüks Kutulu) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>2950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944214025</t>
+          <t>9786055432058</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Beş Risale Mecmuası</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Lüks Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>8682279633268</t>
+          <t>9789944214025</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Yazı Boy Beş Risale Mecmuası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752458932</t>
+          <t>8682279633268</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759023409</t>
+          <t>9789752458932</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası Seti</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752458970</t>
+          <t>9789759023409</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası Seti</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055098841</t>
+          <t>9789752458970</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Bordo Renk (Cevşenü'l Kebir)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>40</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051930084</t>
+          <t>9786055098841</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Boyun Cevşeni - Bordo Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>340</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059505017</t>
+          <t>9786051930084</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hocamız'dan Fıkralar (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051934167</t>
+          <t>9786059505017</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Nasreddin Hocamız'dan Fıkralar (Osmanlıca)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>8682279616551</t>
+          <t>9786051934167</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054026500</t>
+          <t>8682279616551</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Hz. ve Risale-i Nur Hizmeti (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>22</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051930107</t>
+          <t>9786054026500</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Bediüzzaman Hz. ve Risale-i Nur Hizmeti (Osmanlıca)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>8682279616537</t>
+          <t>9786051930107</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051934709</t>
+          <t>8682279616537</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sünnet-i Seniyye - Tesettür Risaleleri (Gölgeli - Yazı Eseri)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>29</v>
+        <v>340</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>8682279614656</t>
+          <t>9786051934709</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Cevşen Kolye (Kristal, Damla)</t>
+          <t>Sünnet-i Seniyye - Tesettür Risaleleri (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>8682279616520</t>
+          <t>8682279614656</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Beyaz Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>8682279616568</t>
+          <t>8682279616520</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>8682279614649</t>
+          <t>8682279616568</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051930305</t>
+          <t>8682279614649</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kırmızı Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>8682279616506</t>
+          <t>9786051930305</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>8682279614663</t>
+          <t>8682279616506</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>8682279616513</t>
+          <t>8682279614663</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Mavi Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8682279622354</t>
+          <t>8682279616513</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055432638</t>
+          <t>8682279622354</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Muhtasar Mealli, Karton Kapak, Çantalı) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>2300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>8682279614625</t>
+          <t>9786055432638</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Siyah Cevşen Kolye (Kristal, Damla)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Muhtasar Mealli, Karton Kapak, Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8682279616483</t>
+          <t>8682279614625</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Siyah Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8682279615912</t>
+          <t>8682279616483</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>8682279616490</t>
+          <t>8682279615912</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8682279627717</t>
+          <t>8682279616490</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Barla Lahikası Mecmuası</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>8682279622279</t>
+          <t>8682279627717</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Yazı Boy Barla Lahikası Mecmuası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>580</v>
+        <v>490</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>8682279681696</t>
+          <t>8682279622279</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>8682279615882</t>
+          <t>8682279681696</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>8682279618531</t>
+          <t>8682279615882</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>430</v>
+        <v>580</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8682279622361</t>
+          <t>8682279618531</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Orta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>8682279615899</t>
+          <t>8682279622361</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>8682279626291</t>
+          <t>8682279615899</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>8682279684420</t>
+          <t>8682279626291</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055432706</t>
+          <t>8682279684420</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>410</v>
+        <v>580</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>8682279684468</t>
+          <t>9786055432706</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>8682279622286</t>
+          <t>8682279684468</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>8682279626321</t>
+          <t>8682279622286</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>8682279625614</t>
+          <t>8682279626321</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>8682279626284</t>
+          <t>8682279625614</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>8682279684406</t>
+          <t>8682279626284</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>8682279694214</t>
+          <t>8682279684406</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Barla Lahikası (Osmanlıca - Genişletilmiş)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>510</v>
+        <v>580</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8682279626314</t>
+          <t>8682279694214</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Barla Lahikası (Osmanlıca - Genişletilmiş)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>510</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>8682279625645</t>
+          <t>8682279626314</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>8682279616476</t>
+          <t>8682279625645</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>8682279625607</t>
+          <t>8682279616476</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>8682279636078</t>
+          <t>8682279625607</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>8682279616544</t>
+          <t>8682279636078</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055432645</t>
+          <t>8682279616544</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>590</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>8682279625638</t>
+          <t>9786055432645</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cami Boy Barla Lahikası Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>330</v>
+        <v>590</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>8682279636177</t>
+          <t>8682279625638</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>230</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>8682279615875</t>
+          <t>8682279636177</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059106634</t>
+          <t>8682279615875</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8682279615943</t>
+          <t>9786059106634</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>8682279636153</t>
+          <t>8682279615943</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>8682279619583</t>
+          <t>8682279636153</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059106641</t>
+          <t>8682279619583</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>8682279621432</t>
+          <t>9786059106641</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>8682279614045</t>
+          <t>8682279621432</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) Y8 Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>8682279619569</t>
+          <t>8682279614045</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8682279614632</t>
+          <t>8682279619569</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Damla)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8682279619040</t>
+          <t>8682279614632</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Damla)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>8682279619552</t>
+          <t>8682279619040</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>8682279614106</t>
+          <t>8682279619552</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>950</v>
+        <v>340</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>8682279626970</t>
+          <t>8682279614106</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>950</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>8682279619590</t>
+          <t>8682279626970</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>8682279619033</t>
+          <t>8682279619590</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Elif - Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>8682279614786</t>
+          <t>8682279619033</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Mavi</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Elif - Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>90</v>
+        <v>580</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059106610</t>
+          <t>8682279614786</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Kristal Cevşen Küçük Mavi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>620</v>
+        <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8682279619538</t>
+          <t>9786059106610</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>620</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>8682279621371</t>
+          <t>8682279619538</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>8682279613994</t>
+          <t>8682279621371</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif - Vavlı, Mühürlü) - E5 Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>8682279619545</t>
+          <t>8682279613994</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif - Vavlı, Mühürlü) - E5 Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>8682279619019</t>
+          <t>8682279619545</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Elif - Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>8682279626987</t>
+          <t>8682279619019</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Elif - Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>8682279614793</t>
+          <t>8682279626987</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Pembe</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8682279622330</t>
+          <t>8682279614793</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kristal Cevşen Küçük Pembe</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>8682279619026</t>
+          <t>8682279622330</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif - Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8682279619514</t>
+          <t>8682279619026</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif - Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050061642</t>
+          <t>8682279619514</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>8700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>8682279622255</t>
+          <t>9786050061642</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Elif - Vavlı, Yaldızlı, Mühürlü) A3 Beyaz (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>580</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>8682279621425</t>
+          <t>8682279622255</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Beyaz, Elif - Vavlı, Yaldızlı, Mühürlü) A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>8682279619521</t>
+          <t>8682279621425</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8682279636252</t>
+          <t>8682279619521</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>8682279614809</t>
+          <t>8682279636252</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kristal Cevşen Küçük Şeffaf</t>
+          <t>Cep Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>8682279618999</t>
+          <t>8682279614809</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kristal Cevşen Küçük Şeffaf</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>8682279684307</t>
+          <t>8682279618999</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>8682279621449</t>
+          <t>8682279684307</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>8682279619002</t>
+          <t>8682279621449</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>8682279622347</t>
+          <t>8682279619002</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>8682279684260</t>
+          <t>8682279622347</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>8682279621395</t>
+          <t>8682279684260</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>8682279626178</t>
+          <t>8682279621395</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>8682279615318</t>
+          <t>8682279626178</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Renkli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>8682279614700</t>
+          <t>8682279615318</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Çanta Boy Renkli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8682279622262</t>
+          <t>8682279614700</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif - Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Beyaz Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>8682279684185</t>
+          <t>8682279622262</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif - Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>8682279621418</t>
+          <t>8682279684185</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786051933351</t>
+          <t>8682279621418</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>8682279625492</t>
+          <t>9786051933351</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>8682279626208</t>
+          <t>8682279625492</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>8682279614694</t>
+          <t>8682279626208</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bordo Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>8682279684147</t>
+          <t>8682279614694</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif - Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Bordo Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>8682279636054</t>
+          <t>8682279684147</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif - Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>8682279621364</t>
+          <t>8682279636054</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>8682279626161</t>
+          <t>8682279621364</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>8682279615479</t>
+          <t>8682279626161</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>8682279614717</t>
+          <t>8682279615479</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>8682279626192</t>
+          <t>8682279614717</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Mavi Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059106627</t>
+          <t>8682279626192</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>8682279621456</t>
+          <t>9786059106627</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>8682279625522</t>
+          <t>8682279621456</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Elif - Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059106603</t>
+          <t>8682279625522</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Vizon, Elif - Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>8682279625485</t>
+          <t>9786059106603</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Elif - Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>8682279619507</t>
+          <t>8682279625485</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Açık Gri, Elif - Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>8682279614670</t>
+          <t>8682279619507</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siyah Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8682279633749</t>
+          <t>8682279614670</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Siyah Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8682279615455</t>
+          <t>8682279633749</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü, 2 Renk)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8682279615332</t>
+          <t>8682279615455</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Renkli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Pembe, Kılıflı, Mühürlü, 2 Renk)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8682279619576</t>
+          <t>8682279615332</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Renkli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>8682279625515</t>
+          <t>8682279619576</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Elif - Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Hafız Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8682279621470</t>
+          <t>8682279625515</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Krem, Elif - Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>8682279636276</t>
+          <t>8682279621470</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8682279614687</t>
+          <t>8682279636276</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Yuvarlak)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Mavi, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>8682279618982</t>
+          <t>8682279614687</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Zümrüt Yeşili Cevşen Kolye (Kristal, Yuvarlak)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>580</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>8682279621401</t>
+          <t>8682279618982</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059106573</t>
+          <t>8682279621401</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>8682279613987</t>
+          <t>9786059106573</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>580</v>
+        <v>620</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8682279621388</t>
+          <t>8682279613987</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8682279681474</t>
+          <t>8682279621388</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8682279613666</t>
+          <t>8682279681474</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Hac ve Umre Duaları (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>8682279621463</t>
+          <t>8682279613666</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Hac ve Umre Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>8682279637174</t>
+          <t>8682279621463</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786238933316</t>
+          <t>8682279637174</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni İçi</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>15</v>
+        <v>290</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051933368</t>
+          <t>9786238933316</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
+          <t>Boyun Cevşeni İçi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>750</v>
+        <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786050096033</t>
+          <t>9786051933368</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>8682279681412</t>
+          <t>9786050096033</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8682279681351</t>
+          <t>8682279681412</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>8682279633732</t>
+          <t>8682279681351</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>95</v>
+        <v>230</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055098735</t>
+          <t>8682279633732</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059106597</t>
+          <t>9786055098735</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055098537</t>
+          <t>9786059106597</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>480</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752458628</t>
+          <t>9786055098537</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Pembe Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059106566</t>
+          <t>9789752458628</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059106078</t>
+          <t>9786059106566</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>27</v>
+        <v>340</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752458505</t>
+          <t>9786059106078</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>230</v>
+        <v>27</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>8682279685359</t>
+          <t>9789752458505</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerifi 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059106085</t>
+          <t>8682279685359</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
+          <t>Orta Boy Hatmi Şerifi 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>26</v>
+        <v>750</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>8682279615417</t>
+          <t>9786059106085</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli - Özel)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050100310</t>
+          <t>8682279615417</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Yeşil Kapak, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059106559</t>
+          <t>9786050100310</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Resm-i Osmani Kur'an-ı Kerim (Özel, Yeşil Kapak, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>8682279627649</t>
+          <t>9786059106559</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>8682279636016</t>
+          <t>8682279627649</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim 2 Renkli (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050096897</t>
+          <t>8682279636016</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Cüzü (Mealli, Fihristli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim 2 Renkli (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>32</v>
+        <v>290</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059106580</t>
+          <t>9786050096897</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Yasin-i Şerif Cüzü (Mealli, Fihristli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>620</v>
+        <v>32</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>8682279614090</t>
+          <t>9786059106580</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>950</v>
+        <v>620</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055432942</t>
+          <t>8682279614090</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli)</t>
+          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Pembe, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>45</v>
+        <v>950</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050096842</t>
+          <t>9786055432942</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059505581</t>
+          <t>9786050096842</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayasofya Camii</t>
+          <t>Hafız Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050096866</t>
+          <t>9786059505581</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
+          <t>Büyük Ayasofya Camii</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059106658</t>
+          <t>9786050096866</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Fihristli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>340</v>
+        <v>8</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752458581</t>
+          <t>9786059106658</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051933917</t>
+          <t>9789752458581</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Rahle Boy 2 Renkli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051934877</t>
+          <t>9786051933917</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Müfredatı</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Rahle Boy 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752458574</t>
+          <t>9786051934877</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Osmanlıca İmla Müfredatı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051933641</t>
+          <t>9789752458574</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054033959</t>
+          <t>9786051933641</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Gençlik Rehberi Mecmuası</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752458536</t>
+          <t>9786054033959</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Yazı Boy Gençlik Rehberi Mecmuası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059106665</t>
+          <t>9789752458536</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059505574</t>
+          <t>9786059106665</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayasofya Camii (Osmanlıca)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Pembe, Mühürlü)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>40</v>
+        <v>480</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055432874</t>
+          <t>9786059505574</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Gençlik Rehberi Mecmuası Osmanlıca (Yatay)</t>
+          <t>Büyük Ayasofya Camii (Osmanlıca)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051933887</t>
+          <t>9786055432874</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Gençlik Rehberi Mecmuası Osmanlıca (Yatay)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>8682279633572</t>
+          <t>9786051933887</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051933634</t>
+          <t>8682279633572</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>2950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054026036</t>
+          <t>9786051933634</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Gençlik Rehberi Mecmuası Mukayeseli (Yatay)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>8682279618272</t>
+          <t>9786054026036</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Gençlik Rehberi Mecmuası Mukayeseli (Yatay)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752458611</t>
+          <t>8682279618272</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>8682279626017</t>
+          <t>9789752458611</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>8682279618173</t>
+          <t>8682279626017</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055432843</t>
+          <t>8682279618173</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>8682279613802</t>
+          <t>9786055432843</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Hafız Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>8682279684048</t>
+          <t>8682279613802</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy, Filigranlı) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>8682279613796</t>
+          <t>8682279684048</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy, Filigranlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752458529</t>
+          <t>8682279613796</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>230</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>8682279626024</t>
+          <t>9789752458529</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>8682279613789</t>
+          <t>8682279626024</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>5800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>8682279618258</t>
+          <t>8682279613789</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>430</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>8682279684024</t>
+          <t>8682279618258</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054299508</t>
+          <t>8682279684024</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Gençlik Rehberi Mecmuası (Osmanlıca)</t>
+          <t>Kabe Kapaklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>8682279613772</t>
+          <t>9786054299508</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Çanta Boy Gençlik Rehberi Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>5000</v>
+        <v>65</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>8682279685045</t>
+          <t>8682279613772</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>230</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>8682279618296</t>
+          <t>8682279685045</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059505932</t>
+          <t>8682279618296</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Cennet Dünyada Kazanılır</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>38</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>8682279614892</t>
+          <t>9786059505932</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Cennet Dünyada Kazanılır</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>11200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>8682279618210</t>
+          <t>8682279614892</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>240</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786051934129</t>
+          <t>8682279618210</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051933870</t>
+          <t>9786051934129</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
+          <t>Çanta Boy Gençlik Rehberi Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>620</v>
+        <v>50</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>8682279614885</t>
+          <t>9786051933870</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Cami Boy Kabe Kapaklı Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>9400</v>
+        <v>620</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>8682279633589</t>
+          <t>8682279614885</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>8682279618395</t>
+          <t>8682279633589</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>8682279614878</t>
+          <t>8682279618395</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>8100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>8682279618555</t>
+          <t>8682279614878</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Tavaflı Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>570</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>8682279618159</t>
+          <t>8682279618555</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>430</v>
+        <v>570</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>8682279614762</t>
+          <t>8682279618159</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>10700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>8682279614779</t>
+          <t>8682279614762</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9100</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>8682279614076</t>
+          <t>8682279614779</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1150</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>8682279633602</t>
+          <t>8682279614076</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>8682279621647</t>
+          <t>8682279633602</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>8682279618319</t>
+          <t>8682279621647</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>8682279614830</t>
+          <t>8682279618319</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>7800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>8682279685021</t>
+          <t>8682279614830</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Sandıklı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>230</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786050179194</t>
+          <t>8682279685021</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Yaldızlı, Mühürlü) - 08 Kırmız (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>8682279613871</t>
+          <t>9786050179194</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Yaldızlı, Mühürlü) - 08 Kırmız (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>11200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>8682279633084</t>
+          <t>8682279613871</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>430</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>8682279613826</t>
+          <t>8682279633084</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>9400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>8682279618371</t>
+          <t>8682279613826</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>350</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054026159</t>
+          <t>8682279618371</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Esma-yı Sitte Risalesi (Osmanlıca)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>28</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>8682279633633</t>
+          <t>9786054026159</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Esma-yı Sitte Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>8682279635934</t>
+          <t>8682279633633</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>8682279613819</t>
+          <t>8682279635934</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>8100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>8682279618234</t>
+          <t>8682279613819</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kanatlı Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>240</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>8682279633596</t>
+          <t>8682279618234</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>8682279618197</t>
+          <t>8682279633596</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051933856</t>
+          <t>8682279618197</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>8682279618333</t>
+          <t>9786051933856</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>430</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>8682279633626</t>
+          <t>8682279618333</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>8682279633077</t>
+          <t>8682279633626</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>8682279684635</t>
+          <t>8682279633077</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Orta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054299218</t>
+          <t>8682279684635</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risaleleri (Osmanlıca)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>22</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051933627</t>
+          <t>9786054299218</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Ene ve Zerre Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>2950</v>
+        <v>22</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752458512</t>
+          <t>9786051933627</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Orta Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>230</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>8682279613857</t>
+          <t>9789752458512</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>7700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>8682279684611</t>
+          <t>8682279613857</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1550</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>8682279627090</t>
+          <t>8682279684611</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>110</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>8682279613758</t>
+          <t>8682279627090</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>7500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051930831</t>
+          <t>8682279613758</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054299614</t>
+          <t>9786051930831</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ene ve Zerre Risaleleri (Mukayeseli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>8682279613840</t>
+          <t>9786054299614</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Ene ve Zerre Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>6600</v>
+        <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>8682279684659</t>
+          <t>8682279613840</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Rahleli Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1550</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786051930718</t>
+          <t>8682279684659</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Mavi (Ciltli)</t>
+          <t>Cami Boy Hatmi Şerif 30 Cüz Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>420</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>8682279627069</t>
+          <t>9786051930718</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752458543</t>
+          <t>8682279627069</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>8682279613949</t>
+          <t>9789752458543</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>4100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051930725</t>
+          <t>8682279613949</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>420</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>8682279613932</t>
+          <t>9786051930725</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>3500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>8682279681122</t>
+          <t>8682279613932</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 4 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>500</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>8682279613833</t>
+          <t>8682279681122</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 4 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>2800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051930770</t>
+          <t>8682279613833</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>420</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>8682279613925</t>
+          <t>9786051930770</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>2500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752458499</t>
+          <t>8682279613925</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Yaldızlı Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>230</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051930763</t>
+          <t>9789752458499</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>8682279627830</t>
+          <t>9786051930763</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 3 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>8682279614953</t>
+          <t>8682279627830</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 3 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>7700</v>
+        <v>440</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>8682279618517</t>
+          <t>8682279614953</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>8682279614946</t>
+          <t>8682279618517</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Hafız Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>6800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752458451</t>
+          <t>8682279614946</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>230</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051930732</t>
+          <t>9789752458451</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>8682279614120</t>
+          <t>9786051930732</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 2 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>8682279614939</t>
+          <t>8682279614120</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 2 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>6000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>8682279632919</t>
+          <t>8682279614939</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Yaldızlı Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>420</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752458437</t>
+          <t>8682279632919</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>8682279627106</t>
+          <t>9789752458437</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051930879</t>
+          <t>8682279627106</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786051934143</t>
+          <t>9786051930879</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Emirdağ Lahikası 1 (Osmanlıca - Genişletilmiş Baskı)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>8682279684246</t>
+          <t>9786051934143</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdün Mor (Ciltli)</t>
+          <t>Orta Boy Emirdağ Lahikası 1 (Osmanlıca - Genişletilmiş Baskı)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789752458468</t>
+          <t>8682279684246</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdün Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051930664</t>
+          <t>9789752458468</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752458444</t>
+          <t>9786051930664</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>8682279627076</t>
+          <t>9789752458444</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>8682279684802</t>
+          <t>8682279627076</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Gold, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>8682279632926</t>
+          <t>8682279684802</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Gold, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752458413</t>
+          <t>8682279632926</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>8682279622460</t>
+          <t>9789752458413</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>8682279632940</t>
+          <t>8682279622460</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>8682279684789</t>
+          <t>8682279632940</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>8682279684369</t>
+          <t>8682279684789</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>8682279633657</t>
+          <t>8682279684369</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>8682279632971</t>
+          <t>8682279633657</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752458482</t>
+          <t>8682279632971</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>8682279636313</t>
+          <t>9789752458482</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>8682279632933</t>
+          <t>8682279636313</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>8682279618579</t>
+          <t>8682279632933</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059106221</t>
+          <t>8682279618579</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy El-Münezzel, Kıraat-ı Aşere, Aşere Takrib, Kıraat İlmi (Arapça İzahlı, Vücuhatlı) (Ciltli)</t>
+          <t>Çanta Boy Suni Deri Kur'an-ı Kerim (2 Renkli, Özel, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>8682279636306</t>
+          <t>9786059106221</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Rahle Boy El-Münezzel, Kıraat-ı Aşere, Aşere Takrib, Kıraat İlmi (Arapça İzahlı, Vücuhatlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752458406</t>
+          <t>8682279636306</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>8682279632964</t>
+          <t>9789752458406</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>8682279622453</t>
+          <t>8682279632964</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051930671</t>
+          <t>8682279622453</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>8682279685083</t>
+          <t>9786051930671</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786058917231</t>
+          <t>8682279685083</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>El-Hüccet-üz Zehra Risalesi (Osmanlıca)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>28</v>
+        <v>230</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059106733</t>
+          <t>9786058917231</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tevafuklu Şua'lar Mecmuası (Orta Boy, Osmanlıca)</t>
+          <t>El-Hüccet-üz Zehra Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>8682279636337</t>
+          <t>9786059106733</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Tevafuklu Şua'lar Mecmuası (Orta Boy, Osmanlıca)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>8682279615370</t>
+          <t>8682279636337</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>8682279636320</t>
+          <t>8682279615370</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Pembe, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8682279615356</t>
+          <t>8682279636320</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>8682279621661</t>
+          <t>8682279615356</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Çanta Boy Miklebli Kur'an-ı Kerim (Mavi, Mühürlü, 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055432560</t>
+          <t>8682279621661</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tarihçe-i Hayat Bediüzzaman Ve Hayru'l - Halefi A.Hüsrev Altınbaşak (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059106399</t>
+          <t>9786055432560</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli, Büyük Yazılı - 2 Renkli) (Ciltli)</t>
+          <t>Tarihçe-i Hayat Bediüzzaman Ve Hayru'l - Halefi A.Hüsrev Altınbaşak (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>36</v>
+        <v>600</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>8682279633664</t>
+          <t>9786059106399</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Yasin-i Şerif Cüzü (Mealli, Büyük Yazılı - 2 Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>230</v>
+        <v>36</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059106382</t>
+          <t>8682279633664</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazılı Yasin-i Şerif Çanta Boy (2 Renkli, Fihristli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>18</v>
+        <v>230</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051930817</t>
+          <t>9786059106382</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Yazılı Yasin-i Şerif Çanta Boy (2 Renkli, Fihristli) (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>420</v>
+        <v>18</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055432096</t>
+          <t>9786051930817</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası (Şafii Mezhebi İçin)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051930695</t>
+          <t>9786055432096</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Tam Namaz Hocası (Şafii Mezhebi İçin)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>310</v>
+        <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051934365</t>
+          <t>9786051930695</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mealli Tahmidiye (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>25</v>
+        <v>310</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>8682279633688</t>
+          <t>9786051934365</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Mealli Tahmidiye (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>230</v>
+        <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051933252</t>
+          <t>8682279633688</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Cep Boy (Mealli, Büyük Yazılı, 2 Renkli, Fihristli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051930510</t>
+          <t>9786051933252</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 Gök Mavi (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Cep Boy (Mealli, Büyük Yazılı, 2 Renkli, Fihristli) (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>430</v>
+        <v>30</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051934648</t>
+          <t>9786051930510</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Tabiat Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>29</v>
+        <v>430</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051930527</t>
+          <t>9786051934648</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Tabiat Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>430</v>
+        <v>29</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051934075</t>
+          <t>9786051930527</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cami Boy Kuran-ı Kerim (2 Renkli, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>1200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>8682279685069</t>
+          <t>9786051934075</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Büyük Cami Boy Kuran-ı Kerim (2 Renkli, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>230</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059106542</t>
+          <t>8682279685069</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>8682279633718</t>
+          <t>9786059106542</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059106535</t>
+          <t>8682279633718</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786050174441</t>
+          <t>9786059106535</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786050174502</t>
+          <t>9786050174441</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>8682279633671</t>
+          <t>9786050174502</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786050174472</t>
+          <t>8682279633671</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>8682279614083</t>
+          <t>9786050174472</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051933313</t>
+          <t>8682279614083</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
+          <t>Rahle Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>750</v>
+        <v>950</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>8682279615431</t>
+          <t>9786051933313</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Bordo, Karton Kapak, Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>8682279633701</t>
+          <t>8682279615431</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü, 2 Renk) (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>8682279636344</t>
+          <t>8682279633701</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059106528</t>
+          <t>8682279636344</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>8682279636351</t>
+          <t>9786059106528</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Gök Mavi, Elif-Vavlı, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9759023606096</t>
+          <t>8682279636351</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Cevşenü'l Kebir (Deri) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Gök Mavi, Elif-Vavlı, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752458420</t>
+          <t>9759023606096</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Cevşenü'l Kebir (Deri) (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>230</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>8682279636030</t>
+          <t>9789752458420</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>8682279621654</t>
+          <t>8682279636030</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051930602</t>
+          <t>8682279621654</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>8682279636238</t>
+          <t>9786051930602</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051930596</t>
+          <t>8682279636238</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>8682279621746</t>
+          <t>9786051930596</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059106511</t>
+          <t>8682279621746</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752458475</t>
+          <t>9786059106511</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051930497</t>
+          <t>9789752458475</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054033430</t>
+          <t>9786051930497</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Şua'lar-1 Mecmuası</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>390</v>
+        <v>430</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>8682279621678</t>
+          <t>9786054033430</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Yazı Boy Şua'lar-1 Mecmuası</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051930688</t>
+          <t>8682279621678</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>8682279636139</t>
+          <t>9786051930688</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>8682279627212</t>
+          <t>8682279636139</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Bordo, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051930435</t>
+          <t>8682279627212</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>8682279621340</t>
+          <t>9786051930435</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051934358</t>
+          <t>8682279621340</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Delaili'n Nur (Mealli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>24</v>
+        <v>140</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>8682279684840</t>
+          <t>9786051934358</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Çanta Boy Delaili'n Nur (Mealli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>430</v>
+        <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>8682279627182</t>
+          <t>8682279684840</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>8682279633008</t>
+          <t>8682279627182</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>8682279633022</t>
+          <t>8682279633008</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055432966</t>
+          <t>8682279633022</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Neşeli Elifba Kalemi</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>700</v>
+        <v>430</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>8682279684826</t>
+          <t>9786055432966</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Çocuklar İçin Neşeli Elifba Kalemi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>430</v>
+        <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>8682279627229</t>
+          <t>8682279684826</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>8682279621326</t>
+          <t>8682279627229</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>8682279633053</t>
+          <t>8682279621326</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>8682279621319</t>
+          <t>8682279633053</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>8682279631509</t>
+          <t>8682279621319</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>8682279684543</t>
+          <t>8682279631509</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdün Mor</t>
+          <t>Sözler (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>8682279633015</t>
+          <t>8682279684543</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdün Mor</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051934686</t>
+          <t>8682279633015</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>29</v>
+        <v>240</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>8682279627199</t>
+          <t>9786051934686</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hastalar Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>29</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>8682279633046</t>
+          <t>8682279627199</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051933382</t>
+          <t>8682279633046</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059106320</t>
+          <t>9786051933382</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>The Resurrection Epistle (Haşir)</t>
+          <t>Rahle Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>45</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>8682279621357</t>
+          <t>9786059106320</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>The Resurrection Epistle (Haşir)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>45</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051930572</t>
+          <t>8682279621357</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051933375</t>
+          <t>9786051930572</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Beşli Cüz Kur'an-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>8682279622484</t>
+          <t>9786051933375</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt .Yeşil (Ciltli)</t>
+          <t>Orta Boy Beşli Cüz Kur'an-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9759023015058</t>
+          <t>8682279622484</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy 30 Cüz Kur'an-ı Kerim (Özel Kutulu, Karton Kapak, Mühürlü)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt .Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>8682279621296</t>
+          <t>9759023015058</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Çanta Boy 30 Cüz Kur'an-ı Kerim (Özel Kutulu, Karton Kapak, Mühürlü)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051930657</t>
+          <t>8682279621296</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051933320</t>
+          <t>9786051930657</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>800</v>
+        <v>430</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>8682279684567</t>
+          <t>9786051933320</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Beşli Cüz Kuran-ı Kerim (İki Renkli, Özel Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>8682279621302</t>
+          <t>8682279684567</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051934198</t>
+          <t>8682279621302</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9780000243164</t>
+          <t>9786051934198</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>5900</v>
+        <v>850</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>8682279621692</t>
+          <t>9780000243164</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>8682279622439</t>
+          <t>8682279621692</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>8682279618357</t>
+          <t>8682279622439</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kuran Okuyan Kalem Seti - Orta Boy Karton Kutulu (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>2950</v>
+        <v>230</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786050243178</t>
+          <t>8682279618357</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Kabe Desenli Kuran Okuyan Kalem Seti - Orta Boy Karton Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>5300</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>8682279621685</t>
+          <t>9786050243178</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>200</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051932712</t>
+          <t>8682279621685</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Elifli-Vavlı) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786050243185</t>
+          <t>9786051932712</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>4400</v>
+        <v>70</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>8682279621272</t>
+          <t>9786050243185</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Vav Desenli Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>230</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051934815</t>
+          <t>8682279621272</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ayetü'l Kübra Risalesinden</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>67</v>
+        <v>230</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051932828</t>
+          <t>9786051934815</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Yeşil, Lafzatullah) (Ciltli)</t>
+          <t>Ayetü'l Kübra Risalesinden</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786050085402</t>
+          <t>9786051932828</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Yeşil, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>10800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>4440000001046</t>
+          <t>9786050085402</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
+          <t>Rahleli Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>38</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051932811</t>
+          <t>4440000001046</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Lafzatullah) (Ciltli)</t>
+          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>70</v>
+        <v>38</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>8682279622477</t>
+          <t>9786051932811</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>8682279621289</t>
+          <t>8682279622477</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>8682279618487</t>
+          <t>8682279621289</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>9200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051932804</t>
+          <t>8682279618487</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Lafzatullah) (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>70</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>8682279616261</t>
+          <t>9786051932804</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>430</v>
+        <v>70</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051933276</t>
+          <t>8682279616261</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Lafzatullah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>8682279618470</t>
+          <t>9786051933276</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>8000</v>
+        <v>70</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>8682279684529</t>
+          <t>8682279618470</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>230</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051932798</t>
+          <t>8682279684529</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Lafzatullah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>8682279618463</t>
+          <t>9786051932798</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Lacivert, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>6800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>8682279616247</t>
+          <t>8682279618463</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Gök Mavi, Güllü, Mühürlü) - M1 Gök Mavi (Ciltli)</t>
+          <t>Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>430</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>8682279621715</t>
+          <t>8682279616247</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Gök Mavi, Güllü, Mühürlü) - M1 Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051932781</t>
+          <t>8682279621715</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Lafzatullah) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>8682279618456</t>
+          <t>9786051932781</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>7600</v>
+        <v>70</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051934693</t>
+          <t>8682279618456</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İhlas Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>28</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>8682279621708</t>
+          <t>9786051934693</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>İhlas Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>8682279622446</t>
+          <t>8682279621708</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>8682279618449</t>
+          <t>8682279622446</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>6700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>8682279621210</t>
+          <t>8682279618449</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>270</v>
+        <v>6700</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054026470</t>
+          <t>8682279621210</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi (Mukayeseli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>8682279618432</t>
+          <t>9786054026470</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>İhtiyarlar Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>5800</v>
+        <v>28</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>8682279616230</t>
+          <t>8682279618432</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>430</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786054026142</t>
+          <t>8682279616230</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>İhtiyarlar Risalesi (Osmanlıca)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>22</v>
+        <v>430</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>8682279621159</t>
+          <t>9786054026142</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>İhtiyarlar Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>8682279626857</t>
+          <t>8682279621159</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>8682279616278</t>
+          <t>8682279626857</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>8682279618500</t>
+          <t>8682279616278</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>8000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051934105</t>
+          <t>8682279618500</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İktisat Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>28</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>8682279621760</t>
+          <t>9786051934105</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>İktisat Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>8682279616216</t>
+          <t>8682279621760</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>8682279681337</t>
+          <t>8682279616216</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>8682279618494</t>
+          <t>8682279681337</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>6800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051934556</t>
+          <t>8682279618494</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>The Staff of Moses (Asa-yı Musa) (Ciltli)</t>
+          <t>İç Kanat Sandıklı Siyah Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>370</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>8682279684505</t>
+          <t>9786051934556</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>The Staff of Moses (Asa-yı Musa) (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>8682279621203</t>
+          <t>8682279684505</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>8682279614427</t>
+          <t>8682279621203</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>6700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>8682279616223</t>
+          <t>8682279614427</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>430</v>
+        <v>6700</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051932774</t>
+          <t>8682279616223</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (K.Mavi, Lafzatullah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>70</v>
+        <v>430</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786050099096</t>
+          <t>9786051932774</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (K.Mavi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>5800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051932682</t>
+          <t>9786050099096</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Lafzatullah) (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>70</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>8682279622316</t>
+          <t>9786051932682</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>430</v>
+        <v>70</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786050099102</t>
+          <t>8682279622316</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>5100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786051933696</t>
+          <t>9786050099102</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Lafzatullah) (Ciltli)</t>
+          <t>Kabeli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>50</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>8682279621227</t>
+          <t>9786051933696</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786051936895</t>
+          <t>8682279621227</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Lafzatullah) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786051932736</t>
+          <t>9786051936895</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Lafzatullah) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786051932729</t>
+          <t>9786051932736</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Siyah, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>8682279626888</t>
+          <t>9786051932729</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Pudra Pembe, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>8682279626840</t>
+          <t>8682279626888</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>8682279626871</t>
+          <t>8682279626840</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786051933283</t>
+          <t>8682279626871</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Elifli-Vavlı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786051932767</t>
+          <t>9786051933283</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Mor, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786051932750</t>
+          <t>9786051932767</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Kırmızı, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786051933726</t>
+          <t>9786051932750</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bordo, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786051933702</t>
+          <t>9786051933726</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Pembesi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>8682279615752</t>
+          <t>9786051933702</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sikke-i Tasdik-i Gaybi (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Bebe Mavisi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786051932705</t>
+          <t>8682279615752</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Süet Mealli Yasin Cüzü (Koyu Mavi, Elifli-Vavlı) (Ciltli)</t>
+          <t>Sikke-i Tasdik-i Gaybi (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>8682279621265</t>
+          <t>9786051932705</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Çanta Boy Süet Mealli Yasin Cüzü (Koyu Mavi, Elifli-Vavlı) (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>230</v>
+        <v>70</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054299041</t>
+          <t>8682279621265</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Sikke-i Tasdik-i Gaybi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>65</v>
+        <v>230</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054026135</t>
+          <t>9786054299041</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Sikke-i Tasdik-i Gaybi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>8682279621173</t>
+          <t>9786054026135</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Hastalar Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786051934419</t>
+          <t>8682279621173</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Hastalar Risalesi (Mukayeseli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>22</v>
+        <v>220</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>8682279621197</t>
+          <t>9786051934419</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Hastalar Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>190</v>
+        <v>22</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>8682279621333</t>
+          <t>8682279621197</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>8682279621142</t>
+          <t>8682279621333</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786054026074</t>
+          <t>8682279621142</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786054026227</t>
+          <t>9786054026074</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Orta Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>8682279621234</t>
+          <t>9786054026227</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055432836</t>
+          <t>8682279621234</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>8682279633527</t>
+          <t>9786055432836</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) - Gold (Ciltli)</t>
+          <t>Orta Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059106160</t>
+          <t>8682279633527</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) - Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>8682279621258</t>
+          <t>9786059106160</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy İşarat-ül İcaz Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>8682279627748</t>
+          <t>8682279621258</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy İşarat-ül İcaz Mecmuası</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>8682279618418</t>
+          <t>8682279627748</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
+          <t>Yazı Boy İşarat-ül İcaz Mecmuası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>8682279621180</t>
+          <t>8682279618418</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Büyük Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>8682279616193</t>
+          <t>8682279621180</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>8682279621722</t>
+          <t>8682279616193</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>8682279618876</t>
+          <t>8682279621722</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Hafız Boy) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>8682279616209</t>
+          <t>8682279618876</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>430</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>8682279618845</t>
+          <t>8682279616209</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Orta Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>1350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>8682279681511</t>
+          <t>8682279618845</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an (Karşılıklı Mealli, Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>430</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>8682279621739</t>
+          <t>8682279681511</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>8682279621593</t>
+          <t>8682279621739</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>8682279621166</t>
+          <t>8682279621593</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>8682279621753</t>
+          <t>8682279621166</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>110</v>
+        <v>270</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>8682279621586</t>
+          <t>8682279621753</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Cep Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>8682279621241</t>
+          <t>8682279621586</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>8682279622323</t>
+          <t>8682279621241</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055432324</t>
+          <t>8682279622323</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler Boyama Kitabı</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>45</v>
+        <v>430</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>8682279621609</t>
+          <t>9786055432324</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Sevimli Harfler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>8682279633510</t>
+          <t>8682279621609</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>8682279625959</t>
+          <t>8682279633510</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Çanta Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>8682279622057</t>
+          <t>8682279625959</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kuran-ı Kerim (Cep Boy) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786051933467</t>
+          <t>8682279622057</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Yeşil) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kuran-ı Kerim (Cep Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>8682279621616</t>
+          <t>9786051933467</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>8682279684444</t>
+          <t>8682279621616</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>8682279621562</t>
+          <t>8682279684444</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>8682279613680</t>
+          <t>8682279621562</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Y8 Koyu Yeşil) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>8682279621623</t>
+          <t>8682279613680</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (Y8 Koyu Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051933450</t>
+          <t>8682279621623</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>8682279621630</t>
+          <t>9786051933450</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>8682279625980</t>
+          <t>8682279621630</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>8682279621579</t>
+          <t>8682279625980</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051933474</t>
+          <t>8682279621579</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-P. Pembe) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>8682279625942</t>
+          <t>9786051933474</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-P. Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786050178906</t>
+          <t>8682279625942</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (M1 Gökyüzü Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>8682279621555</t>
+          <t>9786050178906</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (M1 Gökyüzü Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>8682279621548</t>
+          <t>8682279621555</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>8682279681399</t>
+          <t>8682279621548</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>8682279625973</t>
+          <t>8682279681399</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>8682279621517</t>
+          <t>8682279625973</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051933429</t>
+          <t>8682279621517</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Mor) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051931388</t>
+          <t>9786051933429</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>8682279621500</t>
+          <t>9786051931388</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786050178890</t>
+          <t>8682279621500</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (L2 Lacivert) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>8682279621524</t>
+          <t>9786050178890</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (L2 Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>8682279616186</t>
+          <t>8682279621524</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051931296</t>
+          <t>8682279616186</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>8682279681290</t>
+          <t>9786051931296</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>8682279621531</t>
+          <t>8682279681290</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>8682279616254</t>
+          <t>8682279621531</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051933436</t>
+          <t>8682279616254</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Lacivert) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>60</v>
+        <v>430</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051931319</t>
+          <t>9786051933436</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>8682279621487</t>
+          <t>9786051931319</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>8682279613697</t>
+          <t>8682279621487</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (E5 Pudra Pembe) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>8682279621494</t>
+          <t>8682279613697</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (E5 Pudra Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>8682279614014</t>
+          <t>8682279621494</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Büyük Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051931333</t>
+          <t>8682279614014</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Yeşil, Elif-Vavlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>8682279681450</t>
+          <t>9786051931333</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>8682279622040</t>
+          <t>8682279681450</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Taba, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>8682279619293</t>
+          <t>8682279622040</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051933412</t>
+          <t>8682279619293</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>60</v>
+        <v>430</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051931326</t>
+          <t>9786051933412</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786050178876</t>
+          <t>9786051931326</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (C7 Lila) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>8682279622033</t>
+          <t>9786050178876</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (C7 Lila) (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>8682279619286</t>
+          <t>8682279622033</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>8682279622002</t>
+          <t>8682279619286</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051931289</t>
+          <t>8682279622002</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>8682279621999</t>
+          <t>9786051931289</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>8682279614069</t>
+          <t>8682279621999</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786050178883</t>
+          <t>8682279614069</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (B6 Fuşya Pembe) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>8682279633350</t>
+          <t>9786050178883</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (B6 Fuşya Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>8682279622019</t>
+          <t>8682279633350</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>8682279619262</t>
+          <t>8682279622019</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>8682279622026</t>
+          <t>8682279619262</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786051931357</t>
+          <t>8682279622026</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>8682279621975</t>
+          <t>9786051931357</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>8682279619279</t>
+          <t>8682279621975</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051934150</t>
+          <t>8682279619279</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Vecizeler (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>8682279621982</t>
+          <t>9786051934150</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Risale-i Nur'dan Vecizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>8682279622415</t>
+          <t>8682279621982</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (A3 Beyaz) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>8682279621968</t>
+          <t>8682279622415</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (A3 Beyaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>8682279622293</t>
+          <t>8682279621968</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051931272</t>
+          <t>8682279622293</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>8682279619248</t>
+          <t>9786051931272</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>8682279632384</t>
+          <t>8682279619248</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (97 Turkuaz) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>8682279619255</t>
+          <t>8682279632384</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (97 Turkuaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>8682279684963</t>
+          <t>8682279619255</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>8682279684284</t>
+          <t>8682279684963</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>8682279621951</t>
+          <t>8682279684284</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>8682279633367</t>
+          <t>8682279621951</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>8682279621920</t>
+          <t>8682279633367</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>8682279632377</t>
+          <t>8682279621920</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (62 Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>8682279622309</t>
+          <t>8682279632377</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (62 Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>8682279621913</t>
+          <t>8682279622309</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>8682279621937</t>
+          <t>8682279621913</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>8682279621944</t>
+          <t>8682279621937</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>8682279625836</t>
+          <t>8682279621944</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>8682279633381</t>
+          <t>8682279625836</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>8682279621890</t>
+          <t>8682279633381</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>8682279684161</t>
+          <t>8682279621890</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>8682279684345</t>
+          <t>8682279684161</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1036 Gold) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>8682279621906</t>
+          <t>8682279684345</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1036 Gold) (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051935058</t>
+          <t>8682279621906</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 3 (Risale-i Nur'da Tevhid) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Cep Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>8682279684949</t>
+          <t>9786051935058</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 3 (Risale-i Nur'da Tevhid) (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>8682279625867</t>
+          <t>8682279684949</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>8682279616865</t>
+          <t>8682279625867</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>600</v>
+        <v>430</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>8682279633411</t>
+          <t>8682279616865</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>8682279616889</t>
+          <t>8682279633411</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051934792</t>
+          <t>8682279616889</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 2 (İman Hizmeti) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>380</v>
+        <v>600</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>8682279622422</t>
+          <t>9786051934792</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1034 Zümrüt Yeşil) (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 2 (İman Hizmeti) (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>8682279616919</t>
+          <t>8682279622422</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1034 Zümrüt Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>8682279633374</t>
+          <t>8682279616919</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786051934525</t>
+          <t>8682279633374</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Mütalaalar 1 (40 Ders) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>8682279616933</t>
+          <t>9786051934525</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Risale-i Nur'dan Mütalaalar 1 (40 Ders) (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786051933443</t>
+          <t>8682279616933</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-K.Mavi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786051932965</t>
+          <t>9786051933443</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Hafız Boy (2 Renkli, Fihristli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-K.Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>22</v>
+        <v>60</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>8682279616896</t>
+          <t>9786051932965</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Hafız Boy (2 Renkli, Fihristli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>600</v>
+        <v>22</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>8682279633404</t>
+          <t>8682279616896</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>8682279626734</t>
+          <t>8682279633404</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1025 Koyu Gri) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>8682279616872</t>
+          <t>8682279626734</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1025 Koyu Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786051933405</t>
+          <t>8682279616872</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>8682279616926</t>
+          <t>9786051933405</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786051931302</t>
+          <t>8682279616926</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>8682279616902</t>
+          <t>9786051931302</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>8682279615639</t>
+          <t>8682279616902</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>8682279619903</t>
+          <t>8682279615639</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>8682279684222</t>
+          <t>8682279619903</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1017 Mürdüm Mor) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786051931340</t>
+          <t>8682279684222</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1017 Mürdüm Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>8682279619880</t>
+          <t>9786051931340</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>8682279615653</t>
+          <t>8682279619880</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Mavi, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>8682279619934</t>
+          <t>8682279615653</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Hafız Boy Resm-i Osmani Kur'an-ı Kerim (Mavi, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>8682279625829</t>
+          <t>8682279619934</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051933788</t>
+          <t>8682279625829</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Pembesi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>8682279626765</t>
+          <t>9786051933788</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1007 Vizon) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Pembesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>8682279619910</t>
+          <t>8682279626765</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1007 Vizon) (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>8682279636429</t>
+          <t>8682279619910</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli, 2 Renk)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>68</v>
+        <v>600</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>8682279619897</t>
+          <t>8682279636429</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Orta Boy (Mealli, Genişletilmiş, Fihristli, 2 Renk)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>600</v>
+        <v>68</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>8682279625850</t>
+          <t>8682279619897</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>8682279619927</t>
+          <t>8682279625850</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy Elif-Vavlı Koyu Mavi) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786051933771</t>
+          <t>8682279619927</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Mavisi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy Elif-Vavlı Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>8682279626727</t>
+          <t>9786051933771</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1005 Açık Gri) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Lafzatullah-Bebe Mavisi) (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>8682279619873</t>
+          <t>8682279626727</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1005 Açık Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051931265</t>
+          <t>8682279619873</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>8682279619941</t>
+          <t>9786051931265</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786051934778</t>
+          <t>8682279619941</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Rahle Boy (Mealli, Genişletilmiş, Fihristli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Çanta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>8682279619231</t>
+          <t>9786051934778</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) Kırmızı 08 (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Rahle Boy (Mealli, Genişletilmiş, Fihristli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>430</v>
+        <v>90</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786051931180</t>
+          <t>8682279619231</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) Kırmızı 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>8682279615516</t>
+          <t>9786051931180</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>8682279685236</t>
+          <t>8682279615516</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Teheccüd Boy Renkli Kur'an-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>2500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>8682279626758</t>
+          <t>8682279685236</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1002 Krem) (Ciltli)</t>
+          <t>Teheccüd Boy Renkli Kur'an-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>140</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786051934334</t>
+          <t>8682279626758</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Yeşil) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (1002 Krem) (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>8682279619750</t>
+          <t>9786051934334</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786051931210</t>
+          <t>8682279619750</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>8682279614052</t>
+          <t>9786051931210</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>8682279619712</t>
+          <t>8682279614052</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Orta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>850</v>
+        <v>430</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786059106726</t>
+          <t>8682279619712</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mühürlü, Plastik Kapak) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786051931234</t>
+          <t>9786059106726</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mühürlü, Plastik Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>8682279615493</t>
+          <t>9786051931234</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786051934327</t>
+          <t>8682279615493</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>60</v>
+        <v>850</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786051933719</t>
+          <t>9786051934327</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Cüzü Rahle Boy (2 Renkli, Mealli, Fihristli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>8682279616728</t>
+          <t>9786051933719</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Yasin-i Şerif Cüzü Rahle Boy (2 Renkli, Mealli, Fihristli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>850</v>
+        <v>67</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786051931227</t>
+          <t>8682279616728</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786050178845</t>
+          <t>9786051931227</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (08 Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>8682279616681</t>
+          <t>9786050178845</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim (08 Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789759023850</t>
+          <t>8682279616681</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Lüks Kutulu)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>2950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786055432980</t>
+          <t>9789759023850</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cami Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Orta Boy, Lüks Kutulu)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>1750</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>8682279633435</t>
+          <t>9786055432980</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Büyük Cami Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>270</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786051934341</t>
+          <t>8682279633435</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Pudra Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>8682279616704</t>
+          <t>9786051934341</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı, Pudra Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786051934068</t>
+          <t>8682279616704</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Yeşil, Rahle Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>3250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786059106702</t>
+          <t>9786051934068</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kuran Okuyan Kalem Seti (Yeşil, Rahle Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>620</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>8682279616735</t>
+          <t>9786059106702</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Krem) (Ciltli)</t>
+          <t>Cami Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>850</v>
+        <v>620</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786051931258</t>
+          <t>8682279616735</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Krem) (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>270</v>
+        <v>850</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>8682279616759</t>
+          <t>9786051931258</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>8682279613673</t>
+          <t>8682279616759</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kadife Kuran-ı Kerim 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786051934051</t>
+          <t>8682279613673</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okuyan Kalem Seti (Lila, Rahle Boy, Karton Kutulu) (Ciltli)</t>
+          <t>Büyük Cep Boy Kadife Kuran-ı Kerim 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>3250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>8682279616711</t>
+          <t>9786051934051</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Kuran Okuyan Kalem Seti (Lila, Rahle Boy, Karton Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>850</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>8682279616698</t>
+          <t>8682279616711</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gri) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789752458123</t>
+          <t>8682279616698</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gri) (Ciltli)</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786051934266</t>
+          <t>9789752458123</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>8682279616674</t>
+          <t>9786051934266</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789752458062</t>
+          <t>8682279616674</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>8682279636191</t>
+          <t>9789752458062</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789752458086</t>
+          <t>8682279636191</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>8682279619743</t>
+          <t>9789752458086</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>850</v>
+        <v>580</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789752458116</t>
+          <t>8682279619743</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>8682279619705</t>
+          <t>9789752458116</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>850</v>
+        <v>580</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>8682279619767</t>
+          <t>8682279619705</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752458109</t>
+          <t>8682279619767</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786051934297</t>
+          <t>9789752458109</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Lacivert) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>60</v>
+        <v>580</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>8682279616742</t>
+          <t>9786051934297</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gold) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752458055</t>
+          <t>8682279616742</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Hafız Boy, Güllü, Gold) (Ciltli)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>8682279635996</t>
+          <t>9789752458055</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786051934273</t>
+          <t>8682279635996</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>8682279616452</t>
+          <t>9786051934273</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>8682279616407</t>
+          <t>8682279616452</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786051931166</t>
+          <t>8682279616407</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>8682279616421</t>
+          <t>9786051931166</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786059106719</t>
+          <t>8682279616421</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051934310</t>
+          <t>9786059106719</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-k.Mavi) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>8682279685007</t>
+          <t>9786051934310</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-k.Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>8682279632698</t>
+          <t>8682279685007</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>8682279616469</t>
+          <t>8682279632698</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>8682279615394</t>
+          <t>8682279616469</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü, 2 Renk)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>8682279616445</t>
+          <t>8682279615394</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Hafız Boy Kur'an-ı Kerim (Yeşil, Kılıflı, Mühürlü, 2 Renk)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752458031</t>
+          <t>8682279616445</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051934280</t>
+          <t>9789752458031</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bordo) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>60</v>
+        <v>580</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>8682279616414</t>
+          <t>9786051934280</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>8682279633442</t>
+          <t>8682279616414</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789752458048</t>
+          <t>8682279633442</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>8682279616391</t>
+          <t>9789752458048</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257575065</t>
+          <t>8682279616391</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Nur Deryasından Pırıltılar</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>8682279632704</t>
+          <t>9786257575065</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
+          <t>Nur Deryasından Pırıltılar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>580</v>
+        <v>130</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>8682279616438</t>
+          <t>8682279632704</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786051934259</t>
+          <t>8682279616438</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bebe Pembesi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>60</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>8682279633466</t>
+          <t>9786051934259</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-bebe Pembesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786058917248</t>
+          <t>8682279633466</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ayet'ül Kübra Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>44</v>
+        <v>270</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>8682279615530</t>
+          <t>9786058917248</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Ayet'ül Kübra Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>800</v>
+        <v>44</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>8682279685373</t>
+          <t>8682279615530</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Yeşil, Karton Kapak, Kutulu)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>8682279632728</t>
+          <t>8682279685373</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
+          <t>Orta Boy 30 Cüz Kur'an-ı Kerim (Yeşil, Karton Kapak, Kutulu)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>8682279619446</t>
+          <t>8682279632728</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786051934303</t>
+          <t>8682279619446</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Bebe Mavisi) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>60</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>8682279684987</t>
+          <t>9786051934303</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Cep Boy Süet Mealli Yasin Cüzü (Elifli Vavlı-Bebe Mavisi) (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>8682279632759</t>
+          <t>8682279684987</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>8682279619484</t>
+          <t>8682279632759</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>8682279632711</t>
+          <t>8682279619484</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>320</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>8682279633497</t>
+          <t>8682279632711</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>8682279632742</t>
+          <t>8682279633497</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786051934747</t>
+          <t>8682279632742</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>1. Söz Yazı Mektubu 6. Hüccet-i İmaniye 10. Hüccet-i İmaniye</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>29</v>
+        <v>320</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789752458079</t>
+          <t>9786051934747</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
+          <t>1. Söz Yazı Mektubu 6. Hüccet-i İmaniye 10. Hüccet-i İmaniye</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>580</v>
+        <v>29</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>8682279633459</t>
+          <t>9789752458079</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>145</v>
+        <v>580</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789752458093</t>
+          <t>8682279633459</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>580</v>
+        <v>145</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>8682279633480</t>
+          <t>9789752458093</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>145</v>
+        <v>580</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051931197</t>
+          <t>8682279633480</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789752458291</t>
+          <t>9786051931197</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>8682279618050</t>
+          <t>9789752458291</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Asayı Musa (Gölgeli Yazı Eseri - Ciltsiz)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752458239</t>
+          <t>8682279618050</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
+          <t>Asayı Musa (Gölgeli Yazı Eseri - Ciltsiz)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>8682279615554</t>
+          <t>9789752458239</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>800</v>
+        <v>580</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051931241</t>
+          <t>8682279615554</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752458277</t>
+          <t>9786051931241</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>8682279613864</t>
+          <t>9789752458277</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>7000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>8682279616384</t>
+          <t>8682279613864</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>800</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786055088552</t>
+          <t>8682279616384</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Asayı Musa Mecmuası</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>8682279619477</t>
+          <t>9786055088552</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Yazı Boy Asayı Musa Mecmuası</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>8682279619439</t>
+          <t>8682279619477</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789752458260</t>
+          <t>8682279619439</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>580</v>
+        <v>800</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>8682279613765</t>
+          <t>9789752458260</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>6100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>8682279613444</t>
+          <t>8682279613765</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kabe Motifli Kutulu Kadife Kur'an-ı Kerim (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>550</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>8682279619491</t>
+          <t>8682279613444</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kabe Motifli Kutulu Kadife Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789752458253</t>
+          <t>8682279619491</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Orta Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>580</v>
+        <v>800</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>8682279614731</t>
+          <t>9789752458253</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>5400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>8682279616131</t>
+          <t>8682279614731</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Pembe) (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>1320</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786051934716</t>
+          <t>8682279616131</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Gölgeli - Yazı Eseri)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>29</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789752458222</t>
+          <t>9786051934716</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
+          <t>Namaz Risaleleri (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>580</v>
+        <v>29</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>8682279616179</t>
+          <t>9789752458222</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Mor) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) B6 (Ciltli)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786055432652</t>
+          <t>8682279616179</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Asayı Musa Mecmuası (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>225</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>8682279616841</t>
+          <t>9786055432652</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Rahle Boy Asayı Musa Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>8682279616155</t>
+          <t>8682279616841</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Lacivert) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>8682279614724</t>
+          <t>8682279616155</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>4600</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>8682279632773</t>
+          <t>8682279614724</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
+          <t>Kaplama Gümüş V Tipi Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>580</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>8682279616124</t>
+          <t>8682279632773</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Koyu Mavi) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) A3 (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786054299270</t>
+          <t>8682279616124</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>22</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>8682279616827</t>
+          <t>9786054299270</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Namaz Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>8682279616100</t>
+          <t>8682279616827</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789752458208</t>
+          <t>8682279616100</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>8682279614854</t>
+          <t>9789752458208</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) 97 (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>10700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786054299638</t>
+          <t>8682279614854</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Namaz Risaleleri (Mukayeseli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>24</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>8682279616148</t>
+          <t>9786054299638</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Bordo) (Ciltli)</t>
+          <t>Namaz Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>1320</v>
+        <v>24</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789752458215</t>
+          <t>8682279616148</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786051933948</t>
+          <t>9789752458215</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Asayı Musa Mecmuası (Osmanlıca)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) 62 (Ciltli)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>8682279616087</t>
+          <t>9786051933948</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
+          <t>Orta Boy Asayı Musa Mecmuası (Osmanlıca)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>1320</v>
+        <v>320</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>8682279616810</t>
+          <t>8682279616087</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>8682279619194</t>
+          <t>8682279616810</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>1320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>8682279684765</t>
+          <t>8682279619194</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) 1036 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>580</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>8682279614847</t>
+          <t>8682279684765</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) 1036 (Ciltli)</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>9000</v>
+        <v>580</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>8682279619217</t>
+          <t>8682279614847</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>1000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>8682279616858</t>
+          <t>8682279619217</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>270</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>8682279616094</t>
+          <t>8682279616858</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Mor) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>8682279632780</t>
+          <t>8682279616094</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Mor) (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>8682279616070</t>
+          <t>8682279632780</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) 1034 (Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786058917200</t>
+          <t>8682279616070</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Münacat ve Hasbiye Risaleleri (Osmanlıca)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>22</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>8682279614861</t>
+          <t>9786058917200</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Münacat ve Hasbiye Risaleleri (Osmanlıca)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>5500</v>
+        <v>22</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>8682279616797</t>
+          <t>8682279614861</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Tavaflı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>270</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>8682279619200</t>
+          <t>8682279616797</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786054299584</t>
+          <t>8682279619200</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Münacat Risaleleri (Mukayeseli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Koyu Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>8682279619187</t>
+          <t>9786054299584</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
+          <t>Çanta Boy Münacat Risaleleri (Mukayeseli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>1000</v>
+        <v>30</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059106672</t>
+          <t>8682279619187</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>340</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>8682279632803</t>
+          <t>9786059106672</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
+          <t>Orta Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>8682279616803</t>
+          <t>8682279632803</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) 1025 (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>8682279619224</t>
+          <t>8682279616803</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Güllü, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>8682279684741</t>
+          <t>8682279619224</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı, Mühürlü) 1017 (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Elif-Vavlı, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>580</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051934723</t>
+          <t>8682279684741</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Mucizat-ı Ahmediyye Risalesi (Gölgeli - Yazı Eseri)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı, Mühürlü) 1017 (Ciltli)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>28</v>
+        <v>580</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>8682279616117</t>
+          <t>9786051934723</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Siyah) (Ciltli)</t>
+          <t>Mucizat-ı Ahmediyye Risalesi (Gölgeli - Yazı Eseri)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>1320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>8682279622392</t>
+          <t>8682279616117</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>8682279683720</t>
+          <t>8682279622392</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Güllü, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>8682279632834</t>
+          <t>8682279683720</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
+          <t>Rahle Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>8682279616162</t>
+          <t>8682279632834</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Yeşil) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) 1007 (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>1320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>8682279616773</t>
+          <t>8682279616162</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Kadife Kutulu Kur'an-ı Kerim (Rahle Boy, Güllü, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>270</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>8682279632797</t>
+          <t>8682279616773</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) 1005 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Güllü, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786054299249</t>
+          <t>8682279632797</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Miraç Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) 1005 (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>22</v>
+        <v>330</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786055432522</t>
+          <t>9786054299249</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kartela (Kırk Ayet, Kırk Hadis, Kırk Vecize)</t>
+          <t>Miraç Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>66</v>
+        <v>22</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>8682279616780</t>
+          <t>9786055432522</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Kartela (Kırk Ayet, Kırk Hadis, Kırk Vecize)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>270</v>
+        <v>66</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786051935003</t>
+          <t>8682279616780</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası (Osmanlıca - Genişletilmiş Baskı) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Güllü, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>490</v>
+        <v>270</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786055432805</t>
+          <t>9786051935003</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası (Osmanlıca - Genişletilmiş Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>520</v>
+        <v>490</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051933825</t>
+          <t>9786055432805</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051934679</t>
+          <t>9786051933825</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Şua'lar (Ciltli)</t>
+          <t>Orta Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786054299782</t>
+          <t>9786051934679</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Şua'lar (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786059106689</t>
+          <t>9786054299782</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
+          <t>Rahle Boy Kastamonu Lahikası Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9780000016584</t>
+          <t>9786059106689</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Kastamonu Lahikası Mecmuası</t>
+          <t>Rahle Boy Kur'an-ı Kerim (2 Renkli, Yeşil, Mühürlü)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>530</v>
+        <v>480</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051934617</t>
+          <t>9780000016584</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla İctimai Dualar (Büyük Cep Boy)</t>
+          <t>Yazı Boy Kastamonu Lahikası Mecmuası</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>30</v>
+        <v>530</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>8698758190306</t>
+          <t>9786051934617</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kanat Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Kaynaklarıyla İctimai Dualar (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>10700</v>
+        <v>30</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051934433</t>
+          <t>8698758190306</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla İctimai Dualar (Çanta Boy)</t>
+          <t>Kanat Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>35</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789944005425</t>
+          <t>9786051934433</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimat Orta Boy (Ciltli)</t>
+          <t>Kaynaklarıyla İctimai Dualar (Çanta Boy)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>380</v>
+        <v>35</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786058917224</t>
+          <t>9789944005425</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>2.Şua Risalesi (Osmanlıca)</t>
+          <t>El-Kelimat Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>22</v>
+        <v>380</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>8682279681870</t>
+          <t>9786058917224</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>2.Şua Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>8682279622408</t>
+          <t>8682279681870</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Güllü, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786054026364</t>
+          <t>8682279622408</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>El Mesneviyye'l-Arabi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Güllü, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>8698758190290</t>
+          <t>9786054026364</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>El Mesneviyye'l-Arabi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>9000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>8682279632827</t>
+          <t>8698758190290</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
+          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>330</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>8682279626611</t>
+          <t>8682279632827</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) 1002 (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752458161</t>
+          <t>8682279626611</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Güllü, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786058917217</t>
+          <t>9789752458161</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Meyve Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) 08 (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>28</v>
+        <v>580</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9759023031911</t>
+          <t>9786058917217</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Meyve Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>7700</v>
+        <v>28</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786050098921</t>
+          <t>9759023031911</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mesnevi-i Nuriye Mecmuası (Ciltli)</t>
+          <t>Sandıklı Kanatlı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>400</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752458284</t>
+          <t>9786050098921</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
+          <t>Yazı Boy Mesnevi-i Nuriye Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051934655</t>
+          <t>9789752458284</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>El Mesneviyye'l-Arabi (Ciltli)</t>
+          <t>Rahle Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) 07 (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>340</v>
+        <v>580</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786050061635</t>
+          <t>9786051934655</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>El Mesneviyye'l-Arabi (Ciltli)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>10200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051934204</t>
+          <t>9786050061635</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>1200</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>4440000000758</t>
+          <t>9786051934204</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Kabe Kutulu Kadife Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>290</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>8682279684482</t>
+          <t>4440000000758</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Rahle Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>8682279618098</t>
+          <t>8682279684482</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kabe Desenli Kuran Okuyan Kalem Seti (Kabe Desen, Rahle Boy, Karton Kutulu)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Güllü, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>3250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786050061659</t>
+          <t>8682279618098</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Kabe Desenli Kuran Okuyan Kalem Seti (Kabe Desen, Rahle Boy, Karton Kutulu)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>7300</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>8682279626642</t>
+          <t>9786050061659</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Sandıklı Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>270</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786050174373</t>
+          <t>8682279626642</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Güllü, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>8682279626604</t>
+          <t>9786050174373</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Orta Boy Mesnevi-i Nuriye Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>145</v>
+        <v>440</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786050066289</t>
+          <t>8682279626604</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Güllü, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>5800</v>
+        <v>145</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059119528</t>
+          <t>9786050066289</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Mektubat - 2 (Gölgeli Yazı Eseri) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>350</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>8682279615950</t>
+          <t>9786059119528</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) Y8 (Ciltli)</t>
+          <t>Mektubat - 2 (Gölgeli Yazı Eseri) (Ciltli)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>8682279626635</t>
+          <t>8682279615950</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Yeşil, Güllü, Mühürlü) Y8 (Ciltli)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>145</v>
+        <v>330</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786050015980</t>
+          <t>8682279626635</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mektubat - 2 Mecmuası (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Güllü, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>8682279616766</t>
+          <t>9786050015980</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Yazı Boy Mektubat - 2 Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786050066272</t>
+          <t>8682279616766</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Güllü, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>4800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786054299607</t>
+          <t>9786050066272</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>310</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>8682279616834</t>
+          <t>9786054299607</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>8682279615936</t>
+          <t>8682279616834</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) M1 (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Güllü, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>580</v>
+        <v>270</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786051934624</t>
+          <t>8682279615936</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Güllü, Mühürlü) M1 (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>8682279614441</t>
+          <t>9786051934624</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Orta Boy Mektubat - 2 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>4300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786054299010</t>
+          <t>8682279614441</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 2 Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Rahleli Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>410</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>8682279615929</t>
+          <t>9786054299010</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) L2 (Ciltli)</t>
+          <t>Orta Boy Mektubat - 2 Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>580</v>
+        <v>410</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>8682279614021</t>
+          <t>8682279615929</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lacivert, Güllü, Mühürlü) L2 (Ciltli)</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>270</v>
+        <v>580</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786059135894</t>
+          <t>8682279614021</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Mektubat - 1 (Gölgeli Yazı Eseri)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Yeşil, Elif-Vavlı, Mühürlü) - Y8 Koyu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>8682279615967</t>
+          <t>9786059135894</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) E5 (Ciltli)</t>
+          <t>Mektubat - 1 (Gölgeli Yazı Eseri)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>8682279613918</t>
+          <t>8682279615967</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Pudra Pembe, Güllü, Mühürlü) E5 (Ciltli)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>3700</v>
+        <v>580</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786051934402</t>
+          <t>8682279613918</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>340</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>8682279627731</t>
+          <t>9786051934402</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Mektubat - 1 Mecmuası</t>
+          <t>Lem'alar (Ciltli)</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>8682279615905</t>
+          <t>8682279627731</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) C7 (Ciltli)</t>
+          <t>Yazı Boy Mektubat - 1 Mecmuası</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>580</v>
+        <v>400</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>8682279613901</t>
+          <t>8682279615905</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Rahle Boy Kadife Kuran-ı Kerim (Lila, Güllü, Mühürlü) C7 (Ciltli)</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>3100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786054299546</t>
+          <t>8682279613901</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Mektubat - 1 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>220</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786051933528</t>
+          <t>9786054299546</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Sittetün Min Esmaillahi'l Muazzama</t>
+          <t>Rahle Boy Mektubat - 1 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>13</v>
+        <v>220</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>8682279613895</t>
+          <t>9786051933528</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Sittetün Min Esmaillahi'l Muazzama</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>2600</v>
+        <v>13</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786050051056</t>
+          <t>8682279613895</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Risalet'üt-Tefekkür'il-İmaniyyetin Aliye</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>16</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>8682279619835</t>
+          <t>9786050051056</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Risalet'üt-Tefekkür'il-İmaniyyetin Aliye</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>270</v>
+        <v>16</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786054299478</t>
+          <t>8682279619835</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat-1 Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Gökyüzü Mavi, Elif-Vavlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>8682279619828</t>
+          <t>9786054299478</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Orta Boy Mektubat-1 Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>8682279613888</t>
+          <t>8682279619828</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lacivert, Elif-Vavlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>2300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786054299522</t>
+          <t>8682279613888</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Mektubat - 1 Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Kaplama Gümüş Kur'an-ı Kerim (Büyük Cep Boy)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>450</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786051933573</t>
+          <t>9786054299522</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Risaletü'ş Şuyuh</t>
+          <t>Orta Boy Mektubat - 1 Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>35</v>
+        <v>450</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>8682279614922</t>
+          <t>9786051933573</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
+          <t>Risaletü'ş Şuyuh</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>7200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>8682279614915</t>
+          <t>8682279614922</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Orta Boy)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>6400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>8682279614908</t>
+          <t>8682279614915</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Hafız Boy)</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>5600</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>8698758190849</t>
+          <t>8682279614908</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0374)</t>
+          <t>Dik Kutulu Kaplama Gümüş Kur'an-ı Kerim (Çanta Boy)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>2000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>8682279640563</t>
+          <t>8698758190849</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0364)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0374)</t>
         </is>
       </c>
       <c r="C880" s="1">
         <v>2000</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>8698758190825</t>
+          <t>8682279640563</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Rahle Boy Ay-yıldız) (0356)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı) (0364)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>2300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>8698758190818</t>
+          <t>8698758190825</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Orta Boy Ay-yıldız) (0355)</t>
+          <t>Ahşap Kutulu Kur'an (Rahle Boy Ay-yıldız) (0356)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>2200</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>8698758190788</t>
+          <t>8698758190818</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Ay-yıldız) (0354)</t>
+          <t>Ahşap Kutulu Kur'an (Orta Boy Ay-yıldız) (0355)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>2000</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>8698758190795</t>
+          <t>8698758190788</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Ay-yıldız) (0353)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Ay-yıldız) (0354)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>1900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>8698758190801</t>
+          <t>8698758190795</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kabe Motifli Orta Boy Kur'an-ı Kerim (0335)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Ay-yıldız) (0353)</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>900</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>8698758190726</t>
+          <t>8698758190801</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Rahleli Kabe Motifli Hafız Boy Kur'an-ı Kerim (0334)</t>
+          <t>Rahleli Kabe Motifli Orta Boy Kur'an-ı Kerim (0335)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>1100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>8698758190719</t>
+          <t>8698758190726</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0323)</t>
+          <t>Rahleli Kabe Motifli Hafız Boy Kur'an-ı Kerim (0334)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>1900</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>8698758190733</t>
+          <t>8698758190719</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an( Hafız Boy-kahverengi) (0314)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0323)</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>2000</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>8698758190702</t>
+          <t>8698758190733</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0313)</t>
+          <t>Ahşap Kutulu Kur'an( Hafız Boy-kahverengi) (0314)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>1900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>8698758190696</t>
+          <t>8698758190702</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0293)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0313)</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>1900</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>8698758190627</t>
+          <t>8698758190696</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Büyük Cep Boy-kahverengi) (0292)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy-kahverengi) (0293)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>480</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>8698758190573</t>
+          <t>8698758190627</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Sarı Renk)(0263)</t>
+          <t>Ahşap Kutulu Kur'an (Büyük Cep Boy-kahverengi) (0292)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>1900</v>
+        <v>480</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>8698758190856</t>
+          <t>8698758190573</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı)(0244)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Sarı Renk)(0263)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>2000</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>8698758190511</t>
+          <t>8698758190856</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (B.Cep Sarı Kutulu)(0242)</t>
+          <t>Ahşap Kutulu Kur'an (Hafız Boy Sarı)(0244)</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>1500</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786051933566</t>
+          <t>8698758190511</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Risaletü'l Merda</t>
+          <t>Ahşap Kutulu Kur'an (B.Cep Sarı Kutulu)(0242)</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>10</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>8682279614038</t>
+          <t>9786051933566</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Risaletü'l Merda</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>270</v>
+        <v>10</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>8698758190528</t>
+          <t>8682279614038</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (cep B+tesbih+esans)(0241)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Pudra Pembe, Elif-Vavlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>1900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786054299645</t>
+          <t>8698758190528</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>23.Söz Risalesi (Mukayeseli)</t>
+          <t>Ahşap Kutulu Kur'an (cep B+tesbih+esans)(0241)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>24</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786054026333</t>
+          <t>9786054299645</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Haşr Risalesi</t>
+          <t>23.Söz Risalesi (Mukayeseli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>8682279619804</t>
+          <t>9786054026333</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Haşr Risalesi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>270</v>
+        <v>40</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>8682279619811</t>
+          <t>8682279619804</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Lila, Elif-Vavlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051933535</t>
+          <t>8682279619811</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Risaletu's Semere</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Fuşya Pembe, Elif-Vavlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>14</v>
+        <v>270</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>8698758190481</t>
+          <t>9786051933535</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)(0222)</t>
+          <t>Risaletu's Semere</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>480</v>
+        <v>14</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051934044</t>
+          <t>8698758190481</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Muhtasar Mealli Kuran (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)(0222)</t>
         </is>
       </c>
       <c r="C904" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051933801</t>
+          <t>9786051934044</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis</t>
+          <t>Orta Boy Osmanlıca Muhtasar Mealli Kuran (Ciltli)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>15</v>
+        <v>480</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>8682279622378</t>
+          <t>9786051933801</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Kırk Hadis</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>270</v>
+        <v>15</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786054299263</t>
+          <t>8682279622378</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>23.Söz Risalesi (Osmanlıca)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Beyaz, Elif-Vavlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>22</v>
+        <v>270</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>8682279619781</t>
+          <t>9786054299263</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>23.Söz Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789759023645</t>
+          <t>8682279619781</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Turkuaz, Elif-Vavlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>1250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051933511</t>
+          <t>9789759023645</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Risaletil Uhuvveti ve İhlas</t>
+          <t>Rahle Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>40</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>8698758190214</t>
+          <t>9786051933511</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an (Çanta Boy Kahverengi) (0123)</t>
+          <t>Risaletil Uhuvveti ve İhlas</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>1900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786054299256</t>
+          <t>8698758190214</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>24.Söz Risalesi (Osmanlıca)</t>
+          <t>Ahşap Kutulu Kur'an (Çanta Boy Kahverengi) (0123)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>22</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>8682279619798</t>
+          <t>9786054299256</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>24.Söz Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>270</v>
+        <v>22</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786050127508</t>
+          <t>8682279619798</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Kırmızı Renk (Cevşenü'l Kebir)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Bordo, Elif-Vavlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>40</v>
+        <v>270</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786055432171</t>
+          <t>9786050127508</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Boyun Cevşeni - Kırmızı Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>750</v>
+        <v>40</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>8682279684321</t>
+          <t>9786055432171</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786054299669</t>
+          <t>8682279684321</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Pencereler Risalesi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Altın, Elif-Vavlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786050174458</t>
+          <t>9786054299669</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Kırmızı Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Pencereler Risalesi</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786055432614</t>
+          <t>9786050174458</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Karşılıklı Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Kırmızı Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>530</v>
+        <v>280</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>8682279622385</t>
+          <t>9786055432614</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Karşılıklı Muhtasar Mealli Kur'an (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>270</v>
+        <v>670</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>8698758190313</t>
+          <t>8682279622385</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>(0122) Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Zümrüt Yeşil, Elif-Vavlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>1500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>8682279626499</t>
+          <t>8698758190313</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>(0122) Ahşap Kutulu Kur'an (Büyük Cep Kahverengi)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>270</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9759023706116</t>
+          <t>8682279626499</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Koyu Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>14</v>
+        <v>270</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786051933498</t>
+          <t>9759023706116</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimetani'l-Hadiyetü Ve'l-İşrune</t>
+          <t>Cep Boy Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>8682279684208</t>
+          <t>9786051933498</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>El-Kelimetani'l-Hadiyetü Ve'l-İşrune</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>270</v>
+        <v>10</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051935034</t>
+          <t>8682279684208</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>İşaret Dili Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Mürdüm Mor, Elif-Vavlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>37</v>
+        <v>270</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>8682279626529</t>
+          <t>9786051935034</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>İşaret Dili Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>270</v>
+        <v>37</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786055432669</t>
+          <t>8682279626529</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Murşidu'ş-Şebab Risalesi</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Vizon, Elif-Vavlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>15</v>
+        <v>270</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789759023980</t>
+          <t>9786055432669</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Patani Dili Kur'an Elifbası</t>
+          <t>Murşidu'ş-Şebab Risalesi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786054299393</t>
+          <t>9789759023980</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>32. Söz (Osmanlıca)</t>
+          <t>Patani Dili Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786051934631</t>
+          <t>9786054299393</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Metinsiz Muhtasar Meal (Ciltli)</t>
+          <t>32. Söz (Osmanlıca)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>310</v>
+        <v>25</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>8682279626482</t>
+          <t>9786051934631</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Metinsiz Muhtasar Meal (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789759023928</t>
+          <t>8682279626482</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Malayca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Açık Gri, Elif-Vavlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>28</v>
+        <v>190</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9759023034844</t>
+          <t>9789759023928</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Malayca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>8682279626512</t>
+          <t>9759023034844</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>145</v>
+        <v>18</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789759023904</t>
+          <t>8682279626512</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Makedonca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Krem, Elif-Vavlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>28</v>
+        <v>145</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786059106214</t>
+          <t>9789759023904</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran Meali Metinsiz Gürcüce (Ciltli)</t>
+          <t>Makedonca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>8682279619774</t>
+          <t>9786059106214</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Orta Boy Kuran Meali Metinsiz Gürcüce (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789759023874</t>
+          <t>8682279619774</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Macarca Kur'an Elifbası</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Kırmızı, Elif-Vavlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>28</v>
+        <v>270</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786055432379</t>
+          <t>9789759023874</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe Kur'an Elifbası</t>
+          <t>Macarca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786055432744</t>
+          <t>9786055432379</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Mucizatı Kur'aniyye Risalesi</t>
+          <t>Kürtçe Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786055432386</t>
+          <t>9786055432744</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Gürcüce Kur'an Elifbası</t>
+          <t>Mucizatı Kur'aniyye Risalesi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>28</v>
+        <v>78</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>8682279614007</t>
+          <t>9786055432386</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Gürcüce Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>270</v>
+        <v>28</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786059106375</t>
+          <t>8682279614007</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Mealli Kur'an (Gürcüce) (Ciltli)</t>
+          <t>Çanta Boy Kadife Kuran-ı Kerim (Siyah, Elif-Vavlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789759023966</t>
+          <t>9786059106375</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Kur'an Elifbası</t>
+          <t>Çanta Boy Mealli Kur'an (Gürcüce) (Ciltli)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>28</v>
+        <v>380</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786055432737</t>
+          <t>9789759023966</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Mucizatı Ahmediyye Risalesi</t>
+          <t>Fransızca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786055432089</t>
+          <t>9786055432737</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Flemenkçe Kur'an Elifbası</t>
+          <t>Mucizatı Ahmediyye Risalesi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786051934235</t>
+          <t>9786055432089</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Osmanlıca Mealli Cevşenü'l Kebir Duası (Ciltli)</t>
+          <t>Flemenkçe Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>270</v>
+        <v>28</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786050096026</t>
+          <t>9786051934235</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Osmanlıca Mealli Cevşenü'l Kebir Duası (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789759023911</t>
+          <t>9786050096026</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Endonezyaca Kur'an Elifbası</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>28</v>
+        <v>250</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786054299768</t>
+          <t>9789759023911</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kalu Ani'n-Nursi</t>
+          <t>Endonezyaca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786055098728</t>
+          <t>9786054299768</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Kalu Ani'n-Nursi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786055432010</t>
+          <t>9786055098728</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bulgarca Kur'an Elifbası</t>
+          <t>Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>28</v>
+        <v>170</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786055098520</t>
+          <t>9786055432010</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Bulgarca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>300</v>
+        <v>28</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789759023881</t>
+          <t>9786055098520</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Boşnakca Kur'an Elifbası</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Mavi Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>28</v>
+        <v>300</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>8682279621845</t>
+          <t>9789759023881</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Boşnakca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789752458550</t>
+          <t>8682279621845</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789759023898</t>
+          <t>9789752458550</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Arnavutça Kur'an Elifbası</t>
+          <t>Büyük Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>28</v>
+        <v>260</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786054299447</t>
+          <t>9789759023898</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kader Risalesi</t>
+          <t>Arnavutça Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>8682279627311</t>
+          <t>9786054299447</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Kader Risalesi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>4440000000754</t>
+          <t>8682279627311</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Almanca Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>8682279621784</t>
+          <t>4440000000754</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Almanca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>8682279627328</t>
+          <t>8682279621784</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786054299652</t>
+          <t>8682279627328</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hutbe-i Şamiye</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>47</v>
+        <v>200</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786055432119</t>
+          <t>9786054299652</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Polonyaca Kur'an Elifbası</t>
+          <t>Hutbe-i Şamiye</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>8682279621838</t>
+          <t>9786055432119</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Polonyaca Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786055432102</t>
+          <t>8682279621838</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Portekizce Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789756049257</t>
+          <t>9786055432102</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kalemi + Şarj (V3-V4-V5 setler ile uyumlu)</t>
+          <t>Portekizce Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>2350</v>
+        <v>28</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>8682279621852</t>
+          <t>9789756049257</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Kuran Kalemi + Şarj (V3-V4-V5 setler ile uyumlu)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>110</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789752458857</t>
+          <t>8682279621852</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>8682279613390</t>
+          <t>9789752458857</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Suni Deri Kur'an-ı Kerim (Özel, Mühürlü)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>8682279621807</t>
+          <t>8682279613390</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Cami Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>110</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>8682279613437</t>
+          <t>8682279621807</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>520</v>
+        <v>110</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>8682279621821</t>
+          <t>8682279613437</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Orta Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>110</v>
+        <v>520</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>8682279613420</t>
+          <t>8682279621821</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>850</v>
+        <v>110</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>8682279621777</t>
+          <t>8682279613420</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Rahle Boy Kuran-ı Kerim (Kabe Desen, Yeşil ve Lila Renkler) (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>8682279621869</t>
+          <t>8682279621777</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786055432027</t>
+          <t>8682279621869</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Romence Kur'an Elifbası</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>28</v>
+        <v>200</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789759023935</t>
+          <t>9786055432027</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kur'an Elifbası</t>
+          <t>Romence Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>8682279633961</t>
+          <t>9789759023935</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Altın Renk, Mühürlü) - Gold (Ciltli)</t>
+          <t>Rusça Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786054299461</t>
+          <t>8682279633961</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Badiuzzaman Dan Dakwah Risalah An-Nur (Risale-i Nur Hizmeti)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Altın Renk, Mühürlü) - Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>24</v>
+        <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789759023942</t>
+          <t>9786054299461</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Kur'an Elifbası (Orta Boy)</t>
+          <t>Badiuzzaman Dan Dakwah Risalah An-Nur (Risale-i Nur Hizmeti)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>8682279624402</t>
+          <t>9789759023942</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an-ı Kerim (Çanta Boy - Dikey)</t>
+          <t>Uygurca Kur'an Elifbası (Orta Boy)</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>680</v>
+        <v>28</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>8682279621883</t>
+          <t>8682279624402</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşili, Mühürlü) (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an-ı Kerim (Çanta Boy - Dikey)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>680</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786055432768</t>
+          <t>8682279621883</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Huccetullah El-Baligatu</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşili, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>67</v>
+        <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>8682279621814</t>
+          <t>9786055432768</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Huccetullah El-Baligatu</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>110</v>
+        <v>67</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>8682279624419</t>
+          <t>8682279621814</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Kur'an-ı Kerim (Hafız Boy - Dikey)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>800</v>
+        <v>110</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>8682279621791</t>
+          <t>8682279624419</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Ahşap Kutulu Kur'an-ı Kerim (Hafız Boy - Dikey)</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>8682279620022</t>
+          <t>8682279621791</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Dikey Saatli Ahşap Muhafazalı Kur'an-ı Kerim</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051933542</t>
+          <t>8682279620022</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Hikmetü'l İstiaze Risalesi</t>
+          <t>Dikey Saatli Ahşap Muhafazalı Kur'an-ı Kerim</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>10</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>8682279621876</t>
+          <t>9786051933542</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Hikmetü'l İstiaze Risalesi</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>8682279633954</t>
+          <t>8682279621876</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786054299195</t>
+          <t>8682279633954</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Risalesi (Osmanlıca)</t>
+          <t>Cep Boy Termo Deri Kuran-ı Kerim (Bebe Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786055432713</t>
+          <t>9786054299195</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Beş Risale</t>
+          <t>Küçük Sözler Risalesi (Osmanlıca)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786059114837</t>
+          <t>9786055432713</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Güzel Yazı Defteri (Gölgeli)</t>
+          <t>Beş Risale</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>350</v>
+        <v>30</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789752458802</t>
+          <t>9786059114837</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Küçük Sözler Güzel Yazı Defteri (Gölgeli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786059106313</t>
+          <t>9789752458802</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>The Short Words (Küçük Sözler)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>57</v>
+        <v>110</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789752458796</t>
+          <t>9786059106313</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>The Short Words (Küçük Sözler)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>190</v>
+        <v>57</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786059106122</t>
+          <t>9789752458796</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sözler Çalışma Kitabı</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786051933597</t>
+          <t>9786059106122</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Et-Tevhid</t>
+          <t>Küçük Sözler Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>13</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789752458819</t>
+          <t>9786051933597</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Et-Tevhid</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>190</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789752458826</t>
+          <t>9789752458819</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1002" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786054299126</t>
+          <t>9789752458826</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Es-Sünnet-i Seniyye Vel İktisad Vel Hicab</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789752458888</t>
+          <t>9786054299126</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Es-Sünnet-i Seniyye Vel İktisad Vel Hicab</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>190</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051933603</t>
+          <t>9789752458888</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>El-Mirac-Un Nebeviyye</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786054299423</t>
+          <t>9786051933603</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lemaat Risalesi (Osmanlıca) (Ciltli)</t>
+          <t>El-Mirac-Un Nebeviyye</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789752458710</t>
+          <t>9786054299423</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Çanta Boy Lemaat Risalesi (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>190</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789944201018</t>
+          <t>9789752458710</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Cami Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054026005</t>
+          <t>9789944201018</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Cami Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>8682279633794</t>
+          <t>9786054026005</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Çanta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051933559</t>
+          <t>8682279633794</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>El-Ma'rifetillahi Ve'l Ubudiyyeti</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>24</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789944205016</t>
+          <t>9786051933559</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>El-Ma'rifetillahi Ve'l Ubudiyyeti</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>70</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789752458895</t>
+          <t>9789944205016</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Çanta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789752458727</t>
+          <t>9789752458895</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051933610</t>
+          <t>9789752458727</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>El-Levamıu</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>8682279685120</t>
+          <t>9786051933610</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>El-Levamıu</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>8682279633800</t>
+          <t>8682279685120</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786055432676</t>
+          <t>8682279633800</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>El-Kelimatü's-Sağıretü</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786054026388</t>
+          <t>9786055432676</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>El-Kelimatü's-Sağıretü</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>8682279633824</t>
+          <t>9786054026388</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786054026395</t>
+          <t>8682279633824</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>8682279685106</t>
+          <t>9786054026395</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>B.Cep Boy Hanımlar Rehberi Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786055432683</t>
+          <t>8682279685106</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>El İctihad Ve's Sahabe Ene ve Zerre</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051934587</t>
+          <t>9786055432683</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
+          <t>El İctihad Ve's Sahabe Ene ve Zerre</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>580</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>8682279633855</t>
+          <t>9786051934587</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Orta Boy Lem'alar Mecmuası (Mukayeseli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>8682279633817</t>
+          <t>8682279633855</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786059106146</t>
+          <t>8682279633817</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>8682279633848</t>
+          <t>9786059106146</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Orta Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051933504</t>
+          <t>8682279633848</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Beka-yı Ruh, Melaike ve Haşri</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>10</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789752458772</t>
+          <t>9786051933504</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Beka-yı Ruh, Melaike ve Haşri</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>190</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786054026029</t>
+          <t>9789752458772</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Lem'alar Mecmuası (Mukayeseli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789752458833</t>
+          <t>9786054026029</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Rahle Boy Lem'alar Mecmuası (Mukayeseli)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051933795</t>
+          <t>9789752458833</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Arapça Asayı Musa</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051933658</t>
+          <t>9786051933795</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Rehberi (Yöntem ve Ezberler) (Ciltli)</t>
+          <t>Arapça Asayı Musa</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>8682279694177</t>
+          <t>9786051933658</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Hafızlık Rehberi (Yöntem ve Ezberler - Pembe) (Ciltli)</t>
+          <t>Hafızlık Rehberi (Yöntem ve Ezberler) (Ciltli)</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789752458758</t>
+          <t>8682279694177</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>Hafızlık Rehberi (Yöntem ve Ezberler - Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>8682279633299</t>
+          <t>9789752458758</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Yeşil, Nakışlı, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>8682279621128</t>
+          <t>8682279633299</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789752458642</t>
+          <t>8682279621128</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Beyaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786055432263</t>
+          <t>9789752458642</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Kartları</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mavi, Nakışlı, Yaldızlı, Mühürlü) - M1 Gökyüzü Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>8682279621043</t>
+          <t>9786055432263</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
+          <t>Amme Cüzü Kartları</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>8682279621067</t>
+          <t>8682279621043</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Bordo, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789752458734</t>
+          <t>8682279621067</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fuşya Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>8682279621135</t>
+          <t>9789752458734</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lacivert, Nakışlı, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>8682279633305</t>
+          <t>8682279621135</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Fıstık Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789752458703</t>
+          <t>8682279633305</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Altın, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>8682279621111</t>
+          <t>9789752458703</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Nakışlı, Yaldızlı, Mühürlü) - E5 Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786050099539</t>
+          <t>8682279621111</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Resm-i Osmani (Orta Boy)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Gri, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>23</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>8682279621029</t>
+          <t>9786050099539</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
+          <t>Amme Cüzü Resm-i Osmani (Orta Boy)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>340</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789752458659</t>
+          <t>8682279621029</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Kırmızı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>8682279621074</t>
+          <t>9789752458659</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Lila, Nakışlı, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>8682279621050</t>
+          <t>8682279621074</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lacivert, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>8682279621104</t>
+          <t>8682279621050</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Lila, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789752458673</t>
+          <t>8682279621104</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>8682279621081</t>
+          <t>9789752458673</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Nakışlı, Yaldızlı, Mühürlü) - B6 Fuşya Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>8682279626420</t>
+          <t>8682279621081</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Siyah, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>355</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>8682279633879</t>
+          <t>8682279626420</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Toz Pembe, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>8682279621036</t>
+          <t>8682279633879</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Beyaz, Nakışlı, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789752458789</t>
+          <t>8682279621036</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Turkuaz, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>8682279626413</t>
+          <t>9789752458789</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Turkuaz, Nakışlı, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>8682279621098</t>
+          <t>8682279626413</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Vizon, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1061" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789752458604</t>
+          <t>8682279621098</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Hafız Boy Termo Deri Kuran-ı Kerim (Yeşil, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786051930268</t>
+          <t>9789752458604</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Bordo, Nakışlı, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>8682279685168</t>
+          <t>9786051930268</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lila, Yaldızlı, Mühürlü) - C7 Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786051930275</t>
+          <t>8682279685168</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 P. Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Altın, Nakışlı, Yaldızlı) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051930237</t>
+          <t>9786051930275</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Pudra Pembe, Yaldızlı, Mühürlü) - E5 P. Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1066" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>8682279633886</t>
+          <t>9786051930237</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Lacivert, Yaldızlı, Mühürlü) - L2 Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786051930190</t>
+          <t>8682279633886</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Nakışlı, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786050090338</t>
+          <t>9786051930190</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>35 Besmele (Magnet)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mavi, Yaldızlı, Mühürlü) - M1 Gk Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>15</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786051930367</t>
+          <t>9786050090338</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
+          <t>35 Besmele (Magnet)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>330</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>8682279633909</t>
+          <t>9786051930367</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Yeşil, Yaldızlı, Mühürlü) - Y8 Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786051930169</t>
+          <t>8682279633909</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 F. Pembe (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Koyu Gri, Nakışlı, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>8682279633138</t>
+          <t>9786051930169</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Fuşya Pembe, Yaldızlı, Mühürlü) - B6 F. Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1073" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786050096262</t>
+          <t>8682279633138</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Çanta Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Beyaz, Yaldızlı, Mühürlü) - A3 Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>8682279685144</t>
+          <t>9786050096262</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
+          <t>Çanta Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786051930299</t>
+          <t>8682279685144</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Nakışlı, Yaldızlı) - 1017 Mürdüm Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>8682279633930</t>
+          <t>9786051930299</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Turkuaz, Yaldızlı, Mühürlü) - 97 Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786051930152</t>
+          <t>8682279633930</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Vizon, Nakışlı, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786055098711</t>
+          <t>9786051930152</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Bordo, Yaldızlı, Mühürlü) - 62 Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>8682279684888</t>
+          <t>9786055098711</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
+          <t>Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>8682279633893</t>
+          <t>8682279684888</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Altın, Yaldızlı, Mühürlü) - 1036 Gold (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>8682279633145</t>
+          <t>8682279633893</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Açık Gri, Nakışlı, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>8682279633169</t>
+          <t>8682279633145</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Zümrüt Yeşil, Yaldızlı, Mühürlü) - 1034 Zümrüt Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786055098513</t>
+          <t>8682279633169</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Koyu Gri, Yaldızlı, Mühürlü) - 1025 Koyu Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>8682279633923</t>
+          <t>9786055098513</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
+          <t>Büyük Cep Boy Kur'an-ı Kerim (Lila Renk, Kılıflı, Mühürlü)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>8682279684864</t>
+          <t>8682279633923</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdün Mor (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Krem, Nakışlı, Yaldızlı, Mühürlü) - 1002 Krem (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>8682279633190</t>
+          <t>8682279684864</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Mürdüm Mor, Yaldızlı, Mühürlü) - 1017 Mürdün Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>8682279633152</t>
+          <t>8682279633190</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Vizon, Yaldızlı, Mühürlü) - 1007 Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>8682279618135</t>
+          <t>8682279633152</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Lem'alar (Gölgeli Yazı Eseri)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Açık Gri, Yaldızlı, Mühürlü) - 1005 Açık Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789752458697</t>
+          <t>8682279618135</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
+          <t>Lem'alar (Gölgeli Yazı Eseri)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>8682279633183</t>
+          <t>9789752458697</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim -1002 (Krem, Yaldızlı, Mühürlü) (Ciltli)</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Kırmızı, Nakışlı, Yaldızlı, Mühürlü) - 08 Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789752458741</t>
+          <t>8682279633183</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim -1002 (Krem, Yaldızlı, Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786051930220</t>
+          <t>9789752458741</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı</t>
+          <t>Cep Boy Kadife Kur'an-ı Kerim (Siyah, Nakışlı, Yaldızlı, Mühürlü) - 07 Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>8682279627755</t>
+          <t>9786051930220</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yazı Boy Lem'alar Mecmuası</t>
+          <t>Hafız Boy Kadife Kur'an-ı Kerim (Kırmızı, Yaldızlı, Mühürlü) - 08 Kırmızı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>580</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786054026258</t>
+          <t>8682279627755</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Rahle Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
+          <t>Yazı Boy Lem'alar Mecmuası</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>8682279632353</t>
+          <t>9786054026258</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü)</t>
+          <t>Rahle Boy Lem'alar Mecmuası (Osmanlıca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786055432348</t>
+          <t>8682279632353</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler Harekeler(4-6 Yaş)</t>
+          <t>Orta Boy Kur'an-ı Kerim (Yaldızlı, Kutulu, Mühürlü)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>55</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789759023867</t>
+          <t>9786055432348</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>The Qur'anic Alphabet For Kids</t>
+          <t>Sevimli Harfler Harekeler(4-6 Yaş)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051930091</t>
+          <t>9789759023867</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim (Kadife, Yaldızlı, Hafız Boy) (Ciltli)</t>
+          <t>The Qur'anic Alphabet For Kids</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>340</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786051931173</t>
+          <t>9786051930091</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim (Yaldızlı, Çanta Boy) (Ciltli)</t>
+          <t>Kuran-ı Kerim (Kadife, Yaldızlı, Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>3990000030745</t>
+          <t>9786051931173</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Orta Boy, Lüks Ciltli)</t>
+          <t>Kuran-ı Kerim (Yaldızlı, Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>29.7</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786051934242</t>
+          <t>3990000030745</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kılıflı)</t>
+          <t>Büyük Cevşen (Orta Boy, Lüks Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>60</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>3990000019043</t>
+          <t>9786051934242</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Elifba Seti</t>
+          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kılıflı)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9759023051919</t>
+          <t>3990000019043</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Rahle Boy-Fihristli Kod: 914)</t>
+          <t>Neşeli Elifba Seti</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>58</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9759023042771</t>
+          <t>9759023051919</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Orta Boy-Fihristli)</t>
+          <t>Yasin-i Şerif (Rahle Boy-Fihristli Kod: 914)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>42</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789759023430</t>
+          <t>9759023042771</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
+          <t>Yasin-i Şerif (Orta Boy-Fihristli)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789759023447</t>
+          <t>9789759023430</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Hafız Boy)</t>
+          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789759023416</t>
+          <t>9789759023447</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Çanta Boy)</t>
+          <t>Yasin-i Şerif (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9759023906004</t>
+          <t>9789759023416</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Kod: 905 )</t>
+          <t>Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9759023051438</t>
+          <t>9759023906004</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy-Fihristli)</t>
+          <t>Yasin-i Şerif (Kod: 905 )</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9759023901009</t>
+          <t>9759023051438</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy-Kod: 901)</t>
+          <t>Yasin-i Şerif (Cami Boy-Fihristli)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789759023768</t>
+          <t>9759023901009</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Elifbası (Orta Boy)</t>
+          <t>Yasin-i Şerif (Cami Boy-Kod: 901)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9759023703122</t>
+          <t>9789759023768</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Elifbası</t>
+          <t>Tecvidli Kur’an Elifbası (Orta Boy)</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789759023843</t>
+          <t>9759023703122</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Tecvid (Hafız Boy)</t>
+          <t>Tecvidli Kur’an Elifbası</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789759023775</t>
+          <t>9789759023843</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Tam Namaz Hocası (Hafız Boy)</t>
+          <t>Tecvid (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789759023218</t>
+          <t>9789759023775</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Müfredatı</t>
+          <t>Tam Namaz Hocası (Hafız Boy)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>23</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9759023033540</t>
+          <t>9789759023218</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası Seti (2 Kitap + 1 Yapboz + 1 Sticker)</t>
+          <t>Osmanlıca İmla Müfredatı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9759023002003</t>
+          <t>9759023033540</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Rahle Boy) (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası Seti (2 Kitap + 1 Yapboz + 1 Sticker)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9759023005004</t>
+          <t>9759023002003</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
+          <t>Namaz Tesbihatı (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>9.9</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9759023006001</t>
+          <t>9759023005004</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Ciltli)</t>
+          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>55</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786055432133</t>
+          <t>9759023006001</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Namaz Rehberi</t>
+          <t>Namaz Tesbihatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>27.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789759023782</t>
+          <t>9786055432133</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Namaz Hocası</t>
+          <t>Namaz Rehberi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>9</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789759023454</t>
+          <t>9789759023782</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Rahle Boy)</t>
+          <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9759023090314</t>
+          <t>9789759023454</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
+          <t>Mealli Yasin-i Şerif (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789759023423</t>
+          <t>9759023090314</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Çanta Boy)</t>
+          <t>Mealli Yasin-i Şerif (Orta Boy)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>5.45</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9759023901016</t>
+          <t>9789759023423</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif (Cami Boy - Kod: 906)</t>
+          <t>Mealli Yasin-i Şerif (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>100</v>
+        <v>5.45</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789759023393</t>
+          <t>9759023901016</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hac ve Umre Duaları (Ciltli)</t>
+          <t>Mealli Yasin-i Şerif (Cami Boy - Kod: 906)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789759023744</t>
+          <t>9789759023393</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Mealli Delailü’n-Nur</t>
+          <t>Mealli Hac ve Umre Duaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9759023405019</t>
+          <t>9789759023744</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Çanta Boy -Yaldızlı- Kod: 405) (Ciltli)</t>
+          <t>Mealli Delailü’n-Nur</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>128.71</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9759023102017</t>
+          <t>9759023405019</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Deri (Çanta Boy -Yaldızlı- Kod: 405) (Ciltli)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>1000</v>
+        <v>128.71</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9759023102024</t>
+          <t>9759023102017</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786055432041</t>
+          <t>9759023102024</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Özel Rahle Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Rahle Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>78</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786055432034</t>
+          <t>9786055432041</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Özel Orta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Özel Rahle Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>55</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9759023203028</t>
+          <t>9786055432034</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Özel Orta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>24.75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9759023103014</t>
+          <t>9759023203028</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>650</v>
+        <v>24.75</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9759023042825</t>
+          <t>9759023103014</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9759023104028</t>
+          <t>9759023042825</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Hafız Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Orta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786059106450</t>
+          <t>9759023104028</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Yaldızlı-Tapa Kapak)</t>
+          <t>Kur’an-ı Kerim (Hafız Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9759023105025</t>
+          <t>9786059106450</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Yaldızlı-Tapa Kapak)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9759023407013</t>
+          <t>9759023105025</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Çanta Boy-Renkli-Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>208</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9759023107012</t>
+          <t>9759023407013</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Bordo Küçük) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>170</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9759023101010</t>
+          <t>9759023107012</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Kutulu ( Cami Boy-Renkli-Yaldızlı-Mahfazalı Kod: 101) (Ciltli)</t>
+          <t>Kur’an-ı Kerim (Bordo Küçük) (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>1250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9759023401011</t>
+          <t>9759023101010</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Cami Boy - Renkli - Yaldızlı - Mahfazalı) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Kutulu ( Cami Boy-Renkli-Yaldızlı-Mahfazalı Kod: 101) (Ciltli)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>495.05</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9759023106015</t>
+          <t>9759023401011</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Bordo Büyük) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Deri (Cami Boy - Renkli - Yaldızlı - Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>300</v>
+        <v>495.05</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789759023669</t>
+          <t>9759023106015</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kelime Mealli Yasin-i Şerif (Rahle Boy)</t>
+          <t>Kur’an-ı Kerim (Bordo Büyük) (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789759023812</t>
+          <t>9789759023669</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Katlanabilir Tesbihat</t>
+          <t>Kelime Mealli Yasin-i Şerif (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9759023051308</t>
+          <t>9789759023812</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Katlanabilir Dualar</t>
+          <t>Katlanabilir Tesbihat</t>
         </is>
       </c>
       <c r="C1147" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9759023102055</t>
+          <t>9759023051308</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
+          <t>Katlanabilir Dualar</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>188.12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9759023103052</t>
+          <t>9759023102055</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
+          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>148.51</v>
+        <v>188.12</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9759023103045</t>
+          <t>9759023103052</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
           <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>1500</v>
+        <v>148.51</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789759023485</t>
+          <t>9759023103045</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Hafız Boy-Özel Kutulu-Karton Cilt)</t>
+          <t>Hatmi Şerif (Orta Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789759023478</t>
+          <t>9789759023485</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Ciltli)</t>
+          <t>Hatmi Şerif (Hafız Boy-Özel Kutulu-Karton Cilt)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9759023035087</t>
+          <t>9789759023478</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Cami Boy-Çantalı ) (Ciltli)</t>
+          <t>Hatmi Şerif (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9759023037852</t>
+          <t>9759023035087</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Cami Boy-Çantalı) (Ciltli)</t>
+          <t>Hatmi Şerif (Cami Boy-Çantalı ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>6800</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9759023120400</t>
+          <t>9759023037852</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Hafız Boy Arapça) (Ciltli)</t>
+          <t>Hatmi Şerif (Cami Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786055024079</t>
+          <t>9759023120400</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Çanta Boy Arapça) (Ciltli)</t>
+          <t>Hac ve Umre Duaları (Hafız Boy Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>11.88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9759023120608</t>
+          <t>9786055024079</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre Duaları (Arapça) (Ciltli)</t>
+          <t>Hac ve Umre Duaları (Çanta Boy Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>60</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786055432430</t>
+          <t>9759023120608</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Elifbası Alıştırma Kitabı</t>
+          <t>Hac ve Umre Duaları (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>68</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9759023102048</t>
+          <t>9786055432430</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
+          <t>Çocuk Elifbası Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>2000</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9759023502091</t>
+          <t>9759023102048</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l- Kebir (Rahle Boy) (Ciltli)</t>
+          <t>Hatmi Şerif (Rahle Boy-Çantalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>150</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9759023506099</t>
+          <t>9759023502091</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l- Kebir (Ciltli)</t>
+          <t>Cevşenü’l- Kebir (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786055432423</t>
+          <t>9759023506099</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çocuk Elifbası</t>
+          <t>Cevşenü’l- Kebir (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>55</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789759023614</t>
+          <t>9786055432423</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Mealli Büyük Cevşen (Orta Boy) (Ciltli)</t>
+          <t>Neşeli Çocuk Elifbası</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>390</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789759023652</t>
+          <t>9789759023614</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Mealli Büyük Cevşen (Çanta Boy) (Ciltli)</t>
+          <t>Mealli Büyük Cevşen (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789759023973</t>
+          <t>9789759023652</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Mealli Cevşen (Kod: 511) (Ciltli)</t>
+          <t>Mealli Büyük Cevşen (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786055432140</t>
+          <t>9789759023973</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Osmanlıca Meali</t>
+          <t>Mealli Cevşen (Kod: 511) (Ciltli)</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789759023560</t>
+          <t>9786055432140</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali (Çanta Boy)</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Osmanlıca Meali</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789759023720</t>
+          <t>9789759023560</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali (Çanta Boy)</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786055432539</t>
+          <t>9789759023720</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Orta Boy - Renkli - Sade) (Ciltli)</t>
+          <t>Kur’an-ı Kerim’in Metinsiz Muhtasar Meali</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9759023306019</t>
+          <t>9786055432539</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Yaldızlı - Kılıflı)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Orta Boy - Renkli - Sade) (Ciltli)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>19.8</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9759023306026</t>
+          <t>9759023306019</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Meali (Renkli - Sade)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Yaldızlı - Kılıflı)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>15.84</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9759023301021</t>
+          <t>9759023306026</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Cami Boy - Renkli - Sade - Kod: 302) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Meali (Renkli - Sade)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>77.23</v>
+        <v>15.84</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789759023836</t>
+          <t>9759023301021</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Kelime Meali ( Rahle Boy - Kod: 311 )</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Cami Boy - Renkli - Sade - Kod: 302) (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>770</v>
+        <v>77.23</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789759023577</t>
+          <t>9789759023836</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Karşılıklı Muhtasar Meali (Orta Boy - Renkli) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Kelime Meali ( Rahle Boy - Kod: 311 )</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>650</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9759023104011</t>
+          <t>9789759023577</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kutulu ) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Karşılıklı Muhtasar Meali (Orta Boy - Renkli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>560</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786055432515</t>
+          <t>9759023104011</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 2</t>
+          <t>Kur’an-ı Kerim (Renkli, Hafız Boy, Yaldızlı, Kutulu ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>160</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786055432997</t>
+          <t>9786055432515</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 3</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 2</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786055432300</t>
+          <t>9786055432997</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Elifba Seti</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 3</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786055432218</t>
+          <t>9786055432300</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Mealli Hafız Boy) (Ciltli)</t>
+          <t>Okul Öncesi Elifba Seti</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786055432201</t>
+          <t>9786055432218</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Hafız Boy,Kod: 513) (Ciltli)</t>
+          <t>Büyük Cevşen (Mealli Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789759023386</t>
+          <t>9786055432201</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Hafız Boy,Kod: 513) (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789759023737</t>
+          <t>9789759023386</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı</t>
+          <t>Namaz Tesbihatı (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786055432393</t>
+          <t>9789759023737</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım ( Hafız Boy, Mavi Kapak, Kod:149) (Ciltli)</t>
+          <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>34</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786055432447</t>
+          <t>9786055432393</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım (Hafız Boy, Lila Kapak, Kod:151) (Ciltli)</t>
+          <t>Benim Kur'anım ( Hafız Boy, Mavi Kapak, Kod:149) (Ciltli)</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>33.66</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9759023125023</t>
+          <t>9786055432447</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Mealli Hac ve Umre Duaları (Çanta Boy) (Ciltli)</t>
+          <t>Benim Kur'anım (Hafız Boy, Lila Kapak, Kod:151) (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>125</v>
+        <v>33.66</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789759023751</t>
+          <t>9759023125023</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Kebir Boy Mühürlü (Renkli - Sade - Kod: 100)</t>
+          <t>Mealli Hac ve Umre Duaları (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>2500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9759023903003</t>
+          <t>9789759023751</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Yasin-i Şerif Cüzü</t>
+          <t>Kur'an-ı Kerim Kebir Boy Mühürlü (Renkli - Sade - Kod: 100)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>16</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786059106054</t>
+          <t>9759023903003</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Belge Okuma Rehberi</t>
+          <t>Orta Boy Yasin-i Şerif Cüzü</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>90</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>3990000030803</t>
+          <t>9786059106054</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam - Küçük Hanımlar</t>
+          <t>Osmanlıca Belge Okuma Rehberi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>1.98</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786055432331</t>
+          <t>3990000030803</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Harfler</t>
+          <t>Benim Namaz Hocam - Küçük Hanımlar</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>55</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786051932743</t>
+          <t>9786055432331</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Çanta Boy, Yeşil) (Ciltli)</t>
+          <t>Sevimli Harfler</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>70</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9783000002070</t>
+          <t>9786051932743</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Çanta Boy, Mavi) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Çanta Boy, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789756594123</t>
+          <t>9783000002070</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Allah Velilerinden (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Çanta Boy, Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9783000002000</t>
+          <t>9789756594123</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Pembe) (Ciltli)</t>
+          <t>Allah Velilerinden (Ciltli)</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9783000002020</t>
+          <t>9783000002000</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Siyah) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Pembe) (Ciltli)</t>
         </is>
       </c>
       <c r="C1195" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9783000002030</t>
+          <t>9783000002020</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Mavi) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Siyah) (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9783000002040</t>
+          <t>9783000002030</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Lacivert) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Mavi) (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9783000002060</t>
+          <t>9783000002040</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Kırmızı) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Lacivert) (Ciltli)</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9783000002050</t>
+          <t>9783000002060</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Bordo) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1199" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9783000002010</t>
+          <t>9783000002050</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Mealli (Cep Boy, Yeşil) (Ciltli)</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C1200" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786051933245</t>
+          <t>9783000002010</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yazılı Yasin-i Şerif</t>
+          <t>Yasin-i Şerif Mealli (Cep Boy, Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786059106016</t>
+          <t>9786051933245</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Güzel Yazı Defteri</t>
+          <t>Büyük Yazılı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786055432782</t>
+          <t>9786059106016</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Usul</t>
+          <t>Osmanlıca Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786059106023</t>
+          <t>9786055432782</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Yeni Usul (Güzel Yazı Defteri)</t>
+          <t>Osmanlıca Usul</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>72</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786055098933</t>
+          <t>9786059106023</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Elifbası (Rika Hattı)</t>
+          <t>Yeni Usul (Güzel Yazı Defteri)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>28</v>
+        <v>72</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>8682279630434</t>
+          <t>9786055098933</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Elifbası (Matbu Hattı)</t>
+          <t>Osmanlı Türkçesi Elifbası (Rika Hattı)</t>
         </is>
       </c>
       <c r="C1206" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786055432478</t>
+          <t>8682279630434</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Edebi Metinler ve Arşiv Belgeleri</t>
+          <t>Osmanlı Türkçesi Elifbası (Matbu Hattı)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>360</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786054299539</t>
+          <t>9786055432478</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Güzel Yazı Alıştırmaları</t>
+          <t>Osmanlıca Edebi Metinler ve Arşiv Belgeleri</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786059106092</t>
+          <t>9786054299539</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarıyla Büyük Dua Mecmuası (Ciltli)</t>
+          <t>Osmanlıca Güzel Yazı Alıştırmaları</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789759023010</t>
+          <t>9786059106092</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı (Çanta Boy - 2 Farklı Renk)</t>
+          <t>Kaynaklarıyla Büyük Dua Mecmuası (Ciltli)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>60</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786059106344</t>
+          <t>9789759023010</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Kılavuzu (2 Cilt Takım) (Ciltli)</t>
+          <t>Namaz Tesbihatı (Çanta Boy - 2 Farklı Renk)</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>1000</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786055432973</t>
+          <t>9786059106344</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca İmla Kitabı Arapça ve Farsça Unsurlar (Ciltli)</t>
+          <t>Osmanlıca İmla Kılavuzu (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786055432799</t>
+          <t>9786055432973</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi İmla Kitabı Türkçe Unsurlar</t>
+          <t>Osmanlıca İmla Kitabı Arapça ve Farsça Unsurlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1213" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059106740</t>
+          <t>9786055432799</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif Rahle Boy Fihristli</t>
+          <t>Osmanlı Türkçesi İmla Kitabı Türkçe Unsurlar</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786055432416</t>
+          <t>9786059106740</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali (Rahle Boy)</t>
+          <t>Yasin-i Şerif Rahle Boy Fihristli</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>650</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786055432164</t>
+          <t>9786055432416</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Kelime Meali (Orta Boy - Kod: 312) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali (Rahle Boy)</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786055432621</t>
+          <t>9786055432164</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Hafız Boy, Kod : 158) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Kelime Meali (Orta Boy - Kod: 312) (Ciltli)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059106030</t>
+          <t>9786055432621</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Benim Namaz Hocam</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Hafız Boy, Kod : 158) (Ciltli)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>15</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786059106047</t>
+          <t>9786059106030</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca Kitabe Okuma Rehberi (Örnek Çözümlü)</t>
+          <t>Benim Namaz Hocam</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>42</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9759023406016</t>
+          <t>9786059106047</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kur'an-ı Kerim (Ciltli)</t>
+          <t>Osmanlıca Kitabe Okuma Rehberi (Örnek Çözümlü)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>247.52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786059106467</t>
+          <t>9759023406016</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Muhtasar Meali (Çanta Boy, Kılıflı) (Ciltli)</t>
+          <t>Büyük Kur'an-ı Kerim (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>340</v>
+        <v>247.52</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786055432553</t>
+          <t>9786059106467</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Orta Boy, Kod:156) (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Muhtasar Meali (Çanta Boy, Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>44</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786055432270</t>
+          <t>9786055432553</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım (Orta Boy, Lila Kapak, Kod: 132) (Ciltli)</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Orta Boy, Kod:156) (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>55</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786051934099</t>
+          <t>9786055432270</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü (Orta Boy - Kod: MH0066)</t>
+          <t>Benim Kur'anım (Orta Boy, Lila Kapak, Kod: 132) (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>22</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786055432294</t>
+          <t>9786051934099</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Lila Kapak Kod: 146) (Ciltli)</t>
+          <t>Amme Cüzü (Orta Boy - Kod: MH0066)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>250</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786055432607</t>
+          <t>9786055432294</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Özel Gökkuşağı (Rahle Boy - Kod:157) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Lila Kapak Kod: 146) (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>63</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789759023508</t>
+          <t>9786055432607</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Mealli Yasin-i Şerif</t>
+          <t>Kur'an-ı Kerim Özel Gökkuşağı (Rahle Boy - Kod:157) (Ciltli)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>30</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>4440000003009</t>
+          <t>9789759023508</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Hayrat Kur'an Kalemi, Kur'an Okuyan Kalem Kur'an (Lila-Orta Boy) (Ciltli)</t>
+          <t>Mealli Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>1200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786051934921</t>
+          <t>4440000003009</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 1</t>
+          <t>Hayrat Kur'an Kalemi, Kur'an Okuyan Kalem Kur'an (Lila-Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>140</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9759023301014</t>
+          <t>9786051934921</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Muhtasar Meali Kutulu (Cami Boy- Yaldızlı- Mahfazalı Kod: 301) (Ciltli)</t>
+          <t>Osmanlı Türkçesi Kolay Okuma Metinleri 1</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>89.11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9759023101027</t>
+          <t>9759023301014</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cami Boy-Renkli-Sade-Kod:102) (Ciltli)</t>
+          <t>Kur’an-ı Kerim ve Muhtasar Meali Kutulu (Cami Boy- Yaldızlı- Mahfazalı Kod: 301) (Ciltli)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>920</v>
+        <v>89.11</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786055432454</t>
+          <t>9759023101027</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Özel Benim Kur’anım ( Cami Boy -Pembe Kapak - Kod: 153 ) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Cami Boy-Renkli-Sade-Kod:102) (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>500</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786055432461</t>
+          <t>9786055432454</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Özel Benim Kur’anım ( Cami Boy - Mavi Kapak- Kod: 152 )</t>
+          <t>Özel Benim Kur’anım ( Cami Boy -Pembe Kapak - Kod: 153 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9759023403015</t>
+          <t>9786055432461</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Deri Hafız Boy - Yaldızlı Muhafazalı- Kod: 404) (Ciltli)</t>
+          <t>Özel Benim Kur’anım ( Cami Boy - Mavi Kapak- Kod: 152 )</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>4000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9759023902006</t>
+          <t>9759023403015</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Rahle Boy-Kod: 902)</t>
+          <t>Kur'an-ı Kerim (Deri Hafız Boy - Yaldızlı Muhafazalı- Kod: 404) (Ciltli)</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>37</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786051933344</t>
+          <t>9759023902006</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Cami Boy)</t>
+          <t>Yasin-i Şerif (Rahle Boy-Kod: 902)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>45</v>
+        <v>37</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9759023103021</t>
+          <t>9786051933344</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Orta Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
+          <t>Yasin-i Şerif (Cami Boy)</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>36.63</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9759023303018</t>
+          <t>9759023103021</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Muhtasar Meali Orta Boy Yaldızlı Mahfazalı (Ciltli)</t>
+          <t>Orta Boy Renkli Kur'an-ı Kerim (Mühürlü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>41.58</v>
+        <v>36.63</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786055432409</t>
+          <t>9759023303018</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anın ( Hafız Boy - Pembe Kapak - Kod: 150 ) (Ciltli)</t>
+          <t>Kuran-ı Kerim ve Muhtasar Meali Orta Boy Yaldızlı Mahfazalı (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>325</v>
+        <v>41.58</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9759023402018</t>
+          <t>9786055432409</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Deri (Rahle Boy - Yaldızlı- Mahfazalı- Kod: 402 ) (Ciltli)</t>
+          <t>Benim Kur'anın ( Hafız Boy - Pembe Kapak - Kod: 150 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>346.53</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9759023507102</t>
+          <t>9759023402018</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Boyun Cevşeni - Siyah Renk (Cevşenü'l Kebir)</t>
+          <t>Kur’an-ı Kerim Deri (Rahle Boy - Yaldızlı- Mahfazalı- Kod: 402 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>40</v>
+        <v>346.53</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786055432287</t>
+          <t>9759023507102</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen Kelime Meali (Orta Boy - Suni Deri Kapak) (Ciltli)</t>
+          <t>Boyun Cevşeni - Siyah Renk (Cevşenü'l Kebir)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789759023706</t>
+          <t>9786055432287</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Rahle Boy-Osmanlıca Mealli) (Ciltli)</t>
+          <t>Büyük Cevşen Kelime Meali (Orta Boy - Suni Deri Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9759023502060</t>
+          <t>9789759023706</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Rahle Boy - Kod: 501 ) (Ciltli)</t>
+          <t>Büyük Cevşen (Rahle Boy-Osmanlıca Mealli) (Ciltli)</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789759023379</t>
+          <t>9759023502060</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Orta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Rahle Boy - Kod: 501 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9759023605075</t>
+          <t>9789759023379</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Çanta Boy-Deri Kılıflı) (Ciltli)</t>
+          <t>Büyük Cevşen (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>60.19</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9759023505061</t>
+          <t>9759023605075</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Çanta Boy) (Ciltli)</t>
+          <t>Büyük Cevşen (Çanta Boy-Deri Kılıflı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>150</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9759023605082</t>
+          <t>9759023505061</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Ciltli)</t>
+          <t>Büyük Cevşen (Çanta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>44.55</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9759023506068</t>
+          <t>9759023605082</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
           <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>120</v>
+        <v>44.55</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9759023102161</t>
+          <t>9759023506068</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Beşli Cüz (Rahle Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789759023539</t>
+          <t>9759023102161</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Altılı Cüz (Orta Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
+          <t>Beşli Cüz (Rahle Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>79.21</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9759023104165</t>
+          <t>9789759023539</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Beşli Cüz (Hafız Boy, Yaldızlı, Kutlu) (Ciltli)</t>
+          <t>Altılı Cüz (Orta Boy-Yaldızlı-Mahfazalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>180</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9759023053234</t>
+          <t>9759023104165</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Pembe Kapak) (Ciltli)</t>
+          <t>Beşli Cüz (Hafız Boy, Yaldızlı, Kutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>63</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9759023053227</t>
+          <t>9759023053234</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Rahle Boy-Mavi Kapak) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Pembe Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>80</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9759023051285</t>
+          <t>9759023053227</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Orta Boy-Pembe Kapak - Kod: 132) (Ciltli)</t>
+          <t>Benim Kur’anım (Rahle Boy-Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789759023805</t>
+          <t>9759023051285</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur’anım (Orta Boy-Mavi Kapak) (Ciltli)</t>
+          <t>Benim Kur’anım (Orta Boy-Pembe Kapak - Kod: 132) (Ciltli)</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>43.56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786055432065</t>
+          <t>9789759023805</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Benim Elifbam (Tecvidli-Pembe Kapak)</t>
+          <t>Benim Kur’anım (Orta Boy-Mavi Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>28</v>
+        <v>43.56</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786055432072</t>
+          <t>9786055432065</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Benim Elifbam (Tecvidli-Mavi Kapak)</t>
+          <t>Benim Elifbam (Tecvidli-Pembe Kapak)</t>
         </is>
       </c>
       <c r="C1258" s="1">
         <v>28</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9759023106220</t>
+          <t>9786055432072</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü</t>
+          <t>Benim Elifbam (Tecvidli-Mavi Kapak)</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>4440000000156</t>
+          <t>9759023106220</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
+          <t>Amme Cüzü</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786055432959</t>
+          <t>4440000000156</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hizbul Kur'ani Ekber ve Virdül Kur'ani El A'zam - Kırmızı Renk (Orta Boy) (Ciltli)</t>
+          <t>Hanımlar Rehberi Güzel Yazı Defteri</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
+          <t>9786055432959</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Hizbul Kur'ani Ekber ve Virdül Kur'ani El A'zam - Kırmızı Renk (Orta Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
           <t>9786055125677</t>
         </is>
       </c>
-      <c r="B1262" s="1" t="inlineStr">
+      <c r="B1263" s="1" t="inlineStr">
         <is>
           <t>Benim Namaz Hocam (Kızlar ve Şafiiler İçin)</t>
         </is>
       </c>
-      <c r="C1262" s="1">
+      <c r="C1263" s="1">
         <v>15</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>