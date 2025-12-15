--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7555 +85,7600 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256329485</t>
+          <t>9786256329515</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seni Affetmiyorum</t>
+          <t>Dijital Uçurum</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256329478</t>
+          <t>9786256329508</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kocam Bir Narsist</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059841696</t>
+          <t>9786256329492</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Doğal Süper Gıdalar</t>
+          <t>Uzman Değil Annesin</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054325207</t>
+          <t>9786256329485</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
+          <t>Seni Affetmiyorum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256329447</t>
+          <t>9786256329478</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dehr</t>
+          <t>Kocam Bir Narsist</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256329423</t>
+          <t>9786059841696</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Alfanın Ebeveyni Olmak</t>
+          <t>Doğal Süper Gıdalar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256329430</t>
+          <t>9786054325207</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Psikolog</t>
+          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256329454</t>
+          <t>9786256329447</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beni En Son Kim Unuttu</t>
+          <t>Dehr</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256329416</t>
+          <t>9786256329423</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>C Vitamini</t>
+          <t>Bir Alfanın Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256329409</t>
+          <t>9786256329430</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin İptali</t>
+          <t>Başucumdaki Psikolog</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256329393</t>
+          <t>9786256329454</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Beyaz Kırmızı</t>
+          <t>Beni En Son Kim Unuttu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257685436</t>
+          <t>9786256329416</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 1</t>
+          <t>C Vitamini</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256329386</t>
+          <t>9786256329409</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Nutrasötikler 2</t>
+          <t>Erkekliğin İptali</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>540</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258222111</t>
+          <t>9786256329393</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Panik ve Ataklarından Korunma Rehberi</t>
+          <t>Yeşil Beyaz Kırmızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257685245</t>
+          <t>9786257685436</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İslamla Bilimi Buluşturan Adam</t>
+          <t>Ruha Şifa Muhabbetler 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>6.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256329362</t>
+          <t>9786256329386</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Huşu Ağacı</t>
+          <t>A’dan Z’ye Nutrasötikler 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256329348</t>
+          <t>9786258222111</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Panik ve Ataklarından Korunma Rehberi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256329331</t>
+          <t>9786257685245</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Şifaları</t>
+          <t>İslamla Bilimi Buluşturan Adam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256329324</t>
+          <t>9786256329362</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kurtuluşu</t>
+          <t>Huşu Ağacı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256329317</t>
+          <t>9786256329348</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Tesellisi</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256329300</t>
+          <t>9786256329331</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaykay Takımı</t>
+          <t>Kalbin Şifaları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256329294</t>
+          <t>9786256329324</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Nutrasötikler-1</t>
+          <t>Kalbin Kurtuluşu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256329287</t>
+          <t>9786256329317</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşattığını Yaşa</t>
+          <t>Duyguların Tesellisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256329263</t>
+          <t>9786256329300</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilge</t>
+          <t>Kaykay Takımı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256329270</t>
+          <t>9786256329294</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Köyden Şehre Doğal Reçeteler</t>
+          <t>A'dan Z'ye Nutrasötikler-1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752477407</t>
+          <t>9786256329287</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kızı Lülü</t>
+          <t>Yaşattığını Yaşa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752477209</t>
+          <t>9786256329263</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hicran-ı Aşk</t>
+          <t>Ben Bilge</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257479943</t>
+          <t>9786256329270</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri 4'lü Set</t>
+          <t>Köyden Şehre Doğal Reçeteler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057674098</t>
+          <t>9789752477407</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
+          <t>Devletin Kızı Lülü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054325542</t>
+          <t>9789752477209</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Hicran-ı Aşk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055181765</t>
+          <t>9786257479943</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kanser İyileşir</t>
+          <t>Peygamber Meslekleri 4'lü Set</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055181567</t>
+          <t>9786057674098</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
+          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257685665</t>
+          <t>9786054325542</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257909952</t>
+          <t>9786055181765</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
+          <t>Kanser İyileşir</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>720</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257909723</t>
+          <t>9786055181567</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
+          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>575</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256329232</t>
+          <t>9786257685665</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
+          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256329225</t>
+          <t>9786257909952</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çay Koy Yeniden Başlıyoruz</t>
+          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>720</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256329195</t>
+          <t>9786257909723</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi 2</t>
+          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256329157</t>
+          <t>9786256329232</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları</t>
+          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256329201</t>
+          <t>9786256329225</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Güneş Uyandı</t>
+          <t>Çay Koy Yeniden Başlıyoruz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256329218</t>
+          <t>9786256329195</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Bağışıklığın Arka Bahçesi 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256329171</t>
+          <t>9786256329157</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
+          <t>Kalbin Hastalıkları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>375</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256329188</t>
+          <t>9786256329201</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Niyet Şifası</t>
+          <t>Güneş Uyandı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256329140</t>
+          <t>9786256329218</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Metafizik Sırrı</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256329126</t>
+          <t>9786256329171</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Doğru Takviye Nasıl Seçilir?</t>
+          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258222944</t>
+          <t>9786256329188</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Hayat Dersler</t>
+          <t>Niyet Şifası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258222937</t>
+          <t>9786256329140</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
+          <t>İstanbul’un Metafizik Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258222951</t>
+          <t>9786256329126</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
+          <t>Doğru Takviye Nasıl Seçilir?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258222968</t>
+          <t>9786258222944</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
+          <t>Ömer Seyfettin’den Hayat Dersler</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256329133</t>
+          <t>9786258222937</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Keşke Tanımasaydım Seni</t>
+          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256329119</t>
+          <t>9786258222951</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İyot Giren Eve Doktor Girmez</t>
+          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256329102</t>
+          <t>9786258222968</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha Nasıl Sevebilirim</t>
+          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052214152</t>
+          <t>9786256329133</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Atölyesi</t>
+          <t>Keşke Tanımasaydım Seni</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256329096</t>
+          <t>9786256329119</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Değişen Bedenimle Karışan Duygularım</t>
+          <t>İyot Giren Eve Doktor Girmez</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256329089</t>
+          <t>9786256329102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Genç Dervişin Teselli Koleksiyonu</t>
+          <t>Seni Daha Nasıl Sevebilirim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256329065</t>
+          <t>9786052214152</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Uyuyabilsem</t>
+          <t>Mutluluk Atölyesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256329058</t>
+          <t>9786256329096</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hırsızları</t>
+          <t>Değişen Bedenimle Karışan Duygularım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256329072</t>
+          <t>9786256329089</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Temas (Ciltli)</t>
+          <t>Genç Dervişin Teselli Koleksiyonu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256329034</t>
+          <t>9786256329065</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
+          <t>Ah Bir Uyuyabilsem</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258222906</t>
+          <t>9786256329058</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Emmeyi Çok Seven Küçük Kedi</t>
+          <t>Yapay Zeka Hırsızları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258222913</t>
+          <t>9786256329072</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
+          <t>Aşkla Temas (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258222869</t>
+          <t>9786256329034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
+          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257479578</t>
+          <t>9786258222906</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Mert</t>
+          <t>Emmeyi Çok Seven Küçük Kedi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052214121</t>
+          <t>9786258222913</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 2</t>
+          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759059101</t>
+          <t>9786258222869</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752477162</t>
+          <t>9786257479578</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Diyabet ve Zayıflama Kürleri</t>
+          <t>Acayip Bir Mert</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054325597</t>
+          <t>9786052214121</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hakk’ın Nuruna Mirac</t>
+          <t>Burcu'nun Öyküleri - 2</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054325139</t>
+          <t>9789759059101</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cern Kabala Deccal ve Mehd</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054325306</t>
+          <t>9789752477162</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>7 Makam 7 Nefs</t>
+          <t>Diyabet ve Zayıflama Kürleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257909495</t>
+          <t>9786054325597</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak</t>
+          <t>Hakk’ın Nuruna Mirac</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258222845</t>
+          <t>9786054325139</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
+          <t>Cern Kabala Deccal ve Mehd</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258222890</t>
+          <t>9786054325306</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kırdığın Yerden Kırıl</t>
+          <t>7 Makam 7 Nefs</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258222883</t>
+          <t>9786257909495</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyeti Terk Etme</t>
+          <t>İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258222852</t>
+          <t>9786258222845</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kötü Yarından İyi</t>
+          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258222807</t>
+          <t>9786258222890</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Boyutunda İstihbarat</t>
+          <t>Kırdığın Yerden Kırıl</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258222814</t>
+          <t>9786258222883</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
+          <t>Cinsiyeti Terk Etme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258222791</t>
+          <t>9786258222852</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Düş</t>
+          <t>Dünden Kötü Yarından İyi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258222784</t>
+          <t>9786258222807</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
+          <t>Kuantum Boyutunda İstihbarat</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258222777</t>
+          <t>9786258222814</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İyileşme Zamanı</t>
+          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258222739</t>
+          <t>9786258222791</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
+          <t>Kanlı Düş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258222722</t>
+          <t>9786258222784</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oyun Oynamak İsteyen Küçük Fok</t>
+          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258222715</t>
+          <t>9786258222777</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Giyinmek İstemeyen Küçük Kirpi</t>
+          <t>İyileşme Zamanı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258222685</t>
+          <t>9786258222739</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
+          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258222746</t>
+          <t>9786258222722</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tevhidle Yaşamak</t>
+          <t>Oyun Oynamak İsteyen Küçük Fok</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258222708</t>
+          <t>9786258222715</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Ardında</t>
+          <t>Giyinmek İstemeyen Küçük Kirpi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258222692</t>
+          <t>9786258222685</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu 3</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258222661</t>
+          <t>9786258222746</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
+          <t>Gerçek Tevhidle Yaşamak</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258222678</t>
+          <t>9786258222708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Bir Hayalin Ardında</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258222272</t>
+          <t>9786258222692</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Şeker Torbası</t>
+          <t>Dervişin Teselli Koleksiyonu 3</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258222456</t>
+          <t>9786258222661</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Adana</t>
+          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258222401</t>
+          <t>9786258222678</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Halk Hekimlerinin Hazinesi</t>
+          <t>Masumiyet</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258222234</t>
+          <t>9786258222272</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Henüz Her Şey Bitmedi</t>
+          <t>Yere Düşen Şeker Torbası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258222296</t>
+          <t>9786258222456</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 3 Kitap</t>
+          <t>Adana</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258222319</t>
+          <t>9786258222401</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İstopla Yıldız Kodladım</t>
+          <t>Halk Hekimlerinin Hazinesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258222302</t>
+          <t>9786258222234</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
+          <t>Henüz Her Şey Bitmedi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258222289</t>
+          <t>9786258222296</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>Öykülerde Çukurova - 3 Kitap</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258222333</t>
+          <t>9786258222319</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Geçidi</t>
+          <t>İstopla Yıldız Kodladım</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258222326</t>
+          <t>9786258222302</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalpler Şehri</t>
+          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258222357</t>
+          <t>9786258222289</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Masal Bir Düş</t>
+          <t>Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258222371</t>
+          <t>9786258222333</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Efsaneler Geçidi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258222364</t>
+          <t>9786258222326</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Yeniden Tutunmak</t>
+          <t>Hassas Kalpler Şehri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258222265</t>
+          <t>9786258222357</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sırgah</t>
+          <t>Bir Şiir Bir Masal Bir Düş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258222340</t>
+          <t>9786258222371</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çakma Messi</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258222258</t>
+          <t>9786258222364</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kasem</t>
+          <t>Yaşama Yeniden Tutunmak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258222241</t>
+          <t>9786258222265</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tuttum Ben Bu Orucu</t>
+          <t>Sırgah</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258222166</t>
+          <t>9786258222340</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyası</t>
+          <t>Çakma Messi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258222159</t>
+          <t>9786258222258</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Salon</t>
+          <t>Kasem</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258222142</t>
+          <t>9786258222241</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
+          <t>Tuttum Ben Bu Orucu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258222227</t>
+          <t>9786258222166</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'im Bugün Yaşasaydı</t>
+          <t>Yarının Dünyası</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258222135</t>
+          <t>9786258222159</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi</t>
+          <t>Üç Oda Bir Salon</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258222104</t>
+          <t>9786258222142</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kalbi İyileştirir</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258222098</t>
+          <t>9786258222227</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
+          <t>Peygamber'im Bugün Yaşasaydı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258222128</t>
+          <t>9786258222135</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
+          <t>Bağışıklığın Arka Bahçesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258222081</t>
+          <t>9786258222104</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
+          <t>Toprak Kalbi İyileştirir</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258222074</t>
+          <t>9786258222098</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
+          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258222012</t>
+          <t>9786258222128</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gök Yazılar</t>
+          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258222005</t>
+          <t>9786258222081</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
+          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258222036</t>
+          <t>9786258222074</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anahtar Minerali Magnezyum</t>
+          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258222029</t>
+          <t>9786258222012</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çeyiz</t>
+          <t>Gök Yazılar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257479998</t>
+          <t>9786258222005</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Naikan - Sen İçine Bak!</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257479974</t>
+          <t>9786258222036</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Yaşamın Anahtar Minerali Magnezyum</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257479912</t>
+          <t>9786258222029</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
+          <t>Çeyiz</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257479929</t>
+          <t>9786257479998</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
+          <t>Naikan - Sen İçine Bak!</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257479738</t>
+          <t>9786257479974</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Hangisi?</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257479981</t>
+          <t>9786257479912</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257479967</t>
+          <t>9786257479929</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257479950</t>
+          <t>9786257479738</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
+          <t>Benim Yolum Hangisi?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257479905</t>
+          <t>9786257479981</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257479936</t>
+          <t>9786257479967</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257479790</t>
+          <t>9786257479950</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu - 2</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257479783</t>
+          <t>9786257479905</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
+          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257479769</t>
+          <t>9786257479936</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
+          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257479752</t>
+          <t>9786257479790</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Dervişin Teselli Koleksiyonu - 2</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257479745</t>
+          <t>9786257479783</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ben Aslında Kimim?</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257479776</t>
+          <t>9786257479769</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Lunaparktaki Sessizlik</t>
+          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257479721</t>
+          <t>9786257479752</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Sonsuz Yolculuğu</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257479691</t>
+          <t>9786257479745</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Çocuğu</t>
+          <t>Ben Aslında Kimim?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257479714</t>
+          <t>9786257479776</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Derviş Kelamı</t>
+          <t>Lunaparktaki Sessizlik</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257479707</t>
+          <t>9786257479721</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eve Döner İnsan Hep</t>
+          <t>Anneliğin Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257479677</t>
+          <t>9786257479691</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Karatay Sözü</t>
+          <t>Hiç Kimsenin Çocuğu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257479653</t>
+          <t>9786257479714</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Bedenim</t>
+          <t>Derviş Kelamı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257479660</t>
+          <t>9786257479707</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olmak İçin Güzel Bir Gün</t>
+          <t>Eve Döner İnsan Hep</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257479615</t>
+          <t>9786257479677</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mahfuz</t>
+          <t>Karatay Sözü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257479646</t>
+          <t>9786257479653</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beni Yarım Bıraktın</t>
+          <t>Bu Benim Bedenim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257479387</t>
+          <t>9786257479660</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Orwell'den Hayat Dersleri</t>
+          <t>Özgür Olmak İçin Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257479530</t>
+          <t>9786257479615</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde'dan Hayat Dersleri</t>
+          <t>Mahfuz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257479417</t>
+          <t>9786257479646</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dickens'tan Hayat Dersleri</t>
+          <t>Beni Yarım Bıraktın</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257479585</t>
+          <t>9786257479387</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Düş Kapanı</t>
+          <t>Orwell'den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257479592</t>
+          <t>9786257479530</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
+          <t>Oscar Wilde'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257479547</t>
+          <t>9786257479417</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
+          <t>Dickens'tan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257479561</t>
+          <t>9786257479585</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Düş Kapanı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257479370</t>
+          <t>9786257479592</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Doğru</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257479424</t>
+          <t>9786257479547</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olucam</t>
+          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257479363</t>
+          <t>9786257479561</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Şifa Tarhana</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257479318</t>
+          <t>9786257479370</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Onurlular, Alçaklar ve Hilekarlar</t>
+          <t>Aşk’a Doğru</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257685795</t>
+          <t>9786257479424</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir İmzanız Var</t>
+          <t>Büyüyünce Çocuk Olucam</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257685788</t>
+          <t>9786257479363</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İki Nefes Arasında</t>
+          <t>Geçmişten Geleceğe Şifa Tarhana</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257685566</t>
+          <t>9786257479318</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İkindiyle Gelen Sağlık</t>
+          <t>Onurlular, Alçaklar ve Hilekarlar</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257685825</t>
+          <t>9786257685795</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
+          <t>Bir İmzanız Var</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257685832</t>
+          <t>9786257685788</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
+          <t>İki Nefes Arasında</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257685818</t>
+          <t>9786257685566</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Umudum Gökyüzü Kadar</t>
+          <t>İkindiyle Gelen Sağlık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257685801</t>
+          <t>9786257685825</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Edom</t>
+          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257685771</t>
+          <t>9786257685832</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sen’i Okumak</t>
+          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257685627</t>
+          <t>9786257685818</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mistik Mimari</t>
+          <t>Umudum Gökyüzü Kadar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257685672</t>
+          <t>9786257685801</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
+          <t>Edom</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257685689</t>
+          <t>9786257685771</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
+          <t>Sen’i Okumak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257685740</t>
+          <t>9786257685627</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
+          <t>Mistik Mimari</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257685733</t>
+          <t>9786257685672</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
+          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257685337</t>
+          <t>9786257685689</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Orman Masalları 5’li Set</t>
+          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257685658</t>
+          <t>9786257685740</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Bir Ülke Bir Gece</t>
+          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257685504</t>
+          <t>9786257685733</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
+          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>225</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257685603</t>
+          <t>9786257685337</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hal-i Sükut</t>
+          <t>Mutlu Orman Masalları 5’li Set</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257685597</t>
+          <t>9786257685658</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Zweig’dan Hayat Dersleri</t>
+          <t>Bir Aşk Bir Ülke Bir Gece</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257685610</t>
+          <t>9786257685504</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
+          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257685634</t>
+          <t>9786257685603</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Aşk Düşsün</t>
+          <t>Hal-i Sükut</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257685535</t>
+          <t>9786257685597</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Elif Aşk Mim</t>
+          <t>Zweig’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257685580</t>
+          <t>9786257685610</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257685481</t>
+          <t>9786257685634</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 2</t>
+          <t>Yüreğime Aşk Düşsün</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257685559</t>
+          <t>9786257685535</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dr. Thalamus</t>
+          <t>Elif Aşk Mim</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257685573</t>
+          <t>9786257685580</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kafka’dan Hayat Dersleri</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257685542</t>
+          <t>9786257685481</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Balkan Hayaletleri</t>
+          <t>Ruha Şifa Muhabbetler 2</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257685528</t>
+          <t>9786257685559</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
+          <t>Dr. Thalamus</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257685474</t>
+          <t>9786257685573</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Yol Sanadır</t>
+          <t>Kafka’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257685511</t>
+          <t>9786257685542</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Korkma Hep Varsın</t>
+          <t>Balkan Hayaletleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257685467</t>
+          <t>9786257685528</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Self Healing - İlaçsız Şifa Sanatı</t>
+          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257685450</t>
+          <t>9786257685474</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
+          <t>Rabbim Yol Sanadır</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257685290</t>
+          <t>9786257685511</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zeki Ama Çalışmıyor</t>
+          <t>Korkma Hep Varsın</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257685443</t>
+          <t>9786257685467</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
+          <t>Self Healing - İlaçsız Şifa Sanatı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257685313</t>
+          <t>9786257685450</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
+          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257685306</t>
+          <t>9786257685290</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
+          <t>Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257685191</t>
+          <t>9786257685443</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
+          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257685184</t>
+          <t>9786257685313</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
+          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257685405</t>
+          <t>9786257685306</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
+          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257685412</t>
+          <t>9786257685191</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
+          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257685344</t>
+          <t>9786257685184</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
+          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257685429</t>
+          <t>9786257685405</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Büyüsünü Bozma</t>
+          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257685399</t>
+          <t>9786257685412</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hoş Şeyler Zamanı</t>
+          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257685382</t>
+          <t>9786257685344</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ruh İyiliği</t>
+          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257685320</t>
+          <t>9786257685429</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Güzel Kızı</t>
+          <t>Büyüsünü Bozma</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257685269</t>
+          <t>9786257685399</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Korona Aşısı</t>
+          <t>Hoş Şeyler Zamanı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257685252</t>
+          <t>9786257685382</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pandemi</t>
+          <t>Ruh İyiliği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257685283</t>
+          <t>9786257685320</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Mahallenin En Güzel Kızı</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257685276</t>
+          <t>9786257685269</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Korona Aşısı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257909419</t>
+          <t>9786257685252</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
+          <t>Pandemi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059841580</t>
+          <t>9786257685283</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
+          <t>Üç Nokta</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257685221</t>
+          <t>9786257685276</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
+          <t>Unutulmaz</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257685238</t>
+          <t>9786257909419</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Olmak Ya Da Olmamak</t>
+          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752477117</t>
+          <t>9786059841580</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Anneler</t>
+          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257685153</t>
+          <t>9786257685221</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
+          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257685160</t>
+          <t>9786257685238</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rabarba</t>
+          <t>Olmak Ya Da Olmamak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257685177</t>
+          <t>9789752477117</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
+          <t>Bağırmayan Anneler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257685146</t>
+          <t>9786257685153</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
+          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>125</v>
+        <v>650</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257909747</t>
+          <t>9786257685160</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Uzay</t>
+          <t>Rabarba</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257909754</t>
+          <t>9786257685177</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan</t>
+          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257909730</t>
+          <t>9786257685146</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Doğa</t>
+          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257685085</t>
+          <t>9786257909747</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bazen…</t>
+          <t>Ben Ne Biliim: Uzay</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257685078</t>
+          <t>9786257909754</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Üç Gömlek Hikayesi</t>
+          <t>Ben Ne Biliim: İnsan</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257685139</t>
+          <t>9786257909730</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
+          <t>Ben Ne Biliim: Doğa</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257685061</t>
+          <t>9786257685085</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Din</t>
+          <t>Aşk Bazen…</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257909983</t>
+          <t>9786257685078</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
+          <t>Üç Gömlek Hikayesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257685054</t>
+          <t>9786257685139</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
+          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257909976</t>
+          <t>9786257685061</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Muhabbetle</t>
+          <t>Tıp ve Din</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257685122</t>
+          <t>9786257909983</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
+          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257909921</t>
+          <t>9786257685054</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
+          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257685092</t>
+          <t>9786257909976</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy'dan Hayat Dersleri</t>
+          <t>Portakal Ağacı’ndan Muhabbetle</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257909877</t>
+          <t>9786257685122</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
+          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257909938</t>
+          <t>9786257909921</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terapisi</t>
+          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257909945</t>
+          <t>9786257685092</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Namaz Terapisi</t>
+          <t>Tolstoy'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257909969</t>
+          <t>9786257909877</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dua Terapisi</t>
+          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257909891</t>
+          <t>9786257909938</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Gökyüzü</t>
+          <t>Tasavvuf Terapisi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257909907</t>
+          <t>9786257909945</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kendine De Bir Merhaba</t>
+          <t>Namaz Terapisi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257909884</t>
+          <t>9786257909969</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
+          <t>Dua Terapisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257909792</t>
+          <t>9786257909891</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Merhaba Gökyüzü</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257909822</t>
+          <t>9786257909907</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
+          <t>Kendine De Bir Merhaba</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257909860</t>
+          <t>9786257909884</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yenik Düşme Zamana</t>
+          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257909785</t>
+          <t>9786257909792</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257909846</t>
+          <t>9786257909822</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
+          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257909815</t>
+          <t>9786257909860</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Bizi Affet</t>
+          <t>Yenik Düşme Zamana</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257909839</t>
+          <t>9786257909785</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
+          <t>Gülme Başına Gelir Komşuna</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257909808</t>
+          <t>9786257909846</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İçimde İntihar Korkusu Var</t>
+          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257909761</t>
+          <t>9786257909815</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Düz Yokuşun Sakinleri</t>
+          <t>Ey Aşk! Bizi Affet</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257909532</t>
+          <t>9786257909839</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
+          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257909778</t>
+          <t>9786257909808</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Artık Daha Güçlüyüm</t>
+          <t>İçimde İntihar Korkusu Var</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257909549</t>
+          <t>9786257909761</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Düz Yokuşun Sakinleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257909631</t>
+          <t>9786257909532</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
+          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257909648</t>
+          <t>9786257909778</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
+          <t>Artık Daha Güçlüyüm</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257909600</t>
+          <t>9786257909549</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Süper Gıdalarla Süper Bağışıklık</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052214343</t>
+          <t>9786257909631</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Pandalar Uçabilir</t>
+          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257909587</t>
+          <t>9786257909648</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
+          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257909594</t>
+          <t>9786257909600</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Doktor Mutfakta</t>
+          <t>Süper Gıdalarla Süper Bağışıklık</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257909570</t>
+          <t>9786052214343</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Destekleme Sanatı</t>
+          <t>Pandalar Uçabilir</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257909563</t>
+          <t>9786257909587</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Likit Ruh</t>
+          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257909556</t>
+          <t>9786257909594</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Açlık Diyeti</t>
+          <t>Doktor Mutfakta</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257909518</t>
+          <t>9786257909570</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gizemleri Çözülürken</t>
+          <t>Yaşamı Destekleme Sanatı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257909525</t>
+          <t>9786257909563</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Var Unutma</t>
+          <t>Likit Ruh</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257909501</t>
+          <t>9786257909556</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
+          <t>Açlık Diyeti</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257909457</t>
+          <t>9786257909518</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
+          <t>Beynin Gizemleri Çözülürken</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257909488</t>
+          <t>9786257909525</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
+          <t>Bir Kalbin Var Unutma</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257909440</t>
+          <t>9786257909501</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
+          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257909433</t>
+          <t>9786257909457</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
+          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257909358</t>
+          <t>9786257909488</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan İnsan Öyküleri</t>
+          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257909464</t>
+          <t>9786257909440</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldum</t>
+          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257909365</t>
+          <t>9786257909433</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>80 Dakikada Devr-i Alem</t>
+          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057674418</t>
+          <t>9786257909358</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
+          <t>Ruha Dokunan İnsan Öyküleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257909426</t>
+          <t>9786257909464</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İhtimaller Sahnesi</t>
+          <t>Ol Dedi Oldum</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257909402</t>
+          <t>9786257909365</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Gücü Virüsü Yendi</t>
+          <t>80 Dakikada Devr-i Alem</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257909327</t>
+          <t>9786057674418</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi Mucize</t>
+          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057674432</t>
+          <t>9786257909426</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
+          <t>Tarihin İhtimaller Sahnesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257909341</t>
+          <t>9786257909402</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
+          <t>Temizliğin Gücü Virüsü Yendi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257909334</t>
+          <t>9786257909327</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Erguvan</t>
+          <t>Bu Bi Mucize</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257909310</t>
+          <t>9786057674432</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tur’a Dönüşmek</t>
+          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257909303</t>
+          <t>9786257909341</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ahilik</t>
+          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057674784</t>
+          <t>9786257909334</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Çay Reçeteleri</t>
+          <t>Hayal Ağacım Erguvan</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057674791</t>
+          <t>9786257909310</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Tur’a Dönüşmek</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057674777</t>
+          <t>9786257909303</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
+          <t>Ahilik</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057674616</t>
+          <t>9786057674784</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sen Gül Ben Onları Oyalarım</t>
+          <t>Tıbbi Çay Reçeteleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057674623</t>
+          <t>9786057674791</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem de Gam Yemem</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057674678</t>
+          <t>9786057674777</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırrı</t>
+          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057674487</t>
+          <t>9786057674616</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>En Eğlenceli Boyama 6’lı Set</t>
+          <t>Sen Gül Ben Onları Oyalarım</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057674692</t>
+          <t>9786057674623</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Kader midir?</t>
+          <t>Artık Gülsem de Gam Yemem</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057674654</t>
+          <t>9786057674678</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>50 Kuştüyü Masal</t>
+          <t>Başarının Sırrı</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057674661</t>
+          <t>9786057674487</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
+          <t>En Eğlenceli Boyama 6’lı Set</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057674449</t>
+          <t>9786057674692</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Anlar</t>
+          <t>Evlilik Kader midir?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057674647</t>
+          <t>9786057674654</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>16:8 - Sirkadiyen Diyet</t>
+          <t>50 Kuştüyü Masal</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057674630</t>
+          <t>9786057674661</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Takılanın Geleceği Olmaz</t>
+          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057674326</t>
+          <t>9786057674449</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kız</t>
+          <t>Babalar da Anlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057674609</t>
+          <t>9786057674647</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Kalp Sıfır Stres</t>
+          <t>16:8 - Sirkadiyen Diyet</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057674388</t>
+          <t>9786057674630</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
+          <t>Geçmişe Takılanın Geleceği Olmaz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057674357</t>
+          <t>9786057674326</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Kadınları</t>
+          <t>Karanlıktaki Kız</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057674470</t>
+          <t>9786057674609</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Adamı Dinden Çıkarır</t>
+          <t>Sağlam Kalp Sıfır Stres</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057674463</t>
+          <t>9786057674388</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Elfida</t>
+          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057674371</t>
+          <t>9786057674357</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Frezya</t>
+          <t>Zemheri Kadınları</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057674364</t>
+          <t>9786057674470</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hayat Her Gün Yeniden Başlar</t>
+          <t>Bu Sorular Adamı Dinden Çıkarır</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057674340</t>
+          <t>9786057674463</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Bitkiler</t>
+          <t>Elfida</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057674333</t>
+          <t>9786057674371</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Doktoru</t>
+          <t>Frezya</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057674234</t>
+          <t>9786057674364</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Şifa Rehberi</t>
+          <t>Hayat Her Gün Yeniden Başlar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057674241</t>
+          <t>9786057674340</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
+          <t>A’dan Z’ye Tıbbi Bitkiler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057674296</t>
+          <t>9786057674333</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kursak Krampları</t>
+          <t>Mutluluk Doktoru</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057674265</t>
+          <t>9786057674234</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aşk Vakti</t>
+          <t>Müslüman'ın Şifa Rehberi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057674258</t>
+          <t>9786057674241</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Hatalarım</t>
+          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057674272</t>
+          <t>9786057674296</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Son Rüyam</t>
+          <t>Kursak Krampları</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057674159</t>
+          <t>9786057674265</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İsim</t>
+          <t>Kalbin Aşk Vakti</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057674166</t>
+          <t>9786057674258</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İstiyorum</t>
+          <t>Benim Güzel Hatalarım</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057674128</t>
+          <t>9786057674272</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
+          <t>Son Rüyam</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057674135</t>
+          <t>9786057674159</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
+          <t>En Büyük İsim</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057674111</t>
+          <t>9786057674166</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Sakın Okuma!</t>
+          <t>Mutlu Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057674104</t>
+          <t>9786057674128</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Biz Aslında Neyiz</t>
+          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057674081</t>
+          <t>9786057674135</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
+          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057674074</t>
+          <t>9786057674111</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kaygıları Aşma Rehberi</t>
+          <t>Bu Kitabı Sakın Okuma!</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057674036</t>
+          <t>9786057674104</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
+          <t>Biz Aslında Neyiz</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057674029</t>
+          <t>9786057674081</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
+          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057674005</t>
+          <t>9786057674074</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Hayat Farkından Sonra Başlar</t>
+          <t>Kaygıları Aşma Rehberi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052214855</t>
+          <t>9786057674036</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kutsalı Kesmek</t>
+          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052214978</t>
+          <t>9786057674029</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli İşaretleri</t>
+          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052214961</t>
+          <t>9786057674005</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 3</t>
+          <t>Hayat Farkından Sonra Başlar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052214954</t>
+          <t>9786052214855</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
+          <t>Kutsalı Kesmek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052214800</t>
+          <t>9786052214978</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Haller</t>
+          <t>Yaşamın Gizli İşaretleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052214923</t>
+          <t>9786052214961</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mucize Annelik Okulu</t>
+          <t>Dervişin Yolu 3</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052214831</t>
+          <t>9786052214954</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Zap Suyu Düşleri</t>
+          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052214916</t>
+          <t>9786052214800</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
+          <t>Şizofrenik Haller</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052214848</t>
+          <t>9786052214923</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Kadar Kapalıyız</t>
+          <t>Mucize Annelik Okulu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052214893</t>
+          <t>9786052214831</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
+          <t>Zap Suyu Düşleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052214879</t>
+          <t>9786052214916</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hiç-im</t>
+          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052214909</t>
+          <t>9786052214848</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan Patiler</t>
+          <t>Aşk'a Kadar Kapalıyız</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052214794</t>
+          <t>9786052214893</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052214763</t>
+          <t>9786052214879</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mevzular</t>
+          <t>Hiç-im</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052214787</t>
+          <t>9786052214909</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Tıptan Uzak Sağlıklı Hayat</t>
+          <t>Ruha Dokunan Patiler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052214770</t>
+          <t>9786052214794</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hatırlasana</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052214756</t>
+          <t>9786052214763</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Mevzular</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052214749</t>
+          <t>9786052214787</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Titreşim Tıbbı</t>
+          <t>Tıptan Uzak Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052214718</t>
+          <t>9786052214770</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kaderin Olsun</t>
+          <t>Hatırlasana</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052214701</t>
+          <t>9786052214756</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052214695</t>
+          <t>9786052214749</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kanserde Doğru Bilinen Yanlışlar</t>
+          <t>Titreşim Tıbbı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052214671</t>
+          <t>9786052214718</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğdim</t>
+          <t>Kalbin Kaderin Olsun</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052214664</t>
+          <t>9786052214701</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Turgut İle Tomris</t>
+          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052214657</t>
+          <t>9786052214695</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Son Saat Yaklaştı</t>
+          <t>Kanserde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052214626</t>
+          <t>9786052214671</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Satanizmle Mücadele - El Kitabı</t>
+          <t>Boyun Eğdim</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052214589</t>
+          <t>9786052214664</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk Bir Rüya</t>
+          <t>Turgut İle Tomris</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052214619</t>
+          <t>9786052214657</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri 2</t>
+          <t>Son Saat Yaklaştı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052214602</t>
+          <t>9786052214626</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin İç Sesi</t>
+          <t>Satanizmle Mücadele - El Kitabı</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052214565</t>
+          <t>9786052214589</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Ötesi</t>
+          <t>Üç Çocuk Bir Rüya</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052214572</t>
+          <t>9786052214619</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İz Bırak (Ciltli)</t>
+          <t>Mutluluk Kürleri 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052214459</t>
+          <t>9786052214602</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi</t>
+          <t>Erkeklerin İç Sesi</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052214534</t>
+          <t>9786052214565</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Beden Dili</t>
+          <t>Şiir ve Ötesi</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052214541</t>
+          <t>9786052214572</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Muhammedi</t>
+          <t>İz Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052214510</t>
+          <t>9786052214459</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
+          <t>Yara İzi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052214503</t>
+          <t>9786052214534</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Şifresi Sende</t>
+          <t>Hz. Peygamber'in Beden Dili</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052214114</t>
+          <t>9786052214541</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 1</t>
+          <t>Ahlak-ı Muhammedi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052214527</t>
+          <t>9786052214510</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hem Anneyim Hem İnsan</t>
+          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052214480</t>
+          <t>9786052214503</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aşkları</t>
+          <t>İyileşmenin Şifresi Sende</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052214473</t>
+          <t>9786052214114</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Hayat Kurtarır!</t>
+          <t>Burcu'nun Öyküleri - 1</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052214466</t>
+          <t>9786052214527</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Başlarım Senin Aşkına</t>
+          <t>Hem Anneyim Hem İnsan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052214442</t>
+          <t>9786052214480</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bir Yerde Gidecek Var</t>
+          <t>Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052214411</t>
+          <t>9786052214473</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
+          <t>Vicdan Hayat Kurtarır!</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052214428</t>
+          <t>9786052214466</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
+          <t>Başlarım Senin Aşkına</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052214381</t>
+          <t>9786052214442</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Pi Cemiyeti</t>
+          <t>Müsait Bir Yerde Gidecek Var</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052214350</t>
+          <t>9786052214411</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ya Biz Ya Hiç</t>
+          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052214336</t>
+          <t>9786052214428</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bebek Rehberi İlk Bir Yıl</t>
+          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052214305</t>
+          <t>9786052214381</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
+          <t>Pi Cemiyeti</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052214299</t>
+          <t>9786052214350</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>Ya Biz Ya Hiç</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052214220</t>
+          <t>9786052214336</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hodbinler</t>
+          <t>Bebek Rehberi İlk Bir Yıl</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052214268</t>
+          <t>9786052214305</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sevseydi Gitmezdi</t>
+          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052214237</t>
+          <t>9786052214299</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Haletiruhiye</t>
+          <t>67</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052214251</t>
+          <t>9786052214220</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>En Etkili 300 Dua</t>
+          <t>Hodbinler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052214213</t>
+          <t>9786052214268</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
+          <t>Sevseydi Gitmezdi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052214145</t>
+          <t>9786052214237</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Süper Gıdalar</t>
+          <t>Haletiruhiye</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052214206</t>
+          <t>9786052214251</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kuşu</t>
+          <t>En Etkili 300 Dua</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052214183</t>
+          <t>9786052214213</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
+          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052214169</t>
+          <t>9786052214145</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalbin Duasıdır</t>
+          <t>Çocuklar İçin Süper Gıdalar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052214077</t>
+          <t>9786052214206</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İncinmiş Ruhlara Şifa</t>
+          <t>Cennet Kuşu</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052214107</t>
+          <t>9786052214183</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
+          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052214060</t>
+          <t>9786052214169</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile Okulu</t>
+          <t>Aşk Kalbin Duasıdır</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052214053</t>
+          <t>9786052214077</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım İğde</t>
+          <t>İncinmiş Ruhlara Şifa</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052214039</t>
+          <t>9786052214107</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Uzaktan Sever</t>
+          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052214046</t>
+          <t>9786052214060</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Canıma Susuyorum</t>
+          <t>Müslüman Aile Okulu</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052214015</t>
+          <t>9786052214053</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
+          <t>Hayal Ağacım İğde</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752477872</t>
+          <t>9786052214039</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hayal Terbiyecisi</t>
+          <t>Bazıları Uzaktan Sever</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752477742</t>
+          <t>9786052214046</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Yok</t>
+          <t>Canıma Susuyorum</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752477834</t>
+          <t>9786052214015</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zülfün Gece Olmuş</t>
+          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752477858</t>
+          <t>9789752477872</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimlere 'Değer' Verir?</t>
+          <t>Hayal Terbiyecisi</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752477797</t>
+          <t>9789752477742</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Sonrası Yok</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752477773</t>
+          <t>9789752477834</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tek Allah, Tek Din, Tek Kitap</t>
+          <t>Siyah Zülfün Gece Olmuş</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752477759</t>
+          <t>9789752477858</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tıbbın 10 Şifresi</t>
+          <t>Allah Kimlere 'Değer' Verir?</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>315</v>
+        <v>100</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752477667</t>
+          <t>9789752477797</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Suriye İçin Çorba</t>
+          <t>Cennet</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752477674</t>
+          <t>9789752477773</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Güzellik</t>
+          <t>Tek Allah, Tek Din, Tek Kitap</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752477513</t>
+          <t>9789752477759</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in Hafiyeleri</t>
+          <t>Gerçek Tıbbın 10 Şifresi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752477490</t>
+          <t>9789752477667</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Yavaşlar Kazanır</t>
+          <t>Suriye İçin Çorba</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752477483</t>
+          <t>9789752477674</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
+          <t>Bütünsel Güzellik</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752477445</t>
+          <t>9789752477513</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Sen Yaz</t>
+          <t>2. Abdülhamid’in Hafiyeleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752477421</t>
+          <t>9789752477490</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Yarışı Yavaşlar Kazanır</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752477582</t>
+          <t>9789752477483</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752477452</t>
+          <t>9789752477445</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gerçeksen</t>
+          <t>Tarihi Sen Yaz</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752477612</t>
+          <t>9789752477421</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yoğurt</t>
+          <t>Kırk Yama</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752477476</t>
+          <t>9789752477582</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>İçinize Dönün</t>
+          <t>Beni Neden Sevmedin?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752477629</t>
+          <t>9789752477452</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
+          <t>Gerçeksen</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752477377</t>
+          <t>9789752477612</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ya Evde Yoksam</t>
+          <t>Yoğurt</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752477391</t>
+          <t>9789752477476</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Beynini Doğru Besle</t>
+          <t>İçinize Dönün</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752477322</t>
+          <t>9789752477629</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Özel Beslenenler İçin Tarifler</t>
+          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752477353</t>
+          <t>9789752477377</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Onun Kumaşı Farklıydı</t>
+          <t>Ya Evde Yoksam</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752477292</t>
+          <t>9789752477391</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kaybettik</t>
+          <t>Beynini Doğru Besle</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752477261</t>
+          <t>9789752477322</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sır.. Türkler!</t>
+          <t>Özel Beslenenler İçin Tarifler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752477285</t>
+          <t>9789752477353</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Durağı</t>
+          <t>Onun Kumaşı Farklıydı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752477254</t>
+          <t>9789752477292</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Atıştır</t>
+          <t>Güzel Kaybettik</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752477230</t>
+          <t>9789752477261</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kansersavar Mutfak</t>
+          <t>Sır.. Türkler!</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752477223</t>
+          <t>9789752477285</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kurtulur?</t>
+          <t>Gökyüzü Durağı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752477247</t>
+          <t>9789752477254</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
+          <t>Sağlıklı Atıştır</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752477186</t>
+          <t>9789752477230</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Kansersavar Mutfak</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752477001</t>
+          <t>9789752477223</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ile İş Hayatı</t>
+          <t>İnsan Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752477124</t>
+          <t>9789752477247</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752477155</t>
+          <t>9789752477186</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Geldin</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752477100</t>
+          <t>9789752477001</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Etik Hackerlığa Giriş</t>
+          <t>Mevlana ile İş Hayatı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059841948</t>
+          <t>9789752477124</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Takıntılardan Kurtulma Rehberi</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752477063</t>
+          <t>9789752477155</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası Hayırlısı</t>
+          <t>Ve Sen Geldin</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752477070</t>
+          <t>9789752477100</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sen O'na Aşıksın</t>
+          <t>Etik Hackerlığa Giriş</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752477049</t>
+          <t>9786059841948</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu</t>
+          <t>Takıntılardan Kurtulma Rehberi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752477056</t>
+          <t>9789752477063</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Benden Vazgeçme Ya Rab!</t>
+          <t>Uzun Lafın Kısası Hayırlısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059841955</t>
+          <t>9789752477070</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
+          <t>Sen O'na Aşıksın</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059841986</t>
+          <t>9789752477049</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Cumhurbaşkanlığı</t>
+          <t>Dervişin Teselli Koleksiyonu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>50</v>
+        <v>375</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059841887</t>
+          <t>9789752477056</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
+          <t>Benden Vazgeçme Ya Rab!</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059841870</t>
+          <t>9786059841955</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
+          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>375</v>
+        <v>50</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059841825</t>
+          <t>9786059841986</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türk Psikiyatristin Divanı</t>
+          <t>Türk Tipi Cumhurbaşkanlığı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059841801</t>
+          <t>9786059841887</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ruhuna 7 Armağan</t>
+          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059841832</t>
+          <t>9786059841870</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
+          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059841757</t>
+          <t>9786059841825</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Simya</t>
+          <t>Türk Psikiyatristin Divanı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059841726</t>
+          <t>9786059841801</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İyi Gıda Kötü Gıda</t>
+          <t>Çocuğun Ruhuna 7 Armağan</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059841610</t>
+          <t>9786059841832</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Arayan Çocuk</t>
+          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059841658</t>
+          <t>9786059841757</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri</t>
+          <t>Simya</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059841689</t>
+          <t>9786059841726</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım</t>
+          <t>İyi Gıda Kötü Gıda</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059841634</t>
+          <t>9786059841610</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Varsın Olmasın</t>
+          <t>Allah'ı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059841573</t>
+          <t>9786059841658</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik Olarak Riskli Bebek</t>
+          <t>Mutluluk Kürleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059841566</t>
+          <t>9786059841689</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Anne İşi Çözümler</t>
+          <t>Hayal Ağacım</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059841535</t>
+          <t>9786059841634</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Çocukları İlaçlamayın</t>
+          <t>Varsın Olmasın</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059841528</t>
+          <t>9786059841573</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>DAİŞ</t>
+          <t>Nörolojik Olarak Riskli Bebek</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059841481</t>
+          <t>9786059841566</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Harbi Yiyorum</t>
+          <t>Anne İşi Çözümler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059841474</t>
+          <t>9786059841535</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tam Şifa</t>
+          <t>Yaramaz Çocukları İlaçlamayın</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059841375</t>
+          <t>9786059841528</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Doğal Doğum</t>
+          <t>DAİŞ</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055181420</t>
+          <t>9786059841481</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Kitabı</t>
+          <t>Harbi Yiyorum</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059841337</t>
+          <t>9786059841474</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>30 Günde 10 Yıl</t>
+          <t>Tam Şifa</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059841245</t>
+          <t>9786059841375</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+          <t>Doğal Doğum</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059841320</t>
+          <t>9786055181420</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Apiterapi - Arıyla Gelen Şifa</t>
+          <t>Doğruluk Kitabı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059841313</t>
+          <t>9786059841337</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Başımın Üstünde Yerin Var</t>
+          <t>30 Günde 10 Yıl</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059841252</t>
+          <t>9786059841245</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Vav Uğruna</t>
+          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059841221</t>
+          <t>9786059841320</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sakatat</t>
+          <t>Apiterapi - Arıyla Gelen Şifa</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054325726</t>
+          <t>9786059841313</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
+          <t>Başımın Üstünde Yerin Var</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059841061</t>
+          <t>9786059841252</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
+          <t>Vav Uğruna</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055181529</t>
+          <t>9786059841221</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Terapileri</t>
+          <t>Sakatat</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059841122</t>
+          <t>9786054325726</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Güzellemeleri</t>
+          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059841146</t>
+          <t>9786059841061</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Güzelliğin Kitabı</t>
+          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059841085</t>
+          <t>9786055181529</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
+          <t>Mutluluk Terapileri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059841078</t>
+          <t>9786059841122</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Annenin Ruh Halleri</t>
+          <t>Ramazan Güzellemeleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055181383</t>
+          <t>9786059841146</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
+          <t>Ekolojik Güzelliğin Kitabı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055181802</t>
+          <t>9786059841085</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Beden Aklıyla Zayıflama</t>
+          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054325627</t>
+          <t>9786059841078</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Ey En Sevdiğim!</t>
+          <t>Annenin Ruh Halleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055181727</t>
+          <t>9786055181383</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
+          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055181789</t>
+          <t>9786055181802</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İpine Aşkla Sarıl!</t>
+          <t>Beden Aklıyla Zayıflama</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055181703</t>
+          <t>9786054325627</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hazır Alma Kendin Yap!</t>
+          <t>Ey Aşk! Ey En Sevdiğim!</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055181697</t>
+          <t>9786055181727</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Meze</t>
+          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055181857</t>
+          <t>9786055181789</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Oynuyorum</t>
+          <t>Allah’ın İpine Aşkla Sarıl!</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055181826</t>
+          <t>9786055181703</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hacamat</t>
+          <t>Hazır Alma Kendin Yap!</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055181970</t>
+          <t>9786055181697</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunu Doğru Besle</t>
+          <t>Meze</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059841412</t>
+          <t>9786055181857</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Neboş</t>
+          <t>Bebeğimle Oynuyorum</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059841443</t>
+          <t>9786055181826</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklar Öğretmendir</t>
+          <t>Tıbbi Hacamat</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055181475</t>
+          <t>9786055181970</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
+          <t>Çocuğunu Doğru Besle</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055181536</t>
+          <t>9786059841412</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Oyun Dili</t>
+          <t>Neboş</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055181024</t>
+          <t>9786059841443</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yediklerinizin İçinde Ne Var?</t>
+          <t>Hastalıklar Öğretmendir</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054325450</t>
+          <t>9786055181475</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Turşu</t>
+          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786054325320</t>
+          <t>9786055181536</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
+          <t>Çocuk Eğitiminde Oyun Dili</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786054325016</t>
+          <t>9786055181024</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Diyeti</t>
+          <t>Yediklerinizin İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789759059354</t>
+          <t>9786054325450</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Atatürkçüğüm</t>
+          <t>Turşu</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789759059163</t>
+          <t>9786054325320</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Satılık Hastalıklar</t>
+          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054325719</t>
+          <t>9786054325016</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Sade Güzellik</t>
+          <t>Taş Devri Diyeti</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054325153</t>
+          <t>9789759059354</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Özün Özü İbn Arabi</t>
+          <t>Sevgili Atatürkçüğüm</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789759059668</t>
+          <t>9789759059163</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Satılık Hastalıklar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054325238</t>
+          <t>9786054325719</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Naylon Aşkı Öldürür!</t>
+          <t>Sade Güzellik</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054325146</t>
+          <t>9786054325153</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Naturel Zayıflama</t>
+          <t>Özün Özü İbn Arabi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054325863</t>
+          <t>9789759059668</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ev</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055181147</t>
+          <t>9786054325238</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Mutluluk</t>
+          <t>Naylon Aşkı Öldürür!</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054325849</t>
+          <t>9786054325146</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Karatay Mutfağı</t>
+          <t>Naturel Zayıflama</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055181154</t>
+          <t>9786054325863</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
+          <t>Mutlu Ev</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054325481</t>
+          <t>9786055181147</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti</t>
+          <t>Metafizik Mutluluk</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054325986</t>
+          <t>9786054325849</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Bitkiler</t>
+          <t>Karatay Mutfağı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059841283</t>
+          <t>9786055181154</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Aşıktım Hatırlamıyorum</t>
+          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059841504</t>
+          <t>9786054325481</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Unutamadım</t>
+          <t>Karatay Diyeti</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059841498</t>
+          <t>9786054325986</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Göbeğimi Nasıl Eritirim?</t>
+          <t>İyileştiren Bitkiler</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055181451</t>
+          <t>9786059841283</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yemezler</t>
+          <t>Aşıktım Hatırlamıyorum</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055181284</t>
+          <t>9786059841504</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Bul</t>
+          <t>Unutamadım</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055181307</t>
+          <t>9786059841498</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Otizme Çözüm Var!</t>
+          <t>Göbeğimi Nasıl Eritirim?</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055181321</t>
+          <t>9786055181451</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Tuzağı</t>
+          <t>Yemezler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055181185</t>
+          <t>9786055181284</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İlaçsız Yaşam</t>
+          <t>Kalbini Bul</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054325252</t>
+          <t>9786055181307</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kansere Hangi Bitki?</t>
+          <t>Otizme Çözüm Var!</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054325023</t>
+          <t>9786055181321</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Grip / Domuz Gribi</t>
+          <t>Antidepresan Tuzağı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055181246</t>
+          <t>9786055181185</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Glisemik İndeks Diyeti</t>
+          <t>İlaçsız Yaşam</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054325900</t>
+          <t>9786054325252</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Ekmek ve Ekmekle İlgili Tüm Gerçekler</t>
+          <t>Hangi Kansere Hangi Bitki?</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055181215</t>
+          <t>9786054325023</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu</t>
+          <t>Grip / Domuz Gribi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789759059262</t>
+          <t>9786055181246</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslenmeyle İlgili Yanlış Bildiklerimiz</t>
+          <t>Glisemik İndeks Diyeti</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759059378</t>
+          <t>9786054325900</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Diyabetliler İçin Hayatı Kolaylaştırma Kılavuzu</t>
+          <t>Gerçek Ekmek ve Ekmekle İlgili Tüm Gerçekler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789759059521</t>
+          <t>9786055181215</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Biri Bizi Hasta Ediyor</t>
+          <t>Edep Ya Hu</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759059071</t>
+          <t>9789759059262</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Unsuz Şekersiz Hamur İşleri</t>
+          <t>Doğru Beslenmeyle İlgili Yanlış Bildiklerimiz</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055181017</t>
+          <t>9789759059378</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Artık Ruhunu da Besle!</t>
+          <t>Diyabetliler İçin Hayatı Kolaylaştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789759059118</t>
+          <t>9789759059521</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sever? İnsan-ı Kamil / Ahlak Nasıl Güzelleşir?</t>
+          <t>Biri Bizi Hasta Ediyor</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
+          <t>9789759059071</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Unsuz Şekersiz Hamur İşleri</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055181017</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Artık Ruhunu da Besle!</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789759059118</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Allah Kimleri Sever? İnsan-ı Kamil / Ahlak Nasıl Güzelleşir?</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
           <t>9786054325351</t>
         </is>
       </c>
-      <c r="B502" s="1" t="inlineStr">
+      <c r="B505" s="1" t="inlineStr">
         <is>
           <t>7’den 70’e Taş Devri Diyeti</t>
         </is>
       </c>
-      <c r="C502" s="1">
+      <c r="C505" s="1">
         <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>