--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -85,7600 +85,13780 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256329515</t>
+          <t>9786256329546</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dijital Uçurum</t>
+          <t>Kendini İyileştir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256329508</t>
+          <t>9786256329553</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>Çocuk Rehberi 1-4 Yaş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256329492</t>
+          <t>9786256329256</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Uzman Değil Annesin</t>
+          <t>Ya Gitmeseydi?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256329485</t>
+          <t>9786256329249</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Seni Affetmiyorum</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256329478</t>
+          <t>9786257479349</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kocam Bir Narsist</t>
+          <t>Tarih Yazan Çocuklar - Büyük Liderler 10’lu Set</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059841696</t>
+          <t>9786257479332</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğal Süper Gıdalar</t>
+          <t>Tarih Yazan Çocuklar - Büyük Gönül Erleri 10’lu Set</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054325207</t>
+          <t>9786257479325</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
+          <t>Tarih Yazan Çocuklar - Büyük Bilim İnsanları 10’lu Set</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256329447</t>
+          <t>9786257479356</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dehr</t>
+          <t>Tarih Yazan Çocuklar (100 Kitaplık Mega Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256329423</t>
+          <t>9786052214497</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Alfanın Ebeveyni Olmak</t>
+          <t>Mumiyo - Yüksek Dağlardan Gelen Şifa</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>130</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256329430</t>
+          <t>9789752477681</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Psikolog</t>
+          <t>Sebep Sen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256329454</t>
+          <t>9789752477698</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beni En Son Kim Unuttu</t>
+          <t>Hoşgeldin Bebek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256329416</t>
+          <t>9786057674227</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>C Vitamini</t>
+          <t>Sabahattin Ali - Tüm Eserleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256329409</t>
+          <t>9786052214404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin İptali</t>
+          <t>Mi'rac'a Davet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256329393</t>
+          <t>9786052214985</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Beyaz Kırmızı</t>
+          <t>Sen Benim Yarınımsın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>175</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257685436</t>
+          <t>9786052214992</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 1</t>
+          <t>Bilgenin Aynası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256329386</t>
+          <t>9786052214558</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Nutrasötikler 2</t>
+          <t>Renkli Fikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>540</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258222111</t>
+          <t>9786052214435</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Panik ve Ataklarından Korunma Rehberi</t>
+          <t>Mazeret Yok!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257685245</t>
+          <t>9789752477568</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İslamla Bilimi Buluşturan Adam</t>
+          <t>Erkan Şamcı İle Neşeli Botanik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>6.9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256329362</t>
+          <t>9789752477544</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Huşu Ağacı</t>
+          <t>Benim İstanbul’um</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256329348</t>
+          <t>9786052214930</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256329331</t>
+          <t>9786052214725</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Şifaları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256329324</t>
+          <t>9786052214947</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kurtuluşu</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256329317</t>
+          <t>9786052214886</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Tesellisi</t>
+          <t>Hayatımızdaki Yahudi ve Hıristiyan Adetleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256329300</t>
+          <t>9786054325092</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaykay Takımı</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256329294</t>
+          <t>9786055181086</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Nutrasötikler-1</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256329287</t>
+          <t>9786054325740</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yaşattığını Yaşa</t>
+          <t>Zayıflatan Tarifler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256329263</t>
+          <t>9786054325672</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilge</t>
+          <t>Yol Arkadaşım Banço</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256329270</t>
+          <t>9789759059712</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Köyden Şehre Doğal Reçeteler</t>
+          <t>Yeni Çağın Çocukları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752477407</t>
+          <t>9786054325245</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kızı Lülü</t>
+          <t>Üzüm</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752477209</t>
+          <t>9789759059514</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hicran-ı Aşk</t>
+          <t>Yönetmeden Hükmeden Ordular</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257479943</t>
+          <t>9789759059286</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri 4'lü Set</t>
+          <t>Uzaktan Kumandalı Çocuklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>750</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057674098</t>
+          <t>9789759059811</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
+          <t>Türkiye’ye Ne Olacak?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054325542</t>
+          <t>9786054325047</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Tıbbın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055181765</t>
+          <t>9789759059019</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kanser İyileşir</t>
+          <t>Tehlikeli Oyuncak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055181567</t>
+          <t>9789759059989</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
+          <t>Tavuk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257685665</t>
+          <t>9786055181062</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
+          <t>Taşlarla Şifa</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257909952</t>
+          <t>9786054325788</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
+          <t>Taş Devrinde Tehlike</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>720</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257909723</t>
+          <t>9789759059651</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
+          <t>Tasavvuf Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>575</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256329232</t>
+          <t>9786054325511</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
+          <t>Şifa Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>325</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256329225</t>
+          <t>9786054325504</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çay Koy Yeniden Başlıyoruz</t>
+          <t>Şeytan Ye Diyor!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256329195</t>
+          <t>9789759059309</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi 2</t>
+          <t>Son Küresel Kart Amerikan Turan’ı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256329157</t>
+          <t>9789759059040</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları</t>
+          <t>Siber İstihbarat Küresel ve Nano Casusluğun Anatomisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256329201</t>
+          <t>9789759059149</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Güneş Uyandı</t>
+          <t>Seyr’engiz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256329218</t>
+          <t>9789759059156</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Seyr’</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256329171</t>
+          <t>9789759059897</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
+          <t>Şerbet ve Hoşaf</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>375</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256329188</t>
+          <t>9786054325337</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Niyet Şifası</t>
+          <t>Sarayı Yıkalım</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>380</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256329140</t>
+          <t>9786054325474</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Metafizik Sırrı</t>
+          <t>Sağlıklı Vücudun Görünmez İşçileri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256329126</t>
+          <t>9786054325061</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Doğru Takviye Nasıl Seçilir?</t>
+          <t>Sağlıklı Bebek Yetiştirme Rehberi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258222944</t>
+          <t>9786054325832</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Hayat Dersler</t>
+          <t>Sonsuz ’Bir’ Aşk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258222937</t>
+          <t>9789759059934</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
+          <t>Saçtaki Tuz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258222951</t>
+          <t>9789759059460</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
+          <t>Puşi ve Sarık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258222968</t>
+          <t>9789759059217</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
+          <t>Posta Kutumdan Sihir Çıktı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256329133</t>
+          <t>9786055181260</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Keşke Tanımasaydım Seni</t>
+          <t>Pes Etmeyen Tavuk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>340</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256329119</t>
+          <t>9786054325221</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İyot Giren Eve Doktor Girmez</t>
+          <t>Penguenlerin Buzları Erimesin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256329102</t>
+          <t>9786054325030</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha Nasıl Sevebilirim</t>
+          <t>Paradigma Değiştirenler 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052214152</t>
+          <t>9789759059804</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Atölyesi</t>
+          <t>Ot</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256329096</t>
+          <t>9789759059682</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Değişen Bedenimle Karışan Duygularım</t>
+          <t>Osmanlı’nın Manevi Sultanları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256329089</t>
+          <t>9786055181079</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Genç Dervişin Teselli Koleksiyonu</t>
+          <t>Osmanlı’nın En Seksi Sırları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256329065</t>
+          <t>9786055181161</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Uyuyabilsem</t>
+          <t>Olga Okulu Sevmiyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256329058</t>
+          <t>9786055181130</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hırsızları</t>
+          <t>Olga</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256329072</t>
+          <t>9786055181048</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Temas (Ciltli)</t>
+          <t>Okul Çocukları Ne Yemeli, Ne Yememeli?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256329034</t>
+          <t>9789759059064</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
+          <t>Pamuk Prenses ve Katrilyonlarca Cüce</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258222906</t>
+          <t>9786054325436</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Emmeyi Çok Seven Küçük Kedi</t>
+          <t>Müstesna Deliler Albümü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258222913</t>
+          <t>9786054325689</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
+          <t>Müslüman’ın Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258222869</t>
+          <t>9789759059552</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
+          <t>’Ötekiler’ İçin Sivil İtaatsizlik Rehberi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>1000</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257479578</t>
+          <t>9789759059606</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Mert</t>
+          <t>Muhammedü’l-Emin: Hz. Muhammed’in Peygamberlik Öncesi Hayatı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052214121</t>
+          <t>9789759059248</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 2</t>
+          <t>Modern Zaman Hastalıkları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759059101</t>
+          <t>9789759059330</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Mevlana’nın Kalbine Açılan Kapı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752477162</t>
+          <t>9786055181178</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Diyabet ve Zayıflama Kürleri</t>
+          <t>Metropol Diyeti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054325597</t>
+          <t>9789759059477</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hakk’ın Nuruna Mirac</t>
+          <t>Mesnevi’nin Sırrı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054325139</t>
+          <t>9786054325894</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cern Kabala Deccal ve Mehd</t>
+          <t>Müslüman’ın Diyeti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054325306</t>
+          <t>9789759059293</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>7 Makam 7 Nefs</t>
+          <t>Meleklerin Bilmediği Sır</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257909495</t>
+          <t>9789759059125</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak</t>
+          <t>Marie Sophie</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258222845</t>
+          <t>9786054325429</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
+          <t>Mahremin Göçü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>400</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258222890</t>
+          <t>9786054325993</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kırdığın Yerden Kırıl</t>
+          <t>Lulu ve Brontozor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258222883</t>
+          <t>9786055181000</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyeti Terk Etme</t>
+          <t>Lulu Köpek Gezdiriyor</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258222852</t>
+          <t>9786054325870</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kötü Yarından İyi</t>
+          <t>Lezzetin Tarihi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258222807</t>
+          <t>9789759059033</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Boyutunda İstihbarat</t>
+          <t>Lettera Amorosa</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258222814</t>
+          <t>9789759059132</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
+          <t>Lale Deliliği</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258222791</t>
+          <t>9786054325160</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Düş</t>
+          <t>Kuruluş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258222784</t>
+          <t>9786054325283</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
+          <t>Korsan Gemisi Tehlikede</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258222777</t>
+          <t>9786054325634</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İyileşme Zamanı</t>
+          <t>Kopoy</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258222739</t>
+          <t>9789759059880</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
+          <t>Kolesterol ve Akıl Oyunları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258222722</t>
+          <t>9786055181109</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oyun Oynamak İsteyen Küçük Fok</t>
+          <t>Kolesterol Gerçeği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258222715</t>
+          <t>9786054325856</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Giyinmek İstemeyen Küçük Kirpi</t>
+          <t>Kipri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>260</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258222685</t>
+          <t>9786054325917</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
+          <t>Kızılderili Topraklarında Tehlike</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258222746</t>
+          <t>9789759059507</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tevhidle Yaşamak</t>
+          <t>Kesinlikle Ben, Clarice Bean</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258222708</t>
+          <t>9786054325641</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Ardında</t>
+          <t>Kekik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258222692</t>
+          <t>9786055181222</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu 3</t>
+          <t>Kediler - Hep Dört Ayak Üstüne mi Düşer?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258222661</t>
+          <t>9786054325405</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
+          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258222678</t>
+          <t>9786054325269</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Yunuslar Yaşasın</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258222272</t>
+          <t>9789759059828</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Şeker Torbası</t>
+          <t>Karanlıktan Korkan Baykuş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258222456</t>
+          <t>9789759059415</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Adana</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258222401</t>
+          <t>9786054325658</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Halk Hekimlerinin Hazinesi</t>
+          <t>Kansere Çözüm Var!</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258222234</t>
+          <t>9789759059385</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Henüz Her Şey Bitmedi</t>
+          <t>Kalp Yetersizliği Hasta El Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258222296</t>
+          <t>9789759059576</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 3 Kitap</t>
+          <t>Kalbin Nuru</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258222319</t>
+          <t>9789759059590</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İstopla Yıldız Kodladım</t>
+          <t>Kalbin Limon Hali</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258222302</t>
+          <t>9789759059347</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258222289</t>
+          <t>9786055181666</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>Şükretmek İçin 1001 Küçücük Neden</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258222333</t>
+          <t>9786055181673</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Geçidi</t>
+          <t>Ramazan Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258222326</t>
+          <t>9786055181604</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalpler Şehri</t>
+          <t>Migrene Çözüm Var! - Ağrı Devrimi 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258222357</t>
+          <t>9786055181499</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Masal Bir Düş</t>
+          <t>Merak Eden Susamuru</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258222371</t>
+          <t>9786055181932</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Tükürerek Bir Yüzme Havuzunu Doldurabilirsiniz : Vücudumuz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258222364</t>
+          <t>9786059841023</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Yeniden Tutunmak</t>
+          <t>Barış Peygamberi Hz.Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>210</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258222265</t>
+          <t>9786059841047</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sırgah</t>
+          <t>Hayata Yolculuk</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258222340</t>
+          <t>9786055181963</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çakma Messi</t>
+          <t>Fıtrat Pedagojisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258222258</t>
+          <t>9786055181918</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kasem</t>
+          <t>Sufilerin El Kitabı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258222241</t>
+          <t>9786055181819</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tuttum Ben Bu Orucu</t>
+          <t>Aşk Düştü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258222166</t>
+          <t>9786059841054</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyası</t>
+          <t>Yazmak Karanlığa İyi Gelir!</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258222159</t>
+          <t>9786059841092</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Salon</t>
+          <t>16 Türk Devleti</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>225</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258222142</t>
+          <t>9786055181956</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
+          <t>Şeytan Çıplak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258222227</t>
+          <t>9786055181871</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'im Bugün Yaşasaydı</t>
+          <t>Kaktüs Çiçeğinin Sürgünü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258222135</t>
+          <t>9786055181840</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi</t>
+          <t>Kadınların Altın Kitabı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258222104</t>
+          <t>9786055181734</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kalbi İyileştirir</t>
+          <t>Uzaktaki Yakın</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258222098</t>
+          <t>9786055181543</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
+          <t>Anne Ben Niye Doyumsuzum?</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>375</v>
+        <v>28</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258222128</t>
+          <t>9786055181833</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
+          <t>Esmaü’l Hüsnalı Astroloji Günlüğü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258222081</t>
+          <t>9786055181680</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
+          <t>Hangi Suyu İçmeli?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258222074</t>
+          <t>9786055181659</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
+          <t>Alkali Vücudun Sırları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>375</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258222012</t>
+          <t>9786055181598</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gök Yazılar</t>
+          <t>Helezon Kütüphane - Yamak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258222005</t>
+          <t>9786055181635</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
+          <t>Sevgili Mutfak</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258222036</t>
+          <t>9786055181574</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anahtar Minerali Magnezyum</t>
+          <t>Dudak Payım</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>225</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258222029</t>
+          <t>9786055181581</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çeyiz</t>
+          <t>Neyim Var? Ne Yapayım?</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257479998</t>
+          <t>9786055181505</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Naikan - Sen İçine Bak!</t>
+          <t>Dört Kitabın Manası: Fatiha Süresi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257479974</t>
+          <t>9786052214244</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Kaderine İsyan Etme Dua Et</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257479912</t>
+          <t>9786059841788</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
+          <t>Ruhun "Aşk" Hali!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257479929</t>
+          <t>9786059841559</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
+          <t>Prof. Dr. Canan Karatay’la Şifa Bulanlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257479738</t>
+          <t>9786052214398</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Hangisi?</t>
+          <t>Bağırmayan Çocuklar</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257479981</t>
+          <t>9786052214022</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Çocuk Anne Babasından Ne İster?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>275</v>
+        <v>45</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257479967</t>
+          <t>9789752477810</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Hazır Kıta Ruhuyla Kızıl Elma Şuuru</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257479950</t>
+          <t>9789752477803</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
+          <t>Gülen Şeytanlar Tarihi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>375</v>
+        <v>70</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257479905</t>
+          <t>9789752477520</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
+          <t>Pancar Bey Mısır Adam’a Karşı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257479936</t>
+          <t>9789752477506</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
+          <t>Kahramanlar Ne Yer?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257479790</t>
+          <t>9789752477575</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu - 2</t>
+          <t>Havuç Kardeşliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257479783</t>
+          <t>9789752477551</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
+          <t>Gezegenleri Yedik Doymadık</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>375</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257479769</t>
+          <t>9789752477537</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
+          <t>Ateşbaz Dede’nin Çırakları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257479752</t>
+          <t>9789752477643</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Şizofrenik Atraksiyonlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257479745</t>
+          <t>9789752477469</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ben Aslında Kimim?</t>
+          <t>Gölgeler İz Bırakmaz</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257479776</t>
+          <t>9789752477360</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Lunaparktaki Sessizlik</t>
+          <t>Turco</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257479721</t>
+          <t>9789752477414</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Sonsuz Yolculuğu</t>
+          <t>Ferrari'yi Çalan Fil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>175</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257479691</t>
+          <t>9789752477599</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Çocuğu</t>
+          <t>Hüzünlü Bir Ponçik</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257479714</t>
+          <t>9789752477346</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Derviş Kelamı</t>
+          <t>Hükmen Mağluplar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>325</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257479707</t>
+          <t>9789752477339</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eve Döner İnsan Hep</t>
+          <t>Ermeni, Musevi, Rum Evlerinde Pişen Yemekler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257479677</t>
+          <t>9786059841672</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Karatay Sözü</t>
+          <t>Kalp Manevraları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>275</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257479653</t>
+          <t>9786052214275</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Bedenim</t>
+          <t>Milyon Dolarlık Sözler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257479660</t>
+          <t>9786052214091</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olmak İçin Güzel Bir Gün</t>
+          <t>Kadınsın Korkma!</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257479615</t>
+          <t>9786052214084</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mahfuz</t>
+          <t>Vicdanımın Vasiyetidir!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257479646</t>
+          <t>9789752477780</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beni Yarım Bıraktın</t>
+          <t>Sufi Sözlük - Müspet Kelimeler Arşivi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257479387</t>
+          <t>9789752477605</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Orwell'den Hayat Dersleri</t>
+          <t>Papatya Kokan Kadın</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>125</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257479530</t>
+          <t>9786052214367</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde'dan Hayat Dersleri</t>
+          <t>Bir Yahudi Ütopyası Vadedilmiş Kürdistan</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257479417</t>
+          <t>9786052214190</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dickens'tan Hayat Dersleri</t>
+          <t>Nefs Diyeti</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>125</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257479585</t>
+          <t>9789752477735</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Düş Kapanı</t>
+          <t>Kalbimdesin Elimde Değil</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257479592</t>
+          <t>9786059841627</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
+          <t>45'Ten Sonra</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257479547</t>
+          <t>9786052214312</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
+          <t>Etik Hackerlığa Giriş 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257479561</t>
+          <t>9786059841849</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Kutsal Kitaplarda Kadın</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>175</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257479370</t>
+          <t>9786059841764</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Doğru</t>
+          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257479424</t>
+          <t>9786059841702</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olucam</t>
+          <t>Ben Mercan (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>175</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257479363</t>
+          <t>9789752477841</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Şifa Tarhana</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257479318</t>
+          <t>9789752477766</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Onurlular, Alçaklar ve Hilekarlar</t>
+          <t>Sakın Büyüme Çocuk</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257685795</t>
+          <t>9786059841740</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bir İmzanız Var</t>
+          <t>Balıkların Duasını Almak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257685788</t>
+          <t>9786059841733</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İki Nefes Arasında</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257685566</t>
+          <t>9786059841719</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İkindiyle Gelen Sağlık</t>
+          <t>Dişler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257685825</t>
+          <t>9786059841542</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
+          <t>Zeugma’nın Kayıp Gözbebeği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257685832</t>
+          <t>9786052214176</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
+          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257685818</t>
+          <t>9786052214138</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Umudum Gökyüzü Kadar</t>
+          <t>Limon Şekeri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>175</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257685801</t>
+          <t>9786059841665</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Edom</t>
+          <t>Dest-i İzdivaç</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257685771</t>
+          <t>9789752477438</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sen’i Okumak</t>
+          <t>Şekersiz 3 Hafta</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257685627</t>
+          <t>9789752477384</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mistik Mimari</t>
+          <t>İki Mahkumun Bir Günü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257685672</t>
+          <t>9786059841344</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
+          <t>Hayatta Olmaz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>275</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257685689</t>
+          <t>9789752477315</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
+          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257685740</t>
+          <t>9789752477308</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
+          <t>Ertuğrul: Kötü Söz Söylemeyi Kim İster Ki?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>550</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257685733</t>
+          <t>9786059841856</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
+          <t>İnsan Denen Bulmaca</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257685337</t>
+          <t>9786059841641</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Orman Masalları 5’li Set</t>
+          <t>Din Köstebekleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257685658</t>
+          <t>9789752477995</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Bir Ülke Bir Gece</t>
+          <t>Beni Unut Bizi Unutma</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257685504</t>
+          <t>9789752477865</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
+          <t>Aşka Kaçış - Kanada</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257685603</t>
+          <t>9789752477827</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hal-i Sükut</t>
+          <t>Yarım Kalanlara</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>125</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257685597</t>
+          <t>9786059841931</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Zweig’dan Hayat Dersleri</t>
+          <t>Bazı Yalnızlıklar İyidir</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257685610</t>
+          <t>9786059841962</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
+          <t>Eve Neşe Getiren Muhabbet Kuşları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257685634</t>
+          <t>9786059841863</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Aşk Düşsün</t>
+          <t>Çocuklar İçin Gaziantep Şehir Rehberi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257685535</t>
+          <t>9786059841818</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Elif Aşk Mim</t>
+          <t>İçin Rahat Olsun</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257685580</t>
+          <t>9786059841979</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Yem Olmak İstemeyen Pina</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257685481</t>
+          <t>9786059841795</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 2</t>
+          <t>Su İçmek İsteyen Serçe</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257685559</t>
+          <t>9786059841597</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dr. Thalamus</t>
+          <t>150 Soruda Fıtrata Uygun Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257685573</t>
+          <t>9786059841603</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kafka’dan Hayat Dersleri</t>
+          <t>450 Soruda Anadolu Ekolüyle Gebelik ve Annelik</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>125</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257685542</t>
+          <t>9786059841139</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Balkan Hayaletleri</t>
+          <t>Deniz Ürünleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257685528</t>
+          <t>9789752477094</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
+          <t>Bir Varsın Bir Yoksun</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257685474</t>
+          <t>9789752477087</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Yol Sanadır</t>
+          <t>Allah Hüzünlü Kalbi Sever</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257685511</t>
+          <t>9786059841467</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Korkma Hep Varsın</t>
+          <t>Güzelgah</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>230</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257685467</t>
+          <t>9786059841290</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Self Healing - İlaçsız Şifa Sanatı</t>
+          <t>Köprüden Önce On Çıkış</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257685450</t>
+          <t>9789752477278</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1000</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257685290</t>
+          <t>9786059841405</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zeki Ama Çalışmıyor</t>
+          <t>Ey Kalbim! Aşka Söz Verdik</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257685443</t>
+          <t>9786059841993</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
+          <t>Günü Mevlana ile Yaşamak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>125</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257685313</t>
+          <t>9789752477131</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
+          <t>Kabe'yi Dinlerken</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257685306</t>
+          <t>9789752477148</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
+          <t>Beynini Genç Tut</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257685191</t>
+          <t>9789752477032</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
+          <t>Ertuğrul</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257685184</t>
+          <t>9786059841436</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
+          <t>Ruhum Sana Emanet</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257685405</t>
+          <t>9786059841214</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
+          <t>Usta ile Ayı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257685412</t>
+          <t>9786055181895</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
+          <t>Paket Lastiğiyle Bir Timsahın Hakkından Gelebilirsiniz!</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>275</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257685344</t>
+          <t>9786055181994</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
+          <t>Tarihimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257685429</t>
+          <t>9786055181987</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Büyüsünü Bozma</t>
+          <t>Kıyamet Çanı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257685399</t>
+          <t>9789752477193</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hoş Şeyler Zamanı</t>
+          <t>Mutlu Evliliklerin 7 Özelliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257685382</t>
+          <t>9789752477179</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ruh İyiliği</t>
+          <t>Mişisel Gelişim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257685320</t>
+          <t>9789752477216</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Güzel Kızı</t>
+          <t>Aşıklar Yolu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257685269</t>
+          <t>9789752477025</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Korona Aşısı</t>
+          <t>Evlilikte Pozitif İletişim</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257685252</t>
+          <t>9786059841917</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Pandemi</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>24</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257685283</t>
+          <t>9786059841924</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Eyvallah 2</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>24</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257685276</t>
+          <t>9789752477018</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>31.85</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257909419</t>
+          <t>9786059841900</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
+          <t>Elif Gibi Sevmek 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>325</v>
+        <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059841580</t>
+          <t>9786059841894</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
+          <t>Elif Gibi Sevmek 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257685221</t>
+          <t>9786059841399</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
+          <t>Ben Ne Biliim?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257685238</t>
+          <t>9786055181748</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Olmak Ya Da Olmamak</t>
+          <t>Börülce'nin Günlüğü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752477117</t>
+          <t>9786059841511</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Anneler</t>
+          <t>Sen Sen Ol, Sevgili Kızım...</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257685153</t>
+          <t>9786059841351</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
+          <t>Enerjinin İktidarı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>650</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257685160</t>
+          <t>9786059841115</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Rabarba</t>
+          <t>Oğul Sen Sen Ol...</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257685177</t>
+          <t>9786055181925</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
+          <t>Varlık Kokusu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257685146</t>
+          <t>9786055181413</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
+          <t>Allah'a Yakınlığın Dereceleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257909747</t>
+          <t>9786059841429</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Uzay</t>
+          <t>Epilepsi İle Büyümek</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>225</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257909754</t>
+          <t>9786059841269</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan</t>
+          <t>Hamido - Meclisin Son Kabadayısı İlk Faili Meçhulü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>225</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257909730</t>
+          <t>9786059841207</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Doğa</t>
+          <t>Tuzlu Kahve Çiftetelli - Gerdek</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>225</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257685085</t>
+          <t>9786059841160</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bazen…</t>
+          <t>Kerbela Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257685078</t>
+          <t>9786055181901</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Üç Gömlek Hikayesi</t>
+          <t>Küresel Sistemde İnsan Kalmak</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257685139</t>
+          <t>9786055181949</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
+          <t>Kalplerin Makamları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>125</v>
+        <v>26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257685061</t>
+          <t>9786055181642</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Din</t>
+          <t>Kadını Kim Örttü?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257909983</t>
+          <t>9786055181406</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
+          <t>Acayip Sözlük</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>48</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257685054</t>
+          <t>9786055181352</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
+          <t>Kayıp Martı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257909976</t>
+          <t>9786059841450</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Muhabbetle</t>
+          <t>Şeyh İle Hükümdar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257685122</t>
+          <t>9786059841382</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
+          <t>Keço</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>125</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257909921</t>
+          <t>9786059841276</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
+          <t>Sıradışı Osmanlı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>125</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257685092</t>
+          <t>9786059841184</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy'dan Hayat Dersleri</t>
+          <t>Cahide Sultan'la Çay Saati</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>125</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257909877</t>
+          <t>9786059841177</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
+          <t>Dağın Gölgesindeki Yüzler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>125</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257909938</t>
+          <t>9786059841108</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terapisi</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>230</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257909945</t>
+          <t>9786059841016</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Namaz Terapisi</t>
+          <t>Çocuklarda Dürtüsellik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257909969</t>
+          <t>9786059841009</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dua Terapisi</t>
+          <t>Büyük Kolesterol Yalanları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257909891</t>
+          <t>9786055181628</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Gökyüzü</t>
+          <t>Ağaçlar Bizi Nasıl Mutlu Eder?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257909907</t>
+          <t>9786055181444</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kendine De Bir Merhaba</t>
+          <t>Susatanlar!</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257909884</t>
+          <t>9786059841306</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
+          <t>Kehribar Zamanında Aşk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257909792</t>
+          <t>9786059841238</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Avrupa'da Türk İzi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257909822</t>
+          <t>9786059841153</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
+          <t>Yare</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257909860</t>
+          <t>9786055181796</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yenik Düşme Zamana</t>
+          <t>İslam'ın Batı Cephesi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257909785</t>
+          <t>9786055181772</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>Kıyıya Vuran Kız</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>175</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257909846</t>
+          <t>9786055181611</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
+          <t>Allah Aşkına!</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257909815</t>
+          <t>9786055181550</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Bizi Affet</t>
+          <t>21 Sıradan Şeyin Sıradışı Tarihi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257909839</t>
+          <t>9786055181512</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
+          <t>Merkez Siyasetin Perde Arkası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>280</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257909808</t>
+          <t>9786055181376</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İçimde İntihar Korkusu Var</t>
+          <t>Organ Nakli Hakkında Gizlenen Gerçekler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257909761</t>
+          <t>9786055181277</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Düz Yokuşun Sakinleri</t>
+          <t>Ayı Olmayan Ayı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257909532</t>
+          <t>9786055181338</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
+          <t>Kapitalizm Sağlığa Zararlıdır</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257909778</t>
+          <t>9786055181291</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Artık Daha Güçlüyüm</t>
+          <t>Çocukluk Bitmesin!</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>340</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257909549</t>
+          <t>9786055181345</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Rabbim Beni Doktorlardan Koru!</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257909631</t>
+          <t>9786055181208</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
+          <t>Yılan ile Kertenkele</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257909648</t>
+          <t>9786055181314</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
+          <t>Dünya Şampiyonu!</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257909600</t>
+          <t>9786055181888</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Süper Gıdalarla Süper Bağışıklık</t>
+          <t>Martabak</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052214343</t>
+          <t>9786055181741</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Pandalar Uçabilir</t>
+          <t>Hayat Kurtaran Vitamin ve Mineraller</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257909587</t>
+          <t>9786055181710</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
+          <t>Kırk Kapının Kırk Duası</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257909594</t>
+          <t>9786059841030</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Doktor Mutfakta</t>
+          <t>Mevlana’dan Nefesler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257909570</t>
+          <t>9786257685641</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Destekleme Sanatı</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257909563</t>
+          <t>9786257479554</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Likit Ruh</t>
+          <t>İyileşen Evliliğim</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257909556</t>
+          <t>9786257685498</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Açlık Diyeti</t>
+          <t>Aradığın Şey Benim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257909518</t>
+          <t>9786257479394</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gizemleri Çözülürken</t>
+          <t>Kim Güldüye Gittim, Gelicem</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257909525</t>
+          <t>9786257909853</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Var Unutma</t>
+          <t>Kehribar Zamanında Aşk - Özel Baskı</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257909501</t>
+          <t>9786257909624</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
+          <t>Ev Yapımı 2’li Kitap Seti - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257909457</t>
+          <t>9786257909617</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
+          <t>Ev Yapımı Oyunlar - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257909488</t>
+          <t>9786257909914</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
+          <t>Varoluş Kokusu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257909440</t>
+          <t>9786055181369</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
+          <t>Bir Köpeğin Samimi İtirafları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257909433</t>
+          <t>9786055181437</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
+          <t>Hasta Etmeyin Adamı!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257909358</t>
+          <t>9786055181468</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan İnsan Öyküleri</t>
+          <t>Yüzyılın Bomba Haberi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257909464</t>
+          <t>9786055181482</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldum</t>
+          <t>Şifanın Şifresi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257909365</t>
+          <t>9789759059279</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>80 Dakikada Devr-i Alem</t>
+          <t>Kalbin Anlamı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057674418</t>
+          <t>9786054325665</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
+          <t>Kalbime Koy Başını Doktor!</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257909426</t>
+          <t>9786054325764</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İhtimaller Sahnesi</t>
+          <t>Kaideyi Bozan İstisnalar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257909402</t>
+          <t>9786054325795</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Gücü Virüsü Yendi</t>
+          <t>Kaderle Zar Atılmaz</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257909327</t>
+          <t>9789759059729</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi Mucize</t>
+          <t>Kabadayı Kedi Cako ve Çevreci Fareler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057674432</t>
+          <t>9789759059002</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
+          <t>İyilik ve Kötülük Üzerine</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257909341</t>
+          <t>9786054325276</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
+          <t>İyiliğin Kılıcı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257909334</t>
+          <t>9789759059057</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Erguvan</t>
+          <t>İşte Büyük Birader</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>225</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257909310</t>
+          <t>9789759059842</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tur’a Dönüşmek</t>
+          <t>Paradigma Değiştirenler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257909303</t>
+          <t>9786054325610</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ahilik</t>
+          <t>İstanbul’un En Güzel Alkolsüz Lokantaları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>140</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057674784</t>
+          <t>9786055181123</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Çay Reçeteleri</t>
+          <t>İnsansız Kapitalizm İnsanlı Toplum</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057674791</t>
+          <t>9786054325344</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>İnsan Hakları’nı Selamlayan Öyküler ve Şiirler Özgürlük</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057674777</t>
+          <t>9789759059484</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
+          <t>İlâhi İsimler Teorisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057674616</t>
+          <t>9786054325177</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sen Gül Ben Onları Oyalarım</t>
+          <t>İlaç ve Parfümün Sihirli Dünyası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>175</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057674623</t>
+          <t>9789759059569</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem de Gam Yemem</t>
+          <t>İkinci Cumhuriyet’in Yol Hikayesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057674678</t>
+          <t>9786054325801</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırrı</t>
+          <t>İçimdeki Şiir Dilimdeki Söz</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057674487</t>
+          <t>9789759059392</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>En Eğlenceli Boyama 6’lı Set</t>
+          <t>İçerde Eylem Var</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057674692</t>
+          <t>9786054325191</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Kader midir?</t>
+          <t>Hz. Muhammed’i Hissetmek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057674654</t>
+          <t>9789759059194</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>50 Kuştüyü Masal</t>
+          <t>Hz. Ali’nin Selamı Var</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057674661</t>
+          <t>9789759059866</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
+          <t>Heykeltıraş Babam: Tankut Öktem</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057674449</t>
+          <t>9789759059545</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Anlar</t>
+          <t>Henüz Özgür Olmadık</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057674647</t>
+          <t>9786054325566</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>16:8 - Sirkadiyen Diyet</t>
+          <t>Hediye</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057674630</t>
+          <t>9789759059910</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Takılanın Geleceği Olmaz</t>
+          <t>Hayati Sır</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057674326</t>
+          <t>9786055181192</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kız</t>
+          <t>Hayatı Uzatmanın Sırları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057674609</t>
+          <t>9789759059927</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Kalp Sıfır Stres</t>
+          <t>Hayatı Keşfetmek İsteyen Penguen</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057674388</t>
+          <t>9789759059422</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057674357</t>
+          <t>9789759059088</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Kadınları</t>
+          <t>Hastalık Üreten Yaşam Tarzımız Nasıl Değişir?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057674470</t>
+          <t>9786055181116</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Adamı Dinden Çıkarır</t>
+          <t>Hangi PKK</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057674463</t>
+          <t>9789759059873</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Elfida</t>
+          <t>Gül</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057674371</t>
+          <t>9789759059583</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Frezya</t>
+          <t>Gönülsüz Kökten Dinci</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057674364</t>
+          <t>9786054325825</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayat Her Gün Yeniden Başlar</t>
+          <t>Gökten Not Yağıyor!</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057674340</t>
+          <t>9789759059231</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Bitkiler</t>
+          <t>Göktaşında Şeker Var</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>600</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057674333</t>
+          <t>9786054325580</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Doktoru</t>
+          <t>Gizli Bilimlerin Serüveni</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057674234</t>
+          <t>9789759059859</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Şifa Rehberi</t>
+          <t>Hakikat Yolcusuna Kılavuz</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057674241</t>
+          <t>9789759059224</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
+          <t>Güneşten Sarı Baldan Tatlı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>175</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057674296</t>
+          <t>9789759059705</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kursak Krampları</t>
+          <t>Gıdalar, Ambalajlar, Silahlar ve Açlar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057674265</t>
+          <t>9786054325498</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aşk Vakti</t>
+          <t>Geçtigitti Geçtigitti Geçtigitti</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057674258</t>
+          <t>9789759059965</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Hatalarım</t>
+          <t>Futbolu Ağlatan Adam</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057674272</t>
+          <t>9789759059835</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Son Rüyam</t>
+          <t>Evine Dönmek İsteyen Kedi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057674159</t>
+          <t>9786054325573</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İsim</t>
+          <t>Ergenekon Ötesi Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057674166</t>
+          <t>9789759059538</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İstiyorum</t>
+          <t>Ergenekon Nasıl Çökertilir?</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>325</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057674128</t>
+          <t>9786054325290</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
+          <t>En Yangın Aşklar Yemekte Başlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>175</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057674135</t>
+          <t>9786054325603</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
+          <t>En Güzel Misafir Sofraları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057674111</t>
+          <t>9786055181239</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Sakın Okuma!</t>
+          <t>En Güzel Antep Ev Yemekleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>375</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057674104</t>
+          <t>9789759059736</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Biz Aslında Neyiz</t>
+          <t>El Yazısındaki Sır</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057674081</t>
+          <t>9789759059453</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
+          <t>Ehlileşmemek, Düzleşmemek, Direnmek</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>500</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057674074</t>
+          <t>9789759059316</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kaygıları Aşma Rehberi</t>
+          <t>Ebuzer Derviş Devrimcilerin Kuru Ekmeği Yolumuzu Aydınlatıyor</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057674036</t>
+          <t>9789759059095</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
+          <t>Düşkurdu Bir Düş Kurdu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057674029</t>
+          <t>9786054325009</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
+          <t>Dünya ve Ben</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057674005</t>
+          <t>9786054325382</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hayat Farkından Sonra Başlar</t>
+          <t>Dolmalar ve Köfteler Şehri Halep</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052214855</t>
+          <t>9786054325184</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kutsalı Kesmek</t>
+          <t>Devrimci Girişimciler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>125</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052214978</t>
+          <t>9786054325375</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli İşaretleri</t>
+          <t>Devlet Dersinden Çakıyoruz Abiler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>300</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052214961</t>
+          <t>9786054325313</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 3</t>
+          <t>Dev Türkiye Cüce Türkiye - Tamamı Çözümlü Jeopolitik Test Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052214954</t>
+          <t>9786054325948</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
+          <t>Dedem ve Ben</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052214800</t>
+          <t>9786054325108</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Haller</t>
+          <t>Deccal Tabakta</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052214923</t>
+          <t>9789759059026</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mucize Annelik Okulu</t>
+          <t>De - Şifre</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052214831</t>
+          <t>9786054325467</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zap Suyu Düşleri</t>
+          <t>Dalga Dalga Geliyorlar!</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052214916</t>
+          <t>9786054325122</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
+          <t>Çocuğunuzu Tehdit Eden Zehirler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052214848</t>
+          <t>9789759059750</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Kadar Kapalıyız</t>
+          <t>Clarice Bean, Çaktırma</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052214893</t>
+          <t>9789959059675</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
+          <t>Clarice Bean, Başı Dertte</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052214879</t>
+          <t>9786054325733</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hiç-im</t>
+          <t>Cik!</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052214909</t>
+          <t>9786054325528</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan Patiler</t>
+          <t>Dinozorlar Devrinde Tehlike</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052214794</t>
+          <t>9786054325696</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Dışımızdaki PKK İçimizdeki İsrail</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052214763</t>
+          <t>9789759059941</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mevzular</t>
+          <t>Cep Tehlikesi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>150</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052214787</t>
+          <t>9786054325443</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Tıptan Uzak Sağlıklı Hayat</t>
+          <t>Büyümek İsteyen Goril</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052214770</t>
+          <t>9789759059743</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hatırlasana</t>
+          <t>Bulgur</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052214756</t>
+          <t>9786054325115</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Bugün Hayal Kuracaktım</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052214749</t>
+          <t>9786054325368</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Titreşim Tıbbı</t>
+          <t>Bugün Aşktan Çok Sıkıldım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>275</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052214718</t>
+          <t>9786054325054</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kaderin Olsun</t>
+          <t>Bu İşte Bir Domuzluk Var!</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>125</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052214701</t>
+          <t>9786054325412</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
+          <t>Börtü Böcek Güncesi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052214695</t>
+          <t>9789759059361</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kanserde Doğru Bilinen Yanlışlar</t>
+          <t>Böbrek Yetersizliğinde Doğru Beslenme</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>400</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052214671</t>
+          <t>9789759059699</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğdim</t>
+          <t>Borulardaki Ayı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052214664</t>
+          <t>9789759059323</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Turgut İle Tomris</t>
+          <t>Bir Masalmış Kolesterol</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052214657</t>
+          <t>9786054325399</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Son Saat Yaklaştı</t>
+          <t>Bir İki Üç Tıp</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052214626</t>
+          <t>9789759059439</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Satanizmle Mücadele - El Kitabı</t>
+          <t>Bir Demokratın Gündemi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052214589</t>
+          <t>9789759059767</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk Bir Rüya</t>
+          <t>Beyaz Özel - Dağlarca</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>325</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052214619</t>
+          <t>9786054325771</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri 2</t>
+          <t>Beyaz Önlük Siyah Şapka</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052214602</t>
+          <t>9789759059958</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin İç Sesi</t>
+          <t>Beni Deliler Anlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052214565</t>
+          <t>9786054325979</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Ötesi</t>
+          <t>Bediüzzaman’da Aşk</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052214572</t>
+          <t>9786054325559</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İz Bırak (Ciltli)</t>
+          <t>Balıkların Bununla Ne İlgisi Var?</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052214459</t>
+          <t>9789759059613</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052214534</t>
+          <t>9786054325702</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Beden Dili</t>
+          <t>Badem</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052214541</t>
+          <t>9786055181093</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Muhammedi</t>
+          <t>Babam Çalılığa Dönüşünce</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>225</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052214510</t>
+          <t>9786054325757</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
+          <t>AşkSevdaSüveyda (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052214503</t>
+          <t>9786054325955</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Şifresi Sende</t>
+          <t>Aşk Metafiziği</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>240</v>
+        <v>24</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052214114</t>
+          <t>9789759059446</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 1</t>
+          <t>Batı Tıbbı Sağlığınızın Altını Nasıl Oyar?</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052214527</t>
+          <t>9786054325887</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hem Anneyim Hem İnsan</t>
+          <t>Arınma Kitabı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>125</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052214480</t>
+          <t>9786054325924</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aşkları</t>
+          <t>Annenin Lezzet Kitabı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>125</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052214473</t>
+          <t>9789759059903</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Hayat Kurtarır!</t>
+          <t>Annemin Diyarbakır Yemekleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052214466</t>
+          <t>9789759059255</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Başlarım Senin Aşkına</t>
+          <t>Anne Adayları Nasıl Beslenmeli?</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>375</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052214442</t>
+          <t>9789759059187</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bir Yerde Gidecek Var</t>
+          <t>Amerikan Ruhunun Menfaat Fihristi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052214411</t>
+          <t>9789759059637</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
+          <t>Alevilerin Kemalizm’le İmtihanı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>250</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052214428</t>
+          <t>9786055181055</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
+          <t>Ağrının Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052214381</t>
+          <t>9786054325214</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Pi Cemiyeti</t>
+          <t>Ağaçlar Yok Olmasın</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052214350</t>
+          <t>9789759059972</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ya Biz Ya Hiç</t>
+          <t>Adamın Biri Doktora Gitmiş... Gidiş O Gidiş!</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052214336</t>
+          <t>9786054325962</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bebek Rehberi İlk Bir Yıl</t>
+          <t>Abur Cubura En Güzel Alternatifler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052214305</t>
+          <t>9786055181033</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
+          <t>7/24 Annelik</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052214299</t>
+          <t>9789759059644</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>5 Vakit İstanbul</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052214220</t>
+          <t>9789759059620</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hodbinler</t>
+          <t>40 Benzemez Yüz</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>175</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052214268</t>
+          <t>9786054325818</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sevseydi Gitmezdi</t>
+          <t>Allah’a Yakın Olmak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>340</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052214237</t>
+          <t>9789759059781</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Haletiruhiye</t>
+          <t>Allah Dostlarından Mektuplar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>230</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052214251</t>
+          <t>9786257685108</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>En Etkili 300 Dua</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052214213</t>
+          <t>9786257685115</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052214145</t>
+          <t>9786257909679</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Süper Gıdalar</t>
+          <t>Türk Edebiyatının İlkleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052214206</t>
+          <t>9786257909686</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kuşu</t>
+          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>175</v>
+        <v>22</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052214183</t>
+          <t>9786257909693</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052214169</t>
+          <t>9786257909662</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalbin Duasıdır</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052214077</t>
+          <t>9786257909709</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İncinmiş Ruhlara Şifa</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>175</v>
+        <v>32</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052214107</t>
+          <t>9786257909716</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052214060</t>
+          <t>9786257685009</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile Okulu</t>
+          <t>Sherlock Holmes'un Maceraları (Öyküler – Cilt 1)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052214053</t>
+          <t>9786257685016</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım İğde</t>
+          <t>Sherlock Holmes'un Anıları (Öyküler - Cilt 2)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>185</v>
+        <v>30</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052214039</t>
+          <t>9786257685047</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Uzaktan Sever</t>
+          <t>Baskervillelerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>175</v>
+        <v>25</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052214046</t>
+          <t>9786257909990</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Canıma Susuyorum</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052214015</t>
+          <t>9786257685030</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
+          <t>Dörtlerin İşareti - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752477872</t>
+          <t>9786257685023</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hayal Terbiyecisi</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752477742</t>
+          <t>9786057674586</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Yok</t>
+          <t>Stefan Zweig 14’lü Mega Set</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752477834</t>
+          <t>9786057674562</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zülfün Gece Olmuş</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752477858</t>
+          <t>9786057674555</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimlere 'Değer' Verir?</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>17</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752477797</t>
+          <t>9786057674531</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>12</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752477773</t>
+          <t>9786057674517</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tek Allah, Tek Din, Tek Kitap</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752477759</t>
+          <t>9786057674746</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tıbbın 10 Şifresi</t>
+          <t>Muhteşem Gece</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>315</v>
+        <v>12</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752477667</t>
+          <t>9786057674753</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Suriye İçin Çorba</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752477674</t>
+          <t>9786057674715</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Güzellik</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>12</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752477513</t>
+          <t>9786057674708</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in Hafiyeleri</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752477490</t>
+          <t>9786057674548</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Yavaşlar Kazanır</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>17</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752477483</t>
+          <t>9786057674524</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752477445</t>
+          <t>9786057674500</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Sen Yaz</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752477421</t>
+          <t>9786057674722</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752477582</t>
+          <t>9786057674739</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752477452</t>
+          <t>9786057674760</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Gerçeksen</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>45</v>
+        <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752477612</t>
+          <t>9789759059996</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yoğurt</t>
+          <t>Bayan Frisby ve Gizemli Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>18</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752477476</t>
+          <t>9786057674067</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İçinize Dönün</t>
+          <t>Kızıma Çeyiz</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752477629</t>
+          <t>9786257685207</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752477377</t>
+          <t>9786257685214</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ya Evde Yoksam</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752477391</t>
+          <t>9786257909655</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Beynini Doğru Besle</t>
+          <t>Aktivitelerle Duygu Eğitimi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752477322</t>
+          <t>9786052214817</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Özel Beslenenler İçin Tarifler</t>
+          <t>Kayıp Hayaller Koruyucusu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>225</v>
+        <v>40</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752477353</t>
+          <t>9786052214824</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Onun Kumaşı Farklıydı</t>
+          <t>Hikmetli Kıssalar Gençlere Hisseler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752477292</t>
+          <t>9786052214732</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kaybettik</t>
+          <t>Tao Ta-O</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>175</v>
+        <v>20</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752477261</t>
+          <t>9786057674593</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sır.. Türkler!</t>
+          <t>Bir Yolculuktur Aşk</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752477285</t>
+          <t>9786057674579</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Durağı</t>
+          <t>Anılarla Tarsus Yemekleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752477254</t>
+          <t>9786057674319</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Atıştır</t>
+          <t>İçine Atma</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>24</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752477230</t>
+          <t>9786057674289</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kansersavar Mutfak</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752477223</t>
+          <t>9786057674012</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kurtulur?</t>
+          <t>Deizm ve Ateizm Çıkmazı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752477247</t>
+          <t>9786052214374</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
+          <t>Hatırlayan Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752477186</t>
+          <t>9786057674456</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>You‘Tüp’lü Kanalıma Hoş Geldiniz!</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752477001</t>
+          <t>9786055181864</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ile İş Hayatı</t>
+          <t>Esma Ajanda 2015</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>75</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752477124</t>
+          <t>9786057674210</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752477155</t>
+          <t>9786057674203</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Geldin</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752477100</t>
+          <t>9786057674197</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Etik Hackerlığa Giriş</t>
+          <t>Gramofon Avrat</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059841948</t>
+          <t>9786057674173</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Takıntılardan Kurtulma Rehberi</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752477063</t>
+          <t>9786057674180</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası Hayırlısı</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752477070</t>
+          <t>9786057674043</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sen O'na Aşıksın</t>
+          <t>Sağlıklı Hormonlar Mutlu Yaşam</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752477049</t>
+          <t>9786052214688</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu</t>
+          <t>Tut Yüreğimden Ustam</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>375</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752477056</t>
+          <t>9786057674050</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Benden Vazgeçme Ya Rab!</t>
+          <t>Sensiz de Olur</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059841955</t>
+          <t>9786052214633</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
+          <t>Metafizik İstihbarat</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059841986</t>
+          <t>9786052214640</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Cumhurbaşkanlığı</t>
+          <t>Düşersen Dara Ben'i Ara</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>50</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059841887</t>
+          <t>9786052214596</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
+          <t>Helal Aşk</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>475</v>
+        <v>40</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059841870</t>
+          <t>9786057674685</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
+          <t>Allah’ım Ben Geldim</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059841825</t>
+          <t>9786057674395</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türk Psikiyatristin Divanı</t>
+          <t>Bağlanma Günlüğü</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059841801</t>
+          <t>9786057674142</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ruhuna 7 Armağan</t>
+          <t>Hz. Musa İle Yürümek</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059841832</t>
+          <t>9786256329515</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
+          <t>Dijital Uçurum</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059841757</t>
+          <t>9786256329508</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Simya</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059841726</t>
+          <t>9786256329492</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İyi Gıda Kötü Gıda</t>
+          <t>Uzman Değil Annesin</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059841610</t>
+          <t>9786256329485</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Arayan Çocuk</t>
+          <t>Seni Affetmiyorum</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059841658</t>
+          <t>9786256329478</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri</t>
+          <t>Kocam Bir Narsist</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059841689</t>
+          <t>9786059841696</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım</t>
+          <t>Doğal Süper Gıdalar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059841634</t>
+          <t>9786054325207</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Varsın Olmasın</t>
+          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059841573</t>
+          <t>9786256329447</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik Olarak Riskli Bebek</t>
+          <t>Dehr</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059841566</t>
+          <t>9786256329423</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Anne İşi Çözümler</t>
+          <t>Bir Alfanın Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059841535</t>
+          <t>9786256329430</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Çocukları İlaçlamayın</t>
+          <t>Başucumdaki Psikolog</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059841528</t>
+          <t>9786256329454</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>DAİŞ</t>
+          <t>Beni En Son Kim Unuttu</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059841481</t>
+          <t>9786256329416</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Harbi Yiyorum</t>
+          <t>C Vitamini</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059841474</t>
+          <t>9786256329409</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Tam Şifa</t>
+          <t>Erkekliğin İptali</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059841375</t>
+          <t>9786256329393</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Doğal Doğum</t>
+          <t>Yeşil Beyaz Kırmızı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055181420</t>
+          <t>9786257685436</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Kitabı</t>
+          <t>Ruha Şifa Muhabbetler 1</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059841337</t>
+          <t>9786256329386</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>30 Günde 10 Yıl</t>
+          <t>A’dan Z’ye Nutrasötikler 2</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>285</v>
+        <v>540</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059841245</t>
+          <t>9786258222111</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+          <t>Panik ve Ataklarından Korunma Rehberi</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059841320</t>
+          <t>9786257685245</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Apiterapi - Arıyla Gelen Şifa</t>
+          <t>İslamla Bilimi Buluşturan Adam</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>225</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059841313</t>
+          <t>9786256329362</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Başımın Üstünde Yerin Var</t>
+          <t>Huşu Ağacı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059841252</t>
+          <t>9786256329348</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Vav Uğruna</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059841221</t>
+          <t>9786256329331</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sakatat</t>
+          <t>Kalbin Şifaları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054325726</t>
+          <t>9786256329324</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
+          <t>Kalbin Kurtuluşu</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059841061</t>
+          <t>9786256329317</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
+          <t>Duyguların Tesellisi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055181529</t>
+          <t>9786256329300</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Terapileri</t>
+          <t>Kaykay Takımı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059841122</t>
+          <t>9786256329294</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Güzellemeleri</t>
+          <t>A'dan Z'ye Nutrasötikler-1</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059841146</t>
+          <t>9786256329287</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Güzelliğin Kitabı</t>
+          <t>Yaşattığını Yaşa</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059841085</t>
+          <t>9786256329263</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
+          <t>Ben Bilge</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059841078</t>
+          <t>9786256329270</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Annenin Ruh Halleri</t>
+          <t>Köyden Şehre Doğal Reçeteler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055181383</t>
+          <t>9789752477407</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
+          <t>Devletin Kızı Lülü</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055181802</t>
+          <t>9789752477209</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Beden Aklıyla Zayıflama</t>
+          <t>Hicran-ı Aşk</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054325627</t>
+          <t>9786257479943</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Ey En Sevdiğim!</t>
+          <t>Peygamber Meslekleri 4'lü Set</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>840</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055181727</t>
+          <t>9786057674098</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
+          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055181789</t>
+          <t>9786054325542</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İpine Aşkla Sarıl!</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055181703</t>
+          <t>9786055181765</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hazır Alma Kendin Yap!</t>
+          <t>Kanser İyileşir</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055181697</t>
+          <t>9786055181567</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Meze</t>
+          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055181857</t>
+          <t>9786257685665</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Oynuyorum</t>
+          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>425</v>
+        <v>340</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055181826</t>
+          <t>9786257909952</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hacamat</t>
+          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>230</v>
+        <v>850</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055181970</t>
+          <t>9786257909723</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunu Doğru Besle</t>
+          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>275</v>
+        <v>720</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059841412</t>
+          <t>9786256329232</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Neboş</t>
+          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059841443</t>
+          <t>9786256329225</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklar Öğretmendir</t>
+          <t>Çay Koy Yeniden Başlıyoruz</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055181475</t>
+          <t>9786256329195</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
+          <t>Bağışıklığın Arka Bahçesi 2</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055181536</t>
+          <t>9786256329157</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Oyun Dili</t>
+          <t>Kalbin Hastalıkları</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055181024</t>
+          <t>9786256329201</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yediklerinizin İçinde Ne Var?</t>
+          <t>Güneş Uyandı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054325450</t>
+          <t>9786256329218</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Turşu</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786054325320</t>
+          <t>9786256329171</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
+          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054325016</t>
+          <t>9786256329188</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Diyeti</t>
+          <t>Niyet Şifası</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789759059354</t>
+          <t>9786256329140</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Atatürkçüğüm</t>
+          <t>İstanbul’un Metafizik Sırrı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>15</v>
+        <v>260</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789759059163</t>
+          <t>9786256329126</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Satılık Hastalıklar</t>
+          <t>Doğru Takviye Nasıl Seçilir?</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054325719</t>
+          <t>9786258222944</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sade Güzellik</t>
+          <t>Ömer Seyfettin’den Hayat Dersler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054325153</t>
+          <t>9786258222937</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Özün Özü İbn Arabi</t>
+          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789759059668</t>
+          <t>9786258222951</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054325238</t>
+          <t>9786258222968</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Naylon Aşkı Öldürür!</t>
+          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054325146</t>
+          <t>9786256329133</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Naturel Zayıflama</t>
+          <t>Keşke Tanımasaydım Seni</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054325863</t>
+          <t>9786256329119</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ev</t>
+          <t>İyot Giren Eve Doktor Girmez</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055181147</t>
+          <t>9786256329102</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Mutluluk</t>
+          <t>Seni Daha Nasıl Sevebilirim</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054325849</t>
+          <t>9786052214152</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Karatay Mutfağı</t>
+          <t>Mutluluk Atölyesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055181154</t>
+          <t>9786256329096</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
+          <t>Değişen Bedenimle Karışan Duygularım</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786054325481</t>
+          <t>9786256329089</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti</t>
+          <t>Genç Dervişin Teselli Koleksiyonu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054325986</t>
+          <t>9786256329065</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Bitkiler</t>
+          <t>Ah Bir Uyuyabilsem</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059841283</t>
+          <t>9786256329058</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Aşıktım Hatırlamıyorum</t>
+          <t>Yapay Zeka Hırsızları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059841504</t>
+          <t>9786256329072</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Unutamadım</t>
+          <t>Aşkla Temas (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059841498</t>
+          <t>9786256329034</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Göbeğimi Nasıl Eritirim?</t>
+          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055181451</t>
+          <t>9786258222906</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yemezler</t>
+          <t>Emmeyi Çok Seven Küçük Kedi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055181284</t>
+          <t>9786258222913</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Bul</t>
+          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055181307</t>
+          <t>9786258222869</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Otizme Çözüm Var!</t>
+          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>375</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055181321</t>
+          <t>9786257479578</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Tuzağı</t>
+          <t>Acayip Bir Mert</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055181185</t>
+          <t>9786052214121</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İlaçsız Yaşam</t>
+          <t>Burcu'nun Öyküleri - 2</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054325252</t>
+          <t>9789759059101</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hangi Kansere Hangi Bitki?</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054325023</t>
+          <t>9789752477162</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Grip / Domuz Gribi</t>
+          <t>Diyabet ve Zayıflama Kürleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055181246</t>
+          <t>9786054325597</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Glisemik İndeks Diyeti</t>
+          <t>Hakk’ın Nuruna Mirac</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054325900</t>
+          <t>9786054325139</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Ekmek ve Ekmekle İlgili Tüm Gerçekler</t>
+          <t>Cern Kabala Deccal ve Mehd</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055181215</t>
+          <t>9786054325306</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Edep Ya Hu</t>
+          <t>7 Makam 7 Nefs</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759059262</t>
+          <t>9786257909495</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslenmeyle İlgili Yanlış Bildiklerimiz</t>
+          <t>İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789759059378</t>
+          <t>9786258222845</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Diyabetliler İçin Hayatı Kolaylaştırma Kılavuzu</t>
+          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789759059521</t>
+          <t>9786258222890</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Biri Bizi Hasta Ediyor</t>
+          <t>Kırdığın Yerden Kırıl</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789759059071</t>
+          <t>9786258222883</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Unsuz Şekersiz Hamur İşleri</t>
+          <t>Cinsiyeti Terk Etme</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055181017</t>
+          <t>9786258222852</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Artık Ruhunu da Besle!</t>
+          <t>Dünden Kötü Yarından İyi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789759059118</t>
+          <t>9786258222807</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimleri Sever? İnsan-ı Kamil / Ahlak Nasıl Güzelleşir?</t>
+          <t>Kuantum Boyutunda İstihbarat</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054325351</t>
+          <t>9786258222814</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>7’den 70’e Taş Devri Diyeti</t>
+          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>500</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786258222791</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Düş</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786258222784</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786258222777</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>İyileşme Zamanı</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9786258222739</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9786258222722</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Oynamak İsteyen Küçük Fok</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786258222715</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Giyinmek İstemeyen Küçük Kirpi</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786258222685</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786258222746</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Tevhidle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786258222708</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hayalin Ardında</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786258222692</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Dervişin Teselli Koleksiyonu 3</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9786258222661</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786258222678</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Masumiyet</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786258222272</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Yere Düşen Şeker Torbası</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786258222456</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Adana</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786258222401</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Halk Hekimlerinin Hazinesi</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786258222234</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Henüz Her Şey Bitmedi</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786258222296</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerde Çukurova - 3 Kitap</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786258222319</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>İstopla Yıldız Kodladım</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786258222302</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786258222289</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Portakal Çiçeği</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786258222333</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Efsaneler Geçidi</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786258222326</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Hassas Kalpler Şehri</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786258222357</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şiir Bir Masal Bir Düş</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786258222371</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Yara</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786258222364</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Yeniden Tutunmak</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786258222265</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Sırgah</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786258222340</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Çakma Messi</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786258222258</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Kasem</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786258222241</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Tuttum Ben Bu Orucu</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786258222166</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Yarının Dünyası</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786258222159</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Üç Oda Bir Salon</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786258222142</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786258222227</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber'im Bugün Yaşasaydı</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786258222135</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Bağışıklığın Arka Bahçesi</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786258222104</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Kalbi İyileştirir</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786258222098</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786258222128</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786258222081</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786258222074</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786258222012</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Gök Yazılar</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786258222005</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786258222036</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Anahtar Minerali Magnezyum</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786258222029</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Çeyiz</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786257479998</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Naikan - Sen İçine Bak!</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786257479974</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Şifa</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786257479912</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786257479929</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786257479738</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Benim Yolum Hangisi?</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786257479981</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Öze Dönüş</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786257479967</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther'in Acıları</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786257479950</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786257479905</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786257479936</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786257479790</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Dervişin Teselli Koleksiyonu - 2</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786257479783</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786257479769</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786257479752</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Toz</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786257479745</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Ben Aslında Kimim?</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786257479776</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Lunaparktaki Sessizlik</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786257479721</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Anneliğin Sonsuz Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786257479691</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Kimsenin Çocuğu</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786257479714</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Derviş Kelamı</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786257479707</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Eve Döner İnsan Hep</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786257479677</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Sözü</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786257479653</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Bu Benim Bedenim</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786257479660</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Özgür Olmak İçin Güzel Bir Gün</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786257479615</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Mahfuz</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786257479646</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Beni Yarım Bıraktın</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786257479387</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Orwell'den Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786257479530</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Oscar Wilde'dan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786257479417</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Dickens'tan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786257479585</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Düş Kapanı</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786257479592</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786257479547</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786257479561</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786257479370</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Aşk’a Doğru</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786257479424</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Büyüyünce Çocuk Olucam</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786257479363</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Şifa Tarhana</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786257479318</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Onurlular, Alçaklar ve Hilekarlar</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786257685795</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Bir İmzanız Var</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786257685788</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>İki Nefes Arasında</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786257685566</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>İkindiyle Gelen Sağlık</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786257685825</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786257685832</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786257685818</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Umudum Gökyüzü Kadar</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786257685801</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Edom</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786257685771</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Sen’i Okumak</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786257685627</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Mistik Mimari</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786257685672</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786257685689</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786257685740</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786257685733</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786257685337</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Orman Masalları 5’li Set</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786257685658</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Bir Ülke Bir Gece</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786257685504</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786257685603</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Hal-i Sükut</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786257685597</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Zweig’dan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786257685610</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786257685634</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğime Aşk Düşsün</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786257685535</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Elif Aşk Mim</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786257685580</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Umut Hep Var</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786257685481</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Ruha Şifa Muhabbetler 2</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786257685559</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Thalamus</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786257685573</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Kafka’dan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786257685542</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Hayaletleri</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786257685528</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786257685474</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Rabbim Yol Sanadır</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786257685511</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Korkma Hep Varsın</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786257685467</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Self Healing - İlaçsız Şifa Sanatı</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786257685450</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786257685290</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Zeki Ama Çalışmıyor</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786257685443</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786257685313</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786257685306</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257685191</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257685184</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257685405</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786257685412</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786257685344</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786257685429</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Büyüsünü Bozma</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257685399</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Şeyler Zamanı</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257685382</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Ruh İyiliği</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786257685320</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Güzel Kızı</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786257685269</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Korona Aşısı</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786257685252</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786257685283</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Üç Nokta</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786257685276</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmaz</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786257909419</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786059841580</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786257685221</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786257685238</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Olmak Ya Da Olmamak</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9789752477117</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Bağırmayan Anneler</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786257685153</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257685160</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Rabarba</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257685177</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786257685146</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786257909747</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ne Biliim: Uzay</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786257909754</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ne Biliim: İnsan</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786257909730</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Ben Ne Biliim: Doğa</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786257685085</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Bazen…</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786257685078</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Üç Gömlek Hikayesi</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786257685139</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786257685061</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Tıp ve Din</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786257909983</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786257685054</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786257909976</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Portakal Ağacı’ndan Muhabbetle</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786257685122</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786257909921</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786257685092</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy'dan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786257909877</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786257909938</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf Terapisi</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786257909945</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Terapisi</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786257909969</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Dua Terapisi</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786257909891</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786257909907</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Kendine De Bir Merhaba</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786257909884</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786257909792</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786257909822</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786257909860</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Yenik Düşme Zamana</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786257909785</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Gülme Başına Gelir Komşuna</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786257909846</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786257909815</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Ey Aşk! Bizi Affet</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786257909839</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786257909808</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>İçimde İntihar Korkusu Var</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786257909761</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Düz Yokuşun Sakinleri</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786257909532</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786257909778</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Artık Daha Güçlüyüm</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786257909549</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786257909631</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786257909648</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786257909600</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Süper Gıdalarla Süper Bağışıklık</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786052214343</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Pandalar Uçabilir</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786257909587</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786257909594</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Mutfakta</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786257909570</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamı Destekleme Sanatı</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786257909563</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Likit Ruh</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786257909556</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Diyeti</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786257909518</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Beynin Gizemleri Çözülürken</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786257909525</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kalbin Var Unutma</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786257909501</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786257909457</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786257909488</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786257909440</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786257909433</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786257909358</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Ruha Dokunan İnsan Öyküleri</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786257909464</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Ol Dedi Oldum</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786257909365</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>80 Dakikada Devr-i Alem</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786057674418</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786257909426</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin İhtimaller Sahnesi</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786257909402</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Temizliğin Gücü Virüsü Yendi</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786257909327</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Bu Bi Mucize</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786057674432</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786257909341</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786257909334</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Ağacım Erguvan</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786257909310</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Tur’a Dönüşmek</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786257909303</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Ahilik</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786057674784</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Çay Reçeteleri</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786057674791</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786057674777</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786057674616</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Sen Gül Ben Onları Oyalarım</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786057674623</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Artık Gülsem de Gam Yemem</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786057674678</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Başarının Sırrı</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786057674487</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>En Eğlenceli Boyama 6’lı Set</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786057674692</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Kader midir?</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786057674654</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>50 Kuştüyü Masal</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786057674661</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786057674449</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Babalar da Anlar</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786057674647</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>16:8 - Sirkadiyen Diyet</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786057674630</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişe Takılanın Geleceği Olmaz</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786057674326</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Karanlıktaki Kız</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786057674609</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Sağlam Kalp Sıfır Stres</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786057674388</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786057674357</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Zemheri Kadınları</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786057674470</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Bu Sorular Adamı Dinden Çıkarır</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786057674463</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Elfida</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786057674371</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Frezya</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786057674364</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Her Gün Yeniden Başlar</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786057674340</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Tıbbi Bitkiler</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786057674333</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Doktoru</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786057674234</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman'ın Şifa Rehberi</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786057674241</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786057674296</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Kursak Krampları</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786057674265</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Aşk Vakti</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786057674258</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Hatalarım</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786057674272</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Son Rüyam</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786057674159</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>En Büyük İsim</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786057674166</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786057674128</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786057674135</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786057674111</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitabı Sakın Okuma!</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786057674104</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Biz Aslında Neyiz</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786057674081</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786057674074</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Kaygıları Aşma Rehberi</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786057674036</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786057674029</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786057674005</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Farkından Sonra Başlar</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786052214855</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Kutsalı Kesmek</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786052214978</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Gizli İşaretleri</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786052214961</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Dervişin Yolu 3</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786052214954</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786052214800</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Şizofrenik Haller</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786052214923</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Mucize Annelik Okulu</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786052214831</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Zap Suyu Düşleri</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786052214916</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786052214848</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Aşk'a Kadar Kapalıyız</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786052214893</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786052214879</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Hiç-im</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786052214909</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Ruha Dokunan Patiler</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786052214794</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Seyyah</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786052214763</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Mevzular</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786052214787</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Tıptan Uzak Sağlıklı Hayat</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786052214770</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Hatırlasana</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786052214756</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltından Notlar</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786052214749</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Titreşim Tıbbı</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786052214718</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Kaderin Olsun</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786052214701</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786052214695</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Kanserde Doğru Bilinen Yanlışlar</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786052214671</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Boyun Eğdim</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786052214664</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Turgut İle Tomris</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786052214657</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Son Saat Yaklaştı</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786052214626</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Satanizmle Mücadele - El Kitabı</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786052214589</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Üç Çocuk Bir Rüya</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786052214619</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Kürleri 2</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786052214602</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Erkeklerin İç Sesi</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786052214565</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Şiir ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786052214572</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>İz Bırak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786052214459</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Yara İzi</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786052214534</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Beden Dili</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786052214541</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak-ı Muhammedi</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786052214510</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786052214503</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>İyileşmenin Şifresi Sende</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786052214114</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Burcu'nun Öyküleri - 1</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786052214527</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Hem Anneyim Hem İnsan</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786052214480</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya Aşkları</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786052214473</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Vicdan Hayat Kurtarır!</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786052214466</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Başlarım Senin Aşkına</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786052214442</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Müsait Bir Yerde Gidecek Var</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786052214411</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786052214428</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786052214381</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Pi Cemiyeti</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786052214350</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Ya Biz Ya Hiç</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786052214336</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Rehberi İlk Bir Yıl</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786052214305</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786052214299</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786052214220</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Hodbinler</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786052214268</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Sevseydi Gitmezdi</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786052214237</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Haletiruhiye</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786052214251</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>En Etkili 300 Dua</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786052214213</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786052214145</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Süper Gıdalar</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786052214206</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Cennet Kuşu</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786052214183</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786052214169</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kalbin Duasıdır</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786052214077</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>İncinmiş Ruhlara Şifa</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786052214107</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786052214060</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Aile Okulu</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786052214053</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Ağacım İğde</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786052214039</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Bazıları Uzaktan Sever</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786052214046</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Canıma Susuyorum</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786052214015</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789752477872</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Terbiyecisi</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789752477742</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Sonrası Yok</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9789752477834</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Zülfün Gece Olmuş</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9789752477858</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Allah Kimlere 'Değer' Verir?</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789752477797</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Cennet</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9789752477773</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Tek Allah, Tek Din, Tek Kitap</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9789752477759</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Tıbbın 10 Şifresi</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789752477667</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Suriye İçin Çorba</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9789752477674</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Bütünsel Güzellik</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789752477513</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamid’in Hafiyeleri</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789752477490</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Yarışı Yavaşlar Kazanır</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9789752477483</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789752477445</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Sen Yaz</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789752477421</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yama</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9789752477582</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Beni Neden Sevmedin?</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789752477452</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeksen</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9789752477612</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Yoğurt</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9789752477476</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>İçinize Dönün</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789752477629</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789752477377</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Ya Evde Yoksam</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789752477391</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Beynini Doğru Besle</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9789752477322</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Özel Beslenenler İçin Tarifler</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9789752477353</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Onun Kumaşı Farklıydı</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9789752477292</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Kaybettik</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9789752477261</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Sır.. Türkler!</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789752477285</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Durağı</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9789752477254</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Sağlıklı Atıştır</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789752477230</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Kansersavar Mutfak</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789752477223</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Nasıl Kurtulur?</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9789752477247</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9789752477186</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Ferman Padişahındır</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9789752477001</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana ile İş Hayatı</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789752477124</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Kökler ve Kanatlar</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789752477155</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Ve Sen Geldin</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9789752477100</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Etik Hackerlığa Giriş</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786059841948</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Takıntılardan Kurtulma Rehberi</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9789752477063</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Lafın Kısası Hayırlısı</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9789752477070</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Sen O'na Aşıksın</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9789752477049</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Dervişin Teselli Koleksiyonu</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9789752477056</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Benden Vazgeçme Ya Rab!</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786059841955</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786059841986</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Türk Tipi Cumhurbaşkanlığı</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786059841887</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786059841870</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786059841825</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Türk Psikiyatristin Divanı</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786059841801</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğun Ruhuna 7 Armağan</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786059841832</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786059841757</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Simya</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786059841726</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>İyi Gıda Kötü Gıda</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786059841610</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ı Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786059841658</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Kürleri</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786059841689</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Ağacım</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786059841634</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Varsın Olmasın</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786059841573</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Nörolojik Olarak Riskli Bebek</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786059841566</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Anne İşi Çözümler</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786059841535</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Yaramaz Çocukları İlaçlamayın</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786059841528</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>DAİŞ</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786059841481</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Harbi Yiyorum</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786059841474</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Tam Şifa</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786059841375</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Doğum</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786055181420</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Doğruluk Kitabı</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786059841337</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>30 Günde 10 Yıl</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786059841245</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786059841320</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Apiterapi - Arıyla Gelen Şifa</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786059841313</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Başımın Üstünde Yerin Var</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786059841252</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Vav Uğruna</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786059841221</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Sakatat</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786054325726</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786059841061</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786055181529</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Terapileri</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786059841122</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Güzellemeleri</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786059841146</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Ekolojik Güzelliğin Kitabı</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786059841085</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786059841078</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Annenin Ruh Halleri</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786055181383</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786055181802</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Beden Aklıyla Zayıflama</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786054325627</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Ey Aşk! Ey En Sevdiğim!</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786055181727</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786055181789</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ın İpine Aşkla Sarıl!</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786055181703</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Hazır Alma Kendin Yap!</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786055181697</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Meze</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786055181857</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Bebeğimle Oynuyorum</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786055181826</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Hacamat</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786055181970</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunu Doğru Besle</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786059841412</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Neboş</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786059841443</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Hastalıklar Öğretmendir</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786055181475</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786055181536</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitiminde Oyun Dili</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786055181024</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Yediklerinizin İçinde Ne Var?</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786054325450</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Turşu</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786054325320</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786054325016</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Taş Devri Diyeti</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789759059354</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Atatürkçüğüm</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9789759059163</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Satılık Hastalıklar</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786054325719</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Sade Güzellik</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786054325153</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Özün Özü İbn Arabi</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9789759059668</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Nefsin Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786054325238</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Naylon Aşkı Öldürür!</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786054325146</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Naturel Zayıflama</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786054325863</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Ev</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786055181147</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Metafizik Mutluluk</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786054325849</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Mutfağı</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786055181154</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786054325481</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Karatay Diyeti</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786054325986</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>İyileştiren Bitkiler</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786059841283</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Aşıktım Hatırlamıyorum</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786059841504</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Unutamadım</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786059841498</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Göbeğimi Nasıl Eritirim?</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786055181451</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Yemezler</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786055181284</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Kalbini Bul</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786055181307</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Otizme Çözüm Var!</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786055181321</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Antidepresan Tuzağı</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>