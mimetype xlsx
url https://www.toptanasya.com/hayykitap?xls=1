--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -85,13780 +85,13825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256329546</t>
+          <t>9786256329577</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendini İyileştir</t>
+          <t>Esmaü’l - Hüsna Terapisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256329553</t>
+          <t>9786256329560</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Rehberi 1-4 Yaş</t>
+          <t>A’dan Z’ye Özel Takviyeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256329256</t>
+          <t>9786256329522</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ya Gitmeseydi?</t>
+          <t>Tecelligah</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256329249</t>
+          <t>9786256329546</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Kendini İyileştir</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257479349</t>
+          <t>9786256329553</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazan Çocuklar - Büyük Liderler 10’lu Set</t>
+          <t>Çocuk Rehberi 1-4 Yaş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257479332</t>
+          <t>9786256329256</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazan Çocuklar - Büyük Gönül Erleri 10’lu Set</t>
+          <t>Ya Gitmeseydi?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257479325</t>
+          <t>9786256329249</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazan Çocuklar - Büyük Bilim İnsanları 10’lu Set</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257479356</t>
+          <t>9786257479349</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazan Çocuklar (100 Kitaplık Mega Set)</t>
+          <t>Tarih Yazan Çocuklar - Büyük Liderler 10’lu Set</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052214497</t>
+          <t>9786257479332</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mumiyo - Yüksek Dağlardan Gelen Şifa</t>
+          <t>Tarih Yazan Çocuklar - Büyük Gönül Erleri 10’lu Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752477681</t>
+          <t>9786257479325</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sebep Sen</t>
+          <t>Tarih Yazan Çocuklar - Büyük Bilim İnsanları 10’lu Set</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752477698</t>
+          <t>9786257479356</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hoşgeldin Bebek</t>
+          <t>Tarih Yazan Çocuklar (100 Kitaplık Mega Set)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057674227</t>
+          <t>9786052214497</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Tüm Eserleri</t>
+          <t>Mumiyo - Yüksek Dağlardan Gelen Şifa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052214404</t>
+          <t>9789752477681</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac'a Davet</t>
+          <t>Sebep Sen</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>30</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052214985</t>
+          <t>9789752477698</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Yarınımsın</t>
+          <t>Hoşgeldin Bebek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052214992</t>
+          <t>9786057674227</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Aynası</t>
+          <t>Sabahattin Ali - Tüm Eserleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052214558</t>
+          <t>9786052214404</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Renkli Fikirler (Ciltli)</t>
+          <t>Mi'rac'a Davet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>36.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052214435</t>
+          <t>9786052214985</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok!</t>
+          <t>Sen Benim Yarınımsın</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>27.78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752477568</t>
+          <t>9786052214992</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Erkan Şamcı İle Neşeli Botanik</t>
+          <t>Bilgenin Aynası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752477544</t>
+          <t>9786052214558</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Benim İstanbul’um</t>
+          <t>Renkli Fikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>16.67</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052214930</t>
+          <t>9786052214435</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Mazeret Yok!</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>20</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052214725</t>
+          <t>9789752477568</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Erkan Şamcı İle Neşeli Botanik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052214947</t>
+          <t>9789752477544</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Benim İstanbul’um</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052214886</t>
+          <t>9786052214930</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Yahudi ve Hıristiyan Adetleri</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054325092</t>
+          <t>9786052214725</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>11.11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055181086</t>
+          <t>9786052214947</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054325740</t>
+          <t>9786052214886</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zayıflatan Tarifler</t>
+          <t>Hayatımızdaki Yahudi ve Hıristiyan Adetleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>16.67</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054325672</t>
+          <t>9786054325092</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Banço</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789759059712</t>
+          <t>9786055181086</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Çocukları</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054325245</t>
+          <t>9786054325740</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Üzüm</t>
+          <t>Zayıflatan Tarifler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789759059514</t>
+          <t>9786054325672</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yönetmeden Hükmeden Ordular</t>
+          <t>Yol Arkadaşım Banço</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789759059286</t>
+          <t>9789759059712</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Kumandalı Çocuklar</t>
+          <t>Yeni Çağın Çocukları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789759059811</t>
+          <t>9786054325245</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Ne Olacak?</t>
+          <t>Üzüm</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054325047</t>
+          <t>9789759059514</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Gizemli Tarihi</t>
+          <t>Yönetmeden Hükmeden Ordular</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789759059019</t>
+          <t>9789759059286</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Oyuncak</t>
+          <t>Uzaktan Kumandalı Çocuklar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789759059989</t>
+          <t>9789759059811</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tavuk</t>
+          <t>Türkiye’ye Ne Olacak?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055181062</t>
+          <t>9786054325047</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Taşlarla Şifa</t>
+          <t>Tıbbın Gizemli Tarihi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054325788</t>
+          <t>9789759059019</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Taş Devrinde Tehlike</t>
+          <t>Tehlikeli Oyuncak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759059651</t>
+          <t>9789759059989</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Seni Çağırıyor</t>
+          <t>Tavuk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20.37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054325511</t>
+          <t>9786055181062</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kitabı</t>
+          <t>Taşlarla Şifa</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054325504</t>
+          <t>9786054325788</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Ye Diyor!</t>
+          <t>Taş Devrinde Tehlike</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759059309</t>
+          <t>9789759059651</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Son Küresel Kart Amerikan Turan’ı</t>
+          <t>Tasavvuf Seni Çağırıyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>7.87</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759059040</t>
+          <t>9786054325511</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Siber İstihbarat Küresel ve Nano Casusluğun Anatomisi</t>
+          <t>Şifa Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759059149</t>
+          <t>9786054325504</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Seyr’engiz</t>
+          <t>Şeytan Ye Diyor!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759059156</t>
+          <t>9789759059309</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Seyr’</t>
+          <t>Son Küresel Kart Amerikan Turan’ı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789759059897</t>
+          <t>9789759059040</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Şerbet ve Hoşaf</t>
+          <t>Siber İstihbarat Küresel ve Nano Casusluğun Anatomisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054325337</t>
+          <t>9789759059149</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sarayı Yıkalım</t>
+          <t>Seyr’engiz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054325474</t>
+          <t>9789759059156</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Vücudun Görünmez İşçileri</t>
+          <t>Seyr’</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054325061</t>
+          <t>9789759059897</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Bebek Yetiştirme Rehberi</t>
+          <t>Şerbet ve Hoşaf</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054325832</t>
+          <t>9786054325337</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz ’Bir’ Aşk</t>
+          <t>Sarayı Yıkalım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759059934</t>
+          <t>9786054325474</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Saçtaki Tuz</t>
+          <t>Sağlıklı Vücudun Görünmez İşçileri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759059460</t>
+          <t>9786054325061</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Puşi ve Sarık</t>
+          <t>Sağlıklı Bebek Yetiştirme Rehberi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789759059217</t>
+          <t>9786054325832</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Posta Kutumdan Sihir Çıktı</t>
+          <t>Sonsuz ’Bir’ Aşk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>5.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055181260</t>
+          <t>9789759059934</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmeyen Tavuk</t>
+          <t>Saçtaki Tuz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054325221</t>
+          <t>9789759059460</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Penguenlerin Buzları Erimesin</t>
+          <t>Puşi ve Sarık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054325030</t>
+          <t>9789759059217</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Paradigma Değiştirenler 2</t>
+          <t>Posta Kutumdan Sihir Çıktı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759059804</t>
+          <t>9786055181260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ot</t>
+          <t>Pes Etmeyen Tavuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789759059682</t>
+          <t>9786054325221</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Manevi Sultanları</t>
+          <t>Penguenlerin Buzları Erimesin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055181079</t>
+          <t>9786054325030</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın En Seksi Sırları</t>
+          <t>Paradigma Değiştirenler 2</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055181161</t>
+          <t>9789759059804</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Olga Okulu Sevmiyor</t>
+          <t>Ot</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055181130</t>
+          <t>9789759059682</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Olga</t>
+          <t>Osmanlı’nın Manevi Sultanları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055181048</t>
+          <t>9786055181079</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Okul Çocukları Ne Yemeli, Ne Yememeli?</t>
+          <t>Osmanlı’nın En Seksi Sırları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789759059064</t>
+          <t>9786055181161</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Katrilyonlarca Cüce</t>
+          <t>Olga Okulu Sevmiyor</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054325436</t>
+          <t>9786055181130</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Deliler Albümü</t>
+          <t>Olga</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054325689</t>
+          <t>9786055181048</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Müslüman’ın Hayat Bilgisi</t>
+          <t>Okul Çocukları Ne Yemeli, Ne Yememeli?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759059552</t>
+          <t>9789759059064</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>’Ötekiler’ İçin Sivil İtaatsizlik Rehberi</t>
+          <t>Pamuk Prenses ve Katrilyonlarca Cüce</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789759059606</t>
+          <t>9786054325436</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Muhammedü’l-Emin: Hz. Muhammed’in Peygamberlik Öncesi Hayatı</t>
+          <t>Müstesna Deliler Albümü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789759059248</t>
+          <t>9786054325689</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaman Hastalıkları</t>
+          <t>Müslüman’ın Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789759059330</t>
+          <t>9789759059552</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın Kalbine Açılan Kapı</t>
+          <t>’Ötekiler’ İçin Sivil İtaatsizlik Rehberi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055181178</t>
+          <t>9789759059606</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Metropol Diyeti</t>
+          <t>Muhammedü’l-Emin: Hz. Muhammed’in Peygamberlik Öncesi Hayatı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759059477</t>
+          <t>9789759059248</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’nin Sırrı</t>
+          <t>Modern Zaman Hastalıkları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054325894</t>
+          <t>9789759059330</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Müslüman’ın Diyeti</t>
+          <t>Mevlana’nın Kalbine Açılan Kapı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>50</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789759059293</t>
+          <t>9786055181178</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Bilmediği Sır</t>
+          <t>Metropol Diyeti</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789759059125</t>
+          <t>9789759059477</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Marie Sophie</t>
+          <t>Mesnevi’nin Sırrı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>4.63</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054325429</t>
+          <t>9786054325894</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mahremin Göçü</t>
+          <t>Müslüman’ın Diyeti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12.96</v>
+        <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054325993</t>
+          <t>9789759059293</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Lulu ve Brontozor</t>
+          <t>Meleklerin Bilmediği Sır</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055181000</t>
+          <t>9789759059125</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Lulu Köpek Gezdiriyor</t>
+          <t>Marie Sophie</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>11.57</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054325870</t>
+          <t>9786054325429</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Lezzetin Tarihi</t>
+          <t>Mahremin Göçü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>70</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759059033</t>
+          <t>9786054325993</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Lettera Amorosa</t>
+          <t>Lulu ve Brontozor</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789759059132</t>
+          <t>9786055181000</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Lale Deliliği</t>
+          <t>Lulu Köpek Gezdiriyor</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054325160</t>
+          <t>9786054325870</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş</t>
+          <t>Lezzetin Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>14.81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054325283</t>
+          <t>9789759059033</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Korsan Gemisi Tehlikede</t>
+          <t>Lettera Amorosa</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054325634</t>
+          <t>9789759059132</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kopoy</t>
+          <t>Lale Deliliği</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>15.74</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759059880</t>
+          <t>9786054325160</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kolesterol ve Akıl Oyunları</t>
+          <t>Kuruluş</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055181109</t>
+          <t>9786054325283</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kolesterol Gerçeği</t>
+          <t>Korsan Gemisi Tehlikede</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054325856</t>
+          <t>9786054325634</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kipri</t>
+          <t>Kopoy</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054325917</t>
+          <t>9789759059880</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili Topraklarında Tehlike</t>
+          <t>Kolesterol ve Akıl Oyunları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789759059507</t>
+          <t>9786055181109</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kesinlikle Ben, Clarice Bean</t>
+          <t>Kolesterol Gerçeği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054325641</t>
+          <t>9786054325856</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kekik</t>
+          <t>Kipri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055181222</t>
+          <t>9786054325917</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kediler - Hep Dört Ayak Üstüne mi Düşer?</t>
+          <t>Kızılderili Topraklarında Tehlike</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054325405</t>
+          <t>9789759059507</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
+          <t>Kesinlikle Ben, Clarice Bean</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054325269</t>
+          <t>9786054325641</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yunuslar Yaşasın</t>
+          <t>Kekik</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759059828</t>
+          <t>9786055181222</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Baykuş</t>
+          <t>Kediler - Hep Dört Ayak Üstüne mi Düşer?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759059415</t>
+          <t>9786054325405</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Karıncanın Ne Olduğunu Bilmeyen Karıncayiyen</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054325658</t>
+          <t>9786054325269</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kansere Çözüm Var!</t>
+          <t>Yunuslar Yaşasın</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789759059385</t>
+          <t>9789759059828</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kalp Yetersizliği Hasta El Kitabı</t>
+          <t>Karanlıktan Korkan Baykuş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759059576</t>
+          <t>9789759059415</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Nuru</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789759059590</t>
+          <t>9786054325658</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Limon Hali</t>
+          <t>Kansere Çözüm Var!</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>7.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759059347</t>
+          <t>9789759059385</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşma</t>
+          <t>Kalp Yetersizliği Hasta El Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055181666</t>
+          <t>9789759059576</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şükretmek İçin 1001 Küçücük Neden</t>
+          <t>Kalbin Nuru</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055181673</t>
+          <t>9789759059590</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Kitabı</t>
+          <t>Kalbin Limon Hali</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>15.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055181604</t>
+          <t>9789759059347</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Migrene Çözüm Var! - Ağrı Devrimi 1</t>
+          <t>Karşılaşma</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055181499</t>
+          <t>9786055181666</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Merak Eden Susamuru</t>
+          <t>Şükretmek İçin 1001 Küçücük Neden</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055181932</t>
+          <t>9786055181673</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tükürerek Bir Yüzme Havuzunu Doldurabilirsiniz : Vücudumuz</t>
+          <t>Ramazan Kitabı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059841023</t>
+          <t>9786055181604</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Barış Peygamberi Hz.Muhammed (S.A.V)</t>
+          <t>Migrene Çözüm Var! - Ağrı Devrimi 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059841047</t>
+          <t>9786055181499</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yolculuk</t>
+          <t>Merak Eden Susamuru</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055181963</t>
+          <t>9786055181932</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi</t>
+          <t>Tükürerek Bir Yüzme Havuzunu Doldurabilirsiniz : Vücudumuz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055181918</t>
+          <t>9786059841023</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin El Kitabı</t>
+          <t>Barış Peygamberi Hz.Muhammed (S.A.V)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055181819</t>
+          <t>9786059841047</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aşk Düştü</t>
+          <t>Hayata Yolculuk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>16.67</v>
+        <v>175</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059841054</t>
+          <t>9786055181963</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Karanlığa İyi Gelir!</t>
+          <t>Fıtrat Pedagojisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>13.89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059841092</t>
+          <t>9786055181918</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>16 Türk Devleti</t>
+          <t>Sufilerin El Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055181956</t>
+          <t>9786055181819</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Çıplak</t>
+          <t>Aşk Düştü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055181871</t>
+          <t>9786059841054</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeğinin Sürgünü</t>
+          <t>Yazmak Karanlığa İyi Gelir!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055181840</t>
+          <t>9786059841092</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Altın Kitabı</t>
+          <t>16 Türk Devleti</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>30</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055181734</t>
+          <t>9786055181956</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uzaktaki Yakın</t>
+          <t>Şeytan Çıplak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055181543</t>
+          <t>9786055181871</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Niye Doyumsuzum?</t>
+          <t>Kaktüs Çiçeğinin Sürgünü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>28</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055181833</t>
+          <t>9786055181840</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’l Hüsnalı Astroloji Günlüğü</t>
+          <t>Kadınların Altın Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>22.22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055181680</t>
+          <t>9786055181734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hangi Suyu İçmeli?</t>
+          <t>Uzaktaki Yakın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055181659</t>
+          <t>9786055181543</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alkali Vücudun Sırları</t>
+          <t>Anne Ben Niye Doyumsuzum?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30.56</v>
+        <v>28</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055181598</t>
+          <t>9786055181833</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Helezon Kütüphane - Yamak</t>
+          <t>Esmaü’l Hüsnalı Astroloji Günlüğü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055181635</t>
+          <t>9786055181680</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Mutfak</t>
+          <t>Hangi Suyu İçmeli?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055181574</t>
+          <t>9786055181659</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dudak Payım</t>
+          <t>Alkali Vücudun Sırları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>16.67</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055181581</t>
+          <t>9786055181598</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Neyim Var? Ne Yapayım?</t>
+          <t>Helezon Kütüphane - Yamak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>27.78</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055181505</t>
+          <t>9786055181635</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dört Kitabın Manası: Fatiha Süresi</t>
+          <t>Sevgili Mutfak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052214244</t>
+          <t>9786055181574</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kaderine İsyan Etme Dua Et</t>
+          <t>Dudak Payım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059841788</t>
+          <t>9786055181581</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ruhun "Aşk" Hali!</t>
+          <t>Neyim Var? Ne Yapayım?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>16.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059841559</t>
+          <t>9786055181505</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Canan Karatay’la Şifa Bulanlar</t>
+          <t>Dört Kitabın Manası: Fatiha Süresi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052214398</t>
+          <t>9786052214244</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Çocuklar</t>
+          <t>Kaderine İsyan Etme Dua Et</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052214022</t>
+          <t>9786059841788</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Anne Babasından Ne İster?</t>
+          <t>Ruhun "Aşk" Hali!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>45</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752477810</t>
+          <t>9786059841559</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hazır Kıta Ruhuyla Kızıl Elma Şuuru</t>
+          <t>Prof. Dr. Canan Karatay’la Şifa Bulanlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>20.37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752477803</t>
+          <t>9786052214398</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gülen Şeytanlar Tarihi</t>
+          <t>Bağırmayan Çocuklar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752477520</t>
+          <t>9786052214022</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pancar Bey Mısır Adam’a Karşı</t>
+          <t>Çocuk Anne Babasından Ne İster?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752477506</t>
+          <t>9789752477810</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar Ne Yer?</t>
+          <t>Hazır Kıta Ruhuyla Kızıl Elma Şuuru</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752477575</t>
+          <t>9789752477803</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Havuç Kardeşliği</t>
+          <t>Gülen Şeytanlar Tarihi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>70</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752477551</t>
+          <t>9789752477520</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gezegenleri Yedik Doymadık</t>
+          <t>Pancar Bey Mısır Adam’a Karşı</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752477537</t>
+          <t>9789752477506</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ateşbaz Dede’nin Çırakları</t>
+          <t>Kahramanlar Ne Yer?</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752477643</t>
+          <t>9789752477575</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Atraksiyonlar</t>
+          <t>Havuç Kardeşliği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752477469</t>
+          <t>9789752477551</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler İz Bırakmaz</t>
+          <t>Gezegenleri Yedik Doymadık</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752477360</t>
+          <t>9789752477537</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Turco</t>
+          <t>Ateşbaz Dede’nin Çırakları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752477414</t>
+          <t>9789752477643</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Ferrari'yi Çalan Fil</t>
+          <t>Şizofrenik Atraksiyonlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752477599</t>
+          <t>9789752477469</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Bir Ponçik</t>
+          <t>Gölgeler İz Bırakmaz</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752477346</t>
+          <t>9789752477360</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hükmen Mağluplar</t>
+          <t>Turco</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752477339</t>
+          <t>9789752477414</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ermeni, Musevi, Rum Evlerinde Pişen Yemekler</t>
+          <t>Ferrari'yi Çalan Fil</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>65</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059841672</t>
+          <t>9789752477599</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalp Manevraları</t>
+          <t>Hüzünlü Bir Ponçik</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052214275</t>
+          <t>9789752477346</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Milyon Dolarlık Sözler</t>
+          <t>Hükmen Mağluplar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052214091</t>
+          <t>9789752477339</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kadınsın Korkma!</t>
+          <t>Ermeni, Musevi, Rum Evlerinde Pişen Yemekler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052214084</t>
+          <t>9786059841672</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Vicdanımın Vasiyetidir!</t>
+          <t>Kalp Manevraları</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752477780</t>
+          <t>9786052214275</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sözlük - Müspet Kelimeler Arşivi 1. Cilt (Ciltli)</t>
+          <t>Milyon Dolarlık Sözler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>25.93</v>
+        <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752477605</t>
+          <t>9786052214091</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kokan Kadın</t>
+          <t>Kadınsın Korkma!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>16.67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052214367</t>
+          <t>9786052214084</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Yahudi Ütopyası Vadedilmiş Kürdistan</t>
+          <t>Vicdanımın Vasiyetidir!</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052214190</t>
+          <t>9789752477780</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nefs Diyeti</t>
+          <t>Sufi Sözlük - Müspet Kelimeler Arşivi 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>20.37</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752477735</t>
+          <t>9789752477605</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdesin Elimde Değil</t>
+          <t>Papatya Kokan Kadın</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059841627</t>
+          <t>9786052214367</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>45'Ten Sonra</t>
+          <t>Bir Yahudi Ütopyası Vadedilmiş Kürdistan</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052214312</t>
+          <t>9786052214190</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Etik Hackerlığa Giriş 2</t>
+          <t>Nefs Diyeti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>75</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059841849</t>
+          <t>9789752477735</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplarda Kadın</t>
+          <t>Kalbimdesin Elimde Değil</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>16.67</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059841764</t>
+          <t>9786059841627</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
+          <t>45'Ten Sonra</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>36</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059841702</t>
+          <t>9786052214312</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ben Mercan (Ciltli)</t>
+          <t>Etik Hackerlığa Giriş 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752477841</t>
+          <t>9786059841849</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Destanı</t>
+          <t>Kutsal Kitaplarda Kadın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>45</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752477766</t>
+          <t>9786059841764</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sakın Büyüme Çocuk</t>
+          <t>Çocuklarda 20 Psikolojik Problem ve Çözümü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>16.67</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059841740</t>
+          <t>9786059841702</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Balıkların Duasını Almak</t>
+          <t>Ben Mercan (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15.74</v>
+        <v>35</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059841733</t>
+          <t>9789752477841</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>45</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059841719</t>
+          <t>9789752477766</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dişler Ülkesine Yolculuk</t>
+          <t>Sakın Büyüme Çocuk</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059841542</t>
+          <t>9786059841740</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zeugma’nın Kayıp Gözbebeği</t>
+          <t>Balıkların Duasını Almak</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052214176</t>
+          <t>9786059841733</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052214138</t>
+          <t>9786059841719</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Limon Şekeri</t>
+          <t>Dişler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059841665</t>
+          <t>9786059841542</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dest-i İzdivaç</t>
+          <t>Zeugma’nın Kayıp Gözbebeği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752477438</t>
+          <t>9786052214176</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz 3 Hafta</t>
+          <t>Kardeş Kardeş Geçinen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>15</v>
+        <v>175</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752477384</t>
+          <t>9786052214138</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İki Mahkumun Bir Günü</t>
+          <t>Limon Şekeri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059841344</t>
+          <t>9786059841665</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Olmaz</t>
+          <t>Dest-i İzdivaç</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752477315</t>
+          <t>9789752477438</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
+          <t>Şekersiz 3 Hafta</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>280</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752477308</t>
+          <t>9789752477384</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul: Kötü Söz Söylemeyi Kim İster Ki?</t>
+          <t>İki Mahkumun Bir Günü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059841856</t>
+          <t>9786059841344</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Bulmaca</t>
+          <t>Hayatta Olmaz</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059841641</t>
+          <t>9789752477315</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Din Köstebekleri</t>
+          <t>Korkutarak Değil Sevdirerek Din Eğitimi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752477995</t>
+          <t>9789752477308</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Beni Unut Bizi Unutma</t>
+          <t>Ertuğrul: Kötü Söz Söylemeyi Kim İster Ki?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752477865</t>
+          <t>9786059841856</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aşka Kaçış - Kanada</t>
+          <t>İnsan Denen Bulmaca</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>45</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752477827</t>
+          <t>9786059841641</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalanlara</t>
+          <t>Din Köstebekleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059841931</t>
+          <t>9789752477995</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yalnızlıklar İyidir</t>
+          <t>Beni Unut Bizi Unutma</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>175</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059841962</t>
+          <t>9789752477865</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eve Neşe Getiren Muhabbet Kuşları</t>
+          <t>Aşka Kaçış - Kanada</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059841863</t>
+          <t>9789752477827</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Gaziantep Şehir Rehberi</t>
+          <t>Yarım Kalanlara</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059841818</t>
+          <t>9786059841931</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İçin Rahat Olsun</t>
+          <t>Bazı Yalnızlıklar İyidir</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>16.67</v>
+        <v>175</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059841979</t>
+          <t>9786059841962</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yem Olmak İstemeyen Pina</t>
+          <t>Eve Neşe Getiren Muhabbet Kuşları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059841795</t>
+          <t>9786059841863</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Su İçmek İsteyen Serçe</t>
+          <t>Çocuklar İçin Gaziantep Şehir Rehberi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059841597</t>
+          <t>9786059841818</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>150 Soruda Fıtrata Uygun Çocuk Yetiştirmek</t>
+          <t>İçin Rahat Olsun</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>24.07</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059841603</t>
+          <t>9786059841979</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>450 Soruda Anadolu Ekolüyle Gebelik ve Annelik</t>
+          <t>Yem Olmak İstemeyen Pina</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>29.63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059841139</t>
+          <t>9786059841795</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ürünleri</t>
+          <t>Su İçmek İsteyen Serçe</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752477094</t>
+          <t>9786059841597</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Varsın Bir Yoksun</t>
+          <t>150 Soruda Fıtrata Uygun Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>12.96</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752477087</t>
+          <t>9786059841603</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Allah Hüzünlü Kalbi Sever</t>
+          <t>450 Soruda Anadolu Ekolüyle Gebelik ve Annelik</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>14.81</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059841467</t>
+          <t>9786059841139</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Güzelgah</t>
+          <t>Deniz Ürünleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059841290</t>
+          <t>9789752477094</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Önce On Çıkış</t>
+          <t>Bir Varsın Bir Yoksun</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752477278</t>
+          <t>9789752477087</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gece Yürüyüşü</t>
+          <t>Allah Hüzünlü Kalbi Sever</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059841405</t>
+          <t>9786059841467</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ey Kalbim! Aşka Söz Verdik</t>
+          <t>Güzelgah</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059841993</t>
+          <t>9786059841290</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Günü Mevlana ile Yaşamak</t>
+          <t>Köprüden Önce On Çıkış</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752477131</t>
+          <t>9789752477278</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kabe'yi Dinlerken</t>
+          <t>Gece Yürüyüşü</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752477148</t>
+          <t>9786059841405</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Beynini Genç Tut</t>
+          <t>Ey Kalbim! Aşka Söz Verdik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752477032</t>
+          <t>9786059841993</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul</t>
+          <t>Günü Mevlana ile Yaşamak</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>50</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059841436</t>
+          <t>9789752477131</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Sana Emanet</t>
+          <t>Kabe'yi Dinlerken</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059841214</t>
+          <t>9789752477148</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Usta ile Ayı</t>
+          <t>Beynini Genç Tut</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>13.89</v>
+        <v>65</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055181895</t>
+          <t>9789752477032</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Paket Lastiğiyle Bir Timsahın Hakkından Gelebilirsiniz!</t>
+          <t>Ertuğrul</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>12.96</v>
+        <v>50</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055181994</t>
+          <t>9786059841436</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tarihimi Çok Seviyorum</t>
+          <t>Ruhum Sana Emanet</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055181987</t>
+          <t>9786059841214</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Çanı</t>
+          <t>Usta ile Ayı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752477193</t>
+          <t>9786055181895</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Evliliklerin 7 Özelliği</t>
+          <t>Paket Lastiğiyle Bir Timsahın Hakkından Gelebilirsiniz!</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>30</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752477179</t>
+          <t>9786055181994</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Mişisel Gelişim</t>
+          <t>Tarihimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752477216</t>
+          <t>9786055181987</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşıklar Yolu</t>
+          <t>Kıyamet Çanı</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752477025</t>
+          <t>9789752477193</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Pozitif İletişim</t>
+          <t>Mutlu Evliliklerin 7 Özelliği</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>15.74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059841917</t>
+          <t>9789752477179</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Mişisel Gelişim</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>24</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059841924</t>
+          <t>9789752477216</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah 2</t>
+          <t>Aşıklar Yolu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>24</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752477018</t>
+          <t>9789752477025</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fesleğen</t>
+          <t>Evlilikte Pozitif İletişim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>31.85</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059841900</t>
+          <t>9786059841917</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek 1</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059841894</t>
+          <t>9786059841924</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek 2</t>
+          <t>Eyvallah 2</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059841399</t>
+          <t>9789752477018</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim?</t>
+          <t>Fesleğen</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>24</v>
+        <v>31.85</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055181748</t>
+          <t>9786059841900</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Börülce'nin Günlüğü</t>
+          <t>Elif Gibi Sevmek 1</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>8.33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059841511</t>
+          <t>9786059841894</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sen Sen Ol, Sevgili Kızım...</t>
+          <t>Elif Gibi Sevmek 2</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>11.11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059841351</t>
+          <t>9786059841399</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Enerjinin İktidarı</t>
+          <t>Ben Ne Biliim?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>32.41</v>
+        <v>24</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059841115</t>
+          <t>9786055181748</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Oğul Sen Sen Ol...</t>
+          <t>Börülce'nin Günlüğü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055181925</t>
+          <t>9786059841511</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Varlık Kokusu</t>
+          <t>Sen Sen Ol, Sevgili Kızım...</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055181413</t>
+          <t>9786059841351</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Yakınlığın Dereceleri</t>
+          <t>Enerjinin İktidarı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059841429</t>
+          <t>9786059841115</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Epilepsi İle Büyümek</t>
+          <t>Oğul Sen Sen Ol...</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059841269</t>
+          <t>9786055181925</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hamido - Meclisin Son Kabadayısı İlk Faili Meçhulü</t>
+          <t>Varlık Kokusu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059841207</t>
+          <t>9786055181413</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Tuzlu Kahve Çiftetelli - Gerdek</t>
+          <t>Allah'a Yakınlığın Dereceleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059841160</t>
+          <t>9786059841429</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Hz. Hüseyin</t>
+          <t>Epilepsi İle Büyümek</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055181901</t>
+          <t>9786059841269</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sistemde İnsan Kalmak</t>
+          <t>Hamido - Meclisin Son Kabadayısı İlk Faili Meçhulü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055181949</t>
+          <t>9786059841207</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Makamları</t>
+          <t>Tuzlu Kahve Çiftetelli - Gerdek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055181642</t>
+          <t>9786059841160</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kadını Kim Örttü?</t>
+          <t>Kerbela Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055181406</t>
+          <t>9786055181901</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Acayip Sözlük</t>
+          <t>Küresel Sistemde İnsan Kalmak</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055181352</t>
+          <t>9786055181949</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Martı</t>
+          <t>Kalplerin Makamları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>9.26</v>
+        <v>26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059841450</t>
+          <t>9786055181642</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Şeyh İle Hükümdar</t>
+          <t>Kadını Kim Örttü?</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059841382</t>
+          <t>9786055181406</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Keço</t>
+          <t>Acayip Sözlük</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059841276</t>
+          <t>9786055181352</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Osmanlı</t>
+          <t>Kayıp Martı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059841184</t>
+          <t>9786059841450</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cahide Sultan'la Çay Saati</t>
+          <t>Şeyh İle Hükümdar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>27.78</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059841177</t>
+          <t>9786059841382</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dağın Gölgesindeki Yüzler</t>
+          <t>Keço</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059841108</t>
+          <t>9786059841276</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Her Anne Bir Melektir</t>
+          <t>Sıradışı Osmanlı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>15.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059841016</t>
+          <t>9786059841184</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Dürtüsellik</t>
+          <t>Cahide Sultan'la Çay Saati</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059841009</t>
+          <t>9786059841177</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kolesterol Yalanları</t>
+          <t>Dağın Gölgesindeki Yüzler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055181628</t>
+          <t>9786059841108</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Bizi Nasıl Mutlu Eder?</t>
+          <t>Her Anne Bir Melektir</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055181444</t>
+          <t>9786059841016</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Susatanlar!</t>
+          <t>Çocuklarda Dürtüsellik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059841306</t>
+          <t>9786059841009</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Zamanında Aşk</t>
+          <t>Büyük Kolesterol Yalanları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>215</v>
+        <v>35</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059841238</t>
+          <t>9786055181628</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Türk İzi</t>
+          <t>Ağaçlar Bizi Nasıl Mutlu Eder?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059841153</t>
+          <t>9786055181444</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yare</t>
+          <t>Susatanlar!</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055181796</t>
+          <t>9786059841306</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Batı Cephesi</t>
+          <t>Kehribar Zamanında Aşk</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>215</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055181772</t>
+          <t>9786059841238</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kıyıya Vuran Kız</t>
+          <t>Avrupa'da Türk İzi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>16.67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055181611</t>
+          <t>9786059841153</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkına!</t>
+          <t>Yare</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055181550</t>
+          <t>9786055181796</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>21 Sıradan Şeyin Sıradışı Tarihi</t>
+          <t>İslam'ın Batı Cephesi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055181512</t>
+          <t>9786055181772</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Merkez Siyasetin Perde Arkası</t>
+          <t>Kıyıya Vuran Kız</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055181376</t>
+          <t>9786055181611</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Organ Nakli Hakkında Gizlenen Gerçekler</t>
+          <t>Allah Aşkına!</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055181277</t>
+          <t>9786055181550</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ayı Olmayan Ayı</t>
+          <t>21 Sıradan Şeyin Sıradışı Tarihi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055181338</t>
+          <t>9786055181512</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Sağlığa Zararlıdır</t>
+          <t>Merkez Siyasetin Perde Arkası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055181291</t>
+          <t>9786055181376</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Bitmesin!</t>
+          <t>Organ Nakli Hakkında Gizlenen Gerçekler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055181345</t>
+          <t>9786055181277</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Beni Doktorlardan Koru!</t>
+          <t>Ayı Olmayan Ayı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055181208</t>
+          <t>9786055181338</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yılan ile Kertenkele</t>
+          <t>Kapitalizm Sağlığa Zararlıdır</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055181314</t>
+          <t>9786055181291</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dünya Şampiyonu!</t>
+          <t>Çocukluk Bitmesin!</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055181888</t>
+          <t>9786055181345</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Martabak</t>
+          <t>Rabbim Beni Doktorlardan Koru!</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055181741</t>
+          <t>9786055181208</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kurtaran Vitamin ve Mineraller</t>
+          <t>Yılan ile Kertenkele</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055181710</t>
+          <t>9786055181314</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kapının Kırk Duası</t>
+          <t>Dünya Şampiyonu!</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059841030</t>
+          <t>9786055181888</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Nefesler</t>
+          <t>Martabak</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257685641</t>
+          <t>9786055181741</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Hayat Kurtaran Vitamin ve Mineraller</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>340</v>
+        <v>22</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257479554</t>
+          <t>9786055181710</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Evliliğim</t>
+          <t>Kırk Kapının Kırk Duası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>280</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257685498</t>
+          <t>9786059841030</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Aradığın Şey Benim</t>
+          <t>Mevlana’dan Nefesler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>125</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257479394</t>
+          <t>9786257685641</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kim Güldüye Gittim, Gelicem</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257909853</t>
+          <t>9786257479554</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Zamanında Aşk - Özel Baskı</t>
+          <t>İyileşen Evliliğim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257909624</t>
+          <t>9786257685498</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı 2’li Kitap Seti - Canı Sıkılan Çocuklar İçin</t>
+          <t>Aradığın Şey Benim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257909617</t>
+          <t>9786257479394</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Oyunlar - Canı Sıkılan Çocuklar İçin</t>
+          <t>Kim Güldüye Gittim, Gelicem</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257909914</t>
+          <t>9786257909853</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Kokusu</t>
+          <t>Kehribar Zamanında Aşk - Özel Baskı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786055181369</t>
+          <t>9786257909624</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Samimi İtirafları</t>
+          <t>Ev Yapımı 2’li Kitap Seti - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>9.26</v>
+        <v>140</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786055181437</t>
+          <t>9786257909617</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hasta Etmeyin Adamı!</t>
+          <t>Ev Yapımı Oyunlar - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055181468</t>
+          <t>9786257909914</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Bomba Haberi</t>
+          <t>Varoluş Kokusu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786055181482</t>
+          <t>9786055181369</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şifanın Şifresi</t>
+          <t>Bir Köpeğin Samimi İtirafları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789759059279</t>
+          <t>9786055181437</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Anlamı</t>
+          <t>Hasta Etmeyin Adamı!</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054325665</t>
+          <t>9786055181468</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Koy Başını Doktor!</t>
+          <t>Yüzyılın Bomba Haberi</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054325764</t>
+          <t>9786055181482</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kaideyi Bozan İstisnalar</t>
+          <t>Şifanın Şifresi</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054325795</t>
+          <t>9789759059279</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kaderle Zar Atılmaz</t>
+          <t>Kalbin Anlamı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789759059729</t>
+          <t>9786054325665</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kabadayı Kedi Cako ve Çevreci Fareler</t>
+          <t>Kalbime Koy Başını Doktor!</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789759059002</t>
+          <t>9786054325764</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Üzerine</t>
+          <t>Kaideyi Bozan İstisnalar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054325276</t>
+          <t>9786054325795</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Kılıcı</t>
+          <t>Kaderle Zar Atılmaz</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789759059057</t>
+          <t>9789759059729</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İşte Büyük Birader</t>
+          <t>Kabadayı Kedi Cako ve Çevreci Fareler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789759059842</t>
+          <t>9789759059002</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Paradigma Değiştirenler</t>
+          <t>İyilik ve Kötülük Üzerine</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054325610</t>
+          <t>9786054325276</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un En Güzel Alkolsüz Lokantaları</t>
+          <t>İyiliğin Kılıcı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055181123</t>
+          <t>9789759059057</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Kapitalizm İnsanlı Toplum</t>
+          <t>İşte Büyük Birader</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054325344</t>
+          <t>9789759059842</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları’nı Selamlayan Öyküler ve Şiirler Özgürlük</t>
+          <t>Paradigma Değiştirenler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789759059484</t>
+          <t>9786054325610</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İlâhi İsimler Teorisi</t>
+          <t>İstanbul’un En Güzel Alkolsüz Lokantaları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054325177</t>
+          <t>9786055181123</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Parfümün Sihirli Dünyası</t>
+          <t>İnsansız Kapitalizm İnsanlı Toplum</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>23.15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789759059569</t>
+          <t>9786054325344</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İkinci Cumhuriyet’in Yol Hikayesi</t>
+          <t>İnsan Hakları’nı Selamlayan Öyküler ve Şiirler Özgürlük</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054325801</t>
+          <t>9789759059484</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Şiir Dilimdeki Söz</t>
+          <t>İlâhi İsimler Teorisi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789759059392</t>
+          <t>9786054325177</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İçerde Eylem Var</t>
+          <t>İlaç ve Parfümün Sihirli Dünyası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054325191</t>
+          <t>9789759059569</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’i Hissetmek</t>
+          <t>İkinci Cumhuriyet’in Yol Hikayesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789759059194</t>
+          <t>9786054325801</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Selamı Var</t>
+          <t>İçimdeki Şiir Dilimdeki Söz</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789759059866</t>
+          <t>9789759059392</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Heykeltıraş Babam: Tankut Öktem</t>
+          <t>İçerde Eylem Var</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789759059545</t>
+          <t>9786054325191</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Henüz Özgür Olmadık</t>
+          <t>Hz. Muhammed’i Hissetmek</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786054325566</t>
+          <t>9789759059194</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hediye</t>
+          <t>Hz. Ali’nin Selamı Var</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759059910</t>
+          <t>9789759059866</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hayati Sır</t>
+          <t>Heykeltıraş Babam: Tankut Öktem</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055181192</t>
+          <t>9789759059545</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Uzatmanın Sırları</t>
+          <t>Henüz Özgür Olmadık</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>20.37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759059927</t>
+          <t>9786054325566</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Keşfetmek İsteyen Penguen</t>
+          <t>Hediye</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759059422</t>
+          <t>9789759059910</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Havadan Sudan</t>
+          <t>Hayati Sır</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789759059088</t>
+          <t>9786055181192</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Üreten Yaşam Tarzımız Nasıl Değişir?</t>
+          <t>Hayatı Uzatmanın Sırları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055181116</t>
+          <t>9789759059927</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hangi PKK</t>
+          <t>Hayatı Keşfetmek İsteyen Penguen</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789759059873</t>
+          <t>9789759059422</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Gül</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759059583</t>
+          <t>9789759059088</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Kökten Dinci</t>
+          <t>Hastalık Üreten Yaşam Tarzımız Nasıl Değişir?</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054325825</t>
+          <t>9786055181116</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gökten Not Yağıyor!</t>
+          <t>Hangi PKK</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789759059231</t>
+          <t>9789759059873</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Göktaşında Şeker Var</t>
+          <t>Gül</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054325580</t>
+          <t>9789759059583</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bilimlerin Serüveni</t>
+          <t>Gönülsüz Kökten Dinci</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789759059859</t>
+          <t>9786054325825</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Yolcusuna Kılavuz</t>
+          <t>Gökten Not Yağıyor!</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789759059224</t>
+          <t>9789759059231</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sarı Baldan Tatlı</t>
+          <t>Göktaşında Şeker Var</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789759059705</t>
+          <t>9786054325580</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Gıdalar, Ambalajlar, Silahlar ve Açlar</t>
+          <t>Gizli Bilimlerin Serüveni</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>8.8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054325498</t>
+          <t>9789759059859</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Geçtigitti Geçtigitti Geçtigitti</t>
+          <t>Hakikat Yolcusuna Kılavuz</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789759059965</t>
+          <t>9789759059224</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Futbolu Ağlatan Adam</t>
+          <t>Güneşten Sarı Baldan Tatlı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789759059835</t>
+          <t>9789759059705</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Evine Dönmek İsteyen Kedi</t>
+          <t>Gıdalar, Ambalajlar, Silahlar ve Açlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>11.11</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054325573</t>
+          <t>9786054325498</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Ötesi Türk Milliyetçiliği</t>
+          <t>Geçtigitti Geçtigitti Geçtigitti</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789759059538</t>
+          <t>9789759059965</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Nasıl Çökertilir?</t>
+          <t>Futbolu Ağlatan Adam</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054325290</t>
+          <t>9789759059835</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>En Yangın Aşklar Yemekte Başlar</t>
+          <t>Evine Dönmek İsteyen Kedi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054325603</t>
+          <t>9786054325573</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Misafir Sofraları</t>
+          <t>Ergenekon Ötesi Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786055181239</t>
+          <t>9789759059538</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Antep Ev Yemekleri</t>
+          <t>Ergenekon Nasıl Çökertilir?</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759059736</t>
+          <t>9786054325290</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>El Yazısındaki Sır</t>
+          <t>En Yangın Aşklar Yemekte Başlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759059453</t>
+          <t>9786054325603</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ehlileşmemek, Düzleşmemek, Direnmek</t>
+          <t>En Güzel Misafir Sofraları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759059316</t>
+          <t>9786055181239</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer Derviş Devrimcilerin Kuru Ekmeği Yolumuzu Aydınlatıyor</t>
+          <t>En Güzel Antep Ev Yemekleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789759059095</t>
+          <t>9789759059736</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Düşkurdu Bir Düş Kurdu</t>
+          <t>El Yazısındaki Sır</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054325009</t>
+          <t>9789759059453</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Ben</t>
+          <t>Ehlileşmemek, Düzleşmemek, Direnmek</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054325382</t>
+          <t>9789759059316</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Dolmalar ve Köfteler Şehri Halep</t>
+          <t>Ebuzer Derviş Devrimcilerin Kuru Ekmeği Yolumuzu Aydınlatıyor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054325184</t>
+          <t>9789759059095</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Girişimciler</t>
+          <t>Düşkurdu Bir Düş Kurdu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054325375</t>
+          <t>9786054325009</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Devlet Dersinden Çakıyoruz Abiler</t>
+          <t>Dünya ve Ben</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054325313</t>
+          <t>9786054325382</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dev Türkiye Cüce Türkiye - Tamamı Çözümlü Jeopolitik Test Kitabı</t>
+          <t>Dolmalar ve Köfteler Şehri Halep</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786054325948</t>
+          <t>9786054325184</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dedem ve Ben</t>
+          <t>Devrimci Girişimciler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786054325108</t>
+          <t>9786054325375</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Deccal Tabakta</t>
+          <t>Devlet Dersinden Çakıyoruz Abiler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>125</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789759059026</t>
+          <t>9786054325313</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>De - Şifre</t>
+          <t>Dev Türkiye Cüce Türkiye - Tamamı Çözümlü Jeopolitik Test Kitabı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786054325467</t>
+          <t>9786054325948</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dalga Dalga Geliyorlar!</t>
+          <t>Dedem ve Ben</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054325122</t>
+          <t>9786054325108</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Tehdit Eden Zehirler</t>
+          <t>Deccal Tabakta</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.17</v>
+        <v>125</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789759059750</t>
+          <t>9789759059026</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean, Çaktırma</t>
+          <t>De - Şifre</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>15.74</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789959059675</t>
+          <t>9786054325467</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Clarice Bean, Başı Dertte</t>
+          <t>Dalga Dalga Geliyorlar!</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054325733</t>
+          <t>9786054325122</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Cik!</t>
+          <t>Çocuğunuzu Tehdit Eden Zehirler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054325528</t>
+          <t>9789759059750</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Devrinde Tehlike</t>
+          <t>Clarice Bean, Çaktırma</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054325696</t>
+          <t>9789959059675</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Dışımızdaki PKK İçimizdeki İsrail</t>
+          <t>Clarice Bean, Başı Dertte</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759059941</t>
+          <t>9786054325733</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Cep Tehlikesi</t>
+          <t>Cik!</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054325443</t>
+          <t>9786054325528</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Büyümek İsteyen Goril</t>
+          <t>Dinozorlar Devrinde Tehlike</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759059743</t>
+          <t>9786054325696</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bulgur</t>
+          <t>Dışımızdaki PKK İçimizdeki İsrail</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054325115</t>
+          <t>9789759059941</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bugün Hayal Kuracaktım</t>
+          <t>Cep Tehlikesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054325368</t>
+          <t>9786054325443</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bugün Aşktan Çok Sıkıldım</t>
+          <t>Büyümek İsteyen Goril</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054325054</t>
+          <t>9789759059743</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Domuzluk Var!</t>
+          <t>Bulgur</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054325412</t>
+          <t>9786054325115</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Börtü Böcek Güncesi</t>
+          <t>Bugün Hayal Kuracaktım</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759059361</t>
+          <t>9786054325368</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Böbrek Yetersizliğinde Doğru Beslenme</t>
+          <t>Bugün Aşktan Çok Sıkıldım</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759059699</t>
+          <t>9786054325054</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Borulardaki Ayı</t>
+          <t>Bu İşte Bir Domuzluk Var!</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759059323</t>
+          <t>9786054325412</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Bir Masalmış Kolesterol</t>
+          <t>Börtü Böcek Güncesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054325399</t>
+          <t>9789759059361</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bir İki Üç Tıp</t>
+          <t>Böbrek Yetersizliğinde Doğru Beslenme</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789759059439</t>
+          <t>9789759059699</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bir Demokratın Gündemi</t>
+          <t>Borulardaki Ayı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759059767</t>
+          <t>9789759059323</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Özel - Dağlarca</t>
+          <t>Bir Masalmış Kolesterol</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054325771</t>
+          <t>9786054325399</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Önlük Siyah Şapka</t>
+          <t>Bir İki Üç Tıp</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759059958</t>
+          <t>9789759059439</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Beni Deliler Anlar</t>
+          <t>Bir Demokratın Gündemi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054325979</t>
+          <t>9789759059767</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’da Aşk</t>
+          <t>Beyaz Özel - Dağlarca</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>12.04</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054325559</t>
+          <t>9786054325771</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Balıkların Bununla Ne İlgisi Var?</t>
+          <t>Beyaz Önlük Siyah Şapka</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759059613</t>
+          <t>9789759059958</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Beni Deliler Anlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054325702</t>
+          <t>9786054325979</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Badem</t>
+          <t>Bediüzzaman’da Aşk</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055181093</t>
+          <t>9786054325559</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Babam Çalılığa Dönüşünce</t>
+          <t>Balıkların Bununla Ne İlgisi Var?</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054325757</t>
+          <t>9789759059613</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>AşkSevdaSüveyda (Ciltli)</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054325955</t>
+          <t>9786054325702</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Aşk Metafiziği</t>
+          <t>Badem</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>24</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759059446</t>
+          <t>9786055181093</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Batı Tıbbı Sağlığınızın Altını Nasıl Oyar?</t>
+          <t>Babam Çalılığa Dönüşünce</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054325887</t>
+          <t>9786054325757</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Arınma Kitabı</t>
+          <t>AşkSevdaSüveyda (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054325924</t>
+          <t>9786054325955</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Annenin Lezzet Kitabı</t>
+          <t>Aşk Metafiziği</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>16.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759059903</t>
+          <t>9789759059446</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Annemin Diyarbakır Yemekleri</t>
+          <t>Batı Tıbbı Sağlığınızın Altını Nasıl Oyar?</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759059255</t>
+          <t>9786054325887</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Anne Adayları Nasıl Beslenmeli?</t>
+          <t>Arınma Kitabı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759059187</t>
+          <t>9786054325924</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Ruhunun Menfaat Fihristi</t>
+          <t>Annenin Lezzet Kitabı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759059637</t>
+          <t>9789759059903</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Alevilerin Kemalizm’le İmtihanı</t>
+          <t>Annemin Diyarbakır Yemekleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055181055</t>
+          <t>9789759059255</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ağrının Kitabı</t>
+          <t>Anne Adayları Nasıl Beslenmeli?</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054325214</t>
+          <t>9789759059187</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Yok Olmasın</t>
+          <t>Amerikan Ruhunun Menfaat Fihristi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789759059972</t>
+          <t>9789759059637</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Adamın Biri Doktora Gitmiş... Gidiş O Gidiş!</t>
+          <t>Alevilerin Kemalizm’le İmtihanı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>130</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054325962</t>
+          <t>9786055181055</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubura En Güzel Alternatifler</t>
+          <t>Ağrının Kitabı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>14.81</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055181033</t>
+          <t>9786054325214</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>7/24 Annelik</t>
+          <t>Ağaçlar Yok Olmasın</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759059644</t>
+          <t>9789759059972</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>5 Vakit İstanbul</t>
+          <t>Adamın Biri Doktora Gitmiş... Gidiş O Gidiş!</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>8.33</v>
+        <v>130</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759059620</t>
+          <t>9786054325962</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>40 Benzemez Yüz</t>
+          <t>Abur Cubura En Güzel Alternatifler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054325818</t>
+          <t>9786055181033</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Yakın Olmak</t>
+          <t>7/24 Annelik</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759059781</t>
+          <t>9789759059644</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Mektuplar</t>
+          <t>5 Vakit İstanbul</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257685108</t>
+          <t>9789759059620</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>40 Benzemez Yüz</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>125</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257685115</t>
+          <t>9786054325818</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Allah’a Yakın Olmak</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257909679</t>
+          <t>9789759059781</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının İlkleri Seti (5 Kitap Takım)</t>
+          <t>Allah Dostlarından Mektuplar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257909686</t>
+          <t>9786257685108</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257909693</t>
+          <t>9786257685115</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257909662</t>
+          <t>9786257909679</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Türk Edebiyatının İlkleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257909709</t>
+          <t>9786257909686</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Taaşşuk-ı Tal’at ve Fitnat</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>32</v>
+        <v>22</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257909716</t>
+          <t>9786257909693</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257685009</t>
+          <t>9786257909662</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları (Öyküler – Cilt 1)</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257685016</t>
+          <t>9786257909709</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Anıları (Öyküler - Cilt 2)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257685047</t>
+          <t>9786257909716</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Baskervillelerin Köpeği - Sherlock Holmes</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257909990</t>
+          <t>9786257685009</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Sherlock Holmes'un Maceraları (Öyküler – Cilt 1)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257685030</t>
+          <t>9786257685016</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İşareti - Sherlock Holmes</t>
+          <t>Sherlock Holmes'un Anıları (Öyküler - Cilt 2)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257685023</t>
+          <t>9786257685047</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Soruşturma - Sherlock Holmes</t>
+          <t>Baskervillelerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057674586</t>
+          <t>9786257909990</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig 14’lü Mega Set</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057674562</t>
+          <t>9786257685030</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Şamdan</t>
+          <t>Dörtlerin İşareti - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057674555</t>
+          <t>9786257685023</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Çöküşü</t>
+          <t>Kızıl Soruşturma - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057674531</t>
+          <t>9786057674586</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Stefan Zweig 14’lü Mega Set</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>12</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057674517</t>
+          <t>9786057674562</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Gömülü Şamdan</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057674746</t>
+          <t>9786057674555</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gece</t>
+          <t>Bir Kalbin Çöküşü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057674753</t>
+          <t>9786057674531</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057674715</t>
+          <t>9786057674517</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057674708</t>
+          <t>9786057674746</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Muhteşem Gece</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057674548</t>
+          <t>9786057674753</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057674524</t>
+          <t>9786057674715</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057674500</t>
+          <t>9786057674708</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057674722</t>
+          <t>9786057674548</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>30</v>
+        <v>17</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057674739</t>
+          <t>9786057674524</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Ay Işığı Sokağı</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057674760</t>
+          <t>9786057674500</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789759059996</t>
+          <t>9786057674722</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bayan Frisby ve Gizemli Kurtarma Ekibi</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057674067</t>
+          <t>9786057674739</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kızıma Çeyiz</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257685207</t>
+          <t>9786057674760</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257685214</t>
+          <t>9789759059996</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bayan Frisby ve Gizemli Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257909655</t>
+          <t>9786057674067</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Aktivitelerle Duygu Eğitimi Seti (6 Kitap Takım)</t>
+          <t>Kızıma Çeyiz</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052214817</t>
+          <t>9786257685207</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayaller Koruyucusu</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052214824</t>
+          <t>9786257685214</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Kıssalar Gençlere Hisseler</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052214732</t>
+          <t>9786257909655</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tao Ta-O</t>
+          <t>Aktivitelerle Duygu Eğitimi Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057674593</t>
+          <t>9786052214817</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Yolculuktur Aşk</t>
+          <t>Kayıp Hayaller Koruyucusu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057674579</t>
+          <t>9786052214824</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Tarsus Yemekleri</t>
+          <t>Hikmetli Kıssalar Gençlere Hisseler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>32</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057674319</t>
+          <t>9786052214732</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İçine Atma</t>
+          <t>Tao Ta-O</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057674289</t>
+          <t>9786057674593</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Bir Yolculuktur Aşk</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057674012</t>
+          <t>9786057674579</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Deizm ve Ateizm Çıkmazı</t>
+          <t>Anılarla Tarsus Yemekleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052214374</t>
+          <t>9786057674319</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hatırlayan Zeytin Ağacı</t>
+          <t>İçine Atma</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057674456</t>
+          <t>9786057674289</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>You‘Tüp’lü Kanalıma Hoş Geldiniz!</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055181864</t>
+          <t>9786057674012</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Esma Ajanda 2015</t>
+          <t>Deizm ve Ateizm Çıkmazı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>11.11</v>
+        <v>125</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057674210</t>
+          <t>9786052214374</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali - Bütün Şiirleri</t>
+          <t>Hatırlayan Zeytin Ağacı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057674203</t>
+          <t>9786057674456</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>You‘Tüp’lü Kanalıma Hoş Geldiniz!</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>20</v>
+        <v>90</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057674197</t>
+          <t>9786055181864</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Gramofon Avrat</t>
+          <t>Esma Ajanda 2015</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057674173</t>
+          <t>9786057674210</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Sabahattin Ali - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057674180</t>
+          <t>9786057674203</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057674043</t>
+          <t>9786057674197</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Hormonlar Mutlu Yaşam</t>
+          <t>Gramofon Avrat</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>350</v>
+        <v>20</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052214688</t>
+          <t>9786057674173</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğimden Ustam</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057674050</t>
+          <t>9786057674180</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sensiz de Olur</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052214633</t>
+          <t>9786057674043</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Metafizik İstihbarat</t>
+          <t>Sağlıklı Hormonlar Mutlu Yaşam</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052214640</t>
+          <t>9786052214688</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Düşersen Dara Ben'i Ara</t>
+          <t>Tut Yüreğimden Ustam</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052214596</t>
+          <t>9786057674050</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Helal Aşk</t>
+          <t>Sensiz de Olur</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057674685</t>
+          <t>9786052214633</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Allah’ım Ben Geldim</t>
+          <t>Metafizik İstihbarat</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057674395</t>
+          <t>9786052214640</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Günlüğü</t>
+          <t>Düşersen Dara Ben'i Ara</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057674142</t>
+          <t>9786052214596</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa İle Yürümek</t>
+          <t>Helal Aşk</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256329515</t>
+          <t>9786057674685</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dijital Uçurum</t>
+          <t>Allah’ım Ben Geldim</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786256329508</t>
+          <t>9786057674395</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar</t>
+          <t>Bağlanma Günlüğü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256329492</t>
+          <t>9786057674142</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Uzman Değil Annesin</t>
+          <t>Hz. Musa İle Yürümek</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256329485</t>
+          <t>9786256329515</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Seni Affetmiyorum</t>
+          <t>Dijital Uçurum</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>400</v>
+        <v>365</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256329478</t>
+          <t>9786256329508</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kocam Bir Narsist</t>
+          <t>Bir Zamanlar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059841696</t>
+          <t>9786256329492</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Doğal Süper Gıdalar</t>
+          <t>Uzman Değil Annesin</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054325207</t>
+          <t>9786256329485</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
+          <t>Seni Affetmiyorum</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256329447</t>
+          <t>9786256329478</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Dehr</t>
+          <t>Kocam Bir Narsist</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256329423</t>
+          <t>9786059841696</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bir Alfanın Ebeveyni Olmak</t>
+          <t>Doğal Süper Gıdalar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256329430</t>
+          <t>9786054325207</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Başucumdaki Psikolog</t>
+          <t>Arifler ve Olağanüstü Hadiselerin Sırları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256329454</t>
+          <t>9786256329447</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Beni En Son Kim Unuttu</t>
+          <t>Dehr</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256329416</t>
+          <t>9786256329423</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>C Vitamini</t>
+          <t>Bir Alfanın Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256329409</t>
+          <t>9786256329430</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin İptali</t>
+          <t>Başucumdaki Psikolog</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256329393</t>
+          <t>9786256329454</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Beyaz Kırmızı</t>
+          <t>Beni En Son Kim Unuttu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257685436</t>
+          <t>9786256329416</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 1</t>
+          <t>C Vitamini</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256329386</t>
+          <t>9786256329409</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Nutrasötikler 2</t>
+          <t>Erkekliğin İptali</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258222111</t>
+          <t>9786256329393</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Panik ve Ataklarından Korunma Rehberi</t>
+          <t>Yeşil Beyaz Kırmızı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786257685245</t>
+          <t>9786257685436</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İslamla Bilimi Buluşturan Adam</t>
+          <t>Ruha Şifa Muhabbetler 1</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>6.9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256329362</t>
+          <t>9786256329386</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Huşu Ağacı</t>
+          <t>A’dan Z’ye Nutrasötikler 2</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256329348</t>
+          <t>9786258222111</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Panik ve Ataklarından Korunma Rehberi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256329331</t>
+          <t>9786257685245</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Şifaları</t>
+          <t>İslamla Bilimi Buluşturan Adam</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256329324</t>
+          <t>9786256329362</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kurtuluşu</t>
+          <t>Huşu Ağacı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256329317</t>
+          <t>9786256329348</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Tesellisi</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256329300</t>
+          <t>9786256329331</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kaykay Takımı</t>
+          <t>Kalbin Şifaları</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256329294</t>
+          <t>9786256329324</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Nutrasötikler-1</t>
+          <t>Kalbin Kurtuluşu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256329287</t>
+          <t>9786256329317</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yaşattığını Yaşa</t>
+          <t>Duyguların Tesellisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256329263</t>
+          <t>9786256329300</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilge</t>
+          <t>Kaykay Takımı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256329270</t>
+          <t>9786256329294</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Köyden Şehre Doğal Reçeteler</t>
+          <t>A'dan Z'ye Nutrasötikler-1</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752477407</t>
+          <t>9786256329287</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kızı Lülü</t>
+          <t>Yaşattığını Yaşa</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752477209</t>
+          <t>9786256329263</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hicran-ı Aşk</t>
+          <t>Ben Bilge</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786257479943</t>
+          <t>9786256329270</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Meslekleri 4'lü Set</t>
+          <t>Köyden Şehre Doğal Reçeteler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>840</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057674098</t>
+          <t>9789752477407</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
+          <t>Devletin Kızı Lülü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>325</v>
+        <v>40</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054325542</t>
+          <t>9789752477209</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Nefsini Bilen Rabbini Bilir</t>
+          <t>Hicran-ı Aşk</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055181765</t>
+          <t>9786257479943</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kanser İyileşir</t>
+          <t>Peygamber Meslekleri 4'lü Set</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>600</v>
+        <v>840</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055181567</t>
+          <t>9786057674098</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
+          <t>Çocuklarımızla İtişmeyelim İletişelim</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786257685665</t>
+          <t>9786054325542</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
+          <t>Nefsini Bilen Rabbini Bilir</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786257909952</t>
+          <t>9786055181765</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
+          <t>Kanser İyileşir</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786257909723</t>
+          <t>9786055181567</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
+          <t>Ruh-Beden-Zihin Bütünlüğünde Kadınlığın Keşfi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>720</v>
+        <v>340</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256329232</t>
+          <t>9786257685665</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
+          <t>Çocuklar İçin Ayet Ayet Allah Sevgisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256329225</t>
+          <t>9786257909952</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Çay Koy Yeniden Başlıyoruz</t>
+          <t>Manevi-Psikolojik Gelişim 3'lü Set</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256329195</t>
+          <t>9786257909723</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi 2</t>
+          <t>Ben Ne Biliim: İnsan-Doğa-Uzay (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>380</v>
+        <v>720</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256329157</t>
+          <t>9786256329232</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Hastalıkları</t>
+          <t>Ebeveynlik Fırtınasında Sakinleşebilmek</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256329201</t>
+          <t>9786256329225</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Güneş Uyandı</t>
+          <t>Çay Koy Yeniden Başlıyoruz</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256329218</t>
+          <t>9786256329195</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Bağışıklığın Arka Bahçesi 2</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256329171</t>
+          <t>9786256329157</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
+          <t>Kalbin Hastalıkları</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256329188</t>
+          <t>9786256329201</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Niyet Şifası</t>
+          <t>Güneş Uyandı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256329140</t>
+          <t>9786256329218</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Metafizik Sırrı</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256329126</t>
+          <t>9786256329171</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Doğru Takviye Nasıl Seçilir?</t>
+          <t>Panzehir- Halk Sağlığı İçin Dört Kıtada Mücadele Dolu Bir Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786258222944</t>
+          <t>9786256329188</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Hayat Dersler</t>
+          <t>Niyet Şifası</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786258222937</t>
+          <t>9786256329140</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
+          <t>İstanbul’un Metafizik Sırrı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786258222951</t>
+          <t>9786256329126</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
+          <t>Doğru Takviye Nasıl Seçilir?</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>175</v>
+        <v>490</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786258222968</t>
+          <t>9786258222944</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
+          <t>Ömer Seyfettin’den Hayat Dersler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256329133</t>
+          <t>9786258222937</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Keşke Tanımasaydım Seni</t>
+          <t>Mehmet Akif Ersoy’dan Hayat Dersler</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256329119</t>
+          <t>9786258222951</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İyot Giren Eve Doktor Girmez</t>
+          <t>Halit Ziya Uşaklıgil’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256329102</t>
+          <t>9786258222968</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha Nasıl Sevebilirim</t>
+          <t>Abdülhak Şinasi Hisar’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052214152</t>
+          <t>9786256329133</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Atölyesi</t>
+          <t>Keşke Tanımasaydım Seni</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256329096</t>
+          <t>9786256329119</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Değişen Bedenimle Karışan Duygularım</t>
+          <t>İyot Giren Eve Doktor Girmez</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256329089</t>
+          <t>9786256329102</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Genç Dervişin Teselli Koleksiyonu</t>
+          <t>Seni Daha Nasıl Sevebilirim</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256329065</t>
+          <t>9786052214152</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ah Bir Uyuyabilsem</t>
+          <t>Mutluluk Atölyesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256329058</t>
+          <t>9786256329096</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hırsızları</t>
+          <t>Değişen Bedenimle Karışan Duygularım</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786256329072</t>
+          <t>9786256329089</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Temas (Ciltli)</t>
+          <t>Genç Dervişin Teselli Koleksiyonu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786256329034</t>
+          <t>9786256329065</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
+          <t>Ah Bir Uyuyabilsem</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258222906</t>
+          <t>9786256329058</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Emmeyi Çok Seven Küçük Kedi</t>
+          <t>Yapay Zeka Hırsızları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258222913</t>
+          <t>9786256329072</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
+          <t>Aşkla Temas (Ciltli)</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258222869</t>
+          <t>9786256329034</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
+          <t>Dervişin Yolu 5 - Kur'an'la Konuşmalar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>1000</v>
+        <v>325</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257479578</t>
+          <t>9786258222906</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Acayip Bir Mert</t>
+          <t>Emmeyi Çok Seven Küçük Kedi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052214121</t>
+          <t>9786258222913</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 2</t>
+          <t>Ağlayınca Küçük Ayıya Neler Oluyor?</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789759059101</t>
+          <t>9786258222869</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Cevherleri</t>
+          <t>Dersim’in Yaban Bitkileri ve Büyülü Dünyası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>280</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752477162</t>
+          <t>9786257479578</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Diyabet ve Zayıflama Kürleri</t>
+          <t>Acayip Bir Mert</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054325597</t>
+          <t>9786052214121</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hakk’ın Nuruna Mirac</t>
+          <t>Burcu'nun Öyküleri - 2</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054325139</t>
+          <t>9789759059101</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Cern Kabala Deccal ve Mehd</t>
+          <t>Kur'an'ın Cevherleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054325306</t>
+          <t>9789752477162</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>7 Makam 7 Nefs</t>
+          <t>Diyabet ve Zayıflama Kürleri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786257909495</t>
+          <t>9786054325597</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Anlamak</t>
+          <t>Hakk’ın Nuruna Mirac</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258222845</t>
+          <t>9786054325139</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
+          <t>Cern Kabala Deccal ve Mehd</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258222890</t>
+          <t>9786054325306</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kırdığın Yerden Kırıl</t>
+          <t>7 Makam 7 Nefs</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258222883</t>
+          <t>9786257909495</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyeti Terk Etme</t>
+          <t>İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258222852</t>
+          <t>9786258222845</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dünden Kötü Yarından İyi</t>
+          <t>A’dan Z’ye Bitki-İlaç Etkileşimleri-2</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258222807</t>
+          <t>9786258222890</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Boyutunda İstihbarat</t>
+          <t>Kırdığın Yerden Kırıl</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258222814</t>
+          <t>9786258222883</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
+          <t>Cinsiyeti Terk Etme</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258222791</t>
+          <t>9786258222852</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Düş</t>
+          <t>Dünden Kötü Yarından İyi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258222784</t>
+          <t>9786258222807</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
+          <t>Kuantum Boyutunda İstihbarat</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258222777</t>
+          <t>9786258222814</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>İyileşme Zamanı</t>
+          <t>A’dan Z’ye Bitki - İlaç Etkileşimleri - 1</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258222739</t>
+          <t>9786258222791</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
+          <t>Kanlı Düş</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258222722</t>
+          <t>9786258222784</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Oyun Oynamak İsteyen Küçük Fok</t>
+          <t>Gittiğim Her Yerde Çiçek Açacağım</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258222715</t>
+          <t>9786258222777</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Giyinmek İstemeyen Küçük Kirpi</t>
+          <t>İyileşme Zamanı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258222685</t>
+          <t>9786258222739</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
+          <t>Yemek Yemek İstemeyen Küçük Serçe</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258222746</t>
+          <t>9786258222722</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tevhidle Yaşamak</t>
+          <t>Oyun Oynamak İsteyen Küçük Fok</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258222708</t>
+          <t>9786258222715</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Ardında</t>
+          <t>Giyinmek İstemeyen Küçük Kirpi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258222692</t>
+          <t>9786258222685</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu 3</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (2+ Yaş) 6'lı Set</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>375</v>
+        <v>525</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258222661</t>
+          <t>9786258222746</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
+          <t>Gerçek Tevhidle Yaşamak</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258222678</t>
+          <t>9786258222708</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Masumiyet</t>
+          <t>Bir Hayalin Ardında</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258222272</t>
+          <t>9786258222692</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Şeker Torbası</t>
+          <t>Dervişin Teselli Koleksiyonu 3</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258222456</t>
+          <t>9786258222661</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Adana</t>
+          <t>Çocuklarda Doğal Tedavi Yöntemleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258222401</t>
+          <t>9786258222678</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Halk Hekimlerinin Hazinesi</t>
+          <t>Masumiyet</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258222234</t>
+          <t>9786258222272</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Henüz Her Şey Bitmedi</t>
+          <t>Yere Düşen Şeker Torbası</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258222296</t>
+          <t>9786258222456</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 3 Kitap</t>
+          <t>Adana</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258222319</t>
+          <t>9786258222401</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İstopla Yıldız Kodladım</t>
+          <t>Halk Hekimlerinin Hazinesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258222302</t>
+          <t>9786258222234</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
+          <t>Henüz Her Şey Bitmedi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258222289</t>
+          <t>9786258222296</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Portakal Çiçeği</t>
+          <t>Öykülerde Çukurova - 3 Kitap</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258222333</t>
+          <t>9786258222319</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Geçidi</t>
+          <t>İstopla Yıldız Kodladım</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258222326</t>
+          <t>9786258222302</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Hassas Kalpler Şehri</t>
+          <t>Öykülerde Çukurova - 2 (3'lü Set)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258222357</t>
+          <t>9786258222289</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Bir Masal Bir Düş</t>
+          <t>Portakal Çiçeği</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258222371</t>
+          <t>9786258222333</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Efsaneler Geçidi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258222364</t>
+          <t>9786258222326</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Yeniden Tutunmak</t>
+          <t>Hassas Kalpler Şehri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258222265</t>
+          <t>9786258222357</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sırgah</t>
+          <t>Bir Şiir Bir Masal Bir Düş</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258222340</t>
+          <t>9786258222371</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çakma Messi</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258222258</t>
+          <t>9786258222364</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kasem</t>
+          <t>Yaşama Yeniden Tutunmak</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258222241</t>
+          <t>9786258222265</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tuttum Ben Bu Orucu</t>
+          <t>Sırgah</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258222166</t>
+          <t>9786258222340</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yarının Dünyası</t>
+          <t>Çakma Messi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258222159</t>
+          <t>9786258222258</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Salon</t>
+          <t>Kasem</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258222142</t>
+          <t>9786258222241</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
+          <t>Tuttum Ben Bu Orucu</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258222227</t>
+          <t>9786258222166</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Peygamber'im Bugün Yaşasaydı</t>
+          <t>Yarının Dünyası</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258222135</t>
+          <t>9786258222159</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklığın Arka Bahçesi</t>
+          <t>Üç Oda Bir Salon</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258222104</t>
+          <t>9786258222142</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kalbi İyileştirir</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 6</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258222098</t>
+          <t>9786258222227</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
+          <t>Peygamber'im Bugün Yaşasaydı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258222128</t>
+          <t>9786258222135</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
+          <t>Bağışıklığın Arka Bahçesi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258222081</t>
+          <t>9786258222104</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
+          <t>Toprak Kalbi İyileştirir</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258222074</t>
+          <t>9786258222098</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
+          <t>Bitkilerin Kanser Tedavisindeki Gücü</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>425</v>
+        <v>490</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258222012</t>
+          <t>9786258222128</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Gök Yazılar</t>
+          <t>A'dan Z'ye Aromaterapi Karışımları - 5</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258222005</t>
+          <t>9786258222081</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
+          <t>Allah Var Diyorsan Allah Yokmuş Gibi Yaşama</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258222036</t>
+          <t>9786258222074</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anahtar Minerali Magnezyum</t>
+          <t>A' dan Z' ye Aromaterapi Karışımları - 4</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258222029</t>
+          <t>9786258222012</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çeyiz</t>
+          <t>Gök Yazılar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786257479998</t>
+          <t>9786258222005</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Naikan - Sen İçine Bak!</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 3 Ağrı Dindiriciler</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257479974</t>
+          <t>9786258222036</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Şifa</t>
+          <t>Yaşamın Anahtar Minerali Magnezyum</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257479912</t>
+          <t>9786258222029</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
+          <t>Çeyiz</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257479929</t>
+          <t>9786257479998</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
+          <t>Naikan - Sen İçine Bak!</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257479738</t>
+          <t>9786257479974</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Hangisi?</t>
+          <t>Şifa</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257479981</t>
+          <t>9786257479912</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş</t>
+          <t>Kesiyorum, Biçiyorum, Dikiyorum Terzi Peygamberi Tanıyorum - Hz. İdris</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257479967</t>
+          <t>9786257479929</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Acıları</t>
+          <t>Masam, Sandalyem, Gardırobum Marangoz Peygamberi Tanıyorum - Hz. Nuh</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257479950</t>
+          <t>9786257479738</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
+          <t>Benim Yolum Hangisi?</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257479905</t>
+          <t>9786257479981</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
+          <t>Öze Dönüş</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257479936</t>
+          <t>9786257479967</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
+          <t>Genç Werther'in Acıları</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257479790</t>
+          <t>9786257479950</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu - 2</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 2 / Cilt Hasarları ve Hastalıkları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257479783</t>
+          <t>9786257479905</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
+          <t>Ekiyorum, Dikiyorum, Suluyorum Çiftçi Peygamberi Tanıyorum - Hz. Adem</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257479769</t>
+          <t>9786257479936</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
+          <t>Arıyorum, Soruyorum, Buluyorum Mucit Peygamberi Tanıyorum - Hz. Yusuf</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257479752</t>
+          <t>9786257479790</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Toz</t>
+          <t>Dervişin Teselli Koleksiyonu - 2</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257479745</t>
+          <t>9786257479783</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ben Aslında Kimim?</t>
+          <t>A’dan Z’ye Aromaterapi Karışımları - 1: Saç, Cilt ve Vücut Bakımı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257479776</t>
+          <t>9786257479769</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Lunaparktaki Sessizlik</t>
+          <t>Ben Dünyaya Gelmeden Yapmanız Gerekenler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257479721</t>
+          <t>9786257479752</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Sonsuz Yolculuğu</t>
+          <t>Toz</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257479691</t>
+          <t>9786257479745</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimsenin Çocuğu</t>
+          <t>Ben Aslında Kimim?</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257479714</t>
+          <t>9786257479776</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Derviş Kelamı</t>
+          <t>Lunaparktaki Sessizlik</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257479707</t>
+          <t>9786257479721</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Eve Döner İnsan Hep</t>
+          <t>Anneliğin Sonsuz Yolculuğu</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257479677</t>
+          <t>9786257479691</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Karatay Sözü</t>
+          <t>Hiç Kimsenin Çocuğu</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257479653</t>
+          <t>9786257479714</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Bedenim</t>
+          <t>Derviş Kelamı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257479660</t>
+          <t>9786257479707</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olmak İçin Güzel Bir Gün</t>
+          <t>Eve Döner İnsan Hep</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257479615</t>
+          <t>9786257479677</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Mahfuz</t>
+          <t>Karatay Sözü</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257479646</t>
+          <t>9786257479653</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Beni Yarım Bıraktın</t>
+          <t>Bu Benim Bedenim</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257479387</t>
+          <t>9786257479660</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Orwell'den Hayat Dersleri</t>
+          <t>Özgür Olmak İçin Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257479530</t>
+          <t>9786257479615</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde'dan Hayat Dersleri</t>
+          <t>Mahfuz</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257479417</t>
+          <t>9786257479646</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Dickens'tan Hayat Dersleri</t>
+          <t>Beni Yarım Bıraktın</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257479585</t>
+          <t>9786257479387</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Düş Kapanı</t>
+          <t>Orwell'den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257479592</t>
+          <t>9786257479530</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
+          <t>Oscar Wilde'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257479547</t>
+          <t>9786257479417</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
+          <t>Dickens'tan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257479561</t>
+          <t>9786257479585</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş</t>
+          <t>Düş Kapanı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257479370</t>
+          <t>9786257479592</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Aşk’a Doğru</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme (6 Kitap)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>125</v>
+        <v>525</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257479424</t>
+          <t>9786257479547</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olucam</t>
+          <t>Mevsim Tefekkürleri - Kış (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257479363</t>
+          <t>9786257479561</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Şifa Tarhana</t>
+          <t>Kurtuluş</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257479318</t>
+          <t>9786257479370</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Onurlular, Alçaklar ve Hilekarlar</t>
+          <t>Aşk’a Doğru</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257685795</t>
+          <t>9786257479424</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bir İmzanız Var</t>
+          <t>Büyüyünce Çocuk Olucam</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257685788</t>
+          <t>9786257479363</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İki Nefes Arasında</t>
+          <t>Geçmişten Geleceğe Şifa Tarhana</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257685566</t>
+          <t>9786257479318</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>İkindiyle Gelen Sağlık</t>
+          <t>Onurlular, Alçaklar ve Hilekarlar</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257685825</t>
+          <t>9786257685795</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
+          <t>Bir İmzanız Var</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257685832</t>
+          <t>9786257685788</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
+          <t>İki Nefes Arasında</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257685818</t>
+          <t>9786257685566</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Umudum Gökyüzü Kadar</t>
+          <t>İkindiyle Gelen Sağlık</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257685801</t>
+          <t>9786257685825</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Edom</t>
+          <t>Seni Özlemekle Başlar Bütün Yolculuklar</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257685771</t>
+          <t>9786257685832</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sen’i Okumak</t>
+          <t>Hayat Yarım Bırakır Sen Ellerimi Tut</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257685627</t>
+          <t>9786257685818</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Mistik Mimari</t>
+          <t>Umudum Gökyüzü Kadar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257685672</t>
+          <t>9786257685801</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
+          <t>Edom</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257685689</t>
+          <t>9786257685771</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
+          <t>Sen’i Okumak</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257685740</t>
+          <t>9786257685627</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
+          <t>Mistik Mimari</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257685733</t>
+          <t>9786257685672</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
+          <t>Hikayelerle Kur’an Okumayı Öğreniyorum - Çocuklar İçin Elifba</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>1550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257685337</t>
+          <t>9786257685689</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Orman Masalları 5’li Set</t>
+          <t>Kur’an’ı Sevdiren Oyunlar ve Etkinlikler</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257685658</t>
+          <t>9786257685740</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Bir Ülke Bir Gece</t>
+          <t>Kur’an’ı Seven Çocuk Sahabiler 5’li Set</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257685504</t>
+          <t>9786257685733</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
+          <t>Kur’an’ı Seven Çocuklar 9’lu Set</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>225</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257685603</t>
+          <t>9786257685337</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Hal-i Sükut</t>
+          <t>Mutlu Orman Masalları 5’li Set</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257685597</t>
+          <t>9786257685658</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Zweig’dan Hayat Dersleri</t>
+          <t>Bir Aşk Bir Ülke Bir Gece</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257685610</t>
+          <t>9786257685504</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
+          <t>Bal Gibi Tatlı Süt Gibi Şifalı Yün Gibi Sıcacık 3’lü Set</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257685634</t>
+          <t>9786257685603</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Aşk Düşsün</t>
+          <t>Hal-i Sükut</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257685535</t>
+          <t>9786257685597</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Elif Aşk Mim</t>
+          <t>Zweig’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257685580</t>
+          <t>9786257685610</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Anne Sütü ve Emzirmenin Önemi Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257685481</t>
+          <t>9786257685634</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ruha Şifa Muhabbetler 2</t>
+          <t>Yüreğime Aşk Düşsün</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257685559</t>
+          <t>9786257685535</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Dr. Thalamus</t>
+          <t>Elif Aşk Mim</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257685573</t>
+          <t>9786257685580</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kafka’dan Hayat Dersleri</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257685542</t>
+          <t>9786257685481</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Balkan Hayaletleri</t>
+          <t>Ruha Şifa Muhabbetler 2</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257685528</t>
+          <t>9786257685559</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
+          <t>Dr. Thalamus</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257685474</t>
+          <t>9786257685573</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Rabbim Yol Sanadır</t>
+          <t>Kafka’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257685511</t>
+          <t>9786257685542</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Korkma Hep Varsın</t>
+          <t>Balkan Hayaletleri</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257685467</t>
+          <t>9786257685528</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Self Healing - İlaçsız Şifa Sanatı</t>
+          <t>Mescid-i Aksa’nın Metafizik Sırrı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257685450</t>
+          <t>9786257685474</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
+          <t>Rabbim Yol Sanadır</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>1600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257685290</t>
+          <t>9786257685511</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Zeki Ama Çalışmıyor</t>
+          <t>Korkma Hep Varsın</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257685443</t>
+          <t>9786257685467</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
+          <t>Self Healing - İlaçsız Şifa Sanatı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257685313</t>
+          <t>9786257685450</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
+          <t>Batı Edebiyatının Ustalarından Hayat Dersleri - 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>175</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257685306</t>
+          <t>9786257685290</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
+          <t>Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257685191</t>
+          <t>9786257685443</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
+          <t>Ölmek Bir Şey Değil, Yaşamamak Korkunç! - Victor Hugo’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257685184</t>
+          <t>9786257685313</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
+          <t>Ağlayabilseydiniz, Anlayabilirdiniz</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257685405</t>
+          <t>9786257685306</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
+          <t>Cebimde Yoktu, Yüreğimden Verdim</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257685412</t>
+          <t>9786257685191</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
+          <t>Hayatım Ciddiye Alınmasını İstediğim Bir Oyundu</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257685344</t>
+          <t>9786257685184</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
+          <t>Söylemek İçin Çırpındığım Gecelerde Siz Yoktunuz</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257685429</t>
+          <t>9786257685405</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Büyüsünü Bozma</t>
+          <t>Kendine Emretmeyen Daima Uşak Kalır</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257685399</t>
+          <t>9786257685412</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Hoş Şeyler Zamanı</t>
+          <t>Allah'la Tanışma Defteri - Nedim Sorayımdedim 1</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257685382</t>
+          <t>9786257685344</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Ruh İyiliği</t>
+          <t>Maya’s Hochzeit - Maya’nın Düğünü</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257685320</t>
+          <t>9786257685429</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Güzel Kızı</t>
+          <t>Büyüsünü Bozma</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257685269</t>
+          <t>9786257685399</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Korona Aşısı</t>
+          <t>Hoş Şeyler Zamanı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257685252</t>
+          <t>9786257685382</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Pandemi</t>
+          <t>Ruh İyiliği</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257685283</t>
+          <t>9786257685320</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Mahallenin En Güzel Kızı</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257685276</t>
+          <t>9786257685269</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz</t>
+          <t>Korona Aşısı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257909419</t>
+          <t>9786257685252</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
+          <t>Pandemi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786059841580</t>
+          <t>9786257685283</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
+          <t>Üç Nokta</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257685221</t>
+          <t>9786257685276</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
+          <t>Unutulmaz</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257685238</t>
+          <t>9786257909419</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Olmak Ya Da Olmamak</t>
+          <t>Melike’nin Maceraları - Pedagojik Eğitim Hikayeleri Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752477117</t>
+          <t>9786059841580</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bağırmayan Anneler</t>
+          <t>Çocuk Eğitiminde 100 Mucize Çözüm</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257685153</t>
+          <t>9786257685221</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
+          <t>Avuçların Altınla Doluysa Ellerini Dua İçin Kaldıramazsın</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>700</v>
+        <v>175</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257685160</t>
+          <t>9786257685238</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Rabarba</t>
+          <t>Olmak Ya Da Olmamak</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257685177</t>
+          <t>9789752477117</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
+          <t>Bağırmayan Anneler</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257685146</t>
+          <t>9786257685153</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
+          <t>A’dan Z’ye Tıbbi Yağlar ve Aromatik Sular</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>175</v>
+        <v>700</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257909747</t>
+          <t>9786257685160</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Uzay</t>
+          <t>Rabarba</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257909754</t>
+          <t>9786257685177</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: İnsan</t>
+          <t>İnsanın İyilikleri Suya Kötülükleri Mermere Yazılır - William Shakespeare’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257909730</t>
+          <t>9786257685146</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Biliim: Doğa</t>
+          <t>Dünyada Kendim Kadar Az Bildiğim Başka Hiçbir Şey Yok</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257685085</t>
+          <t>9786257909747</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bazen…</t>
+          <t>Ben Ne Biliim: Uzay</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257685078</t>
+          <t>9786257909754</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Üç Gömlek Hikayesi</t>
+          <t>Ben Ne Biliim: İnsan</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257685139</t>
+          <t>9786257909730</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
+          <t>Ben Ne Biliim: Doğa</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257685061</t>
+          <t>9786257685085</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Din</t>
+          <t>Aşk Bazen…</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257909983</t>
+          <t>9786257685078</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
+          <t>Üç Gömlek Hikayesi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257685054</t>
+          <t>9786257685139</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
+          <t>Gerçek Acı Dışa Vurulmayan Acıdır - Gustave Flaubert’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257909976</t>
+          <t>9786257685061</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Portakal Ağacı’ndan Muhabbetle</t>
+          <t>Tıp ve Din</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257685122</t>
+          <t>9786257909983</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
+          <t>Eğlenceli Eğitimin Başucu Kitabı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257909921</t>
+          <t>9786257685054</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
+          <t>Büyük Sherlock Holmes Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257685092</t>
+          <t>9786257909976</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy'dan Hayat Dersleri</t>
+          <t>Portakal Ağacı’ndan Muhabbetle</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257909877</t>
+          <t>9786257685122</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
+          <t>Seviyorum İç Dünyamın Kuytularını – Rainer Maria Rilke’den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257909938</t>
+          <t>9786257909921</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terapisi</t>
+          <t>Derdin Ne Kadar Büyükse Tanrı’ya O Kadar Yakınsındır - Fyodor Mihayloviç Dostoyevski‘Den Hayat Dersleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257909945</t>
+          <t>9786257685092</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Namaz Terapisi</t>
+          <t>Tolstoy'dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257909969</t>
+          <t>9786257909877</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Dua Terapisi</t>
+          <t>Aşk, Önü Kesildikçe Devleşir - Honoré de Balzac’tan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257909891</t>
+          <t>9786257909938</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Gökyüzü</t>
+          <t>Tasavvuf Terapisi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257909907</t>
+          <t>9786257909945</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kendine De Bir Merhaba</t>
+          <t>Namaz Terapisi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257909884</t>
+          <t>9786257909969</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
+          <t>Dua Terapisi</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257909792</t>
+          <t>9786257909891</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Merhaba Gökyüzü</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257909822</t>
+          <t>9786257909907</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
+          <t>Kendine De Bir Merhaba</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257909860</t>
+          <t>9786257909884</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yenik Düşme Zamana</t>
+          <t>O'nu Düşünerek O'na Ulaşamazsın</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257909785</t>
+          <t>9786257909792</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Gülme Başına Gelir Komşuna</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>175</v>
+        <v>585</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257909846</t>
+          <t>9786257909822</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
+          <t>Sağlıklı Beslenme Hikayeleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257909815</t>
+          <t>9786257909860</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Bizi Affet</t>
+          <t>Yenik Düşme Zamana</t>
         </is>
       </c>
       <c r="C667" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257909839</t>
+          <t>9786257909785</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
+          <t>Gülme Başına Gelir Komşuna</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257909808</t>
+          <t>9786257909846</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İçimde İntihar Korkusu Var</t>
+          <t>Hormon Bozucular - Çocukların ve Yetişkinlerin Sağlığını Tehdit Eden</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257909761</t>
+          <t>9786257909815</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Düz Yokuşun Sakinleri</t>
+          <t>Ey Aşk! Bizi Affet</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257909532</t>
+          <t>9786257909839</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
+          <t>İyileşen Çocukluğum İyileşen Anneliğim</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257909778</t>
+          <t>9786257909808</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Artık Daha Güçlüyüm</t>
+          <t>İçimde İntihar Korkusu Var</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257909549</t>
+          <t>9786257909761</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
+          <t>Düz Yokuşun Sakinleri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257909631</t>
+          <t>9786257909532</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
+          <t>Benden Kaçmaz Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257909648</t>
+          <t>9786257909778</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
+          <t>Artık Daha Güçlüyüm</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257909600</t>
+          <t>9786257909549</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Süper Gıdalarla Süper Bağışıklık</t>
+          <t>Etkinliklerle Sağ Beyin Sol Beyin Geliştirme</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>300</v>
+        <v>585</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052214343</t>
+          <t>9786257909631</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Pandalar Uçabilir</t>
+          <t>Ev Yapımı Bilimsel Etkinlikler - Canı Sıkılan Çocuklar İçin</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257909587</t>
+          <t>9786257909648</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
+          <t>Uygulamalı Siber Güvenlik ve Sızma Testi Eğitimleri</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257909594</t>
+          <t>9786257909600</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Doktor Mutfakta</t>
+          <t>Süper Gıdalarla Süper Bağışıklık</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257909570</t>
+          <t>9786052214343</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Destekleme Sanatı</t>
+          <t>Pandalar Uçabilir</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257909563</t>
+          <t>9786257909587</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Likit Ruh</t>
+          <t>Korona ve Sonrası İçin Güçlü Bağışıklık</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257909556</t>
+          <t>9786257909594</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Açlık Diyeti</t>
+          <t>Doktor Mutfakta</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257909518</t>
+          <t>9786257909570</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gizemleri Çözülürken</t>
+          <t>Yaşamı Destekleme Sanatı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257909525</t>
+          <t>9786257909563</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbin Var Unutma</t>
+          <t>Likit Ruh</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257909501</t>
+          <t>9786257909556</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
+          <t>Açlık Diyeti</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257909457</t>
+          <t>9786257909518</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
+          <t>Beynin Gizemleri Çözülürken</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257909488</t>
+          <t>9786257909525</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
+          <t>Bir Kalbin Var Unutma</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257909440</t>
+          <t>9786257909501</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
+          <t>7 Ced 7 Nesil Ailenin Mutluluk Atölyesi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257909433</t>
+          <t>9786257909457</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
+          <t>Kırmızı Başlıklı Kız - Zuzu İle Allah’ın İsimlerini Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257909358</t>
+          <t>9786257909488</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan İnsan Öyküleri</t>
+          <t>Zuzu İle Allah’ın İsimlerini Öğreniyorum (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257909464</t>
+          <t>9786257909440</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Ol Dedi Oldum</t>
+          <t>Bilim Fuarında Bir Gün - Zuzu İle Allah’ın İsimlerini Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257909365</t>
+          <t>9786257909433</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>80 Dakikada Devr-i Alem</t>
+          <t>Benim Canım Fasulyem - Zuzu İle Allah’ın İsimlerini Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057674418</t>
+          <t>9786257909358</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
+          <t>Ruha Dokunan İnsan Öyküleri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257909426</t>
+          <t>9786257909464</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İhtimaller Sahnesi</t>
+          <t>Ol Dedi Oldum</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257909402</t>
+          <t>9786257909365</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Temizliğin Gücü Virüsü Yendi</t>
+          <t>80 Dakikada Devr-i Alem</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257909327</t>
+          <t>9786057674418</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Bu Bi Mucize</t>
+          <t>Sevgili Peygamberimizin Çocuk Arkadaşları (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786057674432</t>
+          <t>9786257909426</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
+          <t>Tarihin İhtimaller Sahnesi</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257909341</t>
+          <t>9786257909402</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
+          <t>Temizliğin Gücü Virüsü Yendi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257909334</t>
+          <t>9786257909327</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım Erguvan</t>
+          <t>Bu Bi Mucize</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257909310</t>
+          <t>9786057674432</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tur’a Dönüşmek</t>
+          <t>Tontiş Sincap ve Ailesi 6’lı Öykü Seti</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257909303</t>
+          <t>9786257909341</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Ahilik</t>
+          <t>Kıyamet Öncesi Alem Bilgisi - Dijital Virüs</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057674784</t>
+          <t>9786257909334</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Çay Reçeteleri</t>
+          <t>Hayal Ağacım Erguvan</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057674791</t>
+          <t>9786257909310</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Tur’a Dönüşmek</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057674777</t>
+          <t>9786257909303</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
+          <t>Ahilik</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057674616</t>
+          <t>9786057674784</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sen Gül Ben Onları Oyalarım</t>
+          <t>Tıbbi Çay Reçeteleri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057674623</t>
+          <t>9786057674791</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Artık Gülsem de Gam Yemem</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057674678</t>
+          <t>9786057674777</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Başarının Sırrı</t>
+          <t>Teoride ve Uygulamada Yerel Yönetim 4.0</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057674487</t>
+          <t>9786057674616</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>En Eğlenceli Boyama 6’lı Set</t>
+          <t>Sen Gül Ben Onları Oyalarım</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057674692</t>
+          <t>9786057674623</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Kader midir?</t>
+          <t>Artık Gülsem de Gam Yemem</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057674654</t>
+          <t>9786057674678</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>50 Kuştüyü Masal</t>
+          <t>Başarının Sırrı</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057674661</t>
+          <t>9786057674487</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
+          <t>En Eğlenceli Boyama 6’lı Set</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057674449</t>
+          <t>9786057674692</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Anlar</t>
+          <t>Evlilik Kader midir?</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057674647</t>
+          <t>9786057674654</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>16:8 - Sirkadiyen Diyet</t>
+          <t>50 Kuştüyü Masal</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057674630</t>
+          <t>9786057674661</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Takılanın Geleceği Olmaz</t>
+          <t>Tanrı İsa’dan Tavr-ı İsa’ya</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057674326</t>
+          <t>9786057674449</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Kız</t>
+          <t>Babalar da Anlar</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057674609</t>
+          <t>9786057674647</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Kalp Sıfır Stres</t>
+          <t>16:8 - Sirkadiyen Diyet</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786057674388</t>
+          <t>9786057674630</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
+          <t>Geçmişe Takılanın Geleceği Olmaz</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786057674357</t>
+          <t>9786057674326</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Kadınları</t>
+          <t>Karanlıktaki Kız</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057674470</t>
+          <t>9786057674609</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Adamı Dinden Çıkarır</t>
+          <t>Sağlam Kalp Sıfır Stres</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786057674463</t>
+          <t>9786057674388</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Elfida</t>
+          <t>Etkinliklerle Eğlenerek Öğreniyorum (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786057674371</t>
+          <t>9786057674357</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Frezya</t>
+          <t>Zemheri Kadınları</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786057674364</t>
+          <t>9786057674470</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Hayat Her Gün Yeniden Başlar</t>
+          <t>Bu Sorular Adamı Dinden Çıkarır</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786057674340</t>
+          <t>9786057674463</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Tıbbi Bitkiler</t>
+          <t>Elfida</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786057674333</t>
+          <t>9786057674371</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Doktoru</t>
+          <t>Frezya</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057674234</t>
+          <t>9786057674364</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Müslüman'ın Şifa Rehberi</t>
+          <t>Hayat Her Gün Yeniden Başlar</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786057674241</t>
+          <t>9786057674340</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
+          <t>A’dan Z’ye Tıbbi Bitkiler</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786057674296</t>
+          <t>9786057674333</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kursak Krampları</t>
+          <t>Mutluluk Doktoru</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786057674265</t>
+          <t>9786057674234</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Aşk Vakti</t>
+          <t>Müslüman'ın Şifa Rehberi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786057674258</t>
+          <t>9786057674241</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Hatalarım</t>
+          <t>Mutlu Bir Yuva İçin Altı Mektup</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786057674272</t>
+          <t>9786057674296</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Son Rüyam</t>
+          <t>Kursak Krampları</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057674159</t>
+          <t>9786057674265</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İsim</t>
+          <t>Kalbin Aşk Vakti</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057674166</t>
+          <t>9786057674258</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İstiyorum</t>
+          <t>Benim Güzel Hatalarım</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786057674128</t>
+          <t>9786057674272</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
+          <t>Son Rüyam</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786057674135</t>
+          <t>9786057674159</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
+          <t>En Büyük İsim</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786057674111</t>
+          <t>9786057674166</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Sakın Okuma!</t>
+          <t>Mutlu Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786057674104</t>
+          <t>9786057674128</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Biz Aslında Neyiz</t>
+          <t>Oruç Çiğnemek Sakızı Bozar Mı Hocaaamm?</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057674081</t>
+          <t>9786057674135</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
+          <t>Kırık Kalbe Kırk Hadis - Dervişin Yolu 4</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786057674074</t>
+          <t>9786057674111</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kaygıları Aşma Rehberi</t>
+          <t>Bu Kitabı Sakın Okuma!</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786057674036</t>
+          <t>9786057674104</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
+          <t>Biz Aslında Neyiz</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786057674029</t>
+          <t>9786057674081</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
+          <t>Uyku Güvenli Bağlanma ve Bebeğiniz</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786057674005</t>
+          <t>9786057674074</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hayat Farkından Sonra Başlar</t>
+          <t>Kaygıları Aşma Rehberi</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052214855</t>
+          <t>9786057674036</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kutsalı Kesmek</t>
+          <t>Dijital Ölümsüzlük ve Ruh (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>125</v>
+        <v>310</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052214978</t>
+          <t>9786057674029</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli İşaretleri</t>
+          <t>Osmanlı Medeniyetinin İzinde 40 Şehir Portresi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052214961</t>
+          <t>9786057674005</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Yolu 3</t>
+          <t>Hayat Farkından Sonra Başlar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052214954</t>
+          <t>9786052214855</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
+          <t>Kutsalı Kesmek</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052214800</t>
+          <t>9786052214978</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Şizofrenik Haller</t>
+          <t>Yaşamın Gizli İşaretleri</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052214923</t>
+          <t>9786052214961</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Mucize Annelik Okulu</t>
+          <t>Dervişin Yolu 3</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052214831</t>
+          <t>9786052214954</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Zap Suyu Düşleri</t>
+          <t>Her Gece Bir Dua - Dervişin Yolu 2</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>26</v>
+        <v>450</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052214916</t>
+          <t>9786052214800</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
+          <t>Şizofrenik Haller</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052214848</t>
+          <t>9786052214923</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Aşk'a Kadar Kapalıyız</t>
+          <t>Mucize Annelik Okulu</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052214893</t>
+          <t>9786052214831</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
+          <t>Zap Suyu Düşleri</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>175</v>
+        <v>26</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052214879</t>
+          <t>9786052214916</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hiç-im</t>
+          <t>Her Güne Bir Ayet - Dervişin Yolu 1</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052214909</t>
+          <t>9786052214848</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Ruha Dokunan Patiler</t>
+          <t>Aşk'a Kadar Kapalıyız</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052214794</t>
+          <t>9786052214893</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Sufilerde Bir Nefs Terbiye Yöntemi Olarak Açlık</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052214763</t>
+          <t>9786052214879</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mevzular</t>
+          <t>Hiç-im</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052214787</t>
+          <t>9786052214909</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Tıptan Uzak Sağlıklı Hayat</t>
+          <t>Ruha Dokunan Patiler</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052214770</t>
+          <t>9786052214794</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hatırlasana</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052214756</t>
+          <t>9786052214763</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Mevzular</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052214749</t>
+          <t>9786052214787</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Titreşim Tıbbı</t>
+          <t>Tıptan Uzak Sağlıklı Hayat</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052214718</t>
+          <t>9786052214770</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kaderin Olsun</t>
+          <t>Hatırlasana</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052214701</t>
+          <t>9786052214756</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052214695</t>
+          <t>9786052214749</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kanserde Doğru Bilinen Yanlışlar</t>
+          <t>Titreşim Tıbbı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052214671</t>
+          <t>9786052214718</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğdim</t>
+          <t>Kalbin Kaderin Olsun</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052214664</t>
+          <t>9786052214701</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Turgut İle Tomris</t>
+          <t>UNESCO'nun Tarihi Miras Olarak Kabul Ettiği Yeni Akdeniz Diyeti</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052214657</t>
+          <t>9786052214695</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Son Saat Yaklaştı</t>
+          <t>Kanserde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>150</v>
+        <v>525</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052214626</t>
+          <t>9786052214671</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Satanizmle Mücadele - El Kitabı</t>
+          <t>Boyun Eğdim</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052214589</t>
+          <t>9786052214664</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk Bir Rüya</t>
+          <t>Turgut İle Tomris</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052214619</t>
+          <t>9786052214657</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri 2</t>
+          <t>Son Saat Yaklaştı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052214602</t>
+          <t>9786052214626</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin İç Sesi</t>
+          <t>Satanizmle Mücadele - El Kitabı</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052214565</t>
+          <t>9786052214589</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Ötesi</t>
+          <t>Üç Çocuk Bir Rüya</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052214572</t>
+          <t>9786052214619</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>İz Bırak (Ciltli)</t>
+          <t>Mutluluk Kürleri 2</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>575</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052214459</t>
+          <t>9786052214602</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yara İzi</t>
+          <t>Erkeklerin İç Sesi</t>
         </is>
       </c>
       <c r="C772" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052214534</t>
+          <t>9786052214565</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Beden Dili</t>
+          <t>Şiir ve Ötesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052214541</t>
+          <t>9786052214572</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ahlak-ı Muhammedi</t>
+          <t>İz Bırak (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052214510</t>
+          <t>9786052214459</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
+          <t>Yara İzi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052214503</t>
+          <t>9786052214534</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Şifresi Sende</t>
+          <t>Hz. Peygamber'in Beden Dili</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052214114</t>
+          <t>9786052214541</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Burcu'nun Öyküleri - 1</t>
+          <t>Ahlak-ı Muhammedi</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052214527</t>
+          <t>9786052214510</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hem Anneyim Hem İnsan</t>
+          <t>5G Nesnelerin İnterneti ve Sağlığımız</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052214480</t>
+          <t>9786052214503</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Aşkları</t>
+          <t>İyileşmenin Şifresi Sende</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052214473</t>
+          <t>9786052214114</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Hayat Kurtarır!</t>
+          <t>Burcu'nun Öyküleri - 1</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052214466</t>
+          <t>9786052214527</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Başlarım Senin Aşkına</t>
+          <t>Hem Anneyim Hem İnsan</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052214442</t>
+          <t>9786052214480</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Müsait Bir Yerde Gidecek Var</t>
+          <t>Sosyal Medya Aşkları</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052214411</t>
+          <t>9786052214473</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
+          <t>Vicdan Hayat Kurtarır!</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052214428</t>
+          <t>9786052214466</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
+          <t>Başlarım Senin Aşkına</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052214381</t>
+          <t>9786052214442</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Pi Cemiyeti</t>
+          <t>Müsait Bir Yerde Gidecek Var</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052214350</t>
+          <t>9786052214411</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ya Biz Ya Hiç</t>
+          <t>Kaliteli Yaşamın Sırrı 3'ü 1 Arada</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052214336</t>
+          <t>9786052214428</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bebek Rehberi İlk Bir Yıl</t>
+          <t>Fazla Uzaklaşmış Olamam Döndür Beni</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052214305</t>
+          <t>9786052214381</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
+          <t>Pi Cemiyeti</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052214299</t>
+          <t>9786052214350</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>Ya Biz Ya Hiç</t>
         </is>
       </c>
       <c r="C789" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052214220</t>
+          <t>9786052214336</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hodbinler</t>
+          <t>Bebek Rehberi İlk Bir Yıl</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052214268</t>
+          <t>9786052214305</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Sevseydi Gitmezdi</t>
+          <t>Kusursuz İnsanlar Nasıl Tedavi Edilir?</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052214237</t>
+          <t>9786052214299</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Haletiruhiye</t>
+          <t>67</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052214251</t>
+          <t>9786052214220</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>En Etkili 300 Dua</t>
+          <t>Hodbinler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052214213</t>
+          <t>9786052214268</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
+          <t>Sevseydi Gitmezdi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052214145</t>
+          <t>9786052214237</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Süper Gıdalar</t>
+          <t>Haletiruhiye</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052214206</t>
+          <t>9786052214251</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kuşu</t>
+          <t>En Etkili 300 Dua</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052214183</t>
+          <t>9786052214213</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
+          <t>Çocuk Eğitiminde Her Güne Bir Tavsiye</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052214169</t>
+          <t>9786052214145</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalbin Duasıdır</t>
+          <t>Çocuklar İçin Süper Gıdalar</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052214077</t>
+          <t>9786052214206</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İncinmiş Ruhlara Şifa</t>
+          <t>Cennet Kuşu</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052214107</t>
+          <t>9786052214183</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
+          <t>Neee? Kümese Yeni Bir Civciv mi Geliyor?</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052214060</t>
+          <t>9786052214169</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile Okulu</t>
+          <t>Aşk Kalbin Duasıdır</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052214053</t>
+          <t>9786052214077</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım İğde</t>
+          <t>İncinmiş Ruhlara Şifa</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052214039</t>
+          <t>9786052214107</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bazıları Uzaktan Sever</t>
+          <t>Kıyametten Önce Son Defa Belki Bir İlk Olarak Şimdi (Ciltli)</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052214046</t>
+          <t>9786052214060</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Canıma Susuyorum</t>
+          <t>Müslüman Aile Okulu</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052214015</t>
+          <t>9786052214053</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
+          <t>Hayal Ağacım İğde</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789752477872</t>
+          <t>9786052214039</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Hayal Terbiyecisi</t>
+          <t>Bazıları Uzaktan Sever</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789752477742</t>
+          <t>9786052214046</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Yok</t>
+          <t>Canıma Susuyorum</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789752477834</t>
+          <t>9786052214015</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zülfün Gece Olmuş</t>
+          <t>Kapat! Çocukları Sanal Dünyada(n) Koruma Kılavuzu</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789752477858</t>
+          <t>9789752477872</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Allah Kimlere 'Değer' Verir?</t>
+          <t>Hayal Terbiyecisi</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789752477797</t>
+          <t>9789752477742</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Cennet</t>
+          <t>Sonrası Yok</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789752477773</t>
+          <t>9789752477834</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Tek Allah, Tek Din, Tek Kitap</t>
+          <t>Siyah Zülfün Gece Olmuş</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789752477759</t>
+          <t>9789752477858</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Tıbbın 10 Şifresi</t>
+          <t>Allah Kimlere 'Değer' Verir?</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789752477667</t>
+          <t>9789752477797</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Suriye İçin Çorba</t>
+          <t>Cennet</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789752477674</t>
+          <t>9789752477773</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bütünsel Güzellik</t>
+          <t>Tek Allah, Tek Din, Tek Kitap</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789752477513</t>
+          <t>9789752477759</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in Hafiyeleri</t>
+          <t>Gerçek Tıbbın 10 Şifresi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752477490</t>
+          <t>9789752477667</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Yavaşlar Kazanır</t>
+          <t>Suriye İçin Çorba</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789752477483</t>
+          <t>9789752477674</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
+          <t>Bütünsel Güzellik</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789752477445</t>
+          <t>9789752477513</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Sen Yaz</t>
+          <t>2. Abdülhamid’in Hafiyeleri</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>80</v>
+        <v>210</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789752477421</t>
+          <t>9789752477490</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yama</t>
+          <t>Yarışı Yavaşlar Kazanır</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789752477582</t>
+          <t>9789752477483</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Beni Neden Sevmedin?</t>
+          <t>Osmanlı Şehzade Günlükleri: 1 - 2. Abdülhamid’in Çocukluk Düşleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789752477452</t>
+          <t>9789752477445</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Gerçeksen</t>
+          <t>Tarihi Sen Yaz</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752477612</t>
+          <t>9789752477421</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Yoğurt</t>
+          <t>Kırk Yama</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789752477476</t>
+          <t>9789752477582</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İçinize Dönün</t>
+          <t>Beni Neden Sevmedin?</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789752477629</t>
+          <t>9789752477452</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
+          <t>Gerçeksen</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789752477377</t>
+          <t>9789752477612</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ya Evde Yoksam</t>
+          <t>Yoğurt</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789752477391</t>
+          <t>9789752477476</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Beynini Doğru Besle</t>
+          <t>İçinize Dönün</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789752477322</t>
+          <t>9789752477629</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Özel Beslenenler İçin Tarifler</t>
+          <t>3-10 Yaş Çocukları İçin Oyun ve Etkinlikler</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789752477353</t>
+          <t>9789752477377</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Onun Kumaşı Farklıydı</t>
+          <t>Ya Evde Yoksam</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789752477292</t>
+          <t>9789752477391</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kaybettik</t>
+          <t>Beynini Doğru Besle</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752477261</t>
+          <t>9789752477322</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Sır.. Türkler!</t>
+          <t>Özel Beslenenler İçin Tarifler</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752477285</t>
+          <t>9789752477353</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Durağı</t>
+          <t>Onun Kumaşı Farklıydı</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752477254</t>
+          <t>9789752477292</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Atıştır</t>
+          <t>Güzel Kaybettik</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752477230</t>
+          <t>9789752477261</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kansersavar Mutfak</t>
+          <t>Sır.. Türkler!</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789752477223</t>
+          <t>9789752477285</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Kurtulur?</t>
+          <t>Gökyüzü Durağı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789752477247</t>
+          <t>9789752477254</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
+          <t>Sağlıklı Atıştır</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>125</v>
+        <v>285</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789752477186</t>
+          <t>9789752477230</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ferman Padişahındır</t>
+          <t>Kansersavar Mutfak</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789752477001</t>
+          <t>9789752477223</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ile İş Hayatı</t>
+          <t>İnsan Nasıl Kurtulur?</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752477124</t>
+          <t>9789752477247</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Kanatlar</t>
+          <t>Hüzünlü Kalplere şefkatli Dokunuşlar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>225</v>
+        <v>125</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789752477155</t>
+          <t>9789752477186</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ve Sen Geldin</t>
+          <t>Ferman Padişahındır</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789752477100</t>
+          <t>9789752477001</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Etik Hackerlığa Giriş</t>
+          <t>Mevlana ile İş Hayatı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>275</v>
+        <v>75</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059841948</t>
+          <t>9789752477124</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Takıntılardan Kurtulma Rehberi</t>
+          <t>Kökler ve Kanatlar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789752477063</t>
+          <t>9789752477155</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası Hayırlısı</t>
+          <t>Ve Sen Geldin</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789752477070</t>
+          <t>9789752477100</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Sen O'na Aşıksın</t>
+          <t>Etik Hackerlığa Giriş</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752477049</t>
+          <t>9786059841948</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Teselli Koleksiyonu</t>
+          <t>Takıntılardan Kurtulma Rehberi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789752477056</t>
+          <t>9789752477063</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Benden Vazgeçme Ya Rab!</t>
+          <t>Uzun Lafın Kısası Hayırlısı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059841955</t>
+          <t>9789752477070</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
+          <t>Sen O'na Aşıksın</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>50</v>
+        <v>310</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059841986</t>
+          <t>9789752477049</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Türk Tipi Cumhurbaşkanlığı</t>
+          <t>Dervişin Teselli Koleksiyonu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>50</v>
+        <v>375</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059841887</t>
+          <t>9789752477056</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
+          <t>Benden Vazgeçme Ya Rab!</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059841870</t>
+          <t>9786059841955</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
+          <t>Yeni Anayasa Cumhurbaşkanlığı Sistemi Yeni Türkiye</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>475</v>
+        <v>50</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059841825</t>
+          <t>9786059841986</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Türk Psikiyatristin Divanı</t>
+          <t>Türk Tipi Cumhurbaşkanlığı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059841801</t>
+          <t>9786059841887</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Ruhuna 7 Armağan</t>
+          <t>İlk 12 Ayda Bebeğin Gelişimi - Beslenmesi Oyunları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059841832</t>
+          <t>9786059841870</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
+          <t>1 - 5 Yaş Çocuğunun Gelişimi - Beslenmesi Oyunları</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059841757</t>
+          <t>9786059841825</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Simya</t>
+          <t>Türk Psikiyatristin Divanı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059841726</t>
+          <t>9786059841801</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>İyi Gıda Kötü Gıda</t>
+          <t>Çocuğun Ruhuna 7 Armağan</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786059841610</t>
+          <t>9786059841832</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Arayan Çocuk</t>
+          <t>Çocuk Psikolojisini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059841658</t>
+          <t>9786059841757</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Kürleri</t>
+          <t>Simya</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059841689</t>
+          <t>9786059841726</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ağacım</t>
+          <t>İyi Gıda Kötü Gıda</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059841634</t>
+          <t>9786059841610</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Varsın Olmasın</t>
+          <t>Allah'ı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786059841573</t>
+          <t>9786059841658</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik Olarak Riskli Bebek</t>
+          <t>Mutluluk Kürleri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059841566</t>
+          <t>9786059841689</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Anne İşi Çözümler</t>
+          <t>Hayal Ağacım</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059841535</t>
+          <t>9786059841634</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Çocukları İlaçlamayın</t>
+          <t>Varsın Olmasın</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059841528</t>
+          <t>9786059841573</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>DAİŞ</t>
+          <t>Nörolojik Olarak Riskli Bebek</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059841481</t>
+          <t>9786059841566</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Harbi Yiyorum</t>
+          <t>Anne İşi Çözümler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786059841474</t>
+          <t>9786059841535</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Tam Şifa</t>
+          <t>Yaramaz Çocukları İlaçlamayın</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>800</v>
+        <v>260</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059841375</t>
+          <t>9786059841528</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Doğal Doğum</t>
+          <t>DAİŞ</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786055181420</t>
+          <t>9786059841481</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Doğruluk Kitabı</t>
+          <t>Harbi Yiyorum</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059841337</t>
+          <t>9786059841474</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>30 Günde 10 Yıl</t>
+          <t>Tam Şifa</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>285</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059841245</t>
+          <t>9786059841375</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
+          <t>Doğal Doğum</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059841320</t>
+          <t>9786055181420</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Apiterapi - Arıyla Gelen Şifa</t>
+          <t>Doğruluk Kitabı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059841313</t>
+          <t>9786059841337</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Başımın Üstünde Yerin Var</t>
+          <t>30 Günde 10 Yıl</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059841252</t>
+          <t>9786059841245</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Vav Uğruna</t>
+          <t>Fıtrat Pedagojisi 2 - Peygamberlerin Çocuk Eğitimi Metotları</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059841221</t>
+          <t>9786059841320</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Sakatat</t>
+          <t>Apiterapi - Arıyla Gelen Şifa</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786054325726</t>
+          <t>9786059841313</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
+          <t>Başımın Üstünde Yerin Var</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059841061</t>
+          <t>9786059841252</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
+          <t>Vav Uğruna</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786055181529</t>
+          <t>9786059841221</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Terapileri</t>
+          <t>Sakatat</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059841122</t>
+          <t>9786054325726</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Güzellemeleri</t>
+          <t>Karatay Diyeti’yle Yaşam Boyu Sağlık</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059841146</t>
+          <t>9786059841061</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Güzelliğin Kitabı</t>
+          <t>Anne Adayları ve Hamileler İçin Karatay Diyeti</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059841085</t>
+          <t>9786055181529</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
+          <t>Mutluluk Terapileri</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059841078</t>
+          <t>9786059841122</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Annenin Ruh Halleri</t>
+          <t>Ramazan Güzellemeleri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786055181383</t>
+          <t>9786059841146</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
+          <t>Ekolojik Güzelliğin Kitabı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786055181802</t>
+          <t>9786059841085</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Beden Aklıyla Zayıflama</t>
+          <t>Bitkisel Kürlerle İlaçsız Tedavi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786054325627</t>
+          <t>9786059841078</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Ey Aşk! Ey En Sevdiğim!</t>
+          <t>Annenin Ruh Halleri</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786055181727</t>
+          <t>9786055181383</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
+          <t>Karatay Diyeti'yle Beslenme Tuzaklarından Kurtuluş Rehberi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786055181789</t>
+          <t>9786055181802</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın İpine Aşkla Sarıl!</t>
+          <t>Beden Aklıyla Zayıflama</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786055181703</t>
+          <t>9786054325627</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Hazır Alma Kendin Yap!</t>
+          <t>Ey Aşk! Ey En Sevdiğim!</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786055181697</t>
+          <t>9786055181727</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Meze</t>
+          <t>Fitness Hakkında Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786055181857</t>
+          <t>9786055181789</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Oynuyorum</t>
+          <t>Allah’ın İpine Aşkla Sarıl!</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>460</v>
+        <v>325</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786055181826</t>
+          <t>9786055181703</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Hacamat</t>
+          <t>Hazır Alma Kendin Yap!</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786055181970</t>
+          <t>9786055181697</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunu Doğru Besle</t>
+          <t>Meze</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059841412</t>
+          <t>9786055181857</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Neboş</t>
+          <t>Bebeğimle Oynuyorum</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>100</v>
+        <v>525</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059841443</t>
+          <t>9786055181826</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklar Öğretmendir</t>
+          <t>Tıbbi Hacamat</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786055181475</t>
+          <t>9786055181970</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
+          <t>Çocuğunu Doğru Besle</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786055181536</t>
+          <t>9786059841412</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Oyun Dili</t>
+          <t>Neboş</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786055181024</t>
+          <t>9786059841443</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Yediklerinizin İçinde Ne Var?</t>
+          <t>Hastalıklar Öğretmendir</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786054325450</t>
+          <t>9786055181475</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Turşu</t>
+          <t>Örselenmiş Osmanlı'dan Medeniyet Umuduna</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786054325320</t>
+          <t>9786055181536</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
+          <t>Çocuk Eğitiminde Oyun Dili</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786054325016</t>
+          <t>9786055181024</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Taş Devri Diyeti</t>
+          <t>Yediklerinizin İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789759059354</t>
+          <t>9786054325450</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Atatürkçüğüm</t>
+          <t>Turşu</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789759059163</t>
+          <t>9786054325320</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Satılık Hastalıklar</t>
+          <t>Tıbbi Bitkileri Doğru Kullanma Rehberi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786054325719</t>
+          <t>9786054325016</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Sade Güzellik</t>
+          <t>Taş Devri Diyeti</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786054325153</t>
+          <t>9789759059354</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Özün Özü İbn Arabi</t>
+          <t>Sevgili Atatürkçüğüm</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789759059668</t>
+          <t>9789759059163</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Nefsin Terbiyesi</t>
+          <t>Satılık Hastalıklar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786054325238</t>
+          <t>9786054325719</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Naylon Aşkı Öldürür!</t>
+          <t>Sade Güzellik</t>
         </is>
       </c>
       <c r="C903" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786054325146</t>
+          <t>9786054325153</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Naturel Zayıflama</t>
+          <t>Özün Özü İbn Arabi</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786054325863</t>
+          <t>9789759059668</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Ev</t>
+          <t>Nefsin Terbiyesi</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786055181147</t>
+          <t>9786054325238</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Metafizik Mutluluk</t>
+          <t>Naylon Aşkı Öldürür!</t>
         </is>
       </c>
       <c r="C906" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786054325849</t>
+          <t>9786054325146</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Karatay Mutfağı</t>
+          <t>Naturel Zayıflama</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786055181154</t>
+          <t>9786054325863</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
+          <t>Mutlu Ev</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786054325481</t>
+          <t>9786055181147</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Karatay Diyeti</t>
+          <t>Metafizik Mutluluk</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786054325986</t>
+          <t>9786054325849</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Bitkiler</t>
+          <t>Karatay Mutfağı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059841283</t>
+          <t>9786055181154</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Aşıktım Hatırlamıyorum</t>
+          <t>Karatay Diyeti’yle Obezite ve Diyabete Çözüm Var!</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059841504</t>
+          <t>9786054325481</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Unutamadım</t>
+          <t>Karatay Diyeti</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786059841498</t>
+          <t>9786054325986</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Göbeğimi Nasıl Eritirim?</t>
+          <t>İyileştiren Bitkiler</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786055181451</t>
+          <t>9786059841283</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Yemezler</t>
+          <t>Aşıktım Hatırlamıyorum</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786055181284</t>
+          <t>9786059841504</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Bul</t>
+          <t>Unutamadım</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786055181307</t>
+          <t>9786059841498</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Otizme Çözüm Var!</t>
+          <t>Göbeğimi Nasıl Eritirim?</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
+          <t>9786055181451</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Yemezler</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786055181284</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Kalbini Bul</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786055181307</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Otizme Çözüm Var!</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
           <t>9786055181321</t>
         </is>
       </c>
-      <c r="B917" s="1" t="inlineStr">
+      <c r="B920" s="1" t="inlineStr">
         <is>
           <t>Antidepresan Tuzağı</t>
         </is>
       </c>
-      <c r="C917" s="1">
-        <v>200</v>
+      <c r="C920" s="1">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>