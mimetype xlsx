--- v0 (2025-10-19)
+++ v1 (2026-02-05)
@@ -85,190 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255643131</t>
+          <t>9786259847429</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Beneksiz Zürafa</t>
+          <t>Ejderha Tika</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255643148</t>
+          <t>9786259847412</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hekimin Büyük Yolculuğu</t>
+          <t>Ejderha Puffy</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255643117</t>
+          <t>9786255643179</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kulenin Sırrı</t>
+          <t>Anıların Fırtınası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255643108</t>
+          <t>9786255643162</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kulübede Korku Dolu Saatler</t>
+          <t>Sihirli Balon</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255643087</t>
+          <t>9786255643155</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterli Yarasalar</t>
+          <t>Kral Penguen</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255643063</t>
+          <t>9786255643209</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Korsan Adası</t>
+          <t>Kırmızı Uçurtma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255643070</t>
+          <t>9786259771700</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Köpek Balığı</t>
+          <t>Uzaylı Ejderhalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255643094</t>
+          <t>9786259810669</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Robotların Savaşı</t>
+          <t>Büyünün Efendisi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255643001</t>
+          <t>9786259810690</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Laneti</t>
+          <t>Son Dinozorlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
+          <t>9786259810652</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786259771717</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Marslı Yaratıklar</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786259810683</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Mağaradan Çıkış</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786259810676</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kristal Şehir</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786259810607</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Sultan ve Sevimli Kulaklar</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786259847474</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Estila</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786259810621</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kafadarlar</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786259847481</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Ormanın Sırrı</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786259847498</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Harabe Evin Sırrı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786259810614</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Ömer İle Sevimli Ayıcık</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786259810645</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Küçük İpek Tatilde</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786259977379</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Penguen</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056481291</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Jade</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786058105409</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Bir Deniz Efsanesi</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259977348</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Ayda</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259879802</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259877393</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Kralın Hazinesi</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786259977324</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Karanlık Gölgeler</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786058105492</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Takip</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786058105485</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Son Delil</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786057351203</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Boyga</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057351210</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Çığlık</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786058105447</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Alya</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786255643131</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Beneksiz Zürafa</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786255643148</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hekimin Büyük Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786255643117</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Kulenin Sırrı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786255643108</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kulübede Korku Dolu Saatler</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786255643087</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiterli Yarasalar</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786255643063</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Adası</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786255643070</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kurnaz Köpek Balığı</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786255643094</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Robotların Savaşı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786255643001</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Laneti</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9786255643124</t>
         </is>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Kod Adı Hayalet</t>
         </is>
       </c>
-      <c r="C11" s="1">
-        <v>300</v>
+      <c r="C43" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>