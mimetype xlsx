--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -85,670 +85,820 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259847429</t>
+          <t>9786259810638</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Tika</t>
+          <t>Yaz Ayazı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259847412</t>
+          <t>9786259847443</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Puffy</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255643179</t>
+          <t>9786259847467</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anıların Fırtınası</t>
+          <t>Coanda</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255643162</t>
+          <t>9786259847450</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Balon</t>
+          <t>Şapkalı Baykuş İle Aslan Kral</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255643155</t>
+          <t>9786259977355</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kral Penguen</t>
+          <t>Bozkırın Sessizliği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255643209</t>
+          <t>9786259977362</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Uçurtma</t>
+          <t>Aşksın Sen</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259771700</t>
+          <t>9786259879871</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Ejderhalar</t>
+          <t>Adaletin Çivisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259810669</t>
+          <t>9786259977331</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Büyünün Efendisi</t>
+          <t>Batur</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259810690</t>
+          <t>9786259977317</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Son Dinozorlar</t>
+          <t>Mırmır İle Gırgır</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259810652</t>
+          <t>9786259977300</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Beni Kendimle Bırak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259771717</t>
+          <t>9786259847429</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Marslı Yaratıklar</t>
+          <t>Ejderha Tika</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>310</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259810683</t>
+          <t>9786259847412</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Mağaradan Çıkış</t>
+          <t>Ejderha Puffy</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259810676</t>
+          <t>9786255643179</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kristal Şehir</t>
+          <t>Anıların Fırtınası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259810607</t>
+          <t>9786255643162</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Sevimli Kulaklar</t>
+          <t>Sihirli Balon</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259847474</t>
+          <t>9786255643155</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Estila</t>
+          <t>Kral Penguen</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259810621</t>
+          <t>9786255643209</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dört Kafadarlar</t>
+          <t>Kırmızı Uçurtma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259847481</t>
+          <t>9786259771700</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Ormanın Sırrı</t>
+          <t>Uzaylı Ejderhalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259847498</t>
+          <t>9786259810669</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Harabe Evin Sırrı</t>
+          <t>Büyünün Efendisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259810614</t>
+          <t>9786259810690</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ömer İle Sevimli Ayıcık</t>
+          <t>Son Dinozorlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259810645</t>
+          <t>9786259810652</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük İpek Tatilde</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259977379</t>
+          <t>9786259771717</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Penguen</t>
+          <t>Marslı Yaratıklar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056481291</t>
+          <t>9786259810683</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Jade</t>
+          <t>Esrarengiz Mağaradan Çıkış</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058105409</t>
+          <t>9786259810676</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Deniz Efsanesi</t>
+          <t>Kayıp Kristal Şehir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259977348</t>
+          <t>9786259810607</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ayda</t>
+          <t>Sultan ve Sevimli Kulaklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259879802</t>
+          <t>9786259847474</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dinozorlar</t>
+          <t>Estila</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259877393</t>
+          <t>9786259810621</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kralın Hazinesi</t>
+          <t>Dört Kafadarlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259977324</t>
+          <t>9786259847481</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gölgeler</t>
+          <t>Büyülü Ormanın Sırrı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058105492</t>
+          <t>9786259847498</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Harabe Evin Sırrı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058105485</t>
+          <t>9786259810614</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Son Delil</t>
+          <t>Ömer İle Sevimli Ayıcık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057351203</t>
+          <t>9786259810645</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Boyga</t>
+          <t>Küçük İpek Tatilde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057351210</t>
+          <t>9786259977379</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Çığlık</t>
+          <t>Sevimli Penguen</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058105447</t>
+          <t>9786056481291</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alya</t>
+          <t>Jade</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255643131</t>
+          <t>9786058105409</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beneksiz Zürafa</t>
+          <t>Bir Deniz Efsanesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255643148</t>
+          <t>9786259977348</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hekimin Büyük Yolculuğu</t>
+          <t>Ayda</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255643117</t>
+          <t>9786259879802</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kulenin Sırrı</t>
+          <t>Kızıl Dinozorlar</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255643108</t>
+          <t>9786259877393</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kulübede Korku Dolu Saatler</t>
+          <t>Kralın Hazinesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255643087</t>
+          <t>9786259977324</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Jüpiterli Yarasalar</t>
+          <t>Karanlık Gölgeler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255643063</t>
+          <t>9786058105492</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Korsan Adası</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255643070</t>
+          <t>9786058105485</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Köpek Balığı</t>
+          <t>Son Delil</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255643094</t>
+          <t>9786057351203</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Robotların Savaşı</t>
+          <t>Boyga</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255643001</t>
+          <t>9786057351210</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Laneti</t>
+          <t>Aynadaki Çığlık</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9786058105447</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Alya</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786255643131</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Beneksiz Zürafa</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786255643148</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Hekimin Büyük Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786255643117</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kulenin Sırrı</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786255643108</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Kulübede Korku Dolu Saatler</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786255643087</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Jüpiterli Yarasalar</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786255643063</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Korsan Adası</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786255643070</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kurnaz Köpek Balığı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786255643094</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Robotların Savaşı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786255643001</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Laneti</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
           <t>9786255643124</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Kod Adı Hayalet</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C53" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>