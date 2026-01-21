--- v0 (2025-11-07)
+++ v1 (2026-01-21)
@@ -85,3970 +85,4015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9771301212511</t>
+          <t>3990000000210</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 347 Kasım 2025</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 193 Muhammed İkbal Özel Sayısı: 25</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>738</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9771301212510</t>
+          <t>9771304762512</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 346 Ekim 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 132 Aralık 2025 - Ocak 2026</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9771304762510</t>
+          <t>9771301212512</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 131 Ekim - Kasım 2025</t>
+          <t>Hece Dergisi - Sayı 348 Aralık 2025</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9771301212509</t>
+          <t>9771301212511</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 345 Eylül 2025</t>
+          <t>Hece Dergisi - Sayı 347 Kasım 2025</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255956767</t>
+          <t>9771301212510</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 50 - 342/343/344 Haziran - Temmuz - Ağustos</t>
+          <t>Hece Dergisi - Sayı 346 Ekim 2025</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1999</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9771304762506</t>
+          <t>9771304762510</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 129 Haziran - Temmuz 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 131 Ekim - Kasım 2025</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9771301210301</t>
+          <t>9771301212509</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Diriliş Sezai Karakoç Özel Sayısı: 5 - 73 (Ciltsiz)</t>
+          <t>Hece Dergisi - Sayı 345 Eylül 2025</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>810</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4444444443752</t>
+          <t>9786255956767</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 201</t>
+          <t>Hece Dergisi Özel Sayı: 50 - 342/343/344 Haziran - Temmuz - Ağustos</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9771301212505</t>
+          <t>9771304762506</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 341 Mayıs 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 129 Haziran - Temmuz 2025</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9771304762504</t>
+          <t>9771301210301</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 128 Nisan - Mayıs 2025</t>
+          <t>Hece Aylık Edebiyat Dergisi Diriliş Sezai Karakoç Özel Sayısı: 5 - 73 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9771301212504</t>
+          <t>4444444443752</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 340 Nisan 2025</t>
+          <t>Hece Dergisi Sayı: 201</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9771301212503</t>
+          <t>9771301212505</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 339 Mart 2025</t>
+          <t>Hece Dergisi - Sayı 341 Mayıs 2025</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255956002</t>
+          <t>9771304762504</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 49 - 337 Ocak 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 128 Nisan - Mayıs 2025</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>920</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>3990000026802</t>
+          <t>9771301212504</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 147 / Mart 2009</t>
+          <t>Hece Dergisi - Sayı 340 Nisan 2025</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>3990000001749</t>
+          <t>9771301212503</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 60</t>
+          <t>Hece Dergisi - Sayı 339 Mart 2025</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000017267</t>
+          <t>9786255956002</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 203</t>
+          <t>Hece Dergisi Özel Sayı: 49 - 337 Ocak 2025</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000002742</t>
+          <t>3990000026802</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 28</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 147 / Mart 2009</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000002715</t>
+          <t>3990000001749</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 34</t>
+          <t>Hece Öykü Dergisi Sayı: 60</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000002696</t>
+          <t>3990000017267</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 35</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 203</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000002695</t>
+          <t>3990000002742</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 36</t>
+          <t>Hece Öykü Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000002694</t>
+          <t>3990000002715</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 37</t>
+          <t>Hece Öykü Dergisi Sayı: 34</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000002693</t>
+          <t>3990000002696</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 38</t>
+          <t>Hece Öykü Dergisi Sayı: 35</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000002683</t>
+          <t>3990000002695</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 39</t>
+          <t>Hece Öykü Dergisi Sayı: 36</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000026800</t>
+          <t>3990000002694</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 63 Haziran-Temmuz 2014</t>
+          <t>Hece Öykü Dergisi Sayı: 37</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000001724</t>
+          <t>3990000002693</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 59</t>
+          <t>Hece Öykü Dergisi Sayı: 38</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000001106</t>
+          <t>3990000002683</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 56</t>
+          <t>Hece Öykü Dergisi Sayı: 39</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000001103</t>
+          <t>3990000026800</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 55</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 63 Haziran-Temmuz 2014</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000001099</t>
+          <t>3990000001724</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 52</t>
+          <t>Hece Öykü Dergisi Sayı: 59</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000008062</t>
+          <t>3990000001106</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 47</t>
+          <t>Hece Öykü Dergisi Sayı: 56</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000008060</t>
+          <t>3990000001103</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 44</t>
+          <t>Hece Öykü Dergisi Sayı: 55</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000009341</t>
+          <t>3990000001099</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 42</t>
+          <t>Hece Öykü Dergisi Sayı: 52</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000001101</t>
+          <t>3990000008062</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 41</t>
+          <t>Hece Öykü Dergisi Sayı: 47</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000000206</t>
+          <t>3990000008060</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 170</t>
+          <t>Hece Öykü Dergisi Sayı: 44</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000009354</t>
+          <t>3990000009341</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 178</t>
+          <t>Hece Öykü Dergisi Sayı: 42</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000009355</t>
+          <t>3990000001101</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 168</t>
+          <t>Hece Öykü Dergisi Sayı: 41</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000000232</t>
+          <t>3990000000206</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 167</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 170</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000000228</t>
+          <t>3990000009354</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 166</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 178</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000001104</t>
+          <t>3990000009355</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 53</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 168</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000030645</t>
+          <t>3990000000232</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 167</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>815</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000008058</t>
+          <t>3990000000228</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayısı: 31/2006 - 114 / 116 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 166</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000009336</t>
+          <t>3990000001104</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyatı Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 (Ciltli)</t>
+          <t>Hece Öykü Dergisi Sayı: 53</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000000203</t>
+          <t>3990000030645</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>970</v>
+        <v>815</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000031447</t>
+          <t>3990000008058</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hece Ahmet Hamdi Tanpınar Özel Sayısı 61 2002 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayısı: 31/2006 - 114 / 116 (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>999</v>
+        <v>950</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9771304762412</t>
+          <t>3990000009336</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 126 Aralık 2024 - Ocak 2025</t>
+          <t>Hece Aylık Edebiyatı Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9771301212412</t>
+          <t>3990000000203</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 336 Aralık 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>970</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>4444444443242</t>
+          <t>3990000031447</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 335 Kasım 2024</t>
+          <t>Hece Ahmet Hamdi Tanpınar Özel Sayısı 61 2002 (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>999</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256610170</t>
+          <t>9771304762412</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel - Özel Sayı: 47</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 126 Aralık 2024 - Ocak 2025</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1995</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>4444444443136</t>
+          <t>9771301212412</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 334 Ekim 2024</t>
+          <t>Hece Dergisi - Sayı 336 Aralık 2024</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4444444443135</t>
+          <t>4444444443242</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 125 Ekim - Kasım 2024</t>
+          <t>Hece Dergisi - Sayı 335 Kasım 2024</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>4444444443043</t>
+          <t>9786256610170</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 333 Eylül 2024</t>
+          <t>İsmet Özel - Özel Sayı: 47</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4444444442844</t>
+          <t>4444444443136</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 124 Ağustos - Eylül 2024</t>
+          <t>Hece Dergisi - Sayı 334 Ekim 2024</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>4444444442670</t>
+          <t>4444444443135</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 123 Haziran - Temmuz 2024</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 125 Ekim - Kasım 2024</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256610729</t>
+          <t>4444444443043</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Özel Sayısı (2 Cilt) 330/331/332. Sayı Haziran/Temmuz/Ağustos 2024</t>
+          <t>Hece Dergisi - Sayı: 333 Eylül 2024</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>3990000054512</t>
+          <t>4444444442844</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 82</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 124 Ağustos - Eylül 2024</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>3990000036437</t>
+          <t>4444444442670</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 251 - Kasım 2017</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 123 Haziran - Temmuz 2024</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000078498</t>
+          <t>9786256610729</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 249 - Eylül 2017</t>
+          <t>Türk Sineması Özel Sayısı (2 Cilt) 330/331/332. Sayı Haziran/Temmuz/Ağustos 2024</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000029422</t>
+          <t>3990000054512</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 79 Şubat - Mart 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 82</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000034307</t>
+          <t>3990000036437</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 80 Nisan-Mayıs 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 251 - Kasım 2017</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000028989</t>
+          <t>3990000078498</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 226 - Ekim 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 249 - Eylül 2017</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000044900</t>
+          <t>3990000029422</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 231 - Mart 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 79 Şubat - Mart 2017</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000028706</t>
+          <t>3990000034307</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 225 - Eylül 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 80 Nisan-Mayıs 2017</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000009342</t>
+          <t>3990000028989</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 183</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 226 - Ekim 2015</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000022744</t>
+          <t>3990000044900</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 275 Kasım 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 231 - Mart 2016</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>4444444442540</t>
+          <t>3990000028706</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 329 Mayıs 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 225 - Eylül 2015</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>4440000004542</t>
+          <t>3990000009342</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 122 Nisan - Mayıs 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 183</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>4440000004541</t>
+          <t>3990000022744</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 328 Nisan 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 275 Kasım 2019</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>4440000004453</t>
+          <t>4444444442540</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 327 Mart 2024</t>
+          <t>Hece Dergisi - Sayı: 329 Mayıs 2024</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>4440000004314</t>
+          <t>4440000004542</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 326 Şubat 2024</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 122 Nisan - Mayıs 2024</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4440000004313</t>
+          <t>4440000004541</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 121 Şubat - Mart 2024</t>
+          <t>Hece Dergisi - Sayı: 328 Nisan 2024</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>4440000004055</t>
+          <t>4440000004453</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 324 Aralık 2023</t>
+          <t>Hece Dergisi - Sayı: 327 Mart 2024</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4440000004054</t>
+          <t>4440000004314</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 120 Aralık 2023 - Ocak 2024</t>
+          <t>Hece Dergisi - Sayı: 326 Şubat 2024</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>4440000003948</t>
+          <t>4440000004313</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 323 Kasım 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 121 Şubat - Mart 2024</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>4440000003843</t>
+          <t>4440000004055</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 119 Ekim - Kasım 2023</t>
+          <t>Hece Dergisi - Sayı: 324 Aralık 2023</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4440000003842</t>
+          <t>4440000004054</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 322 Ekim 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 120 Aralık 2023 - Ocak 2024</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4440000003732</t>
+          <t>4440000003948</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 321 Eylül 2023</t>
+          <t>Hece Dergisi - Sayı: 323 Kasım 2023</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4440000003569</t>
+          <t>4440000003843</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 118 Ağustos - Eylül 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 119 Ekim - Kasım 2023</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4440000003324</t>
+          <t>4440000003842</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 46 - 318/ 319/ 320 Haziran 2023</t>
+          <t>Hece Dergisi - Sayı: 322 Ekim 2023</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>4440000003323</t>
+          <t>4440000003732</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 117 Haziran - Temmuz 2023</t>
+          <t>Hece Dergisi - Sayı: 321 Eylül 2023</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>4440000003185</t>
+          <t>4440000003569</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 317 Mayıs 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 118 Ağustos - Eylül 2023</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>4440000003094</t>
+          <t>4440000003324</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 116 Nisan - Mayıs 2023</t>
+          <t>Hece Dergisi Özel Sayı: 46 - 318/ 319/ 320 Haziran 2023</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>4440000003093</t>
+          <t>4440000003323</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 316 Nisan 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 117 Haziran - Temmuz 2023</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>4440000002970</t>
+          <t>4440000003185</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 315</t>
+          <t>Hece Dergisi - Sayı: 317 Mayıs 2023</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>4440000002860</t>
+          <t>4440000003094</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 314 - Şubat 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 116 Nisan - Mayıs 2023</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>4440000002859</t>
+          <t>4440000003093</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 115 Şubat - Mart 2023</t>
+          <t>Hece Dergisi - Sayı: 316 Nisan 2023</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9771301210450</t>
+          <t>4440000002970</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 45 - 313 Ocak 2023</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 315</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>890</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4440000002589</t>
+          <t>4440000002860</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 114 Aralık 2022 - Ocak 2023</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 314 - Şubat 2023</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>4440000002588</t>
+          <t>4440000002859</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 312 Aralık 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 115 Şubat - Mart 2023</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>4440000002471</t>
+          <t>9771301210450</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 311 Kasım 2022</t>
+          <t>Hece Dergisi Özel Sayı: 45 - 313 Ocak 2023</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>4440000002251</t>
+          <t>4440000002589</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 113 Ekim - Kasım 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 114 Aralık 2022 - Ocak 2023</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>4440000002250</t>
+          <t>4440000002588</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 310 Ekim 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 312 Aralık 2022</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>4440000002012</t>
+          <t>4440000002471</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 309 Eylül 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 311 Kasım 2022</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>4440000001834</t>
+          <t>4440000002251</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 112 Ağustos - Eylül 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 113 Ekim - Kasım 2022</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4440000001457</t>
+          <t>4440000002250</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Kudüs Özel Sayı: 44 Sayı: 306-307-308</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 310 Ekim 2022</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>4440000001353</t>
+          <t>4440000002012</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 111 Haziran - Temmuz 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 309 Eylül 2022</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>4440000001171</t>
+          <t>4440000001834</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 305 Mayıs 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 112 Ağustos - Eylül 2022</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>4440000001045</t>
+          <t>4440000001457</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 304 - Nisan 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Kudüs Özel Sayı: 44 Sayı: 306-307-308</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>4440000001044</t>
+          <t>4440000001353</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 110 Nisan - Mayıs 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 111 Haziran - Temmuz 2022</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257449908</t>
+          <t>4440000001171</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Dostoyevski Özel Sayısı: 43 Yıl: 26 Sayı: 301 Ocak 2022 (2 Cilt)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 305 Mayıs 2022</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9771304760006</t>
+          <t>4440000001045</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 89 (Ekim-Kasım 2018)</t>
+          <t>Hece Dergisi Sayı: 304 - Nisan 2022</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9771301210061</t>
+          <t>4440000001044</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hikayenin Türkçe Sesi Ömer Seyfettin Özel Sayısı Sayı: 37 - 265 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 110 Nisan - Mayıs 2022</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9771301210054</t>
+          <t>9786257449908</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Türk Edebiyatında Polemikler Özel Sayısı: 258/259/260 Haziran-Temmuz-Ağustos 2018 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Dostoyevski Özel Sayısı: 43 Yıl: 26 Sayı: 301 Ocak 2022 (2 Cilt)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1180</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9771301211006</t>
+          <t>9771304760006</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sabahattin Ali Özel Sayısı Sayı: 35 - 253 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 89 (Ekim-Kasım 2018)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9771301210429</t>
+          <t>9771301210061</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 294/295/296 Haziran/Temmuz/Ağustos 2021 - Sanat Özel Sayı: 42 (2 Cilt Takım)</t>
+          <t>Hece Aylık Edebiyat Dergisi Hikayenin Türkçe Sesi Ömer Seyfettin Özel Sayısı Sayı: 37 - 265 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2600</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9771301210412</t>
+          <t>9771301210054</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Alaeddin Özdenören Özel Sayısı: 41 Ocak 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Türk Edebiyatında Polemikler Özel Sayısı: 258/259/260 Haziran-Temmuz-Ağustos 2018 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>850</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9771301210405</t>
+          <t>9771301211006</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 24 Sayı: 282/283/284 Haziran/Temmuz/Ağustos 2020 - Türk Edebiyatında Deneme Özel Sayı: 40</t>
+          <t>Hece Aylık Edebiyat Dergisi Sabahattin Ali Özel Sayısı Sayı: 35 - 253 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1400</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9771301210016</t>
+          <t>9771301210429</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Cahit Zarifoğlu Özel Sayısı: 14 - 126/127/128 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 294/295/296 Haziran/Temmuz/Ağustos 2021 - Sanat Özel Sayı: 42 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>890</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9771301210047</t>
+          <t>9771301210412</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı: 1 /46- 47 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Alaeddin Özdenören Özel Sayısı: 41 Ocak 2021</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1050</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057547576</t>
+          <t>9771301210405</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Nurettin Topçu Özel Sayısı: 11-109</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 24 Sayı: 282/283/284 Haziran/Temmuz/Ağustos 2020 - Türk Edebiyatında Deneme Özel Sayı: 40</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>890</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9771301210399</t>
+          <t>9771301210016</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Akif İnan Özel Sayısı:39 / 277 Ocak 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Cahit Zarifoğlu Özel Sayısı: 14 - 126/127/128 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>950</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9771301210382</t>
+          <t>9771301210047</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Karl Marx Özel Sayısı: 38 - 270/271/272 (2 Cilt Bir Arada) (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı: 1 /46- 47 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1890</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000021471</t>
+          <t>9786057547576</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl:18 Sayı: 108 Aralık 2021 - Ocak 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Nurettin Topçu Özel Sayısı: 11-109</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000063104</t>
+          <t>9771301210399</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 300 Aralık 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Akif İnan Özel Sayısı:39 / 277 Ocak 2020</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000063105</t>
+          <t>9771301210382</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 299 Kasım 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Karl Marx Özel Sayısı: 38 - 270/271/272 (2 Cilt Bir Arada) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000021478</t>
+          <t>3990000021471</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı:107 Ekim - Kasım 2021</t>
+          <t>Hece Öykü Dergisi Yıl:18 Sayı: 108 Aralık 2021 - Ocak 2022</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000087999</t>
+          <t>3990000063104</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hece Edebiyat Dergisi Sayı: 298 Ekim 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 300 Aralık 2021</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000063745</t>
+          <t>3990000063105</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 297 Eylül 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 299 Kasım 2021</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000017220</t>
+          <t>3990000021478</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 106 Ağustos-Eylül 2021</t>
+          <t>Hece Öykü Dergisi Sayı:107 Ekim - Kasım 2021</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000031853</t>
+          <t>3990000087999</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 105 Haziran - Temmuz 2021</t>
+          <t>Hece Edebiyat Dergisi Sayı: 298 Ekim 2021</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000063746</t>
+          <t>3990000063745</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 293 Mayıs 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 297 Eylül 2021</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3991302001006</t>
+          <t>3990000017220</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 104 Nisan - Mayıs 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 106 Ağustos-Eylül 2021</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990201200020</t>
+          <t>3990000031853</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 292 Nisan 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 105 Haziran - Temmuz 2021</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990201200019</t>
+          <t>3990000063746</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 291 Mart 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 293 Mayıs 2021</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990201200018</t>
+          <t>3991302001006</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 290 Şubat 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 104 Nisan - Mayıs 2021</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3991302001005</t>
+          <t>3990201200020</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 103 Şubat - Mart 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 292 Nisan 2021</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3991301213010</t>
+          <t>3990201200019</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 288 Aralık 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 291 Mart 2021</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3991304761066</t>
+          <t>3990201200018</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 102 Aralık 2020 - Ocak 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 290 Şubat 2021</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>4440000000563</t>
+          <t>3991302001005</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 194</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 103 Şubat - Mart 2021</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>4440000000337</t>
+          <t>3991301213010</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 302 Şubat 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 288 Aralık 2020</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>4440000000336</t>
+          <t>3991304761066</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı:109 Şubat -Mart 2022</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 102 Aralık 2020 - Ocak 2021</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000088511</t>
+          <t>4440000000563</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 287 Kasım 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 194</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3991301213009</t>
+          <t>4440000000337</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 286 Ekim 2020</t>
+          <t>Hece Dergisi Sayı: 302 Şubat 2022</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3991304761005</t>
+          <t>4440000000336</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 101 Ekim - Kasım 2020</t>
+          <t>Hece Öykü Dergisi Sayı:109 Şubat -Mart 2022</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>3991301210009</t>
+          <t>3990000088511</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 285 Eylül 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 287 Kasım 2020</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3991304760005</t>
+          <t>3991301213009</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 100 Ağustos-Eylül 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 286 Ekim 2020</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3991304760006</t>
+          <t>3991304761005</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 99 Haziran - Temmuz 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 101 Ekim - Kasım 2020</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3999878856425</t>
+          <t>3991301210009</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 281 Mayıs 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 285 Eylül 2020</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000082569</t>
+          <t>3991304760005</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 98 Nisan 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 100 Ağustos-Eylül 2020</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000023147</t>
+          <t>3991304760006</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 280 Nisan 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 99 Haziran - Temmuz 2020</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000099053</t>
+          <t>3999878856425</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 279 Mart 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 281 Mayıs 2020</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000059052</t>
+          <t>3990000082569</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 278 Şubat 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 98 Nisan 2020</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000059053</t>
+          <t>3990000023147</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 97 (Şubat - Mart 2020)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 280 Nisan 2020</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000079604</t>
+          <t>3990000099053</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 96 (Aralık - Ocak 2020)</t>
+          <t>Hece Öykü Dergisi Sayı: 279 Mart 2020</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000092744</t>
+          <t>3990000059052</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 276 Aralık 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 278 Şubat 2020</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000022604</t>
+          <t>3990000059053</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 95 (Ekim - Kasım 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 97 (Şubat - Mart 2020)</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>3990000022603</t>
+          <t>3990000079604</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 274 Ekim 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 96 (Aralık - Ocak 2020)</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000022477</t>
+          <t>3990000092744</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 273 Eylül 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 276 Aralık 2019</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000045665</t>
+          <t>3990000022604</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 94 (Ağustos - Eylül 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 95 (Ekim - Kasım 2019)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>3990000099093</t>
+          <t>3990000022603</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 93 (Haziran - Temmuz 2019)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 274 Ekim 2019</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000001706</t>
+          <t>3990000022477</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 58</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 273 Eylül 2019</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000002822</t>
+          <t>3990000045665</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 5</t>
+          <t>Hece Öykü Dergisi Sayı: 94 (Ağustos - Eylül 2019)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000099269</t>
+          <t>3990000099093</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 269 Mayıs 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 93 (Haziran - Temmuz 2019)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000022074</t>
+          <t>3990000001706</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 Yıl 2005 Ağustos - Eylül (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 58</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000099092</t>
+          <t>3990000002822</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 92 (Nisan - Mayıs 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000099268</t>
+          <t>3990000099269</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 268 Nisan 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 269 Mayıs 2019</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000099667</t>
+          <t>3990000022074</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 267 Mart 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 Yıl 2005 Ağustos - Eylül (Ciltsiz)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000099663</t>
+          <t>3990000099092</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 266 Şubat 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 92 (Nisan - Mayıs 2019)</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000099328</t>
+          <t>3990000099268</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 91 (Şubat - Mart 2019)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 268 Nisan 2019</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000030656</t>
+          <t>3990000099667</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Peyami Safa Özel Sayısı Sayı: 29 / 217 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 267 Mart 2019</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>690</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000030653</t>
+          <t>3990000099663</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Bereketli Toprakların Yazarı Orhan Kemal Özel Sayısı: 27 205 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 266 Şubat 2019</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>780</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000030650</t>
+          <t>3990000099328</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltli)</t>
+          <t>Hece Öykü Dergisi Sayı: 91 (Şubat - Mart 2019)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>755</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000089979</t>
+          <t>3990000030656</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 264 Aralık 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Peyami Safa Özel Sayısı Sayı: 29 / 217 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>946</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000059868</t>
+          <t>3990000030653</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 90 Aralık - Ocak 2018 - 19</t>
+          <t>Hece Aylık Edebiyat Dergisi Bereketli Toprakların Yazarı Orhan Kemal Özel Sayısı: 27 205 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000047851</t>
+          <t>3990000030650</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 263 Kasım 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>761</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000047850</t>
+          <t>3990000089979</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 262 Ekim 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 264 Aralık 2018</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000047849</t>
+          <t>3990000059868</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 261 Eylül 2018</t>
+          <t>Hece Öykü Dergisi Sayı: 90 Aralık - Ocak 2018 - 19</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000040118</t>
+          <t>3990000047851</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 88 (Ağustos-Eylül 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 263 Kasım 2018</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000047751</t>
+          <t>3990000047850</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 87 (Haziran-Temmuz 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 262 Ekim 2018</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000029751</t>
+          <t>3990000047849</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 257 - Mayıs 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 261 Eylül 2018</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000048483</t>
+          <t>3990000040118</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 86 (Nisan-Mayıs 2018)</t>
+          <t>Hece Öykü Dergisi Sayı: 88 (Ağustos-Eylül 2018)</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000036803</t>
+          <t>3990000047751</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 255 - Mart 2018</t>
+          <t>Hece Öykü Dergisi Sayı: 87 (Haziran-Temmuz 2018)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000029601</t>
+          <t>3990000029751</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 85 (Şubat-Mart 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 257 - Mayıs 2018</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000029603</t>
+          <t>3990000048483</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 254</t>
+          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 86 (Nisan-Mayıs 2018)</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000029404</t>
+          <t>3990000036803</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 252 - Aralık 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 255 - Mart 2018</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000029405</t>
+          <t>3990000029601</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 84 (Aralık 2017 - Ocak 2018)</t>
+          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 85 (Şubat-Mart 2018)</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000087363</t>
+          <t>3990000029603</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 83</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 254</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000086741</t>
+          <t>3990000029404</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 250 - Ekim 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 252 - Aralık 2017</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000031148</t>
+          <t>3990000029405</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 34 - Afrika Özel Sayısı 246/247/248 2 Cilt Takım (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 84 (Aralık 2017 - Ocak 2018)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>1590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000073075</t>
+          <t>3990000087363</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 81 Haziran-Temmuz 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 83</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000072042</t>
+          <t>3990000086741</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 4 - Türk Romanı Özel Sayısı 65/66/67 (2 Cilt Takım) (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 250 - Ekim 2017</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000072001</t>
+          <t>3990000031148</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 245 - Mayıs 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 34 - Afrika Özel Sayısı 246/247/248 2 Cilt Takım (Ciltsiz)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000029266</t>
+          <t>3990000073075</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 244 - Nisan 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 81 Haziran-Temmuz 2017</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000089924</t>
+          <t>3990000072042</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 243 - Mart 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 4 - Türk Romanı Özel Sayısı 65/66/67 (2 Cilt Takım) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000029426</t>
+          <t>3990000072001</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 242 - Şubat 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 245 - Mayıs 2017</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>3990000085547</t>
+          <t>3990000029266</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Ahmet Haşim Özel Sayısı: 33 / 241 - Ocak 2017 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 244 - Nisan 2017</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>860</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000070023</t>
+          <t>3990000089924</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 78 Aralık 2016 - Ocak 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 243 - Mart 2017</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000031103</t>
+          <t>3990000029426</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 240 - Aralık 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 242 - Şubat 2017</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000036891</t>
+          <t>3990000085547</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 77 Ekim-Kasım 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Ahmet Haşim Özel Sayısı: 33 / 241 - Ocak 2017 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000036598</t>
+          <t>3990000070023</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 238 - Ekim 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 78 Aralık 2016 - Ocak 2017</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000038788</t>
+          <t>3990000031103</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 239 - Kasım 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 240 - Aralık 2016</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000033780</t>
+          <t>3990000036891</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 237 - Eylül 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 77 Ekim-Kasım 2016</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000033147</t>
+          <t>3990000036598</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 76 Ağustos-Eylül 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 238 - Ekim 2016</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000064123</t>
+          <t>3990000038788</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Dijital Sayısal Kültür Özel Sayısı: 234-235-236 Haziran-Temmuz-Ağustos 2016 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 239 - Kasım 2016</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>890</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000043713</t>
+          <t>3990000033780</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 75 Haziran-Temmuz 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 237 - Eylül 2016</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000047653</t>
+          <t>3990000033147</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 233 - Mayıs 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 76 Ağustos-Eylül 2016</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3990000032038</t>
+          <t>3990000064123</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 74 Nisan-Mayıs 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Dijital Sayısal Kültür Özel Sayısı: 234-235-236 Haziran-Temmuz-Ağustos 2016 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000032037</t>
+          <t>3990000043713</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 232 - Nisan 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 75 Haziran-Temmuz 2016</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000031885</t>
+          <t>3990000047653</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 229 Özel Sayı: 31 Bilgemiz Aliya İzzetbegoviç - Ocak 2016 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 233 - Mayıs 2016</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>3990000042168</t>
+          <t>3990000032038</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 228 - Aralık 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 74 Nisan-Mayıs 2016</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3990000042167</t>
+          <t>3990000032037</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 72 Aralık-Ocak 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 232 - Nisan 2016</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000031339</t>
+          <t>3990000031885</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 227 - Kasım 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 229 Özel Sayı: 31 Bilgemiz Aliya İzzetbegoviç - Ocak 2016 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000028991</t>
+          <t>3990000042168</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 71 Ekim-Kasım 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 228 - Aralık 2015</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000028165</t>
+          <t>3990000042167</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 70 Ağustos-Eylül 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 72 Aralık-Ocak 2015</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3990000027856</t>
+          <t>3990000031339</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 69 Haziran-Temmuz 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 227 - Kasım 2015</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3990000027855</t>
+          <t>3990000028991</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Günlük Özel Sayısı: 30 - 222/223/224 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 71 Ekim-Kasım 2015</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>990</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000009917</t>
+          <t>3990000028165</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 213 Eylül 2014</t>
+          <t>Hece Öykü Dergisi Sayı: 70 Ağustos-Eylül 2015</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990000027626</t>
+          <t>3990000027856</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 221 - Mayıs 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 69 Haziran-Temmuz 2015</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000000231</t>
+          <t>3990000027855</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayı Sayısı: 12 - 114 / 115 / 116 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Günlük Özel Sayısı: 30 - 222/223/224 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>950</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000026257</t>
+          <t>3990000009917</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Yıl: 12 Sayı: 67 / Şubat - Mart 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 213 Eylül 2014</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000026256</t>
+          <t>3990000027626</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 19 Sayı: 218 / Şubat 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 221 - Mayıs 2015</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000016001</t>
+          <t>3990000000231</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 65 Ekim - Kasım 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayı Sayısı: 12 - 114 / 115 / 116 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3990000017726</t>
+          <t>3990000026257</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 215 Kasım 2014</t>
+          <t>Hece İki Aylık Öykü Dergisi Yıl: 12 Sayı: 67 / Şubat - Mart 2015</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000016191</t>
+          <t>3990000026256</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 214 Ekim 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 19 Sayı: 218 / Şubat 2015</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>3990000000207</t>
+          <t>3990000016001</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 185 Mayıs 2012</t>
+          <t>Hece Öykü Dergisi Sayı: 65 Ekim - Kasım 2014</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000000218</t>
+          <t>3990000017726</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 197</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 215 Kasım 2014</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>3990000000205</t>
+          <t>3990000016191</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 196</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 214 Ekim 2014</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>3990000000211</t>
+          <t>3990000000207</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 195</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 185 Mayıs 2012</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>3990000025898</t>
+          <t>3990000000218</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 64</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 197</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000026818</t>
+          <t>3990000000205</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Özel Sayı: 28 - 210/211/212 Yıl: 2014 Haziran - Batı Medeniyeti</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 196</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>890</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000025514</t>
+          <t>3990000000211</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 216 - Aralık 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 195</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000025513</t>
+          <t>3990000025898</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 66 Aralık 2014 - Ocak 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 64</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000027026</t>
+          <t>3990000026818</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 209 / Mayıs 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Özel Sayı: 28 - 210/211/212 Yıl: 2014 Haziran - Batı Medeniyeti</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000027314</t>
+          <t>3990000025514</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 220 - Nisan 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 216 - Aralık 2014</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000027313</t>
+          <t>3990000025513</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 68</t>
+          <t>Hece Öykü Dergisi Sayı: 66 Aralık 2014 - Ocak 2015</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000027312</t>
+          <t>3990000027026</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 209 / Mayıs 2014</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>970</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000026680</t>
+          <t>3990000027314</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 62</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 220 - Nisan 2015</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000026679</t>
+          <t>3990000027313</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 208</t>
+          <t>Hece Öykü Dergisi Sayı: 68</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000027007</t>
+          <t>3990000027312</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 219 - Mart 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000015440</t>
+          <t>3990000026680</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 57</t>
+          <t>Hece Öykü Dergisi Sayı: 62</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000001102</t>
+          <t>3990000026679</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 54</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 208</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000001100</t>
+          <t>3990000027007</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 51</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 219 - Mart 2015</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>3990000014227</t>
+          <t>3990000015440</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 207 Mart/2014</t>
+          <t>Hece Öykü Dergisi Sayı: 57</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000015716</t>
+          <t>3990000001102</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 206</t>
+          <t>Hece Öykü Dergisi Sayı: 54</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3990000015707</t>
+          <t>3990000001100</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 61</t>
+          <t>Hece Öykü Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000009353</t>
+          <t>3990000014227</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 49</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 207 Mart/2014</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>3990000009338</t>
+          <t>3990000015716</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 46</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 206</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>3990000001105</t>
+          <t>3990000015707</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 45</t>
+          <t>Hece Öykü Dergisi Sayı: 61</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000001098</t>
+          <t>3990000009353</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 43</t>
+          <t>Hece Öykü Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000000212</t>
+          <t>3990000009338</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 192</t>
+          <t>Hece Öykü Dergisi Sayı: 46</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000000216</t>
+          <t>3990000001105</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 191</t>
+          <t>Hece Öykü Dergisi Sayı: 45</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>3990000000217</t>
+          <t>3990000001098</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 190</t>
+          <t>Hece Öykü Dergisi Sayı: 43</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>3990000009351</t>
+          <t>3990000000212</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 182</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 192</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000000214</t>
+          <t>3990000000216</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 180</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 191</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9771301220992</t>
+          <t>3990000000217</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Şehirlerin Dili Özel Sayısı:18 - 150/151/152 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 190</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000000204</t>
+          <t>3990000009351</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 179</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 182</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>3990000009349</t>
+          <t>3990000000214</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 177</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 180</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000000201</t>
+          <t>9771301220992</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Gezi Özel Sayısı: 22 - 174/175/176 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Şehirlerin Dili Özel Sayısı:18 - 150/151/152 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>740</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000009344</t>
+          <t>3990000000204</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 173</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 179</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3990000009347</t>
+          <t>3990000009349</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 172</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 177</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>3990000009345</t>
+          <t>3990000000201</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 171</t>
+          <t>Hece Aylık Edebiyat Dergisi Gezi Özel Sayısı: 22 - 174/175/176 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000000226</t>
+          <t>3990000009344</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 173</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>815</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>3990000009350</t>
+          <t>3990000009347</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yerlilik Özel Sayısı: 20 /162 -163 - 164 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 172</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>720</v>
+        <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000000220</t>
+          <t>3990000009345</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 138/139/140 - 2008 - Modernizmden Postmodernizme Özel Sayı: 16</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 171</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>990</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000009346</t>
+          <t>3990000000226</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 133 Ocak 2008 - Mehmet Akif Ersoy Özel Sayısı</t>
+          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>995</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000016258</t>
+          <t>3990000009350</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Bir Entelektüel Tedirgin Cemil Meriç Özel Sayı: 19 Sayı:157 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yerlilik Özel Sayısı: 20 /162 -163 - 164 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>750</v>
+        <v>987</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000000215</t>
+          <t>3990000000220</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 138/139/140 - 2008 - Modernizmden Postmodernizme Özel Sayı: 16</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>555</v>
+        <v>990</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000008065</t>
+          <t>3990000009346</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Ahmet Hamdi Tanpınar Özel Sayısı: 3 - 61</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 133 Ocak 2008 - Mehmet Akif Ersoy Özel Sayısı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>999</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000032198</t>
+          <t>3990000016258</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 230 - Şubat 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Bir Entelektüel Tedirgin Cemil Meriç Özel Sayı: 19 Sayı:157 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000032197</t>
+          <t>3990000000215</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 73 Şubat-Mart 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>761</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3990000002463</t>
+          <t>3990000008065</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Rasim Özdenören Özel Sayısı :21 - 169 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Ahmet Hamdi Tanpınar Özel Sayısı: 3 - 61</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>750</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000002682</t>
+          <t>3990000032198</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 40</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 230 - Şubat 2016</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000001685</t>
+          <t>3990000032197</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 50</t>
+          <t>Hece Öykü Dergisi Sayı: 73 Şubat-Mart 2016</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
+          <t>3990000002463</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Hece Aylık Edebiyat Dergisi Rasim Özdenören Özel Sayısı :21 - 169 (Ciltsiz)</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>3990000002682</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Hece Öykü Dergisi Sayı: 40</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>3990000001685</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Hece Öykü Dergisi Sayı: 50</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
           <t>3990000029750</t>
         </is>
       </c>
-      <c r="B263" s="1" t="inlineStr">
+      <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Hece Aylık Edebiyat Dergisi Sayı: 256 - Nisan 2018</t>
         </is>
       </c>
-      <c r="C263" s="1">
+      <c r="C266" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>