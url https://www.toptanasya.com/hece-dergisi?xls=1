--- v1 (2026-01-21)
+++ v2 (2026-03-22)
@@ -85,4015 +85,4060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>3990000000210</t>
+          <t>9771301212603</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 193 Muhammed İkbal Özel Sayısı: 25</t>
+          <t>Hece Dergisi - Sayı 351 Mart 2026</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>738</v>
+        <v>410</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9771304762512</t>
+          <t>9771304762602</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 132 Aralık 2025 - Ocak 2026</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 133 Şubat - Mart 2026</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9771301212512</t>
+          <t>9771301212602</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 348 Aralık 2025</t>
+          <t>Hece Dergisi - Sayı 350 Şubat 2026</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9771301212511</t>
+          <t>3990000000210</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 347 Kasım 2025</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 193 Muhammed İkbal Özel Sayısı: 25</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>738</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9771301212510</t>
+          <t>9771304762512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 346 Ekim 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 132 Aralık 2025 - Ocak 2026</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9771304762510</t>
+          <t>9771301212512</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 131 Ekim - Kasım 2025</t>
+          <t>Hece Dergisi - Sayı 348 Aralık 2025</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9771301212509</t>
+          <t>9771301212511</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 345 Eylül 2025</t>
+          <t>Hece Dergisi - Sayı 347 Kasım 2025</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255956767</t>
+          <t>9771301212510</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 50 - 342/343/344 Haziran - Temmuz - Ağustos</t>
+          <t>Hece Dergisi - Sayı 346 Ekim 2025</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>2739</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9771304762506</t>
+          <t>9771304762510</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 129 Haziran - Temmuz 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 131 Ekim - Kasım 2025</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9771301210301</t>
+          <t>9771301212509</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Diriliş Sezai Karakoç Özel Sayısı: 5 - 73 (Ciltsiz)</t>
+          <t>Hece Dergisi - Sayı 345 Eylül 2025</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>4444444443752</t>
+          <t>9786255956767</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 201</t>
+          <t>Hece Dergisi Özel Sayı: 50 - 342/343/344 Haziran - Temmuz - Ağustos</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9771301212505</t>
+          <t>9771304762506</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 341 Mayıs 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 129 Haziran - Temmuz 2025</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9771304762504</t>
+          <t>9771301210301</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 128 Nisan - Mayıs 2025</t>
+          <t>Hece Aylık Edebiyat Dergisi Diriliş Sezai Karakoç Özel Sayısı: 5 - 73 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9771301212504</t>
+          <t>4444444443752</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 340 Nisan 2025</t>
+          <t>Hece Dergisi Sayı: 201</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9771301212503</t>
+          <t>9771301212505</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 339 Mart 2025</t>
+          <t>Hece Dergisi - Sayı 341 Mayıs 2025</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255956002</t>
+          <t>9771304762504</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 49 - 337 Ocak 2025</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 128 Nisan - Mayıs 2025</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1261</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000026802</t>
+          <t>9771301212504</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 147 / Mart 2009</t>
+          <t>Hece Dergisi - Sayı 340 Nisan 2025</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000001749</t>
+          <t>9771301212503</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 60</t>
+          <t>Hece Dergisi - Sayı 339 Mart 2025</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000017267</t>
+          <t>9786255956002</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 203</t>
+          <t>Hece Dergisi Özel Sayı: 49 - 337 Ocak 2025</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>3990000002742</t>
+          <t>3990000026802</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 28</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 147 / Mart 2009</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>3990000002715</t>
+          <t>3990000001749</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 34</t>
+          <t>Hece Öykü Dergisi Sayı: 60</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000002696</t>
+          <t>3990000017267</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 35</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 203</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000002695</t>
+          <t>3990000002742</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 36</t>
+          <t>Hece Öykü Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>3990000002694</t>
+          <t>3990000002715</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 37</t>
+          <t>Hece Öykü Dergisi Sayı: 34</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000002693</t>
+          <t>3990000002696</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 38</t>
+          <t>Hece Öykü Dergisi Sayı: 35</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990000002683</t>
+          <t>3990000002695</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 39</t>
+          <t>Hece Öykü Dergisi Sayı: 36</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>3990000026800</t>
+          <t>3990000002694</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 63 Haziran-Temmuz 2014</t>
+          <t>Hece Öykü Dergisi Sayı: 37</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>3990000001724</t>
+          <t>3990000002693</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 59</t>
+          <t>Hece Öykü Dergisi Sayı: 38</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000001106</t>
+          <t>3990000002683</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 56</t>
+          <t>Hece Öykü Dergisi Sayı: 39</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>3990000001103</t>
+          <t>3990000026800</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 55</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 63 Haziran-Temmuz 2014</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000001099</t>
+          <t>3990000001724</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 52</t>
+          <t>Hece Öykü Dergisi Sayı: 59</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000008062</t>
+          <t>3990000001106</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 47</t>
+          <t>Hece Öykü Dergisi Sayı: 56</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>3990000008060</t>
+          <t>3990000001103</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 44</t>
+          <t>Hece Öykü Dergisi Sayı: 55</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000009341</t>
+          <t>3990000001099</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 42</t>
+          <t>Hece Öykü Dergisi Sayı: 52</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000001101</t>
+          <t>3990000008062</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 41</t>
+          <t>Hece Öykü Dergisi Sayı: 47</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>3990000000206</t>
+          <t>3990000008060</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 170</t>
+          <t>Hece Öykü Dergisi Sayı: 44</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000009354</t>
+          <t>3990000009341</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 178</t>
+          <t>Hece Öykü Dergisi Sayı: 42</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000009355</t>
+          <t>3990000001101</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 168</t>
+          <t>Hece Öykü Dergisi Sayı: 41</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000000232</t>
+          <t>3990000000206</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 167</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 170</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>3990000000228</t>
+          <t>3990000009354</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 166</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 178</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000001104</t>
+          <t>3990000009355</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 53</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 168</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000030645</t>
+          <t>3990000000232</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 167</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>815</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000008058</t>
+          <t>3990000000228</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayısı: 31/2006 - 114 / 116 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 166</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000009336</t>
+          <t>3990000001104</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyatı Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 (Ciltli)</t>
+          <t>Hece Öykü Dergisi Sayı: 53</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1644</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>3990000000203</t>
+          <t>3990000030645</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>970</v>
+        <v>815</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000031447</t>
+          <t>3990000008058</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hece Ahmet Hamdi Tanpınar Özel Sayısı 61 2002 (Ciltli)</t>
+          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayısı: 31/2006 - 114 / 116 (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>999</v>
+        <v>950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9771304762412</t>
+          <t>3990000009336</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 126 Aralık 2024 - Ocak 2025</t>
+          <t>Hece Aylık Edebiyatı Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9771301212412</t>
+          <t>3990000000203</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 336 Aralık 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>970</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4444444443242</t>
+          <t>3990000031447</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 335 Kasım 2024</t>
+          <t>Hece Ahmet Hamdi Tanpınar Özel Sayısı 61 2002 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>999</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256610170</t>
+          <t>9771304762412</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İsmet Özel - Özel Sayı: 47</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 126 Aralık 2024 - Ocak 2025</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>2734</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4444444443136</t>
+          <t>9771301212412</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı 334 Ekim 2024</t>
+          <t>Hece Dergisi - Sayı 336 Aralık 2024</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>4444444443135</t>
+          <t>4444444443242</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 125 Ekim - Kasım 2024</t>
+          <t>Hece Dergisi - Sayı 335 Kasım 2024</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>4444444443043</t>
+          <t>9786256610170</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 333 Eylül 2024</t>
+          <t>İsmet Özel - Özel Sayı: 47</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>4444444442844</t>
+          <t>4444444443136</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 124 Ağustos - Eylül 2024</t>
+          <t>Hece Dergisi - Sayı 334 Ekim 2024</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>4444444442670</t>
+          <t>4444444443135</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 123 Haziran - Temmuz 2024</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 125 Ekim - Kasım 2024</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256610729</t>
+          <t>4444444443043</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Özel Sayısı (2 Cilt) 330/331/332. Sayı Haziran/Temmuz/Ağustos 2024</t>
+          <t>Hece Dergisi - Sayı: 333 Eylül 2024</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>2466</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>3990000054512</t>
+          <t>4444444442844</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 82</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 124 Ağustos - Eylül 2024</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000036437</t>
+          <t>4444444442670</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 251 - Kasım 2017</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 123 Haziran - Temmuz 2024</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000078498</t>
+          <t>9786256610729</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 249 - Eylül 2017</t>
+          <t>Türk Sineması Özel Sayısı (2 Cilt) 330/331/332. Sayı Haziran/Temmuz/Ağustos 2024</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>3990000029422</t>
+          <t>3990000054512</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 79 Şubat - Mart 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 82</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000034307</t>
+          <t>3990000036437</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 80 Nisan-Mayıs 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 251 - Kasım 2017</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3990000028989</t>
+          <t>3990000078498</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 226 - Ekim 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 249 - Eylül 2017</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>3990000044900</t>
+          <t>3990000029422</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 231 - Mart 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 79 Şubat - Mart 2017</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000028706</t>
+          <t>3990000034307</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 225 - Eylül 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 80 Nisan-Mayıs 2017</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>3990000009342</t>
+          <t>3990000028989</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 183</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 226 - Ekim 2015</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000022744</t>
+          <t>3990000044900</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 275 Kasım 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 231 - Mart 2016</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>4444444442540</t>
+          <t>3990000028706</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 329 Mayıs 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 225 - Eylül 2015</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>4440000004542</t>
+          <t>3990000009342</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 122 Nisan - Mayıs 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 183</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4440000004541</t>
+          <t>3990000022744</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 328 Nisan 2024</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 275 Kasım 2019</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>4440000004453</t>
+          <t>4444444442540</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 327 Mart 2024</t>
+          <t>Hece Dergisi - Sayı: 329 Mayıs 2024</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>4440000004314</t>
+          <t>4440000004542</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 326 Şubat 2024</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 122 Nisan - Mayıs 2024</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>4440000004313</t>
+          <t>4440000004541</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 121 Şubat - Mart 2024</t>
+          <t>Hece Dergisi - Sayı: 328 Nisan 2024</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>4440000004055</t>
+          <t>4440000004453</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 324 Aralık 2023</t>
+          <t>Hece Dergisi - Sayı: 327 Mart 2024</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>4440000004054</t>
+          <t>4440000004314</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 120 Aralık 2023 - Ocak 2024</t>
+          <t>Hece Dergisi - Sayı: 326 Şubat 2024</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4440000003948</t>
+          <t>4440000004313</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 323 Kasım 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 121 Şubat - Mart 2024</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4440000003843</t>
+          <t>4440000004055</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 119 Ekim - Kasım 2023</t>
+          <t>Hece Dergisi - Sayı: 324 Aralık 2023</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4440000003842</t>
+          <t>4440000004054</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 322 Ekim 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 120 Aralık 2023 - Ocak 2024</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>4440000003732</t>
+          <t>4440000003948</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 321 Eylül 2023</t>
+          <t>Hece Dergisi - Sayı: 323 Kasım 2023</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>4440000003569</t>
+          <t>4440000003843</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 118 Ağustos - Eylül 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 119 Ekim - Kasım 2023</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>4440000003324</t>
+          <t>4440000003842</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 46 - 318/ 319/ 320 Haziran 2023</t>
+          <t>Hece Dergisi - Sayı: 322 Ekim 2023</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>4440000003323</t>
+          <t>4440000003732</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 117 Haziran - Temmuz 2023</t>
+          <t>Hece Dergisi - Sayı: 321 Eylül 2023</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>4440000003185</t>
+          <t>4440000003569</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 317 Mayıs 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 118 Ağustos - Eylül 2023</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>4440000003094</t>
+          <t>4440000003324</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 116 Nisan - Mayıs 2023</t>
+          <t>Hece Dergisi Özel Sayı: 46 - 318/ 319/ 320 Haziran 2023</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>4440000003093</t>
+          <t>4440000003323</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi - Sayı: 316 Nisan 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 117 Haziran - Temmuz 2023</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>4440000002970</t>
+          <t>4440000003185</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 315</t>
+          <t>Hece Dergisi - Sayı: 317 Mayıs 2023</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4440000002860</t>
+          <t>4440000003094</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 314 - Şubat 2023</t>
+          <t>Hece Öykü İki Aylık Öykü Dergisi Sayı: 116 Nisan - Mayıs 2023</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>4440000002859</t>
+          <t>4440000003093</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 115 Şubat - Mart 2023</t>
+          <t>Hece Dergisi - Sayı: 316 Nisan 2023</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9771301210450</t>
+          <t>4440000002970</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Özel Sayı: 45 - 313 Ocak 2023</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 315</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>4440000002589</t>
+          <t>4440000002860</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 114 Aralık 2022 - Ocak 2023</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 314 - Şubat 2023</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>4440000002588</t>
+          <t>4440000002859</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 312 Aralık 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 115 Şubat - Mart 2023</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>4440000002471</t>
+          <t>9771301210450</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 311 Kasım 2022</t>
+          <t>Hece Dergisi Özel Sayı: 45 - 313 Ocak 2023</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>4440000002251</t>
+          <t>4440000002589</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 113 Ekim - Kasım 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 114 Aralık 2022 - Ocak 2023</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>4440000002250</t>
+          <t>4440000002588</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 310 Ekim 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 312 Aralık 2022</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>4440000002012</t>
+          <t>4440000002471</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 309 Eylül 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 311 Kasım 2022</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>4440000001834</t>
+          <t>4440000002251</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 112 Ağustos - Eylül 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 113 Ekim - Kasım 2022</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>4440000001457</t>
+          <t>4440000002250</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Kudüs Özel Sayı: 44 Sayı: 306-307-308</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 310 Ekim 2022</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1576</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>4440000001353</t>
+          <t>4440000002012</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 111 Haziran - Temmuz 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 309 Eylül 2022</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>4440000001171</t>
+          <t>4440000001834</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 305 Mayıs 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 112 Ağustos - Eylül 2022</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>4440000001045</t>
+          <t>4440000001457</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 304 - Nisan 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Kudüs Özel Sayı: 44 Sayı: 306-307-308</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>4440000001044</t>
+          <t>4440000001353</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 110 Nisan - Mayıs 2022</t>
+          <t>Hece Öykü Dergisi Sayı: 111 Haziran - Temmuz 2022</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257449908</t>
+          <t>4440000001171</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Dostoyevski Özel Sayısı: 43 Yıl: 26 Sayı: 301 Ocak 2022 (2 Cilt)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 305 Mayıs 2022</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2398</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9771304760006</t>
+          <t>4440000001045</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 89 (Ekim-Kasım 2018)</t>
+          <t>Hece Dergisi Sayı: 304 - Nisan 2022</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9771301210061</t>
+          <t>4440000001044</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hikayenin Türkçe Sesi Ömer Seyfettin Özel Sayısı Sayı: 37 - 265 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 110 Nisan - Mayıs 2022</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>1439</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9771301210054</t>
+          <t>9786257449908</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Türk Edebiyatında Polemikler Özel Sayısı: 258/259/260 Haziran-Temmuz-Ağustos 2018 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Dostoyevski Özel Sayısı: 43 Yıl: 26 Sayı: 301 Ocak 2022 (2 Cilt)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1617</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9771301211006</t>
+          <t>9771304760006</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sabahattin Ali Özel Sayısı Sayı: 35 - 253 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 89 (Ekim-Kasım 2018)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1644</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9771301210429</t>
+          <t>9771301210061</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 294/295/296 Haziran/Temmuz/Ağustos 2021 - Sanat Özel Sayı: 42 (2 Cilt Takım)</t>
+          <t>Hece Aylık Edebiyat Dergisi Hikayenin Türkçe Sesi Ömer Seyfettin Özel Sayısı Sayı: 37 - 265 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>3562</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9771301210412</t>
+          <t>9771301210054</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Alaeddin Özdenören Özel Sayısı: 41 Ocak 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Türk Edebiyatında Polemikler Özel Sayısı: 258/259/260 Haziran-Temmuz-Ağustos 2018 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1165</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9771301210405</t>
+          <t>9771301211006</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 24 Sayı: 282/283/284 Haziran/Temmuz/Ağustos 2020 - Türk Edebiyatında Deneme Özel Sayı: 40</t>
+          <t>Hece Aylık Edebiyat Dergisi Sabahattin Ali Özel Sayısı Sayı: 35 - 253 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1918</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9771301210016</t>
+          <t>9771301210429</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Cahit Zarifoğlu Özel Sayısı: 14 - 126/127/128 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 294/295/296 Haziran/Temmuz/Ağustos 2021 - Sanat Özel Sayı: 42 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1220</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9771301210047</t>
+          <t>9771301210412</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı: 1 /46- 47 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Alaeddin Özdenören Özel Sayısı: 41 Ocak 2021</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1439</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057547576</t>
+          <t>9771301210405</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Nurettin Topçu Özel Sayısı: 11-109</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 24 Sayı: 282/283/284 Haziran/Temmuz/Ağustos 2020 - Türk Edebiyatında Deneme Özel Sayı: 40</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1220</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9771301210399</t>
+          <t>9771301210016</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Akif İnan Özel Sayısı:39 / 277 Ocak 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Cahit Zarifoğlu Özel Sayısı: 14 - 126/127/128 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>1302</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9771301210382</t>
+          <t>9771301210047</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Karl Marx Özel Sayısı: 38 - 270/271/272 (2 Cilt Bir Arada) (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı: 1 /46- 47 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2590</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000021471</t>
+          <t>9786057547576</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl:18 Sayı: 108 Aralık 2021 - Ocak 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Nurettin Topçu Özel Sayısı: 11-109</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000063104</t>
+          <t>9771301210399</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 300 Aralık 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Akif İnan Özel Sayısı:39 / 277 Ocak 2020</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000063105</t>
+          <t>9771301210382</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 299 Kasım 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Karl Marx Özel Sayısı: 38 - 270/271/272 (2 Cilt Bir Arada) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000021478</t>
+          <t>3990000021471</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı:107 Ekim - Kasım 2021</t>
+          <t>Hece Öykü Dergisi Yıl:18 Sayı: 108 Aralık 2021 - Ocak 2022</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000087999</t>
+          <t>3990000063104</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hece Edebiyat Dergisi Sayı: 298 Ekim 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 300 Aralık 2021</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000063745</t>
+          <t>3990000063105</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 297 Eylül 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 25 Sayı: 299 Kasım 2021</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000017220</t>
+          <t>3990000021478</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 106 Ağustos-Eylül 2021</t>
+          <t>Hece Öykü Dergisi Sayı:107 Ekim - Kasım 2021</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>3990000031853</t>
+          <t>3990000087999</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 105 Haziran - Temmuz 2021</t>
+          <t>Hece Edebiyat Dergisi Sayı: 298 Ekim 2021</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000063746</t>
+          <t>3990000063745</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 293 Mayıs 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 297 Eylül 2021</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3991302001006</t>
+          <t>3990000017220</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 104 Nisan - Mayıs 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 106 Ağustos-Eylül 2021</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990201200020</t>
+          <t>3990000031853</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 292 Nisan 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 105 Haziran - Temmuz 2021</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990201200019</t>
+          <t>3990000063746</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 291 Mart 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 293 Mayıs 2021</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990201200018</t>
+          <t>3991302001006</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 290 Şubat 2021</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 104 Nisan - Mayıs 2021</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3991302001005</t>
+          <t>3990201200020</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 103 Şubat - Mart 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 292 Nisan 2021</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3991301213010</t>
+          <t>3990201200019</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 288 Aralık 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 291 Mart 2021</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3991304761066</t>
+          <t>3990201200018</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 102 Aralık 2020 - Ocak 2021</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 290 Şubat 2021</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>4440000000563</t>
+          <t>3991302001005</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 194</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 103 Şubat - Mart 2021</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>4440000000337</t>
+          <t>3991301213010</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hece Dergisi Sayı: 302 Şubat 2022</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 288 Aralık 2020</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>4440000000336</t>
+          <t>3991304761066</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı:109 Şubat -Mart 2022</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 102 Aralık 2020 - Ocak 2021</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>3990000088511</t>
+          <t>4440000000563</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 287 Kasım 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 194</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3991301213009</t>
+          <t>4440000000337</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 286 Ekim 2020</t>
+          <t>Hece Dergisi Sayı: 302 Şubat 2022</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3991304761005</t>
+          <t>4440000000336</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 101 Ekim - Kasım 2020</t>
+          <t>Hece Öykü Dergisi Sayı:109 Şubat -Mart 2022</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3991301210009</t>
+          <t>3990000088511</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 285 Eylül 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 287 Kasım 2020</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3991304760005</t>
+          <t>3991301213009</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 100 Ağustos-Eylül 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 286 Ekim 2020</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3991304760006</t>
+          <t>3991304761005</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 99 Haziran - Temmuz 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 101 Ekim - Kasım 2020</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3999878856425</t>
+          <t>3991301210009</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 281 Mayıs 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 285 Eylül 2020</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000082569</t>
+          <t>3991304760005</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Sayı: 98 Nisan 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 100 Ağustos-Eylül 2020</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000023147</t>
+          <t>3991304760006</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 280 Nisan 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 99 Haziran - Temmuz 2020</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000099053</t>
+          <t>3999878856425</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 279 Mart 2020</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 281 Mayıs 2020</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000059052</t>
+          <t>3990000082569</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 278 Şubat 2020</t>
+          <t>Hece İki Aylık Öykü Dergisi Sayı: 98 Nisan 2020</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000059053</t>
+          <t>3990000023147</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 97 (Şubat - Mart 2020)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 280 Nisan 2020</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>3990000079604</t>
+          <t>3990000099053</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 96 (Aralık - Ocak 2020)</t>
+          <t>Hece Öykü Dergisi Sayı: 279 Mart 2020</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000092744</t>
+          <t>3990000059052</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 276 Aralık 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 278 Şubat 2020</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000022604</t>
+          <t>3990000059053</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 95 (Ekim - Kasım 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 97 (Şubat - Mart 2020)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>3990000022603</t>
+          <t>3990000079604</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 274 Ekim 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 96 (Aralık - Ocak 2020)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000022477</t>
+          <t>3990000092744</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 273 Eylül 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 276 Aralık 2019</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000045665</t>
+          <t>3990000022604</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 94 (Ağustos - Eylül 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 95 (Ekim - Kasım 2019)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000099093</t>
+          <t>3990000022603</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 93 (Haziran - Temmuz 2019)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 274 Ekim 2019</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000001706</t>
+          <t>3990000022477</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 58</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 273 Eylül 2019</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000002822</t>
+          <t>3990000045665</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 5</t>
+          <t>Hece Öykü Dergisi Sayı: 94 (Ağustos - Eylül 2019)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000099269</t>
+          <t>3990000099093</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 269 Mayıs 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 93 (Haziran - Temmuz 2019)</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000022074</t>
+          <t>3990000001706</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 Yıl 2005 Ağustos - Eylül (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 58</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>1644</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>3990000099092</t>
+          <t>3990000002822</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 92 (Nisan - Mayıs 2019)</t>
+          <t>Hece Öykü Dergisi Sayı: 5</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000099268</t>
+          <t>3990000099269</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 268 Nisan 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 269 Mayıs 2019</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000099667</t>
+          <t>3990000022074</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 267 Mart 2019</t>
+          <t>Hece Aylık Edebiyat Dergisi Çocuk Edebiyatı Özel Sayısı: 10 - 104/105 Yıl 2005 Ağustos - Eylül (Ciltsiz)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000099663</t>
+          <t>3990000099092</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 266 Şubat 2019</t>
+          <t>Hece Öykü Dergisi Sayı: 92 (Nisan - Mayıs 2019)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000099328</t>
+          <t>3990000099268</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 91 (Şubat - Mart 2019)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 268 Nisan 2019</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000030656</t>
+          <t>3990000099667</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Peyami Safa Özel Sayısı Sayı: 29 / 217 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 267 Mart 2019</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>946</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000030653</t>
+          <t>3990000099663</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Bereketli Toprakların Yazarı Orhan Kemal Özel Sayısı: 27 205 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 266 Şubat 2019</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1069</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000030650</t>
+          <t>3990000099328</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltli)</t>
+          <t>Hece Öykü Dergisi Sayı: 91 (Şubat - Mart 2019)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>761</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000089979</t>
+          <t>3990000030656</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 264 Aralık 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Peyami Safa Özel Sayısı Sayı: 29 / 217 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>946</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000059868</t>
+          <t>3990000030653</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 90 Aralık - Ocak 2018 - 19</t>
+          <t>Hece Aylık Edebiyat Dergisi Bereketli Toprakların Yazarı Orhan Kemal Özel Sayısı: 27 205 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000047851</t>
+          <t>3990000030650</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 263 Kasım 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>761</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000047850</t>
+          <t>3990000089979</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 262 Ekim 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 264 Aralık 2018</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000047849</t>
+          <t>3990000059868</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 261 Eylül 2018</t>
+          <t>Hece Öykü Dergisi Sayı: 90 Aralık - Ocak 2018 - 19</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000040118</t>
+          <t>3990000047851</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 88 (Ağustos-Eylül 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 263 Kasım 2018</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000047751</t>
+          <t>3990000047850</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 87 (Haziran-Temmuz 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 262 Ekim 2018</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000029751</t>
+          <t>3990000047849</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 257 - Mayıs 2018</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 261 Eylül 2018</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000048483</t>
+          <t>3990000040118</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 86 (Nisan-Mayıs 2018)</t>
+          <t>Hece Öykü Dergisi Sayı: 88 (Ağustos-Eylül 2018)</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000036803</t>
+          <t>3990000047751</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 255 - Mart 2018</t>
+          <t>Hece Öykü Dergisi Sayı: 87 (Haziran-Temmuz 2018)</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3990000029601</t>
+          <t>3990000029751</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 85 (Şubat-Mart 2018)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 257 - Mayıs 2018</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000029603</t>
+          <t>3990000048483</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 254</t>
+          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 86 (Nisan-Mayıs 2018)</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000029404</t>
+          <t>3990000036803</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 252 - Aralık 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 255 - Mart 2018</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000029405</t>
+          <t>3990000029601</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 84 (Aralık 2017 - Ocak 2018)</t>
+          <t>Hece Öykü Dergisi Yıl: 15 Sayı: 85 (Şubat-Mart 2018)</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000087363</t>
+          <t>3990000029603</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 83</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 22 Sayı: 254</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000086741</t>
+          <t>3990000029404</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 250 - Ekim 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 252 - Aralık 2017</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000031148</t>
+          <t>3990000029405</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 34 - Afrika Özel Sayısı 246/247/248 2 Cilt Takım (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 84 (Aralık 2017 - Ocak 2018)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>2179</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000073075</t>
+          <t>3990000087363</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 81 Haziran-Temmuz 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 83</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000072042</t>
+          <t>3990000086741</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 4 - Türk Romanı Özel Sayısı 65/66/67 (2 Cilt Takım) (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 250 - Ekim 2017</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>1713</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000072001</t>
+          <t>3990000031148</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 245 - Mayıs 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 34 - Afrika Özel Sayısı 246/247/248 2 Cilt Takım (Ciltsiz)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>3990000029266</t>
+          <t>3990000073075</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 244 - Nisan 2017</t>
+          <t>Hece Öykü Dergisi Sayı: 81 Haziran-Temmuz 2017</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000089924</t>
+          <t>3990000072042</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 243 - Mart 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 4 - Türk Romanı Özel Sayısı 65/66/67 (2 Cilt Takım) (Ciltsiz)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>300</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000029426</t>
+          <t>3990000072001</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 242 - Şubat 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 245 - Mayıs 2017</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3990000085547</t>
+          <t>3990000029266</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Ahmet Haşim Özel Sayısı: 33 / 241 - Ocak 2017 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 244 - Nisan 2017</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1179</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>3990000070023</t>
+          <t>3990000089924</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 78 Aralık 2016 - Ocak 2017</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 243 - Mart 2017</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3990000031103</t>
+          <t>3990000029426</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 240 - Aralık 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 242 - Şubat 2017</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000036891</t>
+          <t>3990000085547</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 77 Ekim-Kasım 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Ahmet Haşim Özel Sayısı: 33 / 241 - Ocak 2017 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000036598</t>
+          <t>3990000070023</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 238 - Ekim 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 78 Aralık 2016 - Ocak 2017</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000038788</t>
+          <t>3990000031103</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 239 - Kasım 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 240 - Aralık 2016</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000033780</t>
+          <t>3990000036891</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 237 - Eylül 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 77 Ekim-Kasım 2016</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000033147</t>
+          <t>3990000036598</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 76 Ağustos-Eylül 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 238 - Ekim 2016</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3990000064123</t>
+          <t>3990000038788</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Dijital Sayısal Kültür Özel Sayısı: 234-235-236 Haziran-Temmuz-Ağustos 2016 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 239 - Kasım 2016</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000043713</t>
+          <t>3990000033780</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 75 Haziran-Temmuz 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 237 - Eylül 2016</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000047653</t>
+          <t>3990000033147</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 233 - Mayıs 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 76 Ağustos-Eylül 2016</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>3990000032038</t>
+          <t>3990000064123</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 74 Nisan-Mayıs 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Dijital Sayısal Kültür Özel Sayısı: 234-235-236 Haziran-Temmuz-Ağustos 2016 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3990000032037</t>
+          <t>3990000043713</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 232 - Nisan 2016</t>
+          <t>Hece Öykü Dergisi Sayı: 75 Haziran-Temmuz 2016</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000031885</t>
+          <t>3990000047653</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 229 Özel Sayı: 31 Bilgemiz Aliya İzzetbegoviç - Ocak 2016 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 233 - Mayıs 2016</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>1781</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000042168</t>
+          <t>3990000032038</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 228 - Aralık 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 74 Nisan-Mayıs 2016</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>3990000042167</t>
+          <t>3990000032037</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 72 Aralık-Ocak 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 232 - Nisan 2016</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>3990000031339</t>
+          <t>3990000031885</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 227 - Kasım 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 229 Özel Sayı: 31 Bilgemiz Aliya İzzetbegoviç - Ocak 2016 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3990000028991</t>
+          <t>3990000042168</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 71 Ekim-Kasım 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 228 - Aralık 2015</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>3990000028165</t>
+          <t>3990000042167</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 70 Ağustos-Eylül 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 72 Aralık-Ocak 2015</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>3990000027856</t>
+          <t>3990000031339</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 69 Haziran-Temmuz 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 227 - Kasım 2015</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000027855</t>
+          <t>3990000028991</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Günlük Özel Sayısı: 30 - 222/223/224 (Ciltsiz)</t>
+          <t>Hece Öykü Dergisi Sayı: 71 Ekim-Kasım 2015</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1357</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000009917</t>
+          <t>3990000028165</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 213 Eylül 2014</t>
+          <t>Hece Öykü Dergisi Sayı: 70 Ağustos-Eylül 2015</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000027626</t>
+          <t>3990000027856</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 221 - Mayıs 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 69 Haziran-Temmuz 2015</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3990000000231</t>
+          <t>3990000027855</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayı Sayısı: 12 - 114 / 115 / 116 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Günlük Özel Sayısı: 30 - 222/223/224 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1302</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>3990000026257</t>
+          <t>3990000009917</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hece İki Aylık Öykü Dergisi Yıl: 12 Sayı: 67 / Şubat - Mart 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 213 Eylül 2014</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000026256</t>
+          <t>3990000027626</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 19 Sayı: 218 / Şubat 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 221 - Mayıs 2015</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>3990000016001</t>
+          <t>3990000000231</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 65 Ekim - Kasım 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Mektup Özel Sayı Sayısı: 12 - 114 / 115 / 116 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000017726</t>
+          <t>3990000026257</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 215 Kasım 2014</t>
+          <t>Hece İki Aylık Öykü Dergisi Yıl: 12 Sayı: 67 / Şubat - Mart 2015</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>3990000016191</t>
+          <t>3990000026256</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 214 Ekim 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 19 Sayı: 218 / Şubat 2015</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>3990000000207</t>
+          <t>3990000016001</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 185 Mayıs 2012</t>
+          <t>Hece Öykü Dergisi Sayı: 65 Ekim - Kasım 2014</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>3990000000218</t>
+          <t>3990000017726</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 197</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 215 Kasım 2014</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000000205</t>
+          <t>3990000016191</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 196</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 214 Ekim 2014</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000000211</t>
+          <t>3990000000207</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 195</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 185 Mayıs 2012</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000025898</t>
+          <t>3990000000218</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 64</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 197</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000026818</t>
+          <t>3990000000205</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Özel Sayı: 28 - 210/211/212 Yıl: 2014 Haziran - Batı Medeniyeti</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 196</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000025514</t>
+          <t>3990000000211</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 216 - Aralık 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 195</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000025513</t>
+          <t>3990000025898</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 66 Aralık 2014 - Ocak 2015</t>
+          <t>Hece Öykü Dergisi Sayı: 64</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000027026</t>
+          <t>3990000026818</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 209 / Mayıs 2014</t>
+          <t>Hece Aylık Edebiyat Dergisi Özel Sayı: 28 - 210/211/212 Yıl: 2014 Haziran - Batı Medeniyeti</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000027314</t>
+          <t>3990000025514</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 220 - Nisan 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 216 - Aralık 2014</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000027313</t>
+          <t>3990000025513</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 68</t>
+          <t>Hece Öykü Dergisi Sayı: 66 Aralık 2014 - Ocak 2015</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000027312</t>
+          <t>3990000027026</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 209 / Mayıs 2014</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1329</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000026680</t>
+          <t>3990000027314</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 62</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 220 - Nisan 2015</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000026679</t>
+          <t>3990000027313</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 208</t>
+          <t>Hece Öykü Dergisi Sayı: 68</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000027007</t>
+          <t>3990000027312</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 219 - Mart 2015</t>
+          <t>Hece Aylık Edebiyat Dergisi Hayat Edebiyat Siyaset Özel Sayısı: 8 - 90/91/92 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>3990000015440</t>
+          <t>3990000026680</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 57</t>
+          <t>Hece Öykü Dergisi Sayı: 62</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000001102</t>
+          <t>3990000026679</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 54</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 208</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3990000001100</t>
+          <t>3990000027007</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 51</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 219 - Mart 2015</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000014227</t>
+          <t>3990000015440</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 207 Mart/2014</t>
+          <t>Hece Öykü Dergisi Sayı: 57</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>3990000015716</t>
+          <t>3990000001102</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 206</t>
+          <t>Hece Öykü Dergisi Sayı: 54</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>3990000015707</t>
+          <t>3990000001100</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 61</t>
+          <t>Hece Öykü Dergisi Sayı: 51</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000009353</t>
+          <t>3990000014227</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 49</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 207 Mart/2014</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000009338</t>
+          <t>3990000015716</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 46</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 206</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000001105</t>
+          <t>3990000015707</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 45</t>
+          <t>Hece Öykü Dergisi Sayı: 61</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>3990000001098</t>
+          <t>3990000009353</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 43</t>
+          <t>Hece Öykü Dergisi Sayı: 49</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>3990000000212</t>
+          <t>3990000009338</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 192</t>
+          <t>Hece Öykü Dergisi Sayı: 46</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>3990000000216</t>
+          <t>3990000001105</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 191</t>
+          <t>Hece Öykü Dergisi Sayı: 45</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>3990000000217</t>
+          <t>3990000001098</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 190</t>
+          <t>Hece Öykü Dergisi Sayı: 43</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000009351</t>
+          <t>3990000000212</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 182</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 192</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>3990000000214</t>
+          <t>3990000000216</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 180</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 191</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9771301220992</t>
+          <t>3990000000217</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Şehirlerin Dili Özel Sayısı:18 - 150/151/152 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 190</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>1439</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000000204</t>
+          <t>3990000009351</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 179</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 182</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3990000009349</t>
+          <t>3990000000214</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 177</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 180</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>3990000000201</t>
+          <t>9771301220992</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Gezi Özel Sayısı: 22 - 174/175/176 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Şehirlerin Dili Özel Sayısı:18 - 150/151/152 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1014</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>3990000009344</t>
+          <t>3990000000204</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 173</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 179</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>3990000009347</t>
+          <t>3990000009349</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 172</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 177</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>3990000009345</t>
+          <t>3990000000201</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 171</t>
+          <t>Hece Aylık Edebiyat Dergisi Gezi Özel Sayısı: 22 - 174/175/176 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>3990000000226</t>
+          <t>3990000009344</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 173</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1117</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>3990000009350</t>
+          <t>3990000009347</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yerlilik Özel Sayısı: 20 /162 -163 - 164 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 172</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>987</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000000220</t>
+          <t>3990000009345</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 138/139/140 - 2008 - Modernizmden Postmodernizme Özel Sayı: 16</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 171</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>990</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000009346</t>
+          <t>3990000000226</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 133 Ocak 2008 - Mehmet Akif Ersoy Özel Sayısı</t>
+          <t>Hece Aylık Edebiyat Dergisi Yahya Kemal Beyatlı Özel Sayı: 17 - 145 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>1364</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000016258</t>
+          <t>3990000009350</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Bir Entelektüel Tedirgin Cemil Meriç Özel Sayı: 19 Sayı:157 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yerlilik Özel Sayısı: 20 /162 -163 - 164 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1028</v>
+        <v>987</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>3990000000215</t>
+          <t>3990000000220</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 138/139/140 - 2008 - Modernizmden Postmodernizme Özel Sayı: 16</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>761</v>
+        <v>990</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3990000008065</t>
+          <t>3990000009346</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Ahmet Hamdi Tanpınar Özel Sayısı: 3 - 61</t>
+          <t>Hece Aylık Edebiyat Dergisi Yıl: 12 Sayı: 133 Ocak 2008 - Mehmet Akif Ersoy Özel Sayısı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1369</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>3990000032198</t>
+          <t>3990000016258</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Sayı: 230 - Şubat 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Bir Entelektüel Tedirgin Cemil Meriç Özel Sayı: 19 Sayı:157 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990000032197</t>
+          <t>3990000000215</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 73 Şubat-Mart 2016</t>
+          <t>Hece Aylık Edebiyat Dergisi Medeniyet Özel Sayısı :24 - 186/187/188 (Ciltsiz)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>761</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>3990000002463</t>
+          <t>3990000008065</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hece Aylık Edebiyat Dergisi Rasim Özdenören Özel Sayısı :21 - 169 (Ciltsiz)</t>
+          <t>Hece Aylık Edebiyat Dergisi Ahmet Hamdi Tanpınar Özel Sayısı: 3 - 61</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1028</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>3990000002682</t>
+          <t>3990000032198</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 40</t>
+          <t>Hece Aylık Edebiyat Dergisi Sayı: 230 - Şubat 2016</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000001685</t>
+          <t>3990000032197</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hece Öykü Dergisi Sayı: 50</t>
+          <t>Hece Öykü Dergisi Sayı: 73 Şubat-Mart 2016</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
+          <t>3990000002463</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Hece Aylık Edebiyat Dergisi Rasim Özdenören Özel Sayısı :21 - 169 (Ciltsiz)</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>3990000002682</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Hece Öykü Dergisi Sayı: 40</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>3990000001685</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Hece Öykü Dergisi Sayı: 50</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
           <t>3990000029750</t>
         </is>
       </c>
-      <c r="B266" s="1" t="inlineStr">
+      <c r="B269" s="1" t="inlineStr">
         <is>
           <t>Hece Aylık Edebiyat Dergisi Sayı: 256 - Nisan 2018</t>
         </is>
       </c>
-      <c r="C266" s="1">
+      <c r="C269" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>